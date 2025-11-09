--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -1,1588 +1,784 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...4 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3EA17B2E-C2F9-4DEF-894B-083726C68D0B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="Monthly Portfolio" sheetId="1" r:id="rId1"/>
-[...2 lines deleted...]
-    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId4"/>
+    <sheet name="VALUE" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="191029"/>
-[...12 lines deleted...]
-  </extLst>
+  <definedNames/>
+  <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...861 lines deleted...]
-
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-[...9 lines deleted...]
-    <numFmt numFmtId="172" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="16" x14ac:knownFonts="1">
+  <fonts count="24">
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFFFFFF"/>
+      <sz val="14"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color rgb="FF000000"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFFFFFF"/>
+      <sz val="10"/>
     </font>
     <font>
-      <u/>
-[...1 lines deleted...]
-      <color theme="10"/>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...15 lines deleted...]
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
       <sz val="10"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <color theme="10"/>
+      <sz val="11"/>
+      <u val="single"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+      <u val="single"/>
+    </font>
+    <font>
       <name val="Arial"/>
       <family val="2"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-      <sz val="9"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="9"/>
-[...1 lines deleted...]
-      <name val="Trebuchet MS"/>
+      <name val="Arial"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="9"/>
-[...1 lines deleted...]
-      <name val="Trebuchet MS"/>
+      <name val="Arial"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
       <sz val="10"/>
-      <name val="Trebuchet MS"/>
-      <family val="2"/>
+      <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
-      <patternFill patternType="none"/>
+      <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="8">
-[...3 lines deleted...]
-    <xf numFmtId="9" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+  <cellStyleXfs count="3">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="9" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="86">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+  <cellXfs count="96">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="1" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="4" fontId="10" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="10" fontId="10" fillId="4" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" xfId="3" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="169" fontId="10" fillId="4" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="171" fontId="10" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="2" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="172" fontId="15" fillId="0" borderId="1" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="172" fontId="15" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...51 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="8">
-[...2 lines deleted...]
-    <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
+  <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="4" xr:uid="{B478253D-628E-4B9E-98C3-E495A30C5A19}"/>
-[...2 lines deleted...]
-    <cellStyle name="Percent 2 3" xfId="7" xr:uid="{C0D8293B-BB2F-4A80-AAE1-E5CEFD2585DF}"/>
+    <cellStyle name="Percent" xfId="1" builtinId="5"/>
+    <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
-  <dxfs count="8">
-[...24 lines deleted...]
-  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <extLst>
-[...6 lines deleted...]
-  </extLst>
+  <colors>
+    <indexedColors>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008000"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00808000"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="00C0C0C0"/>
+      <rgbColor rgb="00808080"/>
+      <rgbColor rgb="009999FF"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00FFFFCC"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00660066"/>
+      <rgbColor rgb="00FF8080"/>
+      <rgbColor rgb="000066CC"/>
+      <rgbColor rgb="00CCCCFF"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="0000CCFF"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00CCFFCC"/>
+      <rgbColor rgb="00FFFF99"/>
+      <rgbColor rgb="0099CCFF"/>
+      <rgbColor rgb="00FF99CC"/>
+      <rgbColor rgb="00CC99FF"/>
+      <rgbColor rgb="00FFCC99"/>
+      <rgbColor rgb="003366FF"/>
+      <rgbColor rgb="0033CCCC"/>
+      <rgbColor rgb="0099CC00"/>
+      <rgbColor rgb="00FFCC00"/>
+      <rgbColor rgb="00FF9900"/>
+      <rgbColor rgb="00FF6600"/>
+      <rgbColor rgb="00666699"/>
+      <rgbColor rgb="00969696"/>
+      <rgbColor rgb="00003366"/>
+      <rgbColor rgb="00339966"/>
+      <rgbColor rgb="00003300"/>
+      <rgbColor rgb="00333300"/>
+      <rgbColor rgb="00993300"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00333399"/>
+      <rgbColor rgb="00333333"/>
+    </indexedColors>
+  </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...22 lines deleted...]
-        <xdr:cNvPicPr>
+<wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>0</colOff>
+      <row>115</row>
+      <rowOff>0</rowOff>
+    </from>
+    <to>
+      <col>1</col>
+      <colOff>2374900</colOff>
+      <row>124</row>
+      <rowOff>31750</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="2" name="Picture 1"/>
+        <cNvPicPr>
           <a:picLocks/>
-        </xdr:cNvPicPr>
-[...2 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-      <xdr:spPr>
+      </blipFill>
+      <spPr>
         <a:xfrm>
-          <a:off x="457200" y="18427700"/>
+          <a:off x="457200" y="18770600"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <a:avLst/>
+          <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...25 lines deleted...]
-        <xdr:cNvPicPr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>0</colOff>
+      <row>129</row>
+      <rowOff>0</rowOff>
+    </from>
+    <to>
+      <col>1</col>
+      <colOff>2374900</colOff>
+      <row>138</row>
+      <rowOff>31750</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="3" name="Picture 2"/>
+        <cNvPicPr>
           <a:picLocks/>
-        </xdr:cNvPicPr>
-[...2 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-      <xdr:spPr>
+      </blipFill>
+      <spPr>
         <a:xfrm>
-          <a:off x="457200" y="20840700"/>
+          <a:off x="457200" y="21183600"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <a:avLst/>
+          <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...102 lines deleted...]
-</xdr:wsDr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+</wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1802,5446 +998,2883 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ishares.com/us/products/239744/ishares-global-healthcare-etf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ishares.com/uk/individual/en/products/280503/ishares-sp-500-energy-sector-ucits-etf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssga.com/us/en/intermediary/etfs/the-consumer-staples-select-sector-spdr-fund-xlp" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heptagon-capital.com/funds/heptagon-fund-icav-wcm-global-equity-fund-class-i-usd-acc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wealth.amg.com/products/veritas-global-focus-fund-mfqax/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hardingloevner.com/" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssga.com/us/en/intermediary/etfs/the-consumer-staples-select-sector-spdr-fund-xlp" TargetMode="External" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ishares.com/uk/individual/en/products/280503/ishares-sp-500-energy-sector-ucits-etf" TargetMode="External" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ishares.com/us/products/239744/ishares-global-healthcare-etf" TargetMode="External" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hardingloevner.com/" TargetMode="External" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wealth.amg.com/products/veritas-global-focus-fund-mfqax/" TargetMode="External" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heptagon-capital.com/funds/heptagon-fund-icav-wcm-global-equity-fund-class-i-usd-acc" TargetMode="External" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L123"/>
+<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:L128"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col min="1" max="1" width="6.54296875" style="1" bestFit="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14" max="16384" width="8.7265625" style="1"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="15.7265625" customWidth="1" style="2" min="3" max="3"/>
+    <col width="42.54296875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="10.81640625" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
+    <col width="25.1796875" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="42.54296875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-[...10 lines deleted...]
-      <c r="B2" s="2" t="s">
+    <row r="1" ht="19" customHeight="1" s="77">
+      <c r="A1" s="76" t="n"/>
+      <c r="B1" s="76" t="inlineStr">
+        <is>
+          <t>DSP Value Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on October 31, 2025</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="5" t="inlineStr">
+        <is>
+          <t>Sr. No.</t>
+        </is>
+      </c>
+      <c r="B4" s="5" t="inlineStr">
+        <is>
+          <t>Name of Instrument</t>
+        </is>
+      </c>
+      <c r="C4" s="5" t="inlineStr">
+        <is>
+          <t>ISIN</t>
+        </is>
+      </c>
+      <c r="D4" s="5" t="inlineStr">
+        <is>
+          <t>Rating/Industry</t>
+        </is>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t>Quantity</t>
+        </is>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t>Market value (Rs. In lakhs)</t>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t>% to Net Assets</t>
+        </is>
+      </c>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t>Maturity Date</t>
+        </is>
+      </c>
+      <c r="I4" s="5" t="inlineStr">
+        <is>
+          <t>Put/Call Option</t>
+        </is>
+      </c>
+      <c r="J4" s="5" t="inlineStr">
+        <is>
+          <t>YTM (%)</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="B6" s="4" t="inlineStr">
+        <is>
+          <t>EQUITY &amp; EQUITY RELATED</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="B7" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="3" t="s">
+      <c r="B8" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C8" s="2" t="inlineStr">
+        <is>
+          <t>INE040A01034</t>
+        </is>
+      </c>
+      <c r="D8" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>599500</v>
+      </c>
+      <c r="F8" s="7" t="n">
+        <v>5918.86</v>
+      </c>
+      <c r="G8" s="8" t="n">
+        <v>0.0495</v>
+      </c>
+      <c r="J8" s="7" t="n"/>
+      <c r="K8" s="4" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="4" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="B9" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited</t>
+        </is>
+      </c>
+      <c r="C9" s="2" t="inlineStr">
+        <is>
+          <t>INE397D01024</t>
+        </is>
+      </c>
+      <c r="D9" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E9" s="6" t="n">
+        <v>195200</v>
+      </c>
+      <c r="F9" s="7" t="n">
+        <v>4010.38</v>
+      </c>
+      <c r="G9" s="8" t="n">
+        <v>0.0335</v>
+      </c>
+      <c r="J9" s="7" t="n"/>
+      <c r="K9" s="2" t="inlineStr">
+        <is>
+          <t>Foreign Security</t>
+        </is>
+      </c>
+      <c r="L9" s="8" t="n">
+        <v>0.0871</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="B10" s="2" t="inlineStr">
+        <is>
+          <t>Infosys Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="2" t="inlineStr">
+        <is>
+          <t>INE009A01021</t>
+        </is>
+      </c>
+      <c r="D10" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>253685</v>
+      </c>
+      <c r="F10" s="7" t="n">
+        <v>3760.37</v>
+      </c>
+      <c r="G10" s="8" t="n">
+        <v>0.0314</v>
+      </c>
+      <c r="J10" s="7" t="n"/>
+      <c r="K10" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L10" s="8" t="n">
+        <v>0.082</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="2" t="n">
         <v>4</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="B11" s="2" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="2" t="inlineStr">
+        <is>
+          <t>INE018A01030</t>
+        </is>
+      </c>
+      <c r="D11" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>91914</v>
+      </c>
+      <c r="F11" s="7" t="n">
+        <v>3704.96</v>
+      </c>
+      <c r="G11" s="8" t="n">
+        <v>0.031</v>
+      </c>
+      <c r="J11" s="7" t="n"/>
+      <c r="K11" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L11" s="8" t="n">
+        <v>0.07480000000000001</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="2" t="n">
         <v>5</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="B12" s="2" t="inlineStr">
+        <is>
+          <t>Bharat Electronics Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="2" t="inlineStr">
+        <is>
+          <t>INE263A01024</t>
+        </is>
+      </c>
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>599212</v>
+      </c>
+      <c r="F12" s="7" t="n">
+        <v>2553.24</v>
+      </c>
+      <c r="G12" s="8" t="n">
+        <v>0.0213</v>
+      </c>
+      <c r="J12" s="7" t="n"/>
+      <c r="K12" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L12" s="8" t="n">
+        <v>0.0577</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="2" t="n">
         <v>6</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="B13" s="2" t="inlineStr">
+        <is>
+          <t>Angel One Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="2" t="inlineStr">
+        <is>
+          <t>INE732I01013</t>
+        </is>
+      </c>
+      <c r="D13" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>101900</v>
+      </c>
+      <c r="F13" s="7" t="n">
+        <v>2539.76</v>
+      </c>
+      <c r="G13" s="8" t="n">
+        <v>0.0212</v>
+      </c>
+      <c r="J13" s="7" t="n"/>
+      <c r="K13" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L13" s="8" t="n">
+        <v>0.0499</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
         <v>7</v>
       </c>
-      <c r="G4" s="3" t="s">
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>INE752E01010</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>873000</v>
+      </c>
+      <c r="F14" s="7" t="n">
+        <v>2515.55</v>
+      </c>
+      <c r="G14" s="8" t="n">
+        <v>0.021</v>
+      </c>
+      <c r="J14" s="7" t="n"/>
+      <c r="K14" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="L14" s="8" t="n">
+        <v>0.0495</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="n">
         <v>8</v>
       </c>
-      <c r="H4" s="3" t="s">
+      <c r="B15" s="2" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="2" t="inlineStr">
+        <is>
+          <t>INE129A01019</t>
+        </is>
+      </c>
+      <c r="D15" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>1322560</v>
+      </c>
+      <c r="F15" s="7" t="n">
+        <v>2417.11</v>
+      </c>
+      <c r="G15" s="8" t="n">
+        <v>0.0202</v>
+      </c>
+      <c r="J15" s="7" t="n"/>
+      <c r="K15" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L15" s="8" t="n">
+        <v>0.0489</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="n">
         <v>9</v>
       </c>
-      <c r="I4" s="3" t="s">
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>Cipla Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
+        <is>
+          <t>INE059A01026</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E16" s="6" t="n">
+        <v>142224</v>
+      </c>
+      <c r="F16" s="7" t="n">
+        <v>2135.21</v>
+      </c>
+      <c r="G16" s="8" t="n">
+        <v>0.0178</v>
+      </c>
+      <c r="J16" s="7" t="n"/>
+      <c r="K16" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L16" s="8" t="n">
+        <v>0.0485</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="n">
         <v>10</v>
       </c>
-      <c r="J4" s="3" t="s">
+      <c r="B17" s="2" t="inlineStr">
+        <is>
+          <t>Dr. Reddy's Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="2" t="inlineStr">
+        <is>
+          <t>INE089A01031</t>
+        </is>
+      </c>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E17" s="6" t="n">
+        <v>174050</v>
+      </c>
+      <c r="F17" s="7" t="n">
+        <v>2084.42</v>
+      </c>
+      <c r="G17" s="8" t="n">
+        <v>0.0174</v>
+      </c>
+      <c r="J17" s="7" t="n"/>
+      <c r="K17" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="L17" s="8" t="n">
+        <v>0.0446</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="2" t="n">
         <v>11</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B6" s="2" t="s">
+      <c r="B18" s="2" t="inlineStr">
+        <is>
+          <t>Indus Towers Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="2" t="inlineStr">
+        <is>
+          <t>INE121J01017</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E18" s="6" t="n">
+        <v>539000</v>
+      </c>
+      <c r="F18" s="7" t="n">
+        <v>1959.8</v>
+      </c>
+      <c r="G18" s="8" t="n">
+        <v>0.0164</v>
+      </c>
+      <c r="J18" s="7" t="n"/>
+      <c r="K18" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="L18" s="8" t="n">
+        <v>0.0283</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="2" t="n">
         <v>12</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B7" s="2" t="s">
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>HCL Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>INE860A01027</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E19" s="6" t="n">
+        <v>126907</v>
+      </c>
+      <c r="F19" s="7" t="n">
+        <v>1956.27</v>
+      </c>
+      <c r="G19" s="8" t="n">
+        <v>0.0163</v>
+      </c>
+      <c r="J19" s="7" t="n"/>
+      <c r="K19" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L19" s="8" t="n">
+        <v>0.028</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="n">
         <v>13</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="1">
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>INE038A01020</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E20" s="6" t="n">
+        <v>229000</v>
+      </c>
+      <c r="F20" s="7" t="n">
+        <v>1941.58</v>
+      </c>
+      <c r="G20" s="8" t="n">
+        <v>0.0162</v>
+      </c>
+      <c r="J20" s="7" t="n"/>
+      <c r="K20" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L20" s="8" t="n">
+        <v>0.0264</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="2" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>Hero MotoCorp Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <t>INE158A01026</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E21" s="6" t="n">
+        <v>34736</v>
+      </c>
+      <c r="F21" s="7" t="n">
+        <v>1925.76</v>
+      </c>
+      <c r="G21" s="8" t="n">
+        <v>0.0161</v>
+      </c>
+      <c r="J21" s="7" t="n"/>
+      <c r="K21" s="2" t="inlineStr">
+        <is>
+          <t>IT - Hardware</t>
+        </is>
+      </c>
+      <c r="L21" s="8" t="n">
+        <v>0.0247</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>LTIMindtree Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <t>INE214T01019</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E22" s="6" t="n">
+        <v>30676</v>
+      </c>
+      <c r="F22" s="7" t="n">
+        <v>1743.78</v>
+      </c>
+      <c r="G22" s="8" t="n">
+        <v>0.0146</v>
+      </c>
+      <c r="J22" s="7" t="n"/>
+      <c r="K22" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L22" s="8" t="n">
+        <v>0.0245</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="2" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <t>Maruti Suzuki India Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="2" t="inlineStr">
+        <is>
+          <t>INE585B01010</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E23" s="6" t="n">
+        <v>10560</v>
+      </c>
+      <c r="F23" s="7" t="n">
+        <v>1709.24</v>
+      </c>
+      <c r="G23" s="8" t="n">
+        <v>0.0143</v>
+      </c>
+      <c r="J23" s="7" t="n"/>
+      <c r="K23" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L23" s="8" t="n">
+        <v>0.0213</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="2" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <t>Apollo Tyres Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="2" t="inlineStr">
+        <is>
+          <t>INE438A01022</t>
+        </is>
+      </c>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E24" s="6" t="n">
+        <v>339603</v>
+      </c>
+      <c r="F24" s="7" t="n">
+        <v>1703.11</v>
+      </c>
+      <c r="G24" s="8" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="J24" s="7" t="n"/>
+      <c r="K24" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L24" s="8" t="n">
+        <v>0.0212</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <t>Oberoi Realty Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="2" t="inlineStr">
+        <is>
+          <t>INE093I01010</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E25" s="6" t="n">
+        <v>95200</v>
+      </c>
+      <c r="F25" s="7" t="n">
+        <v>1692.94</v>
+      </c>
+      <c r="G25" s="8" t="n">
+        <v>0.0141</v>
+      </c>
+      <c r="J25" s="7" t="n"/>
+      <c r="K25" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L25" s="8" t="n">
+        <v>0.021</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="2" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>Bharat Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <t>INE029A01011</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E26" s="6" t="n">
+        <v>473592</v>
+      </c>
+      <c r="F26" s="7" t="n">
+        <v>1689.78</v>
+      </c>
+      <c r="G26" s="8" t="n">
+        <v>0.0141</v>
+      </c>
+      <c r="J26" s="7" t="n"/>
+      <c r="K26" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L26" s="8" t="n">
+        <v>0.0206</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="2" t="inlineStr">
+        <is>
+          <t>INE094A01015</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E27" s="6" t="n">
+        <v>348925</v>
+      </c>
+      <c r="F27" s="7" t="n">
+        <v>1660.88</v>
+      </c>
+      <c r="G27" s="8" t="n">
+        <v>0.0139</v>
+      </c>
+      <c r="J27" s="7" t="n"/>
+      <c r="K27" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L27" s="8" t="n">
+        <v>0.0202</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="2" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="2" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="2" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E28" s="6" t="n">
+        <v>1563080</v>
+      </c>
+      <c r="F28" s="7" t="n">
+        <v>1647.33</v>
+      </c>
+      <c r="G28" s="8" t="n">
+        <v>0.0138</v>
+      </c>
+      <c r="J28" s="7" t="n"/>
+      <c r="K28" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L28" s="8" t="n">
+        <v>0.0196</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="2" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="2" t="inlineStr">
+        <is>
+          <t>Sun Pharmaceutical Industries Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="2" t="inlineStr">
+        <is>
+          <t>INE044A01036</t>
+        </is>
+      </c>
+      <c r="D29" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E29" s="6" t="n">
+        <v>96076</v>
+      </c>
+      <c r="F29" s="7" t="n">
+        <v>1624.36</v>
+      </c>
+      <c r="G29" s="8" t="n">
+        <v>0.0136</v>
+      </c>
+      <c r="J29" s="7" t="n"/>
+      <c r="K29" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="L29" s="8" t="n">
+        <v>0.0156</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="2" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <t>Kalpataru Projects International Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="2" t="inlineStr">
+        <is>
+          <t>INE220B01022</t>
+        </is>
+      </c>
+      <c r="D30" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E30" s="6" t="n">
+        <v>129080</v>
+      </c>
+      <c r="F30" s="7" t="n">
+        <v>1621.76</v>
+      </c>
+      <c r="G30" s="8" t="n">
+        <v>0.0136</v>
+      </c>
+      <c r="J30" s="7" t="n"/>
+      <c r="K30" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="L30" s="8" t="n">
+        <v>0.0141</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="2" t="inlineStr">
+        <is>
+          <t>Oil India Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="2" t="inlineStr">
+        <is>
+          <t>INE274J01014</t>
+        </is>
+      </c>
+      <c r="D31" s="2" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E31" s="6" t="n">
+        <v>354336</v>
+      </c>
+      <c r="F31" s="7" t="n">
+        <v>1535.52</v>
+      </c>
+      <c r="G31" s="8" t="n">
+        <v>0.0128</v>
+      </c>
+      <c r="J31" s="7" t="n"/>
+      <c r="K31" s="2" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="L31" s="8" t="n">
+        <v>0.0128</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="2" t="inlineStr">
+        <is>
+          <t>JSW Steel Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="2" t="inlineStr">
+        <is>
+          <t>INE019A01038</t>
+        </is>
+      </c>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E32" s="6" t="n">
+        <v>119365</v>
+      </c>
+      <c r="F32" s="7" t="n">
+        <v>1439.54</v>
+      </c>
+      <c r="G32" s="8" t="n">
+        <v>0.012</v>
+      </c>
+      <c r="J32" s="7" t="n"/>
+      <c r="K32" s="2" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="L32" s="8" t="n">
+        <v>0.0106</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>Radico Khaitan Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <t>INE944F01028</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="E33" s="6" t="n">
+        <v>40551</v>
+      </c>
+      <c r="F33" s="7" t="n">
+        <v>1269.85</v>
+      </c>
+      <c r="G33" s="8" t="n">
+        <v>0.0106</v>
+      </c>
+      <c r="J33" s="7" t="n"/>
+      <c r="K33" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="L33" s="8" t="n">
+        <v>0.0106</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="2" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Zinc Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="2" t="inlineStr">
+        <is>
+          <t>INE267A01025</t>
+        </is>
+      </c>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E34" s="6" t="n">
+        <v>255000</v>
+      </c>
+      <c r="F34" s="7" t="n">
+        <v>1215.08</v>
+      </c>
+      <c r="G34" s="8" t="n">
+        <v>0.0102</v>
+      </c>
+      <c r="J34" s="7" t="n"/>
+      <c r="K34" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="L34" s="8" t="n">
+        <v>0.0097</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <t>LT Foods Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="2" t="inlineStr">
+        <is>
+          <t>INE818H01020</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E35" s="6" t="n">
+        <v>288097</v>
+      </c>
+      <c r="F35" s="7" t="n">
+        <v>1211.45</v>
+      </c>
+      <c r="G35" s="8" t="n">
+        <v>0.0101</v>
+      </c>
+      <c r="J35" s="7" t="n"/>
+      <c r="K35" s="2" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L35" s="8" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="2" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Auto Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="2" t="inlineStr">
+        <is>
+          <t>INE917I01010</t>
+        </is>
+      </c>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E36" s="6" t="n">
+        <v>13588</v>
+      </c>
+      <c r="F36" s="7" t="n">
+        <v>1208.31</v>
+      </c>
+      <c r="G36" s="8" t="n">
+        <v>0.0101</v>
+      </c>
+      <c r="J36" s="7" t="n"/>
+      <c r="K36" s="2" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="L36" s="8" t="n">
+        <v>0.008</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>UltraTech Cement Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <t>INE481G01011</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E37" s="6" t="n">
+        <v>9710</v>
+      </c>
+      <c r="F37" s="7" t="n">
+        <v>1160.05</v>
+      </c>
+      <c r="G37" s="8" t="n">
+        <v>0.0097</v>
+      </c>
+      <c r="J37" s="7" t="n"/>
+      <c r="K37" s="2" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="L37" s="8" t="n">
+        <v>0.0072</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="2" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>IPCA Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <t>INE571A01038</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E38" s="6" t="n">
+        <v>86208</v>
+      </c>
+      <c r="F38" s="7" t="n">
+        <v>1095.88</v>
+      </c>
+      <c r="G38" s="8" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="J38" s="7" t="n"/>
+      <c r="K38" s="2" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L38" s="8" t="n">
+        <v>0.0068</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>Jindal Steel Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <t>INE749A01030</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E39" s="6" t="n">
+        <v>101920</v>
+      </c>
+      <c r="F39" s="7" t="n">
+        <v>1087.28</v>
+      </c>
+      <c r="G39" s="8" t="n">
+        <v>0.0091</v>
+      </c>
+      <c r="J39" s="7" t="n"/>
+      <c r="K39" s="2" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="L39" s="8" t="n">
+        <v>0.0058</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="2" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="2" t="inlineStr">
+        <is>
+          <t>Craftsman Automation Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="2" t="inlineStr">
+        <is>
+          <t>INE00LO01017</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E40" s="6" t="n">
+        <v>16184</v>
+      </c>
+      <c r="F40" s="7" t="n">
+        <v>1081.09</v>
+      </c>
+      <c r="G40" s="8" t="n">
+        <v>0.008999999999999999</v>
+      </c>
+      <c r="J40" s="7" t="n"/>
+      <c r="K40" s="2" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="L40" s="8" t="n">
+        <v>0.0057</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="2" t="inlineStr">
+        <is>
+          <t>Archean Chemical Industries Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="2" t="inlineStr">
+        <is>
+          <t>INE128X01021</t>
+        </is>
+      </c>
+      <c r="D41" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E41" s="6" t="n">
+        <v>161949</v>
+      </c>
+      <c r="F41" s="7" t="n">
+        <v>1071.37</v>
+      </c>
+      <c r="G41" s="8" t="n">
+        <v>0.008999999999999999</v>
+      </c>
+      <c r="J41" s="7" t="n"/>
+      <c r="K41" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="L41" s="8" t="n">
+        <v>0.0051</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="2" t="inlineStr">
+        <is>
+          <t>CIE Automotive India Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="2" t="inlineStr">
+        <is>
+          <t>INE536H01010</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E42" s="6" t="n">
+        <v>234149</v>
+      </c>
+      <c r="F42" s="7" t="n">
+        <v>1011.99</v>
+      </c>
+      <c r="G42" s="8" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="J42" s="7" t="n"/>
+      <c r="K42" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="L42" s="8" t="n">
+        <v>0.0051</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="2" t="inlineStr">
+        <is>
+          <t>Godrej Consumer Products Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="2" t="inlineStr">
+        <is>
+          <t>INE102D01028</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E43" s="6" t="n">
+        <v>88221</v>
+      </c>
+      <c r="F43" s="7" t="n">
+        <v>986.84</v>
+      </c>
+      <c r="G43" s="8" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="J43" s="7" t="n"/>
+      <c r="K43" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L43" s="8" t="n">
+        <v>0.0003</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="2" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="2" t="inlineStr">
+        <is>
+          <t>Tata Motors Passenger Vehicles Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="2" t="inlineStr">
+        <is>
+          <t>INE155A01022</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E44" s="6" t="n">
+        <v>234000</v>
+      </c>
+      <c r="F44" s="7" t="n">
+        <v>959.4</v>
+      </c>
+      <c r="G44" s="8" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="J44" s="7" t="n"/>
+      <c r="K44" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="L44" s="8" t="n">
+        <v>-0.0498</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="2" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="2" t="inlineStr">
+        <is>
+          <t>NMDC Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="2" t="inlineStr">
+        <is>
+          <t>INE584A01023</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="E45" s="6" t="n">
+        <v>1260000</v>
+      </c>
+      <c r="F45" s="7" t="n">
+        <v>954.95</v>
+      </c>
+      <c r="G45" s="8" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="J45" s="7" t="n"/>
+      <c r="K45" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L45" s="8" t="n">
+        <v>0.0756</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="2" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="2" t="inlineStr">
+        <is>
+          <t>Deepak Nitrite Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="2" t="inlineStr">
+        <is>
+          <t>INE288B01029</t>
+        </is>
+      </c>
+      <c r="D46" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E46" s="6" t="n">
+        <v>52808</v>
+      </c>
+      <c r="F46" s="7" t="n">
+        <v>912.73</v>
+      </c>
+      <c r="G46" s="8" t="n">
+        <v>0.0076</v>
+      </c>
+      <c r="J46" s="7" t="n"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="2" t="inlineStr">
+        <is>
+          <t>Sapphire Foods India Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="2" t="inlineStr">
+        <is>
+          <t>INE806T01020</t>
+        </is>
+      </c>
+      <c r="D47" s="2" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E47" s="6" t="n">
+        <v>302743</v>
+      </c>
+      <c r="F47" s="7" t="n">
+        <v>866</v>
+      </c>
+      <c r="G47" s="8" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="J47" s="7" t="n"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="2" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="2" t="inlineStr">
+        <is>
+          <t>Cyient Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="2" t="inlineStr">
+        <is>
+          <t>INE136B01020</t>
+        </is>
+      </c>
+      <c r="D48" s="2" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E48" s="6" t="n">
+        <v>70407</v>
+      </c>
+      <c r="F48" s="7" t="n">
+        <v>818.48</v>
+      </c>
+      <c r="G48" s="8" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="J48" s="7" t="n"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" s="2" t="inlineStr">
+        <is>
+          <t>Vardhman Textiles Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="2" t="inlineStr">
+        <is>
+          <t>INE825A01020</t>
+        </is>
+      </c>
+      <c r="D49" s="2" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="E49" s="6" t="n">
+        <v>158540</v>
+      </c>
+      <c r="F49" s="7" t="n">
+        <v>691.3099999999999</v>
+      </c>
+      <c r="G49" s="8" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="J49" s="7" t="n"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="2" t="n">
+        <v>43</v>
+      </c>
+      <c r="B50" s="2" t="inlineStr">
+        <is>
+          <t>Avanti Feeds Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="2" t="inlineStr">
+        <is>
+          <t>INE871C01038</t>
+        </is>
+      </c>
+      <c r="D50" s="2" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E50" s="6" t="n">
+        <v>97562</v>
+      </c>
+      <c r="F50" s="7" t="n">
+        <v>680.4</v>
+      </c>
+      <c r="G50" s="8" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="J50" s="7" t="n"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="2" t="n">
+        <v>44</v>
+      </c>
+      <c r="B51" s="2" t="inlineStr">
+        <is>
+          <t>GMM Pfaudler Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="2" t="inlineStr">
+        <is>
+          <t>INE541A01023</t>
+        </is>
+      </c>
+      <c r="D51" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E51" s="6" t="n">
+        <v>47587</v>
+      </c>
+      <c r="F51" s="7" t="n">
+        <v>613.59</v>
+      </c>
+      <c r="G51" s="8" t="n">
+        <v>0.0051</v>
+      </c>
+      <c r="J51" s="7" t="n"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="B52" s="2" t="inlineStr">
+        <is>
+          <t>Tata Motors Limited^</t>
+        </is>
+      </c>
+      <c r="C52" s="2" t="inlineStr">
+        <is>
+          <t>INE1TAE01010</t>
+        </is>
+      </c>
+      <c r="D52" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="E52" s="6" t="n">
+        <v>234000</v>
+      </c>
+      <c r="F52" s="7" t="n">
+        <v>610.16</v>
+      </c>
+      <c r="G52" s="8" t="n">
+        <v>0.0051</v>
+      </c>
+      <c r="J52" s="7" t="n"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="2" t="n">
+        <v>46</v>
+      </c>
+      <c r="B53" s="2" t="inlineStr">
+        <is>
+          <t>Alembic Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C53" s="2" t="inlineStr">
+        <is>
+          <t>INE901L01018</t>
+        </is>
+      </c>
+      <c r="D53" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E53" s="6" t="n">
+        <v>63294</v>
+      </c>
+      <c r="F53" s="7" t="n">
+        <v>568</v>
+      </c>
+      <c r="G53" s="8" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="J53" s="7" t="n"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="2" t="n">
+        <v>47</v>
+      </c>
+      <c r="B54" s="2" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited</t>
+        </is>
+      </c>
+      <c r="C54" s="2" t="inlineStr">
+        <is>
+          <t>INE081A01020</t>
+        </is>
+      </c>
+      <c r="D54" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E54" s="6" t="n">
+        <v>224064</v>
+      </c>
+      <c r="F54" s="7" t="n">
+        <v>409.68</v>
+      </c>
+      <c r="G54" s="8" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="J54" s="7" t="n"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="2" t="n">
+        <v>48</v>
+      </c>
+      <c r="B55" s="2" t="inlineStr">
+        <is>
+          <t>Atul Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="2" t="inlineStr">
+        <is>
+          <t>INE100A01010</t>
+        </is>
+      </c>
+      <c r="D55" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E55" s="6" t="n">
+        <v>6191</v>
+      </c>
+      <c r="F55" s="7" t="n">
+        <v>356.76</v>
+      </c>
+      <c r="G55" s="8" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J55" s="7" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="2" t="n">
+        <v>49</v>
+      </c>
+      <c r="B56" s="2" t="inlineStr">
+        <is>
+          <t>Aarti Drugs Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="2" t="inlineStr">
+        <is>
+          <t>INE767A01016</t>
+        </is>
+      </c>
+      <c r="D56" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E56" s="6" t="n">
+        <v>70308</v>
+      </c>
+      <c r="F56" s="7" t="n">
+        <v>345.28</v>
+      </c>
+      <c r="G56" s="8" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J56" s="7" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="B57" s="2" t="inlineStr">
+        <is>
+          <t>Gujarat Ambuja Exports Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="2" t="inlineStr">
+        <is>
+          <t>INE036B01030</t>
+        </is>
+      </c>
+      <c r="D57" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E57" s="6" t="n">
+        <v>312022</v>
+      </c>
+      <c r="F57" s="7" t="n">
+        <v>329.84</v>
+      </c>
+      <c r="G57" s="8" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J57" s="7" t="n"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="2" t="n">
+        <v>51</v>
+      </c>
+      <c r="B58" s="2" t="inlineStr">
+        <is>
+          <t>Triveni Engineering &amp; Industries Limited</t>
+        </is>
+      </c>
+      <c r="C58" s="2" t="inlineStr">
+        <is>
+          <t>INE256C01024</t>
+        </is>
+      </c>
+      <c r="D58" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E58" s="6" t="n">
+        <v>92133</v>
+      </c>
+      <c r="F58" s="7" t="n">
+        <v>328.96</v>
+      </c>
+      <c r="G58" s="8" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J58" s="7" t="n"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="9" t="n"/>
+      <c r="B59" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C59" s="9" t="n"/>
+      <c r="D59" s="9" t="n"/>
+      <c r="E59" s="9" t="n"/>
+      <c r="F59" s="10" t="n">
+        <v>79336.24000000001</v>
+      </c>
+      <c r="G59" s="11" t="n">
+        <v>0.6627999999999999</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="B61" s="4" t="inlineStr">
+        <is>
+          <t>Foreign Securities and/or overseas ETF(s)</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="B62" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="2" t="n">
+        <v>52</v>
+      </c>
+      <c r="B63" s="2" t="inlineStr">
+        <is>
+          <t>SK Hynix Inc</t>
+        </is>
+      </c>
+      <c r="C63" s="2" t="inlineStr">
+        <is>
+          <t>KR7000660001</t>
+        </is>
+      </c>
+      <c r="D63" s="2" t="inlineStr">
+        <is>
+          <t>IT - Hardware</t>
+        </is>
+      </c>
+      <c r="E63" s="6" t="n">
+        <v>8500</v>
+      </c>
+      <c r="F63" s="7" t="n">
+        <v>2953.1</v>
+      </c>
+      <c r="G63" s="8" t="n">
+        <v>0.0247</v>
+      </c>
+      <c r="J63" s="7" t="n"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="2" t="n">
+        <v>53</v>
+      </c>
+      <c r="B64" s="2" t="inlineStr">
+        <is>
+          <t>Microsoft Corp</t>
+        </is>
+      </c>
+      <c r="C64" s="2" t="inlineStr">
+        <is>
+          <t>US5949181045</t>
+        </is>
+      </c>
+      <c r="D64" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E64" s="6" t="n">
+        <v>5124</v>
+      </c>
+      <c r="F64" s="7" t="n">
+        <v>2354.08</v>
+      </c>
+      <c r="G64" s="8" t="n">
+        <v>0.0197</v>
+      </c>
+      <c r="J64" s="7" t="n"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="2" t="n">
+        <v>54</v>
+      </c>
+      <c r="B65" s="2" t="inlineStr">
+        <is>
+          <t>Berkshire Hathaway Inc - Class B</t>
+        </is>
+      </c>
+      <c r="C65" s="2" t="inlineStr">
+        <is>
+          <t>US0846707026</t>
+        </is>
+      </c>
+      <c r="D65" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E65" s="6" t="n">
+        <v>5282</v>
+      </c>
+      <c r="F65" s="7" t="n">
+        <v>2237.95</v>
+      </c>
+      <c r="G65" s="8" t="n">
+        <v>0.0187</v>
+      </c>
+      <c r="J65" s="7" t="n"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="B66" s="2" t="inlineStr">
+        <is>
+          <t>Alibaba Group Holding Limited</t>
+        </is>
+      </c>
+      <c r="C66" s="2" t="inlineStr">
+        <is>
+          <t>KYG017191142</t>
+        </is>
+      </c>
+      <c r="D66" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E66" s="6" t="n">
+        <v>98700</v>
+      </c>
+      <c r="F66" s="7" t="n">
+        <v>1859.74</v>
+      </c>
+      <c r="G66" s="8" t="n">
+        <v>0.0155</v>
+      </c>
+      <c r="J66" s="7" t="n"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="2" t="n">
+        <v>56</v>
+      </c>
+      <c r="B67" s="2" t="inlineStr">
+        <is>
+          <t>Brookfield Corporation</t>
+        </is>
+      </c>
+      <c r="C67" s="2" t="inlineStr">
+        <is>
+          <t>CA11271J1075</t>
+        </is>
+      </c>
+      <c r="D67" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E67" s="6" t="n">
+        <v>44539</v>
+      </c>
+      <c r="F67" s="7" t="n">
+        <v>1819.75</v>
+      </c>
+      <c r="G67" s="8" t="n">
+        <v>0.0152</v>
+      </c>
+      <c r="J67" s="7" t="n"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="2" t="n">
+        <v>57</v>
+      </c>
+      <c r="B68" s="2" t="inlineStr">
+        <is>
+          <t>Tencent Holdings Limited</t>
+        </is>
+      </c>
+      <c r="C68" s="2" t="inlineStr">
+        <is>
+          <t>KYG875721634</t>
+        </is>
+      </c>
+      <c r="D68" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E68" s="6" t="n">
+        <v>25000</v>
+      </c>
+      <c r="F68" s="7" t="n">
+        <v>1794.65</v>
+      </c>
+      <c r="G68" s="8" t="n">
+        <v>0.015</v>
+      </c>
+      <c r="J68" s="7" t="n"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="2" t="n">
+        <v>58</v>
+      </c>
+      <c r="B69" s="2" t="inlineStr">
+        <is>
+          <t>Amazon.com Inc</t>
+        </is>
+      </c>
+      <c r="C69" s="2" t="inlineStr">
+        <is>
+          <t>US0231351067</t>
+        </is>
+      </c>
+      <c r="D69" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E69" s="6" t="n">
+        <v>7063</v>
+      </c>
+      <c r="F69" s="7" t="n">
+        <v>1530.42</v>
+      </c>
+      <c r="G69" s="8" t="n">
+        <v>0.0128</v>
+      </c>
+      <c r="J69" s="7" t="n"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="2" t="n">
+        <v>59</v>
+      </c>
+      <c r="B70" s="2" t="inlineStr">
+        <is>
+          <t>Contemporary Amperex Technology Co Limited</t>
+        </is>
+      </c>
+      <c r="C70" s="2" t="inlineStr">
+        <is>
+          <t>CNE100003662</t>
+        </is>
+      </c>
+      <c r="D70" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E70" s="6" t="n">
+        <v>30000</v>
+      </c>
+      <c r="F70" s="7" t="n">
+        <v>1453.98</v>
+      </c>
+      <c r="G70" s="8" t="n">
+        <v>0.0122</v>
+      </c>
+      <c r="J70" s="7" t="n"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="B71" s="2" t="inlineStr">
+        <is>
+          <t>NIKE Inc</t>
+        </is>
+      </c>
+      <c r="C71" s="2" t="inlineStr">
+        <is>
+          <t>US6541061031</t>
+        </is>
+      </c>
+      <c r="D71" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E71" s="6" t="n">
+        <v>24059</v>
+      </c>
+      <c r="F71" s="7" t="n">
+        <v>1378.75</v>
+      </c>
+      <c r="G71" s="8" t="n">
+        <v>0.0115</v>
+      </c>
+      <c r="J71" s="7" t="n"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="2" t="n">
+        <v>61</v>
+      </c>
+      <c r="B72" s="2" t="inlineStr">
+        <is>
+          <t>Schneider Electric Se Ord</t>
+        </is>
+      </c>
+      <c r="C72" s="2" t="inlineStr">
+        <is>
+          <t>FR0000121972</t>
+        </is>
+      </c>
+      <c r="D72" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E72" s="6" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F72" s="7" t="n">
+        <v>1263.41</v>
+      </c>
+      <c r="G72" s="8" t="n">
+        <v>0.0106</v>
+      </c>
+      <c r="J72" s="7" t="n"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="2" t="n">
+        <v>62</v>
+      </c>
+      <c r="B73" s="2" t="inlineStr">
+        <is>
+          <t>NOVO NORDISK ADR REPSG 1 ORD</t>
+        </is>
+      </c>
+      <c r="C73" s="2" t="inlineStr">
+        <is>
+          <t>US6701002056</t>
+        </is>
+      </c>
+      <c r="D73" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E73" s="6" t="n">
+        <v>25065</v>
+      </c>
+      <c r="F73" s="7" t="n">
+        <v>1099.93</v>
+      </c>
+      <c r="G73" s="8" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="J73" s="7" t="n"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="B74" s="2" t="inlineStr">
+        <is>
+          <t>Sony group</t>
+        </is>
+      </c>
+      <c r="C74" s="2" t="inlineStr">
+        <is>
+          <t>JP3435000009</t>
+        </is>
+      </c>
+      <c r="D74" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E74" s="6" t="n">
+        <v>43800</v>
+      </c>
+      <c r="F74" s="7" t="n">
+        <v>1093.1</v>
+      </c>
+      <c r="G74" s="8" t="n">
+        <v>0.0091</v>
+      </c>
+      <c r="J74" s="7" t="n"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="2" t="n">
+        <v>64</v>
+      </c>
+      <c r="B75" s="2" t="inlineStr">
+        <is>
+          <t>Sony Financial Holdings INC NPV</t>
+        </is>
+      </c>
+      <c r="C75" s="2" t="inlineStr">
+        <is>
+          <t>JP3435350008</t>
+        </is>
+      </c>
+      <c r="D75" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E75" s="6" t="n">
+        <v>43800</v>
+      </c>
+      <c r="F75" s="7" t="n">
+        <v>39.21</v>
+      </c>
+      <c r="G75" s="8" t="n">
+        <v>0.0003</v>
+      </c>
+      <c r="J75" s="7" t="n"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="9" t="n"/>
+      <c r="B76" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C76" s="9" t="n"/>
+      <c r="D76" s="9" t="n"/>
+      <c r="E76" s="9" t="n"/>
+      <c r="F76" s="10" t="n">
+        <v>20878.07</v>
+      </c>
+      <c r="G76" s="11" t="n">
+        <v>0.1745</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="B78" s="4" t="inlineStr">
+        <is>
+          <t>DERIVATIVES</t>
+        </is>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="B79" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D79" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E79" s="6" t="n">
+        <v>-599500</v>
+      </c>
+      <c r="F79" s="7" t="n">
+        <v>-5958.43</v>
+      </c>
+      <c r="G79" s="8" t="n">
+        <v>-0.0498</v>
+      </c>
+      <c r="H79" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J79" s="7" t="n"/>
+    </row>
+    <row r="80">
+      <c r="A80" s="9" t="n"/>
+      <c r="B80" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C80" s="9" t="n"/>
+      <c r="D80" s="9" t="n"/>
+      <c r="E80" s="9" t="n"/>
+      <c r="F80" s="10" t="n">
+        <v>-5958.43</v>
+      </c>
+      <c r="G80" s="11" t="n">
+        <v>-0.0498</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="B82" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="2" t="n">
+        <v>66</v>
+      </c>
+      <c r="B83" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F83" s="7" t="n">
+        <v>4601.97</v>
+      </c>
+      <c r="G83" s="8" t="n">
+        <v>0.0385</v>
+      </c>
+      <c r="H83" s="12" t="n">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="9" t="n"/>
+      <c r="B84" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C84" s="9" t="n"/>
+      <c r="D84" s="9" t="n"/>
+      <c r="E84" s="9" t="n"/>
+      <c r="F84" s="10" t="n">
+        <v>4601.97</v>
+      </c>
+      <c r="G84" s="11" t="n">
+        <v>0.0385</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="B86" s="4" t="inlineStr">
+        <is>
+          <t>OTHERS</t>
+        </is>
+      </c>
+    </row>
+    <row r="87">
+      <c r="B87" s="4" t="inlineStr">
+        <is>
+          <t>Overseas Mutual Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="2" t="n">
+        <v>67</v>
+      </c>
+      <c r="B88" s="2" t="inlineStr">
+        <is>
+          <t>Harding Loevner Global Equity Fund</t>
+        </is>
+      </c>
+      <c r="C88" s="2" t="inlineStr">
+        <is>
+          <t>IE00B1WL5L32</t>
+        </is>
+      </c>
+      <c r="D88" s="2" t="inlineStr">
+        <is>
+          <t>Foreign Security</t>
+        </is>
+      </c>
+      <c r="E88" s="6" t="n">
+        <v>177704.953</v>
+      </c>
+      <c r="F88" s="7" t="n">
+        <v>6046.38</v>
+      </c>
+      <c r="G88" s="8" t="n">
+        <v>0.0505</v>
+      </c>
+      <c r="J88" s="7" t="n"/>
+    </row>
+    <row r="89">
+      <c r="A89" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="B89" s="2" t="inlineStr">
+        <is>
+          <t>WCM GLOBAL EQUITY FUND</t>
+        </is>
+      </c>
+      <c r="C89" s="2" t="inlineStr">
+        <is>
+          <t>IE00BYZ0B213</t>
+        </is>
+      </c>
+      <c r="D89" s="2" t="inlineStr">
+        <is>
+          <t>Foreign Security</t>
+        </is>
+      </c>
+      <c r="E89" s="6" t="n">
+        <v>13576.786918</v>
+      </c>
+      <c r="F89" s="7" t="n">
+        <v>3077.34</v>
+      </c>
+      <c r="G89" s="8" t="n">
+        <v>0.0257</v>
+      </c>
+      <c r="J89" s="7" t="n"/>
+    </row>
+    <row r="90">
+      <c r="A90" s="2" t="n">
+        <v>69</v>
+      </c>
+      <c r="B90" s="2" t="inlineStr">
+        <is>
+          <t>iShares S&amp;P 500 Energy Sector UCITS ETF</t>
+        </is>
+      </c>
+      <c r="C90" s="2" t="inlineStr">
+        <is>
+          <t>IE00B42NKQ00</t>
+        </is>
+      </c>
+      <c r="D90" s="2" t="inlineStr">
+        <is>
+          <t>Foreign Security</t>
+        </is>
+      </c>
+      <c r="E90" s="6" t="n">
+        <v>109464</v>
+      </c>
+      <c r="F90" s="7" t="n">
+        <v>882.34</v>
+      </c>
+      <c r="G90" s="8" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="J90" s="7" t="n"/>
+    </row>
+    <row r="91">
+      <c r="A91" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="B91" s="2" t="inlineStr">
+        <is>
+          <t>iShares Global Healthcare ETF</t>
+        </is>
+      </c>
+      <c r="C91" s="2" t="inlineStr">
+        <is>
+          <t>US4642873255</t>
+        </is>
+      </c>
+      <c r="D91" s="2" t="inlineStr">
+        <is>
+          <t>Foreign Security</t>
+        </is>
+      </c>
+      <c r="E91" s="6" t="n">
+        <v>5165</v>
+      </c>
+      <c r="F91" s="7" t="n">
+        <v>417.7</v>
+      </c>
+      <c r="G91" s="8" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="J91" s="7" t="n"/>
+    </row>
+    <row r="92">
+      <c r="A92" s="9" t="n"/>
+      <c r="B92" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C92" s="9" t="n"/>
+      <c r="D92" s="9" t="n"/>
+      <c r="E92" s="9" t="n"/>
+      <c r="F92" s="10" t="n">
+        <v>10423.76</v>
+      </c>
+      <c r="G92" s="11" t="n">
+        <v>0.0871</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="B94" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="95">
+      <c r="B95" s="2" t="inlineStr">
+        <is>
+          <t>Cash Margin</t>
+        </is>
+      </c>
+      <c r="E95" s="6" t="n"/>
+      <c r="F95" s="7" t="n">
+        <v>1667</v>
+      </c>
+      <c r="G95" s="8" t="n">
+        <v>0.0139</v>
+      </c>
+      <c r="J95" s="7" t="n"/>
+    </row>
+    <row r="96">
+      <c r="B96" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E96" s="6" t="n"/>
+      <c r="F96" s="7" t="n">
+        <v>2753.97</v>
+      </c>
+      <c r="G96" s="8" t="n">
+        <v>0.0232</v>
+      </c>
+      <c r="J96" s="7" t="n"/>
+    </row>
+    <row r="97">
+      <c r="A97" s="9" t="n"/>
+      <c r="B97" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C97" s="9" t="n"/>
+      <c r="D97" s="9" t="n"/>
+      <c r="E97" s="9" t="n"/>
+      <c r="F97" s="10" t="n">
+        <v>4420.97</v>
+      </c>
+      <c r="G97" s="11" t="n">
+        <v>0.0371</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="5" t="n"/>
+      <c r="B99" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C99" s="5" t="n"/>
+      <c r="D99" s="5" t="n"/>
+      <c r="E99" s="5" t="n"/>
+      <c r="F99" s="13" t="n">
+        <v>119661.01</v>
+      </c>
+      <c r="G99" s="14" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...26 lines deleted...]
-      <c r="A9" s="1">
+    </row>
+    <row r="100">
+      <c r="A100" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="B101" s="2" t="inlineStr">
+        <is>
+          <t>^ Pending Listing</t>
+        </is>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="16" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...26 lines deleted...]
-      <c r="A10" s="1">
+      <c r="B102" s="16" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" ht="27" customHeight="1" s="77">
+      <c r="A103" s="16" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...26 lines deleted...]
-      <c r="A11" s="1">
+      <c r="B103" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="2" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...2012 lines deleted...]
-        <v>204</v>
+      <c r="B104" s="89" t="inlineStr">
+        <is>
+          <t>Additional Disclosure of Overseas Mutual Fund Holdings</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" ht="14.5" customHeight="1" s="77">
+      <c r="B105" s="33" t="inlineStr">
+        <is>
+          <t>The Consumer Staples Select Sector SPDR Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" ht="14.5" customHeight="1" s="77">
+      <c r="B106" s="33" t="inlineStr">
+        <is>
+          <t>iShares S&amp;P 500 Energy Sector UCITS ETF</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" ht="14.5" customHeight="1" s="77">
+      <c r="B107" s="33" t="inlineStr">
+        <is>
+          <t>iShares Global Healthcare ETF</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" ht="14.5" customHeight="1" s="77">
+      <c r="B108" s="33" t="inlineStr">
+        <is>
+          <t>Harding Loevner Global Equity Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" ht="14.5" customHeight="1" s="77">
+      <c r="B109" s="33" t="inlineStr">
+        <is>
+          <t>Veritas Global Focus Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" ht="14.5" customHeight="1" s="77">
+      <c r="B110" s="33" t="inlineStr">
+        <is>
+          <t>WCM GLOBAL EQUITY FUND</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" ht="14.5" customHeight="1" s="77">
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Scheme Riskometer</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" ht="14.5" customHeight="1" s="77">
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Benchmark Riskometer: Nifty 500 TRI</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="B102:F102"/>
+    <mergeCell ref="B104:F104"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="B103" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
-[...4 lines deleted...]
-    <hyperlink ref="B108" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
+    <hyperlink ref="B105" r:id="rId1"/>
+    <hyperlink ref="B106" r:id="rId2"/>
+    <hyperlink ref="B107" r:id="rId3"/>
+    <hyperlink ref="B108" r:id="rId4"/>
+    <hyperlink ref="B109" r:id="rId5"/>
+    <hyperlink ref="B110" r:id="rId6"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F806B29D-AF72-441B-B061-8333EE5BEEE1}">
-  <dimension ref="A1:N123"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:A1"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
-[...2206 lines deleted...]
-      <selection activeCell="A73" sqref="A73"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
-[...916 lines deleted...]
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
-  <DocSecurity>0</DocSecurity>
-[...21 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...1 lines deleted...]
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>
-
-[...27 lines deleted...]
-</file>