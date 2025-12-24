--- v1 (2025-11-09)
+++ v2 (2025-12-24)
@@ -1,80 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="VALUE" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
-    <numFmt numFmtId="166" formatCode="0.0%"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="24">
+  <fonts count="15">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -109,507 +103,378 @@
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="Arial"/>
-[...42 lines deleted...]
-    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Arial"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color indexed="8"/>
-[...4 lines deleted...]
-      <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="12">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...7 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...35 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="96">
+  <cellXfs count="70">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-[...22 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...66 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...12 lines deleted...]
-    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -656,116 +521,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>115</row>
+      <row>112</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2374900</colOff>
-[...1 lines deleted...]
-      <rowOff>31750</rowOff>
+      <colOff>2378075</colOff>
+      <row>121</row>
+      <rowOff>34925</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="18770600"/>
+          <a:off x="457200" y="18256250"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>129</row>
+      <row>126</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2374900</colOff>
-[...1 lines deleted...]
-      <rowOff>31750</rowOff>
+      <colOff>2378075</colOff>
+      <row>135</row>
+      <rowOff>34925</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="21183600"/>
+          <a:off x="457200" y="20669250"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1002,2879 +867,2860 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssga.com/us/en/intermediary/etfs/the-consumer-staples-select-sector-spdr-fund-xlp" TargetMode="External" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ishares.com/uk/individual/en/products/280503/ishares-sp-500-energy-sector-ucits-etf" TargetMode="External" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ishares.com/us/products/239744/ishares-global-healthcare-etf" TargetMode="External" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hardingloevner.com/" TargetMode="External" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wealth.amg.com/products/veritas-global-focus-fund-mfqax/" TargetMode="External" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heptagon-capital.com/funds/heptagon-fund-icav-wcm-global-equity-fund-class-i-usd-acc" TargetMode="External" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L128"/>
+  <dimension ref="A1:L125"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="15.1796875" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="42.54296875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="10.54296875" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="42.54296875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="77">
-[...1 lines deleted...]
-      <c r="B1" s="76" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="49">
+      <c r="A1" s="48" t="n"/>
+      <c r="B1" s="48" t="inlineStr">
         <is>
           <t>DSP Value Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on November 30, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE040A01034</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E8" s="6" t="n">
+      <c r="E8" s="5" t="n">
         <v>599500</v>
       </c>
-      <c r="F8" s="7" t="n">
-[...6 lines deleted...]
-      <c r="K8" s="4" t="inlineStr">
+      <c r="F8" s="6" t="n">
+        <v>6040.56</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.0484</v>
+      </c>
+      <c r="J8" s="6" t="n"/>
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Bharti Airtel Limited</t>
         </is>
       </c>
-      <c r="C9" s="2" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE397D01024</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
-      <c r="E9" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K9" s="2" t="inlineStr">
+      <c r="E9" s="5" t="n">
+        <v>223200</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>4690.77</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.0376</v>
+      </c>
+      <c r="J9" s="6" t="n"/>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L9" s="7" t="n">
+        <v>0.08840000000000001</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Infosys Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>INE009A01021</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E10" s="5" t="n">
+        <v>253685</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>3957.74</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0317</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L10" s="7" t="n">
+        <v>0.08409999999999999</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>INE018A01030</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="n">
+        <v>91914</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>3740.53</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0299</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Foreign Security</t>
         </is>
       </c>
-      <c r="L9" s="8" t="n">
-[...17 lines deleted...]
-      <c r="D10" s="2" t="inlineStr">
+      <c r="L11" s="7" t="n">
+        <v>0.08400000000000001</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>INE129A01019</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="n">
+        <v>1722560</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>3033.26</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0243</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.0618</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Angel One Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE732I01013</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="n">
+        <v>101900</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>2755.17</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0221</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0581</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Sun Pharmaceutical Industries Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE044A01036</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="n">
+        <v>145076</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>2657.21</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0213</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.0484</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE752E01010</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="n">
+        <v>973000</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>2626.61</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.021</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0472</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>LTIMindtree Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE214T01019</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E10" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K10" s="2" t="inlineStr">
+      <c r="E16" s="5" t="n">
+        <v>42676</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>2601.74</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0208</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.0423</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Indus Towers Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE121J01017</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="n">
+        <v>639000</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>2562.71</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0205</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
+        <v>0.0361</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Electronics Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE263A01024</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="n">
+        <v>599212</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>2467.26</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0198</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L18" s="7" t="n">
+        <v>0.0289</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="n">
+        <v>1925548</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>2239.6</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0179</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="L19" s="7" t="n">
+        <v>0.0282</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>HCL Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE860A01027</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="L10" s="8" t="n">
-[...17 lines deleted...]
-      <c r="D11" s="2" t="inlineStr">
+      <c r="E20" s="5" t="n">
+        <v>136907</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>2223.64</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0178</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L20" s="7" t="n">
+        <v>0.0273</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Dr. Reddy's Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE089A01031</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="n">
+        <v>174050</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>2190.94</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0175</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L21" s="7" t="n">
+        <v>0.0247</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Cipla Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE059A01026</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="n">
+        <v>142224</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>2177.88</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0174</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L22" s="7" t="n">
+        <v>0.0243</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Hero MotoCorp Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE158A01026</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="n">
+        <v>34736</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>2144.77</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0172</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L23" s="7" t="n">
+        <v>0.0223</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Oil India Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE274J01014</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="n">
+        <v>462506</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>1911.07</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0153</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L24" s="7" t="n">
+        <v>0.0221</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE038A01020</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="n">
+        <v>229000</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>1851.24</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0148</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>IT - Hardware</t>
+        </is>
+      </c>
+      <c r="L25" s="7" t="n">
+        <v>0.0219</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Jindal Steel Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE749A01030</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="n">
+        <v>176920</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>1847.75</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0148</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L26" s="7" t="n">
+        <v>0.021</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Apollo Tyres Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE438A01022</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="n">
+        <v>339603</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>1745.56</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.014</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L27" s="7" t="n">
+        <v>0.0198</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE094A01015</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="n">
+        <v>373925</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>1710.71</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0137</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L28" s="7" t="n">
+        <v>0.0161</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE029A01011</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="n">
+        <v>473592</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>1700.67</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0136</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="L29" s="7" t="n">
+        <v>0.0153</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Maruti Suzuki India Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE585B01010</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="n">
+        <v>10560</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>1679.04</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0134</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="L30" s="7" t="n">
+        <v>0.0151</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Oberoi Realty Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE093I01010</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="n">
+        <v>95200</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>1568.13</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0126</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="L31" s="7" t="n">
+        <v>0.0126</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Kalpataru Projects International Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE220B01022</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="E11" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K11" s="2" t="inlineStr">
+      <c r="E32" s="5" t="n">
+        <v>129080</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>1548.57</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0124</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="L32" s="7" t="n">
+        <v>0.0104</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>JSW Steel Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE019A01038</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="n">
+        <v>119365</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>1384.99</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0111</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="L33" s="7" t="n">
+        <v>0.009599999999999999</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Radico Khaitan Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE944F01028</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="n">
+        <v>40551</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>1300.92</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0104</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="L34" s="7" t="n">
+        <v>0.008999999999999999</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>IPCA Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE571A01038</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
-      <c r="L11" s="8" t="n">
-[...32 lines deleted...]
-      <c r="K12" s="2" t="inlineStr">
+      <c r="E35" s="5" t="n">
+        <v>86208</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>1252.69</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L35" s="7" t="n">
+        <v>0.0081</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Craftsman Automation Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE00LO01017</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Auto Components</t>
         </is>
       </c>
-      <c r="L12" s="8" t="n">
-[...108 lines deleted...]
-      <c r="K15" s="2" t="inlineStr">
+      <c r="E36" s="5" t="n">
+        <v>17684</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>1242.21</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.009900000000000001</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="L36" s="7" t="n">
+        <v>0.0075</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Zinc Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE267A01025</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="n">
+        <v>255000</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>1237.26</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.009900000000000001</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="L37" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Auto Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE917I01010</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="n">
+        <v>13588</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>1232.91</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.009900000000000001</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L38" s="7" t="n">
+        <v>0.0063</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>LT Foods Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE818H01020</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="n">
+        <v>297810</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>1215.96</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.0097</v>
+      </c>
+      <c r="J39" s="6" t="n"/>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="L39" s="7" t="n">
+        <v>0.0063</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>UltraTech Cement Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE481G01011</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="n">
+        <v>9710</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>1126.36</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.008999999999999999</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="L40" s="7" t="n">
+        <v>0.006</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>CIE Automotive India Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE536H01010</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="n">
+        <v>264190</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>1087.41</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.008699999999999999</v>
+      </c>
+      <c r="J41" s="6" t="n"/>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="L41" s="7" t="n">
+        <v>0.0055</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Godrej Consumer Products Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE102D01028</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="n">
+        <v>88221</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>1010.66</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="J42" s="6" t="n"/>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="L42" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>NMDC Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE584A01023</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="n">
+        <v>1260000</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>931.39</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0075</v>
+      </c>
+      <c r="J43" s="6" t="n"/>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L43" s="7" t="n">
+        <v>0.0003</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Tata Motors Passenger Vehicles Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>INE155A01022</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="n">
+        <v>234000</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>834.91</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="J44" s="6" t="n"/>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="L44" s="7" t="n">
+        <v>-0.0486</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Archean Chemical Industries Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INE128X01021</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="n">
+        <v>161949</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>829.34</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="J45" s="6" t="n"/>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L45" s="7" t="n">
+        <v>0.0701</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Tata Motors Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>INE1TAE01010</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="n">
+        <v>234000</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>823.6799999999999</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="J46" s="6" t="n"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Deepak Nitrite Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>INE288B01029</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="n">
+        <v>52808</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>823.0700000000001</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="J47" s="6" t="n"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Cyient Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>INE136B01020</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="n">
+        <v>70407</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>791.09</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="J48" s="6" t="n"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Avanti Feeds Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>INE871C01038</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="n">
+        <v>97562</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>787.08</v>
+      </c>
+      <c r="G49" s="7" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="J49" s="6" t="n"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Sapphire Foods India Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>INE806T01020</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="n">
+        <v>302743</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>752.92</v>
+      </c>
+      <c r="G50" s="7" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="J50" s="6" t="n"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Vardhman Textiles Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>INE825A01020</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="n">
+        <v>158540</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>692.98</v>
+      </c>
+      <c r="G51" s="7" t="n">
+        <v>0.0055</v>
+      </c>
+      <c r="J51" s="6" t="n"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="1" t="n">
+        <v>45</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Alembic Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>INE901L01018</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="n">
+        <v>63294</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>574.2</v>
+      </c>
+      <c r="G52" s="7" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="J52" s="6" t="n"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="1" t="n">
+        <v>46</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>GMM Pfaudler Limited</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>INE541A01023</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="n">
+        <v>47587</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>534.35</v>
+      </c>
+      <c r="G53" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="J53" s="6" t="n"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="1" t="n">
+        <v>47</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>INE081A01020</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="n">
+        <v>224064</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>376.34</v>
+      </c>
+      <c r="G54" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J54" s="6" t="n"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Atul Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>INE100A01010</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="n">
+        <v>6191</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>363.66</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J55" s="6" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="1" t="n">
+        <v>49</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Gujarat Ambuja Exports Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>INE036B01030</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="n">
+        <v>312022</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>345</v>
+      </c>
+      <c r="G56" s="7" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J56" s="6" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Triveni Engineering &amp; Industries Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>INE256C01024</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="n">
+        <v>92133</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>327.86</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="J57" s="6" t="n"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="1" t="n">
+        <v>51</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Aarti Drugs Limited</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>INE767A01016</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="n">
+        <v>70308</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>298.7</v>
+      </c>
+      <c r="G58" s="7" t="n">
+        <v>0.0024</v>
+      </c>
+      <c r="J58" s="6" t="n"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="8" t="n"/>
+      <c r="B59" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C59" s="8" t="n"/>
+      <c r="D59" s="8" t="n"/>
+      <c r="E59" s="8" t="n"/>
+      <c r="F59" s="9" t="n">
+        <v>85851.07000000001</v>
+      </c>
+      <c r="G59" s="10" t="n">
+        <v>0.6872</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="B61" s="3" t="inlineStr">
+        <is>
+          <t>Foreign Securities and/or overseas ETF(s)</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="B62" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="1" t="n">
+        <v>52</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>SK Hynix Inc</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>KR7000660001</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>IT - Hardware</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="n">
+        <v>8500</v>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>2739.18</v>
+      </c>
+      <c r="G63" s="7" t="n">
+        <v>0.0219</v>
+      </c>
+      <c r="J63" s="6" t="n"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="1" t="n">
+        <v>53</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Microsoft Corp</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>US5949181045</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="n">
+        <v>5124</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>2255.23</v>
+      </c>
+      <c r="G64" s="7" t="n">
+        <v>0.0181</v>
+      </c>
+      <c r="J64" s="6" t="n"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="1" t="n">
+        <v>54</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Berkshire Hathaway Inc - Class B</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>US0846707026</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="L15" s="8" t="n">
+      <c r="E65" s="5" t="n">
+        <v>4048</v>
+      </c>
+      <c r="F65" s="6" t="n">
+        <v>1860.59</v>
+      </c>
+      <c r="G65" s="7" t="n">
+        <v>0.0149</v>
+      </c>
+      <c r="J65" s="6" t="n"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="1" t="n">
+        <v>55</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Amazon.com Inc</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>US0231351067</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="n">
+        <v>8631</v>
+      </c>
+      <c r="F66" s="6" t="n">
+        <v>1800.67</v>
+      </c>
+      <c r="G66" s="7" t="n">
+        <v>0.0144</v>
+      </c>
+      <c r="J66" s="6" t="n"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="1" t="n">
+        <v>56</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Tencent Holdings Limited</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>KYG875721634</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="n">
+        <v>25000</v>
+      </c>
+      <c r="F67" s="6" t="n">
+        <v>1756.23</v>
+      </c>
+      <c r="G67" s="7" t="n">
+        <v>0.0141</v>
+      </c>
+      <c r="J67" s="6" t="n"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="1" t="n">
+        <v>57</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Alibaba Group Holding Limited</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>KYG017191142</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="n">
+        <v>98700</v>
+      </c>
+      <c r="F68" s="6" t="n">
+        <v>1717.81</v>
+      </c>
+      <c r="G68" s="7" t="n">
+        <v>0.0138</v>
+      </c>
+      <c r="J68" s="6" t="n"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="1" t="n">
+        <v>58</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Contemporary Amperex Technology Co Limited</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>CNE100003662</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="n">
+        <v>30000</v>
+      </c>
+      <c r="F69" s="6" t="n">
+        <v>1414.94</v>
+      </c>
+      <c r="G69" s="7" t="n">
+        <v>0.0113</v>
+      </c>
+      <c r="J69" s="6" t="n"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="1" t="n">
+        <v>59</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Sony group</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>JP3435000009</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="n">
+        <v>53400</v>
+      </c>
+      <c r="F70" s="6" t="n">
+        <v>1397.42</v>
+      </c>
+      <c r="G70" s="7" t="n">
+        <v>0.0112</v>
+      </c>
+      <c r="J70" s="6" t="n"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="1" t="n">
+        <v>60</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>NIKE Inc</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>US6541061031</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="n">
+        <v>24059</v>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>1390.98</v>
+      </c>
+      <c r="G71" s="7" t="n">
+        <v>0.0111</v>
+      </c>
+      <c r="J71" s="6" t="n"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="1" t="n">
+        <v>61</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>NOVO NORDISK ADR REPSG 1 ORD</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>US6701002056</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="n">
+        <v>30961</v>
+      </c>
+      <c r="F72" s="6" t="n">
+        <v>1366.82</v>
+      </c>
+      <c r="G72" s="7" t="n">
+        <v>0.0109</v>
+      </c>
+      <c r="J72" s="6" t="n"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="1" t="n">
+        <v>62</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Schneider Electric Se Ord</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>FR0000121972</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F73" s="6" t="n">
+        <v>1196.94</v>
+      </c>
+      <c r="G73" s="7" t="n">
+        <v>0.009599999999999999</v>
+      </c>
+      <c r="J73" s="6" t="n"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="1" t="n">
+        <v>63</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Brookfield Corporation</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>CA11271J1075</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="n">
+        <v>21012</v>
+      </c>
+      <c r="F74" s="6" t="n">
+        <v>883.4299999999999</v>
+      </c>
+      <c r="G74" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="J74" s="6" t="n"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="1" t="n">
+        <v>64</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Sony Financial Holdings INC NPV</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>JP3435350008</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="n">
+        <v>43800</v>
+      </c>
+      <c r="F75" s="6" t="n">
+        <v>37.03</v>
+      </c>
+      <c r="G75" s="7" t="n">
+        <v>0.0003</v>
+      </c>
+      <c r="J75" s="6" t="n"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="8" t="n"/>
+      <c r="B76" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C76" s="8" t="n"/>
+      <c r="D76" s="8" t="n"/>
+      <c r="E76" s="8" t="n"/>
+      <c r="F76" s="9" t="n">
+        <v>19817.27</v>
+      </c>
+      <c r="G76" s="10" t="n">
+        <v>0.1587</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="B78" s="3" t="inlineStr">
+        <is>
+          <t>DERIVATIVES</t>
+        </is>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="1" t="n">
+        <v>65</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="n">
+        <v>-599500</v>
+      </c>
+      <c r="F79" s="6" t="n">
+        <v>-6076.23</v>
+      </c>
+      <c r="G79" s="7" t="n">
+        <v>-0.0486</v>
+      </c>
+      <c r="H79" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J79" s="6" t="n"/>
+    </row>
+    <row r="80">
+      <c r="A80" s="8" t="n"/>
+      <c r="B80" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C80" s="8" t="n"/>
+      <c r="D80" s="8" t="n"/>
+      <c r="E80" s="8" t="n"/>
+      <c r="F80" s="9" t="n">
+        <v>-6076.23</v>
+      </c>
+      <c r="G80" s="10" t="n">
+        <v>-0.0486</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="B82" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="1" t="n">
+        <v>66</v>
+      </c>
+      <c r="B83" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F83" s="6" t="n">
+        <v>4738.53</v>
+      </c>
+      <c r="G83" s="7" t="n">
+        <v>0.0379</v>
+      </c>
+      <c r="H83" s="11" t="n">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="8" t="n"/>
+      <c r="B84" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C84" s="8" t="n"/>
+      <c r="D84" s="8" t="n"/>
+      <c r="E84" s="8" t="n"/>
+      <c r="F84" s="9" t="n">
+        <v>4738.53</v>
+      </c>
+      <c r="G84" s="10" t="n">
+        <v>0.0379</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="B86" s="3" t="inlineStr">
+        <is>
+          <t>OTHERS</t>
+        </is>
+      </c>
+    </row>
+    <row r="87">
+      <c r="B87" s="3" t="inlineStr">
+        <is>
+          <t>Overseas Mutual Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="1" t="n">
+        <v>67</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Harding Loevner Global Equity Fund</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>IE00B1WL5L32</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Foreign Security</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="n">
+        <v>177704.953</v>
+      </c>
+      <c r="F88" s="6" t="n">
+        <v>6108.79</v>
+      </c>
+      <c r="G88" s="7" t="n">
         <v>0.0489</v>
       </c>
-    </row>
-[...1532 lines deleted...]
-      <c r="B59" s="9" t="inlineStr">
+      <c r="J88" s="6" t="n"/>
+    </row>
+    <row r="89">
+      <c r="A89" s="1" t="n">
+        <v>68</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>WCM GLOBAL EQUITY FUND</t>
+        </is>
+      </c>
+      <c r="C89" s="1" t="inlineStr">
+        <is>
+          <t>IE00BYZ0B213</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Foreign Security</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="n">
+        <v>13576.786918</v>
+      </c>
+      <c r="F89" s="6" t="n">
+        <v>3015.07</v>
+      </c>
+      <c r="G89" s="7" t="n">
+        <v>0.0241</v>
+      </c>
+      <c r="J89" s="6" t="n"/>
+    </row>
+    <row r="90">
+      <c r="A90" s="1" t="n">
+        <v>69</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>iShares S&amp;P 500 Energy Sector UCITS ETF</t>
+        </is>
+      </c>
+      <c r="C90" s="1" t="inlineStr">
+        <is>
+          <t>IE00B42NKQ00</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Foreign Security</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="n">
+        <v>109464</v>
+      </c>
+      <c r="F90" s="6" t="n">
+        <v>917.77</v>
+      </c>
+      <c r="G90" s="7" t="n">
+        <v>0.0073</v>
+      </c>
+      <c r="J90" s="6" t="n"/>
+    </row>
+    <row r="91">
+      <c r="A91" s="1" t="n">
+        <v>70</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>iShares Global Healthcare ETF</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>US4642873255</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Foreign Security</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="n">
+        <v>5165</v>
+      </c>
+      <c r="F91" s="6" t="n">
+        <v>456.12</v>
+      </c>
+      <c r="G91" s="7" t="n">
+        <v>0.0037</v>
+      </c>
+      <c r="J91" s="6" t="n"/>
+    </row>
+    <row r="92">
+      <c r="A92" s="8" t="n"/>
+      <c r="B92" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C59" s="9" t="n"/>
-[...415 lines deleted...]
-      <c r="B76" s="9" t="inlineStr">
+      <c r="C92" s="8" t="n"/>
+      <c r="D92" s="8" t="n"/>
+      <c r="E92" s="8" t="n"/>
+      <c r="F92" s="9" t="n">
+        <v>10497.75</v>
+      </c>
+      <c r="G92" s="10" t="n">
+        <v>0.08400000000000001</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="B94" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="95">
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Cash Margin</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="n"/>
+      <c r="F95" s="6" t="n">
+        <v>1667</v>
+      </c>
+      <c r="G95" s="7" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="J95" s="6" t="n"/>
+    </row>
+    <row r="96">
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="n"/>
+      <c r="F96" s="6" t="n">
+        <v>2326.5</v>
+      </c>
+      <c r="G96" s="7" t="n">
+        <v>0.0189</v>
+      </c>
+      <c r="J96" s="6" t="n"/>
+    </row>
+    <row r="97">
+      <c r="A97" s="8" t="n"/>
+      <c r="B97" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C76" s="9" t="n"/>
-[...122 lines deleted...]
-      <c r="B88" s="2" t="inlineStr">
+      <c r="C97" s="8" t="n"/>
+      <c r="D97" s="8" t="n"/>
+      <c r="E97" s="8" t="n"/>
+      <c r="F97" s="9" t="n">
+        <v>3993.5</v>
+      </c>
+      <c r="G97" s="10" t="n">
+        <v>0.0322</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="4" t="n"/>
+      <c r="B99" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C99" s="4" t="n"/>
+      <c r="D99" s="4" t="n"/>
+      <c r="E99" s="4" t="n"/>
+      <c r="F99" s="12" t="n">
+        <v>124898.12</v>
+      </c>
+      <c r="G99" s="13" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="15" t="n">
+        <v>1</v>
+      </c>
+      <c r="B101" s="15" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" ht="14.5" customHeight="1" s="49">
+      <c r="A102" t="n">
+        <v>2</v>
+      </c>
+      <c r="B102" s="66" t="inlineStr">
+        <is>
+          <t>Additional Disclosure of Overseas Mutual Fund Holdings</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" ht="14.5" customHeight="1" s="49">
+      <c r="B103" s="36" t="inlineStr">
+        <is>
+          <t>The Consumer Staples Select Sector SPDR Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" ht="14.5" customHeight="1" s="49">
+      <c r="B104" s="36" t="inlineStr">
+        <is>
+          <t>iShares S&amp;P 500 Energy Sector UCITS ETF</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" ht="14.5" customHeight="1" s="49">
+      <c r="B105" s="36" t="inlineStr">
+        <is>
+          <t>iShares Global Healthcare ETF</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" ht="14.5" customHeight="1" s="49">
+      <c r="B106" s="36" t="inlineStr">
         <is>
           <t>Harding Loevner Global Equity Fund</t>
         </is>
       </c>
-      <c r="C88" s="2" t="inlineStr">
-[...24 lines deleted...]
-      <c r="B89" s="2" t="inlineStr">
+    </row>
+    <row r="107" ht="14.5" customHeight="1" s="49">
+      <c r="B107" s="36" t="inlineStr">
+        <is>
+          <t>Veritas Global Focus Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" ht="14.5" customHeight="1" s="49">
+      <c r="B108" s="36" t="inlineStr">
         <is>
           <t>WCM GLOBAL EQUITY FUND</t>
         </is>
       </c>
-      <c r="C89" s="2" t="inlineStr">
-[...258 lines deleted...]
-      <c r="B114" s="1" t="inlineStr">
+    </row>
+    <row r="111" ht="14.5" customHeight="1" s="49">
+      <c r="B111" s="38" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="128" ht="14.5" customHeight="1" s="77">
-      <c r="B128" s="1" t="inlineStr">
+    <row r="125" ht="14.5" customHeight="1" s="49">
+      <c r="B125" s="38" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty 500 TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="B104:F104"/>
+    <mergeCell ref="B102:F102"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="B105" r:id="rId1"/>
-[...4 lines deleted...]
-    <hyperlink ref="B110" r:id="rId6"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="B103" r:id="rId1"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="B104" r:id="rId2"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="B105" r:id="rId3"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="B106" r:id="rId4"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="B107" r:id="rId5"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="B108" r:id="rId6"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId7"/>
+  <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>