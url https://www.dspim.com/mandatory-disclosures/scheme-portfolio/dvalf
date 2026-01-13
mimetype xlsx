--- v2 (2025-12-24)
+++ v3 (2026-01-13)
@@ -1,74 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="920" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="VALUE" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="3">
-[...2 lines deleted...]
-    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="15">
+  <fonts count="17">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -103,93 +108,102 @@
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="Trebuchet MS"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
-      <color indexed="8"/>
+      <b val="1"/>
+      <color theme="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
-      <name val="trebuchet MS"/>
-[...1 lines deleted...]
-      <b val="1"/>
+      <name val="Libre Franklin"/>
       <color theme="1"/>
       <sz val="10"/>
-      <u val="single"/>
+    </font>
+    <font>
+      <name val="Libre Franklin"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -274,207 +288,198 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="70">
+  <cellXfs count="73">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...6 lines deleted...]
-    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="10" fontId="13" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="43" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="4" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -521,117 +526,117 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>112</row>
+      <row>115</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2378075</colOff>
-[...1 lines deleted...]
-      <rowOff>34925</rowOff>
+      <colOff>2374900</colOff>
+      <row>124</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="18256250"/>
-          <a:ext cx="2374900" cy="1574800"/>
+          <a:off x="438150" y="22221825"/>
+          <a:ext cx="2374900" cy="1746250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>126</row>
+      <row>127</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2378075</colOff>
-[...1 lines deleted...]
-      <rowOff>34925</rowOff>
+      <colOff>2374900</colOff>
+      <row>136</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="20669250"/>
-          <a:ext cx="2374900" cy="1574800"/>
+          <a:off x="438150" y="24907875"/>
+          <a:ext cx="2374900" cy="1746250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -872,2843 +877,2887 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssga.com/us/en/intermediary/etfs/the-consumer-staples-select-sector-spdr-fund-xlp" TargetMode="External" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ishares.com/uk/individual/en/products/280503/ishares-sp-500-energy-sector-ucits-etf" TargetMode="External" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ishares.com/us/products/239744/ishares-global-healthcare-etf" TargetMode="External" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hardingloevner.com/" TargetMode="External" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wealth.amg.com/products/veritas-global-focus-fund-mfqax/" TargetMode="External" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heptagon-capital.com/funds/heptagon-fund-icav-wcm-global-equity-fund-class-i-usd-acc" TargetMode="External" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L125"/>
+  <dimension ref="A1:L126"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="15.1796875" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="42.54296875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="10.26953125" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="42.54296875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="49">
-[...1 lines deleted...]
-      <c r="B1" s="48" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="41">
+      <c r="A1" s="40" t="n"/>
+      <c r="B1" s="40" t="inlineStr">
         <is>
           <t>DSP Value Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on November 30, 2025</t>
+      <c r="B2" s="65" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="65" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="65" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="1" t="n">
+      <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B8" s="2" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C8" s="2" t="inlineStr">
         <is>
           <t>INE040A01034</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E8" s="5" t="n">
+      <c r="E8" s="10" t="n">
         <v>599500</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>6040.56</v>
-[...2 lines deleted...]
-        <v>0.0484</v>
+        <v>5942.24</v>
+      </c>
+      <c r="G8" s="66" t="n">
+        <v>0.0448</v>
       </c>
       <c r="J8" s="6" t="n"/>
-      <c r="K8" s="3" t="inlineStr">
+      <c r="K8" s="65" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="65" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Bharti Airtel Limited</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C9" s="2" t="inlineStr">
         <is>
           <t>INE397D01024</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
-      <c r="E9" s="5" t="n">
+      <c r="E9" s="10" t="n">
         <v>223200</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>4690.77</v>
-[...2 lines deleted...]
-        <v>0.0376</v>
+        <v>4699.7</v>
+      </c>
+      <c r="G9" s="66" t="n">
+        <v>0.0354</v>
       </c>
       <c r="J9" s="6" t="n"/>
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K9" s="2" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="L9" s="7" t="n">
-        <v>0.08840000000000001</v>
+      <c r="L9" s="66" t="n">
+        <v>0.0941</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="1" t="n">
+      <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B10" s="2" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="2" t="inlineStr">
+        <is>
+          <t>INE018A01030</t>
+        </is>
+      </c>
+      <c r="D10" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E10" s="10" t="n">
+        <v>103914</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>4243.33</v>
+      </c>
+      <c r="G10" s="66" t="n">
+        <v>0.032</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
+      <c r="K10" s="2" t="inlineStr">
+        <is>
+          <t>Foreign Security</t>
+        </is>
+      </c>
+      <c r="L10" s="66" t="n">
+        <v>0.0804</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="2" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Infosys Limited</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C11" s="2" t="inlineStr">
         <is>
           <t>INE009A01021</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D11" s="2" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E10" s="5" t="n">
-[...9 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+      <c r="E11" s="10" t="n">
+        <v>246509</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>3982.11</v>
+      </c>
+      <c r="G11" s="66" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="2" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
-      <c r="L10" s="7" t="n">
-[...17 lines deleted...]
-      <c r="D11" s="1" t="inlineStr">
+      <c r="L11" s="66" t="n">
+        <v>0.07779999999999999</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="2" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="2" t="inlineStr">
+        <is>
+          <t>INE129A01019</t>
+        </is>
+      </c>
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E12" s="10" t="n">
+        <v>1722560</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>2965.56</v>
+      </c>
+      <c r="G12" s="66" t="n">
+        <v>0.0224</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L12" s="66" t="n">
+        <v>0.0663</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="2" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="2" t="inlineStr">
+        <is>
+          <t>Indus Towers Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="2" t="inlineStr">
+        <is>
+          <t>INE121J01017</t>
+        </is>
+      </c>
+      <c r="D13" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E13" s="10" t="n">
+        <v>639000</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>2675.81</v>
+      </c>
+      <c r="G13" s="66" t="n">
+        <v>0.0202</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L13" s="66" t="n">
+        <v>0.0556</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>LTIMindtree Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>INE214T01019</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E14" s="10" t="n">
+        <v>42676</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>2587.66</v>
+      </c>
+      <c r="G14" s="66" t="n">
+        <v>0.0195</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L14" s="66" t="n">
+        <v>0.0487</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="2" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="2" t="inlineStr">
+        <is>
+          <t>INE752E01010</t>
+        </is>
+      </c>
+      <c r="D15" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E15" s="10" t="n">
+        <v>973000</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>2574.56</v>
+      </c>
+      <c r="G15" s="66" t="n">
+        <v>0.0194</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="L15" s="66" t="n">
+        <v>0.0448</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E16" s="10" t="n">
+        <v>2133013</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>2558.34</v>
+      </c>
+      <c r="G16" s="66" t="n">
+        <v>0.0193</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="2" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="E11" s="5" t="n">
-[...9 lines deleted...]
-      <c r="K11" s="1" t="inlineStr">
+      <c r="L16" s="66" t="n">
+        <v>0.0437</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="2" t="inlineStr">
+        <is>
+          <t>Sun Pharmaceutical Industries Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="2" t="inlineStr">
+        <is>
+          <t>INE044A01036</t>
+        </is>
+      </c>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E17" s="10" t="n">
+        <v>145076</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>2494.87</v>
+      </c>
+      <c r="G17" s="66" t="n">
+        <v>0.0188</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="2" t="inlineStr">
+        <is>
+          <t>IT - Hardware</t>
+        </is>
+      </c>
+      <c r="L17" s="66" t="n">
+        <v>0.0358</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="2" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="2" t="inlineStr">
+        <is>
+          <t>Bharat Electronics Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="2" t="inlineStr">
+        <is>
+          <t>INE263A01024</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E18" s="10" t="n">
+        <v>599212</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>2394.45</v>
+      </c>
+      <c r="G18" s="66" t="n">
+        <v>0.0181</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L18" s="66" t="n">
+        <v>0.0311</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="2" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>Angel One Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>INE732I01013</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E19" s="10" t="n">
+        <v>101900</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>2388.54</v>
+      </c>
+      <c r="G19" s="66" t="n">
+        <v>0.018</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L19" s="66" t="n">
+        <v>0.0282</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>Jindal Steel Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>INE749A01030</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E20" s="10" t="n">
+        <v>221920</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>2338.59</v>
+      </c>
+      <c r="G20" s="66" t="n">
+        <v>0.0176</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L20" s="66" t="n">
+        <v>0.0278</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="2" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>HCL Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <t>INE860A01027</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E21" s="10" t="n">
+        <v>136907</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>2222.41</v>
+      </c>
+      <c r="G21" s="66" t="n">
+        <v>0.0168</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="L21" s="66" t="n">
+        <v>0.0258</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>Dr. Reddy's Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <t>INE089A01031</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E22" s="10" t="n">
+        <v>174050</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>2212.87</v>
+      </c>
+      <c r="G22" s="66" t="n">
+        <v>0.0167</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L22" s="66" t="n">
+        <v>0.0224</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="2" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <t>Oberoi Realty Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="2" t="inlineStr">
+        <is>
+          <t>INE093I01010</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E23" s="10" t="n">
+        <v>129200</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>2158.42</v>
+      </c>
+      <c r="G23" s="66" t="n">
+        <v>0.0163</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L23" s="66" t="n">
+        <v>0.0197</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="2" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <t>Cipla Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="2" t="inlineStr">
+        <is>
+          <t>INE059A01026</t>
+        </is>
+      </c>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E24" s="10" t="n">
+        <v>142224</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>2149.43</v>
+      </c>
+      <c r="G24" s="66" t="n">
+        <v>0.0162</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L24" s="66" t="n">
+        <v>0.0195</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="2" t="inlineStr">
+        <is>
+          <t>INE038A01020</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E25" s="10" t="n">
+        <v>229000</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>2030.54</v>
+      </c>
+      <c r="G25" s="66" t="n">
+        <v>0.0153</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+      <c r="K25" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L25" s="66" t="n">
+        <v>0.0194</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="2" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>Hero MotoCorp Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <t>INE158A01026</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E26" s="10" t="n">
+        <v>34736</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>2004.61</v>
+      </c>
+      <c r="G26" s="66" t="n">
+        <v>0.0151</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+      <c r="K26" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L26" s="66" t="n">
+        <v>0.0181</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>Oil India Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="2" t="inlineStr">
+        <is>
+          <t>INE274J01014</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E27" s="10" t="n">
+        <v>462506</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>1962.64</v>
+      </c>
+      <c r="G27" s="66" t="n">
+        <v>0.0148</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+      <c r="K27" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L27" s="66" t="n">
+        <v>0.018</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="2" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="2" t="inlineStr">
+        <is>
+          <t>INE094A01015</t>
+        </is>
+      </c>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E28" s="10" t="n">
+        <v>373925</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>1866.07</v>
+      </c>
+      <c r="G28" s="66" t="n">
+        <v>0.0141</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+      <c r="K28" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L28" s="66" t="n">
+        <v>0.0166</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="2" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Auto Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="2" t="inlineStr">
+        <is>
+          <t>INE917I01010</t>
+        </is>
+      </c>
+      <c r="D29" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E29" s="10" t="n">
+        <v>19588</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>1830.11</v>
+      </c>
+      <c r="G29" s="66" t="n">
+        <v>0.0138</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+      <c r="K29" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="L29" s="66" t="n">
+        <v>0.0163</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="2" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <t>Bharat Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="2" t="inlineStr">
+        <is>
+          <t>INE029A01011</t>
+        </is>
+      </c>
+      <c r="D30" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E30" s="10" t="n">
+        <v>473592</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>1818.59</v>
+      </c>
+      <c r="G30" s="66" t="n">
+        <v>0.0137</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+      <c r="K30" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="L30" s="66" t="n">
+        <v>0.0153</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="2" t="inlineStr">
+        <is>
+          <t>Maruti Suzuki India Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="2" t="inlineStr">
+        <is>
+          <t>INE585B01010</t>
+        </is>
+      </c>
+      <c r="D31" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E31" s="10" t="n">
+        <v>10560</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>1763.2</v>
+      </c>
+      <c r="G31" s="66" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+      <c r="K31" s="2" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="L31" s="66" t="n">
+        <v>0.0148</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Zinc Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="2" t="inlineStr">
+        <is>
+          <t>INE267A01025</t>
+        </is>
+      </c>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E32" s="10" t="n">
+        <v>280000</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>1714.86</v>
+      </c>
+      <c r="G32" s="66" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+      <c r="K32" s="2" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="L32" s="66" t="n">
+        <v>0.0101</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>Craftsman Automation Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <t>INE00LO01017</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E33" s="10" t="n">
+        <v>22202</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>1707.22</v>
+      </c>
+      <c r="G33" s="66" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+      <c r="K33" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="L33" s="66" t="n">
+        <v>0.0094</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="2" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <t>Apollo Tyres Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="2" t="inlineStr">
+        <is>
+          <t>INE438A01022</t>
+        </is>
+      </c>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E34" s="10" t="n">
+        <v>339603</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>1698.02</v>
+      </c>
+      <c r="G34" s="66" t="n">
+        <v>0.0128</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+      <c r="K34" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="L34" s="66" t="n">
+        <v>0.0086</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <t>Kalpataru Projects International Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="2" t="inlineStr">
+        <is>
+          <t>INE220B01022</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E35" s="10" t="n">
+        <v>129080</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>1552.06</v>
+      </c>
+      <c r="G35" s="66" t="n">
+        <v>0.0117</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+      <c r="K35" s="2" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L35" s="66" t="n">
+        <v>0.0081</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="2" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <t>C.E. Info Systems Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="2" t="inlineStr">
+        <is>
+          <t>INE0BV301023</t>
+        </is>
+      </c>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E36" s="10" t="n">
+        <v>84630</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>1461.73</v>
+      </c>
+      <c r="G36" s="66" t="n">
+        <v>0.011</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+      <c r="K36" s="2" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="L36" s="66" t="n">
+        <v>0.007900000000000001</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>CIE Automotive India Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <t>INE536H01010</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E37" s="10" t="n">
+        <v>330764</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>1404.09</v>
+      </c>
+      <c r="G37" s="66" t="n">
+        <v>0.0106</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+      <c r="K37" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="L37" s="66" t="n">
+        <v>0.0073</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="2" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>JSW Steel Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <t>INE019A01038</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E38" s="10" t="n">
+        <v>119365</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>1390.36</v>
+      </c>
+      <c r="G38" s="66" t="n">
+        <v>0.0105</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+      <c r="K38" s="2" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="L38" s="66" t="n">
+        <v>0.0061</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>Radico Khaitan Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <t>INE944F01028</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="E39" s="10" t="n">
+        <v>40551</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>1337.53</v>
+      </c>
+      <c r="G39" s="66" t="n">
+        <v>0.0101</v>
+      </c>
+      <c r="J39" s="6" t="n"/>
+      <c r="K39" s="2" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L39" s="66" t="n">
+        <v>0.0059</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="2" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="2" t="inlineStr">
+        <is>
+          <t>LT Foods Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="2" t="inlineStr">
+        <is>
+          <t>INE818H01020</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E40" s="10" t="n">
+        <v>320594</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>1248.55</v>
+      </c>
+      <c r="G40" s="66" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+      <c r="K40" s="2" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="L40" s="66" t="n">
+        <v>0.0059</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="2" t="inlineStr">
+        <is>
+          <t>IPCA Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="2" t="inlineStr">
+        <is>
+          <t>INE571A01038</t>
+        </is>
+      </c>
+      <c r="D41" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E41" s="10" t="n">
+        <v>86208</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>1223.21</v>
+      </c>
+      <c r="G41" s="66" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="J41" s="6" t="n"/>
+      <c r="K41" s="2" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="L41" s="66" t="n">
+        <v>0.0052</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="2" t="inlineStr">
+        <is>
+          <t>UltraTech Cement Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="2" t="inlineStr">
+        <is>
+          <t>INE481G01011</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E42" s="10" t="n">
+        <v>9710</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>1144.23</v>
+      </c>
+      <c r="G42" s="66" t="n">
+        <v>0.0086</v>
+      </c>
+      <c r="J42" s="6" t="n"/>
+      <c r="K42" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="L42" s="66" t="n">
+        <v>0.004</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="2" t="inlineStr">
+        <is>
+          <t>Godrej Consumer Products Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="2" t="inlineStr">
+        <is>
+          <t>INE102D01028</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E43" s="10" t="n">
+        <v>88221</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>1078.24</v>
+      </c>
+      <c r="G43" s="66" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="J43" s="6" t="n"/>
+      <c r="K43" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L43" s="66" t="n">
+        <v>0.0003</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="2" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="2" t="inlineStr">
+        <is>
+          <t>NMDC Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="2" t="inlineStr">
+        <is>
+          <t>INE584A01023</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="E44" s="10" t="n">
+        <v>1260000</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>1047.94</v>
+      </c>
+      <c r="G44" s="66" t="n">
+        <v>0.007900000000000001</v>
+      </c>
+      <c r="J44" s="6" t="n"/>
+      <c r="K44" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="L44" s="66" t="n">
+        <v>-0.0451</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="2" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="2" t="inlineStr">
+        <is>
+          <t>Tata Motors Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="2" t="inlineStr">
+        <is>
+          <t>INE1TAE01010</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="E45" s="10" t="n">
+        <v>234000</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>972.27</v>
+      </c>
+      <c r="G45" s="66" t="n">
+        <v>0.0073</v>
+      </c>
+      <c r="J45" s="6" t="n"/>
+      <c r="K45" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L45" s="66" t="n">
+        <v>0.081</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="2" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="2" t="inlineStr">
+        <is>
+          <t>Deepak Nitrite Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="2" t="inlineStr">
+        <is>
+          <t>INE288B01029</t>
+        </is>
+      </c>
+      <c r="D46" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E46" s="10" t="n">
+        <v>52808</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>914.48</v>
+      </c>
+      <c r="G46" s="66" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="J46" s="6" t="n"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="2" t="inlineStr">
+        <is>
+          <t>Archean Chemical Industries Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="2" t="inlineStr">
+        <is>
+          <t>INE128X01021</t>
+        </is>
+      </c>
+      <c r="D47" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E47" s="10" t="n">
+        <v>161949</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>902.3</v>
+      </c>
+      <c r="G47" s="66" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="J47" s="6" t="n"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="2" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="2" t="inlineStr">
+        <is>
+          <t>Tata Motors Passenger Vehicles Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="2" t="inlineStr">
+        <is>
+          <t>INE155A01022</t>
+        </is>
+      </c>
+      <c r="D48" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E48" s="10" t="n">
+        <v>234000</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>859.6</v>
+      </c>
+      <c r="G48" s="66" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="J48" s="6" t="n"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" s="2" t="inlineStr">
+        <is>
+          <t>Avanti Feeds Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="2" t="inlineStr">
+        <is>
+          <t>INE871C01038</t>
+        </is>
+      </c>
+      <c r="D49" s="2" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E49" s="10" t="n">
+        <v>97562</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>811.67</v>
+      </c>
+      <c r="G49" s="66" t="n">
+        <v>0.0061</v>
+      </c>
+      <c r="J49" s="6" t="n"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="2" t="n">
+        <v>43</v>
+      </c>
+      <c r="B50" s="2" t="inlineStr">
+        <is>
+          <t>Cyient Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="2" t="inlineStr">
+        <is>
+          <t>INE136B01020</t>
+        </is>
+      </c>
+      <c r="D50" s="2" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E50" s="10" t="n">
+        <v>70407</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>787.01</v>
+      </c>
+      <c r="G50" s="66" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="J50" s="6" t="n"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="2" t="n">
+        <v>44</v>
+      </c>
+      <c r="B51" s="2" t="inlineStr">
+        <is>
+          <t>Sapphire Foods India Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="2" t="inlineStr">
+        <is>
+          <t>INE806T01020</t>
+        </is>
+      </c>
+      <c r="D51" s="2" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E51" s="10" t="n">
+        <v>302743</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>778.2</v>
+      </c>
+      <c r="G51" s="66" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="J51" s="6" t="n"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="B52" s="2" t="inlineStr">
+        <is>
+          <t>Vardhman Textiles Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="2" t="inlineStr">
+        <is>
+          <t>INE825A01020</t>
+        </is>
+      </c>
+      <c r="D52" s="2" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="E52" s="10" t="n">
+        <v>158540</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>693.6900000000001</v>
+      </c>
+      <c r="G52" s="66" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="J52" s="6" t="n"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="2" t="n">
+        <v>46</v>
+      </c>
+      <c r="B53" s="2" t="inlineStr">
+        <is>
+          <t>Alembic Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C53" s="2" t="inlineStr">
+        <is>
+          <t>INE901L01018</t>
+        </is>
+      </c>
+      <c r="D53" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E53" s="10" t="n">
+        <v>63294</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>535.5599999999999</v>
+      </c>
+      <c r="G53" s="66" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="J53" s="6" t="n"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="2" t="n">
+        <v>47</v>
+      </c>
+      <c r="B54" s="2" t="inlineStr">
+        <is>
+          <t>GMM Pfaudler Limited</t>
+        </is>
+      </c>
+      <c r="C54" s="2" t="inlineStr">
+        <is>
+          <t>INE541A01023</t>
+        </is>
+      </c>
+      <c r="D54" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E54" s="10" t="n">
+        <v>47587</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>525.6</v>
+      </c>
+      <c r="G54" s="66" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="J54" s="6" t="n"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="2" t="n">
+        <v>48</v>
+      </c>
+      <c r="B55" s="2" t="inlineStr">
+        <is>
+          <t>Gujarat Ambuja Exports Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="2" t="inlineStr">
+        <is>
+          <t>INE036B01030</t>
+        </is>
+      </c>
+      <c r="D55" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E55" s="10" t="n">
+        <v>312022</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>430</v>
+      </c>
+      <c r="G55" s="66" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J55" s="6" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="2" t="n">
+        <v>49</v>
+      </c>
+      <c r="B56" s="2" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="2" t="inlineStr">
+        <is>
+          <t>INE081A01020</t>
+        </is>
+      </c>
+      <c r="D56" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E56" s="10" t="n">
+        <v>224064</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>403.49</v>
+      </c>
+      <c r="G56" s="66" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J56" s="6" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="B57" s="2" t="inlineStr">
+        <is>
+          <t>Atul Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="2" t="inlineStr">
+        <is>
+          <t>INE100A01010</t>
+        </is>
+      </c>
+      <c r="D57" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E57" s="10" t="n">
+        <v>6191</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>380.19</v>
+      </c>
+      <c r="G57" s="66" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J57" s="6" t="n"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="2" t="n">
+        <v>51</v>
+      </c>
+      <c r="B58" s="2" t="inlineStr">
+        <is>
+          <t>Triveni Engineering &amp; Industries Limited</t>
+        </is>
+      </c>
+      <c r="C58" s="2" t="inlineStr">
+        <is>
+          <t>INE256C01024</t>
+        </is>
+      </c>
+      <c r="D58" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E58" s="10" t="n">
+        <v>92133</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>359.6</v>
+      </c>
+      <c r="G58" s="66" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J58" s="6" t="n"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="2" t="n">
+        <v>52</v>
+      </c>
+      <c r="B59" s="2" t="inlineStr">
+        <is>
+          <t>Aarti Drugs Limited</t>
+        </is>
+      </c>
+      <c r="C59" s="2" t="inlineStr">
+        <is>
+          <t>INE767A01016</t>
+        </is>
+      </c>
+      <c r="D59" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E59" s="10" t="n">
+        <v>70308</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>289.42</v>
+      </c>
+      <c r="G59" s="66" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="J59" s="6" t="n"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="11" t="n"/>
+      <c r="B60" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C60" s="11" t="n"/>
+      <c r="D60" s="11" t="n"/>
+      <c r="E60" s="11" t="n"/>
+      <c r="F60" s="12" t="n">
+        <v>91515.77</v>
+      </c>
+      <c r="G60" s="13" t="n">
+        <v>0.6899</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="B62" s="65" t="inlineStr">
+        <is>
+          <t>Foreign Securities and/or overseas ETF(s)</t>
+        </is>
+      </c>
+    </row>
+    <row r="63">
+      <c r="B63" s="65" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="2" t="n">
+        <v>53</v>
+      </c>
+      <c r="B64" s="2" t="inlineStr">
+        <is>
+          <t>SK Hynix Inc</t>
+        </is>
+      </c>
+      <c r="C64" s="2" t="inlineStr">
+        <is>
+          <t>KR7000660001</t>
+        </is>
+      </c>
+      <c r="D64" s="2" t="inlineStr">
+        <is>
+          <t>IT - Hardware</t>
+        </is>
+      </c>
+      <c r="E64" s="10" t="n">
+        <v>8500</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>3439.07</v>
+      </c>
+      <c r="G64" s="66" t="n">
+        <v>0.0259</v>
+      </c>
+      <c r="J64" s="6" t="n"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="2" t="n">
+        <v>54</v>
+      </c>
+      <c r="B65" s="2" t="inlineStr">
+        <is>
+          <t>Microsoft Corp</t>
+        </is>
+      </c>
+      <c r="C65" s="2" t="inlineStr">
+        <is>
+          <t>US5949181045</t>
+        </is>
+      </c>
+      <c r="D65" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E65" s="10" t="n">
+        <v>5124</v>
+      </c>
+      <c r="F65" s="6" t="n">
+        <v>2228.27</v>
+      </c>
+      <c r="G65" s="66" t="n">
+        <v>0.0168</v>
+      </c>
+      <c r="J65" s="6" t="n"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="B66" s="2" t="inlineStr">
+        <is>
+          <t>Amazon.com Inc</t>
+        </is>
+      </c>
+      <c r="C66" s="2" t="inlineStr">
+        <is>
+          <t>US0231351067</t>
+        </is>
+      </c>
+      <c r="D66" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E66" s="10" t="n">
+        <v>8631</v>
+      </c>
+      <c r="F66" s="6" t="n">
+        <v>1791.39</v>
+      </c>
+      <c r="G66" s="66" t="n">
+        <v>0.0135</v>
+      </c>
+      <c r="J66" s="6" t="n"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="2" t="n">
+        <v>56</v>
+      </c>
+      <c r="B67" s="2" t="inlineStr">
+        <is>
+          <t>Tencent Holdings Limited</t>
+        </is>
+      </c>
+      <c r="C67" s="2" t="inlineStr">
+        <is>
+          <t>KYG875721634</t>
+        </is>
+      </c>
+      <c r="D67" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E67" s="10" t="n">
+        <v>25000</v>
+      </c>
+      <c r="F67" s="6" t="n">
+        <v>1729.91</v>
+      </c>
+      <c r="G67" s="66" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="J67" s="6" t="n"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="2" t="n">
+        <v>57</v>
+      </c>
+      <c r="B68" s="2" t="inlineStr">
+        <is>
+          <t>Alibaba Group Holding Limited</t>
+        </is>
+      </c>
+      <c r="C68" s="2" t="inlineStr">
+        <is>
+          <t>KYG017191142</t>
+        </is>
+      </c>
+      <c r="D68" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E68" s="10" t="n">
+        <v>98700</v>
+      </c>
+      <c r="F68" s="6" t="n">
+        <v>1628.18</v>
+      </c>
+      <c r="G68" s="66" t="n">
+        <v>0.0123</v>
+      </c>
+      <c r="J68" s="6" t="n"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="2" t="n">
+        <v>58</v>
+      </c>
+      <c r="B69" s="2" t="inlineStr">
+        <is>
+          <t>Contemporary Amperex Technology Co Limited</t>
+        </is>
+      </c>
+      <c r="C69" s="2" t="inlineStr">
+        <is>
+          <t>CNE100003662</t>
+        </is>
+      </c>
+      <c r="D69" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E69" s="10" t="n">
+        <v>30000</v>
+      </c>
+      <c r="F69" s="6" t="n">
+        <v>1417.66</v>
+      </c>
+      <c r="G69" s="66" t="n">
+        <v>0.0107</v>
+      </c>
+      <c r="J69" s="6" t="n"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="2" t="n">
+        <v>59</v>
+      </c>
+      <c r="B70" s="2" t="inlineStr">
+        <is>
+          <t>NOVO NORDISK ADR REPSG 1 ORD</t>
+        </is>
+      </c>
+      <c r="C70" s="2" t="inlineStr">
+        <is>
+          <t>US6701002056</t>
+        </is>
+      </c>
+      <c r="D70" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E70" s="10" t="n">
+        <v>30961</v>
+      </c>
+      <c r="F70" s="6" t="n">
+        <v>1416.5</v>
+      </c>
+      <c r="G70" s="66" t="n">
+        <v>0.0107</v>
+      </c>
+      <c r="J70" s="6" t="n"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="B71" s="2" t="inlineStr">
+        <is>
+          <t>NIKE Inc</t>
+        </is>
+      </c>
+      <c r="C71" s="2" t="inlineStr">
+        <is>
+          <t>US6541061031</t>
+        </is>
+      </c>
+      <c r="D71" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E71" s="10" t="n">
+        <v>24059</v>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>1378.29</v>
+      </c>
+      <c r="G71" s="66" t="n">
+        <v>0.0104</v>
+      </c>
+      <c r="J71" s="6" t="n"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="2" t="n">
+        <v>61</v>
+      </c>
+      <c r="B72" s="2" t="inlineStr">
+        <is>
+          <t>NVIDIA CORP</t>
+        </is>
+      </c>
+      <c r="C72" s="2" t="inlineStr">
+        <is>
+          <t>US67066G1040</t>
+        </is>
+      </c>
+      <c r="D72" s="2" t="inlineStr">
+        <is>
+          <t>IT - Hardware</t>
+        </is>
+      </c>
+      <c r="E72" s="10" t="n">
+        <v>7824</v>
+      </c>
+      <c r="F72" s="6" t="n">
+        <v>1312.09</v>
+      </c>
+      <c r="G72" s="66" t="n">
+        <v>0.009900000000000001</v>
+      </c>
+      <c r="J72" s="6" t="n"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="2" t="n">
+        <v>62</v>
+      </c>
+      <c r="B73" s="2" t="inlineStr">
+        <is>
+          <t>Schneider Electric Se Ord</t>
+        </is>
+      </c>
+      <c r="C73" s="2" t="inlineStr">
+        <is>
+          <t>FR0000121972</t>
+        </is>
+      </c>
+      <c r="D73" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E73" s="10" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F73" s="6" t="n">
+        <v>1239.75</v>
+      </c>
+      <c r="G73" s="66" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="J73" s="6" t="n"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="B74" s="2" t="inlineStr">
+        <is>
+          <t>Sony group</t>
+        </is>
+      </c>
+      <c r="C74" s="2" t="inlineStr">
+        <is>
+          <t>JP3435000009</t>
+        </is>
+      </c>
+      <c r="D74" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E74" s="10" t="n">
+        <v>53400</v>
+      </c>
+      <c r="F74" s="6" t="n">
+        <v>1233.85</v>
+      </c>
+      <c r="G74" s="66" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+      <c r="J74" s="6" t="n"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="2" t="n">
+        <v>64</v>
+      </c>
+      <c r="B75" s="2" t="inlineStr">
+        <is>
+          <t>Brookfield Corporation</t>
+        </is>
+      </c>
+      <c r="C75" s="2" t="inlineStr">
+        <is>
+          <t>CA11271J1075</t>
+        </is>
+      </c>
+      <c r="D75" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E75" s="10" t="n">
+        <v>21012</v>
+      </c>
+      <c r="F75" s="6" t="n">
+        <v>867.04</v>
+      </c>
+      <c r="G75" s="66" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="J75" s="6" t="n"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="B76" s="2" t="inlineStr">
+        <is>
+          <t>Sony Financial Holdings INC NPV</t>
+        </is>
+      </c>
+      <c r="C76" s="2" t="inlineStr">
+        <is>
+          <t>JP3435350008</t>
+        </is>
+      </c>
+      <c r="D76" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E76" s="10" t="n">
+        <v>43800</v>
+      </c>
+      <c r="F76" s="6" t="n">
+        <v>41.75</v>
+      </c>
+      <c r="G76" s="66" t="n">
+        <v>0.0003</v>
+      </c>
+      <c r="J76" s="6" t="n"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="11" t="n"/>
+      <c r="B77" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C77" s="11" t="n"/>
+      <c r="D77" s="11" t="n"/>
+      <c r="E77" s="11" t="n"/>
+      <c r="F77" s="12" t="n">
+        <v>19723.75</v>
+      </c>
+      <c r="G77" s="13" t="n">
+        <v>0.1487</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="B79" s="65" t="inlineStr">
+        <is>
+          <t>DERIVATIVES</t>
+        </is>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="2" t="n">
+        <v>66</v>
+      </c>
+      <c r="B80" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited Jan26</t>
+        </is>
+      </c>
+      <c r="C80" s="2" t="inlineStr">
+        <is>
+          <t>HDFCBANK270126</t>
+        </is>
+      </c>
+      <c r="D80" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E80" s="10" t="n">
+        <v>-599500</v>
+      </c>
+      <c r="F80" s="6" t="n">
+        <v>-5979.41</v>
+      </c>
+      <c r="G80" s="66" t="n">
+        <v>-0.0451</v>
+      </c>
+      <c r="H80" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J80" s="6" t="n"/>
+    </row>
+    <row r="81">
+      <c r="A81" s="11" t="n"/>
+      <c r="B81" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C81" s="11" t="n"/>
+      <c r="D81" s="11" t="n"/>
+      <c r="E81" s="11" t="n"/>
+      <c r="F81" s="12" t="n">
+        <v>-5979.41</v>
+      </c>
+      <c r="G81" s="13" t="n">
+        <v>-0.0451</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="B83" s="65" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="2" t="n">
+        <v>67</v>
+      </c>
+      <c r="B84" s="65" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F84" s="6" t="n">
+        <v>5336.02</v>
+      </c>
+      <c r="G84" s="66" t="n">
+        <v>0.0402</v>
+      </c>
+      <c r="H84" s="14" t="n">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="11" t="n"/>
+      <c r="B85" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C85" s="11" t="n"/>
+      <c r="D85" s="11" t="n"/>
+      <c r="E85" s="11" t="n"/>
+      <c r="F85" s="12" t="n">
+        <v>5336.02</v>
+      </c>
+      <c r="G85" s="13" t="n">
+        <v>0.0402</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="B87" s="65" t="inlineStr">
+        <is>
+          <t>OTHERS</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="B88" s="65" t="inlineStr">
+        <is>
+          <t>Overseas Mutual Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="B89" s="2" t="inlineStr">
+        <is>
+          <t>Harding Loevner Global Equity Fund</t>
+        </is>
+      </c>
+      <c r="C89" s="2" t="inlineStr">
+        <is>
+          <t>IE00B1WL5L32</t>
+        </is>
+      </c>
+      <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Foreign Security</t>
         </is>
       </c>
-      <c r="L11" s="7" t="n">
-[...303 lines deleted...]
-      <c r="L19" s="7" t="n">
+      <c r="E89" s="10" t="n">
+        <v>177704.953</v>
+      </c>
+      <c r="F89" s="6" t="n">
+        <v>6160.62</v>
+      </c>
+      <c r="G89" s="66" t="n">
+        <v>0.0465</v>
+      </c>
+      <c r="J89" s="6" t="n"/>
+    </row>
+    <row r="90">
+      <c r="A90" s="2" t="n">
+        <v>69</v>
+      </c>
+      <c r="B90" s="2" t="inlineStr">
+        <is>
+          <t>WCM GLOBAL EQUITY FUND</t>
+        </is>
+      </c>
+      <c r="C90" s="2" t="inlineStr">
+        <is>
+          <t>IE00BYZ0B213</t>
+        </is>
+      </c>
+      <c r="D90" s="2" t="inlineStr">
+        <is>
+          <t>Foreign Security</t>
+        </is>
+      </c>
+      <c r="E90" s="10" t="n">
+        <v>13576.786918</v>
+      </c>
+      <c r="F90" s="6" t="n">
+        <v>3111.44</v>
+      </c>
+      <c r="G90" s="66" t="n">
+        <v>0.0235</v>
+      </c>
+      <c r="J90" s="6" t="n"/>
+    </row>
+    <row r="91">
+      <c r="A91" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="B91" s="2" t="inlineStr">
+        <is>
+          <t>iShares S&amp;P 500 Energy Sector UCITS ETF</t>
+        </is>
+      </c>
+      <c r="C91" s="2" t="inlineStr">
+        <is>
+          <t>IE00B42NKQ00</t>
+        </is>
+      </c>
+      <c r="D91" s="2" t="inlineStr">
+        <is>
+          <t>Foreign Security</t>
+        </is>
+      </c>
+      <c r="E91" s="10" t="n">
+        <v>109464</v>
+      </c>
+      <c r="F91" s="6" t="n">
+        <v>927.7</v>
+      </c>
+      <c r="G91" s="66" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="J91" s="6" t="n"/>
+    </row>
+    <row r="92">
+      <c r="A92" s="2" t="n">
+        <v>71</v>
+      </c>
+      <c r="B92" s="2" t="inlineStr">
+        <is>
+          <t>iShares Global Healthcare ETF</t>
+        </is>
+      </c>
+      <c r="C92" s="2" t="inlineStr">
+        <is>
+          <t>US4642873255</t>
+        </is>
+      </c>
+      <c r="D92" s="2" t="inlineStr">
+        <is>
+          <t>Foreign Security</t>
+        </is>
+      </c>
+      <c r="E92" s="10" t="n">
+        <v>5165</v>
+      </c>
+      <c r="F92" s="6" t="n">
+        <v>452.36</v>
+      </c>
+      <c r="G92" s="66" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="J92" s="6" t="n"/>
+    </row>
+    <row r="93">
+      <c r="A93" s="11" t="n"/>
+      <c r="B93" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C93" s="11" t="n"/>
+      <c r="D93" s="11" t="n"/>
+      <c r="E93" s="11" t="n"/>
+      <c r="F93" s="12" t="n">
+        <v>10652.12</v>
+      </c>
+      <c r="G93" s="13" t="n">
+        <v>0.0804</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="B95" s="65" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="96">
+      <c r="B96" s="2" t="inlineStr">
+        <is>
+          <t>Cash Margin</t>
+        </is>
+      </c>
+      <c r="E96" s="10" t="n"/>
+      <c r="F96" s="6" t="n">
+        <v>1667</v>
+      </c>
+      <c r="G96" s="66" t="n">
+        <v>0.0126</v>
+      </c>
+      <c r="J96" s="6" t="n"/>
+    </row>
+    <row r="97">
+      <c r="B97" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E97" s="10" t="n"/>
+      <c r="F97" s="6" t="n">
+        <v>3682.47</v>
+      </c>
+      <c r="G97" s="66" t="n">
         <v>0.0282</v>
       </c>
-    </row>
-[...1380 lines deleted...]
-      <c r="B59" s="8" t="inlineStr">
+      <c r="J97" s="6" t="n"/>
+    </row>
+    <row r="98">
+      <c r="A98" s="11" t="n"/>
+      <c r="B98" s="11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C59" s="8" t="n"/>
-[...543 lines deleted...]
-      <c r="B88" s="1" t="inlineStr">
+      <c r="C98" s="11" t="n"/>
+      <c r="D98" s="11" t="n"/>
+      <c r="E98" s="11" t="n"/>
+      <c r="F98" s="12" t="n">
+        <v>5349.47</v>
+      </c>
+      <c r="G98" s="13" t="n">
+        <v>0.0408</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="5" t="n"/>
+      <c r="B100" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C100" s="5" t="n"/>
+      <c r="D100" s="5" t="n"/>
+      <c r="E100" s="5" t="n"/>
+      <c r="F100" s="8" t="n">
+        <v>132577.13</v>
+      </c>
+      <c r="G100" s="9" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="16" t="n">
+        <v>1</v>
+      </c>
+      <c r="B102" s="16" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" ht="27" customHeight="1" s="41">
+      <c r="A103" s="16" t="n">
+        <v>2</v>
+      </c>
+      <c r="B103" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="B104" s="53" t="inlineStr">
+        <is>
+          <t>Additional Disclosure of Overseas Mutual Fund Holdings</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" ht="14.5" customHeight="1" s="41">
+      <c r="B105" s="37" t="inlineStr">
+        <is>
+          <t>The Consumer Staples Select Sector SPDR Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" ht="14.5" customHeight="1" s="41">
+      <c r="B106" s="37" t="inlineStr">
+        <is>
+          <t>iShares S&amp;P 500 Energy Sector UCITS ETF</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" ht="14.5" customHeight="1" s="41">
+      <c r="B107" s="37" t="inlineStr">
+        <is>
+          <t>iShares Global Healthcare ETF</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" ht="14.5" customHeight="1" s="41">
+      <c r="B108" s="37" t="inlineStr">
         <is>
           <t>Harding Loevner Global Equity Fund</t>
         </is>
       </c>
-      <c r="C88" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="B89" s="1" t="inlineStr">
+    </row>
+    <row r="109" ht="14.5" customHeight="1" s="41">
+      <c r="B109" s="37" t="inlineStr">
+        <is>
+          <t>Veritas Global Focus Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" ht="14.5" customHeight="1" s="41">
+      <c r="B110" s="37" t="inlineStr">
         <is>
           <t>WCM GLOBAL EQUITY FUND</t>
         </is>
       </c>
-      <c r="C89" s="1" t="inlineStr">
-[...238 lines deleted...]
-      <c r="B111" s="38" t="inlineStr">
+    </row>
+    <row r="114" ht="14.5" customHeight="1" s="41">
+      <c r="B114" s="54" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="125" ht="14.5" customHeight="1" s="49">
-      <c r="B125" s="38" t="inlineStr">
+    <row r="126" ht="14.5" customHeight="1" s="41">
+      <c r="B126" s="54" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty 500 TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="B102:F102"/>
+    <mergeCell ref="B104:F104"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="B103" r:id="rId1"/>
-[...4 lines deleted...]
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="B108" r:id="rId6"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="B105" r:id="rId1"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="B106" r:id="rId2"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="B107" r:id="rId3"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="B108" r:id="rId4"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="B109" r:id="rId5"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="B110" r:id="rId6"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>