--- v3 (2026-01-13)
+++ v4 (2026-02-13)
@@ -1,79 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="920" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="950" firstSheet="26" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="VALUE" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
-[...1 lines deleted...]
-    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="17">
+  <fonts count="16">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -92,118 +87,114 @@
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="9"/>
+    </font>
+    <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color theme="0"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
-    <font>
-[...8 lines deleted...]
-    </font>
   </fonts>
-  <fills count="6">
+  <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -288,198 +279,188 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="73">
+  <cellXfs count="65">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...5 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...10 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -526,117 +507,117 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>115</row>
+      <row>116</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>124</row>
+      <row>125</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="438150" y="22221825"/>
-          <a:ext cx="2374900" cy="1746250"/>
+          <a:off x="457200" y="19113500"/>
+          <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>127</row>
+      <row>129</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>136</row>
+      <row>138</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="438150" y="24907875"/>
-          <a:ext cx="2374900" cy="1746250"/>
+          <a:off x="457200" y="21526500"/>
+          <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -877,2885 +858,2986 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ssga.com/us/en/intermediary/etfs/the-consumer-staples-select-sector-spdr-fund-xlp" TargetMode="External" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ishares.com/uk/individual/en/products/280503/ishares-sp-500-energy-sector-ucits-etf" TargetMode="External" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ishares.com/us/products/239744/ishares-global-healthcare-etf" TargetMode="External" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hardingloevner.com/" TargetMode="External" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wealth.amg.com/products/veritas-global-focus-fund-mfqax/" TargetMode="External" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.heptagon-capital.com/funds/heptagon-fund-icav-wcm-global-equity-fund-class-i-usd-acc" TargetMode="External" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L126"/>
+  <dimension ref="A1:L128"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="18.7265625" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="46.54296875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="11.54296875" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="26.7265625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="15.7265625" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="42.54296875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="41">
-[...1 lines deleted...]
-      <c r="B1" s="40" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="45">
+      <c r="A1" s="44" t="n"/>
+      <c r="B1" s="44" t="inlineStr">
         <is>
           <t>DSP Value Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="65" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on January 31, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="65" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="65" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE040A01034</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E8" s="10" t="n">
+      <c r="E8" s="5" t="n">
         <v>599500</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>5942.24</v>
-[...2 lines deleted...]
-        <v>0.0448</v>
+        <v>5570.85</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.0394</v>
       </c>
       <c r="J8" s="6" t="n"/>
-      <c r="K8" s="65" t="inlineStr">
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="65" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Bharti Airtel Limited</t>
         </is>
       </c>
-      <c r="C9" s="2" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE397D01024</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
-      <c r="E9" s="10" t="n">
+      <c r="E9" s="5" t="n">
         <v>223200</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>4699.7</v>
-[...2 lines deleted...]
-        <v>0.0354</v>
+        <v>4394.14</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.0311</v>
       </c>
       <c r="J9" s="6" t="n"/>
-      <c r="K9" s="2" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="L9" s="66" t="n">
-        <v>0.0941</v>
+      <c r="L9" s="7" t="n">
+        <v>0.0852</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="n">
+      <c r="A10" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="2" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Larsen &amp; Toubro Limited</t>
         </is>
       </c>
-      <c r="C10" s="2" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE018A01030</t>
         </is>
       </c>
-      <c r="D10" s="2" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="E10" s="10" t="n">
+      <c r="E10" s="5" t="n">
         <v>103914</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>4243.33</v>
-[...2 lines deleted...]
-        <v>0.032</v>
+        <v>4086.21</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0289</v>
       </c>
       <c r="J10" s="6" t="n"/>
-      <c r="K10" s="2" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Foreign Security</t>
         </is>
       </c>
-      <c r="L10" s="66" t="n">
-        <v>0.0804</v>
+      <c r="L10" s="7" t="n">
+        <v>0.0796</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="2" t="n">
+      <c r="A11" s="1" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="2" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Infosys Limited</t>
         </is>
       </c>
-      <c r="C11" s="2" t="inlineStr">
+      <c r="C11" s="1" t="inlineStr">
         <is>
           <t>INE009A01021</t>
         </is>
       </c>
-      <c r="D11" s="2" t="inlineStr">
+      <c r="D11" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E11" s="10" t="n">
+      <c r="E11" s="5" t="n">
         <v>246509</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>3982.11</v>
-[...2 lines deleted...]
-        <v>0.03</v>
+        <v>4045.21</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0286</v>
       </c>
       <c r="J11" s="6" t="n"/>
-      <c r="K11" s="2" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
-      <c r="L11" s="66" t="n">
-        <v>0.07779999999999999</v>
+      <c r="L11" s="7" t="n">
+        <v>0.0711</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="2" t="n">
+      <c r="A12" s="1" t="n">
         <v>5</v>
       </c>
-      <c r="B12" s="2" t="inlineStr">
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>INE237A01036</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="n">
+        <v>930000</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>3794.4</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0268</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.06619999999999999</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
         <is>
           <t>GAIL (India) Limited</t>
         </is>
       </c>
-      <c r="C12" s="2" t="inlineStr">
+      <c r="C13" s="1" t="inlineStr">
         <is>
           <t>INE129A01019</t>
         </is>
       </c>
-      <c r="D12" s="2" t="inlineStr">
+      <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Gas</t>
         </is>
       </c>
-      <c r="E12" s="10" t="n">
-[...9 lines deleted...]
-      <c r="K12" s="2" t="inlineStr">
+      <c r="E13" s="5" t="n">
+        <v>1799166</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>3009.82</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0213</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Auto Components</t>
         </is>
       </c>
-      <c r="L12" s="66" t="n">
-[...7 lines deleted...]
-      <c r="B13" s="2" t="inlineStr">
+      <c r="L13" s="7" t="n">
+        <v>0.0599</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Indus Towers Limited</t>
         </is>
       </c>
-      <c r="C13" s="2" t="inlineStr">
+      <c r="C14" s="1" t="inlineStr">
         <is>
           <t>INE121J01017</t>
         </is>
       </c>
-      <c r="D13" s="2" t="inlineStr">
+      <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
-      <c r="E13" s="10" t="n">
+      <c r="E14" s="5" t="n">
         <v>639000</v>
       </c>
-      <c r="F13" s="6" t="n">
-[...6 lines deleted...]
-      <c r="K13" s="2" t="inlineStr">
+      <c r="F14" s="6" t="n">
+        <v>2839.08</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0201</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
-      <c r="L13" s="66" t="n">
-[...7 lines deleted...]
-      <c r="B14" s="2" t="inlineStr">
+      <c r="L14" s="7" t="n">
+        <v>0.0512</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Electronics Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE263A01024</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="n">
+        <v>599212</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>2690.46</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.019</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>IT - Hardware</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0446</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Jindal Steel Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE749A01030</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="n">
+        <v>234236</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>2651.55</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0188</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.0445</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE752E01010</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="n">
+        <v>1022320</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>2622.25</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0185</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
+        <v>0.0393</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Angel One Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE732I01013</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="n">
+        <v>101900</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>2589.18</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0183</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L18" s="7" t="n">
+        <v>0.0322</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
         <is>
           <t>LTIMindtree Limited</t>
         </is>
       </c>
-      <c r="C14" s="2" t="inlineStr">
+      <c r="C19" s="1" t="inlineStr">
         <is>
           <t>INE214T01019</t>
         </is>
       </c>
-      <c r="D14" s="2" t="inlineStr">
+      <c r="D19" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E14" s="10" t="n">
+      <c r="E19" s="5" t="n">
         <v>42676</v>
       </c>
-      <c r="F14" s="6" t="n">
-[...6 lines deleted...]
-      <c r="K14" s="2" t="inlineStr">
+      <c r="F19" s="6" t="n">
+        <v>2549.68</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.018</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L19" s="7" t="n">
+        <v>0.028</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="n">
+        <v>2133013</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>2408.17</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.017</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="L20" s="7" t="n">
+        <v>0.0273</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Oil India Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE274J01014</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="n">
+        <v>462506</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>2359.01</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0167</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L21" s="7" t="n">
+        <v>0.0272</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>HCL Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE860A01027</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="n">
+        <v>136907</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>2321.4</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0164</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L22" s="7" t="n">
+        <v>0.0235</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Sun Pharmaceutical Industries Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE044A01036</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="n">
+        <v>145076</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>2314.4</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0164</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L23" s="7" t="n">
+        <v>0.0213</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE038A01020</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="n">
+        <v>229000</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>2204.35</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0156</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L24" s="7" t="n">
+        <v>0.019</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Dr. Reddy's Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE089A01031</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="n">
+        <v>174050</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>2120.1</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.015</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L25" s="7" t="n">
+        <v>0.0185</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Oberoi Realty Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE093I01010</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="n">
+        <v>136959</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>2041.92</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0144</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L26" s="7" t="n">
+        <v>0.0183</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Auto Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE917I01010</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
         <is>
           <t>Automobiles</t>
         </is>
       </c>
-      <c r="L14" s="66" t="n">
-[...55 lines deleted...]
-      <c r="D16" s="2" t="inlineStr">
+      <c r="E27" s="5" t="n">
+        <v>20965</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>2012.12</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L27" s="7" t="n">
+        <v>0.0175</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Hero MotoCorp Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE158A01026</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="n">
+        <v>34736</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>1922.29</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0136</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="L28" s="7" t="n">
+        <v>0.0167</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Cipla Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE059A01026</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="n">
+        <v>142224</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>1883.05</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L29" s="7" t="n">
+        <v>0.0153</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Zinc Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE267A01025</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="n">
+        <v>280000</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>1759.8</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0124</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="L30" s="7" t="n">
+        <v>0.0144</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE029A01011</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="n">
+        <v>473592</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>1726.24</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0122</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="L31" s="7" t="n">
+        <v>0.014</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Apollo Tyres Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE438A01022</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Auto Components</t>
         </is>
       </c>
-      <c r="E16" s="10" t="n">
-[...9 lines deleted...]
-      <c r="K16" s="2" t="inlineStr">
+      <c r="E32" s="5" t="n">
+        <v>339603</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>1671.36</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0118</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="L32" s="7" t="n">
+        <v>0.0094</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Craftsman Automation Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE00LO01017</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="n">
+        <v>22202</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>1624.52</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0115</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="L33" s="7" t="n">
+        <v>0.008699999999999999</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE094A01015</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="n">
+        <v>373925</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>1596.66</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0113</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="L34" s="7" t="n">
+        <v>0.0081</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Maruti Suzuki India Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE585B01010</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="n">
+        <v>10560</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>1541.65</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.0109</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="L35" s="7" t="n">
+        <v>0.0076</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Kalpataru Projects International Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE220B01022</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="L16" s="66" t="n">
-[...17 lines deleted...]
-      <c r="D17" s="2" t="inlineStr">
+      <c r="E36" s="5" t="n">
+        <v>129080</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>1476.68</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0104</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="L36" s="7" t="n">
+        <v>0.0072</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>JSW Steel Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE019A01038</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="n">
+        <v>119365</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>1449.57</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0103</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L37" s="7" t="n">
+        <v>0.0072</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>CIE Automotive India Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE536H01010</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="n">
+        <v>330764</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>1383.26</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0098</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L38" s="7" t="n">
+        <v>0.0057</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>IPCA Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE571A01038</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
-      <c r="E17" s="10" t="n">
-[...9 lines deleted...]
-      <c r="K17" s="2" t="inlineStr">
+      <c r="E39" s="5" t="n">
+        <v>86208</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>1267.95</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.008999999999999999</v>
+      </c>
+      <c r="J39" s="6" t="n"/>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="L39" s="7" t="n">
+        <v>0.0055</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>UltraTech Cement Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE481G01011</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="n">
+        <v>9710</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>1232.59</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.008699999999999999</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="L40" s="7" t="n">
+        <v>0.0048</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>LT Foods Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE818H01020</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="n">
+        <v>320594</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>1195.17</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="J41" s="6" t="n"/>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="L41" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE296A01032</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="n">
+        <v>128250</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>1192.53</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="J42" s="6" t="n"/>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="L42" s="7" t="n">
+        <v>0.0033</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Radico Khaitan Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE944F01028</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="n">
+        <v>40551</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>1146.82</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="J43" s="6" t="n"/>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L43" s="7" t="n">
+        <v>0.0003</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>C.E. Info Systems Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>INE0BV301023</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="n">
+        <v>84630</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>1117.88</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.007900000000000001</v>
+      </c>
+      <c r="J44" s="6" t="n"/>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="L44" s="7" t="n">
+        <v>-0.0751</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Tata Motors Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INE1TAE01010</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="n">
+        <v>234000</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>1072.89</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.0076</v>
+      </c>
+      <c r="J45" s="6" t="n"/>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L45" s="7" t="n">
+        <v>0.09329999999999999</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>NMDC Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>INE584A01023</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="n">
+        <v>1260000</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>1023.25</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="J46" s="6" t="n"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Godrej Consumer Products Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>INE102D01028</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="n">
+        <v>88221</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>1018.16</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="J47" s="6" t="n"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Archean Chemical Industries Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>INE128X01021</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="n">
+        <v>161949</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>916.71</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="J48" s="6" t="n"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Deepak Nitrite Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>INE288B01029</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="n">
+        <v>52808</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>867.37</v>
+      </c>
+      <c r="G49" s="7" t="n">
+        <v>0.0061</v>
+      </c>
+      <c r="J49" s="6" t="n"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Tata Motors Passenger Vehicles Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>INE155A01022</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="n">
+        <v>234000</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>819.12</v>
+      </c>
+      <c r="G50" s="7" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="J50" s="6" t="n"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Cyient Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>INE136B01020</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="n">
+        <v>70407</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>801.3</v>
+      </c>
+      <c r="G51" s="7" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="J51" s="6" t="n"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="1" t="n">
+        <v>45</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Avanti Feeds Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>INE871C01038</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="n">
+        <v>97562</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>777.67</v>
+      </c>
+      <c r="G52" s="7" t="n">
+        <v>0.0055</v>
+      </c>
+      <c r="J52" s="6" t="n"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="1" t="n">
+        <v>46</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Vardhman Textiles Limited</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>INE825A01020</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="n">
+        <v>158540</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>685.45</v>
+      </c>
+      <c r="G53" s="7" t="n">
+        <v>0.0048</v>
+      </c>
+      <c r="J53" s="6" t="n"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="1" t="n">
+        <v>47</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Sapphire Foods India Limited</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>INE806T01020</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="n">
+        <v>302743</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>573.85</v>
+      </c>
+      <c r="G54" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="J54" s="6" t="n"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Alembic Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>INE901L01018</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="n">
+        <v>63294</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>495.72</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="J55" s="6" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="1" t="n">
+        <v>49</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>GMM Pfaudler Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>INE541A01023</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="n">
+        <v>47587</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>464.02</v>
+      </c>
+      <c r="G56" s="7" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="J56" s="6" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Gujarat Ambuja Exports Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>INE036B01030</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="n">
+        <v>312022</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>439.98</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J57" s="6" t="n"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="1" t="n">
+        <v>51</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>INE081A01020</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="n">
+        <v>224064</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>432.73</v>
+      </c>
+      <c r="G58" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J58" s="6" t="n"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="1" t="n">
+        <v>52</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Atul Limited</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>INE100A01010</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="n">
+        <v>6191</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>384.62</v>
+      </c>
+      <c r="G59" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J59" s="6" t="n"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="1" t="n">
+        <v>53</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Triveni Engineering &amp; Industries Limited</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>INE256C01024</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="n">
+        <v>92133</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>345.87</v>
+      </c>
+      <c r="G60" s="7" t="n">
+        <v>0.0024</v>
+      </c>
+      <c r="J60" s="6" t="n"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="1" t="n">
+        <v>54</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Aarti Drugs Limited</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>INE767A01016</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="n">
+        <v>70308</v>
+      </c>
+      <c r="F61" s="6" t="n">
+        <v>267.91</v>
+      </c>
+      <c r="G61" s="7" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="J61" s="6" t="n"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="8" t="n"/>
+      <c r="B62" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C62" s="8" t="n"/>
+      <c r="D62" s="8" t="n"/>
+      <c r="E62" s="8" t="n"/>
+      <c r="F62" s="9" t="n">
+        <v>95198.94</v>
+      </c>
+      <c r="G62" s="10" t="n">
+        <v>0.6731</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="B64" s="3" t="inlineStr">
+        <is>
+          <t>Foreign Securities and/or overseas ETF(s)</t>
+        </is>
+      </c>
+    </row>
+    <row r="65">
+      <c r="B65" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="1" t="n">
+        <v>55</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>SK Hynix Inc</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>KR7000660001</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
         <is>
           <t>IT - Hardware</t>
         </is>
       </c>
-      <c r="L17" s="66" t="n">
-[...131 lines deleted...]
-      <c r="D21" s="2" t="inlineStr">
+      <c r="E66" s="5" t="n">
+        <v>8500</v>
+      </c>
+      <c r="F66" s="6" t="n">
+        <v>4934.14</v>
+      </c>
+      <c r="G66" s="7" t="n">
+        <v>0.0349</v>
+      </c>
+      <c r="J66" s="6" t="n"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="1" t="n">
+        <v>56</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Microsoft Corp</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>US5949181045</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E21" s="10" t="n">
-[...9 lines deleted...]
-      <c r="K21" s="2" t="inlineStr">
+      <c r="E67" s="5" t="n">
+        <v>5124</v>
+      </c>
+      <c r="F67" s="6" t="n">
+        <v>2026.18</v>
+      </c>
+      <c r="G67" s="7" t="n">
+        <v>0.0143</v>
+      </c>
+      <c r="J67" s="6" t="n"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="1" t="n">
+        <v>57</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Alibaba Group Holding Limited</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>KYG017191142</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
         <is>
           <t>Retailing</t>
         </is>
       </c>
-      <c r="L21" s="66" t="n">
-[...17 lines deleted...]
-      <c r="D22" s="2" t="inlineStr">
+      <c r="E68" s="5" t="n">
+        <v>98700</v>
+      </c>
+      <c r="F68" s="6" t="n">
+        <v>1967.6</v>
+      </c>
+      <c r="G68" s="7" t="n">
+        <v>0.0139</v>
+      </c>
+      <c r="J68" s="6" t="n"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="1" t="n">
+        <v>58</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Amazon.com Inc</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>US0231351067</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="n">
+        <v>8631</v>
+      </c>
+      <c r="F69" s="6" t="n">
+        <v>1898.07</v>
+      </c>
+      <c r="G69" s="7" t="n">
+        <v>0.0134</v>
+      </c>
+      <c r="J69" s="6" t="n"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="1" t="n">
+        <v>59</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Tencent Holdings Limited</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>KYG875721634</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="n">
+        <v>25000</v>
+      </c>
+      <c r="F70" s="6" t="n">
+        <v>1784.97</v>
+      </c>
+      <c r="G70" s="7" t="n">
+        <v>0.0126</v>
+      </c>
+      <c r="J70" s="6" t="n"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="1" t="n">
+        <v>60</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>NOVO NORDISK ADR REPSG 1 ORD</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>US6701002056</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
-      <c r="E22" s="10" t="n">
-[...47 lines deleted...]
-      <c r="K23" s="2" t="inlineStr">
+      <c r="E71" s="5" t="n">
+        <v>30961</v>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>1690.94</v>
+      </c>
+      <c r="G71" s="7" t="n">
+        <v>0.012</v>
+      </c>
+      <c r="J71" s="6" t="n"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="1" t="n">
+        <v>61</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Contemporary Amperex Technology Co Limited</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>CNE100003662</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="n">
+        <v>30000</v>
+      </c>
+      <c r="F72" s="6" t="n">
+        <v>1389.68</v>
+      </c>
+      <c r="G72" s="7" t="n">
+        <v>0.0098</v>
+      </c>
+      <c r="J72" s="6" t="n"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="1" t="n">
+        <v>62</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>NVIDIA CORP</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>US67066G1040</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>IT - Hardware</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="n">
+        <v>7824</v>
+      </c>
+      <c r="F73" s="6" t="n">
+        <v>1374.25</v>
+      </c>
+      <c r="G73" s="7" t="n">
+        <v>0.0097</v>
+      </c>
+      <c r="J73" s="6" t="n"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="1" t="n">
+        <v>63</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>NIKE Inc</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>US6541061031</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
         <is>
           <t>Consumer Durables</t>
         </is>
       </c>
-      <c r="L23" s="66" t="n">
-[...32 lines deleted...]
-      <c r="K24" s="2" t="inlineStr">
+      <c r="E74" s="5" t="n">
+        <v>24059</v>
+      </c>
+      <c r="F74" s="6" t="n">
+        <v>1366.61</v>
+      </c>
+      <c r="G74" s="7" t="n">
+        <v>0.0097</v>
+      </c>
+      <c r="J74" s="6" t="n"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="1" t="n">
+        <v>64</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Schneider Electric Se Ord</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>FR0000121972</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F75" s="6" t="n">
+        <v>1327.39</v>
+      </c>
+      <c r="G75" s="7" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="J75" s="6" t="n"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="1" t="n">
+        <v>65</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Sony group</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>JP3435000009</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="n">
+        <v>53400</v>
+      </c>
+      <c r="F76" s="6" t="n">
+        <v>1101.5</v>
+      </c>
+      <c r="G76" s="7" t="n">
+        <v>0.0078</v>
+      </c>
+      <c r="J76" s="6" t="n"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="1" t="n">
+        <v>66</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Brookfield Corporation</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>CA11271J1075</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="L24" s="66" t="n">
-[...716 lines deleted...]
-      <c r="K43" s="2" t="inlineStr">
+      <c r="E77" s="5" t="n">
+        <v>21012</v>
+      </c>
+      <c r="F77" s="6" t="n">
+        <v>879.5599999999999</v>
+      </c>
+      <c r="G77" s="7" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="J77" s="6" t="n"/>
+    </row>
+    <row r="78">
+      <c r="A78" s="1" t="n">
+        <v>67</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Sony Financial Holdings INC NPV</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>JP3435350008</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
         <is>
           <t>Insurance</t>
         </is>
       </c>
-      <c r="L43" s="66" t="n">
+      <c r="E78" s="5" t="n">
+        <v>43800</v>
+      </c>
+      <c r="F78" s="6" t="n">
+        <v>40.67</v>
+      </c>
+      <c r="G78" s="7" t="n">
         <v>0.0003</v>
       </c>
-    </row>
-[...29 lines deleted...]
-      <c r="K44" s="2" t="inlineStr">
+      <c r="J78" s="6" t="n"/>
+    </row>
+    <row r="79">
+      <c r="A79" s="8" t="n"/>
+      <c r="B79" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C79" s="8" t="n"/>
+      <c r="D79" s="8" t="n"/>
+      <c r="E79" s="8" t="n"/>
+      <c r="F79" s="9" t="n">
+        <v>21781.56</v>
+      </c>
+      <c r="G79" s="10" t="n">
+        <v>0.154</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="B81" s="3" t="inlineStr">
+        <is>
+          <t>DERIVATIVES</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="1" t="n">
+        <v>68</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
-      <c r="L44" s="66" t="n">
-[...463 lines deleted...]
-      <c r="B60" s="11" t="inlineStr">
+      <c r="E82" s="5" t="n">
+        <v>-128250</v>
+      </c>
+      <c r="F82" s="6" t="n">
+        <v>-1196.38</v>
+      </c>
+      <c r="G82" s="7" t="n">
+        <v>-0.008500000000000001</v>
+      </c>
+      <c r="H82" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J82" s="6" t="n"/>
+    </row>
+    <row r="83">
+      <c r="A83" s="1" t="n">
+        <v>69</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="n">
+        <v>-930000</v>
+      </c>
+      <c r="F83" s="6" t="n">
+        <v>-3813</v>
+      </c>
+      <c r="G83" s="7" t="n">
+        <v>-0.027</v>
+      </c>
+      <c r="H83" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J83" s="6" t="n"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="1" t="n">
+        <v>70</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="n">
+        <v>-599500</v>
+      </c>
+      <c r="F84" s="6" t="n">
+        <v>-5598.43</v>
+      </c>
+      <c r="G84" s="7" t="n">
+        <v>-0.0396</v>
+      </c>
+      <c r="H84" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J84" s="6" t="n"/>
+    </row>
+    <row r="85">
+      <c r="A85" s="8" t="n"/>
+      <c r="B85" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C60" s="11" t="n"/>
-[...48 lines deleted...]
-      <c r="G64" s="66" t="n">
+      <c r="C85" s="8" t="n"/>
+      <c r="D85" s="8" t="n"/>
+      <c r="E85" s="8" t="n"/>
+      <c r="F85" s="9" t="n">
+        <v>-10607.81</v>
+      </c>
+      <c r="G85" s="10" t="n">
+        <v>-0.0751</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="B87" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="1" t="n">
+        <v>71</v>
+      </c>
+      <c r="B88" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F88" s="6" t="n">
+        <v>10202.85</v>
+      </c>
+      <c r="G88" s="7" t="n">
+        <v>0.0722</v>
+      </c>
+      <c r="H88" s="11" t="n">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="8" t="n"/>
+      <c r="B89" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C89" s="8" t="n"/>
+      <c r="D89" s="8" t="n"/>
+      <c r="E89" s="8" t="n"/>
+      <c r="F89" s="9" t="n">
+        <v>10202.85</v>
+      </c>
+      <c r="G89" s="10" t="n">
+        <v>0.0722</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="B91" s="3" t="inlineStr">
+        <is>
+          <t>OTHERS</t>
+        </is>
+      </c>
+    </row>
+    <row r="92">
+      <c r="B92" s="3" t="inlineStr">
+        <is>
+          <t>Overseas Mutual Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="1" t="n">
+        <v>72</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Harding Loevner Global Equity Fund</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>IE00B1WL5L32</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Foreign Security</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="n">
+        <v>177704.953</v>
+      </c>
+      <c r="F93" s="6" t="n">
+        <v>6447.39</v>
+      </c>
+      <c r="G93" s="7" t="n">
+        <v>0.0456</v>
+      </c>
+      <c r="J93" s="6" t="n"/>
+    </row>
+    <row r="94">
+      <c r="A94" s="1" t="n">
+        <v>73</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>WCM GLOBAL EQUITY FUND</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>IE00BYZ0B213</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Foreign Security</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="n">
+        <v>13576.786918</v>
+      </c>
+      <c r="F94" s="6" t="n">
+        <v>3268.61</v>
+      </c>
+      <c r="G94" s="7" t="n">
+        <v>0.0231</v>
+      </c>
+      <c r="J94" s="6" t="n"/>
+    </row>
+    <row r="95">
+      <c r="A95" s="1" t="n">
+        <v>74</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>iShares S&amp;P 500 Energy Sector UCITS ETF</t>
+        </is>
+      </c>
+      <c r="C95" s="1" t="inlineStr">
+        <is>
+          <t>IE00B42NKQ00</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Foreign Security</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="n">
+        <v>109464</v>
+      </c>
+      <c r="F95" s="6" t="n">
+        <v>1069.83</v>
+      </c>
+      <c r="G95" s="7" t="n">
+        <v>0.0076</v>
+      </c>
+      <c r="J95" s="6" t="n"/>
+    </row>
+    <row r="96">
+      <c r="A96" s="1" t="n">
+        <v>75</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>iShares Global Healthcare ETF</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>US4642873255</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Foreign Security</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="n">
+        <v>5165</v>
+      </c>
+      <c r="F96" s="6" t="n">
+        <v>468.82</v>
+      </c>
+      <c r="G96" s="7" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="J96" s="6" t="n"/>
+    </row>
+    <row r="97">
+      <c r="A97" s="8" t="n"/>
+      <c r="B97" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C97" s="8" t="n"/>
+      <c r="D97" s="8" t="n"/>
+      <c r="E97" s="8" t="n"/>
+      <c r="F97" s="9" t="n">
+        <v>11254.65</v>
+      </c>
+      <c r="G97" s="10" t="n">
+        <v>0.0796</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="B99" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="100">
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Cash Margin</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="n"/>
+      <c r="F100" s="6" t="n">
+        <v>3667</v>
+      </c>
+      <c r="G100" s="7" t="n">
         <v>0.0259</v>
       </c>
-      <c r="J64" s="6" t="n"/>
-[...363 lines deleted...]
-      <c r="B77" s="11" t="inlineStr">
+      <c r="J100" s="6" t="n"/>
+    </row>
+    <row r="101">
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="n"/>
+      <c r="F101" s="6" t="n">
+        <v>-740.53</v>
+      </c>
+      <c r="G101" s="7" t="n">
+        <v>-0.0048</v>
+      </c>
+      <c r="J101" s="6" t="n"/>
+    </row>
+    <row r="102">
+      <c r="A102" s="8" t="n"/>
+      <c r="B102" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C77" s="11" t="n"/>
-[...127 lines deleted...]
-      <c r="B89" s="2" t="inlineStr">
+      <c r="C102" s="8" t="n"/>
+      <c r="D102" s="8" t="n"/>
+      <c r="E102" s="8" t="n"/>
+      <c r="F102" s="9" t="n">
+        <v>2926.47</v>
+      </c>
+      <c r="G102" s="10" t="n">
+        <v>0.0211</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="4" t="n"/>
+      <c r="B104" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C104" s="4" t="n"/>
+      <c r="D104" s="4" t="n"/>
+      <c r="E104" s="4" t="n"/>
+      <c r="F104" s="12" t="n">
+        <v>141364.47</v>
+      </c>
+      <c r="G104" s="13" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="15" t="n">
+        <v>1</v>
+      </c>
+      <c r="B106" s="15" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="B107" s="57" t="inlineStr">
+        <is>
+          <t>Additional Disclosure of Overseas Mutual Fund Holdings</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" ht="14.5" customHeight="1" s="45">
+      <c r="B108" s="37" t="inlineStr">
+        <is>
+          <t>The Consumer Staples Select Sector SPDR Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="109" ht="14.5" customHeight="1" s="45">
+      <c r="B109" s="37" t="inlineStr">
+        <is>
+          <t>iShares S&amp;P 500 Energy Sector UCITS ETF</t>
+        </is>
+      </c>
+    </row>
+    <row r="110" ht="14.5" customHeight="1" s="45">
+      <c r="B110" s="37" t="inlineStr">
+        <is>
+          <t>iShares Global Healthcare ETF</t>
+        </is>
+      </c>
+    </row>
+    <row r="111" ht="14.5" customHeight="1" s="45">
+      <c r="B111" s="37" t="inlineStr">
         <is>
           <t>Harding Loevner Global Equity Fund</t>
         </is>
       </c>
-      <c r="C89" s="2" t="inlineStr">
-[...24 lines deleted...]
-      <c r="B90" s="2" t="inlineStr">
+    </row>
+    <row r="112" ht="14.5" customHeight="1" s="45">
+      <c r="B112" s="37" t="inlineStr">
+        <is>
+          <t>Veritas Global Focus Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="113" ht="14.5" customHeight="1" s="45">
+      <c r="B113" s="37" t="inlineStr">
         <is>
           <t>WCM GLOBAL EQUITY FUND</t>
         </is>
       </c>
-      <c r="C90" s="2" t="inlineStr">
-[...248 lines deleted...]
-      <c r="B114" s="54" t="inlineStr">
+    </row>
+    <row r="115" ht="14.5" customHeight="1" s="45">
+      <c r="B115" s="39" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="126" ht="14.5" customHeight="1" s="41">
-      <c r="B126" s="54" t="inlineStr">
+    <row r="128" ht="14.5" customHeight="1" s="45">
+      <c r="B128" s="39" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty 500 TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="B104:F104"/>
+    <mergeCell ref="B107:F107"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="B105" r:id="rId1"/>
-[...4 lines deleted...]
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="B110" r:id="rId6"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="B108" r:id="rId1"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="B109" r:id="rId2"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="B110" r:id="rId3"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="B111" r:id="rId4"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="B112" r:id="rId5"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="B113" r:id="rId6"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>