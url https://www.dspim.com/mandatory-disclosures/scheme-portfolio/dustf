--- v0 (2025-10-19)
+++ v1 (2025-11-08)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="997" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="945" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="LDF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="22">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
@@ -157,50 +157,57 @@
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
@@ -334,66 +341,67 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="107">
+  <cellXfs count="101">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -449,212 +457,195 @@
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="10" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...40 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -703,116 +694,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>178</row>
+      <row>174</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>187</row>
+      <row>183</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="28714700"/>
+          <a:off x="457200" y="28200350"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>192</row>
+      <row>188</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>201</row>
-      <rowOff>31749</rowOff>
+      <row>197</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="31127700"/>
+          <a:off x="457200" y="30613350"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1049,90 +1040,90 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L213"/>
+  <dimension ref="A1:L212"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-    <col width="48.7265625" customWidth="1" style="2" min="2" max="2"/>
-[...2 lines deleted...]
-    <col width="17.26953125" customWidth="1" style="2" min="5" max="5"/>
+    <col width="46.81640625" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="21.1796875" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="18.81640625" customWidth="1" style="2" min="4" max="4"/>
+    <col width="14.81640625" customWidth="1" style="2" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
     <col width="29.1796875" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
     <col width="30.1796875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
     <row r="1" ht="19" customHeight="1" s="74">
       <c r="A1" s="73" t="n"/>
       <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Low Duration Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="4" t="inlineStr">
         <is>
-          <t>Portfolio as on October 15, 2025</t>
+          <t>Portfolio as on October 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
@@ -1195,4869 +1186,4767 @@
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
         <v>1</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Bharti Telecom Limited**</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>INE403D08272</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E9" s="12" t="n">
-        <v>25000</v>
+        <v>23500</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>25014.86</v>
+        <v>23607.87</v>
       </c>
       <c r="G9" s="7" t="n">
-        <v>0.0412</v>
+        <v>0.0402</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>46675</v>
       </c>
       <c r="J9" s="6" t="n">
-        <v>7.3277</v>
+        <v>7.2774</v>
       </c>
       <c r="K9" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="L9" s="7" t="n">
-        <v>0.5123</v>
+        <v>0.5264</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
         <v>2</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Small Industries Development Bank of India</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>INE556F08KH1</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E10" s="12" t="n">
         <v>15000</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>15240.72</v>
+        <v>15275.05</v>
       </c>
       <c r="G10" s="7" t="n">
-        <v>0.0251</v>
+        <v>0.026</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>46265</v>
       </c>
       <c r="J10" s="6" t="n">
-        <v>6.5599</v>
+        <v>6.62</v>
       </c>
       <c r="K10" s="2" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>Sovereign</t>
         </is>
       </c>
       <c r="L10" s="7" t="n">
-        <v>0.1513</v>
+        <v>0.1667</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
         <v>3</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>INE556F08KI9</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E11" s="12" t="n">
         <v>15000</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>15231.77</v>
+        <v>15265.99</v>
       </c>
       <c r="G11" s="7" t="n">
-        <v>0.0251</v>
+        <v>0.026</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>46269</v>
       </c>
       <c r="J11" s="6" t="n">
-        <v>6.56</v>
+        <v>6.62</v>
       </c>
       <c r="K11" s="2" t="inlineStr">
         <is>
-          <t>Sovereign</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="L11" s="7" t="n">
-        <v>0.1413</v>
+        <v>0.1646</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
         <v>4</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>INE261F08EK5</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E12" s="12" t="n">
         <v>12500</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>13295.86</v>
+        <v>13338.77</v>
       </c>
       <c r="G12" s="7" t="n">
-        <v>0.0219</v>
+        <v>0.0227</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>46807</v>
       </c>
       <c r="J12" s="6" t="n">
-        <v>6.66</v>
+        <v>6.64</v>
       </c>
       <c r="K12" s="2" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
       <c r="L12" s="7" t="n">
-        <v>0.0808</v>
+        <v>0.07049999999999999</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
         <v>5</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>REC Limited**</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>INE020B08FW6</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E13" s="12" t="n">
         <v>12500</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>12808.44</v>
+        <v>12825.3</v>
       </c>
       <c r="G13" s="7" t="n">
-        <v>0.0211</v>
+        <v>0.0218</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>46783</v>
       </c>
       <c r="J13" s="6" t="n">
-        <v>6.585</v>
+        <v>6.66</v>
       </c>
       <c r="K13" s="2" t="inlineStr">
         <is>
           <t>IND A1+</t>
         </is>
       </c>
       <c r="L13" s="7" t="n">
-        <v>0.0362</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
         <v>6</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development</t>
+          <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>INE261F08DO9</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E14" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>10550.05</v>
+        <v>10578.15</v>
       </c>
       <c r="G14" s="7" t="n">
-        <v>0.0174</v>
+        <v>0.018</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>46052</v>
       </c>
       <c r="J14" s="6" t="n">
-        <v>6.1999</v>
+        <v>6.205</v>
       </c>
       <c r="K14" s="2" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>IND AAA(SO)</t>
         </is>
       </c>
       <c r="L14" s="7" t="n">
-        <v>0.0241</v>
+        <v>0.0207</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
         <v>7</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Sundaram Finance Limited**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>INE660A07RX6</t>
+          <t>INE020B08FF1</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E15" s="12" t="n">
         <v>10000</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>10317.86</v>
+        <v>10290.7</v>
       </c>
       <c r="G15" s="7" t="n">
-        <v>0.017</v>
+        <v>0.0175</v>
       </c>
       <c r="H15" s="8" t="n">
-        <v>46889</v>
+        <v>46630</v>
       </c>
       <c r="J15" s="6" t="n">
-        <v>7.08</v>
+        <v>6.57</v>
       </c>
       <c r="K15" s="2" t="inlineStr">
         <is>
-          <t>IND AAA(SO)</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="L15" s="7" t="n">
-        <v>0.0213</v>
+        <v>0.0207</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
         <v>8</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Kotak Mahindra Prime Limited**</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>INE020B08FF1</t>
+          <t>INE916DA7RX0</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E16" s="12" t="n">
-        <v>10000</v>
+        <v>1000</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>10259.44</v>
+        <v>10264.05</v>
       </c>
       <c r="G16" s="7" t="n">
-        <v>0.0169</v>
+        <v>0.0175</v>
       </c>
       <c r="H16" s="8" t="n">
-        <v>46630</v>
+        <v>46647</v>
       </c>
       <c r="J16" s="6" t="n">
-        <v>6.585</v>
+        <v>6.9976</v>
       </c>
       <c r="K16" s="2" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
       <c r="L16" s="7" t="n">
-        <v>0.0028</v>
+        <v>0.0029</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
         <v>9</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Prime Limited**</t>
+          <t>Tata Capital Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>INE916DA7RX0</t>
+          <t>INE033L07IO1</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E17" s="12" t="n">
-        <v>1000</v>
+        <v>10000</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>10235.9</v>
+        <v>10228.85</v>
       </c>
       <c r="G17" s="7" t="n">
-        <v>0.0169</v>
+        <v>0.0174</v>
       </c>
       <c r="H17" s="8" t="n">
-        <v>46647</v>
+        <v>46589</v>
       </c>
       <c r="J17" s="6" t="n">
-        <v>6.985</v>
+        <v>6.915</v>
       </c>
       <c r="K17" s="2" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L17" s="7" t="n">
-        <v>0.0299</v>
+        <v>0.0025</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
         <v>10</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Tata Capital Housing Finance Limited**</t>
+          <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>INE033L07IO1</t>
+          <t>INE261F08EA6</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E18" s="12" t="n">
         <v>10000</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>10204.58</v>
+        <v>10188.41</v>
       </c>
       <c r="G18" s="7" t="n">
-        <v>0.0168</v>
+        <v>0.0174</v>
       </c>
       <c r="H18" s="8" t="n">
-        <v>46589</v>
+        <v>46265</v>
       </c>
       <c r="J18" s="6" t="n">
-        <v>6.8799</v>
+        <v>6.64</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
         <v>11</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development**</t>
+          <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>INE261F08EA6</t>
+          <t>INE115A07MQ6</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E19" s="12" t="n">
-        <v>10000</v>
+        <v>850</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>10165.41</v>
+        <v>9268.33</v>
       </c>
       <c r="G19" s="7" t="n">
-        <v>0.0168</v>
+        <v>0.0158</v>
       </c>
       <c r="H19" s="8" t="n">
-        <v>46265</v>
+        <v>46714</v>
       </c>
       <c r="J19" s="6" t="n">
-        <v>6.58</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
         <v>12</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>Sikka Ports &amp; Terminals Limited**</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>INE941D07208</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E20" s="12" t="n">
         <v>850</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>8776.530000000001</v>
+        <v>8800.459999999999</v>
       </c>
       <c r="G20" s="7" t="n">
-        <v>0.0145</v>
+        <v>0.015</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>46134</v>
       </c>
       <c r="J20" s="6" t="n">
-        <v>6.575</v>
+        <v>6.59</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
         <v>13</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Tata Capital Limited**</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>INE306N07MX0</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E21" s="12" t="n">
         <v>750</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>7728.18</v>
+        <v>7747.77</v>
       </c>
       <c r="G21" s="7" t="n">
-        <v>0.0127</v>
+        <v>0.0132</v>
       </c>
       <c r="H21" s="8" t="n">
         <v>46594</v>
       </c>
       <c r="J21" s="6" t="n">
-        <v>7.075</v>
+        <v>7.105</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
         <v>14</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>INE134E08MT1</t>
+          <t>INE020B08EL2</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E22" s="12" t="n">
         <v>7500</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>7645.53</v>
+        <v>7719.77</v>
       </c>
       <c r="G22" s="7" t="n">
-        <v>0.0126</v>
+        <v>0.0131</v>
       </c>
       <c r="H22" s="8" t="n">
-        <v>46259</v>
+        <v>46142</v>
       </c>
       <c r="J22" s="6" t="n">
-        <v>6.52</v>
+        <v>6.435</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
         <v>15</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>LIC Housing Finance Limited</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>INE115A07RH4</t>
+          <t>INE134E08MT1</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E23" s="12" t="n">
         <v>7500</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>7564.8</v>
+        <v>7666.28</v>
       </c>
       <c r="G23" s="7" t="n">
-        <v>0.0125</v>
+        <v>0.0131</v>
       </c>
       <c r="H23" s="8" t="n">
-        <v>46647</v>
+        <v>46259</v>
       </c>
       <c r="J23" s="6" t="n">
-        <v>6.71</v>
+        <v>6.52</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
         <v>16</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
           <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>INE115A07MQ6</t>
+          <t>INE115A07RH4</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E24" s="12" t="n">
-        <v>600</v>
+        <v>7500</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>6533.95</v>
+        <v>7576.72</v>
       </c>
       <c r="G24" s="7" t="n">
-        <v>0.0108</v>
+        <v>0.0129</v>
       </c>
       <c r="H24" s="8" t="n">
-        <v>46714</v>
+        <v>46647</v>
       </c>
       <c r="J24" s="6" t="n">
-        <v>6.71</v>
+        <v>6.785</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
         <v>17</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Kotak Mahindra Prime Limited**</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>INE916DA7SL3</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E25" s="12" t="n">
         <v>5500</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>5980.71</v>
+        <v>5997.4</v>
       </c>
       <c r="G25" s="7" t="n">
-        <v>0.009900000000000001</v>
+        <v>0.0102</v>
       </c>
       <c r="H25" s="8" t="n">
         <v>46335</v>
       </c>
       <c r="J25" s="6" t="n">
-        <v>6.885</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
         <v>18</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Prime Limited**</t>
+          <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>INE916DA7SV2</t>
+          <t>INE296A07TF2</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E26" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>5493.31</v>
+        <v>5416.53</v>
       </c>
       <c r="G26" s="7" t="n">
-        <v>0.0091</v>
+        <v>0.0092</v>
       </c>
       <c r="H26" s="8" t="n">
-        <v>46681</v>
+        <v>46731</v>
       </c>
       <c r="J26" s="6" t="n">
-        <v>7.035</v>
+        <v>7.06</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
         <v>19</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
           <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>INE115A07QZ8</t>
+          <t>INE115A07RA9</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E27" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>5434.39</v>
+        <v>5390.6</v>
       </c>
       <c r="G27" s="7" t="n">
-        <v>0.008999999999999999</v>
+        <v>0.0092</v>
       </c>
       <c r="H27" s="8" t="n">
-        <v>46682</v>
+        <v>46367</v>
       </c>
       <c r="J27" s="6" t="n">
-        <v>6.71</v>
+        <v>6.715</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
         <v>20</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited</t>
+          <t>Export-Import Bank of India</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>INE296A07TF2</t>
+          <t>INE514E08GE8</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E28" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>5396.44</v>
+        <v>5384.94</v>
       </c>
       <c r="G28" s="7" t="n">
-        <v>0.0089</v>
+        <v>0.0092</v>
       </c>
       <c r="H28" s="8" t="n">
-        <v>46731</v>
+        <v>46961</v>
       </c>
       <c r="J28" s="6" t="n">
-        <v>7.0999</v>
+        <v>6.4899</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
         <v>21</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>INE261F08DV4</t>
+          <t>INE020B08ET5</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E29" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>5381.24</v>
+        <v>5363.58</v>
       </c>
       <c r="G29" s="7" t="n">
-        <v>0.0089</v>
+        <v>0.0091</v>
       </c>
       <c r="H29" s="8" t="n">
-        <v>46783</v>
+        <v>45990</v>
       </c>
       <c r="J29" s="6" t="n">
-        <v>6.66</v>
+        <v>6.0413</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
         <v>22</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Export-Import Bank of India**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>INE514E08GE8</t>
+          <t>INE020B08EX7</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E30" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>5364.67</v>
+        <v>5264.39</v>
       </c>
       <c r="G30" s="7" t="n">
-        <v>0.008800000000000001</v>
+        <v>0.008999999999999999</v>
       </c>
       <c r="H30" s="8" t="n">
-        <v>46961</v>
+        <v>46507</v>
       </c>
       <c r="J30" s="6" t="n">
-        <v>6.5334</v>
+        <v>6.57</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
         <v>23</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>INE020B08ET5</t>
+          <t>INE134E08ML8</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E31" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>5350.49</v>
+        <v>5234.98</v>
       </c>
       <c r="G31" s="7" t="n">
-        <v>0.008800000000000001</v>
+        <v>0.0089</v>
       </c>
       <c r="H31" s="8" t="n">
-        <v>45990</v>
+        <v>46218</v>
       </c>
       <c r="J31" s="6" t="n">
-        <v>5.8832</v>
+        <v>6.52</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
         <v>24</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>INE556F08KK5</t>
+          <t>INE020B08FA2</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E32" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>5275.64</v>
+        <v>5231.34</v>
       </c>
       <c r="G32" s="7" t="n">
-        <v>0.008699999999999999</v>
+        <v>0.0089</v>
       </c>
       <c r="H32" s="8" t="n">
-        <v>46496</v>
+        <v>46538</v>
       </c>
       <c r="J32" s="6" t="n">
-        <v>6.62</v>
+        <v>6.57</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
         <v>25</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>INE020B08EX7</t>
+          <t>INE296A07TJ4</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E33" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>5249.72</v>
+        <v>5224.68</v>
       </c>
       <c r="G33" s="7" t="n">
-        <v>0.008699999999999999</v>
+        <v>0.0089</v>
       </c>
       <c r="H33" s="8" t="n">
-        <v>46507</v>
+        <v>46930</v>
       </c>
       <c r="J33" s="6" t="n">
-        <v>6.57</v>
+        <v>7.115</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="n">
         <v>26</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Bajaj Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>INE134E08ML8</t>
+          <t>INE377Y07482</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E34" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>5220.51</v>
+        <v>5219.3</v>
       </c>
       <c r="G34" s="7" t="n">
-        <v>0.0086</v>
+        <v>0.0089</v>
       </c>
       <c r="H34" s="8" t="n">
-        <v>46218</v>
+        <v>46576</v>
       </c>
       <c r="J34" s="6" t="n">
-        <v>6.52</v>
+        <v>6.885</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="n">
         <v>27</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
           <t>REC Limited**</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>INE020B08FA2</t>
+          <t>INE020B08ES7</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E35" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>5216.77</v>
+        <v>5196.54</v>
       </c>
       <c r="G35" s="7" t="n">
-        <v>0.0086</v>
+        <v>0.008800000000000001</v>
       </c>
       <c r="H35" s="8" t="n">
-        <v>46538</v>
+        <v>46172</v>
       </c>
       <c r="J35" s="6" t="n">
-        <v>6.57</v>
+        <v>6.435</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
         <v>28</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>INE296A07TJ4</t>
+          <t>INE134E08MO2</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E36" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>5210.76</v>
+        <v>5184.03</v>
       </c>
       <c r="G36" s="7" t="n">
-        <v>0.0086</v>
+        <v>0.008800000000000001</v>
       </c>
       <c r="H36" s="8" t="n">
-        <v>46930</v>
+        <v>46164</v>
       </c>
       <c r="J36" s="6" t="n">
-        <v>7.1</v>
+        <v>6.43</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
         <v>29</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Bajaj Housing Finance Limited**</t>
+          <t>ICICI Home Finance Company Limited**</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>INE377Y07482</t>
+          <t>INE071G07819</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E37" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>5209.32</v>
+        <v>5153.03</v>
       </c>
       <c r="G37" s="7" t="n">
-        <v>0.0086</v>
+        <v>0.008800000000000001</v>
       </c>
       <c r="H37" s="8" t="n">
-        <v>46576</v>
+        <v>46566</v>
       </c>
       <c r="J37" s="6" t="n">
-        <v>6.82</v>
+        <v>6.92</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="n">
         <v>30</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Export-Import Bank of India**</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>INE020B08ES7</t>
+          <t>INE514E08FP6</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E38" s="12" t="n">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>5183.06</v>
+        <v>5145.83</v>
       </c>
       <c r="G38" s="7" t="n">
-        <v>0.008500000000000001</v>
+        <v>0.008800000000000001</v>
       </c>
       <c r="H38" s="8" t="n">
-        <v>46172</v>
+        <v>46602</v>
       </c>
       <c r="J38" s="6" t="n">
-        <v>6.4151</v>
+        <v>6.4875</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="n">
         <v>31</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Kotak Mahindra Prime Limited**</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>INE134E08MO2</t>
+          <t>INE916DA7SV2</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E39" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>5170.18</v>
+        <v>5102.83</v>
       </c>
       <c r="G39" s="7" t="n">
-        <v>0.008500000000000001</v>
+        <v>0.008699999999999999</v>
       </c>
       <c r="H39" s="8" t="n">
-        <v>46164</v>
+        <v>46681</v>
       </c>
       <c r="J39" s="6" t="n">
-        <v>6.4225</v>
+        <v>7.0576</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2" t="n">
         <v>32</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>ICICI Home Finance Company Limited**</t>
+          <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>INE071G07819</t>
+          <t>INE115A07QZ8</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E40" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>5142.64</v>
+        <v>5094.39</v>
       </c>
       <c r="G40" s="7" t="n">
-        <v>0.008500000000000001</v>
+        <v>0.008699999999999999</v>
       </c>
       <c r="H40" s="8" t="n">
-        <v>46566</v>
+        <v>46682</v>
       </c>
       <c r="J40" s="6" t="n">
-        <v>6.86</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2" t="n">
         <v>33</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Export-Import Bank of India**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>INE514E08FP6</t>
+          <t>INE556F08KK5</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E41" s="12" t="n">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>5135.55</v>
+        <v>5093.69</v>
       </c>
       <c r="G41" s="7" t="n">
-        <v>0.008500000000000001</v>
+        <v>0.008699999999999999</v>
       </c>
       <c r="H41" s="8" t="n">
-        <v>46602</v>
+        <v>46496</v>
       </c>
       <c r="J41" s="6" t="n">
-        <v>6.4411</v>
+        <v>6.645</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2" t="n">
         <v>34</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>INE020B08EL2</t>
+          <t>INE134E08LP1</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E42" s="12" t="n">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>5133.68</v>
+        <v>5084.9</v>
       </c>
       <c r="G42" s="7" t="n">
-        <v>0.008500000000000001</v>
+        <v>0.008699999999999999</v>
       </c>
       <c r="H42" s="8" t="n">
-        <v>46142</v>
+        <v>46218</v>
       </c>
       <c r="J42" s="6" t="n">
-        <v>6.39</v>
+        <v>6.5201</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2" t="n">
         <v>35</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development</t>
+          <t>Kotak Mahindra Prime Limited**</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
-          <t>INE261F08EI9</t>
+          <t>INE916DA7SP4</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E43" s="12" t="n">
-        <v>5000</v>
+        <v>4500</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>5111.59</v>
+        <v>4881.51</v>
       </c>
       <c r="G43" s="7" t="n">
-        <v>0.008399999999999999</v>
+        <v>0.0083</v>
       </c>
       <c r="H43" s="8" t="n">
-        <v>46660</v>
+        <v>46377</v>
       </c>
       <c r="J43" s="6" t="n">
-        <v>6.63</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2" t="n">
         <v>36</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Tata Capital Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>INE134E08LP1</t>
+          <t>INE033L07HY2</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E44" s="12" t="n">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>5071.04</v>
+        <v>2746.48</v>
       </c>
       <c r="G44" s="7" t="n">
-        <v>0.008399999999999999</v>
+        <v>0.0047</v>
       </c>
       <c r="H44" s="8" t="n">
-        <v>46218</v>
+        <v>46694</v>
       </c>
       <c r="J44" s="6" t="n">
-        <v>6.5201</v>
+        <v>6.95</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2" t="n">
         <v>37</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Prime Limited**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>INE916DA7SP4</t>
+          <t>INE556F08KU4</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E45" s="12" t="n">
-        <v>4500</v>
+        <v>2500</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>4868.01</v>
+        <v>2723.72</v>
       </c>
       <c r="G45" s="7" t="n">
-        <v>0.008</v>
+        <v>0.0046</v>
       </c>
       <c r="H45" s="8" t="n">
-        <v>46377</v>
+        <v>46916</v>
       </c>
       <c r="J45" s="6" t="n">
-        <v>6.885</v>
+        <v>6.6767</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2" t="n">
         <v>38</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Tata Capital Housing Finance Limited**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
-          <t>INE033L07HY2</t>
+          <t>INE556F08KM1</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E46" s="12" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F46" s="6" t="n">
-        <v>2740.53</v>
+        <v>2708.55</v>
       </c>
       <c r="G46" s="7" t="n">
-        <v>0.0045</v>
+        <v>0.0046</v>
       </c>
       <c r="H46" s="8" t="n">
-        <v>46694</v>
+        <v>46521</v>
       </c>
       <c r="J46" s="6" t="n">
-        <v>6.9049</v>
+        <v>6.645</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2" t="n">
         <v>39</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
-          <t>INE556F08KU4</t>
+          <t>INE020B08AA3</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E47" s="12" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F47" s="6" t="n">
-        <v>2716.16</v>
+        <v>2695.59</v>
       </c>
       <c r="G47" s="7" t="n">
-        <v>0.0045</v>
+        <v>0.0046</v>
       </c>
       <c r="H47" s="8" t="n">
-        <v>46916</v>
+        <v>46333</v>
       </c>
       <c r="J47" s="6" t="n">
-        <v>6.6742</v>
+        <v>6.57</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2" t="n">
         <v>40</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>HDB Financial Services Limited**</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>INE556F08KM1</t>
+          <t>INE756I07EM6</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E48" s="12" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>2701.84</v>
+        <v>2691.33</v>
       </c>
       <c r="G48" s="7" t="n">
-        <v>0.0045</v>
+        <v>0.0046</v>
       </c>
       <c r="H48" s="8" t="n">
-        <v>46521</v>
+        <v>45978</v>
       </c>
       <c r="J48" s="6" t="n">
-        <v>6.62</v>
+        <v>6.5052</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2" t="n">
         <v>41</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>INE020B08AA3</t>
+          <t>INE134E08LU1</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E49" s="12" t="n">
         <v>250</v>
       </c>
       <c r="F49" s="6" t="n">
-        <v>2688.08</v>
+        <v>2688.87</v>
       </c>
       <c r="G49" s="7" t="n">
-        <v>0.0044</v>
+        <v>0.0046</v>
       </c>
       <c r="H49" s="8" t="n">
-        <v>46333</v>
+        <v>45964</v>
       </c>
       <c r="J49" s="6" t="n">
-        <v>6.57</v>
+        <v>5.9709</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2" t="n">
         <v>42</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>HDB Financial Services Limited**</t>
+          <t>Power Finance Corporation Limited</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
-          <t>INE756I07EM6</t>
+          <t>INE134E08IO0</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E50" s="12" t="n">
         <v>250</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>2683.64</v>
+        <v>2665.66</v>
       </c>
       <c r="G50" s="7" t="n">
-        <v>0.0044</v>
+        <v>0.0045</v>
       </c>
       <c r="H50" s="8" t="n">
-        <v>45978</v>
+        <v>46392</v>
       </c>
       <c r="J50" s="6" t="n">
-        <v>6.5302</v>
+        <v>6.5769</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2" t="n">
         <v>43</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Kotak Mahindra Prime Limited**</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
-          <t>INE134E08LU1</t>
+          <t>INE916DA7SO7</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E51" s="12" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F51" s="6" t="n">
-        <v>2681.83</v>
+        <v>2651.01</v>
       </c>
       <c r="G51" s="7" t="n">
-        <v>0.0044</v>
+        <v>0.0045</v>
       </c>
       <c r="H51" s="8" t="n">
-        <v>45964</v>
+        <v>46498</v>
       </c>
       <c r="J51" s="6" t="n">
-        <v>5.9904</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2" t="n">
         <v>44</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Tata Capital Housing Finance Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
-          <t>INE033L07IE2</t>
+          <t>INE134E08JC3</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E52" s="12" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F52" s="6" t="n">
-        <v>2668.73</v>
+        <v>2602.8</v>
       </c>
       <c r="G52" s="7" t="n">
         <v>0.0044</v>
       </c>
       <c r="H52" s="8" t="n">
-        <v>46437</v>
+        <v>46549</v>
       </c>
       <c r="J52" s="6" t="n">
-        <v>6.855</v>
+        <v>6.58</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2" t="n">
         <v>45</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Bajaj Housing Finance Limited</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
-          <t>INE134E08IO0</t>
+          <t>INE377Y07557</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E53" s="12" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F53" s="6" t="n">
-        <v>2659.83</v>
+        <v>2598.35</v>
       </c>
       <c r="G53" s="7" t="n">
         <v>0.0044</v>
       </c>
       <c r="H53" s="8" t="n">
-        <v>46392</v>
+        <v>46444</v>
       </c>
       <c r="J53" s="6" t="n">
-        <v>6.5212</v>
+        <v>6.83</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2" t="n">
         <v>46</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Prime Limited**</t>
+          <t>Bajaj Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>INE916DA7SO7</t>
+          <t>INE377Y07425</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E54" s="12" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>2642.69</v>
+        <v>2597.88</v>
       </c>
       <c r="G54" s="7" t="n">
         <v>0.0044</v>
       </c>
       <c r="H54" s="8" t="n">
-        <v>46498</v>
+        <v>46168</v>
       </c>
       <c r="J54" s="6" t="n">
-        <v>6.955</v>
+        <v>6.59</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2" t="n">
         <v>47</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Kotak Mahindra Prime Limited**</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>INE134E08JC3</t>
+          <t>INE916DA7ST6</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E55" s="12" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F55" s="6" t="n">
-        <v>2597.08</v>
+        <v>2586.89</v>
       </c>
       <c r="G55" s="7" t="n">
-        <v>0.0043</v>
+        <v>0.0044</v>
       </c>
       <c r="H55" s="8" t="n">
-        <v>46549</v>
+        <v>46617</v>
       </c>
       <c r="J55" s="6" t="n">
-        <v>6.54</v>
+        <v>6.9976</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2" t="n">
         <v>48</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Bajaj Housing Finance Limited**</t>
+          <t>Kotak Mahindra Prime Limited**</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>INE377Y07557</t>
+          <t>INE916DA7RP6</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E56" s="12" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>2591.95</v>
+        <v>2585.64</v>
       </c>
       <c r="G56" s="7" t="n">
-        <v>0.0043</v>
+        <v>0.0044</v>
       </c>
       <c r="H56" s="8" t="n">
-        <v>46444</v>
+        <v>46587</v>
       </c>
       <c r="J56" s="6" t="n">
-        <v>6.795</v>
+        <v>6.9976</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2" t="n">
         <v>49</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Bajaj Housing Finance Limited</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>INE377Y07425</t>
+          <t>INE020B08ED9</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E57" s="12" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F57" s="6" t="n">
-        <v>2591.27</v>
+        <v>2579.41</v>
       </c>
       <c r="G57" s="7" t="n">
-        <v>0.0043</v>
+        <v>0.0044</v>
       </c>
       <c r="H57" s="8" t="n">
-        <v>46168</v>
+        <v>46203</v>
       </c>
       <c r="J57" s="6" t="n">
-        <v>6.55</v>
+        <v>6.435</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2" t="n">
         <v>50</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>INE020B08ED9</t>
+          <t>INE261F08DX0</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E58" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F58" s="6" t="n">
-        <v>2572.36</v>
+        <v>2562.69</v>
       </c>
       <c r="G58" s="7" t="n">
-        <v>0.0042</v>
+        <v>0.0044</v>
       </c>
       <c r="H58" s="8" t="n">
-        <v>46203</v>
+        <v>46234</v>
       </c>
       <c r="J58" s="6" t="n">
-        <v>6.44</v>
+        <v>6.64</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2" t="n">
         <v>51</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>INE261F08CF9</t>
+          <t>INE134E08II2</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E59" s="12" t="n">
         <v>250</v>
       </c>
       <c r="F59" s="6" t="n">
-        <v>2558.74</v>
+        <v>2557.98</v>
       </c>
       <c r="G59" s="7" t="n">
-        <v>0.0042</v>
+        <v>0.0044</v>
       </c>
       <c r="H59" s="8" t="n">
-        <v>46539</v>
+        <v>46248</v>
       </c>
       <c r="J59" s="6" t="n">
-        <v>6.615</v>
+        <v>6.5174</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2" t="n">
         <v>52</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>INE134E08II2</t>
+          <t>INE296A07TM8</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E60" s="12" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F60" s="6" t="n">
-        <v>2551.04</v>
+        <v>2554.55</v>
       </c>
       <c r="G60" s="7" t="n">
-        <v>0.0042</v>
+        <v>0.0044</v>
       </c>
       <c r="H60" s="8" t="n">
-        <v>46248</v>
+        <v>46944</v>
       </c>
       <c r="J60" s="6" t="n">
-        <v>6.5173</v>
+        <v>7.12</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2" t="n">
         <v>53</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited**</t>
+          <t>Kotak Mahindra Prime Limited**</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>INE296A07TM8</t>
+          <t>INE916DA7TB2</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E61" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>2548.06</v>
+        <v>2549.73</v>
       </c>
       <c r="G61" s="7" t="n">
-        <v>0.0042</v>
+        <v>0.0043</v>
       </c>
       <c r="H61" s="8" t="n">
-        <v>46944</v>
+        <v>46853</v>
       </c>
       <c r="J61" s="6" t="n">
-        <v>7.1</v>
+        <v>7.11</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2" t="n">
         <v>54</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Prime Limited**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
-          <t>INE916DA7TB2</t>
+          <t>INE556F08KB4</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E62" s="12" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>2542.58</v>
+        <v>2543.13</v>
       </c>
       <c r="G62" s="7" t="n">
-        <v>0.0042</v>
+        <v>0.0043</v>
       </c>
       <c r="H62" s="8" t="n">
-        <v>46853</v>
+        <v>46080</v>
       </c>
       <c r="J62" s="6" t="n">
-        <v>7.1007</v>
+        <v>6.245</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2" t="n">
         <v>55</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
-          <t>INE556F08KB4</t>
+          <t>INE115A07KM9</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E63" s="12" t="n">
         <v>250</v>
       </c>
       <c r="F63" s="6" t="n">
-        <v>2536.51</v>
+        <v>2542.26</v>
       </c>
       <c r="G63" s="7" t="n">
-        <v>0.0042</v>
+        <v>0.0043</v>
       </c>
       <c r="H63" s="8" t="n">
-        <v>46080</v>
+        <v>46290</v>
       </c>
       <c r="J63" s="6" t="n">
-        <v>6.2249</v>
+        <v>6.695</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2" t="n">
         <v>56</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>LIC Housing Finance Limited**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
-          <t>INE115A07KM9</t>
+          <t>INE556F08KJ7</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E64" s="12" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F64" s="6" t="n">
-        <v>2536.03</v>
+        <v>2539.08</v>
       </c>
       <c r="G64" s="7" t="n">
-        <v>0.0042</v>
+        <v>0.0043</v>
       </c>
       <c r="H64" s="8" t="n">
-        <v>46290</v>
+        <v>46287</v>
       </c>
       <c r="J64" s="6" t="n">
-        <v>6.66</v>
+        <v>6.62</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2" t="n">
         <v>57</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Nexus Select Trust**</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>INE556F08KJ7</t>
+          <t>INE0NDH07019</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E65" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F65" s="6" t="n">
-        <v>2533.48</v>
+        <v>2521.05</v>
       </c>
       <c r="G65" s="7" t="n">
-        <v>0.0042</v>
+        <v>0.0043</v>
       </c>
       <c r="H65" s="8" t="n">
-        <v>46287</v>
+        <v>46189</v>
+      </c>
+      <c r="I65" s="2" t="inlineStr">
+        <is>
+          <t>CA - 16-Dec-2025 CA - 16-Mar-2026</t>
+        </is>
       </c>
       <c r="J65" s="6" t="n">
-        <v>6.56</v>
+        <v>6.5649</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2" t="n">
         <v>58</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>Nexus Select Trust**</t>
+          <t>Jio Credit Limited**</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>INE0NDH07019</t>
+          <t>INE282H07034</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E66" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F66" s="6" t="n">
-        <v>2514.21</v>
+        <v>2508</v>
       </c>
       <c r="G66" s="7" t="n">
-        <v>0.0041</v>
+        <v>0.0043</v>
       </c>
       <c r="H66" s="8" t="n">
-        <v>46189</v>
-[...4 lines deleted...]
-        </is>
+        <v>46673</v>
       </c>
       <c r="J66" s="6" t="n">
-        <v>6.4849</v>
+        <v>7.07</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2" t="n">
         <v>59</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Jio Credit Limited</t>
+          <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>INE282H07034</t>
+          <t>INE053F07AC3</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E67" s="12" t="n">
-        <v>2500</v>
+        <v>200</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>2501.45</v>
+        <v>2105.93</v>
       </c>
       <c r="G67" s="7" t="n">
-        <v>0.0041</v>
+        <v>0.0036</v>
       </c>
       <c r="H67" s="8" t="n">
-        <v>46673</v>
+        <v>46626</v>
       </c>
       <c r="J67" s="6" t="n">
-        <v>7.049</v>
+        <v>6.555</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2" t="n">
         <v>60</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Indian Railway Finance Corporation Limited</t>
+          <t>HDB Financial Services Limited**</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>INE053F07AC3</t>
+          <t>INE756I07ER5</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E68" s="12" t="n">
-        <v>200</v>
+        <v>2000</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>2103.52</v>
+        <v>2097.26</v>
       </c>
       <c r="G68" s="7" t="n">
-        <v>0.0035</v>
+        <v>0.0036</v>
       </c>
       <c r="H68" s="8" t="n">
-        <v>46626</v>
+        <v>46136</v>
       </c>
       <c r="J68" s="6" t="n">
-        <v>6.455</v>
+        <v>7.0301</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="2" t="n">
         <v>61</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>HDB Financial Services Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>INE756I07ER5</t>
+          <t>INE134E08NW3</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E69" s="12" t="n">
         <v>2000</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>2092.39</v>
+        <v>2018.79</v>
       </c>
       <c r="G69" s="7" t="n">
         <v>0.0034</v>
       </c>
       <c r="H69" s="8" t="n">
-        <v>46136</v>
+        <v>46675</v>
       </c>
       <c r="J69" s="6" t="n">
-        <v>6.9001</v>
+        <v>6.58</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="2" t="n">
         <v>62</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited</t>
+          <t>Mahindra &amp; Mahindra Financial Services Limited**</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>INE134E08NW3</t>
+          <t>INE774D07UT1</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E70" s="12" t="n">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>2015.71</v>
+        <v>1053.29</v>
       </c>
       <c r="G70" s="7" t="n">
-        <v>0.0033</v>
+        <v>0.0018</v>
       </c>
       <c r="H70" s="8" t="n">
-        <v>46675</v>
+        <v>46107</v>
       </c>
       <c r="J70" s="6" t="n">
-        <v>6.51</v>
+        <v>6.8199</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="2" t="n">
         <v>63</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Mahindra &amp; Mahindra Financial Services Limited**</t>
+          <t>HDB Financial Services Limited**</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
-          <t>INE774D07UT1</t>
+          <t>INE756I07EZ8</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E71" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F71" s="6" t="n">
-        <v>1050.68</v>
+        <v>1044.26</v>
       </c>
       <c r="G71" s="7" t="n">
-        <v>0.0017</v>
+        <v>0.0018</v>
       </c>
       <c r="H71" s="8" t="n">
-        <v>46107</v>
+        <v>46573</v>
       </c>
       <c r="J71" s="6" t="n">
-        <v>6.7199</v>
+        <v>7.185</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="2" t="n">
         <v>64</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
           <t>HDB Financial Services Limited**</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>INE756I07EZ8</t>
+          <t>INE756I07EK0</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E72" s="12" t="n">
-        <v>1000</v>
+        <v>46</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>1041.64</v>
+        <v>582.6</v>
       </c>
       <c r="G72" s="7" t="n">
-        <v>0.0017</v>
+        <v>0.001</v>
       </c>
       <c r="H72" s="8" t="n">
-        <v>46573</v>
+        <v>46035</v>
       </c>
       <c r="J72" s="6" t="n">
-        <v>7.15</v>
+        <v>6.7849</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="2" t="n">
         <v>65</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>HDB Financial Services Limited**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>INE756I07EK0</t>
+          <t>INE020B08EF4</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E73" s="12" t="n">
-        <v>46</v>
+        <v>500</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>580.85</v>
+        <v>527.25</v>
       </c>
       <c r="G73" s="7" t="n">
-        <v>0.001</v>
+        <v>0.0009</v>
       </c>
       <c r="H73" s="8" t="n">
-        <v>46035</v>
+        <v>46081</v>
       </c>
       <c r="J73" s="6" t="n">
-        <v>6.8174</v>
+        <v>6.2451</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="2" t="n">
         <v>66</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>REC Limited</t>
+          <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>INE020B08EF4</t>
+          <t>INE115A07KE6</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E74" s="12" t="n">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="F74" s="6" t="n">
-        <v>525.98</v>
+        <v>512.25</v>
       </c>
       <c r="G74" s="7" t="n">
         <v>0.0009</v>
       </c>
       <c r="H74" s="8" t="n">
-        <v>46081</v>
+        <v>46252</v>
       </c>
       <c r="J74" s="6" t="n">
-        <v>6.17</v>
+        <v>6.6949</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2" t="n">
         <v>67</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>LIC Housing Finance Limited**</t>
+          <t>Mahindra &amp; Mahindra Financial Services Limited**</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>INE115A07KE6</t>
+          <t>INE774D07VJ0</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E75" s="12" t="n">
-        <v>50</v>
+        <v>250</v>
       </c>
       <c r="F75" s="6" t="n">
-        <v>510.97</v>
+        <v>263.55</v>
       </c>
       <c r="G75" s="7" t="n">
-        <v>0.0008</v>
+        <v>0.0004</v>
       </c>
       <c r="H75" s="8" t="n">
-        <v>46252</v>
+        <v>46504</v>
       </c>
       <c r="J75" s="6" t="n">
-        <v>6.66</v>
+        <v>7</v>
       </c>
     </row>
     <row r="76">
-      <c r="A76" s="2" t="n">
+      <c r="A76" s="9" t="n"/>
+      <c r="B76" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C76" s="9" t="n"/>
+      <c r="D76" s="9" t="n"/>
+      <c r="E76" s="9" t="n"/>
+      <c r="F76" s="10" t="n">
+        <v>350512.79</v>
+      </c>
+      <c r="G76" s="11" t="n">
+        <v>0.5969</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="B78" s="4" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="2" t="n">
         <v>68</v>
       </c>
-      <c r="B76" s="2" t="inlineStr">
-[...51 lines deleted...]
-        </is>
+      <c r="B79" s="2" t="inlineStr">
+        <is>
+          <t>6.01% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C79" s="2" t="inlineStr">
+        <is>
+          <t>IN0020250067</t>
+        </is>
+      </c>
+      <c r="D79" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E79" s="12" t="n">
+        <v>22000000</v>
+      </c>
+      <c r="F79" s="6" t="n">
+        <v>22216.47</v>
+      </c>
+      <c r="G79" s="7" t="n">
+        <v>0.0378</v>
+      </c>
+      <c r="H79" s="8" t="n">
+        <v>47685</v>
+      </c>
+      <c r="J79" s="6" t="n">
+        <v>6.1766</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="2" t="n">
         <v>69</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
           <t>4.59% GOI 2031</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>IN0020180041</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E80" s="12" t="n">
         <v>10000000</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>10410.08</v>
+        <v>10424.56</v>
       </c>
       <c r="G80" s="7" t="n">
-        <v>0.0172</v>
+        <v>0.0178</v>
       </c>
       <c r="H80" s="8" t="n">
         <v>48189</v>
       </c>
       <c r="J80" s="6" t="n">
-        <v>6.16</v>
+        <v>6.2217</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="2" t="n">
         <v>70</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
           <t>6.85% Uttar Pradesh SDL 2026</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>IN3320160275</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E81" s="12" t="n">
         <v>9714000</v>
       </c>
       <c r="F81" s="6" t="n">
-        <v>10076.75</v>
+        <v>10107.57</v>
       </c>
       <c r="G81" s="7" t="n">
-        <v>0.0166</v>
+        <v>0.0172</v>
       </c>
       <c r="H81" s="8" t="n">
         <v>46349</v>
       </c>
       <c r="J81" s="6" t="n">
-        <v>5.8799</v>
+        <v>5.8149</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="2" t="n">
         <v>71</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
           <t>8.51% GOI FRB 2033</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>IN0020200120</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E82" s="12" t="n">
         <v>7500000</v>
       </c>
       <c r="F82" s="6" t="n">
-        <v>7785.35</v>
+        <v>7821.03</v>
       </c>
       <c r="G82" s="7" t="n">
-        <v>0.0128</v>
+        <v>0.0133</v>
       </c>
       <c r="H82" s="8" t="n">
         <v>48844</v>
       </c>
       <c r="J82" s="6" t="n">
-        <v>6.2595</v>
+        <v>6.2048</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="2" t="n">
         <v>72</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
           <t>7.59% GOI 2026</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
           <t>IN0020150093</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E83" s="12" t="n">
         <v>7500000</v>
       </c>
       <c r="F83" s="6" t="n">
-        <v>7684.72</v>
+        <v>7701.47</v>
       </c>
       <c r="G83" s="7" t="n">
-        <v>0.0127</v>
+        <v>0.0131</v>
       </c>
       <c r="H83" s="8" t="n">
         <v>46033</v>
       </c>
       <c r="J83" s="6" t="n">
-        <v>5.4543</v>
+        <v>5.551</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="2" t="n">
         <v>73</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
           <t>6.18% Gujarat SDL 2026</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>IN1520200339</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E84" s="12" t="n">
         <v>5660000</v>
       </c>
       <c r="F84" s="6" t="n">
-        <v>5688.73</v>
+        <v>5702.37</v>
       </c>
       <c r="G84" s="7" t="n">
-        <v>0.0094</v>
+        <v>0.0097</v>
       </c>
       <c r="H84" s="8" t="n">
         <v>46112</v>
       </c>
       <c r="J84" s="6" t="n">
-        <v>5.6497</v>
+        <v>5.6552</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="2" t="n">
         <v>74</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>6.01% GOI 2030</t>
+          <t>7.15% Maharashtra SDL 2026</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>IN0020250067</t>
+          <t>IN2220160088</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E85" s="12" t="n">
-        <v>5000000</v>
+        <v>4000000</v>
       </c>
       <c r="F85" s="6" t="n">
-        <v>5049.16</v>
+        <v>4064.82</v>
       </c>
       <c r="G85" s="7" t="n">
-        <v>0.0083</v>
+        <v>0.0069</v>
       </c>
       <c r="H85" s="8" t="n">
-        <v>47685</v>
+        <v>46308</v>
       </c>
       <c r="J85" s="6" t="n">
-        <v>6.1139</v>
+        <v>5.7599</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="2" t="n">
         <v>75</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>6.48% GOI 2035</t>
+          <t>7.98% Gujarat SDL 2026</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
-          <t>IN0020250091</t>
+          <t>IN1520160038</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E86" s="12" t="n">
-        <v>5000000</v>
+        <v>2500000</v>
       </c>
       <c r="F86" s="6" t="n">
-        <v>5029.92</v>
+        <v>2623.49</v>
       </c>
       <c r="G86" s="7" t="n">
-        <v>0.0083</v>
+        <v>0.0045</v>
       </c>
       <c r="H86" s="8" t="n">
-        <v>49588</v>
+        <v>46153</v>
       </c>
       <c r="J86" s="6" t="n">
-        <v>6.4222</v>
+        <v>5.69</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="2" t="n">
         <v>76</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>7.15% Maharashtra SDL 2026</t>
+          <t>7.24% Gujarat SDL 2026</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
-          <t>IN2220160088</t>
+          <t>IN1520160160</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E87" s="12" t="n">
-        <v>4000000</v>
+        <v>2500000</v>
       </c>
       <c r="F87" s="6" t="n">
-        <v>4055.4</v>
+        <v>2601.9</v>
       </c>
       <c r="G87" s="7" t="n">
-        <v>0.0067</v>
+        <v>0.0044</v>
       </c>
       <c r="H87" s="8" t="n">
-        <v>46308</v>
+        <v>46384</v>
       </c>
       <c r="J87" s="6" t="n">
-        <v>5.755</v>
+        <v>5.7799</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="2" t="n">
         <v>77</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>7.98% Gujarat SDL 2026</t>
+          <t>8.3% Madhya Pradesh SDL 2026</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
-          <t>IN1520160038</t>
+          <t>IN2120150080</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E88" s="12" t="n">
         <v>2500000</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>2616.81</v>
+        <v>2574.99</v>
       </c>
       <c r="G88" s="7" t="n">
-        <v>0.0043</v>
+        <v>0.0044</v>
       </c>
       <c r="H88" s="8" t="n">
-        <v>46153</v>
+        <v>46035</v>
       </c>
       <c r="J88" s="6" t="n">
-        <v>5.73</v>
+        <v>5.5847</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="2" t="n">
         <v>78</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>7.24% Gujarat SDL 2026</t>
+          <t>6.36% Himachal Pradesh SDL 2028</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
-          <t>IN1520160160</t>
+          <t>IN1720200030</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E89" s="12" t="n">
         <v>2500000</v>
       </c>
       <c r="F89" s="6" t="n">
-        <v>2593.7</v>
+        <v>2538.15</v>
       </c>
       <c r="G89" s="7" t="n">
         <v>0.0043</v>
       </c>
       <c r="H89" s="8" t="n">
-        <v>46384</v>
+        <v>46963</v>
       </c>
       <c r="J89" s="6" t="n">
-        <v>5.85</v>
+        <v>6.3949</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="2" t="n">
         <v>79</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>8.3% Madhya Pradesh SDL 2026</t>
+          <t>0% GOI 2025</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
-          <t>IN2120150080</t>
+          <t>IN001225C050</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E90" s="12" t="n">
-        <v>2500000</v>
+        <v>2543100</v>
       </c>
       <c r="F90" s="6" t="n">
-        <v>2568.43</v>
+        <v>2526.5</v>
       </c>
       <c r="G90" s="7" t="n">
-        <v>0.0042</v>
+        <v>0.0043</v>
       </c>
       <c r="H90" s="8" t="n">
-        <v>46035</v>
+        <v>46006</v>
       </c>
       <c r="J90" s="6" t="n">
-        <v>5.6398</v>
+        <v>5.4509</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="2" t="n">
         <v>80</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>6.36% Himachal Pradesh SDL 2028</t>
+          <t>7.40% Maharashtra SDL 2031</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
-          <t>IN1720200030</t>
+          <t>IN2220230097</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E91" s="12" t="n">
-        <v>2500000</v>
+        <v>2000000</v>
       </c>
       <c r="F91" s="6" t="n">
-        <v>2528.52</v>
+        <v>2094.85</v>
       </c>
       <c r="G91" s="7" t="n">
-        <v>0.0042</v>
+        <v>0.0036</v>
       </c>
       <c r="H91" s="8" t="n">
-        <v>46963</v>
+        <v>48027</v>
       </c>
       <c r="J91" s="6" t="n">
-        <v>6.4425</v>
+        <v>6.9175</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="2" t="n">
         <v>81</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>0% GOI 2025</t>
+          <t>6.88% Uttar Pradesh SDL 2031</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
-          <t>IN001225C050</t>
+          <t>IN3320210013</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E92" s="12" t="n">
-        <v>2543100</v>
+        <v>2000000</v>
       </c>
       <c r="F92" s="6" t="n">
-        <v>2520.49</v>
+        <v>2042.46</v>
       </c>
       <c r="G92" s="7" t="n">
-        <v>0.0042</v>
+        <v>0.0035</v>
       </c>
       <c r="H92" s="8" t="n">
-        <v>46006</v>
+        <v>48022</v>
       </c>
       <c r="J92" s="6" t="n">
-        <v>5.4581</v>
+        <v>6.9476</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="2" t="n">
         <v>82</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>7.40% Maharashtra SDL 2031</t>
+          <t>6.24% Maharashtra SDL 2026</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
-          <t>IN2220230097</t>
+          <t>IN2220210214</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E93" s="12" t="n">
         <v>2000000</v>
       </c>
       <c r="F93" s="6" t="n">
-        <v>2099.56</v>
+        <v>2035.47</v>
       </c>
       <c r="G93" s="7" t="n">
         <v>0.0035</v>
       </c>
       <c r="H93" s="8" t="n">
-        <v>48027</v>
+        <v>46245</v>
       </c>
       <c r="J93" s="6" t="n">
-        <v>6.805</v>
+        <v>5.7101</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="2" t="n">
         <v>83</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>6.88% Uttar Pradesh SDL 2031</t>
+          <t>7.37% Maharashtra SDL 2026</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
-          <t>IN3320210013</t>
+          <t>IN2220160062</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E94" s="12" t="n">
-        <v>2000000</v>
+        <v>1875000</v>
       </c>
       <c r="F94" s="6" t="n">
-        <v>2047.57</v>
+        <v>1918.34</v>
       </c>
       <c r="G94" s="7" t="n">
-        <v>0.0034</v>
+        <v>0.0033</v>
       </c>
       <c r="H94" s="8" t="n">
-        <v>48022</v>
+        <v>46279</v>
       </c>
       <c r="J94" s="6" t="n">
-        <v>6.83</v>
+        <v>5.745</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="2" t="n">
         <v>84</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>6.24% Maharashtra SDL 2026</t>
+          <t>7.39% Maharashtra SDL 2026</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
-          <t>IN2220210214</t>
+          <t>IN2220160104</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E95" s="12" t="n">
-        <v>2000000</v>
+        <v>1000000</v>
       </c>
       <c r="F95" s="6" t="n">
-        <v>2030.07</v>
+        <v>1051.05</v>
       </c>
       <c r="G95" s="7" t="n">
-        <v>0.0033</v>
+        <v>0.0018</v>
       </c>
       <c r="H95" s="8" t="n">
-        <v>46245</v>
+        <v>46335</v>
       </c>
       <c r="J95" s="6" t="n">
-        <v>5.75</v>
+        <v>5.78</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="2" t="n">
         <v>85</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>7.37% Maharashtra SDL 2026</t>
+          <t>7.08% Karnataka SDL 2031</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
-          <t>IN2220160062</t>
+          <t>IN1920240232</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E96" s="12" t="n">
-        <v>1875000</v>
+        <v>1000000</v>
       </c>
       <c r="F96" s="6" t="n">
-        <v>1913.65</v>
+        <v>1022.75</v>
       </c>
       <c r="G96" s="7" t="n">
-        <v>0.0032</v>
+        <v>0.0017</v>
       </c>
       <c r="H96" s="8" t="n">
-        <v>46279</v>
+        <v>48072</v>
       </c>
       <c r="J96" s="6" t="n">
-        <v>5.755</v>
+        <v>6.9233</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="2" t="n">
         <v>86</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>7.39% Maharashtra SDL 2026</t>
+          <t>7.16% Maharashtra SDL 2026</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
-          <t>IN2220160104</t>
+          <t>IN2220160070</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E97" s="12" t="n">
-        <v>1000000</v>
+        <v>826200</v>
       </c>
       <c r="F97" s="6" t="n">
-        <v>1047.83</v>
+        <v>841.77</v>
       </c>
       <c r="G97" s="7" t="n">
-        <v>0.0017</v>
+        <v>0.0014</v>
       </c>
       <c r="H97" s="8" t="n">
-        <v>46335</v>
+        <v>46293</v>
       </c>
       <c r="J97" s="6" t="n">
-        <v>5.8499</v>
+        <v>5.745</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="2" t="n">
         <v>87</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>7.08% Karnataka SDL 2031</t>
+          <t>6.83% Karnataka SDL 2026</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
-          <t>IN1920240232</t>
+          <t>IN1920160042</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E98" s="12" t="n">
-        <v>1000000</v>
+        <v>500000</v>
       </c>
       <c r="F98" s="6" t="n">
-        <v>1025.01</v>
+        <v>520.3200000000001</v>
       </c>
       <c r="G98" s="7" t="n">
-        <v>0.0017</v>
+        <v>0.0009</v>
       </c>
       <c r="H98" s="8" t="n">
-        <v>48072</v>
+        <v>46349</v>
       </c>
       <c r="J98" s="6" t="n">
-        <v>6.815</v>
+        <v>5.775</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="2" t="n">
         <v>88</v>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>7.16% Maharashtra SDL 2026</t>
+          <t>7.05% Gujarat SDL 2026</t>
         </is>
       </c>
       <c r="C99" s="2" t="inlineStr">
         <is>
-          <t>IN2220160070</t>
+          <t>IN1520160152</t>
         </is>
       </c>
       <c r="D99" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E99" s="12" t="n">
-        <v>826200</v>
+        <v>500000</v>
       </c>
       <c r="F99" s="6" t="n">
-        <v>839.7</v>
+        <v>520.16</v>
       </c>
       <c r="G99" s="7" t="n">
-        <v>0.0014</v>
+        <v>0.0009</v>
       </c>
       <c r="H99" s="8" t="n">
-        <v>46293</v>
+        <v>46370</v>
       </c>
       <c r="J99" s="6" t="n">
-        <v>5.755</v>
+        <v>5.7799</v>
       </c>
     </row>
     <row r="100">
-      <c r="A100" s="2" t="n">
+      <c r="A100" s="9" t="n"/>
+      <c r="B100" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C100" s="9" t="n"/>
+      <c r="D100" s="9" t="n"/>
+      <c r="E100" s="9" t="n"/>
+      <c r="F100" s="10" t="n">
+        <v>92950.49000000001</v>
+      </c>
+      <c r="G100" s="11" t="n">
+        <v>0.1583</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="B102" s="4" t="inlineStr">
+        <is>
+          <t>Securitised Debt</t>
+        </is>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="2" t="n">
         <v>89</v>
       </c>
-      <c r="B100" s="2" t="inlineStr">
-[...31 lines deleted...]
-      <c r="A101" s="2" t="n">
+      <c r="B103" s="2" t="inlineStr">
+        <is>
+          <t>India Universal Trust**</t>
+        </is>
+      </c>
+      <c r="C103" s="2" t="inlineStr">
+        <is>
+          <t>INE16J715027</t>
+        </is>
+      </c>
+      <c r="D103" s="2" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="E103" s="12" t="n">
+        <v>89</v>
+      </c>
+      <c r="F103" s="6" t="n">
+        <v>7583.92</v>
+      </c>
+      <c r="G103" s="7" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="H103" s="8" t="n">
+        <v>46527</v>
+      </c>
+      <c r="J103" s="6" t="n">
+        <v>7.46</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="2" t="n">
         <v>90</v>
       </c>
-      <c r="B101" s="2" t="inlineStr">
-[...32 lines deleted...]
-      <c r="B102" s="9" t="inlineStr">
+      <c r="B104" s="2" t="inlineStr">
+        <is>
+          <t>India Universal Trust**</t>
+        </is>
+      </c>
+      <c r="C104" s="2" t="inlineStr">
+        <is>
+          <t>INE16J715019</t>
+        </is>
+      </c>
+      <c r="D104" s="2" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="E104" s="12" t="n">
+        <v>129</v>
+      </c>
+      <c r="F104" s="6" t="n">
+        <v>4556.6</v>
+      </c>
+      <c r="G104" s="7" t="n">
+        <v>0.0078</v>
+      </c>
+      <c r="H104" s="8" t="n">
+        <v>46254</v>
+      </c>
+      <c r="J104" s="6" t="n">
+        <v>7.305</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="9" t="n"/>
+      <c r="B105" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C102" s="9" t="n"/>
-[...17 lines deleted...]
-      <c r="A105" s="2" t="n">
+      <c r="C105" s="9" t="n"/>
+      <c r="D105" s="9" t="n"/>
+      <c r="E105" s="9" t="n"/>
+      <c r="F105" s="10" t="n">
+        <v>12140.52</v>
+      </c>
+      <c r="G105" s="11" t="n">
+        <v>0.0207</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="B107" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="108">
+      <c r="B108" s="4" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="2" t="n">
         <v>91</v>
       </c>
-      <c r="B105" s="2" t="inlineStr">
-[...31 lines deleted...]
-      <c r="A106" s="2" t="n">
+      <c r="B109" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C109" s="2" t="inlineStr">
+        <is>
+          <t>INE040A16GW7</t>
+        </is>
+      </c>
+      <c r="D109" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E109" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F109" s="6" t="n">
+        <v>14504.96</v>
+      </c>
+      <c r="G109" s="7" t="n">
+        <v>0.0247</v>
+      </c>
+      <c r="H109" s="8" t="n">
+        <v>46161</v>
+      </c>
+      <c r="J109" s="6" t="n">
+        <v>6.2599</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="2" t="n">
         <v>92</v>
       </c>
-      <c r="B106" s="2" t="inlineStr">
-[...58 lines deleted...]
-        </is>
+      <c r="B110" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C110" s="2" t="inlineStr">
+        <is>
+          <t>INE028A16JO3</t>
+        </is>
+      </c>
+      <c r="D110" s="2" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E110" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F110" s="6" t="n">
+        <v>9813.639999999999</v>
+      </c>
+      <c r="G110" s="7" t="n">
+        <v>0.0167</v>
+      </c>
+      <c r="H110" s="8" t="n">
+        <v>46076</v>
+      </c>
+      <c r="J110" s="6" t="n">
+        <v>6.0801</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="2" t="n">
         <v>93</v>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Bank of Baroda</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C111" s="2" t="inlineStr">
         <is>
-          <t>INE028A16JO3</t>
+          <t>INE040A16GS5</t>
         </is>
       </c>
       <c r="D111" s="2" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E111" s="12" t="n">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="F111" s="6" t="n">
-        <v>14686.17</v>
+        <v>9766.969999999999</v>
       </c>
       <c r="G111" s="7" t="n">
-        <v>0.0242</v>
+        <v>0.0166</v>
       </c>
       <c r="H111" s="8" t="n">
-        <v>46076</v>
+        <v>46105</v>
       </c>
       <c r="J111" s="6" t="n">
-        <v>5.9998</v>
+        <v>6.0899</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="2" t="n">
         <v>94</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Axis Bank Limited**</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
-          <t>INE040A16GW7</t>
+          <t>INE238AD6AU5</t>
         </is>
       </c>
       <c r="D112" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E112" s="12" t="n">
-        <v>2500</v>
+        <v>1500</v>
       </c>
       <c r="F112" s="6" t="n">
-        <v>12056.5</v>
+        <v>7223.3</v>
       </c>
       <c r="G112" s="7" t="n">
-        <v>0.0199</v>
+        <v>0.0123</v>
       </c>
       <c r="H112" s="8" t="n">
-        <v>46161</v>
+        <v>46185</v>
       </c>
       <c r="J112" s="6" t="n">
-        <v>6.2449</v>
+        <v>6.2699</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="2" t="n">
         <v>95</v>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Union Bank of India**</t>
         </is>
       </c>
       <c r="C113" s="2" t="inlineStr">
         <is>
-          <t>INE040A16GS5</t>
+          <t>INE692A16JQ1</t>
         </is>
       </c>
       <c r="D113" s="2" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E113" s="12" t="n">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="F113" s="6" t="n">
-        <v>9743.219999999999</v>
+        <v>7208.36</v>
       </c>
       <c r="G113" s="7" t="n">
-        <v>0.0161</v>
+        <v>0.0123</v>
       </c>
       <c r="H113" s="8" t="n">
-        <v>46105</v>
+        <v>46198</v>
       </c>
       <c r="J113" s="6" t="n">
-        <v>6.05</v>
+        <v>6.2574</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="2" t="n">
         <v>96</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
           <t>Axis Bank Limited**</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
-          <t>INE238AD6AU5</t>
+          <t>INE238AD6BC1</t>
         </is>
       </c>
       <c r="D114" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E114" s="12" t="n">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="F114" s="6" t="n">
-        <v>9607.91</v>
+        <v>7145.84</v>
       </c>
       <c r="G114" s="7" t="n">
-        <v>0.0158</v>
+        <v>0.0122</v>
       </c>
       <c r="H114" s="8" t="n">
-        <v>46185</v>
+        <v>46244</v>
       </c>
       <c r="J114" s="6" t="n">
-        <v>6.2324</v>
+        <v>6.415</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="2" t="n">
         <v>97</v>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
           <t>Union Bank of India**</t>
         </is>
       </c>
       <c r="C115" s="2" t="inlineStr">
         <is>
-          <t>INE692A16JQ1</t>
+          <t>INE692A16IP5</t>
         </is>
       </c>
       <c r="D115" s="2" t="inlineStr">
         <is>
           <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E115" s="12" t="n">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="F115" s="6" t="n">
-        <v>7192.61</v>
+        <v>4922.77</v>
       </c>
       <c r="G115" s="7" t="n">
-        <v>0.0119</v>
+        <v>0.008399999999999999</v>
       </c>
       <c r="H115" s="8" t="n">
-        <v>46198</v>
+        <v>46056</v>
       </c>
       <c r="J115" s="6" t="n">
-        <v>6.1901</v>
+        <v>6.0919</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="2" t="n">
         <v>98</v>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>Axis Bank Limited</t>
+          <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C116" s="2" t="inlineStr">
         <is>
-          <t>INE238AD6BC1</t>
+          <t>INE261F16967</t>
         </is>
       </c>
       <c r="D116" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E116" s="12" t="n">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="F116" s="6" t="n">
-        <v>7130.33</v>
+        <v>4903.46</v>
       </c>
       <c r="G116" s="7" t="n">
-        <v>0.0118</v>
+        <v>0.008399999999999999</v>
       </c>
       <c r="H116" s="8" t="n">
-        <v>46244</v>
+        <v>46080</v>
       </c>
       <c r="J116" s="6" t="n">
-        <v>6.3501</v>
+        <v>6.09</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="2" t="n">
         <v>99</v>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>Union Bank of India**</t>
+          <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
       <c r="C117" s="2" t="inlineStr">
         <is>
-          <t>INE692A16IP5</t>
+          <t>INE261F16983</t>
         </is>
       </c>
       <c r="D117" s="2" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E117" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F117" s="6" t="n">
-        <v>4911.41</v>
+        <v>4892.08</v>
       </c>
       <c r="G117" s="7" t="n">
-        <v>0.0081</v>
+        <v>0.0083</v>
       </c>
       <c r="H117" s="8" t="n">
-        <v>46056</v>
+        <v>46094</v>
       </c>
       <c r="J117" s="6" t="n">
-        <v>5.9852</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="2" t="n">
         <v>100</v>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Canara Bank**</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C118" s="2" t="inlineStr">
         <is>
-          <t>INE476A16D96</t>
+          <t>INE040A16HC7</t>
         </is>
       </c>
       <c r="D118" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E118" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F118" s="6" t="n">
-        <v>4892.23</v>
+        <v>4872.96</v>
       </c>
       <c r="G118" s="7" t="n">
-        <v>0.0081</v>
+        <v>0.0083</v>
       </c>
       <c r="H118" s="8" t="n">
-        <v>46080</v>
+        <v>46114</v>
       </c>
       <c r="J118" s="6" t="n">
-        <v>6.0001</v>
+        <v>6.2601</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="2" t="n">
         <v>101</v>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C119" s="2" t="inlineStr">
         <is>
-          <t>INE040A16HC7</t>
+          <t>INE556F16BH3</t>
         </is>
       </c>
       <c r="D119" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E119" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F119" s="6" t="n">
-        <v>4860.3</v>
+        <v>4845.88</v>
       </c>
       <c r="G119" s="7" t="n">
-        <v>0.008</v>
+        <v>0.0083</v>
       </c>
       <c r="H119" s="8" t="n">
-        <v>46114</v>
+        <v>46147</v>
       </c>
       <c r="J119" s="6" t="n">
-        <v>6.245</v>
+        <v>6.275</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="2" t="n">
         <v>102</v>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C120" s="2" t="inlineStr">
         <is>
-          <t>INE556F16BH3</t>
+          <t>INE040A16HF0</t>
         </is>
       </c>
       <c r="D120" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E120" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F120" s="6" t="n">
-        <v>4834.28</v>
+        <v>4768.05</v>
       </c>
       <c r="G120" s="7" t="n">
-        <v>0.008</v>
+        <v>0.0081</v>
       </c>
       <c r="H120" s="8" t="n">
-        <v>46147</v>
+        <v>46239</v>
       </c>
       <c r="J120" s="6" t="n">
-        <v>6.2249</v>
+        <v>6.4101</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="2" t="n">
         <v>103</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C121" s="2" t="inlineStr">
         <is>
-          <t>INE040A16HF0</t>
+          <t>INE040A16HN4</t>
         </is>
       </c>
       <c r="D121" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E121" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F121" s="6" t="n">
-        <v>4756.4</v>
+        <v>4738.69</v>
       </c>
       <c r="G121" s="7" t="n">
-        <v>0.0078</v>
+        <v>0.0081</v>
       </c>
       <c r="H121" s="8" t="n">
-        <v>46239</v>
+        <v>46276</v>
       </c>
       <c r="J121" s="6" t="n">
-        <v>6.3801</v>
+        <v>6.41</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="2" t="n">
         <v>104</v>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C122" s="2" t="inlineStr">
         <is>
-          <t>INE040A16HN4</t>
+          <t>INE556F16BL5</t>
         </is>
       </c>
       <c r="D122" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E122" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F122" s="6" t="n">
-        <v>4727.32</v>
+        <v>4710.22</v>
       </c>
       <c r="G122" s="7" t="n">
-        <v>0.0078</v>
+        <v>0.008</v>
       </c>
       <c r="H122" s="8" t="n">
-        <v>46276</v>
+        <v>46308</v>
       </c>
       <c r="J122" s="6" t="n">
-        <v>6.38</v>
+        <v>6.49</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="2" t="n">
         <v>105</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Axis Bank Limited**</t>
         </is>
       </c>
       <c r="C123" s="2" t="inlineStr">
         <is>
-          <t>INE556F16BL5</t>
+          <t>INE238AD6BJ6</t>
         </is>
       </c>
       <c r="D123" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E123" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F123" s="6" t="n">
-        <v>4700.48</v>
+        <v>4709.28</v>
       </c>
       <c r="G123" s="7" t="n">
-        <v>0.0077</v>
+        <v>0.008</v>
       </c>
       <c r="H123" s="8" t="n">
-        <v>46308</v>
+        <v>46311</v>
       </c>
       <c r="J123" s="6" t="n">
-        <v>6.425</v>
+        <v>6.4562</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="2" t="n">
         <v>106</v>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Punjab National Bank</t>
+          <t>Kotak Mahindra Bank Limited**</t>
         </is>
       </c>
       <c r="C124" s="2" t="inlineStr">
         <is>
-          <t>INE160A16QT8</t>
+          <t>INE237A162Z2</t>
         </is>
       </c>
       <c r="D124" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E124" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F124" s="6" t="n">
-        <v>2466.2</v>
+        <v>2469.55</v>
       </c>
       <c r="G124" s="7" t="n">
-        <v>0.0041</v>
+        <v>0.0042</v>
       </c>
       <c r="H124" s="8" t="n">
-        <v>46030</v>
+        <v>46037</v>
       </c>
       <c r="J124" s="6" t="n">
-        <v>5.9562</v>
+        <v>5.9999</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="2" t="n">
         <v>107</v>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank Limited</t>
+          <t>Canara Bank**</t>
         </is>
       </c>
       <c r="C125" s="2" t="inlineStr">
         <is>
-          <t>INE237A162Z2</t>
+          <t>INE476A16A16</t>
         </is>
       </c>
       <c r="D125" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E125" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F125" s="6" t="n">
-        <v>2463.46</v>
+        <v>2463.49</v>
       </c>
       <c r="G125" s="7" t="n">
-        <v>0.0041</v>
+        <v>0.0042</v>
       </c>
       <c r="H125" s="8" t="n">
-        <v>46037</v>
+        <v>46052</v>
       </c>
       <c r="J125" s="6" t="n">
-        <v>5.9498</v>
+        <v>6.0101</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="2" t="n">
         <v>108</v>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>Union Bank of India**</t>
+          <t>Bank of Baroda**</t>
         </is>
       </c>
       <c r="C126" s="2" t="inlineStr">
         <is>
-          <t>INE692A16IM2</t>
+          <t>INE028A16JJ3</t>
         </is>
       </c>
       <c r="D126" s="2" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E126" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F126" s="6" t="n">
-        <v>2458.65</v>
+        <v>2453.01</v>
       </c>
       <c r="G126" s="7" t="n">
-        <v>0.0041</v>
+        <v>0.0042</v>
       </c>
       <c r="H126" s="8" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J126" s="6" t="n">
-        <v>5.96</v>
+        <v>6.08</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="2" t="n">
         <v>109</v>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
           <t>Canara Bank</t>
         </is>
       </c>
       <c r="C127" s="2" t="inlineStr">
         <is>
-          <t>INE476A16A16</t>
+          <t>INE476A16D96</t>
         </is>
       </c>
       <c r="D127" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E127" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F127" s="6" t="n">
-        <v>2457.4</v>
+        <v>2451.89</v>
       </c>
       <c r="G127" s="7" t="n">
-        <v>0.004</v>
+        <v>0.0042</v>
       </c>
       <c r="H127" s="8" t="n">
-        <v>46052</v>
+        <v>46080</v>
       </c>
       <c r="J127" s="6" t="n">
-        <v>5.97</v>
+        <v>6.07</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="2" t="n">
         <v>110</v>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Export-Import Bank of India</t>
         </is>
       </c>
       <c r="C128" s="2" t="inlineStr">
         <is>
-          <t>INE040A16GD7</t>
+          <t>INE514E16CJ9</t>
         </is>
       </c>
       <c r="D128" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E128" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F128" s="6" t="n">
-        <v>2457.18</v>
+        <v>2449.97</v>
       </c>
       <c r="G128" s="7" t="n">
-        <v>0.004</v>
+        <v>0.0042</v>
       </c>
       <c r="H128" s="8" t="n">
-        <v>46052</v>
+        <v>46085</v>
       </c>
       <c r="J128" s="6" t="n">
-        <v>6.0012</v>
+        <v>6.0601</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="2" t="n">
         <v>111</v>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
           <t>Bank of Baroda**</t>
         </is>
       </c>
       <c r="C129" s="2" t="inlineStr">
         <is>
-          <t>INE028A16JJ3</t>
+          <t>INE028A16JG9</t>
         </is>
       </c>
       <c r="D129" s="2" t="inlineStr">
         <is>
           <t>IND A1+</t>
         </is>
       </c>
       <c r="E129" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F129" s="6" t="n">
-        <v>2447.3</v>
+        <v>2434.96</v>
       </c>
       <c r="G129" s="7" t="n">
-        <v>0.004</v>
+        <v>0.0041</v>
       </c>
       <c r="H129" s="8" t="n">
-        <v>46077</v>
+        <v>46118</v>
       </c>
       <c r="J129" s="6" t="n">
-        <v>5.9999</v>
+        <v>6.2499</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="2" t="n">
         <v>112</v>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>Bank of Baroda**</t>
+          <t>Export-Import Bank of India**</t>
         </is>
       </c>
       <c r="C130" s="2" t="inlineStr">
         <is>
-          <t>INE028A16JG9</t>
+          <t>INE514E16CL5</t>
         </is>
       </c>
       <c r="D130" s="2" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E130" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F130" s="6" t="n">
-        <v>2429.09</v>
+        <v>2414.42</v>
       </c>
       <c r="G130" s="7" t="n">
-        <v>0.004</v>
+        <v>0.0041</v>
       </c>
       <c r="H130" s="8" t="n">
-        <v>46118</v>
+        <v>46170</v>
       </c>
       <c r="J130" s="6" t="n">
-        <v>6.1952</v>
+        <v>6.22</v>
       </c>
     </row>
     <row r="131">
-      <c r="A131" s="2" t="n">
-[...35 lines deleted...]
-      <c r="B132" s="9" t="inlineStr">
+      <c r="A131" s="9" t="n"/>
+      <c r="B131" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C132" s="9" t="n"/>
-[...6 lines deleted...]
-        <v>0.1875</v>
+      <c r="C131" s="9" t="n"/>
+      <c r="D131" s="9" t="n"/>
+      <c r="E131" s="9" t="n"/>
+      <c r="F131" s="10" t="n">
+        <v>116163.75</v>
+      </c>
+      <c r="G131" s="11" t="n">
+        <v>0.1979</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="B133" s="4" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
       </c>
     </row>
     <row r="134">
       <c r="B134" s="4" t="inlineStr">
         <is>
-          <t>Commercial Papers</t>
+          <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="135">
-      <c r="B135" s="4" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A135" s="2" t="n">
+        <v>113</v>
+      </c>
+      <c r="B135" s="2" t="inlineStr">
+        <is>
+          <t>Standard Chartered Capital Limited**</t>
+        </is>
+      </c>
+      <c r="C135" s="2" t="inlineStr">
+        <is>
+          <t>INE403G14TM3</t>
+        </is>
+      </c>
+      <c r="D135" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E135" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F135" s="6" t="n">
+        <v>4815.06</v>
+      </c>
+      <c r="G135" s="7" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="H135" s="8" t="n">
+        <v>46161</v>
+      </c>
+      <c r="J135" s="6" t="n">
+        <v>7.045</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="2" t="n">
         <v>114</v>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Export-Import Bank of India**</t>
+          <t>ICICI Securities Limited</t>
         </is>
       </c>
       <c r="C136" s="2" t="inlineStr">
         <is>
-          <t>INE514E14SO0</t>
+          <t>INE763G14XX9</t>
         </is>
       </c>
       <c r="D136" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E136" s="12" t="n">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="F136" s="6" t="n">
-        <v>4917.1</v>
+        <v>2443.35</v>
       </c>
       <c r="G136" s="7" t="n">
-        <v>0.0081</v>
+        <v>0.0042</v>
       </c>
       <c r="H136" s="8" t="n">
-        <v>46049</v>
+        <v>46087</v>
       </c>
       <c r="J136" s="6" t="n">
-        <v>5.975</v>
+        <v>6.7701</v>
       </c>
     </row>
     <row r="137">
-      <c r="A137" s="2" t="n">
+      <c r="A137" s="9" t="n"/>
+      <c r="B137" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C137" s="9" t="n"/>
+      <c r="D137" s="9" t="n"/>
+      <c r="E137" s="9" t="n"/>
+      <c r="F137" s="10" t="n">
+        <v>7258.41</v>
+      </c>
+      <c r="G137" s="11" t="n">
+        <v>0.0124</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="B139" s="4" t="inlineStr">
+        <is>
+          <t>Treasury Bill</t>
+        </is>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" s="2" t="n">
         <v>115</v>
       </c>
-      <c r="B137" s="2" t="inlineStr">
-[...102 lines deleted...]
-      <c r="B140" s="9" t="inlineStr">
+      <c r="B140" s="2" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C140" s="2" t="inlineStr">
+        <is>
+          <t>IN002024Z420</t>
+        </is>
+      </c>
+      <c r="D140" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E140" s="12" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F140" s="6" t="n">
+        <v>4934.54</v>
+      </c>
+      <c r="G140" s="7" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="H140" s="8" t="n">
+        <v>46051</v>
+      </c>
+      <c r="J140" s="6" t="n">
+        <v>5.44</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" s="9" t="n"/>
+      <c r="B141" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C140" s="9" t="n"/>
-[...13 lines deleted...]
-        </is>
+      <c r="C141" s="9" t="n"/>
+      <c r="D141" s="9" t="n"/>
+      <c r="E141" s="9" t="n"/>
+      <c r="F141" s="10" t="n">
+        <v>4934.54</v>
+      </c>
+      <c r="G141" s="11" t="n">
+        <v>0.008399999999999999</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="2" t="n">
-        <v>118</v>
-[...17 lines deleted...]
-        <v>5000000</v>
+        <v>116</v>
+      </c>
+      <c r="B143" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
       </c>
       <c r="F143" s="6" t="n">
-        <v>4922.73</v>
+        <v>3159.42</v>
       </c>
       <c r="G143" s="7" t="n">
-        <v>0.0081</v>
+        <v>0.0054</v>
       </c>
       <c r="H143" s="8" t="n">
-        <v>46051</v>
-[...2 lines deleted...]
-        <v>5.4564</v>
+        <v>45964</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="9" t="n"/>
       <c r="B144" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C144" s="9" t="n"/>
       <c r="D144" s="9" t="n"/>
       <c r="E144" s="9" t="n"/>
       <c r="F144" s="10" t="n">
-        <v>4922.73</v>
+        <v>3159.42</v>
       </c>
       <c r="G144" s="11" t="n">
-        <v>0.0081</v>
+        <v>0.0054</v>
       </c>
     </row>
     <row r="146">
-      <c r="A146" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="B146" s="4" t="inlineStr">
         <is>
-          <t>TREPS / Reverse Repo Investments</t>
-[...9 lines deleted...]
-        <v>45946</v>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
       </c>
     </row>
     <row r="147">
-      <c r="A147" s="9" t="n"/>
-      <c r="B147" s="9" t="inlineStr">
+      <c r="A147" s="2" t="n">
+        <v>117</v>
+      </c>
+      <c r="B147" s="2" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C147" s="2" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E147" s="12" t="n">
+        <v>15090.147</v>
+      </c>
+      <c r="F147" s="6" t="n">
+        <v>1726.44</v>
+      </c>
+      <c r="G147" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J147" s="6" t="n"/>
+    </row>
+    <row r="148">
+      <c r="A148" s="9" t="n"/>
+      <c r="B148" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C147" s="9" t="n"/>
-[...13 lines deleted...]
-        </is>
+      <c r="C148" s="9" t="n"/>
+      <c r="D148" s="9" t="n"/>
+      <c r="E148" s="9" t="n"/>
+      <c r="F148" s="10" t="n">
+        <v>1726.44</v>
+      </c>
+      <c r="G148" s="11" t="n">
+        <v>0.0029</v>
       </c>
     </row>
     <row r="150">
-      <c r="A150" s="2" t="n">
-[...21 lines deleted...]
-      <c r="J150" s="6" t="n"/>
+      <c r="B150" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
     </row>
     <row r="151">
-      <c r="A151" s="9" t="n"/>
-      <c r="B151" s="9" t="inlineStr">
+      <c r="B151" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E151" s="12" t="n"/>
+      <c r="F151" s="6" t="n">
+        <v>-1641.36</v>
+      </c>
+      <c r="G151" s="7" t="n">
+        <v>-0.0029</v>
+      </c>
+      <c r="J151" s="6" t="n"/>
+    </row>
+    <row r="152">
+      <c r="A152" s="9" t="n"/>
+      <c r="B152" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C151" s="9" t="n"/>
-[...13 lines deleted...]
-        </is>
+      <c r="C152" s="9" t="n"/>
+      <c r="D152" s="9" t="n"/>
+      <c r="E152" s="9" t="n"/>
+      <c r="F152" s="10" t="n">
+        <v>-1641.36</v>
+      </c>
+      <c r="G152" s="11" t="n">
+        <v>-0.0029</v>
       </c>
     </row>
     <row r="154">
-      <c r="B154" s="2" t="inlineStr">
-[...11 lines deleted...]
-      <c r="J154" s="6" t="n"/>
+      <c r="A154" s="5" t="n"/>
+      <c r="B154" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C154" s="5" t="n"/>
+      <c r="D154" s="5" t="n"/>
+      <c r="E154" s="5" t="n"/>
+      <c r="F154" s="13" t="n">
+        <v>587205</v>
+      </c>
+      <c r="G154" s="14" t="n">
+        <v>1</v>
+      </c>
     </row>
     <row r="155">
-      <c r="A155" s="9" t="n"/>
-[...12 lines deleted...]
-        <v>0.0056</v>
+      <c r="A155" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="B156" s="2" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
       </c>
     </row>
     <row r="157">
-      <c r="A157" s="5" t="n"/>
-[...33 lines deleted...]
-      <c r="A160" s="15" t="n">
+      <c r="A157" s="16" t="n">
         <v>2</v>
       </c>
-      <c r="B160" s="15" t="inlineStr">
+      <c r="B157" s="16" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="161" ht="27" customHeight="1" s="74">
-      <c r="A161" s="15" t="n">
+    <row r="158" ht="27" customHeight="1" s="74">
+      <c r="A158" s="16" t="n">
         <v>3</v>
       </c>
-      <c r="B161" s="15" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A162" t="n">
+      <c r="B158" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="159" ht="94.5" customHeight="1" s="74">
+      <c r="A159" t="n">
         <v>4</v>
       </c>
-      <c r="B162" s="75" t="inlineStr">
+      <c r="B159" s="92" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
     </row>
-    <row r="163" ht="14.5" customHeight="1" s="74"/>
+    <row r="160" ht="14.5" customHeight="1" s="74"/>
+    <row r="161" ht="14.5" customHeight="1" s="74">
+      <c r="B161" s="49" t="inlineStr">
+        <is>
+          <t>Disclosure in Derivatives</t>
+        </is>
+      </c>
+      <c r="C161" s="49" t="inlineStr">
+        <is>
+          <t>Industry</t>
+        </is>
+      </c>
+      <c r="D161" s="49" t="inlineStr">
+        <is>
+          <t>Notional Value</t>
+        </is>
+      </c>
+      <c r="E161" s="49" t="inlineStr">
+        <is>
+          <t>% To net assets</t>
+        </is>
+      </c>
+    </row>
+    <row r="162" ht="14.5" customHeight="1" s="74">
+      <c r="B162" s="53" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C162" s="54" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D162" s="52" t="n">
+        <v>500000000</v>
+      </c>
+      <c r="E162" s="55" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="163" ht="14.5" customHeight="1" s="74">
+      <c r="B163" s="53" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C163" s="54" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D163" s="52" t="n">
+        <v>1000000000</v>
+      </c>
+      <c r="E163" s="55" t="n">
+        <v>0</v>
+      </c>
+    </row>
     <row r="164" ht="14.5" customHeight="1" s="74">
-      <c r="B164" s="52" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="B164" s="53" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C164" s="54" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D164" s="52" t="n">
+        <v>1000000000</v>
+      </c>
+      <c r="E164" s="55" t="n">
+        <v>-3e-05</v>
       </c>
     </row>
     <row r="165" ht="14.5" customHeight="1" s="74">
-      <c r="B165" s="57" t="inlineStr">
+      <c r="B165" s="53" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C165" s="58" t="inlineStr">
+      <c r="C165" s="54" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D165" s="55" t="n">
+      <c r="D165" s="52" t="n">
+        <v>1250000000</v>
+      </c>
+      <c r="E165" s="55" t="n">
+        <v>-3e-05</v>
+      </c>
+    </row>
+    <row r="166" ht="14.5" customHeight="1" s="74">
+      <c r="B166" s="53" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C166" s="54" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D166" s="52" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E166" s="55" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="167" ht="14.5" customHeight="1" s="74">
+      <c r="B167" s="53" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C167" s="54" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D167" s="52" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E167" s="55" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="168" ht="14.5" customHeight="1" s="74">
+      <c r="B168" s="53" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C168" s="54" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D168" s="52" t="n">
+        <v>750000000</v>
+      </c>
+      <c r="E168" s="55" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="169" ht="14.5" customHeight="1" s="74">
+      <c r="B169" s="53" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C169" s="54" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D169" s="52" t="n">
+        <v>750000000</v>
+      </c>
+      <c r="E169" s="55" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="170" ht="14.5" customHeight="1" s="74">
+      <c r="B170" s="53" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C170" s="54" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D170" s="52" t="n">
         <v>500000000</v>
       </c>
-      <c r="E165" s="59" t="n">
-[...126 lines deleted...]
-        <v>-2e-05</v>
+      <c r="E170" s="55" t="n">
+        <v>1e-05</v>
       </c>
     </row>
     <row r="173" ht="14.5" customHeight="1" s="74">
-      <c r="B173" s="57" t="inlineStr">
-[...17 lines deleted...]
-      <c r="B177" s="1" t="inlineStr">
+      <c r="B173" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="191" ht="14.5" customHeight="1" s="74">
-      <c r="B191" s="1" t="inlineStr">
+    <row r="187" ht="14.5" customHeight="1" s="74">
+      <c r="B187" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: NIFTY Low Duration Debt Index A-I</t>
         </is>
       </c>
     </row>
+    <row r="202">
+      <c r="B202" s="17" t="n"/>
+      <c r="C202" s="19" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
+    <row r="203">
+      <c r="B203" s="17" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C203" s="19" t="inlineStr">
+        <is>
+          <t>DSP Low Duration Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="204">
+      <c r="B204" s="17" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C204" s="20" t="n"/>
+    </row>
+    <row r="205">
+      <c r="B205" s="17" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C205" s="21" t="n">
+        <v>0.0654</v>
+      </c>
+    </row>
     <row r="206">
-      <c r="B206" s="16" t="n"/>
-[...3 lines deleted...]
-        </is>
+      <c r="B206" s="17" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C206" s="20" t="n">
+        <v>0.99</v>
       </c>
     </row>
     <row r="207">
-      <c r="B207" s="16" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="B207" s="17" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C207" s="20" t="n">
+        <v>1.47</v>
       </c>
     </row>
     <row r="208">
-      <c r="B208" s="16" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C208" s="19" t="n"/>
+      <c r="B208" s="17" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C208" s="22" t="n">
+        <v>45961</v>
+      </c>
     </row>
     <row r="209">
-      <c r="B209" s="16" t="inlineStr">
-[...26 lines deleted...]
-      </c>
+      <c r="B209" s="18" t="inlineStr">
+        <is>
+          <t>* In case of semi-annual YTM, it will be annualised</t>
+        </is>
+      </c>
+      <c r="C209" s="19" t="n"/>
     </row>
     <row r="212">
-      <c r="B212" s="16" t="inlineStr">
-[...14 lines deleted...]
-      <c r="C213" s="18" t="n"/>
+      <c r="B212" s="4" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="B162:G162"/>
+    <mergeCell ref="B159:F159"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ICRON Research</dc:creator>
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>