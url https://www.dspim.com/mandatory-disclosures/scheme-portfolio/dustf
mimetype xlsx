--- v1 (2025-11-08)
+++ v2 (2025-11-30)
@@ -1,79 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="945" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="938" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="LDF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
   <fonts count="22">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -158,50 +152,58 @@
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
@@ -336,315 +338,298 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="101">
+  <cellXfs count="96">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...35 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...53 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...9 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
@@ -694,116 +679,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>174</row>
+      <row>181</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>183</row>
+      <row>190</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="28200350"/>
+          <a:off x="457200" y="29400500"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>188</row>
+      <row>195</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>197</row>
+      <row>204</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="30613350"/>
+          <a:off x="457200" y="31813500"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1045,4908 +1030,5140 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L212"/>
+  <dimension ref="A1:L216"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="46.81640625" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="21.1796875" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="16.453125" customWidth="1" style="1" min="4" max="4"/>
+    <col width="14.54296875" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="29.1796875" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="72">
+      <c r="A1" s="71" t="n"/>
+      <c r="B1" s="71" t="inlineStr">
         <is>
           <t>DSP Low Duration Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on November 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="B8" s="4" t="inlineStr">
+      <c r="B8" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K8" s="4" t="inlineStr">
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C9" s="2" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EA6</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E9" s="11" t="n">
+        <v>20000</v>
+      </c>
+      <c r="F9" s="5" t="n">
+        <v>20438.84</v>
+      </c>
+      <c r="G9" s="6" t="n">
+        <v>0.0319</v>
+      </c>
+      <c r="H9" s="7" t="n">
+        <v>46265</v>
+      </c>
+      <c r="J9" s="5" t="n">
+        <v>6.58</v>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L9" s="6" t="n">
+        <v>0.4989</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE403D08272</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
-[...13 lines deleted...]
-      <c r="H9" s="8" t="n">
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E10" s="11" t="n">
+        <v>20000</v>
+      </c>
+      <c r="F10" s="5" t="n">
+        <v>20164.14</v>
+      </c>
+      <c r="G10" s="6" t="n">
+        <v>0.0315</v>
+      </c>
+      <c r="H10" s="7" t="n">
         <v>46675</v>
       </c>
-      <c r="J9" s="6" t="n">
-[...12 lines deleted...]
-      <c r="A10" s="2" t="n">
+      <c r="J10" s="5" t="n">
+        <v>7.2362</v>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L10" s="6" t="n">
+        <v>0.1851</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KH1</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E11" s="11" t="n">
+        <v>15000</v>
+      </c>
+      <c r="F11" s="5" t="n">
+        <v>15321.44</v>
+      </c>
+      <c r="G11" s="6" t="n">
+        <v>0.0239</v>
+      </c>
+      <c r="H11" s="7" t="n">
+        <v>46265</v>
+      </c>
+      <c r="J11" s="5" t="n">
+        <v>6.5601</v>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L11" s="6" t="n">
+        <v>0.1547</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KI9</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E12" s="11" t="n">
+        <v>15000</v>
+      </c>
+      <c r="F12" s="5" t="n">
+        <v>15310.08</v>
+      </c>
+      <c r="G12" s="6" t="n">
+        <v>0.0239</v>
+      </c>
+      <c r="H12" s="7" t="n">
+        <v>46269</v>
+      </c>
+      <c r="J12" s="5" t="n">
+        <v>6.58</v>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="L12" s="6" t="n">
+        <v>0.09130000000000001</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EK5</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E13" s="11" t="n">
+        <v>12500</v>
+      </c>
+      <c r="F13" s="5" t="n">
+        <v>13354.58</v>
+      </c>
+      <c r="G13" s="6" t="n">
+        <v>0.0209</v>
+      </c>
+      <c r="H13" s="7" t="n">
+        <v>46807</v>
+      </c>
+      <c r="J13" s="5" t="n">
+        <v>6.715</v>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="L13" s="6" t="n">
+        <v>0.0304</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FW6</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E14" s="11" t="n">
+        <v>12500</v>
+      </c>
+      <c r="F14" s="5" t="n">
+        <v>12860.74</v>
+      </c>
+      <c r="G14" s="6" t="n">
+        <v>0.0201</v>
+      </c>
+      <c r="H14" s="7" t="n">
+        <v>46783</v>
+      </c>
+      <c r="J14" s="5" t="n">
+        <v>6.6543</v>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="L14" s="6" t="n">
+        <v>0.019</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FF1</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E15" s="11" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F15" s="5" t="n">
+        <v>10315.14</v>
+      </c>
+      <c r="G15" s="6" t="n">
+        <v>0.0161</v>
+      </c>
+      <c r="H15" s="7" t="n">
+        <v>46630</v>
+      </c>
+      <c r="J15" s="5" t="n">
+        <v>6.585</v>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="L15" s="6" t="n">
+        <v>0.0113</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EO7</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E16" s="11" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F16" s="5" t="n">
+        <v>10293.5</v>
+      </c>
+      <c r="G16" s="6" t="n">
+        <v>0.0161</v>
+      </c>
+      <c r="H16" s="7" t="n">
+        <v>47011</v>
+      </c>
+      <c r="J16" s="5" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L16" s="6" t="n">
+        <v>0.0027</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE916DA7RX0</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E17" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F17" s="5" t="n">
+        <v>10283.96</v>
+      </c>
+      <c r="G17" s="6" t="n">
+        <v>0.0161</v>
+      </c>
+      <c r="H17" s="7" t="n">
+        <v>46647</v>
+      </c>
+      <c r="J17" s="5" t="n">
+        <v>7.0487</v>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L17" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07MQ6</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E18" s="11" t="n">
+        <v>850</v>
+      </c>
+      <c r="F18" s="5" t="n">
+        <v>9292.629999999999</v>
+      </c>
+      <c r="G18" s="6" t="n">
+        <v>0.0145</v>
+      </c>
+      <c r="H18" s="7" t="n">
+        <v>46714</v>
+      </c>
+      <c r="J18" s="5" t="n">
+        <v>6.805</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Sikka Ports &amp; Terminals Limited**</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE941D07208</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E19" s="11" t="n">
+        <v>850</v>
+      </c>
+      <c r="F19" s="5" t="n">
+        <v>8824.93</v>
+      </c>
+      <c r="G19" s="6" t="n">
+        <v>0.0138</v>
+      </c>
+      <c r="H19" s="7" t="n">
+        <v>46134</v>
+      </c>
+      <c r="J19" s="5" t="n">
+        <v>6.555</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07RA9</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E20" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F20" s="5" t="n">
+        <v>8108.66</v>
+      </c>
+      <c r="G20" s="6" t="n">
+        <v>0.0127</v>
+      </c>
+      <c r="H20" s="7" t="n">
+        <v>46367</v>
+      </c>
+      <c r="J20" s="5" t="n">
+        <v>6.7</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Tata Capital Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE306N07MX0</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E21" s="11" t="n">
+        <v>750</v>
+      </c>
+      <c r="F21" s="5" t="n">
+        <v>7776.12</v>
+      </c>
+      <c r="G21" s="6" t="n">
+        <v>0.0121</v>
+      </c>
+      <c r="H21" s="7" t="n">
+        <v>46594</v>
+      </c>
+      <c r="J21" s="5" t="n">
+        <v>7.05</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08MT1</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E22" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F22" s="5" t="n">
+        <v>7685.27</v>
+      </c>
+      <c r="G22" s="6" t="n">
+        <v>0.012</v>
+      </c>
+      <c r="H22" s="7" t="n">
+        <v>46259</v>
+      </c>
+      <c r="J22" s="5" t="n">
+        <v>6.5299</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07QZ8</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E23" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F23" s="5" t="n">
+        <v>7661.6</v>
+      </c>
+      <c r="G23" s="6" t="n">
+        <v>0.012</v>
+      </c>
+      <c r="H23" s="7" t="n">
+        <v>46682</v>
+      </c>
+      <c r="J23" s="5" t="n">
+        <v>6.805</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07RH4</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E24" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F24" s="5" t="n">
+        <v>7594.66</v>
+      </c>
+      <c r="G24" s="6" t="n">
+        <v>0.0119</v>
+      </c>
+      <c r="H24" s="7" t="n">
+        <v>46647</v>
+      </c>
+      <c r="J24" s="5" t="n">
+        <v>6.805</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Sundaram Finance Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE660A07RU2</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E25" s="11" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F25" s="5" t="n">
+        <v>6484.1</v>
+      </c>
+      <c r="G25" s="6" t="n">
+        <v>0.0101</v>
+      </c>
+      <c r="H25" s="7" t="n">
+        <v>46367</v>
+      </c>
+      <c r="J25" s="5" t="n">
+        <v>6.8399</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE916DA7SL3</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E26" s="11" t="n">
+        <v>5500</v>
+      </c>
+      <c r="F26" s="5" t="n">
+        <v>5566.9</v>
+      </c>
+      <c r="G26" s="6" t="n">
+        <v>0.008699999999999999</v>
+      </c>
+      <c r="H26" s="7" t="n">
+        <v>46335</v>
+      </c>
+      <c r="J26" s="5" t="n">
+        <v>6.9237</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07TF2</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E27" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F27" s="5" t="n">
+        <v>5430.79</v>
+      </c>
+      <c r="G27" s="6" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="H27" s="7" t="n">
+        <v>46731</v>
+      </c>
+      <c r="J27" s="5" t="n">
+        <v>7.07</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE514E08GE8</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E28" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F28" s="5" t="n">
+        <v>5390.62</v>
+      </c>
+      <c r="G28" s="6" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="H28" s="7" t="n">
+        <v>46961</v>
+      </c>
+      <c r="J28" s="5" t="n">
+        <v>6.5578</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08ET5</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E29" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F29" s="5" t="n">
+        <v>5377.11</v>
+      </c>
+      <c r="G29" s="6" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="H29" s="7" t="n">
+        <v>45990</v>
+      </c>
+      <c r="J29" s="5" t="n">
+        <v>5.9122</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EM1</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E30" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F30" s="5" t="n">
+        <v>5327.65</v>
+      </c>
+      <c r="G30" s="6" t="n">
+        <v>0.0083</v>
+      </c>
+      <c r="H30" s="7" t="n">
+        <v>46836</v>
+      </c>
+      <c r="J30" s="5" t="n">
+        <v>6.715</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08EX7</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E31" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F31" s="5" t="n">
+        <v>5278.04</v>
+      </c>
+      <c r="G31" s="6" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="H31" s="7" t="n">
+        <v>46507</v>
+      </c>
+      <c r="J31" s="5" t="n">
+        <v>6.572</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>National Housing Bank**</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE557F08FP2</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E32" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F32" s="5" t="n">
+        <v>5272.59</v>
+      </c>
+      <c r="G32" s="6" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="H32" s="7" t="n">
+        <v>46114</v>
+      </c>
+      <c r="J32" s="5" t="n">
+        <v>6.395</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08ML8</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E33" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F33" s="5" t="n">
+        <v>5248.75</v>
+      </c>
+      <c r="G33" s="6" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="H33" s="7" t="n">
+        <v>46218</v>
+      </c>
+      <c r="J33" s="5" t="n">
+        <v>6.5149</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07TJ4</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E34" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F34" s="5" t="n">
+        <v>5242.96</v>
+      </c>
+      <c r="G34" s="6" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="H34" s="7" t="n">
+        <v>46930</v>
+      </c>
+      <c r="J34" s="5" t="n">
+        <v>7.085</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE377Y07482</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E35" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F35" s="5" t="n">
+        <v>5232.26</v>
+      </c>
+      <c r="G35" s="6" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="H35" s="7" t="n">
+        <v>46576</v>
+      </c>
+      <c r="J35" s="5" t="n">
+        <v>6.9025</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE377Y07425</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E36" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F36" s="5" t="n">
+        <v>5211.2</v>
+      </c>
+      <c r="G36" s="6" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="H36" s="7" t="n">
+        <v>46168</v>
+      </c>
+      <c r="J36" s="5" t="n">
+        <v>6.52</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08ES7</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E37" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F37" s="5" t="n">
+        <v>5210.9</v>
+      </c>
+      <c r="G37" s="6" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="H37" s="7" t="n">
+        <v>46172</v>
+      </c>
+      <c r="J37" s="5" t="n">
+        <v>6.395</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08MO2</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E38" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F38" s="5" t="n">
+        <v>5198.06</v>
+      </c>
+      <c r="G38" s="6" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="H38" s="7" t="n">
+        <v>46164</v>
+      </c>
+      <c r="J38" s="5" t="n">
+        <v>6.4</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Home Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE071G07819</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E39" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F39" s="5" t="n">
+        <v>5164.98</v>
+      </c>
+      <c r="G39" s="6" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="H39" s="7" t="n">
+        <v>46566</v>
+      </c>
+      <c r="J39" s="5" t="n">
+        <v>6.95</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE514E08FP6</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E40" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F40" s="5" t="n">
+        <v>5156.95</v>
+      </c>
+      <c r="G40" s="6" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="H40" s="7" t="n">
+        <v>46602</v>
+      </c>
+      <c r="J40" s="5" t="n">
+        <v>6.515</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Tata Capital Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE033L07IO1</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E41" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F41" s="5" t="n">
+        <v>5131.97</v>
+      </c>
+      <c r="G41" s="6" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="H41" s="7" t="n">
+        <v>46589</v>
+      </c>
+      <c r="J41" s="5" t="n">
+        <v>6.87</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FC8</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E42" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F42" s="5" t="n">
+        <v>5120.75</v>
+      </c>
+      <c r="G42" s="6" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="H42" s="7" t="n">
+        <v>46265</v>
+      </c>
+      <c r="J42" s="5" t="n">
+        <v>6.54</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KK5</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E43" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F43" s="5" t="n">
+        <v>5109.83</v>
+      </c>
+      <c r="G43" s="6" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="H43" s="7" t="n">
+        <v>46496</v>
+      </c>
+      <c r="J43" s="5" t="n">
+        <v>6.605</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08LP1</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E44" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F44" s="5" t="n">
+        <v>5098.13</v>
+      </c>
+      <c r="G44" s="6" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="H44" s="7" t="n">
+        <v>46218</v>
+      </c>
+      <c r="J44" s="5" t="n">
+        <v>6.515</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INE053F08288</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E45" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F45" s="5" t="n">
+        <v>5054.03</v>
+      </c>
+      <c r="G45" s="6" t="n">
+        <v>0.007900000000000001</v>
+      </c>
+      <c r="H45" s="7" t="n">
+        <v>46127</v>
+      </c>
+      <c r="J45" s="5" t="n">
+        <v>6.4133</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>INE916DA7SP4</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E46" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F46" s="5" t="n">
+        <v>3262.38</v>
+      </c>
+      <c r="G46" s="6" t="n">
+        <v>0.0051</v>
+      </c>
+      <c r="H46" s="7" t="n">
+        <v>46377</v>
+      </c>
+      <c r="J46" s="5" t="n">
+        <v>6.9287</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KU4</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E47" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F47" s="5" t="n">
+        <v>2727.87</v>
+      </c>
+      <c r="G47" s="6" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="H47" s="7" t="n">
+        <v>46916</v>
+      </c>
+      <c r="J47" s="5" t="n">
+        <v>6.73</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KM1</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E48" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F48" s="5" t="n">
+        <v>2717.11</v>
+      </c>
+      <c r="G48" s="6" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H48" s="7" t="n">
+        <v>46521</v>
+      </c>
+      <c r="J48" s="5" t="n">
+        <v>6.605</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08AA3</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E49" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F49" s="5" t="n">
+        <v>2702.19</v>
+      </c>
+      <c r="G49" s="6" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H49" s="7" t="n">
+        <v>46333</v>
+      </c>
+      <c r="J49" s="5" t="n">
+        <v>6.59</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>HDB Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>INE756I07EM6</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E50" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F50" s="5" t="n">
+        <v>2698.56</v>
+      </c>
+      <c r="G50" s="6" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H50" s="7" t="n">
+        <v>45978</v>
+      </c>
+      <c r="J50" s="5" t="n">
+        <v>5.8865</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07QW5</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E51" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F51" s="5" t="n">
+        <v>2690.98</v>
+      </c>
+      <c r="G51" s="6" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H51" s="7" t="n">
+        <v>46794</v>
+      </c>
+      <c r="J51" s="5" t="n">
+        <v>6.85</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08EH0</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E52" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F52" s="5" t="n">
+        <v>2680.29</v>
+      </c>
+      <c r="G52" s="6" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H52" s="7" t="n">
+        <v>46843</v>
+      </c>
+      <c r="J52" s="5" t="n">
+        <v>6.6543</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="1" t="n">
+        <v>45</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08IO0</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E53" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F53" s="5" t="n">
+        <v>2673.07</v>
+      </c>
+      <c r="G53" s="6" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H53" s="7" t="n">
+        <v>46392</v>
+      </c>
+      <c r="J53" s="5" t="n">
+        <v>6.5613</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="1" t="n">
+        <v>46</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FR6</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E54" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F54" s="5" t="n">
+        <v>2662.98</v>
+      </c>
+      <c r="G54" s="6" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H54" s="7" t="n">
+        <v>46812</v>
+      </c>
+      <c r="J54" s="5" t="n">
+        <v>6.6484</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="1" t="n">
+        <v>47</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FA2</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E55" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F55" s="5" t="n">
+        <v>2622.52</v>
+      </c>
+      <c r="G55" s="6" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="H55" s="7" t="n">
+        <v>46538</v>
+      </c>
+      <c r="J55" s="5" t="n">
+        <v>6.57</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08JC3</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E56" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F56" s="5" t="n">
+        <v>2609.85</v>
+      </c>
+      <c r="G56" s="6" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="H56" s="7" t="n">
+        <v>46549</v>
+      </c>
+      <c r="J56" s="5" t="n">
+        <v>6.5738</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="n">
+        <v>49</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>INE377Y07557</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E57" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F57" s="5" t="n">
+        <v>2607.14</v>
+      </c>
+      <c r="G57" s="6" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="H57" s="7" t="n">
+        <v>46444</v>
+      </c>
+      <c r="J57" s="5" t="n">
+        <v>6.7725</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>INE916DA7ST6</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E58" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F58" s="5" t="n">
+        <v>2592.01</v>
+      </c>
+      <c r="G58" s="6" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H58" s="7" t="n">
+        <v>46617</v>
+      </c>
+      <c r="J58" s="5" t="n">
+        <v>7.0487</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="1" t="n">
+        <v>51</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>INE916DA7RP6</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E59" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F59" s="5" t="n">
+        <v>2590.86</v>
+      </c>
+      <c r="G59" s="6" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H59" s="7" t="n">
+        <v>46587</v>
+      </c>
+      <c r="J59" s="5" t="n">
+        <v>7.0488</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="1" t="n">
+        <v>52</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08ED9</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E60" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F60" s="5" t="n">
+        <v>2586.58</v>
+      </c>
+      <c r="G60" s="6" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H60" s="7" t="n">
+        <v>46203</v>
+      </c>
+      <c r="J60" s="5" t="n">
+        <v>6.395</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="1" t="n">
+        <v>53</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08EL2</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E61" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F61" s="5" t="n">
+        <v>2580.49</v>
+      </c>
+      <c r="G61" s="6" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H61" s="7" t="n">
+        <v>46142</v>
+      </c>
+      <c r="J61" s="5" t="n">
+        <v>6.38</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="1" t="n">
+        <v>54</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08DX0</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E62" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F62" s="5" t="n">
+        <v>2570.41</v>
+      </c>
+      <c r="G62" s="6" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H62" s="7" t="n">
+        <v>46234</v>
+      </c>
+      <c r="J62" s="5" t="n">
+        <v>6.58</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="1" t="n">
+        <v>55</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08EI8</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E63" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F63" s="5" t="n">
+        <v>2569.69</v>
+      </c>
+      <c r="G63" s="6" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H63" s="7" t="n">
+        <v>46234</v>
+      </c>
+      <c r="J63" s="5" t="n">
+        <v>6.525</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="1" t="n">
+        <v>56</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08II2</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E64" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F64" s="5" t="n">
+        <v>2564.33</v>
+      </c>
+      <c r="G64" s="6" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H64" s="7" t="n">
+        <v>46248</v>
+      </c>
+      <c r="J64" s="5" t="n">
+        <v>6.5273</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="1" t="n">
+        <v>57</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07TM8</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E65" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F65" s="5" t="n">
+        <v>2563.54</v>
+      </c>
+      <c r="G65" s="6" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H65" s="7" t="n">
+        <v>46944</v>
+      </c>
+      <c r="J65" s="5" t="n">
+        <v>7.09</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="1" t="n">
+        <v>58</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>INE916DA7TB2</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E66" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F66" s="5" t="n">
+        <v>2558.07</v>
+      </c>
+      <c r="G66" s="6" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H66" s="7" t="n">
+        <v>46853</v>
+      </c>
+      <c r="J66" s="5" t="n">
+        <v>7.0887</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="1" t="n">
+        <v>59</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Tata Capital Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>INE033L07HY2</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E67" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F67" s="5" t="n">
+        <v>2557.21</v>
+      </c>
+      <c r="G67" s="6" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H67" s="7" t="n">
+        <v>46694</v>
+      </c>
+      <c r="J67" s="5" t="n">
+        <v>6.87</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="1" t="n">
+        <v>60</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KB4</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E68" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F68" s="5" t="n">
+        <v>2549.86</v>
+      </c>
+      <c r="G68" s="6" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H68" s="7" t="n">
+        <v>46080</v>
+      </c>
+      <c r="J68" s="5" t="n">
+        <v>6.2</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="1" t="n">
+        <v>61</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07KM9</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E69" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F69" s="5" t="n">
+        <v>2548.77</v>
+      </c>
+      <c r="G69" s="6" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H69" s="7" t="n">
+        <v>46290</v>
+      </c>
+      <c r="J69" s="5" t="n">
+        <v>6.7</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="1" t="n">
+        <v>62</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KJ7</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E70" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F70" s="5" t="n">
+        <v>2546.85</v>
+      </c>
+      <c r="G70" s="6" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H70" s="7" t="n">
+        <v>46287</v>
+      </c>
+      <c r="J70" s="5" t="n">
+        <v>6.56</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="1" t="n">
+        <v>63</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Nexus Select Trust**</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>INE0NDH07019</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E71" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F71" s="5" t="n">
+        <v>2528.07</v>
+      </c>
+      <c r="G71" s="6" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="H71" s="7" t="n">
+        <v>46189</v>
+      </c>
+      <c r="I71" s="1" t="inlineStr">
+        <is>
+          <t>CA - 16-Dec-2025 CA - 16-Mar-2026</t>
+        </is>
+      </c>
+      <c r="J71" s="5" t="n">
+        <v>6.4402</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="1" t="n">
+        <v>64</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Jio Credit Limited**</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>INE282H07034</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E72" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F72" s="5" t="n">
+        <v>2512.24</v>
+      </c>
+      <c r="G72" s="6" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="H72" s="7" t="n">
+        <v>46673</v>
+      </c>
+      <c r="J72" s="5" t="n">
+        <v>7.135</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="1" t="n">
+        <v>65</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>INE053F07AC3</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E73" s="11" t="n">
+        <v>200</v>
+      </c>
+      <c r="F73" s="5" t="n">
+        <v>2111.27</v>
+      </c>
+      <c r="G73" s="6" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="H73" s="7" t="n">
+        <v>46626</v>
+      </c>
+      <c r="J73" s="5" t="n">
+        <v>6.56</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="1" t="n">
+        <v>66</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>HDB Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>INE756I07ER5</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E74" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F74" s="5" t="n">
+        <v>2104.66</v>
+      </c>
+      <c r="G74" s="6" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="H74" s="7" t="n">
+        <v>46136</v>
+      </c>
+      <c r="J74" s="5" t="n">
+        <v>6.86</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="1" t="n">
+        <v>67</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08NW3</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E75" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F75" s="5" t="n">
+        <v>2023.77</v>
+      </c>
+      <c r="G75" s="6" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="H75" s="7" t="n">
+        <v>46675</v>
+      </c>
+      <c r="J75" s="5" t="n">
+        <v>6.5889</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="1" t="n">
+        <v>68</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>INE774D07UT1</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E76" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F76" s="5" t="n">
+        <v>1056.26</v>
+      </c>
+      <c r="G76" s="6" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="H76" s="7" t="n">
+        <v>46107</v>
+      </c>
+      <c r="J76" s="5" t="n">
+        <v>6.7949</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="1" t="n">
+        <v>69</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>HDB Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>INE756I07EZ8</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E77" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F77" s="5" t="n">
+        <v>1048.23</v>
+      </c>
+      <c r="G77" s="6" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="H77" s="7" t="n">
+        <v>46573</v>
+      </c>
+      <c r="J77" s="5" t="n">
+        <v>7.12</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="1" t="n">
+        <v>70</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>HDB Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>INE756I07EK0</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E78" s="11" t="n">
+        <v>46</v>
+      </c>
+      <c r="F78" s="5" t="n">
+        <v>584.26</v>
+      </c>
+      <c r="G78" s="6" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="H78" s="7" t="n">
+        <v>46035</v>
+      </c>
+      <c r="J78" s="5" t="n">
+        <v>6.73</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="1" t="n">
+        <v>71</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08EF4</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E79" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F79" s="5" t="n">
+        <v>528.7</v>
+      </c>
+      <c r="G79" s="6" t="n">
+        <v>0.0008</v>
+      </c>
+      <c r="H79" s="7" t="n">
+        <v>46081</v>
+      </c>
+      <c r="J79" s="5" t="n">
+        <v>6.1634</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="1" t="n">
+        <v>72</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07KE6</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E80" s="11" t="n">
+        <v>50</v>
+      </c>
+      <c r="F80" s="5" t="n">
+        <v>513.58</v>
+      </c>
+      <c r="G80" s="6" t="n">
+        <v>0.0008</v>
+      </c>
+      <c r="H80" s="7" t="n">
+        <v>46252</v>
+      </c>
+      <c r="J80" s="5" t="n">
+        <v>6.6999</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="1" t="n">
+        <v>73</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>INE774D07VJ0</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E81" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F81" s="5" t="n">
+        <v>264.26</v>
+      </c>
+      <c r="G81" s="6" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="H81" s="7" t="n">
+        <v>46504</v>
+      </c>
+      <c r="J81" s="5" t="n">
+        <v>7.005</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="8" t="n"/>
+      <c r="B82" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C82" s="8" t="n"/>
+      <c r="D82" s="8" t="n"/>
+      <c r="E82" s="8" t="n"/>
+      <c r="F82" s="9" t="n">
+        <v>377903.77</v>
+      </c>
+      <c r="G82" s="10" t="n">
+        <v>0.5901999999999999</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="B84" s="3" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="1" t="n">
+        <v>74</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>6.01% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250067</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E85" s="11" t="n">
+        <v>23000000</v>
+      </c>
+      <c r="F85" s="5" t="n">
+        <v>23279.3</v>
+      </c>
+      <c r="G85" s="6" t="n">
+        <v>0.0364</v>
+      </c>
+      <c r="H85" s="7" t="n">
+        <v>47685</v>
+      </c>
+      <c r="J85" s="5" t="n">
+        <v>6.1827</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="1" t="n">
+        <v>75</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>4.59% GOI 2031</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>IN0020180041</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E86" s="11" t="n">
+        <v>10000000</v>
+      </c>
+      <c r="F86" s="5" t="n">
+        <v>10463.08</v>
+      </c>
+      <c r="G86" s="6" t="n">
+        <v>0.0163</v>
+      </c>
+      <c r="H86" s="7" t="n">
+        <v>48189</v>
+      </c>
+      <c r="J86" s="5" t="n">
+        <v>6.2099</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="1" t="n">
+        <v>76</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>6.85% Uttar Pradesh SDL 2026</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>IN3320160275</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E87" s="11" t="n">
+        <v>9714000</v>
+      </c>
+      <c r="F87" s="5" t="n">
+        <v>10133.64</v>
+      </c>
+      <c r="G87" s="6" t="n">
+        <v>0.0158</v>
+      </c>
+      <c r="H87" s="7" t="n">
+        <v>46349</v>
+      </c>
+      <c r="J87" s="5" t="n">
+        <v>5.795</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="1" t="n">
+        <v>77</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>8.51% GOI FRB 2033</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>IN0020200120</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E88" s="11" t="n">
+        <v>7500000</v>
+      </c>
+      <c r="F88" s="5" t="n">
+        <v>7820.56</v>
+      </c>
+      <c r="G88" s="6" t="n">
+        <v>0.0122</v>
+      </c>
+      <c r="H88" s="7" t="n">
+        <v>48844</v>
+      </c>
+      <c r="J88" s="5" t="n">
+        <v>6.25</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="1" t="n">
+        <v>78</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>7.59% GOI 2026</t>
+        </is>
+      </c>
+      <c r="C89" s="1" t="inlineStr">
+        <is>
+          <t>IN0020150093</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E89" s="11" t="n">
+        <v>7500000</v>
+      </c>
+      <c r="F89" s="5" t="n">
+        <v>7720.64</v>
+      </c>
+      <c r="G89" s="6" t="n">
+        <v>0.0121</v>
+      </c>
+      <c r="H89" s="7" t="n">
+        <v>46033</v>
+      </c>
+      <c r="J89" s="5" t="n">
+        <v>5.402</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="1" t="n">
+        <v>79</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>6.18% Gujarat SDL 2026</t>
+        </is>
+      </c>
+      <c r="C90" s="1" t="inlineStr">
+        <is>
+          <t>IN1520200339</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E90" s="11" t="n">
+        <v>5660000</v>
+      </c>
+      <c r="F90" s="5" t="n">
+        <v>5716.02</v>
+      </c>
+      <c r="G90" s="6" t="n">
+        <v>0.0089</v>
+      </c>
+      <c r="H90" s="7" t="n">
+        <v>46112</v>
+      </c>
+      <c r="J90" s="5" t="n">
+        <v>5.6229</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="1" t="n">
+        <v>80</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>7.15% Maharashtra SDL 2026</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>IN2220160088</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E91" s="11" t="n">
+        <v>4000000</v>
+      </c>
+      <c r="F91" s="5" t="n">
+        <v>4074.43</v>
+      </c>
+      <c r="G91" s="6" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H91" s="7" t="n">
+        <v>46308</v>
+      </c>
+      <c r="J91" s="5" t="n">
+        <v>5.7604</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="1" t="n">
+        <v>81</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>7.24% Gujarat SDL 2026</t>
+        </is>
+      </c>
+      <c r="C92" s="1" t="inlineStr">
+        <is>
+          <t>IN1520160160</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E92" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F92" s="5" t="n">
+        <v>2608.34</v>
+      </c>
+      <c r="G92" s="6" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="H92" s="7" t="n">
+        <v>46384</v>
+      </c>
+      <c r="J92" s="5" t="n">
+        <v>5.7703</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="1" t="n">
+        <v>82</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>8.3% Madhya Pradesh SDL 2026</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>IN2120150080</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E93" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F93" s="5" t="n">
+        <v>2581.05</v>
+      </c>
+      <c r="G93" s="6" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H93" s="7" t="n">
+        <v>46035</v>
+      </c>
+      <c r="J93" s="5" t="n">
+        <v>5.536</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="1" t="n">
+        <v>83</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>6.36% Himachal Pradesh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>IN1720200030</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E94" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F94" s="5" t="n">
+        <v>2543.45</v>
+      </c>
+      <c r="G94" s="6" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H94" s="7" t="n">
+        <v>46963</v>
+      </c>
+      <c r="J94" s="5" t="n">
+        <v>6.4174</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="1" t="n">
+        <v>84</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>0% GOI 2025</t>
+        </is>
+      </c>
+      <c r="C95" s="1" t="inlineStr">
+        <is>
+          <t>IN001225C050</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E95" s="11" t="n">
+        <v>2543100</v>
+      </c>
+      <c r="F95" s="5" t="n">
+        <v>2532.23</v>
+      </c>
+      <c r="G95" s="6" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H95" s="7" t="n">
+        <v>46006</v>
+      </c>
+      <c r="J95" s="5" t="n">
+        <v>5.4037</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="1" t="n">
+        <v>85</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>7.98% Gujarat SDL 2026</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>IN1520160038</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E96" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F96" s="5" t="n">
+        <v>2529.68</v>
+      </c>
+      <c r="G96" s="6" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H96" s="7" t="n">
+        <v>46153</v>
+      </c>
+      <c r="J96" s="5" t="n">
+        <v>5.7449</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="1" t="n">
+        <v>86</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>7.40% Maharashtra SDL 2031</t>
+        </is>
+      </c>
+      <c r="C97" s="1" t="inlineStr">
+        <is>
+          <t>IN2220230097</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E97" s="11" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F97" s="5" t="n">
+        <v>2102.56</v>
+      </c>
+      <c r="G97" s="6" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="H97" s="7" t="n">
+        <v>48027</v>
+      </c>
+      <c r="J97" s="5" t="n">
+        <v>6.8985</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="1" t="n">
+        <v>87</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>6.88% Uttar Pradesh SDL 2031</t>
+        </is>
+      </c>
+      <c r="C98" s="1" t="inlineStr">
+        <is>
+          <t>IN3320210013</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E98" s="11" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F98" s="5" t="n">
+        <v>2048.72</v>
+      </c>
+      <c r="G98" s="6" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="H98" s="7" t="n">
+        <v>48022</v>
+      </c>
+      <c r="J98" s="5" t="n">
+        <v>6.9428</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="1" t="n">
+        <v>88</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>6.24% Maharashtra SDL 2026</t>
+        </is>
+      </c>
+      <c r="C99" s="1" t="inlineStr">
+        <is>
+          <t>IN2220210214</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E99" s="11" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F99" s="5" t="n">
+        <v>2039.97</v>
+      </c>
+      <c r="G99" s="6" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="H99" s="7" t="n">
+        <v>46245</v>
+      </c>
+      <c r="J99" s="5" t="n">
+        <v>5.7299</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="1" t="n">
+        <v>89</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>7.37% Maharashtra SDL 2026</t>
+        </is>
+      </c>
+      <c r="C100" s="1" t="inlineStr">
+        <is>
+          <t>IN2220160062</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E100" s="11" t="n">
+        <v>1875000</v>
+      </c>
+      <c r="F100" s="5" t="n">
+        <v>1922.65</v>
+      </c>
+      <c r="G100" s="6" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="H100" s="7" t="n">
+        <v>46279</v>
+      </c>
+      <c r="J100" s="5" t="n">
+        <v>5.7599</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="1" t="n">
+        <v>90</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>7.08% Karnataka SDL 2031</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>IN1920240232</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E101" s="11" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F101" s="5" t="n">
+        <v>1026.25</v>
+      </c>
+      <c r="G101" s="6" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="H101" s="7" t="n">
+        <v>48072</v>
+      </c>
+      <c r="J101" s="5" t="n">
+        <v>6.9106</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="1" t="n">
+        <v>91</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>7.39% Maharashtra SDL 2026</t>
+        </is>
+      </c>
+      <c r="C102" s="1" t="inlineStr">
+        <is>
+          <t>IN2220160104</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E102" s="11" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F102" s="5" t="n">
+        <v>1016.65</v>
+      </c>
+      <c r="G102" s="6" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="H102" s="7" t="n">
+        <v>46335</v>
+      </c>
+      <c r="J102" s="5" t="n">
+        <v>5.7704</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="1" t="n">
+        <v>92</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>7.16% Maharashtra SDL 2026</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>IN2220160070</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E103" s="11" t="n">
+        <v>826200</v>
+      </c>
+      <c r="F103" s="5" t="n">
+        <v>843.65</v>
+      </c>
+      <c r="G103" s="6" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="H103" s="7" t="n">
+        <v>46293</v>
+      </c>
+      <c r="J103" s="5" t="n">
+        <v>5.76</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="1" t="n">
+        <v>93</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>6.83% Karnataka SDL 2026</t>
+        </is>
+      </c>
+      <c r="C104" s="1" t="inlineStr">
+        <is>
+          <t>IN1920160042</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E104" s="11" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F104" s="5" t="n">
+        <v>521.6</v>
+      </c>
+      <c r="G104" s="6" t="n">
+        <v>0.0008</v>
+      </c>
+      <c r="H104" s="7" t="n">
+        <v>46349</v>
+      </c>
+      <c r="J104" s="5" t="n">
+        <v>5.7654</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="1" t="n">
+        <v>94</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>7.05% Gujarat SDL 2026</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>IN1520160152</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E105" s="11" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F105" s="5" t="n">
+        <v>521.4400000000001</v>
+      </c>
+      <c r="G105" s="6" t="n">
+        <v>0.0008</v>
+      </c>
+      <c r="H105" s="7" t="n">
+        <v>46370</v>
+      </c>
+      <c r="J105" s="5" t="n">
+        <v>5.7703</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="8" t="n"/>
+      <c r="B106" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C106" s="8" t="n"/>
+      <c r="D106" s="8" t="n"/>
+      <c r="E106" s="8" t="n"/>
+      <c r="F106" s="9" t="n">
+        <v>94045.91</v>
+      </c>
+      <c r="G106" s="10" t="n">
+        <v>0.147</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="B108" s="3" t="inlineStr">
+        <is>
+          <t>Securitised Debt</t>
+        </is>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="1" t="n">
+        <v>95</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>India Universal Trust**</t>
+        </is>
+      </c>
+      <c r="C109" s="1" t="inlineStr">
+        <is>
+          <t>INE16J715027</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="E109" s="11" t="n">
+        <v>89</v>
+      </c>
+      <c r="F109" s="5" t="n">
+        <v>7607.39</v>
+      </c>
+      <c r="G109" s="6" t="n">
+        <v>0.0119</v>
+      </c>
+      <c r="H109" s="7" t="n">
+        <v>46527</v>
+      </c>
+      <c r="J109" s="5" t="n">
+        <v>7.445</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="1" t="n">
+        <v>96</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>India Universal Trust**</t>
+        </is>
+      </c>
+      <c r="C110" s="1" t="inlineStr">
+        <is>
+          <t>INE16J715019</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="E110" s="11" t="n">
+        <v>129</v>
+      </c>
+      <c r="F110" s="5" t="n">
+        <v>4570.71</v>
+      </c>
+      <c r="G110" s="6" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H110" s="7" t="n">
+        <v>46223</v>
+      </c>
+      <c r="J110" s="5" t="n">
+        <v>7.24</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="8" t="n"/>
+      <c r="B111" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C111" s="8" t="n"/>
+      <c r="D111" s="8" t="n"/>
+      <c r="E111" s="8" t="n"/>
+      <c r="F111" s="9" t="n">
+        <v>12178.1</v>
+      </c>
+      <c r="G111" s="10" t="n">
+        <v>0.019</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="B113" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="114">
+      <c r="B114" s="3" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="1" t="n">
+        <v>97</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C115" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16GW7</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E115" s="11" t="n">
+        <v>3500</v>
+      </c>
+      <c r="F115" s="5" t="n">
+        <v>16966.3</v>
+      </c>
+      <c r="G115" s="6" t="n">
+        <v>0.0265</v>
+      </c>
+      <c r="H115" s="7" t="n">
+        <v>46161</v>
+      </c>
+      <c r="J115" s="5" t="n">
+        <v>6.24</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="1" t="n">
+        <v>98</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C116" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6BK4</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E116" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F116" s="5" t="n">
+        <v>14588.97</v>
+      </c>
+      <c r="G116" s="6" t="n">
+        <v>0.0228</v>
+      </c>
+      <c r="H116" s="7" t="n">
+        <v>46142</v>
+      </c>
+      <c r="J116" s="5" t="n">
+        <v>6.2326</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="1" t="n">
+        <v>99</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C117" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16JO3</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E117" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F117" s="5" t="n">
+        <v>9839.870000000001</v>
+      </c>
+      <c r="G117" s="6" t="n">
+        <v>0.0154</v>
+      </c>
+      <c r="H117" s="7" t="n">
+        <v>46076</v>
+      </c>
+      <c r="J117" s="5" t="n">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="1" t="n">
+        <v>100</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C118" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HF0</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E118" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F118" s="5" t="n">
+        <v>9562.09</v>
+      </c>
+      <c r="G118" s="6" t="n">
+        <v>0.0149</v>
+      </c>
+      <c r="H118" s="7" t="n">
+        <v>46239</v>
+      </c>
+      <c r="J118" s="5" t="n">
+        <v>6.38</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="1" t="n">
+        <v>101</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C119" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16GS5</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E119" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F119" s="5" t="n">
+        <v>7345.06</v>
+      </c>
+      <c r="G119" s="6" t="n">
+        <v>0.0115</v>
+      </c>
+      <c r="H119" s="7" t="n">
+        <v>46105</v>
+      </c>
+      <c r="J119" s="5" t="n">
+        <v>6.015</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="1" t="n">
+        <v>102</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C120" s="1" t="inlineStr">
+        <is>
+          <t>INE562A16PR1</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E120" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F120" s="5" t="n">
+        <v>7260.17</v>
+      </c>
+      <c r="G120" s="6" t="n">
+        <v>0.0113</v>
+      </c>
+      <c r="H120" s="7" t="n">
+        <v>46171</v>
+      </c>
+      <c r="J120" s="5" t="n">
+        <v>6.215</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="1" t="n">
+        <v>103</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C121" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6AU5</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E121" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F121" s="5" t="n">
+        <v>7242.67</v>
+      </c>
+      <c r="G121" s="6" t="n">
+        <v>0.0113</v>
+      </c>
+      <c r="H121" s="7" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J121" s="5" t="n">
+        <v>6.2348</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="1" t="n">
+        <v>104</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C122" s="1" t="inlineStr">
+        <is>
+          <t>INE692A16JQ1</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E122" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F122" s="5" t="n">
+        <v>7227.58</v>
+      </c>
+      <c r="G122" s="6" t="n">
+        <v>0.0113</v>
+      </c>
+      <c r="H122" s="7" t="n">
+        <v>46198</v>
+      </c>
+      <c r="J122" s="5" t="n">
+        <v>6.225</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="1" t="n">
+        <v>105</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C123" s="1" t="inlineStr">
+        <is>
+          <t>INE261F16967</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E123" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F123" s="5" t="n">
+        <v>4916.14</v>
+      </c>
+      <c r="G123" s="6" t="n">
+        <v>0.0077</v>
+      </c>
+      <c r="H123" s="7" t="n">
+        <v>46080</v>
+      </c>
+      <c r="J123" s="5" t="n">
+        <v>6.045</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="1" t="n">
+        <v>106</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C124" s="1" t="inlineStr">
+        <is>
+          <t>INE261F16983</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E124" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F124" s="5" t="n">
+        <v>4904.96</v>
+      </c>
+      <c r="G124" s="6" t="n">
+        <v>0.0077</v>
+      </c>
+      <c r="H124" s="7" t="n">
+        <v>46094</v>
+      </c>
+      <c r="J124" s="5" t="n">
+        <v>6.0451</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="1" t="n">
+        <v>107</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C125" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HC7</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E125" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F125" s="5" t="n">
+        <v>4885.58</v>
+      </c>
+      <c r="G125" s="6" t="n">
+        <v>0.0076</v>
+      </c>
+      <c r="H125" s="7" t="n">
+        <v>46114</v>
+      </c>
+      <c r="J125" s="5" t="n">
+        <v>6.24</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="1" t="n">
+        <v>108</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C126" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BH3</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E126" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F126" s="5" t="n">
+        <v>4858.35</v>
+      </c>
+      <c r="G126" s="6" t="n">
+        <v>0.0076</v>
+      </c>
+      <c r="H126" s="7" t="n">
+        <v>46147</v>
+      </c>
+      <c r="J126" s="5" t="n">
+        <v>6.26</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="1" t="n">
+        <v>109</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C127" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HN4</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E127" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F127" s="5" t="n">
+        <v>4751.66</v>
+      </c>
+      <c r="G127" s="6" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="H127" s="7" t="n">
+        <v>46276</v>
+      </c>
+      <c r="J127" s="5" t="n">
+        <v>6.38</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="1" t="n">
+        <v>110</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C128" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BL5</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E128" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F128" s="5" t="n">
+        <v>4722.49</v>
+      </c>
+      <c r="G128" s="6" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="H128" s="7" t="n">
+        <v>46308</v>
+      </c>
+      <c r="J128" s="5" t="n">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="1" t="n">
+        <v>111</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C129" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6BJ6</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E129" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F129" s="5" t="n">
+        <v>4721.9</v>
+      </c>
+      <c r="G129" s="6" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="H129" s="7" t="n">
+        <v>46311</v>
+      </c>
+      <c r="J129" s="5" t="n">
+        <v>6.4362</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="1" t="n">
+        <v>112</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C130" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16KI3</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E130" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F130" s="5" t="n">
+        <v>4706.36</v>
+      </c>
+      <c r="G130" s="6" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="H130" s="7" t="n">
+        <v>46332</v>
+      </c>
+      <c r="J130" s="5" t="n">
+        <v>6.415</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="1" t="n">
+        <v>113</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C131" s="1" t="inlineStr">
+        <is>
+          <t>INE476A16A16</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E131" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F131" s="5" t="n">
+        <v>2469.45</v>
+      </c>
+      <c r="G131" s="6" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="H131" s="7" t="n">
+        <v>46052</v>
+      </c>
+      <c r="J131" s="5" t="n">
+        <v>6.0201</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="1" t="n">
+        <v>114</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C132" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16JJ3</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E132" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F132" s="5" t="n">
+        <v>2459.57</v>
+      </c>
+      <c r="G132" s="6" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="H132" s="7" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J132" s="5" t="n">
+        <v>6.0002</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="1" t="n">
+        <v>115</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C133" s="1" t="inlineStr">
+        <is>
+          <t>INE476A16D96</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E133" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F133" s="5" t="n">
+        <v>2458.31</v>
+      </c>
+      <c r="G133" s="6" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="H133" s="7" t="n">
+        <v>46080</v>
+      </c>
+      <c r="J133" s="5" t="n">
+        <v>6.01</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="1" t="n">
+        <v>116</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C134" s="1" t="inlineStr">
+        <is>
+          <t>INE514E16CJ9</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E134" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F134" s="5" t="n">
+        <v>2456.46</v>
+      </c>
+      <c r="G134" s="6" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="H134" s="7" t="n">
+        <v>46085</v>
+      </c>
+      <c r="J134" s="5" t="n">
+        <v>5.9899</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="1" t="n">
+        <v>117</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C135" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16JG9</t>
+        </is>
+      </c>
+      <c r="D135" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E135" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F135" s="5" t="n">
+        <v>2441.34</v>
+      </c>
+      <c r="G135" s="6" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="H135" s="7" t="n">
+        <v>46118</v>
+      </c>
+      <c r="J135" s="5" t="n">
+        <v>6.22</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" s="1" t="n">
+        <v>118</v>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C136" s="1" t="inlineStr">
+        <is>
+          <t>INE514E16CL5</t>
+        </is>
+      </c>
+      <c r="D136" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E136" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F136" s="5" t="n">
+        <v>2420.64</v>
+      </c>
+      <c r="G136" s="6" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="H136" s="7" t="n">
+        <v>46170</v>
+      </c>
+      <c r="J136" s="5" t="n">
+        <v>6.1999</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" s="8" t="n"/>
+      <c r="B137" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C137" s="8" t="n"/>
+      <c r="D137" s="8" t="n"/>
+      <c r="E137" s="8" t="n"/>
+      <c r="F137" s="9" t="n">
+        <v>133205.92</v>
+      </c>
+      <c r="G137" s="10" t="n">
+        <v>0.2081</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="B139" s="3" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="140">
+      <c r="B140" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" s="1" t="n">
+        <v>119</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Standard Chartered Capital Limited**</t>
+        </is>
+      </c>
+      <c r="C141" s="1" t="inlineStr">
+        <is>
+          <t>INE403G14TM3</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E141" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F141" s="5" t="n">
+        <v>4830.52</v>
+      </c>
+      <c r="G141" s="6" t="n">
+        <v>0.0075</v>
+      </c>
+      <c r="H141" s="7" t="n">
+        <v>46161</v>
+      </c>
+      <c r="J141" s="5" t="n">
+        <v>6.9601</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" s="1" t="n">
+        <v>120</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Standard Chartered Capital Limited**</t>
+        </is>
+      </c>
+      <c r="C142" s="1" t="inlineStr">
+        <is>
+          <t>INE403G14TT8</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E142" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F142" s="5" t="n">
+        <v>4724.22</v>
+      </c>
+      <c r="G142" s="6" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="H142" s="7" t="n">
+        <v>46275</v>
+      </c>
+      <c r="J142" s="5" t="n">
+        <v>7.1501</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" s="1" t="n">
+        <v>121</v>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited</t>
+        </is>
+      </c>
+      <c r="C143" s="1" t="inlineStr">
+        <is>
+          <t>INE763G14XX9</t>
+        </is>
+      </c>
+      <c r="D143" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E143" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F143" s="5" t="n">
+        <v>2451.17</v>
+      </c>
+      <c r="G143" s="6" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="H143" s="7" t="n">
+        <v>46087</v>
+      </c>
+      <c r="J143" s="5" t="n">
+        <v>6.6102</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" s="8" t="n"/>
+      <c r="B144" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C144" s="8" t="n"/>
+      <c r="D144" s="8" t="n"/>
+      <c r="E144" s="8" t="n"/>
+      <c r="F144" s="9" t="n">
+        <v>12005.91</v>
+      </c>
+      <c r="G144" s="10" t="n">
+        <v>0.0187</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="B146" s="3" t="inlineStr">
+        <is>
+          <t>Treasury Bill</t>
+        </is>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" s="1" t="n">
+        <v>122</v>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C147" s="1" t="inlineStr">
+        <is>
+          <t>IN002024Z420</t>
+        </is>
+      </c>
+      <c r="D147" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E147" s="11" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F147" s="5" t="n">
+        <v>4945.83</v>
+      </c>
+      <c r="G147" s="6" t="n">
+        <v>0.0077</v>
+      </c>
+      <c r="H147" s="7" t="n">
+        <v>46051</v>
+      </c>
+      <c r="J147" s="5" t="n">
+        <v>5.4023</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" s="8" t="n"/>
+      <c r="B148" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C148" s="8" t="n"/>
+      <c r="D148" s="8" t="n"/>
+      <c r="E148" s="8" t="n"/>
+      <c r="F148" s="9" t="n">
+        <v>4945.83</v>
+      </c>
+      <c r="G148" s="10" t="n">
+        <v>0.0077</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" s="1" t="n">
+        <v>123</v>
+      </c>
+      <c r="B150" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F150" s="5" t="n">
+        <v>1705.22</v>
+      </c>
+      <c r="G150" s="6" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="H150" s="7" t="n">
+        <v>45978</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" s="8" t="n"/>
+      <c r="B151" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C151" s="8" t="n"/>
+      <c r="D151" s="8" t="n"/>
+      <c r="E151" s="8" t="n"/>
+      <c r="F151" s="9" t="n">
+        <v>1705.22</v>
+      </c>
+      <c r="G151" s="10" t="n">
+        <v>0.0026</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="B153" s="3" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" s="1" t="n">
+        <v>124</v>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C154" s="1" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E154" s="11" t="n">
+        <v>15090.147</v>
+      </c>
+      <c r="F154" s="5" t="n">
+        <v>1730.15</v>
+      </c>
+      <c r="G154" s="6" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J154" s="5" t="n"/>
+    </row>
+    <row r="155">
+      <c r="A155" s="8" t="n"/>
+      <c r="B155" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C155" s="8" t="n"/>
+      <c r="D155" s="8" t="n"/>
+      <c r="E155" s="8" t="n"/>
+      <c r="F155" s="9" t="n">
+        <v>1730.15</v>
+      </c>
+      <c r="G155" s="10" t="n">
+        <v>0.0027</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="B157" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="158">
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E158" s="11" t="n"/>
+      <c r="F158" s="5" t="n">
+        <v>2338.82</v>
+      </c>
+      <c r="G158" s="6" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="J158" s="5" t="n"/>
+    </row>
+    <row r="159">
+      <c r="A159" s="8" t="n"/>
+      <c r="B159" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C159" s="8" t="n"/>
+      <c r="D159" s="8" t="n"/>
+      <c r="E159" s="8" t="n"/>
+      <c r="F159" s="9" t="n">
+        <v>2338.82</v>
+      </c>
+      <c r="G159" s="10" t="n">
+        <v>0.004</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" s="4" t="n"/>
+      <c r="B161" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C161" s="4" t="n"/>
+      <c r="D161" s="4" t="n"/>
+      <c r="E161" s="4" t="n"/>
+      <c r="F161" s="12" t="n">
+        <v>640059.63</v>
+      </c>
+      <c r="G161" s="13" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" s="14" t="n">
         <v>2</v>
       </c>
-      <c r="B10" s="2" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A11" s="2" t="n">
+      <c r="B164" s="14" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="165" ht="73.5" customHeight="1" s="72">
+      <c r="A165" t="n">
         <v>3</v>
       </c>
-      <c r="B11" s="2" t="inlineStr">
-[...4344 lines deleted...]
-      <c r="B159" s="92" t="inlineStr">
+      <c r="B165" s="91" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
     </row>
-    <row r="160" ht="14.5" customHeight="1" s="74"/>
-[...1 lines deleted...]
-      <c r="B161" s="49" t="inlineStr">
+    <row r="166" ht="14.5" customHeight="1" s="72"/>
+    <row r="167" ht="14.5" customHeight="1" s="72">
+      <c r="B167" s="47" t="inlineStr">
         <is>
           <t>Disclosure in Derivatives</t>
         </is>
       </c>
-      <c r="C161" s="49" t="inlineStr">
+      <c r="C167" s="47" t="inlineStr">
         <is>
           <t>Industry</t>
         </is>
       </c>
-      <c r="D161" s="49" t="inlineStr">
+      <c r="D167" s="47" t="inlineStr">
         <is>
           <t>Notional Value</t>
         </is>
       </c>
-      <c r="E161" s="49" t="inlineStr">
+      <c r="E167" s="47" t="inlineStr">
         <is>
           <t>% To net assets</t>
         </is>
       </c>
     </row>
-    <row r="162" ht="14.5" customHeight="1" s="74">
-      <c r="B162" s="53" t="inlineStr">
+    <row r="168" ht="14.5" customHeight="1" s="72">
+      <c r="B168" s="52" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C162" s="54" t="inlineStr">
+      <c r="C168" s="53" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D162" s="52" t="n">
+      <c r="D168" s="50" t="n">
         <v>500000000</v>
       </c>
-      <c r="E162" s="55" t="n">
+      <c r="E168" s="54" t="n">
         <v>0</v>
       </c>
     </row>
-    <row r="163" ht="14.5" customHeight="1" s="74">
-      <c r="B163" s="53" t="inlineStr">
+    <row r="169" ht="14.5" customHeight="1" s="72">
+      <c r="B169" s="52" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C163" s="54" t="inlineStr">
+      <c r="C169" s="53" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D163" s="52" t="n">
+      <c r="D169" s="50" t="n">
         <v>1000000000</v>
       </c>
-      <c r="E163" s="55" t="n">
+      <c r="E169" s="54" t="n">
         <v>0</v>
       </c>
     </row>
-    <row r="164" ht="14.5" customHeight="1" s="74">
-      <c r="B164" s="53" t="inlineStr">
+    <row r="170" ht="14.5" customHeight="1" s="72">
+      <c r="B170" s="52" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C164" s="54" t="inlineStr">
+      <c r="C170" s="53" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D164" s="52" t="n">
+      <c r="D170" s="50" t="n">
         <v>1000000000</v>
       </c>
-      <c r="E164" s="55" t="n">
+      <c r="E170" s="54" t="n">
         <v>-3e-05</v>
       </c>
     </row>
-    <row r="165" ht="14.5" customHeight="1" s="74">
-      <c r="B165" s="53" t="inlineStr">
+    <row r="171" ht="14.5" customHeight="1" s="72">
+      <c r="B171" s="52" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C165" s="54" t="inlineStr">
+      <c r="C171" s="53" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D165" s="52" t="n">
+      <c r="D171" s="50" t="n">
         <v>1250000000</v>
       </c>
-      <c r="E165" s="55" t="n">
+      <c r="E171" s="54" t="n">
         <v>-3e-05</v>
       </c>
     </row>
-    <row r="166" ht="14.5" customHeight="1" s="74">
-      <c r="B166" s="53" t="inlineStr">
+    <row r="172" ht="14.5" customHeight="1" s="72">
+      <c r="B172" s="52" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C166" s="54" t="inlineStr">
+      <c r="C172" s="53" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D166" s="52" t="n">
+      <c r="D172" s="50" t="n">
         <v>250000000</v>
       </c>
-      <c r="E166" s="55" t="n">
+      <c r="E172" s="54" t="n">
         <v>0</v>
       </c>
     </row>
-    <row r="167" ht="14.5" customHeight="1" s="74">
-      <c r="B167" s="53" t="inlineStr">
+    <row r="173" ht="14.5" customHeight="1" s="72">
+      <c r="B173" s="52" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C167" s="54" t="inlineStr">
+      <c r="C173" s="53" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D167" s="52" t="n">
+      <c r="D173" s="50" t="n">
         <v>250000000</v>
       </c>
-      <c r="E167" s="55" t="n">
+      <c r="E173" s="54" t="n">
         <v>0</v>
       </c>
     </row>
-    <row r="168" ht="14.5" customHeight="1" s="74">
-      <c r="B168" s="53" t="inlineStr">
+    <row r="174" ht="14.5" customHeight="1" s="72">
+      <c r="B174" s="52" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C168" s="54" t="inlineStr">
+      <c r="C174" s="53" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D168" s="52" t="n">
+      <c r="D174" s="50" t="n">
         <v>750000000</v>
       </c>
-      <c r="E168" s="55" t="n">
+      <c r="E174" s="54" t="n">
         <v>0</v>
       </c>
     </row>
-    <row r="169" ht="14.5" customHeight="1" s="74">
-      <c r="B169" s="53" t="inlineStr">
+    <row r="175" ht="14.5" customHeight="1" s="72">
+      <c r="B175" s="52" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C169" s="54" t="inlineStr">
+      <c r="C175" s="53" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D169" s="52" t="n">
+      <c r="D175" s="50" t="n">
         <v>750000000</v>
       </c>
-      <c r="E169" s="55" t="n">
+      <c r="E175" s="54" t="n">
         <v>0</v>
       </c>
     </row>
-    <row r="170" ht="14.5" customHeight="1" s="74">
-      <c r="B170" s="53" t="inlineStr">
+    <row r="176" ht="14.5" customHeight="1" s="72">
+      <c r="B176" s="52" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C170" s="54" t="inlineStr">
+      <c r="C176" s="53" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D170" s="52" t="n">
+      <c r="D176" s="50" t="n">
         <v>500000000</v>
       </c>
-      <c r="E170" s="55" t="n">
+      <c r="E176" s="54" t="n">
         <v>1e-05</v>
       </c>
     </row>
-    <row r="173" ht="14.5" customHeight="1" s="74">
-      <c r="B173" s="1" t="inlineStr">
+    <row r="180" ht="14.5" customHeight="1" s="72">
+      <c r="B180" s="69" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="187" ht="14.5" customHeight="1" s="74">
-      <c r="B187" s="1" t="inlineStr">
+    <row r="194" ht="14.5" customHeight="1" s="72">
+      <c r="B194" s="69" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: NIFTY Low Duration Debt Index A-I</t>
         </is>
       </c>
     </row>
-    <row r="202">
-[...1 lines deleted...]
-      <c r="C202" s="19" t="inlineStr">
+    <row r="209">
+      <c r="B209" s="15" t="n"/>
+      <c r="C209" s="17" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="203">
-      <c r="B203" s="17" t="inlineStr">
+    <row r="210">
+      <c r="B210" s="15" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C203" s="19" t="inlineStr">
+      <c r="C210" s="17" t="inlineStr">
         <is>
           <t>DSP Low Duration Fund</t>
         </is>
       </c>
     </row>
-    <row r="204">
-      <c r="B204" s="17" t="inlineStr">
+    <row r="211">
+      <c r="B211" s="15" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C204" s="20" t="n"/>
-[...2 lines deleted...]
-      <c r="B205" s="17" t="inlineStr">
+      <c r="C211" s="18" t="n"/>
+    </row>
+    <row r="212">
+      <c r="B212" s="15" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C205" s="21" t="n">
-[...4 lines deleted...]
-      <c r="B206" s="17" t="inlineStr">
+      <c r="C212" s="19" t="n">
+        <v>0.065</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="B213" s="15" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C206" s="20" t="n">
+      <c r="C213" s="18" t="n">
         <v>0.99</v>
       </c>
     </row>
-    <row r="207">
-      <c r="B207" s="17" t="inlineStr">
+    <row r="214">
+      <c r="B214" s="15" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C207" s="20" t="n">
-[...4 lines deleted...]
-      <c r="B208" s="17" t="inlineStr">
+      <c r="C214" s="18" t="n">
+        <v>1.43</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="B215" s="15" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C208" s="22" t="n">
-[...4 lines deleted...]
-      <c r="B209" s="18" t="inlineStr">
+      <c r="C215" s="20" t="n">
+        <v>45976</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="B216" s="16" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C209" s="19" t="n"/>
-[...2 lines deleted...]
-      <c r="B212" s="4" t="n"/>
+      <c r="C216" s="17" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="B159:F159"/>
     <mergeCell ref="B1:F1"/>
+    <mergeCell ref="B165:G165"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Koushik Chowdhury</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>