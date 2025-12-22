--- v2 (2025-11-30)
+++ v3 (2025-12-22)
@@ -1,73 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="938" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="993" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="LDF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="22">
+  <fonts count="23">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -76,57 +82,57 @@
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
@@ -149,61 +155,59 @@
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
-      <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
-      <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
@@ -338,299 +342,319 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="96">
+  <cellXfs count="102">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...13 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...10 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -679,99 +703,99 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>181</row>
+      <row>176</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>190</row>
+      <row>185</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="29400500"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>195</row>
+      <row>188</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>204</row>
-      <rowOff>31750</rowOff>
+      <row>197</row>
+      <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="31813500"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
@@ -1030,5140 +1054,5087 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L216"/>
+  <dimension ref="A1:L209"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="92" min="1" max="1"/>
+    <col width="46.81640625" bestFit="1" customWidth="1" style="92" min="2" max="2"/>
+    <col width="24.26953125" customWidth="1" style="92" min="3" max="3"/>
+    <col width="18.26953125" customWidth="1" style="92" min="4" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="92" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="92" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="92" min="8" max="8"/>
+    <col width="29.1796875" bestFit="1" customWidth="1" style="92" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="92" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="92" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="92" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="92" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="72">
-[...1 lines deleted...]
-      <c r="B1" s="71" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="68">
+      <c r="A1" s="67" t="n"/>
+      <c r="B1" s="67" t="inlineStr">
         <is>
           <t>DSP Low Duration Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on November 15, 2025</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="B8" s="3" t="inlineStr">
+      <c r="B8" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K8" s="3" t="inlineStr">
+      <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="92" t="n">
         <v>1</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="92" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C9" s="92" t="inlineStr">
+        <is>
+          <t>INE403D08272</t>
+        </is>
+      </c>
+      <c r="D9" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E9" s="12" t="n">
+        <v>20000</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>20223.32</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.0318</v>
+      </c>
+      <c r="H9" s="8" t="n">
+        <v>46675</v>
+      </c>
+      <c r="J9" s="6" t="n">
+        <v>7.4075</v>
+      </c>
+      <c r="K9" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L9" s="7" t="n">
+        <v>0.5274</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="92" t="n">
+        <v>2</v>
+      </c>
+      <c r="B10" s="92" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C10" s="92" t="inlineStr">
+        <is>
+          <t>INE261F08EA6</t>
+        </is>
+      </c>
+      <c r="D10" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E10" s="12" t="n">
+        <v>17500</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>17943.68</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0282</v>
+      </c>
+      <c r="H10" s="8" t="n">
+        <v>46265</v>
+      </c>
+      <c r="J10" s="6" t="n">
+        <v>6.85</v>
+      </c>
+      <c r="K10" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L10" s="7" t="n">
+        <v>0.1829</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="92" t="n">
+        <v>3</v>
+      </c>
+      <c r="B11" s="92" t="inlineStr">
+        <is>
+          <t>REC Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="92" t="inlineStr">
+        <is>
+          <t>INE020B08FF1</t>
+        </is>
+      </c>
+      <c r="D11" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E11" s="12" t="n">
+        <v>15000</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>15498.05</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0243</v>
+      </c>
+      <c r="H11" s="8" t="n">
+        <v>46630</v>
+      </c>
+      <c r="J11" s="6" t="n">
+        <v>6.82</v>
+      </c>
+      <c r="K11" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.1278</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="92" t="n">
+        <v>4</v>
+      </c>
+      <c r="B12" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C12" s="92" t="inlineStr">
+        <is>
+          <t>INE556F08KH1</t>
+        </is>
+      </c>
+      <c r="D12" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E12" s="12" t="n">
+        <v>15000</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>15384.81</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0242</v>
+      </c>
+      <c r="H12" s="8" t="n">
+        <v>46265</v>
+      </c>
+      <c r="J12" s="6" t="n">
+        <v>6.71</v>
+      </c>
+      <c r="K12" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.0788</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="92" t="n">
+        <v>5</v>
+      </c>
+      <c r="B13" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C13" s="92" t="inlineStr">
+        <is>
+          <t>INE556F08KI9</t>
+        </is>
+      </c>
+      <c r="D13" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E13" s="12" t="n">
+        <v>15000</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>15375.45</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0241</v>
+      </c>
+      <c r="H13" s="8" t="n">
+        <v>46269</v>
+      </c>
+      <c r="J13" s="6" t="n">
+        <v>6.71</v>
+      </c>
+      <c r="K13" s="92" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0302</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="92" t="n">
+        <v>6</v>
+      </c>
+      <c r="B14" s="92" t="inlineStr">
+        <is>
+          <t>HDB Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C14" s="92" t="inlineStr">
+        <is>
+          <t>INE756I07DX5</t>
+        </is>
+      </c>
+      <c r="D14" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E14" s="12" t="n">
+        <v>1350</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>13646.05</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0214</v>
+      </c>
+      <c r="H14" s="8" t="n">
+        <v>46276</v>
+      </c>
+      <c r="J14" s="6" t="n">
+        <v>7.025</v>
+      </c>
+      <c r="K14" s="92" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.0228</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="92" t="n">
+        <v>7</v>
+      </c>
+      <c r="B15" s="92" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="92" t="inlineStr">
+        <is>
+          <t>INE377Y07482</t>
+        </is>
+      </c>
+      <c r="D15" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E15" s="12" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>10501.29</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0165</v>
+      </c>
+      <c r="H15" s="8" t="n">
+        <v>46576</v>
+      </c>
+      <c r="J15" s="6" t="n">
+        <v>7.045</v>
+      </c>
+      <c r="K15" s="92" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0179</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="92" t="n">
+        <v>8</v>
+      </c>
+      <c r="B16" s="92" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C16" s="92" t="inlineStr">
+        <is>
+          <t>INE916DA7RX0</t>
+        </is>
+      </c>
+      <c r="D16" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E16" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>10320.43</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0162</v>
+      </c>
+      <c r="H16" s="8" t="n">
+        <v>46647</v>
+      </c>
+      <c r="J16" s="6" t="n">
+        <v>7.18</v>
+      </c>
+      <c r="K16" s="92" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="92" t="n">
+        <v>9</v>
+      </c>
+      <c r="B17" s="92" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C17" s="92" t="inlineStr">
+        <is>
+          <t>INE134E08MT1</t>
+        </is>
+      </c>
+      <c r="D17" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E17" s="12" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>10286.41</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0162</v>
+      </c>
+      <c r="H17" s="8" t="n">
+        <v>46259</v>
+      </c>
+      <c r="J17" s="6" t="n">
+        <v>6.725</v>
+      </c>
+      <c r="K17" s="92" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
+        <v>0.0095</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="92" t="n">
+        <v>10</v>
+      </c>
+      <c r="B18" s="92" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C18" s="92" t="inlineStr">
+        <is>
+          <t>INE134E08LP1</t>
+        </is>
+      </c>
+      <c r="D18" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E18" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>10237.14</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0161</v>
+      </c>
+      <c r="H18" s="8" t="n">
+        <v>46218</v>
+      </c>
+      <c r="J18" s="6" t="n">
+        <v>6.7207</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="92" t="n">
+        <v>11</v>
+      </c>
+      <c r="B19" s="92" t="inlineStr">
+        <is>
+          <t>Sikka Ports &amp; Terminals Limited**</t>
+        </is>
+      </c>
+      <c r="C19" s="92" t="inlineStr">
+        <is>
+          <t>INE941D07208</t>
+        </is>
+      </c>
+      <c r="D19" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E19" s="12" t="n">
+        <v>850</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>8867.42</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0139</v>
+      </c>
+      <c r="H19" s="8" t="n">
+        <v>46134</v>
+      </c>
+      <c r="J19" s="6" t="n">
+        <v>6.6875</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="92" t="n">
+        <v>12</v>
+      </c>
+      <c r="B20" s="92" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C20" s="92" t="inlineStr">
+        <is>
+          <t>INE115A07MQ6</t>
+        </is>
+      </c>
+      <c r="D20" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E20" s="12" t="n">
+        <v>850</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>8652.07</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0136</v>
+      </c>
+      <c r="H20" s="8" t="n">
+        <v>46714</v>
+      </c>
+      <c r="J20" s="6" t="n">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="92" t="n">
+        <v>13</v>
+      </c>
+      <c r="B21" s="92" t="inlineStr">
         <is>
           <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
-[...18 lines deleted...]
-      <c r="H9" s="7" t="n">
+      <c r="C21" s="92" t="inlineStr">
+        <is>
+          <t>INE261F08EK5</t>
+        </is>
+      </c>
+      <c r="D21" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E21" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>8032.43</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0126</v>
+      </c>
+      <c r="H21" s="8" t="n">
+        <v>46807</v>
+      </c>
+      <c r="J21" s="6" t="n">
+        <v>6.87</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="92" t="n">
+        <v>14</v>
+      </c>
+      <c r="B22" s="92" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C22" s="92" t="inlineStr">
+        <is>
+          <t>INE261F08DX0</t>
+        </is>
+      </c>
+      <c r="D22" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E22" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>7742.51</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0122</v>
+      </c>
+      <c r="H22" s="8" t="n">
+        <v>46234</v>
+      </c>
+      <c r="J22" s="6" t="n">
+        <v>6.77</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="92" t="n">
+        <v>15</v>
+      </c>
+      <c r="B23" s="92" t="inlineStr">
+        <is>
+          <t>REC Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="92" t="inlineStr">
+        <is>
+          <t>INE020B08FW6</t>
+        </is>
+      </c>
+      <c r="D23" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E23" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>7733.6</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0121</v>
+      </c>
+      <c r="H23" s="8" t="n">
+        <v>46783</v>
+      </c>
+      <c r="J23" s="6" t="n">
+        <v>6.82</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="92" t="n">
+        <v>16</v>
+      </c>
+      <c r="B24" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C24" s="92" t="inlineStr">
+        <is>
+          <t>INE556F08KU4</t>
+        </is>
+      </c>
+      <c r="D24" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E24" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>7637.17</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.012</v>
+      </c>
+      <c r="H24" s="8" t="n">
+        <v>46916</v>
+      </c>
+      <c r="J24" s="6" t="n">
+        <v>6.88</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="92" t="n">
+        <v>17</v>
+      </c>
+      <c r="B25" s="92" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C25" s="92" t="inlineStr">
+        <is>
+          <t>INE115A07RH4</t>
+        </is>
+      </c>
+      <c r="D25" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E25" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>7615.39</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.012</v>
+      </c>
+      <c r="H25" s="8" t="n">
+        <v>46647</v>
+      </c>
+      <c r="J25" s="6" t="n">
+        <v>6.975</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="92" t="n">
+        <v>18</v>
+      </c>
+      <c r="B26" s="92" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C26" s="92" t="inlineStr">
+        <is>
+          <t>INE115A07RA9</t>
+        </is>
+      </c>
+      <c r="D26" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E26" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>7557.58</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0119</v>
+      </c>
+      <c r="H26" s="8" t="n">
+        <v>46367</v>
+      </c>
+      <c r="J26" s="6" t="n">
+        <v>6.965</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="92" t="n">
+        <v>19</v>
+      </c>
+      <c r="B27" s="92" t="inlineStr">
+        <is>
+          <t>Sundaram Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C27" s="92" t="inlineStr">
+        <is>
+          <t>INE660A07RU2</t>
+        </is>
+      </c>
+      <c r="D27" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E27" s="12" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>6043.7</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0095</v>
+      </c>
+      <c r="H27" s="8" t="n">
+        <v>46367</v>
+      </c>
+      <c r="J27" s="6" t="n">
+        <v>7.0279</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="92" t="n">
+        <v>20</v>
+      </c>
+      <c r="B28" s="92" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C28" s="92" t="inlineStr">
+        <is>
+          <t>INE296A07SR9</t>
+        </is>
+      </c>
+      <c r="D28" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E28" s="12" t="n">
+        <v>5500</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>5970.99</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="H28" s="8" t="n">
+        <v>46395</v>
+      </c>
+      <c r="J28" s="6" t="n">
+        <v>7.1</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="92" t="n">
+        <v>21</v>
+      </c>
+      <c r="B29" s="92" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India</t>
+        </is>
+      </c>
+      <c r="C29" s="92" t="inlineStr">
+        <is>
+          <t>INE514E08GE8</t>
+        </is>
+      </c>
+      <c r="D29" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E29" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>5397.99</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="H29" s="8" t="n">
+        <v>46961</v>
+      </c>
+      <c r="J29" s="6" t="n">
+        <v>6.735</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="92" t="n">
+        <v>22</v>
+      </c>
+      <c r="B30" s="92" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C30" s="92" t="inlineStr">
+        <is>
+          <t>INE261F08EM1</t>
+        </is>
+      </c>
+      <c r="D30" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E30" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>5340.15</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="H30" s="8" t="n">
+        <v>46836</v>
+      </c>
+      <c r="J30" s="6" t="n">
+        <v>6.87</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="92" t="n">
+        <v>23</v>
+      </c>
+      <c r="B31" s="92" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C31" s="92" t="inlineStr">
+        <is>
+          <t>INE115A07RE1</t>
+        </is>
+      </c>
+      <c r="D31" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E31" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>5331.6</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="H31" s="8" t="n">
+        <v>46464</v>
+      </c>
+      <c r="J31" s="6" t="n">
+        <v>6.955</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="92" t="n">
+        <v>24</v>
+      </c>
+      <c r="B32" s="92" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C32" s="92" t="inlineStr">
+        <is>
+          <t>INE020B08EX7</t>
+        </is>
+      </c>
+      <c r="D32" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E32" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>5289.72</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0083</v>
+      </c>
+      <c r="H32" s="8" t="n">
+        <v>46507</v>
+      </c>
+      <c r="J32" s="6" t="n">
+        <v>6.82</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="92" t="n">
+        <v>25</v>
+      </c>
+      <c r="B33" s="92" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C33" s="92" t="inlineStr">
+        <is>
+          <t>INE134E08ML8</t>
+        </is>
+      </c>
+      <c r="D33" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E33" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>5270.33</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0083</v>
+      </c>
+      <c r="H33" s="8" t="n">
+        <v>46218</v>
+      </c>
+      <c r="J33" s="6" t="n">
+        <v>6.7208</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="92" t="n">
+        <v>26</v>
+      </c>
+      <c r="B34" s="92" t="inlineStr">
+        <is>
+          <t>NTPC Limited**</t>
+        </is>
+      </c>
+      <c r="C34" s="92" t="inlineStr">
+        <is>
+          <t>INE733E08247</t>
+        </is>
+      </c>
+      <c r="D34" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E34" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>5253.64</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0083</v>
+      </c>
+      <c r="H34" s="8" t="n">
+        <v>46129</v>
+      </c>
+      <c r="J34" s="6" t="n">
+        <v>6.4838</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="92" t="n">
+        <v>27</v>
+      </c>
+      <c r="B35" s="92" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="92" t="inlineStr">
+        <is>
+          <t>INE296A07TJ4</t>
+        </is>
+      </c>
+      <c r="D35" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E35" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>5251.63</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="H35" s="8" t="n">
+        <v>46930</v>
+      </c>
+      <c r="J35" s="6" t="n">
+        <v>7.27</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="92" t="n">
+        <v>28</v>
+      </c>
+      <c r="B36" s="92" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C36" s="92" t="inlineStr">
+        <is>
+          <t>INE377Y07425</t>
+        </is>
+      </c>
+      <c r="D36" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E36" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>5237.34</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="H36" s="8" t="n">
+        <v>46168</v>
+      </c>
+      <c r="J36" s="6" t="n">
+        <v>6.5649</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="92" t="n">
+        <v>29</v>
+      </c>
+      <c r="B37" s="92" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="92" t="inlineStr">
+        <is>
+          <t>INE377Y07557</t>
+        </is>
+      </c>
+      <c r="D37" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E37" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>5229.7</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="H37" s="8" t="n">
+        <v>46444</v>
+      </c>
+      <c r="J37" s="6" t="n">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="92" t="n">
+        <v>30</v>
+      </c>
+      <c r="B38" s="92" t="inlineStr">
+        <is>
+          <t>ICICI Home Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C38" s="92" t="inlineStr">
+        <is>
+          <t>INE071G07819</t>
+        </is>
+      </c>
+      <c r="D38" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E38" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>5181.17</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="H38" s="8" t="n">
+        <v>46566</v>
+      </c>
+      <c r="J38" s="6" t="n">
+        <v>7.125</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="92" t="n">
+        <v>31</v>
+      </c>
+      <c r="B39" s="92" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C39" s="92" t="inlineStr">
+        <is>
+          <t>INE514E08FP6</t>
+        </is>
+      </c>
+      <c r="D39" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E39" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>5167.84</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="H39" s="8" t="n">
+        <v>46602</v>
+      </c>
+      <c r="J39" s="6" t="n">
+        <v>6.725</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="92" t="n">
+        <v>32</v>
+      </c>
+      <c r="B40" s="92" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C40" s="92" t="inlineStr">
+        <is>
+          <t>INE261F08EO7</t>
+        </is>
+      </c>
+      <c r="D40" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E40" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>5161.79</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="H40" s="8" t="n">
+        <v>47011</v>
+      </c>
+      <c r="J40" s="6" t="n">
+        <v>6.9045</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="92" t="n">
+        <v>33</v>
+      </c>
+      <c r="B41" s="92" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C41" s="92" t="inlineStr">
+        <is>
+          <t>INE020B08FC8</t>
+        </is>
+      </c>
+      <c r="D41" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E41" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>5140.98</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="H41" s="8" t="n">
         <v>46265</v>
       </c>
-      <c r="J9" s="5" t="n">
-[...12 lines deleted...]
-      <c r="A10" s="1" t="n">
+      <c r="J41" s="6" t="n">
+        <v>6.715</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="92" t="n">
+        <v>34</v>
+      </c>
+      <c r="B42" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C42" s="92" t="inlineStr">
+        <is>
+          <t>INE556F08KK5</t>
+        </is>
+      </c>
+      <c r="D42" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E42" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>5122.35</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="H42" s="8" t="n">
+        <v>46496</v>
+      </c>
+      <c r="J42" s="6" t="n">
+        <v>6.835</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="92" t="n">
+        <v>35</v>
+      </c>
+      <c r="B43" s="92" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="92" t="inlineStr">
+        <is>
+          <t>INE115A07QZ8</t>
+        </is>
+      </c>
+      <c r="D43" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E43" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>5118.82</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="H43" s="8" t="n">
+        <v>46682</v>
+      </c>
+      <c r="J43" s="6" t="n">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="92" t="n">
+        <v>36</v>
+      </c>
+      <c r="B44" s="92" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C44" s="92" t="inlineStr">
+        <is>
+          <t>INE053F08288</t>
+        </is>
+      </c>
+      <c r="D44" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E44" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>5077.89</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="H44" s="8" t="n">
+        <v>46127</v>
+      </c>
+      <c r="J44" s="6" t="n">
+        <v>6.5499</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="92" t="n">
+        <v>37</v>
+      </c>
+      <c r="B45" s="92" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C45" s="92" t="inlineStr">
+        <is>
+          <t>INE296A07TF2</t>
+        </is>
+      </c>
+      <c r="D45" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E45" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>5059.43</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.007900000000000001</v>
+      </c>
+      <c r="H45" s="8" t="n">
+        <v>46731</v>
+      </c>
+      <c r="J45" s="6" t="n">
+        <v>7.2</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="92" t="n">
+        <v>38</v>
+      </c>
+      <c r="B46" s="92" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C46" s="92" t="inlineStr">
+        <is>
+          <t>INE916DA7SP4</t>
+        </is>
+      </c>
+      <c r="D46" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E46" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>3275.19</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0051</v>
+      </c>
+      <c r="H46" s="8" t="n">
+        <v>46377</v>
+      </c>
+      <c r="J46" s="6" t="n">
+        <v>7.11</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="92" t="n">
+        <v>39</v>
+      </c>
+      <c r="B47" s="92" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="92" t="inlineStr">
+        <is>
+          <t>INE403D08306</t>
+        </is>
+      </c>
+      <c r="D47" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E47" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>3007.96</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H47" s="8" t="n">
+        <v>46722</v>
+      </c>
+      <c r="J47" s="6" t="n">
+        <v>7.3139</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="92" t="n">
+        <v>40</v>
+      </c>
+      <c r="B48" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C48" s="92" t="inlineStr">
+        <is>
+          <t>INE556F08KM1</t>
+        </is>
+      </c>
+      <c r="D48" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E48" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>2723.89</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="H48" s="8" t="n">
+        <v>46521</v>
+      </c>
+      <c r="J48" s="6" t="n">
+        <v>6.835</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="92" t="n">
+        <v>41</v>
+      </c>
+      <c r="B49" s="92" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C49" s="92" t="inlineStr">
+        <is>
+          <t>INE115A07QW5</t>
+        </is>
+      </c>
+      <c r="D49" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E49" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>2697.8</v>
+      </c>
+      <c r="G49" s="7" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H49" s="8" t="n">
+        <v>46794</v>
+      </c>
+      <c r="J49" s="6" t="n">
+        <v>7.01</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="92" t="n">
+        <v>42</v>
+      </c>
+      <c r="B50" s="92" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C50" s="92" t="inlineStr">
+        <is>
+          <t>INE020B08EH0</t>
+        </is>
+      </c>
+      <c r="D50" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E50" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>2685.84</v>
+      </c>
+      <c r="G50" s="7" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H50" s="8" t="n">
+        <v>46843</v>
+      </c>
+      <c r="J50" s="6" t="n">
+        <v>6.82</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="92" t="n">
+        <v>43</v>
+      </c>
+      <c r="B51" s="92" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C51" s="92" t="inlineStr">
+        <is>
+          <t>INE134E08IO0</t>
+        </is>
+      </c>
+      <c r="D51" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E51" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>2680.54</v>
+      </c>
+      <c r="G51" s="7" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H51" s="8" t="n">
+        <v>46392</v>
+      </c>
+      <c r="J51" s="6" t="n">
+        <v>6.8239</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="92" t="n">
+        <v>44</v>
+      </c>
+      <c r="B52" s="92" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C52" s="92" t="inlineStr">
+        <is>
+          <t>INE020B08FR6</t>
+        </is>
+      </c>
+      <c r="D52" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E52" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>2668.83</v>
+      </c>
+      <c r="G52" s="7" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H52" s="8" t="n">
+        <v>46812</v>
+      </c>
+      <c r="J52" s="6" t="n">
+        <v>6.813</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="92" t="n">
+        <v>45</v>
+      </c>
+      <c r="B53" s="92" t="inlineStr">
+        <is>
+          <t>HDB Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C53" s="92" t="inlineStr">
+        <is>
+          <t>INE756I07ER5</t>
+        </is>
+      </c>
+      <c r="D53" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E53" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>2644.53</v>
+      </c>
+      <c r="G53" s="7" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H53" s="8" t="n">
+        <v>46136</v>
+      </c>
+      <c r="J53" s="6" t="n">
+        <v>6.945</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="92" t="n">
+        <v>46</v>
+      </c>
+      <c r="B54" s="92" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C54" s="92" t="inlineStr">
+        <is>
+          <t>INE020B08FA2</t>
+        </is>
+      </c>
+      <c r="D54" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E54" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>2627.73</v>
+      </c>
+      <c r="G54" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="H54" s="8" t="n">
+        <v>46538</v>
+      </c>
+      <c r="J54" s="6" t="n">
+        <v>6.82</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="92" t="n">
+        <v>47</v>
+      </c>
+      <c r="B55" s="92" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C55" s="92" t="inlineStr">
+        <is>
+          <t>INE020B08ES7</t>
+        </is>
+      </c>
+      <c r="D55" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E55" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>2617.55</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="H55" s="8" t="n">
+        <v>46172</v>
+      </c>
+      <c r="J55" s="6" t="n">
+        <v>6.5</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="92" t="n">
+        <v>48</v>
+      </c>
+      <c r="B56" s="92" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C56" s="92" t="inlineStr">
+        <is>
+          <t>INE134E08JC3</t>
+        </is>
+      </c>
+      <c r="D56" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E56" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>2614.81</v>
+      </c>
+      <c r="G56" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="H56" s="8" t="n">
+        <v>46549</v>
+      </c>
+      <c r="J56" s="6" t="n">
+        <v>6.825</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="92" t="n">
+        <v>49</v>
+      </c>
+      <c r="B57" s="92" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C57" s="92" t="inlineStr">
+        <is>
+          <t>INE134E08MO2</t>
+        </is>
+      </c>
+      <c r="D57" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E57" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>2611.24</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="H57" s="8" t="n">
+        <v>46164</v>
+      </c>
+      <c r="J57" s="6" t="n">
+        <v>6.5</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="92" t="n">
+        <v>50</v>
+      </c>
+      <c r="B58" s="92" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C58" s="92" t="inlineStr">
+        <is>
+          <t>INE916DA7ST6</t>
+        </is>
+      </c>
+      <c r="D58" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E58" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>2601.47</v>
+      </c>
+      <c r="G58" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="H58" s="8" t="n">
+        <v>46617</v>
+      </c>
+      <c r="J58" s="6" t="n">
+        <v>7.18</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="92" t="n">
+        <v>51</v>
+      </c>
+      <c r="B59" s="92" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C59" s="92" t="inlineStr">
+        <is>
+          <t>INE916DA7RP6</t>
+        </is>
+      </c>
+      <c r="D59" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E59" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>2600.56</v>
+      </c>
+      <c r="G59" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="H59" s="8" t="n">
+        <v>46587</v>
+      </c>
+      <c r="J59" s="6" t="n">
+        <v>7.18</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="92" t="n">
+        <v>52</v>
+      </c>
+      <c r="B60" s="92" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C60" s="92" t="inlineStr">
+        <is>
+          <t>INE020B08ED9</t>
+        </is>
+      </c>
+      <c r="D60" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E60" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>2598.04</v>
+      </c>
+      <c r="G60" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="H60" s="8" t="n">
+        <v>46203</v>
+      </c>
+      <c r="J60" s="6" t="n">
+        <v>6.5199</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="92" t="n">
+        <v>53</v>
+      </c>
+      <c r="B61" s="92" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C61" s="92" t="inlineStr">
+        <is>
+          <t>INE020B08EL2</t>
+        </is>
+      </c>
+      <c r="D61" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E61" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F61" s="6" t="n">
+        <v>2592.59</v>
+      </c>
+      <c r="G61" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="H61" s="8" t="n">
+        <v>46142</v>
+      </c>
+      <c r="J61" s="6" t="n">
+        <v>6.5001</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="92" t="n">
+        <v>54</v>
+      </c>
+      <c r="B62" s="92" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C62" s="92" t="inlineStr">
+        <is>
+          <t>INE377Y07565</t>
+        </is>
+      </c>
+      <c r="D62" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E62" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>2590.77</v>
+      </c>
+      <c r="G62" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="H62" s="8" t="n">
+        <v>46899</v>
+      </c>
+      <c r="J62" s="6" t="n">
+        <v>7.1275</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="92" t="n">
+        <v>55</v>
+      </c>
+      <c r="B63" s="92" t="inlineStr">
+        <is>
+          <t>REC Limited</t>
+        </is>
+      </c>
+      <c r="C63" s="92" t="inlineStr">
+        <is>
+          <t>INE020B08EI8</t>
+        </is>
+      </c>
+      <c r="D63" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E63" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>2580.23</v>
+      </c>
+      <c r="G63" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="H63" s="8" t="n">
+        <v>46234</v>
+      </c>
+      <c r="J63" s="6" t="n">
+        <v>6.7</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="92" t="n">
+        <v>56</v>
+      </c>
+      <c r="B64" s="92" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C64" s="92" t="inlineStr">
+        <is>
+          <t>INE134E08II2</t>
+        </is>
+      </c>
+      <c r="D64" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E64" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>2574.35</v>
+      </c>
+      <c r="G64" s="7" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H64" s="8" t="n">
+        <v>46248</v>
+      </c>
+      <c r="J64" s="6" t="n">
+        <v>6.7223</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="92" t="n">
+        <v>57</v>
+      </c>
+      <c r="B65" s="92" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C65" s="92" t="inlineStr">
+        <is>
+          <t>INE296A07TM8</t>
+        </is>
+      </c>
+      <c r="D65" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E65" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F65" s="6" t="n">
+        <v>2567.49</v>
+      </c>
+      <c r="G65" s="7" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H65" s="8" t="n">
+        <v>46944</v>
+      </c>
+      <c r="J65" s="6" t="n">
+        <v>7.275</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="92" t="n">
+        <v>58</v>
+      </c>
+      <c r="B66" s="92" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C66" s="92" t="inlineStr">
+        <is>
+          <t>INE916DA7TB2</t>
+        </is>
+      </c>
+      <c r="D66" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E66" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F66" s="6" t="n">
+        <v>2563.04</v>
+      </c>
+      <c r="G66" s="7" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H66" s="8" t="n">
+        <v>46853</v>
+      </c>
+      <c r="J66" s="6" t="n">
+        <v>7.2725</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="92" t="n">
+        <v>59</v>
+      </c>
+      <c r="B67" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C67" s="92" t="inlineStr">
+        <is>
+          <t>INE556F08KB4</t>
+        </is>
+      </c>
+      <c r="D67" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E67" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F67" s="6" t="n">
+        <v>2562.17</v>
+      </c>
+      <c r="G67" s="7" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H67" s="8" t="n">
+        <v>46080</v>
+      </c>
+      <c r="J67" s="6" t="n">
+        <v>6.305</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="92" t="n">
+        <v>60</v>
+      </c>
+      <c r="B68" s="92" t="inlineStr">
+        <is>
+          <t>Tata Capital Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C68" s="92" t="inlineStr">
+        <is>
+          <t>INE033L07HY2</t>
+        </is>
+      </c>
+      <c r="D68" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E68" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F68" s="6" t="n">
+        <v>2561.67</v>
+      </c>
+      <c r="G68" s="7" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H68" s="8" t="n">
+        <v>46694</v>
+      </c>
+      <c r="J68" s="6" t="n">
+        <v>7.09</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="92" t="n">
+        <v>61</v>
+      </c>
+      <c r="B69" s="92" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C69" s="92" t="inlineStr">
+        <is>
+          <t>INE115A07KM9</t>
+        </is>
+      </c>
+      <c r="D69" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E69" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F69" s="6" t="n">
+        <v>2557.41</v>
+      </c>
+      <c r="G69" s="7" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H69" s="8" t="n">
+        <v>46290</v>
+      </c>
+      <c r="J69" s="6" t="n">
+        <v>6.95</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="92" t="n">
+        <v>62</v>
+      </c>
+      <c r="B70" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C70" s="92" t="inlineStr">
+        <is>
+          <t>INE556F08KJ7</t>
+        </is>
+      </c>
+      <c r="D70" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E70" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F70" s="6" t="n">
+        <v>2557.13</v>
+      </c>
+      <c r="G70" s="7" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H70" s="8" t="n">
+        <v>46287</v>
+      </c>
+      <c r="J70" s="6" t="n">
+        <v>6.71</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="92" t="n">
+        <v>63</v>
+      </c>
+      <c r="B71" s="92" t="inlineStr">
+        <is>
+          <t>Nexus Select Trust**</t>
+        </is>
+      </c>
+      <c r="C71" s="92" t="inlineStr">
+        <is>
+          <t>INE0NDH07019</t>
+        </is>
+      </c>
+      <c r="D71" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E71" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>2541.45</v>
+      </c>
+      <c r="G71" s="7" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H71" s="8" t="n">
+        <v>46189</v>
+      </c>
+      <c r="I71" s="92" t="inlineStr">
+        <is>
+          <t>CA - 16-Dec-2025 CA - 16-Mar-2026</t>
+        </is>
+      </c>
+      <c r="J71" s="6" t="n">
+        <v>5.68</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="92" t="n">
+        <v>64</v>
+      </c>
+      <c r="B72" s="92" t="inlineStr">
+        <is>
+          <t>Jio Credit Limited**</t>
+        </is>
+      </c>
+      <c r="C72" s="92" t="inlineStr">
+        <is>
+          <t>INE282H07034</t>
+        </is>
+      </c>
+      <c r="D72" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E72" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F72" s="6" t="n">
+        <v>2523.52</v>
+      </c>
+      <c r="G72" s="7" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H72" s="8" t="n">
+        <v>46673</v>
+      </c>
+      <c r="J72" s="6" t="n">
+        <v>7.2073</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="92" t="n">
+        <v>65</v>
+      </c>
+      <c r="B73" s="92" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C73" s="92" t="inlineStr">
+        <is>
+          <t>INE020B08AA3</t>
+        </is>
+      </c>
+      <c r="D73" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E73" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F73" s="6" t="n">
+        <v>2523.4</v>
+      </c>
+      <c r="G73" s="7" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H73" s="8" t="n">
+        <v>46333</v>
+      </c>
+      <c r="J73" s="6" t="n">
+        <v>6.755</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="92" t="n">
+        <v>66</v>
+      </c>
+      <c r="B74" s="92" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C74" s="92" t="inlineStr">
+        <is>
+          <t>INE053F07AC3</t>
+        </is>
+      </c>
+      <c r="D74" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E74" s="12" t="n">
+        <v>200</v>
+      </c>
+      <c r="F74" s="6" t="n">
+        <v>2115.73</v>
+      </c>
+      <c r="G74" s="7" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="H74" s="8" t="n">
+        <v>46626</v>
+      </c>
+      <c r="J74" s="6" t="n">
+        <v>6.77</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="92" t="n">
+        <v>67</v>
+      </c>
+      <c r="B75" s="92" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C75" s="92" t="inlineStr">
+        <is>
+          <t>INE134E08NW3</t>
+        </is>
+      </c>
+      <c r="D75" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E75" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F75" s="6" t="n">
+        <v>2026.5</v>
+      </c>
+      <c r="G75" s="7" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="H75" s="8" t="n">
+        <v>46675</v>
+      </c>
+      <c r="J75" s="6" t="n">
+        <v>6.825</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="92" t="n">
+        <v>68</v>
+      </c>
+      <c r="B76" s="92" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C76" s="92" t="inlineStr">
+        <is>
+          <t>INE774D07UT1</t>
+        </is>
+      </c>
+      <c r="D76" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E76" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F76" s="6" t="n">
+        <v>1061.94</v>
+      </c>
+      <c r="G76" s="7" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="H76" s="8" t="n">
+        <v>46107</v>
+      </c>
+      <c r="J76" s="6" t="n">
+        <v>6.835</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="92" t="n">
+        <v>69</v>
+      </c>
+      <c r="B77" s="92" t="inlineStr">
+        <is>
+          <t>HDB Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C77" s="92" t="inlineStr">
+        <is>
+          <t>INE756I07EZ8</t>
+        </is>
+      </c>
+      <c r="D77" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E77" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F77" s="6" t="n">
+        <v>1052</v>
+      </c>
+      <c r="G77" s="7" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="H77" s="8" t="n">
+        <v>46573</v>
+      </c>
+      <c r="J77" s="6" t="n">
+        <v>7.27</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="92" t="n">
+        <v>70</v>
+      </c>
+      <c r="B78" s="92" t="inlineStr">
+        <is>
+          <t>HDB Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C78" s="92" t="inlineStr">
+        <is>
+          <t>INE756I07EK0</t>
+        </is>
+      </c>
+      <c r="D78" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E78" s="12" t="n">
+        <v>46</v>
+      </c>
+      <c r="F78" s="6" t="n">
+        <v>587.15</v>
+      </c>
+      <c r="G78" s="7" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="H78" s="8" t="n">
+        <v>46035</v>
+      </c>
+      <c r="J78" s="6" t="n">
+        <v>7.4497</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="92" t="n">
+        <v>71</v>
+      </c>
+      <c r="B79" s="92" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C79" s="92" t="inlineStr">
+        <is>
+          <t>INE020B08EF4</t>
+        </is>
+      </c>
+      <c r="D79" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E79" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F79" s="6" t="n">
+        <v>531.21</v>
+      </c>
+      <c r="G79" s="7" t="n">
+        <v>0.0008</v>
+      </c>
+      <c r="H79" s="8" t="n">
+        <v>46081</v>
+      </c>
+      <c r="J79" s="6" t="n">
+        <v>6.2898</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="92" t="n">
+        <v>72</v>
+      </c>
+      <c r="B80" s="92" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C80" s="92" t="inlineStr">
+        <is>
+          <t>INE115A07KE6</t>
+        </is>
+      </c>
+      <c r="D80" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E80" s="12" t="n">
+        <v>50</v>
+      </c>
+      <c r="F80" s="6" t="n">
+        <v>515.45</v>
+      </c>
+      <c r="G80" s="7" t="n">
+        <v>0.0008</v>
+      </c>
+      <c r="H80" s="8" t="n">
+        <v>46252</v>
+      </c>
+      <c r="J80" s="6" t="n">
+        <v>6.95</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="92" t="n">
+        <v>73</v>
+      </c>
+      <c r="B81" s="92" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C81" s="92" t="inlineStr">
+        <is>
+          <t>INE774D07VJ0</t>
+        </is>
+      </c>
+      <c r="D81" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E81" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F81" s="6" t="n">
+        <v>264.91</v>
+      </c>
+      <c r="G81" s="7" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="H81" s="8" t="n">
+        <v>46504</v>
+      </c>
+      <c r="J81" s="6" t="n">
+        <v>7.265</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="9" t="n"/>
+      <c r="B82" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C82" s="9" t="n"/>
+      <c r="D82" s="9" t="n"/>
+      <c r="E82" s="9" t="n"/>
+      <c r="F82" s="10" t="n">
+        <v>386007.95</v>
+      </c>
+      <c r="G82" s="11" t="n">
+        <v>0.6062</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="B84" s="4" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="92" t="n">
+        <v>74</v>
+      </c>
+      <c r="B85" s="92" t="inlineStr">
+        <is>
+          <t>6.01% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C85" s="92" t="inlineStr">
+        <is>
+          <t>IN0020250067</t>
+        </is>
+      </c>
+      <c r="D85" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E85" s="12" t="n">
+        <v>16000000</v>
+      </c>
+      <c r="F85" s="6" t="n">
+        <v>16192.16</v>
+      </c>
+      <c r="G85" s="7" t="n">
+        <v>0.0254</v>
+      </c>
+      <c r="H85" s="8" t="n">
+        <v>47685</v>
+      </c>
+      <c r="J85" s="6" t="n">
+        <v>6.3179</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="92" t="n">
+        <v>75</v>
+      </c>
+      <c r="B86" s="92" t="inlineStr">
+        <is>
+          <t>6.85% Uttar Pradesh SDL 2026</t>
+        </is>
+      </c>
+      <c r="C86" s="92" t="inlineStr">
+        <is>
+          <t>IN3320160275</t>
+        </is>
+      </c>
+      <c r="D86" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E86" s="12" t="n">
+        <v>9714000</v>
+      </c>
+      <c r="F86" s="6" t="n">
+        <v>9847.280000000001</v>
+      </c>
+      <c r="G86" s="7" t="n">
+        <v>0.0155</v>
+      </c>
+      <c r="H86" s="8" t="n">
+        <v>46349</v>
+      </c>
+      <c r="J86" s="6" t="n">
+        <v>5.8041</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="92" t="n">
+        <v>76</v>
+      </c>
+      <c r="B87" s="92" t="inlineStr">
+        <is>
+          <t>8.51% GOI FRB 2033</t>
+        </is>
+      </c>
+      <c r="C87" s="92" t="inlineStr">
+        <is>
+          <t>IN0020200120</t>
+        </is>
+      </c>
+      <c r="D87" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E87" s="12" t="n">
+        <v>7500000</v>
+      </c>
+      <c r="F87" s="6" t="n">
+        <v>7888.1</v>
+      </c>
+      <c r="G87" s="7" t="n">
+        <v>0.0124</v>
+      </c>
+      <c r="H87" s="8" t="n">
+        <v>48844</v>
+      </c>
+      <c r="J87" s="6" t="n">
+        <v>6.17</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="92" t="n">
+        <v>77</v>
+      </c>
+      <c r="B88" s="92" t="inlineStr">
+        <is>
+          <t>7.59% GOI 2026</t>
+        </is>
+      </c>
+      <c r="C88" s="92" t="inlineStr">
+        <is>
+          <t>IN0020150093</t>
+        </is>
+      </c>
+      <c r="D88" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E88" s="12" t="n">
+        <v>7500000</v>
+      </c>
+      <c r="F88" s="6" t="n">
+        <v>7756.17</v>
+      </c>
+      <c r="G88" s="7" t="n">
+        <v>0.0122</v>
+      </c>
+      <c r="H88" s="8" t="n">
+        <v>46033</v>
+      </c>
+      <c r="J88" s="6" t="n">
+        <v>5.1501</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="92" t="n">
+        <v>78</v>
+      </c>
+      <c r="B89" s="92" t="inlineStr">
+        <is>
+          <t>6.18% Gujarat SDL 2026</t>
+        </is>
+      </c>
+      <c r="C89" s="92" t="inlineStr">
+        <is>
+          <t>IN1520200339</t>
+        </is>
+      </c>
+      <c r="D89" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E89" s="12" t="n">
+        <v>5660000</v>
+      </c>
+      <c r="F89" s="6" t="n">
+        <v>5743.99</v>
+      </c>
+      <c r="G89" s="7" t="n">
+        <v>0.008999999999999999</v>
+      </c>
+      <c r="H89" s="8" t="n">
+        <v>46112</v>
+      </c>
+      <c r="J89" s="6" t="n">
+        <v>5.5014</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="92" t="n">
+        <v>79</v>
+      </c>
+      <c r="B90" s="92" t="inlineStr">
+        <is>
+          <t>7.15% Maharashtra SDL 2026</t>
+        </is>
+      </c>
+      <c r="C90" s="92" t="inlineStr">
+        <is>
+          <t>IN2220160088</t>
+        </is>
+      </c>
+      <c r="D90" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E90" s="12" t="n">
+        <v>4000000</v>
+      </c>
+      <c r="F90" s="6" t="n">
+        <v>4094.26</v>
+      </c>
+      <c r="G90" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H90" s="8" t="n">
+        <v>46308</v>
+      </c>
+      <c r="J90" s="6" t="n">
+        <v>5.7446</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="92" t="n">
+        <v>80</v>
+      </c>
+      <c r="B91" s="92" t="inlineStr">
+        <is>
+          <t>7.24% Gujarat SDL 2026</t>
+        </is>
+      </c>
+      <c r="C91" s="92" t="inlineStr">
+        <is>
+          <t>IN1520160160</t>
+        </is>
+      </c>
+      <c r="D91" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E91" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F91" s="6" t="n">
+        <v>2620</v>
+      </c>
+      <c r="G91" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="H91" s="8" t="n">
+        <v>46384</v>
+      </c>
+      <c r="J91" s="6" t="n">
+        <v>5.7996</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="92" t="n">
+        <v>81</v>
+      </c>
+      <c r="B92" s="92" t="inlineStr">
+        <is>
+          <t>7.59% Gujarat SDL 2027</t>
+        </is>
+      </c>
+      <c r="C92" s="92" t="inlineStr">
+        <is>
+          <t>IN1520160194</t>
+        </is>
+      </c>
+      <c r="D92" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E92" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F92" s="6" t="n">
+        <v>2609.91</v>
+      </c>
+      <c r="G92" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="H92" s="8" t="n">
+        <v>46433</v>
+      </c>
+      <c r="J92" s="6" t="n">
+        <v>5.9149</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="92" t="n">
+        <v>82</v>
+      </c>
+      <c r="B93" s="92" t="inlineStr">
+        <is>
+          <t>8.3% Madhya Pradesh SDL 2026</t>
+        </is>
+      </c>
+      <c r="C93" s="92" t="inlineStr">
+        <is>
+          <t>IN2120150080</t>
+        </is>
+      </c>
+      <c r="D93" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E93" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F93" s="6" t="n">
+        <v>2592.94</v>
+      </c>
+      <c r="G93" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="H93" s="8" t="n">
+        <v>46035</v>
+      </c>
+      <c r="J93" s="6" t="n">
+        <v>5.434</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="92" t="n">
+        <v>83</v>
+      </c>
+      <c r="B94" s="92" t="inlineStr">
+        <is>
+          <t>6.36% Himachal Pradesh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C94" s="92" t="inlineStr">
+        <is>
+          <t>IN1720200030</t>
+        </is>
+      </c>
+      <c r="D94" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E94" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F94" s="6" t="n">
+        <v>2558.46</v>
+      </c>
+      <c r="G94" s="7" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H94" s="8" t="n">
+        <v>46963</v>
+      </c>
+      <c r="J94" s="6" t="n">
+        <v>6.3906</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="92" t="n">
+        <v>84</v>
+      </c>
+      <c r="B95" s="92" t="inlineStr">
+        <is>
+          <t>7.98% Gujarat SDL 2026</t>
+        </is>
+      </c>
+      <c r="C95" s="92" t="inlineStr">
+        <is>
+          <t>IN1520160038</t>
+        </is>
+      </c>
+      <c r="D95" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E95" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F95" s="6" t="n">
+        <v>2542.39</v>
+      </c>
+      <c r="G95" s="7" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H95" s="8" t="n">
+        <v>46153</v>
+      </c>
+      <c r="J95" s="6" t="n">
+        <v>5.6409</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="92" t="n">
+        <v>85</v>
+      </c>
+      <c r="B96" s="92" t="inlineStr">
+        <is>
+          <t>7.40% Maharashtra SDL 2031</t>
+        </is>
+      </c>
+      <c r="C96" s="92" t="inlineStr">
+        <is>
+          <t>IN2220230097</t>
+        </is>
+      </c>
+      <c r="D96" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E96" s="12" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F96" s="6" t="n">
+        <v>2105.34</v>
+      </c>
+      <c r="G96" s="7" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="H96" s="8" t="n">
+        <v>48027</v>
+      </c>
+      <c r="J96" s="6" t="n">
+        <v>6.9981</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="92" t="n">
+        <v>86</v>
+      </c>
+      <c r="B97" s="92" t="inlineStr">
+        <is>
+          <t>6.88% Uttar Pradesh SDL 2031</t>
+        </is>
+      </c>
+      <c r="C97" s="92" t="inlineStr">
+        <is>
+          <t>IN3320210013</t>
+        </is>
+      </c>
+      <c r="D97" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E97" s="12" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F97" s="6" t="n">
+        <v>2051.28</v>
+      </c>
+      <c r="G97" s="7" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="H97" s="8" t="n">
+        <v>48022</v>
+      </c>
+      <c r="J97" s="6" t="n">
+        <v>7.0441</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="92" t="n">
+        <v>87</v>
+      </c>
+      <c r="B98" s="92" t="inlineStr">
+        <is>
+          <t>6.24% Maharashtra SDL 2026</t>
+        </is>
+      </c>
+      <c r="C98" s="92" t="inlineStr">
+        <is>
+          <t>IN2220210214</t>
+        </is>
+      </c>
+      <c r="D98" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E98" s="12" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F98" s="6" t="n">
+        <v>2050.41</v>
+      </c>
+      <c r="G98" s="7" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="H98" s="8" t="n">
+        <v>46245</v>
+      </c>
+      <c r="J98" s="6" t="n">
+        <v>5.6655</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="92" t="n">
+        <v>88</v>
+      </c>
+      <c r="B99" s="92" t="inlineStr">
+        <is>
+          <t>7.37% Maharashtra SDL 2026</t>
+        </is>
+      </c>
+      <c r="C99" s="92" t="inlineStr">
+        <is>
+          <t>IN2220160062</t>
+        </is>
+      </c>
+      <c r="D99" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E99" s="12" t="n">
+        <v>1875000</v>
+      </c>
+      <c r="F99" s="6" t="n">
+        <v>1932.85</v>
+      </c>
+      <c r="G99" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="H99" s="8" t="n">
+        <v>46279</v>
+      </c>
+      <c r="J99" s="6" t="n">
+        <v>5.6804</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="92" t="n">
+        <v>89</v>
+      </c>
+      <c r="B100" s="92" t="inlineStr">
+        <is>
+          <t>7.08% Karnataka SDL 2031</t>
+        </is>
+      </c>
+      <c r="C100" s="92" t="inlineStr">
+        <is>
+          <t>IN1920240232</t>
+        </is>
+      </c>
+      <c r="D100" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E100" s="12" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F100" s="6" t="n">
+        <v>1027.56</v>
+      </c>
+      <c r="G100" s="7" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="H100" s="8" t="n">
+        <v>48072</v>
+      </c>
+      <c r="J100" s="6" t="n">
+        <v>7.0082</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="92" t="n">
+        <v>90</v>
+      </c>
+      <c r="B101" s="92" t="inlineStr">
+        <is>
+          <t>7.39% Maharashtra SDL 2026</t>
+        </is>
+      </c>
+      <c r="C101" s="92" t="inlineStr">
+        <is>
+          <t>IN2220160104</t>
+        </is>
+      </c>
+      <c r="D101" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E101" s="12" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F101" s="6" t="n">
+        <v>1021.35</v>
+      </c>
+      <c r="G101" s="7" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="H101" s="8" t="n">
+        <v>46335</v>
+      </c>
+      <c r="J101" s="6" t="n">
+        <v>5.7846</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="92" t="n">
+        <v>91</v>
+      </c>
+      <c r="B102" s="92" t="inlineStr">
+        <is>
+          <t>7.16% Maharashtra SDL 2026</t>
+        </is>
+      </c>
+      <c r="C102" s="92" t="inlineStr">
+        <is>
+          <t>IN2220160070</t>
+        </is>
+      </c>
+      <c r="D102" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E102" s="12" t="n">
+        <v>826200</v>
+      </c>
+      <c r="F102" s="6" t="n">
+        <v>848.15</v>
+      </c>
+      <c r="G102" s="7" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="H102" s="8" t="n">
+        <v>46293</v>
+      </c>
+      <c r="J102" s="6" t="n">
+        <v>5.6805</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="92" t="n">
+        <v>92</v>
+      </c>
+      <c r="B103" s="92" t="inlineStr">
+        <is>
+          <t>6.83% Karnataka SDL 2026</t>
+        </is>
+      </c>
+      <c r="C103" s="92" t="inlineStr">
+        <is>
+          <t>IN1920160042</t>
+        </is>
+      </c>
+      <c r="D103" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E103" s="12" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F103" s="6" t="n">
+        <v>506.9</v>
+      </c>
+      <c r="G103" s="7" t="n">
+        <v>0.0008</v>
+      </c>
+      <c r="H103" s="8" t="n">
+        <v>46349</v>
+      </c>
+      <c r="J103" s="6" t="n">
+        <v>5.7746</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="92" t="n">
+        <v>93</v>
+      </c>
+      <c r="B104" s="92" t="inlineStr">
+        <is>
+          <t>7.05% Gujarat SDL 2026</t>
+        </is>
+      </c>
+      <c r="C104" s="92" t="inlineStr">
+        <is>
+          <t>IN1520160152</t>
+        </is>
+      </c>
+      <c r="D104" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E104" s="12" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F104" s="6" t="n">
+        <v>506.15</v>
+      </c>
+      <c r="G104" s="7" t="n">
+        <v>0.0008</v>
+      </c>
+      <c r="H104" s="8" t="n">
+        <v>46370</v>
+      </c>
+      <c r="J104" s="6" t="n">
+        <v>5.7996</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="9" t="n"/>
+      <c r="B105" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C105" s="9" t="n"/>
+      <c r="D105" s="9" t="n"/>
+      <c r="E105" s="9" t="n"/>
+      <c r="F105" s="10" t="n">
+        <v>76495.64999999999</v>
+      </c>
+      <c r="G105" s="11" t="n">
+        <v>0.12</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="B107" s="4" t="inlineStr">
+        <is>
+          <t>Securitised Debt</t>
+        </is>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="92" t="n">
+        <v>94</v>
+      </c>
+      <c r="B108" s="92" t="inlineStr">
+        <is>
+          <t>India Universal Trust**</t>
+        </is>
+      </c>
+      <c r="C108" s="92" t="inlineStr">
+        <is>
+          <t>INE16J715027</t>
+        </is>
+      </c>
+      <c r="D108" s="92" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="E108" s="12" t="n">
+        <v>89</v>
+      </c>
+      <c r="F108" s="6" t="n">
+        <v>7479.24</v>
+      </c>
+      <c r="G108" s="7" t="n">
+        <v>0.0117</v>
+      </c>
+      <c r="H108" s="8" t="n">
+        <v>46527</v>
+      </c>
+      <c r="J108" s="6" t="n">
+        <v>7.675</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="92" t="n">
+        <v>95</v>
+      </c>
+      <c r="B109" s="92" t="inlineStr">
+        <is>
+          <t>India Universal Trust**</t>
+        </is>
+      </c>
+      <c r="C109" s="92" t="inlineStr">
+        <is>
+          <t>INE16J715019</t>
+        </is>
+      </c>
+      <c r="D109" s="92" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="E109" s="12" t="n">
+        <v>129</v>
+      </c>
+      <c r="F109" s="6" t="n">
+        <v>3929.95</v>
+      </c>
+      <c r="G109" s="7" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="H109" s="8" t="n">
+        <v>46254</v>
+      </c>
+      <c r="J109" s="6" t="n">
+        <v>7.38</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="9" t="n"/>
+      <c r="B110" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C110" s="9" t="n"/>
+      <c r="D110" s="9" t="n"/>
+      <c r="E110" s="9" t="n"/>
+      <c r="F110" s="10" t="n">
+        <v>11409.19</v>
+      </c>
+      <c r="G110" s="11" t="n">
+        <v>0.0179</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="B112" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="113">
+      <c r="B113" s="4" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="92" t="n">
+        <v>96</v>
+      </c>
+      <c r="B114" s="92" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C114" s="92" t="inlineStr">
+        <is>
+          <t>INE040A16GW7</t>
+        </is>
+      </c>
+      <c r="D114" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E114" s="12" t="n">
+        <v>3500</v>
+      </c>
+      <c r="F114" s="6" t="n">
+        <v>17037.79</v>
+      </c>
+      <c r="G114" s="7" t="n">
+        <v>0.0268</v>
+      </c>
+      <c r="H114" s="8" t="n">
+        <v>46161</v>
+      </c>
+      <c r="J114" s="6" t="n">
+        <v>6.4299</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="92" t="n">
+        <v>97</v>
+      </c>
+      <c r="B115" s="92" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C115" s="92" t="inlineStr">
+        <is>
+          <t>INE238AD6BK4</t>
+        </is>
+      </c>
+      <c r="D115" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E115" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F115" s="6" t="n">
+        <v>14651.55</v>
+      </c>
+      <c r="G115" s="7" t="n">
+        <v>0.023</v>
+      </c>
+      <c r="H115" s="8" t="n">
+        <v>46142</v>
+      </c>
+      <c r="J115" s="6" t="n">
+        <v>6.4301</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="92" t="n">
+        <v>98</v>
+      </c>
+      <c r="B116" s="92" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C116" s="92" t="inlineStr">
+        <is>
+          <t>INE040A16HF0</t>
+        </is>
+      </c>
+      <c r="D116" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E116" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F116" s="6" t="n">
+        <v>9595.629999999999</v>
+      </c>
+      <c r="G116" s="7" t="n">
+        <v>0.0151</v>
+      </c>
+      <c r="H116" s="8" t="n">
+        <v>46239</v>
+      </c>
+      <c r="J116" s="6" t="n">
+        <v>6.63</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="92" t="n">
+        <v>99</v>
+      </c>
+      <c r="B117" s="92" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C117" s="92" t="inlineStr">
+        <is>
+          <t>INE040A16GS5</t>
+        </is>
+      </c>
+      <c r="D117" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E117" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F117" s="6" t="n">
+        <v>7379.66</v>
+      </c>
+      <c r="G117" s="7" t="n">
+        <v>0.0116</v>
+      </c>
+      <c r="H117" s="8" t="n">
+        <v>46105</v>
+      </c>
+      <c r="J117" s="6" t="n">
+        <v>6.0736</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="92" t="n">
+        <v>100</v>
+      </c>
+      <c r="B118" s="92" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C118" s="92" t="inlineStr">
+        <is>
+          <t>INE028A16JR6</t>
+        </is>
+      </c>
+      <c r="D118" s="92" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E118" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F118" s="6" t="n">
+        <v>7295.34</v>
+      </c>
+      <c r="G118" s="7" t="n">
+        <v>0.0115</v>
+      </c>
+      <c r="H118" s="8" t="n">
+        <v>46167</v>
+      </c>
+      <c r="J118" s="6" t="n">
+        <v>6.3998</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="92" t="n">
+        <v>101</v>
+      </c>
+      <c r="B119" s="92" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C119" s="92" t="inlineStr">
+        <is>
+          <t>INE562A16PR1</t>
+        </is>
+      </c>
+      <c r="D119" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E119" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F119" s="6" t="n">
+        <v>7291</v>
+      </c>
+      <c r="G119" s="7" t="n">
+        <v>0.0115</v>
+      </c>
+      <c r="H119" s="8" t="n">
+        <v>46171</v>
+      </c>
+      <c r="J119" s="6" t="n">
+        <v>6.3799</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="92" t="n">
+        <v>102</v>
+      </c>
+      <c r="B120" s="92" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C120" s="92" t="inlineStr">
+        <is>
+          <t>INE238AD6AU5</t>
+        </is>
+      </c>
+      <c r="D120" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E120" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F120" s="6" t="n">
+        <v>7271.97</v>
+      </c>
+      <c r="G120" s="7" t="n">
+        <v>0.0114</v>
+      </c>
+      <c r="H120" s="8" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J120" s="6" t="n">
+        <v>6.43</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="92" t="n">
+        <v>103</v>
+      </c>
+      <c r="B121" s="92" t="inlineStr">
+        <is>
+          <t>Union Bank of India</t>
+        </is>
+      </c>
+      <c r="C121" s="92" t="inlineStr">
+        <is>
+          <t>INE692A16JQ1</t>
+        </is>
+      </c>
+      <c r="D121" s="92" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E121" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F121" s="6" t="n">
+        <v>7257.7</v>
+      </c>
+      <c r="G121" s="7" t="n">
+        <v>0.0114</v>
+      </c>
+      <c r="H121" s="8" t="n">
+        <v>46198</v>
+      </c>
+      <c r="J121" s="6" t="n">
+        <v>6.38</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="92" t="n">
+        <v>104</v>
+      </c>
+      <c r="B122" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C122" s="92" t="inlineStr">
+        <is>
+          <t>INE556F16BL5</t>
+        </is>
+      </c>
+      <c r="D122" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E122" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F122" s="6" t="n">
+        <v>7106.2</v>
+      </c>
+      <c r="G122" s="7" t="n">
+        <v>0.0112</v>
+      </c>
+      <c r="H122" s="8" t="n">
+        <v>46308</v>
+      </c>
+      <c r="J122" s="6" t="n">
+        <v>6.72</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="92" t="n">
+        <v>105</v>
+      </c>
+      <c r="B123" s="92" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C123" s="92" t="inlineStr">
+        <is>
+          <t>INE261F16983</t>
+        </is>
+      </c>
+      <c r="D123" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E123" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F123" s="6" t="n">
+        <v>4928.7</v>
+      </c>
+      <c r="G123" s="7" t="n">
+        <v>0.0077</v>
+      </c>
+      <c r="H123" s="8" t="n">
+        <v>46094</v>
+      </c>
+      <c r="J123" s="6" t="n">
+        <v>6.0696</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="92" t="n">
+        <v>106</v>
+      </c>
+      <c r="B124" s="92" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C124" s="92" t="inlineStr">
+        <is>
+          <t>INE040A16HC7</t>
+        </is>
+      </c>
+      <c r="D124" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E124" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F124" s="6" t="n">
+        <v>4907.5</v>
+      </c>
+      <c r="G124" s="7" t="n">
+        <v>0.0077</v>
+      </c>
+      <c r="H124" s="8" t="n">
+        <v>46114</v>
+      </c>
+      <c r="J124" s="6" t="n">
+        <v>6.4301</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="92" t="n">
+        <v>107</v>
+      </c>
+      <c r="B125" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C125" s="92" t="inlineStr">
+        <is>
+          <t>INE556F16BH3</t>
+        </is>
+      </c>
+      <c r="D125" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E125" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F125" s="6" t="n">
+        <v>4879.29</v>
+      </c>
+      <c r="G125" s="7" t="n">
+        <v>0.0077</v>
+      </c>
+      <c r="H125" s="8" t="n">
+        <v>46147</v>
+      </c>
+      <c r="J125" s="6" t="n">
+        <v>6.4499</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="92" t="n">
+        <v>108</v>
+      </c>
+      <c r="B126" s="92" t="inlineStr">
+        <is>
+          <t>Union Bank of India</t>
+        </is>
+      </c>
+      <c r="C126" s="92" t="inlineStr">
+        <is>
+          <t>INE692A16KG0</t>
+        </is>
+      </c>
+      <c r="D126" s="92" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E126" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F126" s="6" t="n">
+        <v>4862.73</v>
+      </c>
+      <c r="G126" s="7" t="n">
+        <v>0.0076</v>
+      </c>
+      <c r="H126" s="8" t="n">
+        <v>46168</v>
+      </c>
+      <c r="J126" s="6" t="n">
+        <v>6.4</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="92" t="n">
+        <v>109</v>
+      </c>
+      <c r="B127" s="92" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C127" s="92" t="inlineStr">
+        <is>
+          <t>INE040A16HN4</t>
+        </is>
+      </c>
+      <c r="D127" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E127" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F127" s="6" t="n">
+        <v>4767.07</v>
+      </c>
+      <c r="G127" s="7" t="n">
+        <v>0.0075</v>
+      </c>
+      <c r="H127" s="8" t="n">
+        <v>46276</v>
+      </c>
+      <c r="J127" s="6" t="n">
+        <v>6.63</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="92" t="n">
+        <v>110</v>
+      </c>
+      <c r="B128" s="92" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C128" s="92" t="inlineStr">
+        <is>
+          <t>INE238AD6BJ6</t>
+        </is>
+      </c>
+      <c r="D128" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E128" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F128" s="6" t="n">
+        <v>4738.35</v>
+      </c>
+      <c r="G128" s="7" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="H128" s="8" t="n">
+        <v>46311</v>
+      </c>
+      <c r="J128" s="6" t="n">
+        <v>6.63</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="92" t="n">
+        <v>111</v>
+      </c>
+      <c r="B129" s="92" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C129" s="92" t="inlineStr">
+        <is>
+          <t>INE028A16KI3</t>
+        </is>
+      </c>
+      <c r="D129" s="92" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E129" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F129" s="6" t="n">
+        <v>4721.28</v>
+      </c>
+      <c r="G129" s="7" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="H129" s="8" t="n">
+        <v>46332</v>
+      </c>
+      <c r="J129" s="6" t="n">
+        <v>6.6299</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="92" t="n">
+        <v>112</v>
+      </c>
+      <c r="B130" s="92" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C130" s="92" t="inlineStr">
+        <is>
+          <t>INE028A16KO1</t>
+        </is>
+      </c>
+      <c r="D130" s="92" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E130" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F130" s="6" t="n">
+        <v>4698.72</v>
+      </c>
+      <c r="G130" s="7" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="H130" s="8" t="n">
+        <v>46360</v>
+      </c>
+      <c r="J130" s="6" t="n">
+        <v>6.63</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="92" t="n">
+        <v>113</v>
+      </c>
+      <c r="B131" s="92" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C131" s="92" t="inlineStr">
+        <is>
+          <t>INE476A16A16</t>
+        </is>
+      </c>
+      <c r="D131" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E131" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F131" s="6" t="n">
+        <v>2481.05</v>
+      </c>
+      <c r="G131" s="7" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="H131" s="8" t="n">
+        <v>46052</v>
+      </c>
+      <c r="J131" s="6" t="n">
+        <v>6.1952</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="92" t="n">
+        <v>114</v>
+      </c>
+      <c r="B132" s="92" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C132" s="92" t="inlineStr">
+        <is>
+          <t>INE028A16JG9</t>
+        </is>
+      </c>
+      <c r="D132" s="92" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E132" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F132" s="6" t="n">
+        <v>2452.27</v>
+      </c>
+      <c r="G132" s="7" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="H132" s="8" t="n">
+        <v>46118</v>
+      </c>
+      <c r="J132" s="6" t="n">
+        <v>6.3999</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="92" t="n">
+        <v>115</v>
+      </c>
+      <c r="B133" s="92" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C133" s="92" t="inlineStr">
+        <is>
+          <t>INE514E16CL5</t>
+        </is>
+      </c>
+      <c r="D133" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E133" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F133" s="6" t="n">
+        <v>2430.54</v>
+      </c>
+      <c r="G133" s="7" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="H133" s="8" t="n">
+        <v>46170</v>
+      </c>
+      <c r="J133" s="6" t="n">
+        <v>6.4</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="92" t="n">
+        <v>116</v>
+      </c>
+      <c r="B134" s="92" t="inlineStr">
+        <is>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C134" s="92" t="inlineStr">
+        <is>
+          <t>INE692A16KH8</t>
+        </is>
+      </c>
+      <c r="D134" s="92" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E134" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F134" s="6" t="n">
+        <v>2429.04</v>
+      </c>
+      <c r="G134" s="7" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="H134" s="8" t="n">
+        <v>46174</v>
+      </c>
+      <c r="J134" s="6" t="n">
+        <v>6.385</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="92" t="n">
+        <v>117</v>
+      </c>
+      <c r="B135" s="92" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C135" s="92" t="inlineStr">
+        <is>
+          <t>INE040A16HP9</t>
+        </is>
+      </c>
+      <c r="D135" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E135" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F135" s="6" t="n">
+        <v>2423.99</v>
+      </c>
+      <c r="G135" s="7" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="H135" s="8" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J135" s="6" t="n">
+        <v>6.43</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" s="92" t="n">
+        <v>118</v>
+      </c>
+      <c r="B136" s="92" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C136" s="92" t="inlineStr">
+        <is>
+          <t>INE238AD6AZ4</t>
+        </is>
+      </c>
+      <c r="D136" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E136" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F136" s="6" t="n">
+        <v>2418.62</v>
+      </c>
+      <c r="G136" s="7" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="H136" s="8" t="n">
+        <v>46198</v>
+      </c>
+      <c r="J136" s="6" t="n">
+        <v>6.43</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" s="9" t="n"/>
+      <c r="B137" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C137" s="9" t="n"/>
+      <c r="D137" s="9" t="n"/>
+      <c r="E137" s="9" t="n"/>
+      <c r="F137" s="10" t="n">
+        <v>138025.99</v>
+      </c>
+      <c r="G137" s="11" t="n">
+        <v>0.2169</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="B139" s="4" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="140">
+      <c r="B140" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" s="92" t="n">
+        <v>119</v>
+      </c>
+      <c r="B141" s="92" t="inlineStr">
+        <is>
+          <t>Standard Chartered Capital Limited**</t>
+        </is>
+      </c>
+      <c r="C141" s="92" t="inlineStr">
+        <is>
+          <t>INE403G14TM3</t>
+        </is>
+      </c>
+      <c r="D141" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E141" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F141" s="6" t="n">
+        <v>4852.89</v>
+      </c>
+      <c r="G141" s="7" t="n">
+        <v>0.0076</v>
+      </c>
+      <c r="H141" s="8" t="n">
+        <v>46161</v>
+      </c>
+      <c r="J141" s="6" t="n">
+        <v>7.1849</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" s="92" t="n">
+        <v>120</v>
+      </c>
+      <c r="B142" s="92" t="inlineStr">
+        <is>
+          <t>Standard Chartered Capital Limited**</t>
+        </is>
+      </c>
+      <c r="C142" s="92" t="inlineStr">
+        <is>
+          <t>INE403G14TT8</t>
+        </is>
+      </c>
+      <c r="D142" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E142" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F142" s="6" t="n">
+        <v>4744.81</v>
+      </c>
+      <c r="G142" s="7" t="n">
+        <v>0.0075</v>
+      </c>
+      <c r="H142" s="8" t="n">
+        <v>46275</v>
+      </c>
+      <c r="J142" s="6" t="n">
+        <v>7.325</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" s="92" t="n">
+        <v>121</v>
+      </c>
+      <c r="B143" s="92" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C143" s="92" t="inlineStr">
+        <is>
+          <t>INE763G14XX9</t>
+        </is>
+      </c>
+      <c r="D143" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E143" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F143" s="6" t="n">
+        <v>2464.19</v>
+      </c>
+      <c r="G143" s="7" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="H143" s="8" t="n">
+        <v>46087</v>
+      </c>
+      <c r="J143" s="6" t="n">
+        <v>6.6298</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" s="9" t="n"/>
+      <c r="B144" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C144" s="9" t="n"/>
+      <c r="D144" s="9" t="n"/>
+      <c r="E144" s="9" t="n"/>
+      <c r="F144" s="10" t="n">
+        <v>12061.89</v>
+      </c>
+      <c r="G144" s="11" t="n">
+        <v>0.019</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="B146" s="4" t="inlineStr">
+        <is>
+          <t>Treasury Bill</t>
+        </is>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" s="92" t="n">
+        <v>122</v>
+      </c>
+      <c r="B147" s="92" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C147" s="92" t="inlineStr">
+        <is>
+          <t>IN002024Z420</t>
+        </is>
+      </c>
+      <c r="D147" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E147" s="12" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F147" s="6" t="n">
+        <v>4968.31</v>
+      </c>
+      <c r="G147" s="7" t="n">
+        <v>0.0078</v>
+      </c>
+      <c r="H147" s="8" t="n">
+        <v>46051</v>
+      </c>
+      <c r="J147" s="6" t="n">
+        <v>5.2904</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" s="9" t="n"/>
+      <c r="B148" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C148" s="9" t="n"/>
+      <c r="D148" s="9" t="n"/>
+      <c r="E148" s="9" t="n"/>
+      <c r="F148" s="10" t="n">
+        <v>4968.31</v>
+      </c>
+      <c r="G148" s="11" t="n">
+        <v>0.0078</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" s="92" t="n">
+        <v>123</v>
+      </c>
+      <c r="B150" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F150" s="6" t="n">
+        <v>5862.49</v>
+      </c>
+      <c r="G150" s="7" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="H150" s="8" t="n">
+        <v>46007</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" s="9" t="n"/>
+      <c r="B151" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C151" s="9" t="n"/>
+      <c r="D151" s="9" t="n"/>
+      <c r="E151" s="9" t="n"/>
+      <c r="F151" s="10" t="n">
+        <v>5862.49</v>
+      </c>
+      <c r="G151" s="11" t="n">
+        <v>0.0092</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="B153" s="4" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" s="92" t="n">
+        <v>124</v>
+      </c>
+      <c r="B154" s="92" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C154" s="92" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E154" s="12" t="n">
+        <v>15090.147</v>
+      </c>
+      <c r="F154" s="6" t="n">
+        <v>1738.24</v>
+      </c>
+      <c r="G154" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J154" s="6" t="n"/>
+    </row>
+    <row r="155">
+      <c r="A155" s="9" t="n"/>
+      <c r="B155" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C155" s="9" t="n"/>
+      <c r="D155" s="9" t="n"/>
+      <c r="E155" s="9" t="n"/>
+      <c r="F155" s="10" t="n">
+        <v>1738.24</v>
+      </c>
+      <c r="G155" s="11" t="n">
+        <v>0.0027</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="B157" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="158">
+      <c r="B158" s="92" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E158" s="12" t="n"/>
+      <c r="F158" s="6" t="n">
+        <v>179.08</v>
+      </c>
+      <c r="G158" s="7" t="n">
+        <v>0.0003</v>
+      </c>
+      <c r="J158" s="6" t="n"/>
+    </row>
+    <row r="159">
+      <c r="A159" s="9" t="n"/>
+      <c r="B159" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C159" s="9" t="n"/>
+      <c r="D159" s="9" t="n"/>
+      <c r="E159" s="9" t="n"/>
+      <c r="F159" s="10" t="n">
+        <v>179.08</v>
+      </c>
+      <c r="G159" s="11" t="n">
+        <v>0.0003</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" s="5" t="n"/>
+      <c r="B161" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C161" s="5" t="n"/>
+      <c r="D161" s="5" t="n"/>
+      <c r="E161" s="5" t="n"/>
+      <c r="F161" s="13" t="n">
+        <v>636748.79</v>
+      </c>
+      <c r="G161" s="14" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" s="92" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" s="92" t="n">
+        <v>1</v>
+      </c>
+      <c r="B163" s="92" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A11" s="1" t="n">
+      <c r="B164" s="15" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="165" ht="84" customHeight="1" s="68">
+      <c r="A165" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
-[...4579 lines deleted...]
-      <c r="B165" s="91" t="inlineStr">
+      <c r="B165" s="69" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
     </row>
-    <row r="166" ht="14.5" customHeight="1" s="72"/>
-[...1 lines deleted...]
-      <c r="B167" s="47" t="inlineStr">
+    <row r="166">
+      <c r="A166" s="15" t="n"/>
+      <c r="B166" s="47" t="inlineStr">
         <is>
           <t>Disclosure in Derivatives</t>
         </is>
       </c>
-      <c r="C167" s="47" t="inlineStr">
+      <c r="C166" s="47" t="inlineStr">
         <is>
           <t>Industry</t>
         </is>
       </c>
-      <c r="D167" s="47" t="inlineStr">
+      <c r="D166" s="47" t="inlineStr">
         <is>
           <t>Notional Value</t>
         </is>
       </c>
-      <c r="E167" s="47" t="inlineStr">
+      <c r="E166" s="47" t="inlineStr">
         <is>
           <t>% To net assets</t>
         </is>
       </c>
     </row>
-    <row r="168" ht="14.5" customHeight="1" s="72">
+    <row r="167">
+      <c r="A167" s="15" t="n"/>
+      <c r="B167" s="52" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C167" s="53" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D167" s="50" t="n">
+        <v>1000000000</v>
+      </c>
+      <c r="E167" s="54" t="n">
+        <v>2e-05</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" s="15" t="n"/>
       <c r="B168" s="52" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
       <c r="C168" s="53" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
       <c r="D168" s="50" t="n">
-        <v>500000000</v>
+        <v>1000000000</v>
       </c>
       <c r="E168" s="54" t="n">
         <v>0</v>
       </c>
     </row>
-    <row r="169" ht="14.5" customHeight="1" s="72">
+    <row r="169">
+      <c r="A169" s="15" t="n"/>
       <c r="B169" s="52" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
       <c r="C169" s="53" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
       <c r="D169" s="50" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E169" s="54" t="n">
+        <v>1e-05</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="B170" s="52" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C170" s="53" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D170" s="50" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E170" s="54" t="n">
+        <v>1e-05</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="B171" s="52" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C171" s="53" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D171" s="50" t="n">
         <v>1000000000</v>
       </c>
-      <c r="E169" s="54" t="n">
-[...34 lines deleted...]
-      </c>
       <c r="E171" s="54" t="n">
-        <v>-3e-05</v>
-[...93 lines deleted...]
-      <c r="B180" s="69" t="inlineStr">
+        <v>-1e-05</v>
+      </c>
+    </row>
+    <row r="172" ht="14.5" customHeight="1" s="68">
+      <c r="B172" s="58" t="n"/>
+    </row>
+    <row r="173" ht="27" customHeight="1" s="68">
+      <c r="A173" s="15" t="n">
+        <v>4</v>
+      </c>
+      <c r="B173" s="15" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="15" t="n"/>
+      <c r="B174" s="15" t="n"/>
+    </row>
+    <row r="175" ht="14.5" customHeight="1" s="68">
+      <c r="B175" s="91" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="194" ht="14.5" customHeight="1" s="72">
-      <c r="B194" s="69" t="inlineStr">
+    <row r="187" ht="14.5" customHeight="1" s="68">
+      <c r="B187" s="91" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: NIFTY Low Duration Debt Index A-I</t>
         </is>
       </c>
     </row>
+    <row r="202">
+      <c r="B202" s="16" t="n"/>
+      <c r="C202" s="18" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
+    <row r="203">
+      <c r="B203" s="16" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C203" s="18" t="inlineStr">
+        <is>
+          <t>DSP Low Duration Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="204">
+      <c r="B204" s="16" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C204" s="19" t="n"/>
+    </row>
+    <row r="205">
+      <c r="B205" s="16" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C205" s="20" t="n">
+        <v>0.06660000000000001</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="B206" s="16" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C206" s="19" t="n">
+        <v>0.99</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="B207" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C207" s="19" t="n">
+        <v>1.23</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="B208" s="16" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C208" s="21" t="n">
+        <v>46006</v>
+      </c>
+    </row>
     <row r="209">
-      <c r="B209" s="15" t="n"/>
-[...67 lines deleted...]
-      <c r="B216" s="16" t="inlineStr">
+      <c r="B209" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C216" s="17" t="n"/>
+      <c r="C209" s="18" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="B165:G165"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Koushik Chowdhury</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>