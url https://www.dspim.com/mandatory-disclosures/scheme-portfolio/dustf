--- v3 (2025-12-22)
+++ v4 (2026-01-11)
@@ -1,79 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr/>
+  <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="993" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="883" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="LDF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="23">
+  <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -110,56 +104,50 @@
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
-      <sz val="10"/>
-[...4 lines deleted...]
-      <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -342,319 +330,320 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="102">
+  <cellXfs count="101">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...93 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...29 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment vertical="center" wrapText="1"/>
-[...25 lines deleted...]
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -703,99 +692,99 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>176</row>
+      <row>178</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>185</row>
-      <rowOff>31750</rowOff>
+      <row>187</row>
+      <rowOff>31751</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="29400500"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>188</row>
+      <row>190</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>197</row>
-      <rowOff>31749</rowOff>
+      <row>199</row>
+      <rowOff>31748</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="31813500"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
@@ -1050,5077 +1039,5040 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr>
+  <sheetPr codeName="Sheet4">
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L209"/>
+  <dimension ref="A1:L214"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="92" min="1" max="1"/>
-[...10 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="92" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="46.81640625" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="21.1796875" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="14.7265625" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="16.26953125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="68">
-[...1 lines deleted...]
-      <c r="B1" s="67" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="74">
+      <c r="A1" s="73" t="n"/>
+      <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Low Duration Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 15, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="B8" s="4" t="inlineStr">
+      <c r="B8" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K8" s="4" t="inlineStr">
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="92" t="n">
+      <c r="A9" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B9" s="92" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EA6</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E9" s="11" t="n">
+        <v>17500</v>
+      </c>
+      <c r="F9" s="5" t="n">
+        <v>18006.64</v>
+      </c>
+      <c r="G9" s="6" t="n">
+        <v>0.0321</v>
+      </c>
+      <c r="H9" s="7" t="n">
+        <v>46265</v>
+      </c>
+      <c r="J9" s="5" t="n">
+        <v>6.75</v>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L9" s="6" t="n">
+        <v>0.5844</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Bharti Telecom Limited**</t>
         </is>
       </c>
-      <c r="C9" s="92" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE403D08272</t>
         </is>
       </c>
-      <c r="D9" s="92" t="inlineStr">
-[...13 lines deleted...]
-      <c r="H9" s="8" t="n">
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E10" s="11" t="n">
+        <v>17500</v>
+      </c>
+      <c r="F10" s="5" t="n">
+        <v>17727.55</v>
+      </c>
+      <c r="G10" s="6" t="n">
+        <v>0.0316</v>
+      </c>
+      <c r="H10" s="7" t="n">
         <v>46675</v>
       </c>
-      <c r="J9" s="6" t="n">
-[...15 lines deleted...]
-      <c r="B10" s="92" t="inlineStr">
+      <c r="J10" s="5" t="n">
+        <v>7.4899</v>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L10" s="6" t="n">
+        <v>0.1947</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FF1</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E11" s="11" t="n">
+        <v>15000</v>
+      </c>
+      <c r="F11" s="5" t="n">
+        <v>15548.75</v>
+      </c>
+      <c r="G11" s="6" t="n">
+        <v>0.0277</v>
+      </c>
+      <c r="H11" s="7" t="n">
+        <v>46630</v>
+      </c>
+      <c r="J11" s="5" t="n">
+        <v>6.795</v>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L11" s="6" t="n">
+        <v>0.1515</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KH1</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E12" s="11" t="n">
+        <v>15000</v>
+      </c>
+      <c r="F12" s="5" t="n">
+        <v>15424.83</v>
+      </c>
+      <c r="G12" s="6" t="n">
+        <v>0.0275</v>
+      </c>
+      <c r="H12" s="7" t="n">
+        <v>46265</v>
+      </c>
+      <c r="J12" s="5" t="n">
+        <v>6.7438</v>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="L12" s="6" t="n">
+        <v>0.08069999999999999</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KI9</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E13" s="11" t="n">
+        <v>15000</v>
+      </c>
+      <c r="F13" s="5" t="n">
+        <v>15415.36</v>
+      </c>
+      <c r="G13" s="6" t="n">
+        <v>0.0275</v>
+      </c>
+      <c r="H13" s="7" t="n">
+        <v>46269</v>
+      </c>
+      <c r="J13" s="5" t="n">
+        <v>6.7437</v>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="L13" s="6" t="n">
+        <v>0.0342</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>HDB Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE756I07DX5</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E14" s="11" t="n">
+        <v>1350</v>
+      </c>
+      <c r="F14" s="5" t="n">
+        <v>13688.39</v>
+      </c>
+      <c r="G14" s="6" t="n">
+        <v>0.0244</v>
+      </c>
+      <c r="H14" s="7" t="n">
+        <v>46276</v>
+      </c>
+      <c r="J14" s="5" t="n">
+        <v>7</v>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="L14" s="6" t="n">
+        <v>0.026</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE377Y07482</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E15" s="11" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F15" s="5" t="n">
+        <v>10539.41</v>
+      </c>
+      <c r="G15" s="6" t="n">
+        <v>0.0188</v>
+      </c>
+      <c r="H15" s="7" t="n">
+        <v>46576</v>
+      </c>
+      <c r="J15" s="5" t="n">
+        <v>6.9975</v>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="L15" s="6" t="n">
+        <v>0.0189</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE916DA7RX0</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E16" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F16" s="5" t="n">
+        <v>10363.71</v>
+      </c>
+      <c r="G16" s="6" t="n">
+        <v>0.0185</v>
+      </c>
+      <c r="H16" s="7" t="n">
+        <v>46647</v>
+      </c>
+      <c r="J16" s="5" t="n">
+        <v>7.105</v>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L16" s="6" t="n">
+        <v>0.0031</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08MT1</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E17" s="11" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F17" s="5" t="n">
+        <v>10314.19</v>
+      </c>
+      <c r="G17" s="6" t="n">
+        <v>0.0184</v>
+      </c>
+      <c r="H17" s="7" t="n">
+        <v>46259</v>
+      </c>
+      <c r="J17" s="5" t="n">
+        <v>6.745</v>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L17" s="6" t="n">
+        <v>-0.0935</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08LP1</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E18" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F18" s="5" t="n">
+        <v>10264.97</v>
+      </c>
+      <c r="G18" s="6" t="n">
+        <v>0.0183</v>
+      </c>
+      <c r="H18" s="7" t="n">
+        <v>46218</v>
+      </c>
+      <c r="J18" s="5" t="n">
+        <v>6.745</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Sikka Ports &amp; Terminals Limited**</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE941D07208</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E19" s="11" t="n">
+        <v>850</v>
+      </c>
+      <c r="F19" s="5" t="n">
+        <v>8892.959999999999</v>
+      </c>
+      <c r="G19" s="6" t="n">
+        <v>0.0159</v>
+      </c>
+      <c r="H19" s="7" t="n">
+        <v>46134</v>
+      </c>
+      <c r="J19" s="5" t="n">
+        <v>6.6851</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07MQ6</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E20" s="11" t="n">
+        <v>850</v>
+      </c>
+      <c r="F20" s="5" t="n">
+        <v>8680.58</v>
+      </c>
+      <c r="G20" s="6" t="n">
+        <v>0.0155</v>
+      </c>
+      <c r="H20" s="7" t="n">
+        <v>46714</v>
+      </c>
+      <c r="J20" s="5" t="n">
+        <v>6.981</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
         <is>
           <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
-      <c r="C10" s="92" t="inlineStr">
-[...18 lines deleted...]
-      <c r="H10" s="8" t="n">
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EK5</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E21" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F21" s="5" t="n">
+        <v>8063.2</v>
+      </c>
+      <c r="G21" s="6" t="n">
+        <v>0.0144</v>
+      </c>
+      <c r="H21" s="7" t="n">
+        <v>46807</v>
+      </c>
+      <c r="J21" s="5" t="n">
+        <v>6.82</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KU4</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E22" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F22" s="5" t="n">
+        <v>7661.34</v>
+      </c>
+      <c r="G22" s="6" t="n">
+        <v>0.0137</v>
+      </c>
+      <c r="H22" s="7" t="n">
+        <v>46916</v>
+      </c>
+      <c r="J22" s="5" t="n">
+        <v>6.8687</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07RH4</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E23" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F23" s="5" t="n">
+        <v>7637.94</v>
+      </c>
+      <c r="G23" s="6" t="n">
+        <v>0.0136</v>
+      </c>
+      <c r="H23" s="7" t="n">
+        <v>46647</v>
+      </c>
+      <c r="J23" s="5" t="n">
+        <v>6.975</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07RA9</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E24" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F24" s="5" t="n">
+        <v>7583.25</v>
+      </c>
+      <c r="G24" s="6" t="n">
+        <v>0.0135</v>
+      </c>
+      <c r="H24" s="7" t="n">
+        <v>46367</v>
+      </c>
+      <c r="J24" s="5" t="n">
+        <v>6.905</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Sundaram Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE660A07RU2</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E25" s="11" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F25" s="5" t="n">
+        <v>6057.41</v>
+      </c>
+      <c r="G25" s="6" t="n">
+        <v>0.0108</v>
+      </c>
+      <c r="H25" s="7" t="n">
+        <v>46367</v>
+      </c>
+      <c r="J25" s="5" t="n">
+        <v>7.098</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07SR9</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E26" s="11" t="n">
+        <v>5500</v>
+      </c>
+      <c r="F26" s="5" t="n">
+        <v>5988.97</v>
+      </c>
+      <c r="G26" s="6" t="n">
+        <v>0.0107</v>
+      </c>
+      <c r="H26" s="7" t="n">
+        <v>46395</v>
+      </c>
+      <c r="J26" s="5" t="n">
+        <v>7.1</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE514E08GE8</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E27" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F27" s="5" t="n">
+        <v>5409.52</v>
+      </c>
+      <c r="G27" s="6" t="n">
+        <v>0.009599999999999999</v>
+      </c>
+      <c r="H27" s="7" t="n">
+        <v>46961</v>
+      </c>
+      <c r="J27" s="5" t="n">
+        <v>6.7689</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EM1</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E28" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F28" s="5" t="n">
+        <v>5358.43</v>
+      </c>
+      <c r="G28" s="6" t="n">
+        <v>0.009599999999999999</v>
+      </c>
+      <c r="H28" s="7" t="n">
+        <v>46836</v>
+      </c>
+      <c r="J28" s="5" t="n">
+        <v>6.8433</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07RE1</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E29" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F29" s="5" t="n">
+        <v>5348.48</v>
+      </c>
+      <c r="G29" s="6" t="n">
+        <v>0.0095</v>
+      </c>
+      <c r="H29" s="7" t="n">
+        <v>46464</v>
+      </c>
+      <c r="J29" s="5" t="n">
+        <v>6.935</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08EX7</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E30" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F30" s="5" t="n">
+        <v>5307.22</v>
+      </c>
+      <c r="G30" s="6" t="n">
+        <v>0.0095</v>
+      </c>
+      <c r="H30" s="7" t="n">
+        <v>46507</v>
+      </c>
+      <c r="J30" s="5" t="n">
+        <v>6.785</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08ML8</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E31" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F31" s="5" t="n">
+        <v>5284.76</v>
+      </c>
+      <c r="G31" s="6" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="H31" s="7" t="n">
+        <v>46218</v>
+      </c>
+      <c r="J31" s="5" t="n">
+        <v>6.745</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>NTPC Limited**</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE733E08247</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E32" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F32" s="5" t="n">
+        <v>5269.3</v>
+      </c>
+      <c r="G32" s="6" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="H32" s="7" t="n">
+        <v>46129</v>
+      </c>
+      <c r="J32" s="5" t="n">
+        <v>6.4171</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07TJ4</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E33" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F33" s="5" t="n">
+        <v>5268.92</v>
+      </c>
+      <c r="G33" s="6" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="H33" s="7" t="n">
+        <v>46930</v>
+      </c>
+      <c r="J33" s="5" t="n">
+        <v>7.26</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE377Y07425</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E34" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F34" s="5" t="n">
+        <v>5250.71</v>
+      </c>
+      <c r="G34" s="6" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="H34" s="7" t="n">
+        <v>46168</v>
+      </c>
+      <c r="J34" s="5" t="n">
+        <v>6.63</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE377Y07557</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E35" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F35" s="5" t="n">
+        <v>5249.24</v>
+      </c>
+      <c r="G35" s="6" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="H35" s="7" t="n">
+        <v>46444</v>
+      </c>
+      <c r="J35" s="5" t="n">
+        <v>6.9257</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Home Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE071G07819</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E36" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F36" s="5" t="n">
+        <v>5199.23</v>
+      </c>
+      <c r="G36" s="6" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+      <c r="H36" s="7" t="n">
+        <v>46566</v>
+      </c>
+      <c r="J36" s="5" t="n">
+        <v>7.09</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE514E08FP6</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E37" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F37" s="5" t="n">
+        <v>5184.82</v>
+      </c>
+      <c r="G37" s="6" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="H37" s="7" t="n">
+        <v>46602</v>
+      </c>
+      <c r="J37" s="5" t="n">
+        <v>6.695</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08DX0</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E38" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F38" s="5" t="n">
+        <v>5176.99</v>
+      </c>
+      <c r="G38" s="6" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="H38" s="7" t="n">
+        <v>46234</v>
+      </c>
+      <c r="J38" s="5" t="n">
+        <v>6.75</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EO7</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E39" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F39" s="5" t="n">
+        <v>5176.02</v>
+      </c>
+      <c r="G39" s="6" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="H39" s="7" t="n">
+        <v>47011</v>
+      </c>
+      <c r="J39" s="5" t="n">
+        <v>6.9119</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FW6</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E40" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F40" s="5" t="n">
+        <v>5175.35</v>
+      </c>
+      <c r="G40" s="6" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="H40" s="7" t="n">
+        <v>46783</v>
+      </c>
+      <c r="J40" s="5" t="n">
+        <v>6.77</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FC8</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E41" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F41" s="5" t="n">
+        <v>5152.69</v>
+      </c>
+      <c r="G41" s="6" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="H41" s="7" t="n">
         <v>46265</v>
       </c>
-      <c r="J10" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K10" s="92" t="inlineStr">
+      <c r="J41" s="5" t="n">
+        <v>6.8</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KK5</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E42" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F42" s="5" t="n">
+        <v>5138.81</v>
+      </c>
+      <c r="G42" s="6" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="H42" s="7" t="n">
+        <v>46496</v>
+      </c>
+      <c r="J42" s="5" t="n">
+        <v>6.8087</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07QZ8</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E43" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F43" s="5" t="n">
+        <v>5135.52</v>
+      </c>
+      <c r="G43" s="6" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="H43" s="7" t="n">
+        <v>46682</v>
+      </c>
+      <c r="J43" s="5" t="n">
+        <v>6.982</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>INE053F08288</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E44" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F44" s="5" t="n">
+        <v>5093.13</v>
+      </c>
+      <c r="G44" s="6" t="n">
+        <v>0.0091</v>
+      </c>
+      <c r="H44" s="7" t="n">
+        <v>46127</v>
+      </c>
+      <c r="J44" s="5" t="n">
+        <v>6.485</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07TF2</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E45" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F45" s="5" t="n">
+        <v>5078.41</v>
+      </c>
+      <c r="G45" s="6" t="n">
+        <v>0.0091</v>
+      </c>
+      <c r="H45" s="7" t="n">
+        <v>46731</v>
+      </c>
+      <c r="J45" s="5" t="n">
+        <v>7.16</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>INE916DA7SP4</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E46" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F46" s="5" t="n">
+        <v>3038.41</v>
+      </c>
+      <c r="G46" s="6" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="H46" s="7" t="n">
+        <v>46377</v>
+      </c>
+      <c r="J46" s="5" t="n">
+        <v>7.075</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>INE403D08306</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E47" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F47" s="5" t="n">
+        <v>3008.16</v>
+      </c>
+      <c r="G47" s="6" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="H47" s="7" t="n">
+        <v>46722</v>
+      </c>
+      <c r="J47" s="5" t="n">
+        <v>7.49</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07QW5</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E48" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F48" s="5" t="n">
+        <v>2704.38</v>
+      </c>
+      <c r="G48" s="6" t="n">
+        <v>0.0048</v>
+      </c>
+      <c r="H48" s="7" t="n">
+        <v>46794</v>
+      </c>
+      <c r="J48" s="5" t="n">
+        <v>7.04</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08EH0</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E49" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F49" s="5" t="n">
+        <v>2695.52</v>
+      </c>
+      <c r="G49" s="6" t="n">
+        <v>0.0048</v>
+      </c>
+      <c r="H49" s="7" t="n">
+        <v>46843</v>
+      </c>
+      <c r="J49" s="5" t="n">
+        <v>6.7829</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08IO0</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E50" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F50" s="5" t="n">
+        <v>2689.83</v>
+      </c>
+      <c r="G50" s="6" t="n">
+        <v>0.0048</v>
+      </c>
+      <c r="H50" s="7" t="n">
+        <v>46392</v>
+      </c>
+      <c r="J50" s="5" t="n">
+        <v>6.7598</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FR6</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E51" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F51" s="5" t="n">
+        <v>2677.57</v>
+      </c>
+      <c r="G51" s="6" t="n">
+        <v>0.0048</v>
+      </c>
+      <c r="H51" s="7" t="n">
+        <v>46812</v>
+      </c>
+      <c r="J51" s="5" t="n">
+        <v>6.7924</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>HDB Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>INE756I07ER5</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E52" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F52" s="5" t="n">
+        <v>2652.73</v>
+      </c>
+      <c r="G52" s="6" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H52" s="7" t="n">
+        <v>46136</v>
+      </c>
+      <c r="J52" s="5" t="n">
+        <v>6.905</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="1" t="n">
+        <v>45</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FA2</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E53" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F53" s="5" t="n">
+        <v>2636.5</v>
+      </c>
+      <c r="G53" s="6" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H53" s="7" t="n">
+        <v>46538</v>
+      </c>
+      <c r="J53" s="5" t="n">
+        <v>6.785</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="1" t="n">
+        <v>46</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08ES7</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E54" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F54" s="5" t="n">
+        <v>2624.56</v>
+      </c>
+      <c r="G54" s="6" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H54" s="7" t="n">
+        <v>46172</v>
+      </c>
+      <c r="J54" s="5" t="n">
+        <v>6.525</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="1" t="n">
+        <v>47</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08JC3</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E55" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F55" s="5" t="n">
+        <v>2624.41</v>
+      </c>
+      <c r="G55" s="6" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H55" s="7" t="n">
+        <v>46549</v>
+      </c>
+      <c r="J55" s="5" t="n">
+        <v>6.765</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08MO2</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E56" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F56" s="5" t="n">
+        <v>2617.56</v>
+      </c>
+      <c r="G56" s="6" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H56" s="7" t="n">
+        <v>46164</v>
+      </c>
+      <c r="J56" s="5" t="n">
+        <v>6.5949</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="n">
+        <v>49</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>INE916DA7ST6</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E57" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F57" s="5" t="n">
+        <v>2612.23</v>
+      </c>
+      <c r="G57" s="6" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H57" s="7" t="n">
+        <v>46617</v>
+      </c>
+      <c r="J57" s="5" t="n">
+        <v>7.105</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>INE916DA7RP6</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E58" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F58" s="5" t="n">
+        <v>2611.17</v>
+      </c>
+      <c r="G58" s="6" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H58" s="7" t="n">
+        <v>46587</v>
+      </c>
+      <c r="J58" s="5" t="n">
+        <v>7.105</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="1" t="n">
+        <v>51</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08ED9</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E59" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F59" s="5" t="n">
+        <v>2604.86</v>
+      </c>
+      <c r="G59" s="6" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="H59" s="7" t="n">
+        <v>46203</v>
+      </c>
+      <c r="J59" s="5" t="n">
+        <v>6.55</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="1" t="n">
+        <v>52</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>INE377Y07565</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E60" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F60" s="5" t="n">
+        <v>2601.4</v>
+      </c>
+      <c r="G60" s="6" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="H60" s="7" t="n">
+        <v>46899</v>
+      </c>
+      <c r="J60" s="5" t="n">
+        <v>7.075</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="1" t="n">
+        <v>53</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08EL2</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E61" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F61" s="5" t="n">
+        <v>2599.61</v>
+      </c>
+      <c r="G61" s="6" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="H61" s="7" t="n">
+        <v>46142</v>
+      </c>
+      <c r="J61" s="5" t="n">
+        <v>6.5249</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="1" t="n">
+        <v>54</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08EI8</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E62" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F62" s="5" t="n">
+        <v>2586.09</v>
+      </c>
+      <c r="G62" s="6" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="H62" s="7" t="n">
+        <v>46234</v>
+      </c>
+      <c r="J62" s="5" t="n">
+        <v>6.7999</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="1" t="n">
+        <v>55</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08II2</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E63" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F63" s="5" t="n">
+        <v>2581.33</v>
+      </c>
+      <c r="G63" s="6" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="H63" s="7" t="n">
+        <v>46248</v>
+      </c>
+      <c r="J63" s="5" t="n">
+        <v>6.7422</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="1" t="n">
+        <v>56</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07TM8</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E64" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F64" s="5" t="n">
+        <v>2576.24</v>
+      </c>
+      <c r="G64" s="6" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="H64" s="7" t="n">
+        <v>46944</v>
+      </c>
+      <c r="J64" s="5" t="n">
+        <v>7.26</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="1" t="n">
+        <v>57</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>INE916DA7TB2</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E65" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F65" s="5" t="n">
+        <v>2572.83</v>
+      </c>
+      <c r="G65" s="6" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="H65" s="7" t="n">
+        <v>46853</v>
+      </c>
+      <c r="J65" s="5" t="n">
+        <v>7.235</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="1" t="n">
+        <v>58</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Tata Capital Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>INE033L07HY2</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E66" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F66" s="5" t="n">
+        <v>2569.8</v>
+      </c>
+      <c r="G66" s="6" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="H66" s="7" t="n">
+        <v>46694</v>
+      </c>
+      <c r="J66" s="5" t="n">
+        <v>7.08</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="1" t="n">
+        <v>59</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07KM9</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E67" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F67" s="5" t="n">
+        <v>2566.79</v>
+      </c>
+      <c r="G67" s="6" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="H67" s="7" t="n">
+        <v>46290</v>
+      </c>
+      <c r="J67" s="5" t="n">
+        <v>6.84</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="1" t="n">
+        <v>60</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KJ7</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E68" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F68" s="5" t="n">
+        <v>2563.7</v>
+      </c>
+      <c r="G68" s="6" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="H68" s="7" t="n">
+        <v>46287</v>
+      </c>
+      <c r="J68" s="5" t="n">
+        <v>6.7438</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="1" t="n">
+        <v>61</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KM1</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E69" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F69" s="5" t="n">
+        <v>2537.53</v>
+      </c>
+      <c r="G69" s="6" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="H69" s="7" t="n">
+        <v>46521</v>
+      </c>
+      <c r="J69" s="5" t="n">
+        <v>6.8087</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="1" t="n">
+        <v>62</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Jio Credit Limited**</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>INE282H07034</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E70" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F70" s="5" t="n">
+        <v>2532.85</v>
+      </c>
+      <c r="G70" s="6" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="H70" s="7" t="n">
+        <v>46673</v>
+      </c>
+      <c r="J70" s="5" t="n">
+        <v>7.1673</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="1" t="n">
+        <v>63</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08AA3</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E71" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F71" s="5" t="n">
+        <v>2529.55</v>
+      </c>
+      <c r="G71" s="6" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="H71" s="7" t="n">
+        <v>46333</v>
+      </c>
+      <c r="J71" s="5" t="n">
+        <v>6.8001</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="1" t="n">
+        <v>64</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>INE053F07AC3</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E72" s="11" t="n">
+        <v>200</v>
+      </c>
+      <c r="F72" s="5" t="n">
+        <v>2121.2</v>
+      </c>
+      <c r="G72" s="6" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="H72" s="7" t="n">
+        <v>46626</v>
+      </c>
+      <c r="J72" s="5" t="n">
+        <v>6.79</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="1" t="n">
+        <v>65</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08NW3</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E73" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F73" s="5" t="n">
+        <v>2033.85</v>
+      </c>
+      <c r="G73" s="6" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="H73" s="7" t="n">
+        <v>46675</v>
+      </c>
+      <c r="J73" s="5" t="n">
+        <v>6.78</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="1" t="n">
+        <v>66</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>HDB Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>INE756I07EZ8</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E74" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F74" s="5" t="n">
+        <v>1056.79</v>
+      </c>
+      <c r="G74" s="6" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="H74" s="7" t="n">
+        <v>46573</v>
+      </c>
+      <c r="J74" s="5" t="n">
+        <v>7.16</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="1" t="n">
+        <v>67</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>HDB Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>INE756I07EK0</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E75" s="11" t="n">
+        <v>46</v>
+      </c>
+      <c r="F75" s="5" t="n">
+        <v>589.14</v>
+      </c>
+      <c r="G75" s="6" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="H75" s="7" t="n">
+        <v>46035</v>
+      </c>
+      <c r="J75" s="5" t="n">
+        <v>7.0583</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="1" t="n">
+        <v>68</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08EF4</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E76" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F76" s="5" t="n">
+        <v>532.77</v>
+      </c>
+      <c r="G76" s="6" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="H76" s="7" t="n">
+        <v>46081</v>
+      </c>
+      <c r="J76" s="5" t="n">
+        <v>6.1599</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="1" t="n">
+        <v>69</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07KE6</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E77" s="11" t="n">
+        <v>50</v>
+      </c>
+      <c r="F77" s="5" t="n">
+        <v>517.3</v>
+      </c>
+      <c r="G77" s="6" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="H77" s="7" t="n">
+        <v>46252</v>
+      </c>
+      <c r="J77" s="5" t="n">
+        <v>6.84</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="1" t="n">
+        <v>70</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>INE774D07VJ0</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E78" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F78" s="5" t="n">
+        <v>265.97</v>
+      </c>
+      <c r="G78" s="6" t="n">
+        <v>0.0005</v>
+      </c>
+      <c r="H78" s="7" t="n">
+        <v>46504</v>
+      </c>
+      <c r="J78" s="5" t="n">
+        <v>7.185</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="8" t="n"/>
+      <c r="B79" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C79" s="8" t="n"/>
+      <c r="D79" s="8" t="n"/>
+      <c r="E79" s="8" t="n"/>
+      <c r="F79" s="9" t="n">
+        <v>372849.63</v>
+      </c>
+      <c r="G79" s="10" t="n">
+        <v>0.6651</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="B81" s="3" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="1" t="n">
+        <v>71</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>6.01% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250067</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E82" s="11" t="n">
+        <v>17000000</v>
+      </c>
+      <c r="F82" s="5" t="n">
+        <v>17247.83</v>
+      </c>
+      <c r="G82" s="6" t="n">
+        <v>0.0308</v>
+      </c>
+      <c r="H82" s="7" t="n">
+        <v>47685</v>
+      </c>
+      <c r="J82" s="5" t="n">
+        <v>6.3194</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="1" t="n">
+        <v>72</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>6.85% Uttar Pradesh SDL 2026</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>IN3320160275</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E83" s="11" t="n">
+        <v>9714000</v>
+      </c>
+      <c r="F83" s="5" t="n">
+        <v>9875.120000000001</v>
+      </c>
+      <c r="G83" s="6" t="n">
+        <v>0.0176</v>
+      </c>
+      <c r="H83" s="7" t="n">
+        <v>46349</v>
+      </c>
+      <c r="J83" s="5" t="n">
+        <v>5.7526</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="1" t="n">
+        <v>73</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>8.51% GOI FRB 2033</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>IN0020200120</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E84" s="11" t="n">
+        <v>7500000</v>
+      </c>
+      <c r="F84" s="5" t="n">
+        <v>7884.66</v>
+      </c>
+      <c r="G84" s="6" t="n">
+        <v>0.0141</v>
+      </c>
+      <c r="H84" s="7" t="n">
+        <v>48844</v>
+      </c>
+      <c r="J84" s="5" t="n">
+        <v>6.1534</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="1" t="n">
+        <v>74</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>7.59% GOI 2026</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t>IN0020150093</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E85" s="11" t="n">
+        <v>7500000</v>
+      </c>
+      <c r="F85" s="5" t="n">
+        <v>7773.36</v>
+      </c>
+      <c r="G85" s="6" t="n">
+        <v>0.0139</v>
+      </c>
+      <c r="H85" s="7" t="n">
+        <v>46033</v>
+      </c>
+      <c r="J85" s="5" t="n">
+        <v>5.2872</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="1" t="n">
+        <v>75</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>6.18% Gujarat SDL 2026</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>IN1520200339</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E86" s="11" t="n">
+        <v>5660000</v>
+      </c>
+      <c r="F86" s="5" t="n">
+        <v>5759.28</v>
+      </c>
+      <c r="G86" s="6" t="n">
+        <v>0.0103</v>
+      </c>
+      <c r="H86" s="7" t="n">
+        <v>46112</v>
+      </c>
+      <c r="J86" s="5" t="n">
+        <v>5.3844</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="1" t="n">
+        <v>76</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>7.15% Maharashtra SDL 2026</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>IN2220160088</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E87" s="11" t="n">
+        <v>4000000</v>
+      </c>
+      <c r="F87" s="5" t="n">
+        <v>4103.22</v>
+      </c>
+      <c r="G87" s="6" t="n">
+        <v>0.0073</v>
+      </c>
+      <c r="H87" s="7" t="n">
+        <v>46308</v>
+      </c>
+      <c r="J87" s="5" t="n">
+        <v>5.7681</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="1" t="n">
+        <v>77</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>7.59% Gujarat SDL 2027</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>IN1520160194</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E88" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F88" s="5" t="n">
+        <v>2614.36</v>
+      </c>
+      <c r="G88" s="6" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H88" s="7" t="n">
+        <v>46433</v>
+      </c>
+      <c r="J88" s="5" t="n">
+        <v>5.985</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="1" t="n">
+        <v>78</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>8.3% Madhya Pradesh SDL 2026</t>
+        </is>
+      </c>
+      <c r="C89" s="1" t="inlineStr">
+        <is>
+          <t>IN2120150080</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E89" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F89" s="5" t="n">
+        <v>2599.13</v>
+      </c>
+      <c r="G89" s="6" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="H89" s="7" t="n">
+        <v>46035</v>
+      </c>
+      <c r="J89" s="5" t="n">
+        <v>5.4071</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="1" t="n">
+        <v>79</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>6.36% Himachal Pradesh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C90" s="1" t="inlineStr">
+        <is>
+          <t>IN1720200030</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E90" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F90" s="5" t="n">
+        <v>2562.58</v>
+      </c>
+      <c r="G90" s="6" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="H90" s="7" t="n">
+        <v>46963</v>
+      </c>
+      <c r="J90" s="5" t="n">
+        <v>6.435</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="1" t="n">
+        <v>80</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>7.98% Gujarat SDL 2026</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>IN1520160038</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E91" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F91" s="5" t="n">
+        <v>2548.56</v>
+      </c>
+      <c r="G91" s="6" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="H91" s="7" t="n">
+        <v>46153</v>
+      </c>
+      <c r="J91" s="5" t="n">
+        <v>5.64</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="1" t="n">
+        <v>81</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>7.24% Gujarat SDL 2026</t>
+        </is>
+      </c>
+      <c r="C92" s="1" t="inlineStr">
+        <is>
+          <t>IN1520160160</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E92" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F92" s="5" t="n">
+        <v>2536.72</v>
+      </c>
+      <c r="G92" s="6" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="H92" s="7" t="n">
+        <v>46384</v>
+      </c>
+      <c r="J92" s="5" t="n">
+        <v>5.7575</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="1" t="n">
+        <v>82</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>5.63% GOI 2026</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>IN0020210012</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E93" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F93" s="5" t="n">
+        <v>2531.69</v>
+      </c>
+      <c r="G93" s="6" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="H93" s="7" t="n">
+        <v>46124</v>
+      </c>
+      <c r="J93" s="5" t="n">
+        <v>5.5215</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="1" t="n">
+        <v>83</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>6.24% Maharashtra SDL 2026</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>IN2220210214</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E94" s="11" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F94" s="5" t="n">
+        <v>2054.69</v>
+      </c>
+      <c r="G94" s="6" t="n">
+        <v>0.0037</v>
+      </c>
+      <c r="H94" s="7" t="n">
+        <v>46245</v>
+      </c>
+      <c r="J94" s="5" t="n">
+        <v>5.7075</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="1" t="n">
+        <v>84</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>7.40% Maharashtra SDL 2031</t>
+        </is>
+      </c>
+      <c r="C95" s="1" t="inlineStr">
+        <is>
+          <t>IN2220230097</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E95" s="11" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F95" s="5" t="n">
+        <v>2030.16</v>
+      </c>
+      <c r="G95" s="6" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="H95" s="7" t="n">
+        <v>48027</v>
+      </c>
+      <c r="J95" s="5" t="n">
+        <v>7.0773</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="1" t="n">
+        <v>85</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>6.88% Uttar Pradesh SDL 2031</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>IN3320210013</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E96" s="11" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F96" s="5" t="n">
+        <v>1982.14</v>
+      </c>
+      <c r="G96" s="6" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="H96" s="7" t="n">
+        <v>48022</v>
+      </c>
+      <c r="J96" s="5" t="n">
+        <v>7.1133</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="1" t="n">
+        <v>86</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>7.37% Maharashtra SDL 2026</t>
+        </is>
+      </c>
+      <c r="C97" s="1" t="inlineStr">
+        <is>
+          <t>IN2220160062</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E97" s="11" t="n">
+        <v>1875000</v>
+      </c>
+      <c r="F97" s="5" t="n">
+        <v>1937.27</v>
+      </c>
+      <c r="G97" s="6" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="H97" s="7" t="n">
+        <v>46279</v>
+      </c>
+      <c r="J97" s="5" t="n">
+        <v>5.6875</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="1" t="n">
+        <v>87</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>7.08% Karnataka SDL 2031</t>
+        </is>
+      </c>
+      <c r="C98" s="1" t="inlineStr">
+        <is>
+          <t>IN1920240232</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E98" s="11" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F98" s="5" t="n">
+        <v>1025.88</v>
+      </c>
+      <c r="G98" s="6" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="H98" s="7" t="n">
+        <v>48072</v>
+      </c>
+      <c r="J98" s="5" t="n">
+        <v>7.1096</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="1" t="n">
+        <v>88</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>7.39% Maharashtra SDL 2026</t>
+        </is>
+      </c>
+      <c r="C99" s="1" t="inlineStr">
+        <is>
+          <t>IN2220160104</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E99" s="11" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F99" s="5" t="n">
+        <v>1024.21</v>
+      </c>
+      <c r="G99" s="6" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="H99" s="7" t="n">
+        <v>46335</v>
+      </c>
+      <c r="J99" s="5" t="n">
+        <v>5.7331</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="1" t="n">
+        <v>89</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>7.16% Maharashtra SDL 2026</t>
+        </is>
+      </c>
+      <c r="C100" s="1" t="inlineStr">
+        <is>
+          <t>IN2220160070</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E100" s="11" t="n">
+        <v>826200</v>
+      </c>
+      <c r="F100" s="5" t="n">
+        <v>850.09</v>
+      </c>
+      <c r="G100" s="6" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="H100" s="7" t="n">
+        <v>46293</v>
+      </c>
+      <c r="J100" s="5" t="n">
+        <v>5.6875</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="1" t="n">
+        <v>90</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>6.83% Karnataka SDL 2026</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>IN1920160042</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E101" s="11" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F101" s="5" t="n">
+        <v>508.32</v>
+      </c>
+      <c r="G101" s="6" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="H101" s="7" t="n">
+        <v>46349</v>
+      </c>
+      <c r="J101" s="5" t="n">
+        <v>5.7231</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="1" t="n">
+        <v>91</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>7.05% Gujarat SDL 2026</t>
+        </is>
+      </c>
+      <c r="C102" s="1" t="inlineStr">
+        <is>
+          <t>IN1520160152</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E102" s="11" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F102" s="5" t="n">
+        <v>507.56</v>
+      </c>
+      <c r="G102" s="6" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="H102" s="7" t="n">
+        <v>46370</v>
+      </c>
+      <c r="J102" s="5" t="n">
+        <v>5.7549</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="8" t="n"/>
+      <c r="B103" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C103" s="8" t="n"/>
+      <c r="D103" s="8" t="n"/>
+      <c r="E103" s="8" t="n"/>
+      <c r="F103" s="9" t="n">
+        <v>79956.83</v>
+      </c>
+      <c r="G103" s="10" t="n">
+        <v>0.1426</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="B105" s="3" t="inlineStr">
+        <is>
+          <t>Securitised Debt</t>
+        </is>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="1" t="n">
+        <v>92</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>India Universal Trust**</t>
+        </is>
+      </c>
+      <c r="C106" s="1" t="inlineStr">
+        <is>
+          <t>INE16J715027</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="E106" s="11" t="n">
+        <v>89</v>
+      </c>
+      <c r="F106" s="5" t="n">
+        <v>7350.21</v>
+      </c>
+      <c r="G106" s="6" t="n">
+        <v>0.0131</v>
+      </c>
+      <c r="H106" s="7" t="n">
+        <v>46527</v>
+      </c>
+      <c r="J106" s="5" t="n">
+        <v>7.615</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="1" t="n">
+        <v>93</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>India Universal Trust**</t>
+        </is>
+      </c>
+      <c r="C107" s="1" t="inlineStr">
+        <is>
+          <t>INE16J715019</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="E107" s="11" t="n">
+        <v>129</v>
+      </c>
+      <c r="F107" s="5" t="n">
+        <v>3270.19</v>
+      </c>
+      <c r="G107" s="6" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="H107" s="7" t="n">
+        <v>46223</v>
+      </c>
+      <c r="J107" s="5" t="n">
+        <v>7.435</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="8" t="n"/>
+      <c r="B108" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C108" s="8" t="n"/>
+      <c r="D108" s="8" t="n"/>
+      <c r="E108" s="8" t="n"/>
+      <c r="F108" s="9" t="n">
+        <v>10620.4</v>
+      </c>
+      <c r="G108" s="10" t="n">
+        <v>0.0189</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="B110" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="111">
+      <c r="B111" s="3" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="1" t="n">
+        <v>94</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C112" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16GW7</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
-      <c r="L10" s="7" t="n">
-[...37 lines deleted...]
-      <c r="K11" s="92" t="inlineStr">
+      <c r="E112" s="11" t="n">
+        <v>3500</v>
+      </c>
+      <c r="F112" s="5" t="n">
+        <v>17089.71</v>
+      </c>
+      <c r="G112" s="6" t="n">
+        <v>0.0305</v>
+      </c>
+      <c r="H112" s="7" t="n">
+        <v>46161</v>
+      </c>
+      <c r="J112" s="5" t="n">
+        <v>6.3499</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="1" t="n">
+        <v>95</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C113" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6BK4</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E113" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F113" s="5" t="n">
+        <v>14695.05</v>
+      </c>
+      <c r="G113" s="6" t="n">
+        <v>0.0262</v>
+      </c>
+      <c r="H113" s="7" t="n">
+        <v>46142</v>
+      </c>
+      <c r="J113" s="5" t="n">
+        <v>6.3651</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="1" t="n">
+        <v>96</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C114" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HF0</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E114" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F114" s="5" t="n">
+        <v>9626.85</v>
+      </c>
+      <c r="G114" s="6" t="n">
+        <v>0.0172</v>
+      </c>
+      <c r="H114" s="7" t="n">
+        <v>46239</v>
+      </c>
+      <c r="J114" s="5" t="n">
+        <v>6.55</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="1" t="n">
+        <v>97</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C115" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16JR6</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E115" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F115" s="5" t="n">
+        <v>7316.42</v>
+      </c>
+      <c r="G115" s="6" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="H115" s="7" t="n">
+        <v>46167</v>
+      </c>
+      <c r="J115" s="5" t="n">
+        <v>6.36</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="1" t="n">
+        <v>98</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C116" s="1" t="inlineStr">
+        <is>
+          <t>INE562A16PR1</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E116" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F116" s="5" t="n">
+        <v>7312.32</v>
+      </c>
+      <c r="G116" s="6" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="H116" s="7" t="n">
+        <v>46171</v>
+      </c>
+      <c r="J116" s="5" t="n">
+        <v>6.33</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="1" t="n">
+        <v>99</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C117" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6AU5</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E117" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F117" s="5" t="n">
+        <v>7293.47</v>
+      </c>
+      <c r="G117" s="6" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="H117" s="7" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J117" s="5" t="n">
+        <v>6.38</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="1" t="n">
+        <v>100</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C118" s="1" t="inlineStr">
+        <is>
+          <t>INE692A16JQ1</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E118" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F118" s="5" t="n">
+        <v>7276.72</v>
+      </c>
+      <c r="G118" s="6" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="H118" s="7" t="n">
+        <v>46198</v>
+      </c>
+      <c r="J118" s="5" t="n">
+        <v>6.4</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="1" t="n">
+        <v>101</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C119" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BL5</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E119" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F119" s="5" t="n">
+        <v>7128.2</v>
+      </c>
+      <c r="G119" s="6" t="n">
+        <v>0.0127</v>
+      </c>
+      <c r="H119" s="7" t="n">
+        <v>46308</v>
+      </c>
+      <c r="J119" s="5" t="n">
+        <v>6.68</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="1" t="n">
+        <v>102</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C120" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HC7</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E120" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F120" s="5" t="n">
+        <v>4922.08</v>
+      </c>
+      <c r="G120" s="6" t="n">
+        <v>0.008800000000000001</v>
+      </c>
+      <c r="H120" s="7" t="n">
+        <v>46114</v>
+      </c>
+      <c r="J120" s="5" t="n">
+        <v>6.3501</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="1" t="n">
+        <v>103</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C121" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BH3</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E121" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F121" s="5" t="n">
+        <v>4893.6</v>
+      </c>
+      <c r="G121" s="6" t="n">
+        <v>0.008699999999999999</v>
+      </c>
+      <c r="H121" s="7" t="n">
+        <v>46147</v>
+      </c>
+      <c r="J121" s="5" t="n">
+        <v>6.3999</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="1" t="n">
+        <v>104</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C122" s="1" t="inlineStr">
+        <is>
+          <t>INE692A16KG0</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E122" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F122" s="5" t="n">
+        <v>4876.31</v>
+      </c>
+      <c r="G122" s="6" t="n">
+        <v>0.008699999999999999</v>
+      </c>
+      <c r="H122" s="7" t="n">
+        <v>46168</v>
+      </c>
+      <c r="J122" s="5" t="n">
+        <v>6.385</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="1" t="n">
+        <v>105</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C123" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HN4</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E123" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F123" s="5" t="n">
+        <v>4782.85</v>
+      </c>
+      <c r="G123" s="6" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="H123" s="7" t="n">
+        <v>46276</v>
+      </c>
+      <c r="J123" s="5" t="n">
+        <v>6.5501</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="1" t="n">
+        <v>106</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C124" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6BJ6</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E124" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F124" s="5" t="n">
+        <v>4751.8</v>
+      </c>
+      <c r="G124" s="6" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="H124" s="7" t="n">
+        <v>46311</v>
+      </c>
+      <c r="J124" s="5" t="n">
+        <v>6.62</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="1" t="n">
+        <v>107</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C125" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16KI3</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E125" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F125" s="5" t="n">
+        <v>4737.31</v>
+      </c>
+      <c r="G125" s="6" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="H125" s="7" t="n">
+        <v>46332</v>
+      </c>
+      <c r="J125" s="5" t="n">
+        <v>6.5499</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="1" t="n">
+        <v>108</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C126" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16KO1</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E126" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F126" s="5" t="n">
+        <v>4714.86</v>
+      </c>
+      <c r="G126" s="6" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="H126" s="7" t="n">
+        <v>46360</v>
+      </c>
+      <c r="J126" s="5" t="n">
+        <v>6.55</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="1" t="n">
+        <v>109</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C127" s="1" t="inlineStr">
+        <is>
+          <t>INE476A16A16</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E127" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F127" s="5" t="n">
+        <v>2488.08</v>
+      </c>
+      <c r="G127" s="6" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="H127" s="7" t="n">
+        <v>46052</v>
+      </c>
+      <c r="J127" s="5" t="n">
+        <v>6.0305</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="1" t="n">
+        <v>110</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C128" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16GS5</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E128" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F128" s="5" t="n">
+        <v>2467.24</v>
+      </c>
+      <c r="G128" s="6" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="H128" s="7" t="n">
+        <v>46105</v>
+      </c>
+      <c r="J128" s="5" t="n">
+        <v>5.9099</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="1" t="n">
+        <v>111</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C129" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16JG9</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E129" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F129" s="5" t="n">
+        <v>2459.29</v>
+      </c>
+      <c r="G129" s="6" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="H129" s="7" t="n">
+        <v>46118</v>
+      </c>
+      <c r="J129" s="5" t="n">
+        <v>6.3601</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="1" t="n">
+        <v>112</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India</t>
+        </is>
+      </c>
+      <c r="C130" s="1" t="inlineStr">
+        <is>
+          <t>INE514E16CL5</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E130" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F130" s="5" t="n">
+        <v>2438.04</v>
+      </c>
+      <c r="G130" s="6" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="H130" s="7" t="n">
+        <v>46170</v>
+      </c>
+      <c r="J130" s="5" t="n">
+        <v>6.31</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="1" t="n">
+        <v>113</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C131" s="1" t="inlineStr">
+        <is>
+          <t>INE692A16KH8</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E131" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F131" s="5" t="n">
+        <v>2435.52</v>
+      </c>
+      <c r="G131" s="6" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="H131" s="7" t="n">
+        <v>46174</v>
+      </c>
+      <c r="J131" s="5" t="n">
+        <v>6.4001</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="1" t="n">
+        <v>114</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C132" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HP9</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E132" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F132" s="5" t="n">
+        <v>2431.32</v>
+      </c>
+      <c r="G132" s="6" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="H132" s="7" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J132" s="5" t="n">
+        <v>6.365</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="1" t="n">
+        <v>115</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C133" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HB9</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E133" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F133" s="5" t="n">
+        <v>2426.38</v>
+      </c>
+      <c r="G133" s="6" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="H133" s="7" t="n">
+        <v>46197</v>
+      </c>
+      <c r="J133" s="5" t="n">
+        <v>6.3651</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="1" t="n">
+        <v>116</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C134" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6AZ4</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E134" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F134" s="5" t="n">
+        <v>2425.8</v>
+      </c>
+      <c r="G134" s="6" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="H134" s="7" t="n">
+        <v>46198</v>
+      </c>
+      <c r="J134" s="5" t="n">
+        <v>6.3802</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="8" t="n"/>
+      <c r="B135" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C135" s="8" t="n"/>
+      <c r="D135" s="8" t="n"/>
+      <c r="E135" s="8" t="n"/>
+      <c r="F135" s="9" t="n">
+        <v>130989.22</v>
+      </c>
+      <c r="G135" s="10" t="n">
+        <v>0.2333</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="B137" s="3" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="138">
+      <c r="B138" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" s="1" t="n">
+        <v>117</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Standard Chartered Capital Limited**</t>
+        </is>
+      </c>
+      <c r="C139" s="1" t="inlineStr">
+        <is>
+          <t>INE403G14TM3</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E139" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F139" s="5" t="n">
+        <v>4868.84</v>
+      </c>
+      <c r="G139" s="6" t="n">
+        <v>0.008699999999999999</v>
+      </c>
+      <c r="H139" s="7" t="n">
+        <v>46161</v>
+      </c>
+      <c r="J139" s="5" t="n">
+        <v>7.1249</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" s="1" t="n">
+        <v>118</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Standard Chartered Capital Limited**</t>
+        </is>
+      </c>
+      <c r="C140" s="1" t="inlineStr">
+        <is>
+          <t>INE403G14TT8</t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E140" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F140" s="5" t="n">
+        <v>4759.16</v>
+      </c>
+      <c r="G140" s="6" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="H140" s="7" t="n">
+        <v>46275</v>
+      </c>
+      <c r="J140" s="5" t="n">
+        <v>7.33</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" s="1" t="n">
+        <v>119</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C141" s="1" t="inlineStr">
+        <is>
+          <t>INE763G14XX9</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E141" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F141" s="5" t="n">
+        <v>2471.91</v>
+      </c>
+      <c r="G141" s="6" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="H141" s="7" t="n">
+        <v>46087</v>
+      </c>
+      <c r="J141" s="5" t="n">
+        <v>6.4803</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" s="8" t="n"/>
+      <c r="B142" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C142" s="8" t="n"/>
+      <c r="D142" s="8" t="n"/>
+      <c r="E142" s="8" t="n"/>
+      <c r="F142" s="9" t="n">
+        <v>12099.91</v>
+      </c>
+      <c r="G142" s="10" t="n">
+        <v>0.0216</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="B144" s="3" t="inlineStr">
+        <is>
+          <t>Treasury Bill</t>
+        </is>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" s="1" t="n">
+        <v>120</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C145" s="1" t="inlineStr">
+        <is>
+          <t>IN002024Z420</t>
+        </is>
+      </c>
+      <c r="D145" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L11" s="7" t="n">
-[...209 lines deleted...]
-      <c r="K16" s="92" t="inlineStr">
+      <c r="E145" s="11" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F145" s="5" t="n">
+        <v>4980.1</v>
+      </c>
+      <c r="G145" s="6" t="n">
+        <v>0.0089</v>
+      </c>
+      <c r="H145" s="7" t="n">
+        <v>46051</v>
+      </c>
+      <c r="J145" s="5" t="n">
+        <v>5.2103</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" s="8" t="n"/>
+      <c r="B146" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C146" s="8" t="n"/>
+      <c r="D146" s="8" t="n"/>
+      <c r="E146" s="8" t="n"/>
+      <c r="F146" s="9" t="n">
+        <v>4980.1</v>
+      </c>
+      <c r="G146" s="10" t="n">
+        <v>0.0089</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="B148" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" s="1" t="n">
+        <v>121</v>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="D149" s="11" t="n"/>
+      <c r="F149" s="5" t="n">
+        <v>4030.81</v>
+      </c>
+      <c r="G149" s="6" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="H149" s="7" t="n">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" s="1" t="n">
+        <v>122</v>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="D150" s="11" t="n"/>
+      <c r="F150" s="5" t="n">
+        <v>-54966.12</v>
+      </c>
+      <c r="G150" s="6" t="n">
+        <v>-0.098</v>
+      </c>
+      <c r="H150" s="7" t="n">
+        <v>46027</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" s="8" t="n"/>
+      <c r="B151" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C151" s="8" t="n"/>
+      <c r="D151" s="8" t="n"/>
+      <c r="E151" s="9" t="n"/>
+      <c r="F151" s="9" t="n">
+        <v>-50935.31</v>
+      </c>
+      <c r="G151" s="10" t="n">
+        <v>-0.09080000000000001</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="B153" s="3" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
-      <c r="L16" s="7" t="n">
-[...2293 lines deleted...]
-      <c r="B82" s="9" t="inlineStr">
+    </row>
+    <row r="154">
+      <c r="A154" s="1" t="n">
+        <v>123</v>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C154" s="1" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E154" s="11" t="n">
+        <v>15090.147</v>
+      </c>
+      <c r="F154" s="5" t="n">
+        <v>1743.48</v>
+      </c>
+      <c r="G154" s="6" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J154" s="5" t="n"/>
+    </row>
+    <row r="155">
+      <c r="A155" s="8" t="n"/>
+      <c r="B155" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C82" s="9" t="n"/>
-[...718 lines deleted...]
-      <c r="B105" s="9" t="inlineStr">
+      <c r="C155" s="8" t="n"/>
+      <c r="D155" s="8" t="n"/>
+      <c r="E155" s="8" t="n"/>
+      <c r="F155" s="9" t="n">
+        <v>1743.48</v>
+      </c>
+      <c r="G155" s="10" t="n">
+        <v>0.0031</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="B157" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="158">
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E158" s="11" t="n"/>
+      <c r="F158" s="5" t="n">
+        <v>-1437.13</v>
+      </c>
+      <c r="G158" s="6" t="n">
+        <v>-0.0027</v>
+      </c>
+      <c r="J158" s="5" t="n"/>
+    </row>
+    <row r="159">
+      <c r="A159" s="8" t="n"/>
+      <c r="B159" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C105" s="9" t="n"/>
-[...1255 lines deleted...]
-        <v>0.0003</v>
+      <c r="C159" s="8" t="n"/>
+      <c r="D159" s="8" t="n"/>
+      <c r="E159" s="8" t="n"/>
+      <c r="F159" s="9" t="n">
+        <v>-1437.13</v>
+      </c>
+      <c r="G159" s="10" t="n">
+        <v>-0.0027</v>
       </c>
     </row>
     <row r="161">
-      <c r="A161" s="5" t="n"/>
-      <c r="B161" s="5" t="inlineStr">
+      <c r="A161" s="4" t="n"/>
+      <c r="B161" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C161" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G161" s="14" t="n">
+      <c r="C161" s="4" t="n"/>
+      <c r="D161" s="4" t="n"/>
+      <c r="E161" s="4" t="n"/>
+      <c r="F161" s="12" t="n">
+        <v>560867.13</v>
+      </c>
+      <c r="G161" s="13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="162">
-      <c r="A162" s="92" t="inlineStr">
+      <c r="A162" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="163">
-      <c r="A163" s="92" t="n">
+      <c r="A163" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B163" s="92" t="inlineStr">
+      <c r="B163" s="1" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="15" t="n">
         <v>2</v>
       </c>
       <c r="B164" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="165" ht="84" customHeight="1" s="68">
+    <row r="165" ht="27" customHeight="1" s="74">
       <c r="A165" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B165" s="69" t="inlineStr">
+      <c r="B165" s="15" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="166" ht="70" customHeight="1" s="74">
+      <c r="A166" s="15" t="n">
+        <v>4</v>
+      </c>
+      <c r="B166" s="75" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
     </row>
-    <row r="166">
-[...22 lines deleted...]
-    <row r="167">
+    <row r="167" ht="14.5" customHeight="1" s="74">
       <c r="A167" s="15" t="n"/>
-      <c r="B167" s="52" t="inlineStr">
-[...14 lines deleted...]
-      </c>
     </row>
     <row r="168">
       <c r="A168" s="15" t="n"/>
-      <c r="B168" s="52" t="inlineStr">
-[...13 lines deleted...]
-        <v>0</v>
+      <c r="B168" s="44" t="inlineStr">
+        <is>
+          <t>Disclosure in Derivatives</t>
+        </is>
+      </c>
+      <c r="C168" s="44" t="inlineStr">
+        <is>
+          <t>Industry</t>
+        </is>
+      </c>
+      <c r="D168" s="44" t="inlineStr">
+        <is>
+          <t>Notional Value</t>
+        </is>
+      </c>
+      <c r="E168" s="44" t="inlineStr">
+        <is>
+          <t>% To net assets</t>
+        </is>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="15" t="n"/>
-      <c r="B169" s="52" t="inlineStr">
+      <c r="B169" s="57" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C169" s="53" t="inlineStr">
+      <c r="C169" s="58" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D169" s="50" t="n">
+      <c r="D169" s="47" t="n">
+        <v>1000000000</v>
+      </c>
+      <c r="E169" s="59" t="n">
+        <v>2e-05</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" s="15" t="n"/>
+      <c r="B170" s="57" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C170" s="58" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D170" s="47" t="n">
+        <v>1000000000</v>
+      </c>
+      <c r="E170" s="59" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" s="15" t="n"/>
+      <c r="B171" s="57" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C171" s="58" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D171" s="47" t="n">
         <v>250000000</v>
       </c>
-      <c r="E169" s="54" t="n">
+      <c r="E171" s="59" t="n">
         <v>1e-05</v>
       </c>
     </row>
-    <row r="170">
-      <c r="B170" s="52" t="inlineStr">
+    <row r="172">
+      <c r="A172" s="15" t="n"/>
+      <c r="B172" s="57" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C170" s="53" t="inlineStr">
+      <c r="C172" s="58" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D170" s="50" t="n">
+      <c r="D172" s="47" t="n">
         <v>250000000</v>
       </c>
-      <c r="E170" s="54" t="n">
+      <c r="E172" s="59" t="n">
         <v>1e-05</v>
       </c>
     </row>
-    <row r="171">
-      <c r="B171" s="52" t="inlineStr">
+    <row r="173">
+      <c r="A173" s="15" t="n"/>
+      <c r="B173" s="57" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C171" s="53" t="inlineStr">
+      <c r="C173" s="58" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D171" s="50" t="n">
+      <c r="D173" s="47" t="n">
         <v>1000000000</v>
       </c>
-      <c r="E171" s="54" t="n">
-[...13 lines deleted...]
-        </is>
+      <c r="E173" s="59" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="15" t="n"/>
       <c r="B174" s="15" t="n"/>
     </row>
-    <row r="175" ht="14.5" customHeight="1" s="68">
-      <c r="B175" s="91" t="inlineStr">
+    <row r="175">
+      <c r="A175" s="15" t="n"/>
+      <c r="B175" s="15" t="n"/>
+    </row>
+    <row r="177" ht="14.5" customHeight="1" s="74">
+      <c r="B177" s="95" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="187" ht="14.5" customHeight="1" s="68">
-      <c r="B187" s="91" t="inlineStr">
+    <row r="189" ht="14.5" customHeight="1" s="74">
+      <c r="B189" s="95" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: NIFTY Low Duration Debt Index A-I</t>
         </is>
       </c>
     </row>
-    <row r="202">
-[...1 lines deleted...]
-      <c r="C202" s="18" t="inlineStr">
+    <row r="204">
+      <c r="B204" s="16" t="n"/>
+      <c r="C204" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
-    </row>
-[...18 lines deleted...]
-      <c r="C204" s="19" t="n"/>
     </row>
     <row r="205">
       <c r="B205" s="16" t="inlineStr">
         <is>
-          <t>Annualised Portfolio YTM*:</t>
-[...3 lines deleted...]
-        <v>0.06660000000000001</v>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C205" s="18" t="inlineStr">
+        <is>
+          <t>DSP Low Duration Fund</t>
+        </is>
       </c>
     </row>
     <row r="206">
       <c r="B206" s="16" t="inlineStr">
         <is>
-          <t>Macaulay Duration</t>
-[...4 lines deleted...]
-      </c>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C206" s="19" t="n"/>
     </row>
     <row r="207">
       <c r="B207" s="16" t="inlineStr">
         <is>
-          <t>Residual Maturity</t>
-[...3 lines deleted...]
-        <v>1.23</v>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C207" s="20" t="n">
+        <v>0.0677</v>
       </c>
     </row>
     <row r="208">
       <c r="B208" s="16" t="inlineStr">
         <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C208" s="19" t="n">
+        <v>1.07</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="B209" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C209" s="19" t="n">
+        <v>1.33</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="B210" s="16" t="inlineStr">
+        <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C208" s="21" t="n">
-[...4 lines deleted...]
-      <c r="B209" s="17" t="inlineStr">
+      <c r="C210" s="21" t="n">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="B211" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C209" s="18" t="n"/>
+      <c r="C211" s="18" t="n"/>
+    </row>
+    <row r="214" ht="14.5" customHeight="1" s="74">
+      <c r="B214" s="72" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
+    <mergeCell ref="B166:G166"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="B165:G165"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>