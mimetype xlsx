--- v4 (2026-01-11)
+++ v5 (2026-02-03)
@@ -1,153 +1,159 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr codeName="ThisWorkbook"/>
+  <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="883" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="960" firstSheet="10" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="LDF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="22">
     <font>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -335,66 +341,65 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="101">
+  <cellXfs count="102">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -405,242 +410,248 @@
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...13 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
@@ -692,242 +703,276 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>178</row>
+      <row>157</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>187</row>
-      <rowOff>31751</rowOff>
+      <row>166</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="2" name="Picture 1"/>
+        <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="29400500"/>
+          <a:off x="457200" y="26142950"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>190</row>
+      <row>170</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>199</row>
-      <rowOff>31748</rowOff>
+      <row>179</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="3" name="Picture 2"/>
+        <cNvPr id="5" name="Picture 4"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="31813500"/>
+          <a:off x="457200" y="28555950"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -945,65 +990,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1024,104 +1069,124 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr codeName="Sheet4">
+  <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L214"/>
+  <dimension ref="A1:L189"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="A1" sqref="A1"/>
+    <sheetView topLeftCell="A164" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="C187" sqref="C187"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
     <col width="46.81640625" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
-    <col width="21.1796875" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
-[...1 lines deleted...]
-    <col width="16.26953125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="17" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="17.26953125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
     <col width="30.1796875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="70">
+      <c r="A1" s="69" t="n"/>
+      <c r="B1" s="69" t="inlineStr">
         <is>
           <t>DSP Low Duration Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="3" t="inlineStr">
         <is>
-          <t>Portfolio as on December 31, 2025</t>
+          <t>Portfolio as on January 15, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
@@ -1170,4923 +1235,4360 @@
       </c>
     </row>
     <row r="8">
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
       <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development**</t>
+          <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE261F08EA6</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E9" s="11" t="n">
-        <v>17500</v>
+        <v>22500</v>
       </c>
       <c r="F9" s="5" t="n">
-        <v>18006.64</v>
+        <v>23138.06</v>
       </c>
       <c r="G9" s="6" t="n">
-        <v>0.0321</v>
+        <v>0.041</v>
       </c>
       <c r="H9" s="7" t="n">
         <v>46265</v>
       </c>
       <c r="J9" s="5" t="n">
-        <v>6.75</v>
+        <v>7.2929</v>
       </c>
       <c r="K9" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="L9" s="6" t="n">
-        <v>0.5844</v>
+        <v>0.5357</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="n">
         <v>2</v>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Bharti Telecom Limited**</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE403D08272</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E10" s="11" t="n">
         <v>17500</v>
       </c>
       <c r="F10" s="5" t="n">
-        <v>17727.55</v>
+        <v>17776.38</v>
       </c>
       <c r="G10" s="6" t="n">
-        <v>0.0316</v>
+        <v>0.0315</v>
       </c>
       <c r="H10" s="7" t="n">
         <v>46675</v>
       </c>
       <c r="J10" s="5" t="n">
-        <v>7.4899</v>
+        <v>7.5039</v>
       </c>
       <c r="K10" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="L10" s="6" t="n">
-        <v>0.1947</v>
+        <v>0.1966</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="n">
         <v>3</v>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>REC Limited**</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>INE020B08FF1</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E11" s="11" t="n">
         <v>15000</v>
       </c>
       <c r="F11" s="5" t="n">
-        <v>15548.75</v>
+        <v>15544.73</v>
       </c>
       <c r="G11" s="6" t="n">
-        <v>0.0277</v>
+        <v>0.0275</v>
       </c>
       <c r="H11" s="7" t="n">
         <v>46630</v>
       </c>
       <c r="J11" s="5" t="n">
-        <v>6.795</v>
+        <v>6.9989</v>
       </c>
       <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L11" s="6" t="n">
-        <v>0.1515</v>
+        <v>0.1338</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="n">
         <v>4</v>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Small Industries Development Bank of India</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>INE556F08KH1</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E12" s="11" t="n">
         <v>15000</v>
       </c>
       <c r="F12" s="5" t="n">
-        <v>15424.83</v>
+        <v>15422.93</v>
       </c>
       <c r="G12" s="6" t="n">
-        <v>0.0275</v>
+        <v>0.0273</v>
       </c>
       <c r="H12" s="7" t="n">
         <v>46265</v>
       </c>
       <c r="J12" s="5" t="n">
-        <v>6.7438</v>
+        <v>7.21</v>
       </c>
       <c r="K12" s="1" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
       <c r="L12" s="6" t="n">
-        <v>0.08069999999999999</v>
+        <v>0.0613</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="n">
         <v>5</v>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>INE556F08KI9</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E13" s="11" t="n">
         <v>15000</v>
       </c>
       <c r="F13" s="5" t="n">
-        <v>15415.36</v>
+        <v>15410.85</v>
       </c>
       <c r="G13" s="6" t="n">
-        <v>0.0275</v>
+        <v>0.0273</v>
       </c>
       <c r="H13" s="7" t="n">
         <v>46269</v>
       </c>
       <c r="J13" s="5" t="n">
-        <v>6.7437</v>
+        <v>7.23</v>
       </c>
       <c r="K13" s="1" t="inlineStr">
         <is>
           <t>IND A1+</t>
         </is>
       </c>
       <c r="L13" s="6" t="n">
-        <v>0.0342</v>
+        <v>0.0463</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="n">
         <v>6</v>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>HDB Financial Services Limited**</t>
+          <t>HDB Financial Services Limited</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>INE756I07DX5</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E14" s="11" t="n">
         <v>1350</v>
       </c>
       <c r="F14" s="5" t="n">
-        <v>13688.39</v>
+        <v>13702.76</v>
       </c>
       <c r="G14" s="6" t="n">
-        <v>0.0244</v>
+        <v>0.0243</v>
       </c>
       <c r="H14" s="7" t="n">
         <v>46276</v>
       </c>
       <c r="J14" s="5" t="n">
-        <v>7</v>
+        <v>7.2724</v>
       </c>
       <c r="K14" s="1" t="inlineStr">
         <is>
           <t>ICRA A1+</t>
         </is>
       </c>
       <c r="L14" s="6" t="n">
-        <v>0.026</v>
+        <v>0.0344</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="n">
         <v>7</v>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Bajaj Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>INE377Y07482</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E15" s="11" t="n">
         <v>10000</v>
       </c>
       <c r="F15" s="5" t="n">
-        <v>10539.41</v>
+        <v>10542.2</v>
       </c>
       <c r="G15" s="6" t="n">
-        <v>0.0188</v>
+        <v>0.0187</v>
       </c>
       <c r="H15" s="7" t="n">
         <v>46576</v>
       </c>
       <c r="J15" s="5" t="n">
-        <v>6.9975</v>
+        <v>7.1899</v>
       </c>
       <c r="K15" s="1" t="inlineStr">
         <is>
           <t>IND AAA(SO)</t>
         </is>
       </c>
       <c r="L15" s="6" t="n">
-        <v>0.0189</v>
+        <v>0.0188</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="n">
         <v>8</v>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Kotak Mahindra Prime Limited**</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>INE916DA7RX0</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E16" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F16" s="5" t="n">
-        <v>10363.71</v>
+        <v>10363.47</v>
       </c>
       <c r="G16" s="6" t="n">
-        <v>0.0185</v>
+        <v>0.0183</v>
       </c>
       <c r="H16" s="7" t="n">
         <v>46647</v>
       </c>
       <c r="J16" s="5" t="n">
-        <v>7.105</v>
+        <v>7.2961</v>
       </c>
       <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
       <c r="L16" s="6" t="n">
         <v>0.0031</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="n">
         <v>9</v>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>INE134E08MT1</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E17" s="11" t="n">
         <v>10000</v>
       </c>
       <c r="F17" s="5" t="n">
-        <v>10314.19</v>
+        <v>10317.34</v>
       </c>
       <c r="G17" s="6" t="n">
-        <v>0.0184</v>
+        <v>0.0183</v>
       </c>
       <c r="H17" s="7" t="n">
         <v>46259</v>
       </c>
       <c r="J17" s="5" t="n">
-        <v>6.745</v>
+        <v>7.15</v>
       </c>
       <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L17" s="6" t="n">
-        <v>-0.0935</v>
+        <v>-0.03</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="n">
         <v>10</v>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Power Finance Corporation Limited</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>INE134E08LP1</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E18" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F18" s="5" t="n">
-        <v>10264.97</v>
+        <v>10273.03</v>
       </c>
       <c r="G18" s="6" t="n">
-        <v>0.0183</v>
+        <v>0.0182</v>
       </c>
       <c r="H18" s="7" t="n">
         <v>46218</v>
       </c>
       <c r="J18" s="5" t="n">
-        <v>6.745</v>
+        <v>7.1422</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="n">
         <v>11</v>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Sikka Ports &amp; Terminals Limited**</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t>INE941D07208</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E19" s="11" t="n">
         <v>850</v>
       </c>
       <c r="F19" s="5" t="n">
-        <v>8892.959999999999</v>
+        <v>8906.5</v>
       </c>
       <c r="G19" s="6" t="n">
-        <v>0.0159</v>
+        <v>0.0158</v>
       </c>
       <c r="H19" s="7" t="n">
         <v>46134</v>
       </c>
       <c r="J19" s="5" t="n">
-        <v>6.6851</v>
+        <v>7.1399</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="n">
         <v>12</v>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>INE115A07MQ6</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E20" s="11" t="n">
         <v>850</v>
       </c>
       <c r="F20" s="5" t="n">
-        <v>8680.58</v>
+        <v>8673.049999999999</v>
       </c>
       <c r="G20" s="6" t="n">
-        <v>0.0155</v>
+        <v>0.0154</v>
       </c>
       <c r="H20" s="7" t="n">
         <v>46714</v>
       </c>
       <c r="J20" s="5" t="n">
-        <v>6.981</v>
+        <v>7.2</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="n">
         <v>13</v>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>INE261F08EK5</t>
+          <t>INE556F08KU4</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E21" s="11" t="n">
         <v>7500</v>
       </c>
       <c r="F21" s="5" t="n">
-        <v>8063.2</v>
+        <v>7651.29</v>
       </c>
       <c r="G21" s="6" t="n">
-        <v>0.0144</v>
+        <v>0.0135</v>
       </c>
       <c r="H21" s="7" t="n">
-        <v>46807</v>
+        <v>46916</v>
       </c>
       <c r="J21" s="5" t="n">
-        <v>6.82</v>
+        <v>7.0599</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="n">
         <v>14</v>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>LIC Housing Finance Limited</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>INE556F08KU4</t>
+          <t>INE115A07RH4</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E22" s="11" t="n">
         <v>7500</v>
       </c>
       <c r="F22" s="5" t="n">
-        <v>7661.34</v>
+        <v>7633.36</v>
       </c>
       <c r="G22" s="6" t="n">
-        <v>0.0137</v>
+        <v>0.0135</v>
       </c>
       <c r="H22" s="7" t="n">
-        <v>46916</v>
+        <v>46647</v>
       </c>
       <c r="J22" s="5" t="n">
-        <v>6.8687</v>
+        <v>7.2</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="n">
         <v>15</v>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>INE115A07RH4</t>
+          <t>INE115A07RA9</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E23" s="11" t="n">
         <v>7500</v>
       </c>
       <c r="F23" s="5" t="n">
-        <v>7637.94</v>
+        <v>7581.32</v>
       </c>
       <c r="G23" s="6" t="n">
-        <v>0.0136</v>
+        <v>0.0134</v>
       </c>
       <c r="H23" s="7" t="n">
-        <v>46647</v>
+        <v>46367</v>
       </c>
       <c r="J23" s="5" t="n">
-        <v>6.975</v>
+        <v>7.2499</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="n">
         <v>16</v>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>LIC Housing Finance Limited**</t>
+          <t>Sundaram Finance Limited**</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>INE115A07RA9</t>
+          <t>INE660A07RU2</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E24" s="11" t="n">
-        <v>7500</v>
+        <v>6000</v>
       </c>
       <c r="F24" s="5" t="n">
-        <v>7583.25</v>
+        <v>6060.64</v>
       </c>
       <c r="G24" s="6" t="n">
-        <v>0.0135</v>
+        <v>0.0107</v>
       </c>
       <c r="H24" s="7" t="n">
         <v>46367</v>
       </c>
       <c r="J24" s="5" t="n">
-        <v>6.905</v>
+        <v>7.3584</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="n">
         <v>17</v>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sundaram Finance Limited**</t>
+          <t>Export-Import Bank of India**</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>INE660A07RU2</t>
+          <t>INE514E08GE8</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E25" s="11" t="n">
-        <v>6000</v>
+        <v>5000</v>
       </c>
       <c r="F25" s="5" t="n">
-        <v>6057.41</v>
+        <v>5402.48</v>
       </c>
       <c r="G25" s="6" t="n">
-        <v>0.0108</v>
+        <v>0.009599999999999999</v>
       </c>
       <c r="H25" s="7" t="n">
-        <v>46367</v>
+        <v>46961</v>
       </c>
       <c r="J25" s="5" t="n">
-        <v>7.098</v>
+        <v>6.96</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="n">
         <v>18</v>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited**</t>
+          <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>INE296A07SR9</t>
+          <t>INE115A07RE1</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E26" s="11" t="n">
-        <v>5500</v>
+        <v>5000</v>
       </c>
       <c r="F26" s="5" t="n">
-        <v>5988.97</v>
+        <v>5349.8</v>
       </c>
       <c r="G26" s="6" t="n">
-        <v>0.0107</v>
+        <v>0.0095</v>
       </c>
       <c r="H26" s="7" t="n">
-        <v>46395</v>
+        <v>46464</v>
       </c>
       <c r="J26" s="5" t="n">
-        <v>7.1</v>
+        <v>7.18</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="n">
         <v>19</v>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Export-Import Bank of India</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>INE514E08GE8</t>
+          <t>INE020B08EX7</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E27" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F27" s="5" t="n">
-        <v>5409.52</v>
+        <v>5308.64</v>
       </c>
       <c r="G27" s="6" t="n">
-        <v>0.009599999999999999</v>
+        <v>0.0094</v>
       </c>
       <c r="H27" s="7" t="n">
-        <v>46961</v>
+        <v>46507</v>
       </c>
       <c r="J27" s="5" t="n">
-        <v>6.7689</v>
+        <v>6.9989</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="n">
         <v>20</v>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>INE261F08EM1</t>
+          <t>INE134E08ML8</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E28" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F28" s="5" t="n">
-        <v>5358.43</v>
+        <v>5289.5</v>
       </c>
       <c r="G28" s="6" t="n">
-        <v>0.009599999999999999</v>
+        <v>0.0094</v>
       </c>
       <c r="H28" s="7" t="n">
-        <v>46836</v>
+        <v>46218</v>
       </c>
       <c r="J28" s="5" t="n">
-        <v>6.8433</v>
+        <v>7.1456</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="n">
         <v>21</v>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>LIC Housing Finance Limited**</t>
+          <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>INE115A07RE1</t>
+          <t>INE296A07TJ4</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E29" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F29" s="5" t="n">
-        <v>5348.48</v>
+        <v>5273.22</v>
       </c>
       <c r="G29" s="6" t="n">
-        <v>0.0095</v>
+        <v>0.009299999999999999</v>
       </c>
       <c r="H29" s="7" t="n">
-        <v>46464</v>
+        <v>46930</v>
       </c>
       <c r="J29" s="5" t="n">
-        <v>6.935</v>
+        <v>7.36</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="n">
         <v>22</v>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Bajaj Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>INE020B08EX7</t>
+          <t>INE377Y07425</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E30" s="11" t="n">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="F30" s="5" t="n">
-        <v>5307.22</v>
+        <v>5256.09</v>
       </c>
       <c r="G30" s="6" t="n">
-        <v>0.0095</v>
+        <v>0.009299999999999999</v>
       </c>
       <c r="H30" s="7" t="n">
-        <v>46507</v>
+        <v>46168</v>
       </c>
       <c r="J30" s="5" t="n">
-        <v>6.785</v>
+        <v>7.1001</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="n">
         <v>23</v>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Bajaj Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>INE134E08ML8</t>
+          <t>INE377Y07557</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E31" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F31" s="5" t="n">
-        <v>5284.76</v>
+        <v>5250.51</v>
       </c>
       <c r="G31" s="6" t="n">
-        <v>0.0094</v>
+        <v>0.009299999999999999</v>
       </c>
       <c r="H31" s="7" t="n">
-        <v>46218</v>
+        <v>46444</v>
       </c>
       <c r="J31" s="5" t="n">
-        <v>6.745</v>
+        <v>7.18</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="n">
         <v>24</v>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>NTPC Limited**</t>
+          <t>ICICI Home Finance Company Limited**</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>INE733E08247</t>
+          <t>INE071G07819</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E32" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F32" s="5" t="n">
-        <v>5269.3</v>
+        <v>5197.16</v>
       </c>
       <c r="G32" s="6" t="n">
-        <v>0.0094</v>
+        <v>0.0092</v>
       </c>
       <c r="H32" s="7" t="n">
-        <v>46129</v>
+        <v>46566</v>
       </c>
       <c r="J32" s="5" t="n">
-        <v>6.4171</v>
+        <v>7.34</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="n">
         <v>25</v>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited**</t>
+          <t>Export-Import Bank of India**</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>INE296A07TJ4</t>
+          <t>INE514E08FP6</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E33" s="11" t="n">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="F33" s="5" t="n">
-        <v>5268.92</v>
+        <v>5180.69</v>
       </c>
       <c r="G33" s="6" t="n">
-        <v>0.0094</v>
+        <v>0.0092</v>
       </c>
       <c r="H33" s="7" t="n">
-        <v>46930</v>
+        <v>46602</v>
       </c>
       <c r="J33" s="5" t="n">
-        <v>7.26</v>
+        <v>6.945</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="n">
         <v>26</v>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Housing Finance Limited**</t>
+          <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>INE377Y07425</t>
+          <t>INE261F08DX0</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E34" s="11" t="n">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="F34" s="5" t="n">
-        <v>5250.71</v>
+        <v>5177.5</v>
       </c>
       <c r="G34" s="6" t="n">
-        <v>0.0094</v>
+        <v>0.0092</v>
       </c>
       <c r="H34" s="7" t="n">
-        <v>46168</v>
+        <v>46234</v>
       </c>
       <c r="J34" s="5" t="n">
-        <v>6.63</v>
+        <v>7.2475</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="n">
         <v>27</v>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Housing Finance Limited**</t>
+          <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>INE377Y07557</t>
+          <t>INE261F08EO7</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E35" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F35" s="5" t="n">
-        <v>5249.24</v>
+        <v>5173.8</v>
       </c>
       <c r="G35" s="6" t="n">
-        <v>0.0094</v>
+        <v>0.0092</v>
       </c>
       <c r="H35" s="7" t="n">
-        <v>46444</v>
+        <v>47011</v>
       </c>
       <c r="J35" s="5" t="n">
-        <v>6.9257</v>
+        <v>7.05</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="n">
         <v>28</v>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>ICICI Home Finance Company Limited**</t>
+          <t>REC Limited</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>INE071G07819</t>
+          <t>INE020B08FC8</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E36" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F36" s="5" t="n">
-        <v>5199.23</v>
+        <v>5155.74</v>
       </c>
       <c r="G36" s="6" t="n">
-        <v>0.009299999999999999</v>
+        <v>0.0091</v>
       </c>
       <c r="H36" s="7" t="n">
-        <v>46566</v>
+        <v>46265</v>
       </c>
       <c r="J36" s="5" t="n">
-        <v>7.09</v>
+        <v>7.1501</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="n">
         <v>29</v>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Export-Import Bank of India**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>INE514E08FP6</t>
+          <t>INE556F08KK5</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E37" s="11" t="n">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="F37" s="5" t="n">
-        <v>5184.82</v>
+        <v>5138.01</v>
       </c>
       <c r="G37" s="6" t="n">
-        <v>0.0092</v>
+        <v>0.0091</v>
       </c>
       <c r="H37" s="7" t="n">
-        <v>46602</v>
+        <v>46496</v>
       </c>
       <c r="J37" s="5" t="n">
-        <v>6.695</v>
+        <v>7.0599</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="n">
         <v>30</v>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development</t>
+          <t>LIC Housing Finance Limited</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>INE261F08DX0</t>
+          <t>INE115A07QZ8</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E38" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F38" s="5" t="n">
-        <v>5176.99</v>
+        <v>5132.07</v>
       </c>
       <c r="G38" s="6" t="n">
-        <v>0.0092</v>
+        <v>0.0091</v>
       </c>
       <c r="H38" s="7" t="n">
-        <v>46234</v>
+        <v>46682</v>
       </c>
       <c r="J38" s="5" t="n">
-        <v>6.75</v>
+        <v>7.2</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="n">
         <v>31</v>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development</t>
+          <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>INE261F08EO7</t>
+          <t>INE296A07TF2</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E39" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F39" s="5" t="n">
-        <v>5176.02</v>
+        <v>5081.59</v>
       </c>
       <c r="G39" s="6" t="n">
-        <v>0.0092</v>
+        <v>0.008999999999999999</v>
       </c>
       <c r="H39" s="7" t="n">
-        <v>47011</v>
+        <v>46731</v>
       </c>
       <c r="J39" s="5" t="n">
-        <v>6.9119</v>
+        <v>7.29</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="n">
         <v>32</v>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>REC Limited</t>
+          <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>INE020B08FW6</t>
+          <t>INE261F08DV4</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E40" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F40" s="5" t="n">
-        <v>5175.35</v>
+        <v>5056.64</v>
       </c>
       <c r="G40" s="6" t="n">
-        <v>0.0092</v>
+        <v>0.008999999999999999</v>
       </c>
       <c r="H40" s="7" t="n">
         <v>46783</v>
       </c>
       <c r="J40" s="5" t="n">
-        <v>6.77</v>
+        <v>7</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="n">
         <v>33</v>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>REC Limited</t>
+          <t>Kotak Mahindra Prime Limited**</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>INE020B08FC8</t>
+          <t>INE916DA7SP4</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E41" s="11" t="n">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="F41" s="5" t="n">
-        <v>5152.69</v>
+        <v>3038.6</v>
       </c>
       <c r="G41" s="6" t="n">
-        <v>0.0092</v>
+        <v>0.0054</v>
       </c>
       <c r="H41" s="7" t="n">
-        <v>46265</v>
+        <v>46377</v>
       </c>
       <c r="J41" s="5" t="n">
-        <v>6.8</v>
+        <v>7.3811</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="n">
         <v>34</v>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Bharti Telecom Limited**</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>INE556F08KK5</t>
+          <t>INE403D08306</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E42" s="11" t="n">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="F42" s="5" t="n">
-        <v>5138.81</v>
+        <v>3016.6</v>
       </c>
       <c r="G42" s="6" t="n">
-        <v>0.0092</v>
+        <v>0.0053</v>
       </c>
       <c r="H42" s="7" t="n">
-        <v>46496</v>
+        <v>46722</v>
       </c>
       <c r="J42" s="5" t="n">
-        <v>6.8087</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="n">
         <v>35</v>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>LIC Housing Finance Limited</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>INE115A07QZ8</t>
+          <t>INE115A07QW5</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E43" s="11" t="n">
-        <v>5000</v>
+        <v>2500</v>
       </c>
       <c r="F43" s="5" t="n">
-        <v>5135.52</v>
+        <v>2704.41</v>
       </c>
       <c r="G43" s="6" t="n">
-        <v>0.0092</v>
+        <v>0.0048</v>
       </c>
       <c r="H43" s="7" t="n">
-        <v>46682</v>
+        <v>46794</v>
       </c>
       <c r="J43" s="5" t="n">
-        <v>6.982</v>
+        <v>7.2</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="n">
         <v>36</v>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Indian Railway Finance Corporation Limited**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>INE053F08288</t>
+          <t>INE020B08EH0</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E44" s="11" t="n">
-        <v>5000</v>
+        <v>2500</v>
       </c>
       <c r="F44" s="5" t="n">
-        <v>5093.13</v>
+        <v>2693.96</v>
       </c>
       <c r="G44" s="6" t="n">
-        <v>0.0091</v>
+        <v>0.0048</v>
       </c>
       <c r="H44" s="7" t="n">
-        <v>46127</v>
+        <v>46843</v>
       </c>
       <c r="J44" s="5" t="n">
-        <v>6.485</v>
+        <v>6.9585</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="n">
         <v>37</v>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited**</t>
+          <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>INE296A07TF2</t>
+          <t>INE261F08EK5</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E45" s="11" t="n">
-        <v>5000</v>
+        <v>2500</v>
       </c>
       <c r="F45" s="5" t="n">
-        <v>5078.41</v>
+        <v>2685.76</v>
       </c>
       <c r="G45" s="6" t="n">
-        <v>0.0091</v>
+        <v>0.0048</v>
       </c>
       <c r="H45" s="7" t="n">
-        <v>46731</v>
+        <v>46807</v>
       </c>
       <c r="J45" s="5" t="n">
-        <v>7.16</v>
+        <v>7.0133</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="n">
         <v>38</v>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Prime Limited**</t>
+          <t>Bajaj Housing Finance Limited</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>INE916DA7SP4</t>
+          <t>INE377Y07532</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E46" s="11" t="n">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="F46" s="5" t="n">
-        <v>3038.41</v>
+        <v>2676.45</v>
       </c>
       <c r="G46" s="6" t="n">
-        <v>0.0054</v>
+        <v>0.0047</v>
       </c>
       <c r="H46" s="7" t="n">
-        <v>46377</v>
+        <v>46832</v>
       </c>
       <c r="J46" s="5" t="n">
-        <v>7.075</v>
+        <v>7.27</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="n">
         <v>39</v>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bharti Telecom Limited**</t>
+          <t>HDB Financial Services Limited**</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>INE403D08306</t>
+          <t>INE756I07ER5</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E47" s="11" t="n">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="F47" s="5" t="n">
-        <v>3008.16</v>
+        <v>2657.84</v>
       </c>
       <c r="G47" s="6" t="n">
-        <v>0.0054</v>
+        <v>0.0047</v>
       </c>
       <c r="H47" s="7" t="n">
-        <v>46722</v>
+        <v>46136</v>
       </c>
       <c r="J47" s="5" t="n">
-        <v>7.49</v>
+        <v>7.23</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="n">
         <v>40</v>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>LIC Housing Finance Limited</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>INE115A07QW5</t>
+          <t>INE020B08ES7</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E48" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F48" s="5" t="n">
-        <v>2704.38</v>
+        <v>2626.67</v>
       </c>
       <c r="G48" s="6" t="n">
-        <v>0.0048</v>
+        <v>0.0046</v>
       </c>
       <c r="H48" s="7" t="n">
-        <v>46794</v>
+        <v>46172</v>
       </c>
       <c r="J48" s="5" t="n">
-        <v>7.04</v>
+        <v>7.03</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="n">
         <v>41</v>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>INE020B08EH0</t>
+          <t>INE134E08JC3</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E49" s="11" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F49" s="5" t="n">
-        <v>2695.52</v>
+        <v>2622.33</v>
       </c>
       <c r="G49" s="6" t="n">
-        <v>0.0048</v>
+        <v>0.0046</v>
       </c>
       <c r="H49" s="7" t="n">
-        <v>46843</v>
+        <v>46549</v>
       </c>
       <c r="J49" s="5" t="n">
-        <v>6.7829</v>
+        <v>7.045</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="n">
         <v>42</v>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Kotak Mahindra Prime Limited**</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>INE134E08IO0</t>
+          <t>INE916DA7ST6</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E50" s="11" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F50" s="5" t="n">
-        <v>2689.83</v>
+        <v>2612.55</v>
       </c>
       <c r="G50" s="6" t="n">
-        <v>0.0048</v>
+        <v>0.0046</v>
       </c>
       <c r="H50" s="7" t="n">
-        <v>46392</v>
+        <v>46617</v>
       </c>
       <c r="J50" s="5" t="n">
-        <v>6.7598</v>
+        <v>7.2961</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="n">
         <v>43</v>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>REC Limited</t>
+          <t>Kotak Mahindra Prime Limited**</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>INE020B08FR6</t>
+          <t>INE916DA7RP6</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E51" s="11" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F51" s="5" t="n">
-        <v>2677.57</v>
+        <v>2611.87</v>
       </c>
       <c r="G51" s="6" t="n">
-        <v>0.0048</v>
+        <v>0.0046</v>
       </c>
       <c r="H51" s="7" t="n">
-        <v>46812</v>
+        <v>46587</v>
       </c>
       <c r="J51" s="5" t="n">
-        <v>6.7924</v>
+        <v>7.2961</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="n">
         <v>44</v>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>HDB Financial Services Limited**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
-          <t>INE756I07ER5</t>
+          <t>INE020B08EI8</t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E52" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F52" s="5" t="n">
-        <v>2652.73</v>
+        <v>2588.37</v>
       </c>
       <c r="G52" s="6" t="n">
-        <v>0.0047</v>
+        <v>0.0046</v>
       </c>
       <c r="H52" s="7" t="n">
-        <v>46136</v>
+        <v>46234</v>
       </c>
       <c r="J52" s="5" t="n">
-        <v>6.905</v>
+        <v>7.15</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="n">
         <v>45</v>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
-          <t>INE020B08FA2</t>
+          <t>INE134E08II2</t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E53" s="11" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F53" s="5" t="n">
-        <v>2636.5</v>
+        <v>2582.43</v>
       </c>
       <c r="G53" s="6" t="n">
-        <v>0.0047</v>
+        <v>0.0046</v>
       </c>
       <c r="H53" s="7" t="n">
-        <v>46538</v>
+        <v>46248</v>
       </c>
       <c r="J53" s="5" t="n">
-        <v>6.785</v>
+        <v>7.1472</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="n">
         <v>46</v>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
-          <t>INE020B08ES7</t>
+          <t>INE296A07TM8</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E54" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F54" s="5" t="n">
-        <v>2624.56</v>
+        <v>2578.19</v>
       </c>
       <c r="G54" s="6" t="n">
-        <v>0.0047</v>
+        <v>0.0046</v>
       </c>
       <c r="H54" s="7" t="n">
-        <v>46172</v>
+        <v>46944</v>
       </c>
       <c r="J54" s="5" t="n">
-        <v>6.525</v>
+        <v>7.36</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="n">
         <v>47</v>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Kotak Mahindra Prime Limited**</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
-          <t>INE134E08JC3</t>
+          <t>INE916DA7TB2</t>
         </is>
       </c>
       <c r="D55" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E55" s="11" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F55" s="5" t="n">
-        <v>2624.41</v>
+        <v>2573.72</v>
       </c>
       <c r="G55" s="6" t="n">
-        <v>0.0047</v>
+        <v>0.0046</v>
       </c>
       <c r="H55" s="7" t="n">
-        <v>46549</v>
+        <v>46853</v>
       </c>
       <c r="J55" s="5" t="n">
-        <v>6.765</v>
+        <v>7.3661</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="n">
         <v>48</v>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Tata Capital Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
-          <t>INE134E08MO2</t>
+          <t>INE033L07HY2</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E56" s="11" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F56" s="5" t="n">
-        <v>2617.56</v>
+        <v>2570.62</v>
       </c>
       <c r="G56" s="6" t="n">
-        <v>0.0047</v>
+        <v>0.0046</v>
       </c>
       <c r="H56" s="7" t="n">
-        <v>46164</v>
+        <v>46694</v>
       </c>
       <c r="J56" s="5" t="n">
-        <v>6.5949</v>
+        <v>7.235</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="n">
         <v>49</v>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Prime Limited**</t>
+          <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
-          <t>INE916DA7ST6</t>
+          <t>INE115A07KM9</t>
         </is>
       </c>
       <c r="D57" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E57" s="11" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F57" s="5" t="n">
-        <v>2612.23</v>
+        <v>2566.91</v>
       </c>
       <c r="G57" s="6" t="n">
-        <v>0.0047</v>
+        <v>0.0045</v>
       </c>
       <c r="H57" s="7" t="n">
-        <v>46617</v>
+        <v>46290</v>
       </c>
       <c r="J57" s="5" t="n">
-        <v>7.105</v>
+        <v>7.2399</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="n">
         <v>50</v>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Prime Limited**</t>
+          <t>Small Industries Development Bank of India</t>
         </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
-          <t>INE916DA7RP6</t>
+          <t>INE556F08KJ7</t>
         </is>
       </c>
       <c r="D58" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E58" s="11" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F58" s="5" t="n">
-        <v>2611.17</v>
+        <v>2562.03</v>
       </c>
       <c r="G58" s="6" t="n">
-        <v>0.0047</v>
+        <v>0.0045</v>
       </c>
       <c r="H58" s="7" t="n">
-        <v>46587</v>
+        <v>46287</v>
       </c>
       <c r="J58" s="5" t="n">
-        <v>7.105</v>
+        <v>7.25</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="n">
         <v>51</v>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>REC Limited</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
-          <t>INE020B08ED9</t>
+          <t>INE556F08KM1</t>
         </is>
       </c>
       <c r="D59" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E59" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F59" s="5" t="n">
-        <v>2604.86</v>
+        <v>2536.68</v>
       </c>
       <c r="G59" s="6" t="n">
-        <v>0.0046</v>
+        <v>0.0045</v>
       </c>
       <c r="H59" s="7" t="n">
-        <v>46203</v>
+        <v>46521</v>
       </c>
       <c r="J59" s="5" t="n">
-        <v>6.55</v>
+        <v>7.0599</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="n">
         <v>52</v>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Housing Finance Limited**</t>
+          <t>Jio Credit Limited**</t>
         </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
-          <t>INE377Y07565</t>
+          <t>INE282H07034</t>
         </is>
       </c>
       <c r="D60" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E60" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F60" s="5" t="n">
-        <v>2601.4</v>
+        <v>2533.91</v>
       </c>
       <c r="G60" s="6" t="n">
-        <v>0.0046</v>
+        <v>0.0045</v>
       </c>
       <c r="H60" s="7" t="n">
-        <v>46899</v>
+        <v>46673</v>
       </c>
       <c r="J60" s="5" t="n">
-        <v>7.075</v>
+        <v>7.3228</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="n">
         <v>53</v>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>REC Limited**</t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
-          <t>INE020B08EL2</t>
+          <t>INE020B08AA3</t>
         </is>
       </c>
       <c r="D61" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E61" s="11" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F61" s="5" t="n">
-        <v>2599.61</v>
+        <v>2530.14</v>
       </c>
       <c r="G61" s="6" t="n">
-        <v>0.0046</v>
+        <v>0.0045</v>
       </c>
       <c r="H61" s="7" t="n">
-        <v>46142</v>
+        <v>46333</v>
       </c>
       <c r="J61" s="5" t="n">
-        <v>6.5249</v>
+        <v>7.115</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="n">
         <v>54</v>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
-          <t>INE020B08EI8</t>
+          <t>INE134E08IO0</t>
         </is>
       </c>
       <c r="D62" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E62" s="11" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F62" s="5" t="n">
-        <v>2586.09</v>
+        <v>2508.5</v>
       </c>
       <c r="G62" s="6" t="n">
-        <v>0.0046</v>
+        <v>0.0044</v>
       </c>
       <c r="H62" s="7" t="n">
-        <v>46234</v>
+        <v>46392</v>
       </c>
       <c r="J62" s="5" t="n">
-        <v>6.7999</v>
+        <v>7.08</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="n">
         <v>55</v>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
-          <t>INE134E08II2</t>
+          <t>INE053F07AC3</t>
         </is>
       </c>
       <c r="D63" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E63" s="11" t="n">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="F63" s="5" t="n">
-        <v>2581.33</v>
+        <v>2122.33</v>
       </c>
       <c r="G63" s="6" t="n">
-        <v>0.0046</v>
+        <v>0.0038</v>
       </c>
       <c r="H63" s="7" t="n">
-        <v>46248</v>
+        <v>46626</v>
       </c>
       <c r="J63" s="5" t="n">
-        <v>6.7422</v>
+        <v>6.945</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="n">
         <v>56</v>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
-          <t>INE296A07TM8</t>
+          <t>INE134E08NW3</t>
         </is>
       </c>
       <c r="D64" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E64" s="11" t="n">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="F64" s="5" t="n">
-        <v>2576.24</v>
+        <v>2032</v>
       </c>
       <c r="G64" s="6" t="n">
-        <v>0.0046</v>
+        <v>0.0036</v>
       </c>
       <c r="H64" s="7" t="n">
-        <v>46944</v>
+        <v>46675</v>
       </c>
       <c r="J64" s="5" t="n">
-        <v>7.26</v>
+        <v>7.01</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="n">
         <v>57</v>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Prime Limited**</t>
+          <t>HDB Financial Services Limited**</t>
         </is>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
-          <t>INE916DA7TB2</t>
+          <t>INE756I07EZ8</t>
         </is>
       </c>
       <c r="D65" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E65" s="11" t="n">
-        <v>2500</v>
+        <v>1000</v>
       </c>
       <c r="F65" s="5" t="n">
-        <v>2572.83</v>
+        <v>1056.85</v>
       </c>
       <c r="G65" s="6" t="n">
-        <v>0.0046</v>
+        <v>0.0019</v>
       </c>
       <c r="H65" s="7" t="n">
-        <v>46853</v>
+        <v>46573</v>
       </c>
       <c r="J65" s="5" t="n">
-        <v>7.235</v>
+        <v>7.375</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1" t="n">
         <v>58</v>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Tata Capital Housing Finance Limited**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
-          <t>INE033L07HY2</t>
+          <t>INE020B08EF4</t>
         </is>
       </c>
       <c r="D66" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E66" s="11" t="n">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="F66" s="5" t="n">
-        <v>2569.8</v>
+        <v>533.92</v>
       </c>
       <c r="G66" s="6" t="n">
-        <v>0.0046</v>
+        <v>0.0009</v>
       </c>
       <c r="H66" s="7" t="n">
-        <v>46694</v>
+        <v>46081</v>
       </c>
       <c r="J66" s="5" t="n">
-        <v>7.08</v>
+        <v>6.4693</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="n">
         <v>59</v>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
-          <t>INE115A07KM9</t>
+          <t>INE115A07KE6</t>
         </is>
       </c>
       <c r="D67" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E67" s="11" t="n">
-        <v>250</v>
+        <v>50</v>
       </c>
       <c r="F67" s="5" t="n">
-        <v>2566.79</v>
+        <v>517.53</v>
       </c>
       <c r="G67" s="6" t="n">
-        <v>0.0046</v>
+        <v>0.0009</v>
       </c>
       <c r="H67" s="7" t="n">
-        <v>46290</v>
+        <v>46252</v>
       </c>
       <c r="J67" s="5" t="n">
-        <v>6.84</v>
+        <v>7.24</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="n">
         <v>60</v>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Mahindra &amp; Mahindra Financial Services Limited**</t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
-          <t>INE556F08KJ7</t>
+          <t>INE774D07VJ0</t>
         </is>
       </c>
       <c r="D68" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E68" s="11" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F68" s="5" t="n">
-        <v>2563.7</v>
+        <v>266.15</v>
       </c>
       <c r="G68" s="6" t="n">
-        <v>0.0046</v>
+        <v>0.0005</v>
       </c>
       <c r="H68" s="7" t="n">
-        <v>46287</v>
+        <v>46504</v>
       </c>
       <c r="J68" s="5" t="n">
-        <v>6.7438</v>
+        <v>7.38</v>
       </c>
     </row>
     <row r="69">
-      <c r="A69" s="1" t="n">
-[...65 lines deleted...]
-        <v>7.1673</v>
+      <c r="A69" s="8" t="n"/>
+      <c r="B69" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C69" s="8" t="n"/>
+      <c r="D69" s="8" t="n"/>
+      <c r="E69" s="8" t="n"/>
+      <c r="F69" s="9" t="n">
+        <v>337028.67</v>
+      </c>
+      <c r="G69" s="10" t="n">
+        <v>0.597</v>
       </c>
     </row>
     <row r="71">
-      <c r="A71" s="1" t="n">
-[...30 lines deleted...]
-        <v>6.8001</v>
+      <c r="B71" s="3" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="n">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Indian Railway Finance Corporation Limited**</t>
+          <t>6.01% GOI 2030</t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
-          <t>INE053F07AC3</t>
+          <t>IN0020250067</t>
         </is>
       </c>
       <c r="D72" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>Sovereign</t>
         </is>
       </c>
       <c r="E72" s="11" t="n">
-        <v>200</v>
+        <v>23000000</v>
       </c>
       <c r="F72" s="5" t="n">
-        <v>2121.2</v>
+        <v>23300.69</v>
       </c>
       <c r="G72" s="6" t="n">
-        <v>0.0038</v>
+        <v>0.0412</v>
       </c>
       <c r="H72" s="7" t="n">
-        <v>46626</v>
+        <v>47685</v>
       </c>
       <c r="J72" s="5" t="n">
-        <v>6.79</v>
+        <v>6.4273</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="n">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>6.85% Uttar Pradesh SDL 2026</t>
         </is>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
-          <t>INE134E08NW3</t>
+          <t>IN3320160275</t>
         </is>
       </c>
       <c r="D73" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>Sovereign</t>
         </is>
       </c>
       <c r="E73" s="11" t="n">
-        <v>2000</v>
+        <v>9714000</v>
       </c>
       <c r="F73" s="5" t="n">
-        <v>2033.85</v>
+        <v>9895.209999999999</v>
       </c>
       <c r="G73" s="6" t="n">
-        <v>0.0036</v>
+        <v>0.0175</v>
       </c>
       <c r="H73" s="7" t="n">
-        <v>46675</v>
+        <v>46349</v>
       </c>
       <c r="J73" s="5" t="n">
-        <v>6.78</v>
+        <v>5.7932</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="n">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>HDB Financial Services Limited**</t>
+          <t>8.51% GOI FRB 2033</t>
         </is>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
-          <t>INE756I07EZ8</t>
+          <t>IN0020200120</t>
         </is>
       </c>
       <c r="D74" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>Sovereign</t>
         </is>
       </c>
       <c r="E74" s="11" t="n">
-        <v>1000</v>
+        <v>7500000</v>
       </c>
       <c r="F74" s="5" t="n">
-        <v>1056.79</v>
+        <v>7913.22</v>
       </c>
       <c r="G74" s="6" t="n">
-        <v>0.0019</v>
+        <v>0.014</v>
       </c>
       <c r="H74" s="7" t="n">
-        <v>46573</v>
+        <v>48844</v>
       </c>
       <c r="J74" s="5" t="n">
-        <v>7.16</v>
+        <v>6.1395</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="n">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>HDB Financial Services Limited**</t>
+          <t>6.18% Gujarat SDL 2026</t>
         </is>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
-          <t>INE756I07EK0</t>
+          <t>IN1520200339</t>
         </is>
       </c>
       <c r="D75" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>Sovereign</t>
         </is>
       </c>
       <c r="E75" s="11" t="n">
-        <v>46</v>
+        <v>5660000</v>
       </c>
       <c r="F75" s="5" t="n">
-        <v>589.14</v>
+        <v>5771.74</v>
       </c>
       <c r="G75" s="6" t="n">
-        <v>0.0011</v>
+        <v>0.0102</v>
       </c>
       <c r="H75" s="7" t="n">
-        <v>46035</v>
+        <v>46112</v>
       </c>
       <c r="J75" s="5" t="n">
-        <v>7.0583</v>
+        <v>5.397</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="n">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>7.15% Maharashtra SDL 2026</t>
         </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
-          <t>INE020B08EF4</t>
+          <t>IN2220160088</t>
         </is>
       </c>
       <c r="D76" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>Sovereign</t>
         </is>
       </c>
       <c r="E76" s="11" t="n">
-        <v>500</v>
+        <v>4000000</v>
       </c>
       <c r="F76" s="5" t="n">
-        <v>532.77</v>
+        <v>4112.08</v>
       </c>
       <c r="G76" s="6" t="n">
-        <v>0.0009</v>
+        <v>0.0073</v>
       </c>
       <c r="H76" s="7" t="n">
-        <v>46081</v>
+        <v>46308</v>
       </c>
       <c r="J76" s="5" t="n">
-        <v>6.1599</v>
+        <v>5.7981</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="n">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>LIC Housing Finance Limited**</t>
+          <t>7.59% Gujarat SDL 2027</t>
         </is>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
-          <t>INE115A07KE6</t>
+          <t>IN1520160194</t>
         </is>
       </c>
       <c r="D77" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>Sovereign</t>
         </is>
       </c>
       <c r="E77" s="11" t="n">
-        <v>50</v>
+        <v>2500000</v>
       </c>
       <c r="F77" s="5" t="n">
-        <v>517.3</v>
+        <v>2621.6</v>
       </c>
       <c r="G77" s="6" t="n">
-        <v>0.0009</v>
+        <v>0.0046</v>
       </c>
       <c r="H77" s="7" t="n">
-        <v>46252</v>
+        <v>46433</v>
       </c>
       <c r="J77" s="5" t="n">
-        <v>6.84</v>
+        <v>5.9538</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="n">
+        <v>67</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>6.36% Himachal Pradesh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>IN1720200030</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E78" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F78" s="5" t="n">
+        <v>2558.59</v>
+      </c>
+      <c r="G78" s="6" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="H78" s="7" t="n">
+        <v>46963</v>
+      </c>
+      <c r="J78" s="5" t="n">
+        <v>6.6224</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="1" t="n">
+        <v>68</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>7.98% Gujarat SDL 2026</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>IN1520160038</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E79" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F79" s="5" t="n">
+        <v>2554.52</v>
+      </c>
+      <c r="G79" s="6" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="H79" s="7" t="n">
+        <v>46153</v>
+      </c>
+      <c r="J79" s="5" t="n">
+        <v>5.6201</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="1" t="n">
+        <v>69</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>7.24% Gujarat SDL 2026</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>IN1520160160</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E80" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F80" s="5" t="n">
+        <v>2541.45</v>
+      </c>
+      <c r="G80" s="6" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="H80" s="7" t="n">
+        <v>46384</v>
+      </c>
+      <c r="J80" s="5" t="n">
+        <v>5.8131</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="1" t="n">
         <v>70</v>
       </c>
-      <c r="B78" s="1" t="inlineStr">
-[...51 lines deleted...]
-        </is>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>5.63% GOI 2026</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>IN0020210012</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E81" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F81" s="5" t="n">
+        <v>2537.98</v>
+      </c>
+      <c r="G81" s="6" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="H81" s="7" t="n">
+        <v>46124</v>
+      </c>
+      <c r="J81" s="5" t="n">
+        <v>5.4173</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="n">
         <v>71</v>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>6.01% GOI 2030</t>
+          <t>6.24% Maharashtra SDL 2026</t>
         </is>
       </c>
       <c r="C82" s="1" t="inlineStr">
         <is>
-          <t>IN0020250067</t>
+          <t>IN2220210214</t>
         </is>
       </c>
       <c r="D82" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E82" s="11" t="n">
-        <v>17000000</v>
+        <v>2000000</v>
       </c>
       <c r="F82" s="5" t="n">
-        <v>17247.83</v>
+        <v>2059.01</v>
       </c>
       <c r="G82" s="6" t="n">
-        <v>0.0308</v>
+        <v>0.0036</v>
       </c>
       <c r="H82" s="7" t="n">
-        <v>47685</v>
+        <v>46245</v>
       </c>
       <c r="J82" s="5" t="n">
-        <v>6.3194</v>
+        <v>5.7525</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="n">
         <v>72</v>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>6.85% Uttar Pradesh SDL 2026</t>
+          <t>7.40% Maharashtra SDL 2031</t>
         </is>
       </c>
       <c r="C83" s="1" t="inlineStr">
         <is>
-          <t>IN3320160275</t>
+          <t>IN2220230097</t>
         </is>
       </c>
       <c r="D83" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E83" s="11" t="n">
-        <v>9714000</v>
+        <v>2000000</v>
       </c>
       <c r="F83" s="5" t="n">
-        <v>9875.120000000001</v>
+        <v>2031.44</v>
       </c>
       <c r="G83" s="6" t="n">
-        <v>0.0176</v>
+        <v>0.0036</v>
       </c>
       <c r="H83" s="7" t="n">
-        <v>46349</v>
+        <v>48027</v>
       </c>
       <c r="J83" s="5" t="n">
-        <v>5.7526</v>
+        <v>7.1287</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="n">
         <v>73</v>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>8.51% GOI FRB 2033</t>
+          <t>6.88% Uttar Pradesh SDL 2031</t>
         </is>
       </c>
       <c r="C84" s="1" t="inlineStr">
         <is>
-          <t>IN0020200120</t>
+          <t>IN3320210013</t>
         </is>
       </c>
       <c r="D84" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E84" s="11" t="n">
-        <v>7500000</v>
+        <v>2000000</v>
       </c>
       <c r="F84" s="5" t="n">
-        <v>7884.66</v>
+        <v>1983.39</v>
       </c>
       <c r="G84" s="6" t="n">
-        <v>0.0141</v>
+        <v>0.0035</v>
       </c>
       <c r="H84" s="7" t="n">
-        <v>48844</v>
+        <v>48022</v>
       </c>
       <c r="J84" s="5" t="n">
-        <v>6.1534</v>
+        <v>7.1646</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="n">
         <v>74</v>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>7.59% GOI 2026</t>
+          <t>7.37% Maharashtra SDL 2026</t>
         </is>
       </c>
       <c r="C85" s="1" t="inlineStr">
         <is>
-          <t>IN0020150093</t>
+          <t>IN2220160062</t>
         </is>
       </c>
       <c r="D85" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E85" s="11" t="n">
-        <v>7500000</v>
+        <v>1875000</v>
       </c>
       <c r="F85" s="5" t="n">
-        <v>7773.36</v>
+        <v>1941.14</v>
       </c>
       <c r="G85" s="6" t="n">
-        <v>0.0139</v>
+        <v>0.0034</v>
       </c>
       <c r="H85" s="7" t="n">
-        <v>46033</v>
+        <v>46279</v>
       </c>
       <c r="J85" s="5" t="n">
-        <v>5.2872</v>
+        <v>5.7425</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="n">
         <v>75</v>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>6.18% Gujarat SDL 2026</t>
+          <t>7.08% Karnataka SDL 2031</t>
         </is>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
-          <t>IN1520200339</t>
+          <t>IN1920240232</t>
         </is>
       </c>
       <c r="D86" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E86" s="11" t="n">
-        <v>5660000</v>
+        <v>1000000</v>
       </c>
       <c r="F86" s="5" t="n">
-        <v>5759.28</v>
+        <v>1027.55</v>
       </c>
       <c r="G86" s="6" t="n">
-        <v>0.0103</v>
+        <v>0.0018</v>
       </c>
       <c r="H86" s="7" t="n">
-        <v>46112</v>
+        <v>48072</v>
       </c>
       <c r="J86" s="5" t="n">
-        <v>5.3844</v>
+        <v>7.1386</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="n">
         <v>76</v>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>7.15% Maharashtra SDL 2026</t>
+          <t>7.39% Maharashtra SDL 2026</t>
         </is>
       </c>
       <c r="C87" s="1" t="inlineStr">
         <is>
-          <t>IN2220160088</t>
+          <t>IN2220160104</t>
         </is>
       </c>
       <c r="D87" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E87" s="11" t="n">
-        <v>4000000</v>
+        <v>1000000</v>
       </c>
       <c r="F87" s="5" t="n">
-        <v>4103.22</v>
+        <v>1026.35</v>
       </c>
       <c r="G87" s="6" t="n">
-        <v>0.0073</v>
+        <v>0.0018</v>
       </c>
       <c r="H87" s="7" t="n">
-        <v>46308</v>
+        <v>46335</v>
       </c>
       <c r="J87" s="5" t="n">
         <v>5.7681</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="n">
         <v>77</v>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>7.59% Gujarat SDL 2027</t>
+          <t>7.16% Maharashtra SDL 2026</t>
         </is>
       </c>
       <c r="C88" s="1" t="inlineStr">
         <is>
-          <t>IN1520160194</t>
+          <t>IN2220160070</t>
         </is>
       </c>
       <c r="D88" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E88" s="11" t="n">
-        <v>2500000</v>
+        <v>826200</v>
       </c>
       <c r="F88" s="5" t="n">
-        <v>2614.36</v>
+        <v>851.77</v>
       </c>
       <c r="G88" s="6" t="n">
-        <v>0.0047</v>
+        <v>0.0015</v>
       </c>
       <c r="H88" s="7" t="n">
-        <v>46433</v>
+        <v>46293</v>
       </c>
       <c r="J88" s="5" t="n">
-        <v>5.985</v>
+        <v>5.7425</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="n">
         <v>78</v>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>8.3% Madhya Pradesh SDL 2026</t>
+          <t>6.83% Karnataka SDL 2026</t>
         </is>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
-          <t>IN2120150080</t>
+          <t>IN1920160042</t>
         </is>
       </c>
       <c r="D89" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E89" s="11" t="n">
-        <v>2500000</v>
+        <v>500000</v>
       </c>
       <c r="F89" s="5" t="n">
-        <v>2599.13</v>
+        <v>509.38</v>
       </c>
       <c r="G89" s="6" t="n">
-        <v>0.0046</v>
+        <v>0.0009</v>
       </c>
       <c r="H89" s="7" t="n">
-        <v>46035</v>
+        <v>46349</v>
       </c>
       <c r="J89" s="5" t="n">
-        <v>5.4071</v>
+        <v>5.7581</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="n">
         <v>79</v>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>6.36% Himachal Pradesh SDL 2028</t>
+          <t>7.05% Gujarat SDL 2026</t>
         </is>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
-          <t>IN1720200030</t>
+          <t>IN1520160152</t>
         </is>
       </c>
       <c r="D90" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E90" s="11" t="n">
-        <v>2500000</v>
+        <v>500000</v>
       </c>
       <c r="F90" s="5" t="n">
-        <v>2562.58</v>
+        <v>508.51</v>
       </c>
       <c r="G90" s="6" t="n">
-        <v>0.0046</v>
+        <v>0.0009</v>
       </c>
       <c r="H90" s="7" t="n">
-        <v>46963</v>
+        <v>46370</v>
       </c>
       <c r="J90" s="5" t="n">
-        <v>6.435</v>
+        <v>5.8131</v>
       </c>
     </row>
     <row r="91">
-      <c r="A91" s="1" t="n">
-[...65 lines deleted...]
-        <v>5.7575</v>
+      <c r="A91" s="8" t="n"/>
+      <c r="B91" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C91" s="8" t="n"/>
+      <c r="D91" s="8" t="n"/>
+      <c r="E91" s="8" t="n"/>
+      <c r="F91" s="9" t="n">
+        <v>75745.62</v>
+      </c>
+      <c r="G91" s="10" t="n">
+        <v>0.1338</v>
       </c>
     </row>
     <row r="93">
-      <c r="A93" s="1" t="n">
-[...30 lines deleted...]
-        <v>5.5215</v>
+      <c r="B93" s="3" t="inlineStr">
+        <is>
+          <t>Securitised Debt</t>
+        </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="n">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>6.24% Maharashtra SDL 2026</t>
+          <t>India Universal Trust**</t>
         </is>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
-          <t>IN2220210214</t>
+          <t>INE16J715027</t>
         </is>
       </c>
       <c r="D94" s="1" t="inlineStr">
         <is>
-          <t>Sovereign</t>
+          <t>IND AAA(SO)</t>
         </is>
       </c>
       <c r="E94" s="11" t="n">
-        <v>2000000</v>
+        <v>89</v>
       </c>
       <c r="F94" s="5" t="n">
-        <v>2054.69</v>
+        <v>7363.59</v>
       </c>
       <c r="G94" s="6" t="n">
-        <v>0.0037</v>
+        <v>0.013</v>
       </c>
       <c r="H94" s="7" t="n">
-        <v>46245</v>
+        <v>46527</v>
       </c>
       <c r="J94" s="5" t="n">
-        <v>5.7075</v>
+        <v>7.775</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="n">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>7.40% Maharashtra SDL 2031</t>
+          <t>India Universal Trust**</t>
         </is>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
-          <t>IN2220230097</t>
+          <t>INE16J715019</t>
         </is>
       </c>
       <c r="D95" s="1" t="inlineStr">
         <is>
-          <t>Sovereign</t>
+          <t>IND AAA(SO)</t>
         </is>
       </c>
       <c r="E95" s="11" t="n">
-        <v>2000000</v>
+        <v>129</v>
       </c>
       <c r="F95" s="5" t="n">
-        <v>2030.16</v>
+        <v>3277.47</v>
       </c>
       <c r="G95" s="6" t="n">
-        <v>0.0036</v>
+        <v>0.0058</v>
       </c>
       <c r="H95" s="7" t="n">
-        <v>48027</v>
+        <v>46223</v>
       </c>
       <c r="J95" s="5" t="n">
-        <v>7.0773</v>
+        <v>7.7799</v>
       </c>
     </row>
     <row r="96">
-      <c r="A96" s="1" t="n">
-[...65 lines deleted...]
-        <v>5.6875</v>
+      <c r="A96" s="8" t="n"/>
+      <c r="B96" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C96" s="8" t="n"/>
+      <c r="D96" s="8" t="n"/>
+      <c r="E96" s="8" t="n"/>
+      <c r="F96" s="9" t="n">
+        <v>10641.06</v>
+      </c>
+      <c r="G96" s="10" t="n">
+        <v>0.0188</v>
       </c>
     </row>
     <row r="98">
-      <c r="A98" s="1" t="n">
-[...30 lines deleted...]
-        <v>7.1096</v>
+      <c r="B98" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
       </c>
     </row>
     <row r="99">
-      <c r="A99" s="1" t="n">
-[...30 lines deleted...]
-        <v>5.7331</v>
+      <c r="B99" s="3" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="n">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>7.16% Maharashtra SDL 2026</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C100" s="1" t="inlineStr">
         <is>
-          <t>IN2220160070</t>
+          <t>INE040A16GW7</t>
         </is>
       </c>
       <c r="D100" s="1" t="inlineStr">
         <is>
-          <t>Sovereign</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E100" s="11" t="n">
-        <v>826200</v>
+        <v>3500</v>
       </c>
       <c r="F100" s="5" t="n">
-        <v>850.09</v>
+        <v>17104.31</v>
       </c>
       <c r="G100" s="6" t="n">
-        <v>0.0015</v>
+        <v>0.0303</v>
       </c>
       <c r="H100" s="7" t="n">
-        <v>46293</v>
+        <v>46161</v>
       </c>
       <c r="J100" s="5" t="n">
-        <v>5.6875</v>
+        <v>6.8651</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="n">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>6.83% Karnataka SDL 2026</t>
+          <t>Axis Bank Limited**</t>
         </is>
       </c>
       <c r="C101" s="1" t="inlineStr">
         <is>
-          <t>IN1920160042</t>
+          <t>INE238AD6BK4</t>
         </is>
       </c>
       <c r="D101" s="1" t="inlineStr">
         <is>
-          <t>Sovereign</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E101" s="11" t="n">
-        <v>500000</v>
+        <v>3000</v>
       </c>
       <c r="F101" s="5" t="n">
-        <v>508.32</v>
+        <v>14712.84</v>
       </c>
       <c r="G101" s="6" t="n">
-        <v>0.0009</v>
+        <v>0.026</v>
       </c>
       <c r="H101" s="7" t="n">
-        <v>46349</v>
+        <v>46142</v>
       </c>
       <c r="J101" s="5" t="n">
-        <v>5.7231</v>
+        <v>6.8499</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="n">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>7.05% Gujarat SDL 2026</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C102" s="1" t="inlineStr">
         <is>
-          <t>IN1520160152</t>
+          <t>INE040A16HF0</t>
         </is>
       </c>
       <c r="D102" s="1" t="inlineStr">
         <is>
-          <t>Sovereign</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E102" s="11" t="n">
-        <v>500000</v>
+        <v>2000</v>
       </c>
       <c r="F102" s="5" t="n">
-        <v>507.56</v>
+        <v>9628.83</v>
       </c>
       <c r="G102" s="6" t="n">
-        <v>0.0009</v>
+        <v>0.017</v>
       </c>
       <c r="H102" s="7" t="n">
-        <v>46370</v>
+        <v>46239</v>
       </c>
       <c r="J102" s="5" t="n">
-        <v>5.7549</v>
+        <v>7.0001</v>
       </c>
     </row>
     <row r="103">
-      <c r="A103" s="8" t="n"/>
-[...12 lines deleted...]
-        <v>0.1426</v>
+      <c r="A103" s="1" t="n">
+        <v>85</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>INE237AD6117</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E103" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F103" s="5" t="n">
+        <v>9366.5</v>
+      </c>
+      <c r="G103" s="6" t="n">
+        <v>0.0166</v>
+      </c>
+      <c r="H103" s="7" t="n">
+        <v>46395</v>
+      </c>
+      <c r="J103" s="5" t="n">
+        <v>6.915</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="1" t="n">
+        <v>86</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C104" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16KY0</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E104" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F104" s="5" t="n">
+        <v>9362.209999999999</v>
+      </c>
+      <c r="G104" s="6" t="n">
+        <v>0.0166</v>
+      </c>
+      <c r="H104" s="7" t="n">
+        <v>46395</v>
+      </c>
+      <c r="J104" s="5" t="n">
+        <v>6.965</v>
       </c>
     </row>
     <row r="105">
-      <c r="B105" s="3" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A105" s="1" t="n">
+        <v>87</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16JR6</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E105" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F105" s="5" t="n">
+        <v>7322.47</v>
+      </c>
+      <c r="G105" s="6" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="H105" s="7" t="n">
+        <v>46167</v>
+      </c>
+      <c r="J105" s="5" t="n">
+        <v>6.86</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="n">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>India Universal Trust**</t>
+          <t>Union Bank of India**</t>
         </is>
       </c>
       <c r="C106" s="1" t="inlineStr">
         <is>
-          <t>INE16J715027</t>
+          <t>INE692A16KH8</t>
         </is>
       </c>
       <c r="D106" s="1" t="inlineStr">
         <is>
-          <t>IND AAA(SO)</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E106" s="11" t="n">
-        <v>89</v>
+        <v>1500</v>
       </c>
       <c r="F106" s="5" t="n">
-        <v>7350.21</v>
+        <v>7312.94</v>
       </c>
       <c r="G106" s="6" t="n">
-        <v>0.0131</v>
+        <v>0.0129</v>
       </c>
       <c r="H106" s="7" t="n">
-        <v>46527</v>
+        <v>46174</v>
       </c>
       <c r="J106" s="5" t="n">
-        <v>7.615</v>
+        <v>6.8649</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1" t="n">
+        <v>89</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C107" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6AU5</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E107" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F107" s="5" t="n">
+        <v>7297.79</v>
+      </c>
+      <c r="G107" s="6" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="H107" s="7" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J107" s="5" t="n">
+        <v>6.88</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="1" t="n">
+        <v>90</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C108" s="1" t="inlineStr">
+        <is>
+          <t>INE692A16JQ1</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E108" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F108" s="5" t="n">
+        <v>7280.9</v>
+      </c>
+      <c r="G108" s="6" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="H108" s="7" t="n">
+        <v>46198</v>
+      </c>
+      <c r="J108" s="5" t="n">
+        <v>6.865</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="1" t="n">
+        <v>91</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C109" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BL5</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E109" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F109" s="5" t="n">
+        <v>7129.51</v>
+      </c>
+      <c r="G109" s="6" t="n">
+        <v>0.0126</v>
+      </c>
+      <c r="H109" s="7" t="n">
+        <v>46308</v>
+      </c>
+      <c r="J109" s="5" t="n">
+        <v>7.025</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="1" t="n">
+        <v>92</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C110" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HC7</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E110" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F110" s="5" t="n">
+        <v>4930.7</v>
+      </c>
+      <c r="G110" s="6" t="n">
+        <v>0.008699999999999999</v>
+      </c>
+      <c r="H110" s="7" t="n">
+        <v>46114</v>
+      </c>
+      <c r="J110" s="5" t="n">
+        <v>6.75</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="1" t="n">
         <v>93</v>
       </c>
-      <c r="B107" s="1" t="inlineStr">
-[...58 lines deleted...]
-        </is>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C111" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BH3</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E111" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F111" s="5" t="n">
+        <v>4899.27</v>
+      </c>
+      <c r="G111" s="6" t="n">
+        <v>0.008699999999999999</v>
+      </c>
+      <c r="H111" s="7" t="n">
+        <v>46147</v>
+      </c>
+      <c r="J111" s="5" t="n">
+        <v>6.885</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="n">
         <v>94</v>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited</t>
+          <t>Union Bank of India</t>
         </is>
       </c>
       <c r="C112" s="1" t="inlineStr">
         <is>
-          <t>INE040A16GW7</t>
+          <t>INE692A16KG0</t>
         </is>
       </c>
       <c r="D112" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E112" s="11" t="n">
-        <v>3500</v>
+        <v>1000</v>
       </c>
       <c r="F112" s="5" t="n">
-        <v>17089.71</v>
+        <v>4879.9</v>
       </c>
       <c r="G112" s="6" t="n">
-        <v>0.0305</v>
+        <v>0.0086</v>
       </c>
       <c r="H112" s="7" t="n">
-        <v>46161</v>
+        <v>46168</v>
       </c>
       <c r="J112" s="5" t="n">
-        <v>6.3499</v>
+        <v>6.9101</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="1" t="n">
         <v>95</v>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited**</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C113" s="1" t="inlineStr">
         <is>
-          <t>INE238AD6BK4</t>
+          <t>INE040A16HN4</t>
         </is>
       </c>
       <c r="D113" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E113" s="11" t="n">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="F113" s="5" t="n">
-        <v>14695.05</v>
+        <v>4781.74</v>
       </c>
       <c r="G113" s="6" t="n">
-        <v>0.0262</v>
+        <v>0.008500000000000001</v>
       </c>
       <c r="H113" s="7" t="n">
-        <v>46142</v>
+        <v>46276</v>
       </c>
       <c r="J113" s="5" t="n">
-        <v>6.3651</v>
+        <v>7</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="n">
         <v>96</v>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited</t>
+          <t>Axis Bank Limited**</t>
         </is>
       </c>
       <c r="C114" s="1" t="inlineStr">
         <is>
-          <t>INE040A16HF0</t>
+          <t>INE238AD6BJ6</t>
         </is>
       </c>
       <c r="D114" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E114" s="11" t="n">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="F114" s="5" t="n">
-        <v>9626.85</v>
+        <v>4751.24</v>
       </c>
       <c r="G114" s="6" t="n">
-        <v>0.0172</v>
+        <v>0.008399999999999999</v>
       </c>
       <c r="H114" s="7" t="n">
-        <v>46239</v>
+        <v>46311</v>
       </c>
       <c r="J114" s="5" t="n">
-        <v>6.55</v>
+        <v>7.0001</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="n">
         <v>97</v>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Bank of Baroda**</t>
         </is>
       </c>
       <c r="C115" s="1" t="inlineStr">
         <is>
-          <t>INE028A16JR6</t>
+          <t>INE028A16KI3</t>
         </is>
       </c>
       <c r="D115" s="1" t="inlineStr">
         <is>
           <t>IND A1+</t>
         </is>
       </c>
       <c r="E115" s="11" t="n">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="F115" s="5" t="n">
-        <v>7316.42</v>
+        <v>4734.58</v>
       </c>
       <c r="G115" s="6" t="n">
-        <v>0.013</v>
+        <v>0.008399999999999999</v>
       </c>
       <c r="H115" s="7" t="n">
-        <v>46167</v>
+        <v>46332</v>
       </c>
       <c r="J115" s="5" t="n">
-        <v>6.36</v>
+        <v>6.96</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1" t="n">
         <v>98</v>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Indian Bank**</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C116" s="1" t="inlineStr">
         <is>
-          <t>INE562A16PR1</t>
+          <t>INE040A16HU9</t>
         </is>
       </c>
       <c r="D116" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E116" s="11" t="n">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="F116" s="5" t="n">
-        <v>7312.32</v>
+        <v>4732.98</v>
       </c>
       <c r="G116" s="6" t="n">
-        <v>0.013</v>
+        <v>0.008399999999999999</v>
       </c>
       <c r="H116" s="7" t="n">
-        <v>46171</v>
+        <v>46332</v>
       </c>
       <c r="J116" s="5" t="n">
-        <v>6.33</v>
+        <v>7.004</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="n">
         <v>99</v>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited**</t>
+          <t>Bank of Baroda**</t>
         </is>
       </c>
       <c r="C117" s="1" t="inlineStr">
         <is>
-          <t>INE238AD6AU5</t>
+          <t>INE028A16KO1</t>
         </is>
       </c>
       <c r="D117" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E117" s="11" t="n">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="F117" s="5" t="n">
-        <v>7293.47</v>
+        <v>4710.76</v>
       </c>
       <c r="G117" s="6" t="n">
-        <v>0.013</v>
+        <v>0.0083</v>
       </c>
       <c r="H117" s="7" t="n">
-        <v>46185</v>
+        <v>46360</v>
       </c>
       <c r="J117" s="5" t="n">
-        <v>6.38</v>
+        <v>6.96</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="n">
         <v>100</v>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Union Bank of India**</t>
+          <t>Export-Import Bank of India**</t>
         </is>
       </c>
       <c r="C118" s="1" t="inlineStr">
         <is>
-          <t>INE692A16JQ1</t>
+          <t>INE514E16CL5</t>
         </is>
       </c>
       <c r="D118" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E118" s="11" t="n">
-        <v>1500</v>
+        <v>500</v>
       </c>
       <c r="F118" s="5" t="n">
-        <v>7276.72</v>
+        <v>2439.24</v>
       </c>
       <c r="G118" s="6" t="n">
-        <v>0.013</v>
+        <v>0.0043</v>
       </c>
       <c r="H118" s="7" t="n">
-        <v>46198</v>
+        <v>46170</v>
       </c>
       <c r="J118" s="5" t="n">
-        <v>6.4</v>
+        <v>6.8875</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1" t="n">
         <v>101</v>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Indian Bank**</t>
         </is>
       </c>
       <c r="C119" s="1" t="inlineStr">
         <is>
-          <t>INE556F16BL5</t>
+          <t>INE562A16PR1</t>
         </is>
       </c>
       <c r="D119" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E119" s="11" t="n">
-        <v>1500</v>
+        <v>500</v>
       </c>
       <c r="F119" s="5" t="n">
-        <v>7128.2</v>
+        <v>2438.99</v>
       </c>
       <c r="G119" s="6" t="n">
-        <v>0.0127</v>
+        <v>0.0043</v>
       </c>
       <c r="H119" s="7" t="n">
-        <v>46308</v>
+        <v>46171</v>
       </c>
       <c r="J119" s="5" t="n">
-        <v>6.68</v>
+        <v>6.8649</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1" t="n">
         <v>102</v>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
           <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C120" s="1" t="inlineStr">
         <is>
-          <t>INE040A16HC7</t>
+          <t>INE040A16HP9</t>
         </is>
       </c>
       <c r="D120" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E120" s="11" t="n">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="F120" s="5" t="n">
-        <v>4922.08</v>
+        <v>2432.6</v>
       </c>
       <c r="G120" s="6" t="n">
-        <v>0.008800000000000001</v>
+        <v>0.0043</v>
       </c>
       <c r="H120" s="7" t="n">
-        <v>46114</v>
+        <v>46185</v>
       </c>
       <c r="J120" s="5" t="n">
-        <v>6.3501</v>
+        <v>6.8799</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1" t="n">
         <v>103</v>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C121" s="1" t="inlineStr">
         <is>
-          <t>INE556F16BH3</t>
+          <t>INE040A16HB9</t>
         </is>
       </c>
       <c r="D121" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E121" s="11" t="n">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="F121" s="5" t="n">
-        <v>4893.6</v>
+        <v>2427.26</v>
       </c>
       <c r="G121" s="6" t="n">
-        <v>0.008699999999999999</v>
+        <v>0.0043</v>
       </c>
       <c r="H121" s="7" t="n">
-        <v>46147</v>
+        <v>46197</v>
       </c>
       <c r="J121" s="5" t="n">
-        <v>6.3999</v>
+        <v>6.8799</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="1" t="n">
         <v>104</v>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Union Bank of India**</t>
+          <t>Axis Bank Limited**</t>
         </is>
       </c>
       <c r="C122" s="1" t="inlineStr">
         <is>
-          <t>INE692A16KG0</t>
+          <t>INE238AD6AZ4</t>
         </is>
       </c>
       <c r="D122" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E122" s="11" t="n">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="F122" s="5" t="n">
-        <v>4876.31</v>
+        <v>2426.81</v>
       </c>
       <c r="G122" s="6" t="n">
-        <v>0.008699999999999999</v>
+        <v>0.0043</v>
       </c>
       <c r="H122" s="7" t="n">
-        <v>46168</v>
+        <v>46198</v>
       </c>
       <c r="J122" s="5" t="n">
-        <v>6.385</v>
+        <v>6.88</v>
       </c>
     </row>
     <row r="123">
-      <c r="A123" s="1" t="n">
-[...65 lines deleted...]
-        <v>6.62</v>
+      <c r="A123" s="8" t="n"/>
+      <c r="B123" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C123" s="8" t="n"/>
+      <c r="D123" s="8" t="n"/>
+      <c r="E123" s="8" t="n"/>
+      <c r="F123" s="9" t="n">
+        <v>147104.37</v>
+      </c>
+      <c r="G123" s="10" t="n">
+        <v>0.2603</v>
       </c>
     </row>
     <row r="125">
-      <c r="A125" s="1" t="n">
-[...30 lines deleted...]
-        <v>6.5499</v>
+      <c r="B125" s="3" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
       </c>
     </row>
     <row r="126">
-      <c r="A126" s="1" t="n">
-[...30 lines deleted...]
-        <v>6.55</v>
+      <c r="B126" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="n">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Canara Bank**</t>
+          <t>Standard Chartered Capital Limited**</t>
         </is>
       </c>
       <c r="C127" s="1" t="inlineStr">
         <is>
-          <t>INE476A16A16</t>
+          <t>INE403G14TM3</t>
         </is>
       </c>
       <c r="D127" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E127" s="11" t="n">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="F127" s="5" t="n">
-        <v>2488.08</v>
+        <v>4879.96</v>
       </c>
       <c r="G127" s="6" t="n">
-        <v>0.0044</v>
+        <v>0.0086</v>
       </c>
       <c r="H127" s="7" t="n">
-        <v>46052</v>
+        <v>46161</v>
       </c>
       <c r="J127" s="5" t="n">
-        <v>6.0305</v>
+        <v>7.2999</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="n">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited</t>
+          <t>Standard Chartered Capital Limited**</t>
         </is>
       </c>
       <c r="C128" s="1" t="inlineStr">
         <is>
-          <t>INE040A16GS5</t>
+          <t>INE403G14TT8</t>
         </is>
       </c>
       <c r="D128" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E128" s="11" t="n">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="F128" s="5" t="n">
-        <v>2467.24</v>
+        <v>4765.9</v>
       </c>
       <c r="G128" s="6" t="n">
-        <v>0.0044</v>
+        <v>0.008399999999999999</v>
       </c>
       <c r="H128" s="7" t="n">
-        <v>46105</v>
+        <v>46275</v>
       </c>
       <c r="J128" s="5" t="n">
-        <v>5.9099</v>
+        <v>7.5649</v>
       </c>
     </row>
     <row r="129">
-      <c r="A129" s="1" t="n">
-[...65 lines deleted...]
-        <v>6.31</v>
+      <c r="A129" s="8" t="n"/>
+      <c r="B129" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C129" s="8" t="n"/>
+      <c r="D129" s="8" t="n"/>
+      <c r="E129" s="8" t="n"/>
+      <c r="F129" s="9" t="n">
+        <v>9645.860000000001</v>
+      </c>
+      <c r="G129" s="10" t="n">
+        <v>0.017</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1" t="n">
-        <v>113</v>
-[...17 lines deleted...]
-        <v>500</v>
+        <v>107</v>
+      </c>
+      <c r="B131" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
       </c>
       <c r="F131" s="5" t="n">
-        <v>2435.52</v>
+        <v>11304.8</v>
       </c>
       <c r="G131" s="6" t="n">
-        <v>0.0043</v>
+        <v>0.02</v>
       </c>
       <c r="H131" s="7" t="n">
-        <v>46174</v>
-[...2 lines deleted...]
-        <v>6.4001</v>
+        <v>46038</v>
       </c>
     </row>
     <row r="132">
-      <c r="A132" s="1" t="n">
-[...65 lines deleted...]
-        <v>6.3651</v>
+      <c r="A132" s="8" t="n"/>
+      <c r="B132" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C132" s="8" t="n"/>
+      <c r="D132" s="8" t="n"/>
+      <c r="E132" s="8" t="n"/>
+      <c r="F132" s="9" t="n">
+        <v>11304.8</v>
+      </c>
+      <c r="G132" s="10" t="n">
+        <v>0.02</v>
       </c>
     </row>
     <row r="134">
-      <c r="A134" s="1" t="n">
-[...30 lines deleted...]
-        <v>6.3802</v>
+      <c r="B134" s="3" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
       </c>
     </row>
     <row r="135">
-      <c r="A135" s="8" t="n"/>
-      <c r="B135" s="8" t="inlineStr">
+      <c r="A135" s="1" t="n">
+        <v>108</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C135" s="1" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E135" s="11" t="n">
+        <v>15090.147</v>
+      </c>
+      <c r="F135" s="5" t="n">
+        <v>1746.81</v>
+      </c>
+      <c r="G135" s="6" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J135" s="5" t="n"/>
+    </row>
+    <row r="136">
+      <c r="A136" s="8" t="n"/>
+      <c r="B136" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C135" s="8" t="n"/>
-[...13 lines deleted...]
-        </is>
+      <c r="C136" s="8" t="n"/>
+      <c r="D136" s="8" t="n"/>
+      <c r="E136" s="8" t="n"/>
+      <c r="F136" s="9" t="n">
+        <v>1746.81</v>
+      </c>
+      <c r="G136" s="10" t="n">
+        <v>0.0031</v>
       </c>
     </row>
     <row r="138">
       <c r="B138" s="3" t="inlineStr">
         <is>
-          <t>Listed / awaiting listing on the stock exchanges</t>
+          <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="139">
-      <c r="A139" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Standard Chartered Capital Limited**</t>
-[...14 lines deleted...]
-      </c>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E139" s="11" t="n"/>
       <c r="F139" s="5" t="n">
-        <v>4868.84</v>
+        <v>-28250.83</v>
       </c>
       <c r="G139" s="6" t="n">
-        <v>0.008699999999999999</v>
-[...6 lines deleted...]
-      </c>
+        <v>-0.05</v>
+      </c>
+      <c r="J139" s="5" t="n"/>
     </row>
     <row r="140">
-      <c r="A140" s="1" t="n">
-[...65 lines deleted...]
-        <v>6.4803</v>
+      <c r="A140" s="8" t="n"/>
+      <c r="B140" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C140" s="8" t="n"/>
+      <c r="D140" s="8" t="n"/>
+      <c r="E140" s="8" t="n"/>
+      <c r="F140" s="9" t="n">
+        <v>-28250.83</v>
+      </c>
+      <c r="G140" s="10" t="n">
+        <v>-0.05</v>
       </c>
     </row>
     <row r="142">
-      <c r="A142" s="8" t="n"/>
-[...12 lines deleted...]
-        <v>0.0216</v>
+      <c r="A142" s="4" t="n"/>
+      <c r="B142" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C142" s="4" t="n"/>
+      <c r="D142" s="4" t="n"/>
+      <c r="E142" s="4" t="n"/>
+      <c r="F142" s="12" t="n">
+        <v>564966.36</v>
+      </c>
+      <c r="G142" s="13" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
       </c>
     </row>
     <row r="144">
-      <c r="B144" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Treasury Bill</t>
+      <c r="A144" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
     <row r="145">
-      <c r="A145" s="1" t="n">
-[...48 lines deleted...]
-      </c>
+      <c r="A145" s="14" t="n">
+        <v>2</v>
+      </c>
+      <c r="B145" s="14" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="146" ht="112.5" customHeight="1" s="70">
+      <c r="A146" s="14" t="n">
+        <v>3</v>
+      </c>
+      <c r="B146" s="89" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
+        </is>
+      </c>
+    </row>
+    <row r="147" ht="14.5" customHeight="1" s="70">
+      <c r="A147" s="14" t="n"/>
     </row>
     <row r="148">
-      <c r="B148" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>TREPS / Reverse Repo Investments</t>
+      <c r="A148" s="14" t="n"/>
+      <c r="B148" s="46" t="inlineStr">
+        <is>
+          <t>Disclosure in Derivatives</t>
+        </is>
+      </c>
+      <c r="C148" s="46" t="inlineStr">
+        <is>
+          <t>Industry</t>
+        </is>
+      </c>
+      <c r="D148" s="46" t="inlineStr">
+        <is>
+          <t>Notional Value</t>
+        </is>
+      </c>
+      <c r="E148" s="46" t="inlineStr">
+        <is>
+          <t>% To net assets</t>
         </is>
       </c>
     </row>
     <row r="149">
-      <c r="A149" s="1" t="n">
-[...15 lines deleted...]
-        <v>46023</v>
+      <c r="A149" s="14" t="n"/>
+      <c r="B149" s="51" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C149" s="52" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D149" s="49" t="n">
+        <v>1000000000</v>
+      </c>
+      <c r="E149" s="53" t="n">
+        <v>3e-05</v>
       </c>
     </row>
     <row r="150">
-      <c r="A150" s="1" t="n">
-[...15 lines deleted...]
-        <v>46027</v>
+      <c r="A150" s="14" t="n"/>
+      <c r="B150" s="51" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C150" s="52" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D150" s="49" t="n">
+        <v>1000000000</v>
+      </c>
+      <c r="E150" s="53" t="n">
+        <v>1e-05</v>
       </c>
     </row>
     <row r="151">
-      <c r="A151" s="8" t="n"/>
-[...12 lines deleted...]
-        <v>-0.09080000000000001</v>
+      <c r="A151" s="14" t="n"/>
+      <c r="B151" s="51" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C151" s="52" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D151" s="49" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E151" s="53" t="n">
+        <v>1e-05</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" s="14" t="n"/>
+      <c r="B152" s="51" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C152" s="52" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D152" s="49" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E152" s="53" t="n">
+        <v>1e-05</v>
       </c>
     </row>
     <row r="153">
-      <c r="B153" s="3" t="inlineStr">
-[...178 lines deleted...]
-      <c r="B169" s="57" t="inlineStr">
+      <c r="A153" s="14" t="n"/>
+      <c r="B153" s="51" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C169" s="58" t="inlineStr">
+      <c r="C153" s="52" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D169" s="47" t="n">
+      <c r="D153" s="49" t="n">
         <v>1000000000</v>
       </c>
-      <c r="E169" s="59" t="n">
-[...37 lines deleted...]
-      <c r="E171" s="59" t="n">
+      <c r="E153" s="53" t="n">
         <v>1e-05</v>
       </c>
     </row>
-    <row r="172">
-[...46 lines deleted...]
-      <c r="B177" s="95" t="inlineStr">
+    <row r="156" ht="14.5" customHeight="1" s="70">
+      <c r="B156" s="68" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="189" ht="14.5" customHeight="1" s="74">
-      <c r="B189" s="95" t="inlineStr">
+    <row r="169" ht="14.5" customHeight="1" s="70">
+      <c r="B169" s="68" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: NIFTY Low Duration Debt Index A-I</t>
         </is>
       </c>
     </row>
-    <row r="204">
-[...1 lines deleted...]
-      <c r="C204" s="18" t="inlineStr">
+    <row r="182">
+      <c r="B182" s="15" t="n"/>
+      <c r="C182" s="17" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="205">
-      <c r="B205" s="16" t="inlineStr">
+    <row r="183">
+      <c r="B183" s="15" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C205" s="18" t="inlineStr">
+      <c r="C183" s="17" t="inlineStr">
         <is>
           <t>DSP Low Duration Fund</t>
         </is>
       </c>
     </row>
-    <row r="206">
-      <c r="B206" s="16" t="inlineStr">
+    <row r="184">
+      <c r="B184" s="15" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C206" s="19" t="n"/>
-[...2 lines deleted...]
-      <c r="B207" s="16" t="inlineStr">
+      <c r="C184" s="18" t="n"/>
+    </row>
+    <row r="185">
+      <c r="B185" s="15" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C207" s="20" t="n">
-[...4 lines deleted...]
-      <c r="B208" s="16" t="inlineStr">
+      <c r="C185" s="19" t="n">
+        <v>0.0704523392890527</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="B186" s="15" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C208" s="19" t="n">
-[...4 lines deleted...]
-      <c r="B209" s="16" t="inlineStr">
+      <c r="C186" s="18" t="n">
+        <v>1.03</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="B187" s="15" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C209" s="19" t="n">
-[...4 lines deleted...]
-      <c r="B210" s="16" t="inlineStr">
+      <c r="C187" s="18" t="n">
+        <v>1.29</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="B188" s="15" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C210" s="21" t="n">
-[...4 lines deleted...]
-      <c r="B211" s="17" t="inlineStr">
+      <c r="C188" s="20" t="n">
+        <v>46037</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="B189" s="16" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C211" s="18" t="n"/>
-[...2 lines deleted...]
-      <c r="B214" s="72" t="n"/>
+      <c r="C189" s="17" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="B166:G166"/>
+    <mergeCell ref="B146:E146"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Rohit Pandey</dc:creator>
+  <dc:creator>Rahul Jain</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>