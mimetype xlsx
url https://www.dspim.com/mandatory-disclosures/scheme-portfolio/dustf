--- v5 (2026-02-03)
+++ v6 (2026-02-24)
@@ -1,142 +1,149 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="960" firstSheet="10" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="990" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="LDF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="166" formatCode="0.000%"/>
   </numFmts>
-  <fonts count="22">
+  <fonts count="24">
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
@@ -158,50 +165,58 @@
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+      <u val="single"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
@@ -336,325 +351,284 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="102">
+  <cellXfs count="91">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...18 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
-[...76 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -703,276 +677,242 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>157</row>
+      <row>166</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>166</row>
+      <row>175</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="3" name="Picture 2"/>
+        <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="26142950"/>
+          <a:off x="457200" y="27514550"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>170</row>
+      <row>180</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>179</row>
+      <row>189</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="5" name="Picture 4"/>
+        <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="28555950"/>
+          <a:off x="457200" y="29927550"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -990,65 +930,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...5 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1069,4526 +1009,4776 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L189"/>
+  <dimension ref="A1:L199"/>
   <sheetViews>
-    <sheetView topLeftCell="A164" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="C187" sqref="C187"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="84" min="1" max="1"/>
+    <col width="60" bestFit="1" customWidth="1" style="84" min="2" max="2"/>
+    <col width="21.1796875" bestFit="1" customWidth="1" style="84" min="3" max="3"/>
+    <col width="17" customWidth="1" style="84" min="4" max="4"/>
+    <col width="15.1796875" customWidth="1" style="84" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="84" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="84" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="84" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="84" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="84" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="84" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="84" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="84" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="70">
-[...1 lines deleted...]
-      <c r="B1" s="69" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="62">
+      <c r="A1" s="61" t="n"/>
+      <c r="B1" s="61" t="inlineStr">
         <is>
           <t>DSP Low Duration Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on January 15, 2026</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on February 15, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="B8" s="3" t="inlineStr">
+      <c r="B8" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K8" s="3" t="inlineStr">
+      <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="84" t="n">
         <v>1</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="84" t="inlineStr">
         <is>
           <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C9" s="84" t="inlineStr">
         <is>
           <t>INE261F08EA6</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D9" s="84" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="E9" s="11" t="n">
+      <c r="E9" s="12" t="n">
         <v>22500</v>
       </c>
-      <c r="F9" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H9" s="7" t="n">
+      <c r="F9" s="6" t="n">
+        <v>23297.54</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.0404</v>
+      </c>
+      <c r="H9" s="8" t="n">
         <v>46265</v>
       </c>
-      <c r="J9" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K9" s="1" t="inlineStr">
+      <c r="J9" s="6" t="n">
+        <v>7.1139</v>
+      </c>
+      <c r="K9" s="84" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="L9" s="6" t="n">
-        <v>0.5357</v>
+      <c r="L9" s="7" t="n">
+        <v>0.4202</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="1" t="n">
+      <c r="A10" s="84" t="n">
         <v>2</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B10" s="84" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="84" t="inlineStr">
+        <is>
+          <t>INE403D08272</t>
+        </is>
+      </c>
+      <c r="D10" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E10" s="12" t="n">
+        <v>17500</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>17886.99</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.031</v>
+      </c>
+      <c r="H10" s="8" t="n">
+        <v>46675</v>
+      </c>
+      <c r="J10" s="6" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="K10" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L10" s="7" t="n">
+        <v>0.245</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="84" t="n">
+        <v>3</v>
+      </c>
+      <c r="B11" s="84" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C11" s="84" t="inlineStr">
+        <is>
+          <t>INE020B08FF1</t>
+        </is>
+      </c>
+      <c r="D11" s="84" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E11" s="12" t="n">
+        <v>15000</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>15666.25</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0271</v>
+      </c>
+      <c r="H11" s="8" t="n">
+        <v>46630</v>
+      </c>
+      <c r="J11" s="6" t="n">
+        <v>6.85</v>
+      </c>
+      <c r="K11" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.1332</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="84" t="n">
+        <v>4</v>
+      </c>
+      <c r="B12" s="84" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C12" s="84" t="inlineStr">
+        <is>
+          <t>INE556F08KI9</t>
+        </is>
+      </c>
+      <c r="D12" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E12" s="12" t="n">
+        <v>15000</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>15511.69</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0269</v>
+      </c>
+      <c r="H12" s="8" t="n">
+        <v>46269</v>
+      </c>
+      <c r="J12" s="6" t="n">
+        <v>7.11</v>
+      </c>
+      <c r="K12" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.062</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="84" t="n">
+        <v>5</v>
+      </c>
+      <c r="B13" s="84" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C13" s="84" t="inlineStr">
+        <is>
+          <t>INE377Y07482</t>
+        </is>
+      </c>
+      <c r="D13" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E13" s="12" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>10607.15</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0184</v>
+      </c>
+      <c r="H13" s="8" t="n">
+        <v>46576</v>
+      </c>
+      <c r="J13" s="6" t="n">
+        <v>7.17</v>
+      </c>
+      <c r="K13" s="84" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0562</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="84" t="n">
+        <v>6</v>
+      </c>
+      <c r="B14" s="84" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C14" s="84" t="inlineStr">
+        <is>
+          <t>INE261F08DX0</t>
+        </is>
+      </c>
+      <c r="D14" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E14" s="12" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>10423.91</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0181</v>
+      </c>
+      <c r="H14" s="8" t="n">
+        <v>46234</v>
+      </c>
+      <c r="J14" s="6" t="n">
+        <v>7.09</v>
+      </c>
+      <c r="K14" s="84" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.0467</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="84" t="n">
+        <v>7</v>
+      </c>
+      <c r="B15" s="84" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C15" s="84" t="inlineStr">
+        <is>
+          <t>INE261F08EO7</t>
+        </is>
+      </c>
+      <c r="D15" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E15" s="12" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>10419.19</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0181</v>
+      </c>
+      <c r="H15" s="8" t="n">
+        <v>47011</v>
+      </c>
+      <c r="J15" s="6" t="n">
+        <v>7</v>
+      </c>
+      <c r="K15" s="84" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0172</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="84" t="n">
+        <v>8</v>
+      </c>
+      <c r="B16" s="84" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C16" s="84" t="inlineStr">
+        <is>
+          <t>INE134E08LP1</t>
+        </is>
+      </c>
+      <c r="D16" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E16" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>10334.29</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0179</v>
+      </c>
+      <c r="H16" s="8" t="n">
+        <v>46218</v>
+      </c>
+      <c r="J16" s="6" t="n">
+        <v>7.1249</v>
+      </c>
+      <c r="K16" s="84" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.003</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="84" t="n">
+        <v>9</v>
+      </c>
+      <c r="B17" s="84" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C17" s="84" t="inlineStr">
+        <is>
+          <t>INE115A07MQ6</t>
+        </is>
+      </c>
+      <c r="D17" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E17" s="12" t="n">
+        <v>850</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>8736.85</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0151</v>
+      </c>
+      <c r="H17" s="8" t="n">
+        <v>46714</v>
+      </c>
+      <c r="J17" s="6" t="n">
+        <v>7.11</v>
+      </c>
+      <c r="K17" s="84" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
+        <v>0.0165</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="84" t="n">
+        <v>10</v>
+      </c>
+      <c r="B18" s="84" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C18" s="84" t="inlineStr">
+        <is>
+          <t>INE556F08KU4</t>
+        </is>
+      </c>
+      <c r="D18" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E18" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>7699.64</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="H18" s="8" t="n">
+        <v>46916</v>
+      </c>
+      <c r="J18" s="6" t="n">
+        <v>7.035</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="84" t="n">
+        <v>11</v>
+      </c>
+      <c r="B19" s="84" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C19" s="84" t="inlineStr">
+        <is>
+          <t>INE916DA7SX8</t>
+        </is>
+      </c>
+      <c r="D19" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E19" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>7688.09</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="H19" s="8" t="n">
+        <v>46710</v>
+      </c>
+      <c r="J19" s="6" t="n">
+        <v>7.3249</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="84" t="n">
+        <v>12</v>
+      </c>
+      <c r="B20" s="84" t="inlineStr">
+        <is>
+          <t>HDB Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C20" s="84" t="inlineStr">
+        <is>
+          <t>INE756I07DX5</t>
+        </is>
+      </c>
+      <c r="D20" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E20" s="12" t="n">
+        <v>700</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>7144.27</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0124</v>
+      </c>
+      <c r="H20" s="8" t="n">
+        <v>46276</v>
+      </c>
+      <c r="J20" s="6" t="n">
+        <v>7.3499</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="84" t="n">
+        <v>13</v>
+      </c>
+      <c r="B21" s="84" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C21" s="84" t="inlineStr">
+        <is>
+          <t>INE115A07RE1</t>
+        </is>
+      </c>
+      <c r="D21" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E21" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>5384.96</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+      <c r="H21" s="8" t="n">
+        <v>46464</v>
+      </c>
+      <c r="J21" s="6" t="n">
+        <v>7.11</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="84" t="n">
+        <v>14</v>
+      </c>
+      <c r="B22" s="84" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C22" s="84" t="inlineStr">
+        <is>
+          <t>INE020B08EX7</t>
+        </is>
+      </c>
+      <c r="D22" s="84" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E22" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>5347.64</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+      <c r="H22" s="8" t="n">
+        <v>46507</v>
+      </c>
+      <c r="J22" s="6" t="n">
+        <v>6.85</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="84" t="n">
+        <v>15</v>
+      </c>
+      <c r="B23" s="84" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C23" s="84" t="inlineStr">
+        <is>
+          <t>INE134E08ML8</t>
+        </is>
+      </c>
+      <c r="D23" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E23" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>5321</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="H23" s="8" t="n">
+        <v>46218</v>
+      </c>
+      <c r="J23" s="6" t="n">
+        <v>7.125</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="84" t="n">
+        <v>16</v>
+      </c>
+      <c r="B24" s="84" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="84" t="inlineStr">
+        <is>
+          <t>INE296A07TJ4</t>
+        </is>
+      </c>
+      <c r="D24" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E24" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>5309.33</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="H24" s="8" t="n">
+        <v>46930</v>
+      </c>
+      <c r="J24" s="6" t="n">
+        <v>7.32</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="84" t="n">
+        <v>17</v>
+      </c>
+      <c r="B25" s="84" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C25" s="84" t="inlineStr">
+        <is>
+          <t>INE377Y07557</t>
+        </is>
+      </c>
+      <c r="D25" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E25" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>5282.24</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="H25" s="8" t="n">
+        <v>46444</v>
+      </c>
+      <c r="J25" s="6" t="n">
+        <v>7.165</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="84" t="n">
+        <v>18</v>
+      </c>
+      <c r="B26" s="84" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C26" s="84" t="inlineStr">
+        <is>
+          <t>INE377Y07565</t>
+        </is>
+      </c>
+      <c r="D26" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E26" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>5239.18</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0091</v>
+      </c>
+      <c r="H26" s="8" t="n">
+        <v>46899</v>
+      </c>
+      <c r="J26" s="6" t="n">
+        <v>7.16</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="84" t="n">
+        <v>19</v>
+      </c>
+      <c r="B27" s="84" t="inlineStr">
+        <is>
+          <t>ICICI Home Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C27" s="84" t="inlineStr">
+        <is>
+          <t>INE071G07819</t>
+        </is>
+      </c>
+      <c r="D27" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E27" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>5234.82</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0091</v>
+      </c>
+      <c r="H27" s="8" t="n">
+        <v>46566</v>
+      </c>
+      <c r="J27" s="6" t="n">
+        <v>7.24</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="84" t="n">
+        <v>20</v>
+      </c>
+      <c r="B28" s="84" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C28" s="84" t="inlineStr">
+        <is>
+          <t>INE514E08FP6</t>
+        </is>
+      </c>
+      <c r="D28" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E28" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>5215.42</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.008999999999999999</v>
+      </c>
+      <c r="H28" s="8" t="n">
+        <v>46602</v>
+      </c>
+      <c r="J28" s="6" t="n">
+        <v>6.87</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="84" t="n">
+        <v>21</v>
+      </c>
+      <c r="B29" s="84" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C29" s="84" t="inlineStr">
+        <is>
+          <t>INE020B08FC8</t>
+        </is>
+      </c>
+      <c r="D29" s="84" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E29" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>5188.58</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.008999999999999999</v>
+      </c>
+      <c r="H29" s="8" t="n">
+        <v>46265</v>
+      </c>
+      <c r="J29" s="6" t="n">
+        <v>7.05</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="84" t="n">
+        <v>22</v>
+      </c>
+      <c r="B30" s="84" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C30" s="84" t="inlineStr">
+        <is>
+          <t>INE296A07TF2</t>
+        </is>
+      </c>
+      <c r="D30" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E30" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>5110.81</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0089</v>
+      </c>
+      <c r="H30" s="8" t="n">
+        <v>46731</v>
+      </c>
+      <c r="J30" s="6" t="n">
+        <v>7.305</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="84" t="n">
+        <v>23</v>
+      </c>
+      <c r="B31" s="84" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C31" s="84" t="inlineStr">
+        <is>
+          <t>INE916DA7RX0</t>
+        </is>
+      </c>
+      <c r="D31" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E31" s="12" t="n">
+        <v>350</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>3647.49</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H31" s="8" t="n">
+        <v>46647</v>
+      </c>
+      <c r="J31" s="6" t="n">
+        <v>7.3249</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="84" t="n">
+        <v>24</v>
+      </c>
+      <c r="B32" s="84" t="inlineStr">
+        <is>
+          <t>Sundaram Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C32" s="84" t="inlineStr">
+        <is>
+          <t>INE660A07RU2</t>
+        </is>
+      </c>
+      <c r="D32" s="84" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E32" s="12" t="n">
+        <v>3500</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>3555.67</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="H32" s="8" t="n">
+        <v>46367</v>
+      </c>
+      <c r="J32" s="6" t="n">
+        <v>7.3779</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="84" t="n">
+        <v>25</v>
+      </c>
+      <c r="B33" s="84" t="inlineStr">
         <is>
           <t>Bharti Telecom Limited**</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D10" s="1" t="inlineStr">
+      <c r="C33" s="84" t="inlineStr">
+        <is>
+          <t>INE403D08306</t>
+        </is>
+      </c>
+      <c r="D33" s="84" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="E10" s="11" t="n">
-[...8 lines deleted...]
-      <c r="H10" s="7" t="n">
+      <c r="E33" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>3035.18</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="H33" s="8" t="n">
+        <v>46722</v>
+      </c>
+      <c r="J33" s="6" t="n">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="84" t="n">
+        <v>26</v>
+      </c>
+      <c r="B34" s="84" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C34" s="84" t="inlineStr">
+        <is>
+          <t>INE020B08EH0</t>
+        </is>
+      </c>
+      <c r="D34" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E34" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>2712.23</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H34" s="8" t="n">
+        <v>46843</v>
+      </c>
+      <c r="J34" s="6" t="n">
+        <v>6.9</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="84" t="n">
+        <v>27</v>
+      </c>
+      <c r="B35" s="84" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C35" s="84" t="inlineStr">
+        <is>
+          <t>INE261F08EK5</t>
+        </is>
+      </c>
+      <c r="D35" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E35" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>2700.4</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H35" s="8" t="n">
+        <v>46807</v>
+      </c>
+      <c r="J35" s="6" t="n">
+        <v>7.0323</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="84" t="n">
+        <v>28</v>
+      </c>
+      <c r="B36" s="84" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C36" s="84" t="inlineStr">
+        <is>
+          <t>INE377Y07532</t>
+        </is>
+      </c>
+      <c r="D36" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E36" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>2696.94</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H36" s="8" t="n">
+        <v>46832</v>
+      </c>
+      <c r="J36" s="6" t="n">
+        <v>7.175</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="84" t="n">
+        <v>29</v>
+      </c>
+      <c r="B37" s="84" t="inlineStr">
+        <is>
+          <t>HDB Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C37" s="84" t="inlineStr">
+        <is>
+          <t>INE756I07ER5</t>
+        </is>
+      </c>
+      <c r="D37" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E37" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>2673.61</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="H37" s="8" t="n">
+        <v>46136</v>
+      </c>
+      <c r="J37" s="6" t="n">
+        <v>7.3001</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="84" t="n">
+        <v>30</v>
+      </c>
+      <c r="B38" s="84" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="84" t="inlineStr">
+        <is>
+          <t>INE377Y07425</t>
+        </is>
+      </c>
+      <c r="D38" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E38" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>2643.24</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="H38" s="8" t="n">
+        <v>46168</v>
+      </c>
+      <c r="J38" s="6" t="n">
+        <v>7.1499</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="84" t="n">
+        <v>31</v>
+      </c>
+      <c r="B39" s="84" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C39" s="84" t="inlineStr">
+        <is>
+          <t>INE134E08JC3</t>
+        </is>
+      </c>
+      <c r="D39" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E39" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>2642.23</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="H39" s="8" t="n">
+        <v>46549</v>
+      </c>
+      <c r="J39" s="6" t="n">
+        <v>6.8923</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="84" t="n">
+        <v>32</v>
+      </c>
+      <c r="B40" s="84" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C40" s="84" t="inlineStr">
+        <is>
+          <t>INE020B08ES7</t>
+        </is>
+      </c>
+      <c r="D40" s="84" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E40" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>2641.72</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="H40" s="8" t="n">
+        <v>46172</v>
+      </c>
+      <c r="J40" s="6" t="n">
+        <v>7.075</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="84" t="n">
+        <v>33</v>
+      </c>
+      <c r="B41" s="84" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C41" s="84" t="inlineStr">
+        <is>
+          <t>INE916DA7ST6</t>
+        </is>
+      </c>
+      <c r="D41" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E41" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>2627.22</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="H41" s="8" t="n">
+        <v>46617</v>
+      </c>
+      <c r="J41" s="6" t="n">
+        <v>7.3249</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="84" t="n">
+        <v>34</v>
+      </c>
+      <c r="B42" s="84" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C42" s="84" t="inlineStr">
+        <is>
+          <t>INE916DA7RP6</t>
+        </is>
+      </c>
+      <c r="D42" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E42" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>2626.59</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="H42" s="8" t="n">
+        <v>46587</v>
+      </c>
+      <c r="J42" s="6" t="n">
+        <v>7.325</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="84" t="n">
+        <v>35</v>
+      </c>
+      <c r="B43" s="84" t="inlineStr">
+        <is>
+          <t>REC Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="84" t="inlineStr">
+        <is>
+          <t>INE020B08EI8</t>
+        </is>
+      </c>
+      <c r="D43" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E43" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>2604.17</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="H43" s="8" t="n">
+        <v>46234</v>
+      </c>
+      <c r="J43" s="6" t="n">
+        <v>7.1</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="84" t="n">
+        <v>36</v>
+      </c>
+      <c r="B44" s="84" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C44" s="84" t="inlineStr">
+        <is>
+          <t>INE134E08II2</t>
+        </is>
+      </c>
+      <c r="D44" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E44" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>2599.42</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="H44" s="8" t="n">
+        <v>46248</v>
+      </c>
+      <c r="J44" s="6" t="n">
+        <v>6.9973</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="84" t="n">
+        <v>37</v>
+      </c>
+      <c r="B45" s="84" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C45" s="84" t="inlineStr">
+        <is>
+          <t>INE296A07TM8</t>
+        </is>
+      </c>
+      <c r="D45" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E45" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>2594.05</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="H45" s="8" t="n">
+        <v>46944</v>
+      </c>
+      <c r="J45" s="6" t="n">
+        <v>7.355</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="84" t="n">
+        <v>38</v>
+      </c>
+      <c r="B46" s="84" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C46" s="84" t="inlineStr">
+        <is>
+          <t>INE916DA7TB2</t>
+        </is>
+      </c>
+      <c r="D46" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E46" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>2591.27</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="H46" s="8" t="n">
+        <v>46853</v>
+      </c>
+      <c r="J46" s="6" t="n">
+        <v>7.325</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="84" t="n">
+        <v>39</v>
+      </c>
+      <c r="B47" s="84" t="inlineStr">
+        <is>
+          <t>Tata Capital Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C47" s="84" t="inlineStr">
+        <is>
+          <t>INE033L07HY2</t>
+        </is>
+      </c>
+      <c r="D47" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E47" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>2589.06</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="H47" s="8" t="n">
+        <v>46694</v>
+      </c>
+      <c r="J47" s="6" t="n">
+        <v>7.1554</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="84" t="n">
+        <v>40</v>
+      </c>
+      <c r="B48" s="84" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C48" s="84" t="inlineStr">
+        <is>
+          <t>INE115A07KM9</t>
+        </is>
+      </c>
+      <c r="D48" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E48" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>2583.3</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="H48" s="8" t="n">
+        <v>46290</v>
+      </c>
+      <c r="J48" s="6" t="n">
+        <v>7.155</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="84" t="n">
+        <v>41</v>
+      </c>
+      <c r="B49" s="84" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C49" s="84" t="inlineStr">
+        <is>
+          <t>INE556F08KJ7</t>
+        </is>
+      </c>
+      <c r="D49" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E49" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>2579.22</v>
+      </c>
+      <c r="G49" s="7" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="H49" s="8" t="n">
+        <v>46287</v>
+      </c>
+      <c r="J49" s="6" t="n">
+        <v>7.11</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="84" t="n">
+        <v>42</v>
+      </c>
+      <c r="B50" s="84" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C50" s="84" t="inlineStr">
+        <is>
+          <t>INE115A07RH4</t>
+        </is>
+      </c>
+      <c r="D50" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E50" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>2562.79</v>
+      </c>
+      <c r="G50" s="7" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="H50" s="8" t="n">
+        <v>46647</v>
+      </c>
+      <c r="J50" s="6" t="n">
+        <v>7.11</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="84" t="n">
+        <v>43</v>
+      </c>
+      <c r="B51" s="84" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C51" s="84" t="inlineStr">
+        <is>
+          <t>INE556F08KM1</t>
+        </is>
+      </c>
+      <c r="D51" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E51" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>2552.57</v>
+      </c>
+      <c r="G51" s="7" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="H51" s="8" t="n">
+        <v>46521</v>
+      </c>
+      <c r="J51" s="6" t="n">
+        <v>7.02</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="84" t="n">
+        <v>44</v>
+      </c>
+      <c r="B52" s="84" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C52" s="84" t="inlineStr">
+        <is>
+          <t>INE020B08AA3</t>
+        </is>
+      </c>
+      <c r="D52" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E52" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>2546.7</v>
+      </c>
+      <c r="G52" s="7" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="H52" s="8" t="n">
+        <v>46333</v>
+      </c>
+      <c r="J52" s="6" t="n">
+        <v>7.0001</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="84" t="n">
+        <v>45</v>
+      </c>
+      <c r="B53" s="84" t="inlineStr">
+        <is>
+          <t>Jio Credit Limited**</t>
+        </is>
+      </c>
+      <c r="C53" s="84" t="inlineStr">
+        <is>
+          <t>INE282H07034</t>
+        </is>
+      </c>
+      <c r="D53" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E53" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>2545.5</v>
+      </c>
+      <c r="G53" s="7" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="H53" s="8" t="n">
+        <v>46673</v>
+      </c>
+      <c r="J53" s="6" t="n">
+        <v>7.42</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="84" t="n">
+        <v>46</v>
+      </c>
+      <c r="B54" s="84" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C54" s="84" t="inlineStr">
+        <is>
+          <t>INE916DA7SP4</t>
+        </is>
+      </c>
+      <c r="D54" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E54" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>2545.31</v>
+      </c>
+      <c r="G54" s="7" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="H54" s="8" t="n">
+        <v>46377</v>
+      </c>
+      <c r="J54" s="6" t="n">
+        <v>7.47</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="84" t="n">
+        <v>47</v>
+      </c>
+      <c r="B55" s="84" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C55" s="84" t="inlineStr">
+        <is>
+          <t>INE115A07RA9</t>
+        </is>
+      </c>
+      <c r="D55" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E55" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>2543.56</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="H55" s="8" t="n">
+        <v>46367</v>
+      </c>
+      <c r="J55" s="6" t="n">
+        <v>7.1599</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="84" t="n">
+        <v>48</v>
+      </c>
+      <c r="B56" s="84" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C56" s="84" t="inlineStr">
+        <is>
+          <t>INE134E08IO0</t>
+        </is>
+      </c>
+      <c r="D56" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E56" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>2523.81</v>
+      </c>
+      <c r="G56" s="7" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="H56" s="8" t="n">
+        <v>46392</v>
+      </c>
+      <c r="J56" s="6" t="n">
+        <v>7.0272</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="84" t="n">
+        <v>49</v>
+      </c>
+      <c r="B57" s="84" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C57" s="84" t="inlineStr">
+        <is>
+          <t>INE053F07AC3</t>
+        </is>
+      </c>
+      <c r="D57" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E57" s="12" t="n">
+        <v>200</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>2137.14</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.0037</v>
+      </c>
+      <c r="H57" s="8" t="n">
+        <v>46626</v>
+      </c>
+      <c r="J57" s="6" t="n">
+        <v>6.85</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="84" t="n">
+        <v>50</v>
+      </c>
+      <c r="B58" s="84" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C58" s="84" t="inlineStr">
+        <is>
+          <t>INE134E08NW3</t>
+        </is>
+      </c>
+      <c r="D58" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E58" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>2047.31</v>
+      </c>
+      <c r="G58" s="7" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="H58" s="8" t="n">
         <v>46675</v>
       </c>
-      <c r="J10" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+      <c r="J58" s="6" t="n">
+        <v>6.8922</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="84" t="n">
+        <v>51</v>
+      </c>
+      <c r="B59" s="84" t="inlineStr">
+        <is>
+          <t>HDB Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C59" s="84" t="inlineStr">
+        <is>
+          <t>INE756I07EZ8</t>
+        </is>
+      </c>
+      <c r="D59" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E59" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>1062.34</v>
+      </c>
+      <c r="G59" s="7" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="H59" s="8" t="n">
+        <v>46573</v>
+      </c>
+      <c r="J59" s="6" t="n">
+        <v>7.4457</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="84" t="n">
+        <v>52</v>
+      </c>
+      <c r="B60" s="84" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C60" s="84" t="inlineStr">
+        <is>
+          <t>INE020B08EF4</t>
+        </is>
+      </c>
+      <c r="D60" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E60" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>536.91</v>
+      </c>
+      <c r="G60" s="7" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="H60" s="8" t="n">
+        <v>46081</v>
+      </c>
+      <c r="J60" s="6" t="n">
+        <v>6.1104</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="84" t="n">
+        <v>53</v>
+      </c>
+      <c r="B61" s="84" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C61" s="84" t="inlineStr">
+        <is>
+          <t>INE115A07KE6</t>
+        </is>
+      </c>
+      <c r="D61" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E61" s="12" t="n">
+        <v>50</v>
+      </c>
+      <c r="F61" s="6" t="n">
+        <v>520.8200000000001</v>
+      </c>
+      <c r="G61" s="7" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="H61" s="8" t="n">
+        <v>46252</v>
+      </c>
+      <c r="J61" s="6" t="n">
+        <v>7.155</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="84" t="n">
+        <v>54</v>
+      </c>
+      <c r="B62" s="84" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C62" s="84" t="inlineStr">
+        <is>
+          <t>INE774D07VJ0</t>
+        </is>
+      </c>
+      <c r="D62" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E62" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>267.65</v>
+      </c>
+      <c r="G62" s="7" t="n">
+        <v>0.0005</v>
+      </c>
+      <c r="H62" s="8" t="n">
+        <v>46504</v>
+      </c>
+      <c r="J62" s="6" t="n">
+        <v>7.4199</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="9" t="n"/>
+      <c r="B63" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C63" s="9" t="n"/>
+      <c r="D63" s="9" t="n"/>
+      <c r="E63" s="9" t="n"/>
+      <c r="F63" s="10" t="n">
+        <v>274785.26</v>
+      </c>
+      <c r="G63" s="11" t="n">
+        <v>0.4764</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="B65" s="4" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="84" t="n">
+        <v>55</v>
+      </c>
+      <c r="B66" s="84" t="inlineStr">
+        <is>
+          <t>6.01% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C66" s="84" t="inlineStr">
+        <is>
+          <t>IN0020250067</t>
+        </is>
+      </c>
+      <c r="D66" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E66" s="12" t="n">
+        <v>17000000</v>
+      </c>
+      <c r="F66" s="6" t="n">
+        <v>16871.81</v>
+      </c>
+      <c r="G66" s="7" t="n">
+        <v>0.0292</v>
+      </c>
+      <c r="H66" s="8" t="n">
+        <v>47685</v>
+      </c>
+      <c r="J66" s="6" t="n">
+        <v>6.3158</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="84" t="n">
+        <v>56</v>
+      </c>
+      <c r="B67" s="84" t="inlineStr">
+        <is>
+          <t>6.85% Uttar Pradesh SDL 2026</t>
+        </is>
+      </c>
+      <c r="C67" s="84" t="inlineStr">
+        <is>
+          <t>IN3320160275</t>
+        </is>
+      </c>
+      <c r="D67" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E67" s="12" t="n">
+        <v>9714000</v>
+      </c>
+      <c r="F67" s="6" t="n">
+        <v>9939.700000000001</v>
+      </c>
+      <c r="G67" s="7" t="n">
+        <v>0.0172</v>
+      </c>
+      <c r="H67" s="8" t="n">
+        <v>46349</v>
+      </c>
+      <c r="J67" s="6" t="n">
+        <v>5.8306</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="84" t="n">
+        <v>57</v>
+      </c>
+      <c r="B68" s="84" t="inlineStr">
+        <is>
+          <t>8.51% GOI FRB 2033</t>
+        </is>
+      </c>
+      <c r="C68" s="84" t="inlineStr">
+        <is>
+          <t>IN0020200120</t>
+        </is>
+      </c>
+      <c r="D68" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E68" s="12" t="n">
+        <v>7000000</v>
+      </c>
+      <c r="F68" s="6" t="n">
+        <v>7437.01</v>
+      </c>
+      <c r="G68" s="7" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="H68" s="8" t="n">
+        <v>48844</v>
+      </c>
+      <c r="J68" s="6" t="n">
+        <v>6.2729</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="84" t="n">
+        <v>58</v>
+      </c>
+      <c r="B69" s="84" t="inlineStr">
+        <is>
+          <t>6.48% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C69" s="84" t="inlineStr">
+        <is>
+          <t>IN0020250091</t>
+        </is>
+      </c>
+      <c r="D69" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E69" s="12" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F69" s="6" t="n">
+        <v>5045.81</v>
+      </c>
+      <c r="G69" s="7" t="n">
+        <v>0.008699999999999999</v>
+      </c>
+      <c r="H69" s="8" t="n">
+        <v>49588</v>
+      </c>
+      <c r="J69" s="6" t="n">
+        <v>6.6812</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="84" t="n">
+        <v>59</v>
+      </c>
+      <c r="B70" s="84" t="inlineStr">
+        <is>
+          <t>7.86% Karnataka SDL 2027</t>
+        </is>
+      </c>
+      <c r="C70" s="84" t="inlineStr">
+        <is>
+          <t>IN1920160117</t>
+        </is>
+      </c>
+      <c r="D70" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E70" s="12" t="n">
+        <v>4000000</v>
+      </c>
+      <c r="F70" s="6" t="n">
+        <v>4210.81</v>
+      </c>
+      <c r="G70" s="7" t="n">
+        <v>0.0073</v>
+      </c>
+      <c r="H70" s="8" t="n">
+        <v>46461</v>
+      </c>
+      <c r="J70" s="6" t="n">
+        <v>5.9399</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="84" t="n">
+        <v>60</v>
+      </c>
+      <c r="B71" s="84" t="inlineStr">
+        <is>
+          <t>7.15% Maharashtra SDL 2026</t>
+        </is>
+      </c>
+      <c r="C71" s="84" t="inlineStr">
+        <is>
+          <t>IN2220160088</t>
+        </is>
+      </c>
+      <c r="D71" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E71" s="12" t="n">
+        <v>4000000</v>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>4132.3</v>
+      </c>
+      <c r="G71" s="7" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="H71" s="8" t="n">
+        <v>46308</v>
+      </c>
+      <c r="J71" s="6" t="n">
+        <v>5.7755</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="84" t="n">
+        <v>61</v>
+      </c>
+      <c r="B72" s="84" t="inlineStr">
+        <is>
+          <t>7.98% Gujarat SDL 2026</t>
+        </is>
+      </c>
+      <c r="C72" s="84" t="inlineStr">
+        <is>
+          <t>IN1520160038</t>
+        </is>
+      </c>
+      <c r="D72" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E72" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F72" s="6" t="n">
+        <v>2567.65</v>
+      </c>
+      <c r="G72" s="7" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="H72" s="8" t="n">
+        <v>46153</v>
+      </c>
+      <c r="J72" s="6" t="n">
+        <v>5.4321</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="84" t="n">
+        <v>62</v>
+      </c>
+      <c r="B73" s="84" t="inlineStr">
+        <is>
+          <t>7.24% Gujarat SDL 2026</t>
+        </is>
+      </c>
+      <c r="C73" s="84" t="inlineStr">
+        <is>
+          <t>IN1520160160</t>
+        </is>
+      </c>
+      <c r="D73" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E73" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F73" s="6" t="n">
+        <v>2553.98</v>
+      </c>
+      <c r="G73" s="7" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="H73" s="8" t="n">
+        <v>46384</v>
+      </c>
+      <c r="J73" s="6" t="n">
+        <v>5.7955</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="84" t="n">
+        <v>63</v>
+      </c>
+      <c r="B74" s="84" t="inlineStr">
+        <is>
+          <t>7.59% Gujarat SDL 2027</t>
+        </is>
+      </c>
+      <c r="C74" s="84" t="inlineStr">
+        <is>
+          <t>IN1520160194</t>
+        </is>
+      </c>
+      <c r="D74" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E74" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F74" s="6" t="n">
+        <v>2542.55</v>
+      </c>
+      <c r="G74" s="7" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="H74" s="8" t="n">
+        <v>46433</v>
+      </c>
+      <c r="J74" s="6" t="n">
+        <v>5.83</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="84" t="n">
+        <v>64</v>
+      </c>
+      <c r="B75" s="84" t="inlineStr">
+        <is>
+          <t>6.36% Himachal Pradesh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C75" s="84" t="inlineStr">
+        <is>
+          <t>IN1720200030</t>
+        </is>
+      </c>
+      <c r="D75" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E75" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F75" s="6" t="n">
+        <v>2493.41</v>
+      </c>
+      <c r="G75" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="H75" s="8" t="n">
+        <v>46963</v>
+      </c>
+      <c r="J75" s="6" t="n">
+        <v>6.6109</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="84" t="n">
+        <v>65</v>
+      </c>
+      <c r="B76" s="84" t="inlineStr">
+        <is>
+          <t>7.40% Maharashtra SDL 2031</t>
+        </is>
+      </c>
+      <c r="C76" s="84" t="inlineStr">
+        <is>
+          <t>IN2220230097</t>
+        </is>
+      </c>
+      <c r="D76" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E76" s="12" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F76" s="6" t="n">
+        <v>2053.87</v>
+      </c>
+      <c r="G76" s="7" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="H76" s="8" t="n">
+        <v>48027</v>
+      </c>
+      <c r="J76" s="6" t="n">
+        <v>7.0101</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="84" t="n">
+        <v>66</v>
+      </c>
+      <c r="B77" s="84" t="inlineStr">
+        <is>
+          <t>6.24% Maharashtra SDL 2026</t>
+        </is>
+      </c>
+      <c r="C77" s="84" t="inlineStr">
+        <is>
+          <t>IN2220210214</t>
+        </is>
+      </c>
+      <c r="D77" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E77" s="12" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F77" s="6" t="n">
+        <v>2008.03</v>
+      </c>
+      <c r="G77" s="7" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="H77" s="8" t="n">
+        <v>46245</v>
+      </c>
+      <c r="J77" s="6" t="n">
+        <v>5.615</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="84" t="n">
+        <v>67</v>
+      </c>
+      <c r="B78" s="84" t="inlineStr">
+        <is>
+          <t>6.88% Uttar Pradesh SDL 2031</t>
+        </is>
+      </c>
+      <c r="C78" s="84" t="inlineStr">
+        <is>
+          <t>IN3320210013</t>
+        </is>
+      </c>
+      <c r="D78" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E78" s="12" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F78" s="6" t="n">
+        <v>2001.04</v>
+      </c>
+      <c r="G78" s="7" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="H78" s="8" t="n">
+        <v>48022</v>
+      </c>
+      <c r="J78" s="6" t="n">
+        <v>7.096</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="84" t="n">
+        <v>68</v>
+      </c>
+      <c r="B79" s="84" t="inlineStr">
+        <is>
+          <t>7.37% Maharashtra SDL 2026</t>
+        </is>
+      </c>
+      <c r="C79" s="84" t="inlineStr">
+        <is>
+          <t>IN2220160062</t>
+        </is>
+      </c>
+      <c r="D79" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E79" s="12" t="n">
+        <v>1875000</v>
+      </c>
+      <c r="F79" s="6" t="n">
+        <v>1951.46</v>
+      </c>
+      <c r="G79" s="7" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="H79" s="8" t="n">
+        <v>46279</v>
+      </c>
+      <c r="J79" s="6" t="n">
+        <v>5.635</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="84" t="n">
+        <v>69</v>
+      </c>
+      <c r="B80" s="84" t="inlineStr">
+        <is>
+          <t>7.39% Maharashtra SDL 2026</t>
+        </is>
+      </c>
+      <c r="C80" s="84" t="inlineStr">
+        <is>
+          <t>IN2220160104</t>
+        </is>
+      </c>
+      <c r="D80" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E80" s="12" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F80" s="6" t="n">
+        <v>1030.96</v>
+      </c>
+      <c r="G80" s="7" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="H80" s="8" t="n">
+        <v>46335</v>
+      </c>
+      <c r="J80" s="6" t="n">
+        <v>5.8055</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="84" t="n">
+        <v>70</v>
+      </c>
+      <c r="B81" s="84" t="inlineStr">
+        <is>
+          <t>7.08% Karnataka SDL 2031</t>
+        </is>
+      </c>
+      <c r="C81" s="84" t="inlineStr">
+        <is>
+          <t>IN1920240232</t>
+        </is>
+      </c>
+      <c r="D81" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E81" s="12" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F81" s="6" t="n">
+        <v>1003.69</v>
+      </c>
+      <c r="G81" s="7" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="H81" s="8" t="n">
+        <v>48072</v>
+      </c>
+      <c r="J81" s="6" t="n">
+        <v>7.015</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="84" t="n">
+        <v>71</v>
+      </c>
+      <c r="B82" s="84" t="inlineStr">
+        <is>
+          <t>7.16% Maharashtra SDL 2026</t>
+        </is>
+      </c>
+      <c r="C82" s="84" t="inlineStr">
+        <is>
+          <t>IN2220160070</t>
+        </is>
+      </c>
+      <c r="D82" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E82" s="12" t="n">
+        <v>826200</v>
+      </c>
+      <c r="F82" s="6" t="n">
+        <v>856.34</v>
+      </c>
+      <c r="G82" s="7" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="H82" s="8" t="n">
+        <v>46293</v>
+      </c>
+      <c r="J82" s="6" t="n">
+        <v>5.635</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="84" t="n">
+        <v>72</v>
+      </c>
+      <c r="B83" s="84" t="inlineStr">
+        <is>
+          <t>6.83% Karnataka SDL 2026</t>
+        </is>
+      </c>
+      <c r="C83" s="84" t="inlineStr">
+        <is>
+          <t>IN1920160042</t>
+        </is>
+      </c>
+      <c r="D83" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E83" s="12" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F83" s="6" t="n">
+        <v>511.65</v>
+      </c>
+      <c r="G83" s="7" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="H83" s="8" t="n">
+        <v>46349</v>
+      </c>
+      <c r="J83" s="6" t="n">
+        <v>5.7955</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="84" t="n">
+        <v>73</v>
+      </c>
+      <c r="B84" s="84" t="inlineStr">
+        <is>
+          <t>7.05% Gujarat SDL 2026</t>
+        </is>
+      </c>
+      <c r="C84" s="84" t="inlineStr">
+        <is>
+          <t>IN1520160152</t>
+        </is>
+      </c>
+      <c r="D84" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E84" s="12" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F84" s="6" t="n">
+        <v>511.01</v>
+      </c>
+      <c r="G84" s="7" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="H84" s="8" t="n">
+        <v>46370</v>
+      </c>
+      <c r="J84" s="6" t="n">
+        <v>5.7955</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="9" t="n"/>
+      <c r="B85" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C85" s="9" t="n"/>
+      <c r="D85" s="9" t="n"/>
+      <c r="E85" s="9" t="n"/>
+      <c r="F85" s="10" t="n">
+        <v>69723.08</v>
+      </c>
+      <c r="G85" s="11" t="n">
+        <v>0.1208</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="B87" s="4" t="inlineStr">
+        <is>
+          <t>Securitised Debt</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="84" t="n">
+        <v>74</v>
+      </c>
+      <c r="B88" s="84" t="inlineStr">
+        <is>
+          <t>India Universal Trust</t>
+        </is>
+      </c>
+      <c r="C88" s="84" t="inlineStr">
+        <is>
+          <t>INE16J715027</t>
+        </is>
+      </c>
+      <c r="D88" s="84" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="E88" s="12" t="n">
+        <v>89</v>
+      </c>
+      <c r="F88" s="6" t="n">
+        <v>7248.57</v>
+      </c>
+      <c r="G88" s="7" t="n">
+        <v>0.0126</v>
+      </c>
+      <c r="H88" s="8" t="n">
+        <v>46527</v>
+      </c>
+      <c r="J88" s="6" t="n">
+        <v>7.8</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="84" t="n">
+        <v>75</v>
+      </c>
+      <c r="B89" s="84" t="inlineStr">
+        <is>
+          <t>India Universal Trust</t>
+        </is>
+      </c>
+      <c r="C89" s="84" t="inlineStr">
+        <is>
+          <t>INE16J715019</t>
+        </is>
+      </c>
+      <c r="D89" s="84" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="E89" s="12" t="n">
+        <v>129</v>
+      </c>
+      <c r="F89" s="6" t="n">
+        <v>2629.83</v>
+      </c>
+      <c r="G89" s="7" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="H89" s="8" t="n">
+        <v>46223</v>
+      </c>
+      <c r="J89" s="6" t="n">
+        <v>7.945</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="9" t="n"/>
+      <c r="B90" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C90" s="9" t="n"/>
+      <c r="D90" s="9" t="n"/>
+      <c r="E90" s="9" t="n"/>
+      <c r="F90" s="10" t="n">
+        <v>9878.4</v>
+      </c>
+      <c r="G90" s="11" t="n">
+        <v>0.0172</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="B92" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="93">
+      <c r="B93" s="4" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="84" t="n">
+        <v>76</v>
+      </c>
+      <c r="B94" s="84" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C94" s="84" t="inlineStr">
+        <is>
+          <t>INE040A16GW7</t>
+        </is>
+      </c>
+      <c r="D94" s="84" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
-      <c r="L10" s="6" t="n">
-[...4 lines deleted...]
-      <c r="A11" s="1" t="n">
+      <c r="E94" s="12" t="n">
+        <v>3500</v>
+      </c>
+      <c r="F94" s="6" t="n">
+        <v>17199.12</v>
+      </c>
+      <c r="G94" s="7" t="n">
+        <v>0.0298</v>
+      </c>
+      <c r="H94" s="8" t="n">
+        <v>46161</v>
+      </c>
+      <c r="J94" s="6" t="n">
+        <v>6.9407</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="84" t="n">
+        <v>77</v>
+      </c>
+      <c r="B95" s="84" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C95" s="84" t="inlineStr">
+        <is>
+          <t>INE238AD6BK4</t>
+        </is>
+      </c>
+      <c r="D95" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E95" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F95" s="6" t="n">
+        <v>12327.41</v>
+      </c>
+      <c r="G95" s="7" t="n">
+        <v>0.0214</v>
+      </c>
+      <c r="H95" s="8" t="n">
+        <v>46142</v>
+      </c>
+      <c r="J95" s="6" t="n">
+        <v>7.0002</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="84" t="n">
+        <v>78</v>
+      </c>
+      <c r="B96" s="84" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C96" s="84" t="inlineStr">
+        <is>
+          <t>INE476A16G44</t>
+        </is>
+      </c>
+      <c r="D96" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E96" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F96" s="6" t="n">
+        <v>11730.65</v>
+      </c>
+      <c r="G96" s="7" t="n">
+        <v>0.0203</v>
+      </c>
+      <c r="H96" s="8" t="n">
+        <v>46420</v>
+      </c>
+      <c r="J96" s="6" t="n">
+        <v>6.8201</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="84" t="n">
+        <v>79</v>
+      </c>
+      <c r="B97" s="84" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C97" s="84" t="inlineStr">
+        <is>
+          <t>INE040A16HF0</t>
+        </is>
+      </c>
+      <c r="D97" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E97" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F97" s="6" t="n">
+        <v>9686.450000000001</v>
+      </c>
+      <c r="G97" s="7" t="n">
+        <v>0.0168</v>
+      </c>
+      <c r="H97" s="8" t="n">
+        <v>46239</v>
+      </c>
+      <c r="J97" s="6" t="n">
+        <v>6.95</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="84" t="n">
+        <v>80</v>
+      </c>
+      <c r="B98" s="84" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C98" s="84" t="inlineStr">
+        <is>
+          <t>INE028A16KY0</t>
+        </is>
+      </c>
+      <c r="D98" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E98" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F98" s="6" t="n">
+        <v>9426.24</v>
+      </c>
+      <c r="G98" s="7" t="n">
+        <v>0.0163</v>
+      </c>
+      <c r="H98" s="8" t="n">
+        <v>46395</v>
+      </c>
+      <c r="J98" s="6" t="n">
+        <v>6.815</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="84" t="n">
+        <v>81</v>
+      </c>
+      <c r="B99" s="84" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C99" s="84" t="inlineStr">
+        <is>
+          <t>INE028A16JR6</t>
+        </is>
+      </c>
+      <c r="D99" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E99" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F99" s="6" t="n">
+        <v>7363.58</v>
+      </c>
+      <c r="G99" s="7" t="n">
+        <v>0.0128</v>
+      </c>
+      <c r="H99" s="8" t="n">
+        <v>46167</v>
+      </c>
+      <c r="J99" s="6" t="n">
+        <v>6.9</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="84" t="n">
+        <v>82</v>
+      </c>
+      <c r="B100" s="84" t="inlineStr">
+        <is>
+          <t>Union Bank of India</t>
+        </is>
+      </c>
+      <c r="C100" s="84" t="inlineStr">
+        <is>
+          <t>INE692A16KH8</t>
+        </is>
+      </c>
+      <c r="D100" s="84" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E100" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F100" s="6" t="n">
+        <v>7354.08</v>
+      </c>
+      <c r="G100" s="7" t="n">
+        <v>0.0127</v>
+      </c>
+      <c r="H100" s="8" t="n">
+        <v>46174</v>
+      </c>
+      <c r="J100" s="6" t="n">
+        <v>6.8975</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="84" t="n">
+        <v>83</v>
+      </c>
+      <c r="B101" s="84" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C101" s="84" t="inlineStr">
+        <is>
+          <t>INE238AD6AU5</t>
+        </is>
+      </c>
+      <c r="D101" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E101" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F101" s="6" t="n">
+        <v>7339.06</v>
+      </c>
+      <c r="G101" s="7" t="n">
+        <v>0.0127</v>
+      </c>
+      <c r="H101" s="8" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J101" s="6" t="n">
+        <v>6.8999</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="84" t="n">
+        <v>84</v>
+      </c>
+      <c r="B102" s="84" t="inlineStr">
+        <is>
+          <t>Union Bank of India</t>
+        </is>
+      </c>
+      <c r="C102" s="84" t="inlineStr">
+        <is>
+          <t>INE692A16JQ1</t>
+        </is>
+      </c>
+      <c r="D102" s="84" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E102" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F102" s="6" t="n">
+        <v>7321.46</v>
+      </c>
+      <c r="G102" s="7" t="n">
+        <v>0.0127</v>
+      </c>
+      <c r="H102" s="8" t="n">
+        <v>46198</v>
+      </c>
+      <c r="J102" s="6" t="n">
+        <v>6.9001</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="84" t="n">
+        <v>85</v>
+      </c>
+      <c r="B103" s="84" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C103" s="84" t="inlineStr">
+        <is>
+          <t>INE556F16BL5</t>
+        </is>
+      </c>
+      <c r="D103" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E103" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F103" s="6" t="n">
+        <v>7171.82</v>
+      </c>
+      <c r="G103" s="7" t="n">
+        <v>0.0124</v>
+      </c>
+      <c r="H103" s="8" t="n">
+        <v>46308</v>
+      </c>
+      <c r="J103" s="6" t="n">
+        <v>6.9883</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="84" t="n">
+        <v>86</v>
+      </c>
+      <c r="B104" s="84" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C104" s="84" t="inlineStr">
+        <is>
+          <t>INE476A16G28</t>
+        </is>
+      </c>
+      <c r="D104" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E104" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F104" s="6" t="n">
+        <v>7044.57</v>
+      </c>
+      <c r="G104" s="7" t="n">
+        <v>0.0122</v>
+      </c>
+      <c r="H104" s="8" t="n">
+        <v>46415</v>
+      </c>
+      <c r="J104" s="6" t="n">
+        <v>6.82</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="84" t="n">
+        <v>87</v>
+      </c>
+      <c r="B105" s="84" t="inlineStr">
+        <is>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C105" s="84" t="inlineStr">
+        <is>
+          <t>INE692A16KG0</t>
+        </is>
+      </c>
+      <c r="D105" s="84" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E105" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F105" s="6" t="n">
+        <v>4908.15</v>
+      </c>
+      <c r="G105" s="7" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="H105" s="8" t="n">
+        <v>46168</v>
+      </c>
+      <c r="J105" s="6" t="n">
+        <v>6.9001</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="84" t="n">
+        <v>88</v>
+      </c>
+      <c r="B106" s="84" t="inlineStr">
+        <is>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C106" s="84" t="inlineStr">
+        <is>
+          <t>INE692A16KS5</t>
+        </is>
+      </c>
+      <c r="D106" s="84" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E106" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F106" s="6" t="n">
+        <v>4899.98</v>
+      </c>
+      <c r="G106" s="7" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="H106" s="8" t="n">
+        <v>46177</v>
+      </c>
+      <c r="J106" s="6" t="n">
+        <v>6.899</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="84" t="n">
+        <v>89</v>
+      </c>
+      <c r="B107" s="84" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C107" s="84" t="inlineStr">
+        <is>
+          <t>INE028A16KI3</t>
+        </is>
+      </c>
+      <c r="D107" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E107" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F107" s="6" t="n">
+        <v>4763.51</v>
+      </c>
+      <c r="G107" s="7" t="n">
+        <v>0.0083</v>
+      </c>
+      <c r="H107" s="8" t="n">
+        <v>46332</v>
+      </c>
+      <c r="J107" s="6" t="n">
+        <v>6.8901</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="84" t="n">
+        <v>90</v>
+      </c>
+      <c r="B108" s="84" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C108" s="84" t="inlineStr">
+        <is>
+          <t>INE040A16HU9</t>
+        </is>
+      </c>
+      <c r="D108" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E108" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F108" s="6" t="n">
+        <v>4763.19</v>
+      </c>
+      <c r="G108" s="7" t="n">
+        <v>0.0083</v>
+      </c>
+      <c r="H108" s="8" t="n">
+        <v>46332</v>
+      </c>
+      <c r="J108" s="6" t="n">
+        <v>6.9001</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="84" t="n">
+        <v>91</v>
+      </c>
+      <c r="B109" s="84" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C109" s="84" t="inlineStr">
+        <is>
+          <t>INE040A16HW5</t>
+        </is>
+      </c>
+      <c r="D109" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E109" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F109" s="6" t="n">
+        <v>4757.19</v>
+      </c>
+      <c r="G109" s="7" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="H109" s="8" t="n">
+        <v>46339</v>
+      </c>
+      <c r="J109" s="6" t="n">
+        <v>6.9001</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="84" t="n">
+        <v>92</v>
+      </c>
+      <c r="B110" s="84" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C110" s="84" t="inlineStr">
+        <is>
+          <t>INE028A16KO1</t>
+        </is>
+      </c>
+      <c r="D110" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E110" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F110" s="6" t="n">
+        <v>4739.65</v>
+      </c>
+      <c r="G110" s="7" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="H110" s="8" t="n">
+        <v>46360</v>
+      </c>
+      <c r="J110" s="6" t="n">
+        <v>6.8901</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="84" t="n">
+        <v>93</v>
+      </c>
+      <c r="B111" s="84" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C111" s="84" t="inlineStr">
+        <is>
+          <t>INE237AD6117</t>
+        </is>
+      </c>
+      <c r="D111" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E111" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F111" s="6" t="n">
+        <v>4712.92</v>
+      </c>
+      <c r="G111" s="7" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="H111" s="8" t="n">
+        <v>46395</v>
+      </c>
+      <c r="J111" s="6" t="n">
+        <v>6.8201</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="84" t="n">
+        <v>94</v>
+      </c>
+      <c r="B112" s="84" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C112" s="84" t="inlineStr">
+        <is>
+          <t>INE556F16BV4</t>
+        </is>
+      </c>
+      <c r="D112" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E112" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F112" s="6" t="n">
+        <v>4703.19</v>
+      </c>
+      <c r="G112" s="7" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="H112" s="8" t="n">
+        <v>46401</v>
+      </c>
+      <c r="J112" s="6" t="n">
+        <v>6.9383</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="84" t="n">
+        <v>95</v>
+      </c>
+      <c r="B113" s="84" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C113" s="84" t="inlineStr">
+        <is>
+          <t>INE040A16IK8</t>
+        </is>
+      </c>
+      <c r="D113" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E113" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F113" s="6" t="n">
+        <v>4699.48</v>
+      </c>
+      <c r="G113" s="7" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="H113" s="8" t="n">
+        <v>46409</v>
+      </c>
+      <c r="J113" s="6" t="n">
+        <v>6.865</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="84" t="n">
+        <v>96</v>
+      </c>
+      <c r="B114" s="84" t="inlineStr">
+        <is>
+          <t>Punjab National Bank**</t>
+        </is>
+      </c>
+      <c r="C114" s="84" t="inlineStr">
+        <is>
+          <t>INE160A16UE2</t>
+        </is>
+      </c>
+      <c r="D114" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E114" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F114" s="6" t="n">
+        <v>4690.25</v>
+      </c>
+      <c r="G114" s="7" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="H114" s="8" t="n">
+        <v>46423</v>
+      </c>
+      <c r="J114" s="6" t="n">
+        <v>6.8094</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="84" t="n">
+        <v>97</v>
+      </c>
+      <c r="B115" s="84" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C115" s="84" t="inlineStr">
+        <is>
+          <t>INE562A16QJ6</t>
+        </is>
+      </c>
+      <c r="D115" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E115" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F115" s="6" t="n">
+        <v>4686.73</v>
+      </c>
+      <c r="G115" s="7" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="H115" s="8" t="n">
+        <v>46427</v>
+      </c>
+      <c r="J115" s="6" t="n">
+        <v>6.8151</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="84" t="n">
+        <v>98</v>
+      </c>
+      <c r="B116" s="84" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C116" s="84" t="inlineStr">
+        <is>
+          <t>INE028A16LI1</t>
+        </is>
+      </c>
+      <c r="D116" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E116" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F116" s="6" t="n">
+        <v>4684.27</v>
+      </c>
+      <c r="G116" s="7" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="H116" s="8" t="n">
+        <v>46430</v>
+      </c>
+      <c r="J116" s="6" t="n">
+        <v>6.815</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="84" t="n">
+        <v>99</v>
+      </c>
+      <c r="B117" s="84" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C117" s="84" t="inlineStr">
+        <is>
+          <t>INE476A16H01</t>
+        </is>
+      </c>
+      <c r="D117" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E117" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F117" s="6" t="n">
+        <v>4684.05</v>
+      </c>
+      <c r="G117" s="7" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="H117" s="8" t="n">
+        <v>46430</v>
+      </c>
+      <c r="J117" s="6" t="n">
+        <v>6.82</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="84" t="n">
+        <v>100</v>
+      </c>
+      <c r="B118" s="84" t="inlineStr">
+        <is>
+          <t>Union Bank of India</t>
+        </is>
+      </c>
+      <c r="C118" s="84" t="inlineStr">
+        <is>
+          <t>INE692A16KC9</t>
+        </is>
+      </c>
+      <c r="D118" s="84" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E118" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F118" s="6" t="n">
+        <v>2458.9</v>
+      </c>
+      <c r="G118" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="H118" s="8" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J118" s="6" t="n">
+        <v>6.9328</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="84" t="n">
+        <v>101</v>
+      </c>
+      <c r="B119" s="84" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C119" s="84" t="inlineStr">
+        <is>
+          <t>INE514E16CL5</t>
+        </is>
+      </c>
+      <c r="D119" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E119" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F119" s="6" t="n">
+        <v>2453.21</v>
+      </c>
+      <c r="G119" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="H119" s="8" t="n">
+        <v>46170</v>
+      </c>
+      <c r="J119" s="6" t="n">
+        <v>6.8925</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="84" t="n">
+        <v>102</v>
+      </c>
+      <c r="B120" s="84" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C120" s="84" t="inlineStr">
+        <is>
+          <t>INE562A16PR1</t>
+        </is>
+      </c>
+      <c r="D120" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E120" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F120" s="6" t="n">
+        <v>2452.37</v>
+      </c>
+      <c r="G120" s="7" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H120" s="8" t="n">
+        <v>46171</v>
+      </c>
+      <c r="J120" s="6" t="n">
+        <v>6.95</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="84" t="n">
+        <v>103</v>
+      </c>
+      <c r="B121" s="84" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C121" s="84" t="inlineStr">
+        <is>
+          <t>INE028A16KG7</t>
+        </is>
+      </c>
+      <c r="D121" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E121" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F121" s="6" t="n">
+        <v>2450.44</v>
+      </c>
+      <c r="G121" s="7" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H121" s="8" t="n">
+        <v>46176</v>
+      </c>
+      <c r="J121" s="6" t="n">
+        <v>6.8999</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="84" t="n">
+        <v>104</v>
+      </c>
+      <c r="B122" s="84" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C122" s="84" t="inlineStr">
+        <is>
+          <t>INE040A16HP9</t>
+        </is>
+      </c>
+      <c r="D122" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E122" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F122" s="6" t="n">
+        <v>2446.04</v>
+      </c>
+      <c r="G122" s="7" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H122" s="8" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J122" s="6" t="n">
+        <v>6.9413</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="84" t="n">
+        <v>105</v>
+      </c>
+      <c r="B123" s="84" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C123" s="84" t="inlineStr">
+        <is>
+          <t>INE040A16HB9</t>
+        </is>
+      </c>
+      <c r="D123" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E123" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F123" s="6" t="n">
+        <v>2440.6</v>
+      </c>
+      <c r="G123" s="7" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H123" s="8" t="n">
+        <v>46197</v>
+      </c>
+      <c r="J123" s="6" t="n">
+        <v>6.9407</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="84" t="n">
+        <v>106</v>
+      </c>
+      <c r="B124" s="84" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C124" s="84" t="inlineStr">
+        <is>
+          <t>INE028A16LC4</t>
+        </is>
+      </c>
+      <c r="D124" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E124" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F124" s="6" t="n">
+        <v>2348.7</v>
+      </c>
+      <c r="G124" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="H124" s="8" t="n">
+        <v>46414</v>
+      </c>
+      <c r="J124" s="6" t="n">
+        <v>6.8151</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="84" t="n">
+        <v>107</v>
+      </c>
+      <c r="B125" s="84" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C125" s="84" t="inlineStr">
+        <is>
+          <t>INE261F16AG4</t>
+        </is>
+      </c>
+      <c r="D125" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E125" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F125" s="6" t="n">
+        <v>2347.05</v>
+      </c>
+      <c r="G125" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="H125" s="8" t="n">
+        <v>46414</v>
+      </c>
+      <c r="J125" s="6" t="n">
+        <v>6.8947</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="84" t="n">
+        <v>108</v>
+      </c>
+      <c r="B126" s="84" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C126" s="84" t="inlineStr">
+        <is>
+          <t>INE261F16AH2</t>
+        </is>
+      </c>
+      <c r="D126" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E126" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F126" s="6" t="n">
+        <v>2346.65</v>
+      </c>
+      <c r="G126" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="H126" s="8" t="n">
+        <v>46415</v>
+      </c>
+      <c r="J126" s="6" t="n">
+        <v>6.8936</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="84" t="n">
+        <v>109</v>
+      </c>
+      <c r="B127" s="84" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C127" s="84" t="inlineStr">
+        <is>
+          <t>INE237AD6141</t>
+        </is>
+      </c>
+      <c r="D127" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E127" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F127" s="6" t="n">
+        <v>2342.02</v>
+      </c>
+      <c r="G127" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="H127" s="8" t="n">
+        <v>46430</v>
+      </c>
+      <c r="J127" s="6" t="n">
+        <v>6.82</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="9" t="n"/>
+      <c r="B128" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C128" s="9" t="n"/>
+      <c r="D128" s="9" t="n"/>
+      <c r="E128" s="9" t="n"/>
+      <c r="F128" s="10" t="n">
+        <v>189742.98</v>
+      </c>
+      <c r="G128" s="11" t="n">
+        <v>0.3288</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="B130" s="4" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="131">
+      <c r="B131" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="84" t="n">
+        <v>110</v>
+      </c>
+      <c r="B132" s="84" t="inlineStr">
+        <is>
+          <t>Standard Chartered Capital Limited**</t>
+        </is>
+      </c>
+      <c r="C132" s="84" t="inlineStr">
+        <is>
+          <t>INE403G14TM3</t>
+        </is>
+      </c>
+      <c r="D132" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E132" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F132" s="6" t="n">
+        <v>4904.81</v>
+      </c>
+      <c r="G132" s="7" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="H132" s="8" t="n">
+        <v>46161</v>
+      </c>
+      <c r="J132" s="6" t="n">
+        <v>7.6999</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="84" t="n">
+        <v>111</v>
+      </c>
+      <c r="B133" s="84" t="inlineStr">
+        <is>
+          <t>Standard Chartered Capital Limited**</t>
+        </is>
+      </c>
+      <c r="C133" s="84" t="inlineStr">
+        <is>
+          <t>INE403G14TT8</t>
+        </is>
+      </c>
+      <c r="D133" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E133" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F133" s="6" t="n">
+        <v>4789.43</v>
+      </c>
+      <c r="G133" s="7" t="n">
+        <v>0.0083</v>
+      </c>
+      <c r="H133" s="8" t="n">
+        <v>46275</v>
+      </c>
+      <c r="J133" s="6" t="n">
+        <v>7.79</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="84" t="n">
+        <v>112</v>
+      </c>
+      <c r="B134" s="84" t="inlineStr">
+        <is>
+          <t>Axis Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C134" s="84" t="inlineStr">
+        <is>
+          <t>INE110O14HP6</t>
+        </is>
+      </c>
+      <c r="D134" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E134" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F134" s="6" t="n">
+        <v>4662.23</v>
+      </c>
+      <c r="G134" s="7" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="H134" s="8" t="n">
+        <v>46430</v>
+      </c>
+      <c r="J134" s="6" t="n">
+        <v>7.325</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="9" t="n"/>
+      <c r="B135" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C135" s="9" t="n"/>
+      <c r="D135" s="9" t="n"/>
+      <c r="E135" s="9" t="n"/>
+      <c r="F135" s="10" t="n">
+        <v>14356.47</v>
+      </c>
+      <c r="G135" s="11" t="n">
+        <v>0.0249</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="B137" s="4" t="inlineStr">
+        <is>
+          <t>Treasury Bill</t>
+        </is>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" s="84" t="n">
+        <v>113</v>
+      </c>
+      <c r="B138" s="84" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2027</t>
+        </is>
+      </c>
+      <c r="C138" s="84" t="inlineStr">
+        <is>
+          <t>IN002025Z427</t>
+        </is>
+      </c>
+      <c r="D138" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E138" s="12" t="n">
+        <v>7500000</v>
+      </c>
+      <c r="F138" s="6" t="n">
+        <v>7132.98</v>
+      </c>
+      <c r="G138" s="7" t="n">
+        <v>0.0124</v>
+      </c>
+      <c r="H138" s="8" t="n">
+        <v>46408</v>
+      </c>
+      <c r="J138" s="6" t="n">
+        <v>5.54</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" s="9" t="n"/>
+      <c r="B139" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C139" s="9" t="n"/>
+      <c r="D139" s="9" t="n"/>
+      <c r="E139" s="9" t="n"/>
+      <c r="F139" s="10" t="n">
+        <v>7132.98</v>
+      </c>
+      <c r="G139" s="11" t="n">
+        <v>0.0124</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" s="84" t="n">
+        <v>114</v>
+      </c>
+      <c r="B141" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F141" s="6" t="n">
+        <v>7452.89</v>
+      </c>
+      <c r="G141" s="7" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="H141" s="8" t="n">
+        <v>46069</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" s="9" t="n"/>
+      <c r="B142" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C142" s="9" t="n"/>
+      <c r="D142" s="9" t="n"/>
+      <c r="E142" s="9" t="n"/>
+      <c r="F142" s="10" t="n">
+        <v>7452.89</v>
+      </c>
+      <c r="G142" s="11" t="n">
+        <v>0.0129</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="B144" s="4" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" s="84" t="n">
+        <v>115</v>
+      </c>
+      <c r="B145" s="84" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C145" s="84" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E145" s="12" t="n">
+        <v>15090.147</v>
+      </c>
+      <c r="F145" s="6" t="n">
+        <v>1756.34</v>
+      </c>
+      <c r="G145" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J145" s="6" t="n"/>
+    </row>
+    <row r="146">
+      <c r="A146" s="9" t="n"/>
+      <c r="B146" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C146" s="9" t="n"/>
+      <c r="D146" s="9" t="n"/>
+      <c r="E146" s="9" t="n"/>
+      <c r="F146" s="10" t="n">
+        <v>1756.34</v>
+      </c>
+      <c r="G146" s="11" t="n">
+        <v>0.003</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="B148" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="149">
+      <c r="B149" s="84" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E149" s="12" t="n"/>
+      <c r="F149" s="6" t="n">
+        <v>2218.79</v>
+      </c>
+      <c r="G149" s="7" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="J149" s="6" t="n"/>
+    </row>
+    <row r="150">
+      <c r="A150" s="9" t="n"/>
+      <c r="B150" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C150" s="9" t="n"/>
+      <c r="D150" s="9" t="n"/>
+      <c r="E150" s="9" t="n"/>
+      <c r="F150" s="10" t="n">
+        <v>2218.79</v>
+      </c>
+      <c r="G150" s="11" t="n">
+        <v>0.0036</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" s="5" t="n"/>
+      <c r="B152" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C152" s="5" t="n"/>
+      <c r="D152" s="5" t="n"/>
+      <c r="E152" s="5" t="n"/>
+      <c r="F152" s="13" t="n">
+        <v>577047.1899999999</v>
+      </c>
+      <c r="G152" s="14" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" s="81" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" s="84" t="n">
+        <v>1</v>
+      </c>
+      <c r="B154" s="84" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" s="15" t="n">
+        <v>2</v>
+      </c>
+      <c r="B155" s="15" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" ht="72" customHeight="1" s="62">
+      <c r="A156" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
-[...3990 lines deleted...]
-      <c r="B146" s="89" t="inlineStr">
+      <c r="B156" s="68" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
     </row>
-    <row r="147" ht="14.5" customHeight="1" s="70">
-[...4 lines deleted...]
-      <c r="B148" s="46" t="inlineStr">
+    <row r="157">
+      <c r="A157" s="15" t="n"/>
+      <c r="B157" s="45" t="inlineStr">
         <is>
           <t>Disclosure in Derivatives</t>
         </is>
       </c>
-      <c r="C148" s="46" t="inlineStr">
+      <c r="C157" s="45" t="inlineStr">
         <is>
           <t>Industry</t>
         </is>
       </c>
-      <c r="D148" s="46" t="inlineStr">
+      <c r="D157" s="45" t="inlineStr">
         <is>
           <t>Notional Value</t>
         </is>
       </c>
-      <c r="E148" s="46" t="inlineStr">
+      <c r="E157" s="45" t="inlineStr">
         <is>
           <t>% To net assets</t>
         </is>
       </c>
     </row>
-    <row r="149">
-[...1 lines deleted...]
-      <c r="B149" s="51" t="inlineStr">
+    <row r="158">
+      <c r="A158" s="15" t="n"/>
+      <c r="B158" s="50" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C149" s="52" t="inlineStr">
+      <c r="C158" s="51" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D149" s="49" t="n">
+      <c r="D158" s="48" t="n">
         <v>1000000000</v>
       </c>
-      <c r="E149" s="53" t="n">
+      <c r="E158" s="52" t="n">
         <v>3e-05</v>
       </c>
     </row>
-    <row r="150">
-[...1 lines deleted...]
-      <c r="B150" s="51" t="inlineStr">
+    <row r="159">
+      <c r="A159" s="15" t="n"/>
+      <c r="B159" s="50" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C150" s="52" t="inlineStr">
+      <c r="C159" s="51" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D150" s="49" t="n">
+      <c r="D159" s="48" t="n">
         <v>1000000000</v>
       </c>
-      <c r="E150" s="53" t="n">
+      <c r="E159" s="52" t="n">
         <v>1e-05</v>
       </c>
     </row>
-    <row r="151">
-[...1 lines deleted...]
-      <c r="B151" s="51" t="inlineStr">
+    <row r="160">
+      <c r="A160" s="15" t="n"/>
+      <c r="B160" s="50" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C151" s="52" t="inlineStr">
+      <c r="C160" s="51" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D151" s="49" t="n">
+      <c r="D160" s="48" t="n">
         <v>250000000</v>
       </c>
-      <c r="E151" s="53" t="n">
+      <c r="E160" s="52" t="n">
         <v>1e-05</v>
       </c>
     </row>
-    <row r="152">
-[...1 lines deleted...]
-      <c r="B152" s="51" t="inlineStr">
+    <row r="161">
+      <c r="A161" s="15" t="n"/>
+      <c r="B161" s="50" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C152" s="52" t="inlineStr">
+      <c r="C161" s="51" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D152" s="49" t="n">
+      <c r="D161" s="48" t="n">
         <v>250000000</v>
       </c>
-      <c r="E152" s="53" t="n">
+      <c r="E161" s="52" t="n">
         <v>1e-05</v>
       </c>
     </row>
-    <row r="153">
-[...1 lines deleted...]
-      <c r="B153" s="51" t="inlineStr">
+    <row r="162">
+      <c r="A162" s="15" t="n"/>
+      <c r="B162" s="50" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C153" s="52" t="inlineStr">
+      <c r="C162" s="51" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D153" s="49" t="n">
+      <c r="D162" s="48" t="n">
         <v>1000000000</v>
       </c>
-      <c r="E153" s="53" t="n">
-[...4 lines deleted...]
-      <c r="B156" s="68" t="inlineStr">
+      <c r="E162" s="52" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" s="15" t="n"/>
+      <c r="B163" s="15" t="n"/>
+    </row>
+    <row r="165" ht="14.5" customHeight="1" s="62">
+      <c r="B165" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="169" ht="14.5" customHeight="1" s="70">
-      <c r="B169" s="68" t="inlineStr">
+    <row r="179" ht="14.5" customHeight="1" s="62">
+      <c r="B179" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: NIFTY Low Duration Debt Index A-I</t>
         </is>
       </c>
     </row>
-    <row r="182">
-[...1 lines deleted...]
-      <c r="C182" s="17" t="inlineStr">
+    <row r="192">
+      <c r="B192" s="17" t="n"/>
+      <c r="C192" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="183">
-      <c r="B183" s="15" t="inlineStr">
+    <row r="193">
+      <c r="B193" s="17" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C183" s="17" t="inlineStr">
+      <c r="C193" s="18" t="inlineStr">
         <is>
           <t>DSP Low Duration Fund</t>
         </is>
       </c>
     </row>
-    <row r="184">
-      <c r="B184" s="15" t="inlineStr">
+    <row r="194">
+      <c r="B194" s="16" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C184" s="18" t="n"/>
-[...2 lines deleted...]
-      <c r="B185" s="15" t="inlineStr">
+      <c r="C194" s="19" t="n"/>
+    </row>
+    <row r="195">
+      <c r="B195" s="16" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C185" s="19" t="n">
-[...4 lines deleted...]
-      <c r="B186" s="15" t="inlineStr">
+      <c r="C195" s="20" t="n">
+        <v>0.0688</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="B196" s="16" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C186" s="18" t="n">
-[...4 lines deleted...]
-      <c r="B187" s="15" t="inlineStr">
+      <c r="C196" s="19" t="n">
+        <v>0.99</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="B197" s="16" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C187" s="18" t="n">
-[...4 lines deleted...]
-      <c r="B188" s="15" t="inlineStr">
+      <c r="C197" s="19" t="n">
+        <v>1.24</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="B198" s="16" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C188" s="20" t="n">
-[...4 lines deleted...]
-      <c r="B189" s="16" t="inlineStr">
+      <c r="C198" s="21" t="n">
+        <v>46068</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="B199" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C189" s="17" t="n"/>
+      <c r="C199" s="18" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="B146:E146"/>
+    <mergeCell ref="B156:G156"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Rahul Jain</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>