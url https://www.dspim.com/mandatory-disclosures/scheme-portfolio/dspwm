--- v0 (2025-10-06)
+++ v1 (2025-10-29)
@@ -1,612 +1,1157 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Accounts\REPORTS\Monthend portfolio\2025-2026\06. September 2025\Half Yearly Portfolio\Portfolio\FOF\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8B636A34-0A59-453E-95EF-8C6A3E38E5A8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="968" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="World Mining FOF" sheetId="1" state="visible" r:id="rId1"/>
-    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
+    <sheet name="Monthly Portfolio" sheetId="1" r:id="rId1"/>
+    <sheet name="Half Yearly Portfolio" sheetId="3" r:id="rId2"/>
+    <sheet name="Notes to Half Yearly Portfolio" sheetId="4" r:id="rId3"/>
+    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId4"/>
   </sheets>
-  <definedNames/>
-  <calcPr calcId="191029" fullCalcOnLoad="1"/>
+  <definedNames>
+    <definedName name="ExternalData_1" localSheetId="1">'Half Yearly Portfolio'!$B$59:$C$92</definedName>
+    <definedName name="ExternalData_1" localSheetId="0">'Monthly Portfolio'!$B$59:$C$92</definedName>
+    <definedName name="ExternalData_2" localSheetId="1">'Half Yearly Portfolio'!$B$59:$C$75</definedName>
+    <definedName name="ExternalData_2" localSheetId="0">'Monthly Portfolio'!$B$59:$C$75</definedName>
+    <definedName name="ExternalData_3" localSheetId="1">'Half Yearly Portfolio'!$B$59:$C$75</definedName>
+    <definedName name="ExternalData_3" localSheetId="0">'Monthly Portfolio'!$B$59:$C$75</definedName>
+    <definedName name="ExternalData_4" localSheetId="1">'Half Yearly Portfolio'!$B$59:$C$76</definedName>
+    <definedName name="ExternalData_4" localSheetId="0">'Monthly Portfolio'!$B$59:$C$76</definedName>
+    <definedName name="ExternalData_5" localSheetId="1">'Half Yearly Portfolio'!$B$59:$C$69</definedName>
+    <definedName name="ExternalData_5" localSheetId="0">'Monthly Portfolio'!$B$59:$C$69</definedName>
+  </definedNames>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="F70" i="3" l="1"/>
+  <c r="F72" i="3" s="1"/>
+  <c r="F55" i="3"/>
+  <c r="F70" i="1"/>
+  <c r="F72" i="1" s="1"/>
+  <c r="F55" i="1"/>
+</calcChain>
+</file>
+
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="292" uniqueCount="132">
+  <si>
+    <t>DSP World Mining Overseas Equity Omni FoF</t>
+  </si>
+  <si>
+    <t>Portfolio as on September 30, 2025</t>
+  </si>
+  <si>
+    <t>Sr. No.</t>
+  </si>
+  <si>
+    <t>Name of Instrument</t>
+  </si>
+  <si>
+    <t>ISIN</t>
+  </si>
+  <si>
+    <t>Rating/Industry</t>
+  </si>
+  <si>
+    <t>Quantity</t>
+  </si>
+  <si>
+    <t>Market value (Rs. In lakhs)</t>
+  </si>
+  <si>
+    <t>% to Net Assets</t>
+  </si>
+  <si>
+    <t>Maturity Date</t>
+  </si>
+  <si>
+    <t>Put/Call Option</t>
+  </si>
+  <si>
+    <t>YTM (%)</t>
+  </si>
+  <si>
+    <t>MONEY MARKET INSTRUMENTS</t>
+  </si>
+  <si>
+    <t>TREPS / Reverse Repo Investments</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Sector/Rating</t>
+  </si>
+  <si>
+    <t>Percent</t>
+  </si>
+  <si>
+    <t>Foreign Security</t>
+  </si>
+  <si>
+    <t>OTHERS</t>
+  </si>
+  <si>
+    <t>Cash &amp; Equivalent</t>
+  </si>
+  <si>
+    <t>Overseas Mutual Fund</t>
+  </si>
+  <si>
+    <t>BlackRock Global Funds - World Mining Fund ^^</t>
+  </si>
+  <si>
+    <t>LU0368260294</t>
+  </si>
+  <si>
+    <t>Cash &amp; Cash Equivalent</t>
+  </si>
+  <si>
+    <t>Net Receivables/Payables</t>
+  </si>
+  <si>
+    <t>GRAND TOTAL</t>
+  </si>
+  <si>
+    <t>Notes:</t>
+  </si>
+  <si>
+    <t>Market value includes accrued interest</t>
+  </si>
+  <si>
+    <t>Net Assets does not include unit activity for the last day of the month</t>
+  </si>
+  <si>
+    <t>^^Fund domiciled in Luxembourg</t>
+  </si>
+  <si>
+    <t>Scheme Riskometer</t>
+  </si>
+  <si>
+    <t>Benchmark Riskometer: MSCI ACWI Metals and Mining 30% Buffer 10/40 (1994)
+Net Total Return Index</t>
+  </si>
+  <si>
+    <t>Additional Disclosure</t>
+  </si>
+  <si>
+    <t>DSP World Mining Overseas Equity Omni FoF as of 31-Aug-2025</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>BlackRock Global Funds - World Mining Fund (Underlying Fund) as of 31-Aug-2025</t>
+  </si>
+  <si>
+    <t>Top 10 stocks</t>
+  </si>
+  <si>
+    <t>Security</t>
+  </si>
+  <si>
+    <t>AGNICO EAGLE MINES LTD (ONTARIO)</t>
+  </si>
+  <si>
+    <t>WHEATON PRECIOUS METALS CORP</t>
+  </si>
+  <si>
+    <t>NEWMONT CORPORATION</t>
+  </si>
+  <si>
+    <t>FREEPORT-MCMORAN INC</t>
+  </si>
+  <si>
+    <t>BHP GROUP LTD</t>
+  </si>
+  <si>
+    <t>KINROSS GOLD CORP</t>
+  </si>
+  <si>
+    <t>BARRICK MINING CORP</t>
+  </si>
+  <si>
+    <t>RIO TINTO PLC</t>
+  </si>
+  <si>
+    <t>GLENCORE PLC</t>
+  </si>
+  <si>
+    <t>ANGLO AMERICAN PLC</t>
+  </si>
+  <si>
+    <t>Others</t>
+  </si>
+  <si>
+    <t>Cash</t>
+  </si>
+  <si>
+    <t>Sector Allocation</t>
+  </si>
+  <si>
+    <t>Gold</t>
+  </si>
+  <si>
+    <t>Diversified</t>
+  </si>
+  <si>
+    <t>Copper</t>
+  </si>
+  <si>
+    <t>Steel</t>
+  </si>
+  <si>
+    <t>Industrial Minerals</t>
+  </si>
+  <si>
+    <t>Aluminium</t>
+  </si>
+  <si>
+    <t>Platinum Grp. Met.</t>
+  </si>
+  <si>
+    <t>Uranium</t>
+  </si>
+  <si>
+    <t>Cash and/or Derivatives</t>
+  </si>
+  <si>
+    <t>Nickel</t>
+  </si>
+  <si>
+    <t>Iron Ore</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>Coal</t>
+  </si>
+  <si>
+    <t>Zinc</t>
+  </si>
+  <si>
+    <t>Silver</t>
+  </si>
+  <si>
+    <t>Molybdenum</t>
+  </si>
+  <si>
+    <t>Mineral Services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>YD60Regular</t>
+  </si>
+  <si>
+    <t>YD60Direct</t>
+  </si>
+  <si>
+    <t>YD60</t>
+  </si>
+  <si>
+    <t>DSP World Mining Overseas Equity Omni FoF (erstwhile known as DSP World Mining Fund of Fund)$$</t>
+  </si>
+  <si>
+    <t>Sr No.</t>
+  </si>
+  <si>
+    <t>Particular</t>
+  </si>
+  <si>
+    <t>Regular</t>
+  </si>
+  <si>
+    <t>Direct</t>
+  </si>
+  <si>
+    <t>Portfolio Turn Over Ratio ^^</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> - For Purchase</t>
+  </si>
+  <si>
+    <t>N.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> - For Sale</t>
+  </si>
+  <si>
+    <t>Average Maturity (in years)@@</t>
+  </si>
+  <si>
+    <t>Modified Duration (in years)@@</t>
+  </si>
+  <si>
+    <t>Portfolio YTM (Annualised)@@</t>
+  </si>
+  <si>
+    <t>Total outstanding exposure to derivatives at the end of  September 30, 2025</t>
+  </si>
+  <si>
+    <t>- Value (In Rs. Lakh)</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>- in percentage term (%)</t>
+  </si>
+  <si>
+    <t>Total of securities below investment grade and default provided for the Half Year of September 30, 2025 (Rs. lakh)</t>
+  </si>
+  <si>
+    <t>Total investment in foreign securities/ADR/GDR (Rs. lakh)</t>
+  </si>
+  <si>
+    <t>Total investment in illiquid shares/securities</t>
+  </si>
+  <si>
+    <t>- in percentage terms (%)</t>
+  </si>
+  <si>
+    <t>Net Asset Vaue (NAV) (Rs. per Unit)</t>
+  </si>
+  <si>
+    <t>- As on March 31, 2025</t>
+  </si>
+  <si>
+    <t>G</t>
+  </si>
+  <si>
+    <t>Growth</t>
+  </si>
+  <si>
+    <t>15.8089</t>
+  </si>
+  <si>
+    <t>16.9804</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>Payout/Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>14.3016</t>
+  </si>
+  <si>
+    <t>16.1312</t>
+  </si>
+  <si>
+    <t>QD</t>
+  </si>
+  <si>
+    <t>Quarterly Payout/Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>DD</t>
+  </si>
+  <si>
+    <t>Daily Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>WD</t>
+  </si>
+  <si>
+    <t>Weekly Payout/Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>MD</t>
+  </si>
+  <si>
+    <t>Monthly Payout/Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>UD</t>
+  </si>
+  <si>
+    <t>UD3</t>
+  </si>
+  <si>
+    <t>UR</t>
+  </si>
+  <si>
+    <t>UR3</t>
+  </si>
+  <si>
+    <t>- As on September 30, 2025</t>
+  </si>
+  <si>
+    <t>22.6646</t>
+  </si>
+  <si>
+    <t>24.4216</t>
+  </si>
+  <si>
+    <t>20.5036</t>
+  </si>
+  <si>
+    <t>23.2003</t>
+  </si>
+  <si>
+    <t>Aggregate distributions during the half year (Rs. per Unit)</t>
+  </si>
+  <si>
+    <t>*</t>
+  </si>
+  <si>
+    <t>Computed NAV</t>
+  </si>
+  <si>
+    <t>**</t>
+  </si>
+  <si>
+    <t>NAV as on Maturity date</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Not Applicable.</t>
+  </si>
+  <si>
+    <t>$$</t>
+  </si>
+  <si>
+    <t>Name change during the half year ended September 30, 2025.</t>
+  </si>
+  <si>
+    <t>^^</t>
+  </si>
+  <si>
+    <t>Portfolio Turn Over Ratio is for Equity Schemes.</t>
+  </si>
+  <si>
+    <t>@@</t>
+  </si>
+  <si>
+    <t>Average Maturity, Modified Duration and Portfolio YTM (Annualised) is for Debt Schemes.</t>
+  </si>
+  <si>
+    <t>Pursuant to payment of IDCW, the NAV of the IDCW Option(s) of aforesaid Scheme of the Fund would fall to the extent of payout and statutory levy, if any. For complete distribution history of the Schemes, please visit www.dspim.com</t>
+  </si>
+</sst>
+</file>
+
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...2 lines deleted...]
-    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="7">
+    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="166" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="167" formatCode="0.0%"/>
+    <numFmt numFmtId="168" formatCode="_(* #,##0.0000_);_(* \(#,##0.0000\);_(* &quot;-&quot;_);_(* @_)"/>
+    <numFmt numFmtId="169" formatCode="0.0000"/>
+    <numFmt numFmtId="170" formatCode="#,##0.000000"/>
   </numFmts>
-  <fonts count="14">
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <color theme="1"/>
-      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <color theme="1"/>
-      <sz val="10"/>
     </font>
     <font>
+      <b/>
+      <sz val="14"/>
+      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...1 lines deleted...]
-      <sz val="14"/>
     </font>
     <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...1 lines deleted...]
-      <sz val="10"/>
     </font>
     <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...1 lines deleted...]
-      <sz val="10"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <color rgb="FF000000"/>
-      <sz val="10"/>
     </font>
     <font>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <color theme="1"/>
-      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color indexed="8"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <color indexed="8"/>
-      <sz val="10"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...1 lines deleted...]
-      <sz val="10"/>
     </font>
     <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <sz val="10"/>
     </font>
     <font>
-      <name val="Calibri"/>
+      <sz val="9"/>
+      <color rgb="FFFF0000"/>
+      <name val="Trebuchet MS"/>
       <family val="2"/>
-      <color theme="10"/>
-[...2 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
+      <sz val="9"/>
+      <color theme="0"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...17 lines deleted...]
-      <u val="single"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
-      <patternFill/>
+      <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="11">
+  <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-[...9 lines deleted...]
-      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom/>
-[...9 lines deleted...]
-      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top style="thin">
-[...20 lines deleted...]
-      </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
-      <top/>
-[...16 lines deleted...]
-      <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+  <cellStyleXfs count="4">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="60">
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+  <cellXfs count="85">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="166" fontId="3" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="166" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...22 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="8" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="10" fontId="11" fillId="5" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="168" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="170" fontId="11" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="169" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="5" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="2" fontId="11" fillId="5" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="11" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="11" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="11" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="11" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="11" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="4" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="2" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...66 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
-  <cellStyles count="3">
+  <cellStyles count="4">
+    <cellStyle name="Comma" xfId="2" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 2" xfId="3" xr:uid="{00AADADB-FD88-40E8-9603-7D6FE9EF3290}"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
-    <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
+  <dxfs count="8">
+    <dxf>
+      <numFmt numFmtId="171" formatCode="#,##0.000"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="172" formatCode="#,##0.0000"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="4" formatCode="#,##0.00"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="173" formatCode="&quot;-&quot;"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="171" formatCode="#,##0.000"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="172" formatCode="#,##0.0000"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="4" formatCode="#,##0.00"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="173" formatCode="&quot;-&quot;"/>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <colors>
-[...66 lines deleted...]
-  </colors>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
-[...16 lines deleted...]
-        <cNvPicPr>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2378075</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
           <a:picLocks/>
-        </cNvPicPr>
-[...2 lines deleted...]
-        <a:blip r:embed="rId1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </blipFill>
-      <spPr>
+      </xdr:blipFill>
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="457200" y="4540250"/>
+          <a:off x="457200" y="4883150"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <avLst/>
+          <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </spPr>
-[...19 lines deleted...]
-        <cNvPicPr>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2378075</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
           <a:picLocks/>
-        </cNvPicPr>
-[...2 lines deleted...]
-        <a:blip r:embed="rId2"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </blipFill>
-      <spPr>
+      </xdr:blipFill>
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="389731" y="7302500"/>
-          <a:ext cx="2365375" cy="1541462"/>
+          <a:off x="457200" y="7664450"/>
+          <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <avLst/>
+          <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </spPr>
-[...3 lines deleted...]
-</wsDr>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2378075</xdr:colOff>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{715635A0-5533-47CD-A164-2CC5F4DB2EBD}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="457200" y="4768850"/>
+          <a:ext cx="2378075" cy="1577975"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2378075</xdr:colOff>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A8A42F78-0582-4CA0-9209-02783EC2CA27}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="457200" y="7664450"/>
+          <a:ext cx="2378075" cy="1577975"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -826,975 +1371,2385 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...4 lines deleted...]
-  <dimension ref="A1:L407"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:L96"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col min="1" max="1" width="6.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="40.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="13.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="14.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="9.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="24.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="14.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="12.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14" style="1" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="7.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="15.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="7.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="8.7265625" style="1" customWidth="1"/>
+    <col min="14" max="16384" width="8.7265625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="40">
-[...74 lines deleted...]
-      <c r="A7" s="1" t="n">
+    <row r="1" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A1" s="26"/>
+      <c r="B1" s="68" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="69"/>
+      <c r="D1" s="69"/>
+      <c r="E1" s="69"/>
+      <c r="F1" s="69"/>
+    </row>
+    <row r="2" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B7" s="3" t="inlineStr">
-[...74 lines deleted...]
-      <c r="A12" s="1" t="n">
+    </row>
+    <row r="4" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
-[...94 lines deleted...]
-      <c r="G19" s="13" t="n">
+      <c r="B4" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B6" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A7" s="1">
         <v>1</v>
       </c>
-    </row>
-[...8 lines deleted...]
-      <c r="A21" s="15" t="n">
+      <c r="B7" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="F7" s="5">
+        <v>192.09</v>
+      </c>
+      <c r="G7" s="6">
+        <v>1.14E-2</v>
+      </c>
+      <c r="H7" s="10">
+        <v>45931</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A8" s="7"/>
+      <c r="B8" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="7"/>
+      <c r="D8" s="7"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="8">
+        <v>192.09</v>
+      </c>
+      <c r="G8" s="9">
+        <v>1.14E-2</v>
+      </c>
+      <c r="K8" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="L8" s="2" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="K9" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="L9" s="6">
+        <v>0.99180000000000001</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B10" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K10" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="L10" s="6">
+        <v>8.2000000000000007E-3</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B11" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A12" s="1">
+        <v>2</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E12" s="4">
+        <v>195023.73</v>
+      </c>
+      <c r="F12" s="5">
+        <v>16694.939999999999</v>
+      </c>
+      <c r="G12" s="6">
+        <v>0.99180000000000001</v>
+      </c>
+      <c r="J12" s="5"/>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A13" s="7"/>
+      <c r="B13" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C13" s="7"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="7"/>
+      <c r="F13" s="8">
+        <v>16694.939999999999</v>
+      </c>
+      <c r="G13" s="9">
+        <v>0.99180000000000001</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B15" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B16" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E16" s="4"/>
+      <c r="F16" s="5">
+        <v>-53.48</v>
+      </c>
+      <c r="G16" s="6">
+        <v>-3.2000000000000002E-3</v>
+      </c>
+      <c r="J16" s="5"/>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A17" s="7"/>
+      <c r="B17" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C17" s="7"/>
+      <c r="D17" s="7"/>
+      <c r="E17" s="7"/>
+      <c r="F17" s="8">
+        <v>-53.48</v>
+      </c>
+      <c r="G17" s="9">
+        <v>-3.2000000000000002E-3</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A19" s="3"/>
+      <c r="B19" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C19" s="3"/>
+      <c r="D19" s="3"/>
+      <c r="E19" s="3"/>
+      <c r="F19" s="11">
+        <v>16833.55</v>
+      </c>
+      <c r="G19" s="12">
         <v>1</v>
       </c>
-      <c r="B21" s="15" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A22" s="1" t="n">
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A20" s="1" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A21" s="13">
+        <v>1</v>
+      </c>
+      <c r="B21" s="13" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="13">
         <v>2</v>
       </c>
-      <c r="B22" s="1" t="inlineStr">
-[...102 lines deleted...]
-      <c r="F54" s="21" t="n">
+      <c r="B22" s="13" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A23" s="14">
+        <v>3</v>
+      </c>
+      <c r="B23" s="14" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B25" s="24" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="38" spans="2:2" ht="66" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B38" s="25" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="50" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B50" s="2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="51" spans="2:6" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B51" s="65" t="s">
+        <v>33</v>
+      </c>
+      <c r="C51" s="66"/>
+      <c r="D51" s="66"/>
+      <c r="E51" s="67"/>
+      <c r="F51" s="27" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="52" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B52" s="16" t="s">
+        <v>21</v>
+      </c>
+      <c r="C52" s="16"/>
+      <c r="D52" s="16"/>
+      <c r="E52" s="16"/>
+      <c r="F52" s="19">
+        <v>0.99129999999999996</v>
+      </c>
+    </row>
+    <row r="53" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B53" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="C53" s="16"/>
+      <c r="D53" s="16"/>
+      <c r="E53" s="16"/>
+      <c r="F53" s="19">
+        <v>-2.3E-3</v>
+      </c>
+    </row>
+    <row r="54" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B54" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="C54" s="16"/>
+      <c r="D54" s="16"/>
+      <c r="E54" s="16"/>
+      <c r="F54" s="19">
+        <v>1.0999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="55" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B55" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="C55" s="16"/>
+      <c r="D55" s="16"/>
+      <c r="E55" s="16"/>
+      <c r="F55" s="20">
+        <f>SUM(F52:F54)</f>
         <v>1</v>
       </c>
     </row>
-    <row r="55">
-[...191 lines deleted...]
-      <c r="F70" s="20" t="n">
+    <row r="56" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B56" s="18"/>
+      <c r="C56" s="18"/>
+      <c r="D56" s="18"/>
+      <c r="E56" s="18"/>
+      <c r="F56" s="18"/>
+    </row>
+    <row r="57" spans="2:6" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B57" s="65" t="s">
+        <v>35</v>
+      </c>
+      <c r="C57" s="66"/>
+      <c r="D57" s="66"/>
+      <c r="E57" s="66"/>
+      <c r="F57" s="67"/>
+    </row>
+    <row r="58" spans="2:6" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B58" s="65" t="s">
+        <v>36</v>
+      </c>
+      <c r="C58" s="66"/>
+      <c r="D58" s="66"/>
+      <c r="E58" s="66"/>
+      <c r="F58" s="67"/>
+    </row>
+    <row r="59" spans="2:6" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B59" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="C59" s="66"/>
+      <c r="D59" s="66"/>
+      <c r="E59" s="67"/>
+      <c r="F59" s="27" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="60" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B60" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="C60" s="16"/>
+      <c r="D60" s="16"/>
+      <c r="E60" s="16"/>
+      <c r="F60" s="19">
+        <v>8.3736000000000005E-2</v>
+      </c>
+    </row>
+    <row r="61" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B61" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="C61" s="16"/>
+      <c r="D61" s="16"/>
+      <c r="E61" s="16"/>
+      <c r="F61" s="19">
+        <v>6.8453E-2</v>
+      </c>
+    </row>
+    <row r="62" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B62" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="C62" s="16"/>
+      <c r="D62" s="16"/>
+      <c r="E62" s="16"/>
+      <c r="F62" s="19">
+        <v>6.5216999999999997E-2</v>
+      </c>
+    </row>
+    <row r="63" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B63" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="C63" s="16"/>
+      <c r="D63" s="16"/>
+      <c r="E63" s="16"/>
+      <c r="F63" s="19">
+        <v>5.7383999999999998E-2</v>
+      </c>
+    </row>
+    <row r="64" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B64" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="C64" s="16"/>
+      <c r="D64" s="16"/>
+      <c r="E64" s="16"/>
+      <c r="F64" s="19">
+        <v>5.3510000000000002E-2</v>
+      </c>
+    </row>
+    <row r="65" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B65" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="C65" s="16"/>
+      <c r="D65" s="16"/>
+      <c r="E65" s="16"/>
+      <c r="F65" s="19">
+        <v>5.0875999999999998E-2</v>
+      </c>
+    </row>
+    <row r="66" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B66" s="15" t="s">
+        <v>44</v>
+      </c>
+      <c r="C66" s="16"/>
+      <c r="D66" s="16"/>
+      <c r="E66" s="16"/>
+      <c r="F66" s="19">
+        <v>4.9738999999999998E-2</v>
+      </c>
+    </row>
+    <row r="67" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B67" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="C67" s="16"/>
+      <c r="D67" s="16"/>
+      <c r="E67" s="16"/>
+      <c r="F67" s="19">
+        <v>4.5881999999999999E-2</v>
+      </c>
+    </row>
+    <row r="68" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B68" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="C68" s="16"/>
+      <c r="D68" s="16"/>
+      <c r="E68" s="16"/>
+      <c r="F68" s="19">
+        <v>4.4672999999999997E-2</v>
+      </c>
+    </row>
+    <row r="69" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B69" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="C69" s="16"/>
+      <c r="D69" s="16"/>
+      <c r="E69" s="16"/>
+      <c r="F69" s="19">
+        <v>3.9964E-2</v>
+      </c>
+    </row>
+    <row r="70" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B70" s="15" t="s">
+        <v>48</v>
+      </c>
+      <c r="C70" s="16"/>
+      <c r="D70" s="16"/>
+      <c r="E70" s="16"/>
+      <c r="F70" s="22">
+        <f>100%-SUM(F60:F69)-F71</f>
+        <v>0.44056600000000001</v>
+      </c>
+    </row>
+    <row r="71" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B71" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="C71" s="16"/>
+      <c r="D71" s="16"/>
+      <c r="E71" s="16"/>
+      <c r="F71" s="21">
         <v>0</v>
       </c>
     </row>
-    <row r="71">
-[...8 lines deleted...]
-      <c r="F71" s="21" t="n">
+    <row r="72" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B72" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="C72" s="16"/>
+      <c r="D72" s="16"/>
+      <c r="E72" s="16"/>
+      <c r="F72" s="23">
+        <f>SUM(F60:F71)</f>
         <v>1</v>
       </c>
     </row>
-    <row r="72">
-[...178 lines deleted...]
-      <c r="F86" s="20" t="n">
+    <row r="73" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B73" s="18"/>
+      <c r="C73" s="18"/>
+      <c r="D73" s="18"/>
+      <c r="E73" s="18"/>
+      <c r="F73" s="18"/>
+    </row>
+    <row r="74" spans="2:6" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B74" s="65" t="s">
+        <v>50</v>
+      </c>
+      <c r="C74" s="66"/>
+      <c r="D74" s="66"/>
+      <c r="E74" s="66"/>
+      <c r="F74" s="67"/>
+    </row>
+    <row r="75" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B75" s="15" t="s">
+        <v>51</v>
+      </c>
+      <c r="C75" s="16"/>
+      <c r="D75" s="16"/>
+      <c r="E75" s="16"/>
+      <c r="F75" s="21">
+        <v>0.4012</v>
+      </c>
+    </row>
+    <row r="76" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B76" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="C76" s="16"/>
+      <c r="D76" s="16"/>
+      <c r="E76" s="16"/>
+      <c r="F76" s="21">
+        <v>0.221</v>
+      </c>
+    </row>
+    <row r="77" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B77" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="C77" s="16"/>
+      <c r="D77" s="16"/>
+      <c r="E77" s="16"/>
+      <c r="F77" s="21">
+        <v>0.1925</v>
+      </c>
+    </row>
+    <row r="78" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B78" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="C78" s="16"/>
+      <c r="D78" s="16"/>
+      <c r="E78" s="16"/>
+      <c r="F78" s="21">
+        <v>7.8799999999999995E-2</v>
+      </c>
+    </row>
+    <row r="79" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B79" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="C79" s="16"/>
+      <c r="D79" s="16"/>
+      <c r="E79" s="16"/>
+      <c r="F79" s="21">
+        <v>3.3700000000000001E-2</v>
+      </c>
+    </row>
+    <row r="80" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B80" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="C80" s="16"/>
+      <c r="D80" s="16"/>
+      <c r="E80" s="16"/>
+      <c r="F80" s="21">
+        <v>1.84E-2</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B81" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="C81" s="16"/>
+      <c r="D81" s="16"/>
+      <c r="E81" s="16"/>
+      <c r="F81" s="21">
+        <v>1.8200000000000001E-2</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B82" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="C82" s="16"/>
+      <c r="D82" s="16"/>
+      <c r="E82" s="16"/>
+      <c r="F82" s="21">
+        <v>1.47E-2</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B83" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="C83" s="16"/>
+      <c r="D83" s="16"/>
+      <c r="E83" s="16"/>
+      <c r="F83" s="21">
+        <v>8.2000000000000007E-3</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B84" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="C84" s="16"/>
+      <c r="D84" s="16"/>
+      <c r="E84" s="16"/>
+      <c r="F84" s="21">
+        <v>6.6E-3</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B85" s="15" t="s">
+        <v>61</v>
+      </c>
+      <c r="C85" s="16"/>
+      <c r="D85" s="16"/>
+      <c r="E85" s="16"/>
+      <c r="F85" s="21">
+        <v>6.4000000000000003E-3</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B86" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="C86" s="16"/>
+      <c r="D86" s="16"/>
+      <c r="E86" s="16"/>
+      <c r="F86" s="21">
+        <v>2.0000000000000001E-4</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B87" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="C87" s="16"/>
+      <c r="D87" s="16"/>
+      <c r="E87" s="16"/>
+      <c r="F87" s="21">
         <v>0</v>
       </c>
     </row>
-    <row r="87">
-[...8 lines deleted...]
-      <c r="F87" s="20" t="n">
+    <row r="88" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B88" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="C88" s="16"/>
+      <c r="D88" s="16"/>
+      <c r="E88" s="16"/>
+      <c r="F88" s="21">
         <v>0</v>
       </c>
     </row>
-    <row r="88">
-[...8 lines deleted...]
-      <c r="F88" s="20" t="n">
+    <row r="89" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B89" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="C89" s="16"/>
+      <c r="D89" s="16"/>
+      <c r="E89" s="16"/>
+      <c r="F89" s="21">
         <v>0</v>
       </c>
     </row>
-    <row r="89">
-[...8 lines deleted...]
-      <c r="F89" s="20" t="n">
+    <row r="90" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B90" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="C90" s="16"/>
+      <c r="D90" s="16"/>
+      <c r="E90" s="16"/>
+      <c r="F90" s="21">
         <v>0</v>
       </c>
     </row>
-    <row r="90">
-[...8 lines deleted...]
-      <c r="F90" s="20" t="n">
+    <row r="91" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B91" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="C91" s="16"/>
+      <c r="D91" s="16"/>
+      <c r="E91" s="16"/>
+      <c r="F91" s="21">
         <v>0</v>
       </c>
     </row>
-    <row r="91">
-[...24 lines deleted...]
-      <c r="A94" s="1" t="n">
+    <row r="92" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B92" s="15"/>
+      <c r="C92" s="16"/>
+      <c r="D92" s="16"/>
+      <c r="E92" s="16"/>
+      <c r="F92" s="22"/>
+    </row>
+    <row r="93" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B93" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="C93" s="16"/>
+      <c r="D93" s="16"/>
+      <c r="E93" s="16"/>
+      <c r="F93" s="23">
+        <v>0.99999999999999989</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A95" s="1" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A96" s="1">
         <v>1</v>
       </c>
-      <c r="B94" s="1" t="inlineStr">
-[...13 lines deleted...]
-      <c r="B407" s="3" t="n"/>
+      <c r="B96" s="1" t="s">
+        <v>29</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="6">
-    <mergeCell ref="B73:F73"/>
-[...1 lines deleted...]
-    <mergeCell ref="B58:E58"/>
+    <mergeCell ref="B59:E59"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="B56:F56"/>
+    <mergeCell ref="B51:E51"/>
+    <mergeCell ref="B74:F74"/>
+    <mergeCell ref="B58:F58"/>
     <mergeCell ref="B57:F57"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...4 lines deleted...]
-  <dimension ref="A1:A1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6A855CB9-AB91-466D-AE04-2B7B7A392372}">
+  <dimension ref="A1:L96"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A1" sqref="A1"/>
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="6.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="40.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="13.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="14.453125" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="9.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="24.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="14.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="12.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14" style="1" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="7.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="15.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="7.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="8.7265625" style="1" customWidth="1"/>
+    <col min="14" max="16384" width="8.7265625" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A1" s="26"/>
+      <c r="B1" s="68" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="69"/>
+      <c r="D1" s="69"/>
+      <c r="E1" s="69"/>
+      <c r="F1" s="69"/>
+    </row>
+    <row r="2" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B2" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A4" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B6" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A7" s="1">
+        <v>1</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="F7" s="5">
+        <v>192.09</v>
+      </c>
+      <c r="G7" s="6">
+        <v>1.14E-2</v>
+      </c>
+      <c r="H7" s="10">
+        <v>45931</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A8" s="7"/>
+      <c r="B8" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="7"/>
+      <c r="D8" s="7"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="8">
+        <v>192.09</v>
+      </c>
+      <c r="G8" s="9">
+        <v>1.14E-2</v>
+      </c>
+      <c r="K8" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="L8" s="2" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="K9" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="L9" s="6">
+        <v>0.99180000000000001</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B10" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K10" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="L10" s="6">
+        <v>8.2000000000000007E-3</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B11" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A12" s="1">
+        <v>2</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E12" s="4">
+        <v>195023.73</v>
+      </c>
+      <c r="F12" s="5">
+        <v>16694.939999999999</v>
+      </c>
+      <c r="G12" s="6">
+        <v>0.99180000000000001</v>
+      </c>
+      <c r="J12" s="5"/>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A13" s="7"/>
+      <c r="B13" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C13" s="7"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="7"/>
+      <c r="F13" s="8">
+        <v>16694.939999999999</v>
+      </c>
+      <c r="G13" s="9">
+        <v>0.99180000000000001</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B15" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B16" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E16" s="4"/>
+      <c r="F16" s="5">
+        <v>-53.48</v>
+      </c>
+      <c r="G16" s="6">
+        <v>-3.2000000000000002E-3</v>
+      </c>
+      <c r="J16" s="5"/>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A17" s="7"/>
+      <c r="B17" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C17" s="7"/>
+      <c r="D17" s="7"/>
+      <c r="E17" s="7"/>
+      <c r="F17" s="8">
+        <v>-53.48</v>
+      </c>
+      <c r="G17" s="9">
+        <v>-3.2000000000000002E-3</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A19" s="3"/>
+      <c r="B19" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C19" s="3"/>
+      <c r="D19" s="3"/>
+      <c r="E19" s="3"/>
+      <c r="F19" s="11">
+        <v>16833.55</v>
+      </c>
+      <c r="G19" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A20" s="1" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A21" s="13">
+        <v>1</v>
+      </c>
+      <c r="B21" s="13" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="13">
+        <v>2</v>
+      </c>
+      <c r="B22" s="13" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A23" s="14">
+        <v>3</v>
+      </c>
+      <c r="B23" s="14" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B25" s="24" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="38" spans="2:2" ht="66" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B38" s="25" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="50" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B50" s="2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="51" spans="2:6" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B51" s="65" t="s">
+        <v>33</v>
+      </c>
+      <c r="C51" s="66"/>
+      <c r="D51" s="66"/>
+      <c r="E51" s="67"/>
+      <c r="F51" s="27" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="52" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B52" s="16" t="s">
+        <v>21</v>
+      </c>
+      <c r="C52" s="16"/>
+      <c r="D52" s="16"/>
+      <c r="E52" s="16"/>
+      <c r="F52" s="19">
+        <v>0.99129999999999996</v>
+      </c>
+    </row>
+    <row r="53" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B53" s="16" t="s">
+        <v>13</v>
+      </c>
+      <c r="C53" s="16"/>
+      <c r="D53" s="16"/>
+      <c r="E53" s="16"/>
+      <c r="F53" s="19">
+        <v>-2.3E-3</v>
+      </c>
+    </row>
+    <row r="54" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B54" s="16" t="s">
+        <v>24</v>
+      </c>
+      <c r="C54" s="16"/>
+      <c r="D54" s="16"/>
+      <c r="E54" s="16"/>
+      <c r="F54" s="19">
+        <v>1.0999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="55" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B55" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="C55" s="16"/>
+      <c r="D55" s="16"/>
+      <c r="E55" s="16"/>
+      <c r="F55" s="20">
+        <f>SUM(F52:F54)</f>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="56" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B56" s="18"/>
+      <c r="C56" s="18"/>
+      <c r="D56" s="18"/>
+      <c r="E56" s="18"/>
+      <c r="F56" s="18"/>
+    </row>
+    <row r="57" spans="2:6" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B57" s="65" t="s">
+        <v>35</v>
+      </c>
+      <c r="C57" s="66"/>
+      <c r="D57" s="66"/>
+      <c r="E57" s="66"/>
+      <c r="F57" s="67"/>
+    </row>
+    <row r="58" spans="2:6" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B58" s="65" t="s">
+        <v>36</v>
+      </c>
+      <c r="C58" s="66"/>
+      <c r="D58" s="66"/>
+      <c r="E58" s="66"/>
+      <c r="F58" s="67"/>
+    </row>
+    <row r="59" spans="2:6" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B59" s="65" t="s">
+        <v>37</v>
+      </c>
+      <c r="C59" s="66"/>
+      <c r="D59" s="66"/>
+      <c r="E59" s="67"/>
+      <c r="F59" s="27" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="60" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B60" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="C60" s="16"/>
+      <c r="D60" s="16"/>
+      <c r="E60" s="16"/>
+      <c r="F60" s="19">
+        <v>8.3736000000000005E-2</v>
+      </c>
+    </row>
+    <row r="61" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B61" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="C61" s="16"/>
+      <c r="D61" s="16"/>
+      <c r="E61" s="16"/>
+      <c r="F61" s="19">
+        <v>6.8453E-2</v>
+      </c>
+    </row>
+    <row r="62" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B62" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="C62" s="16"/>
+      <c r="D62" s="16"/>
+      <c r="E62" s="16"/>
+      <c r="F62" s="19">
+        <v>6.5216999999999997E-2</v>
+      </c>
+    </row>
+    <row r="63" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B63" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="C63" s="16"/>
+      <c r="D63" s="16"/>
+      <c r="E63" s="16"/>
+      <c r="F63" s="19">
+        <v>5.7383999999999998E-2</v>
+      </c>
+    </row>
+    <row r="64" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B64" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="C64" s="16"/>
+      <c r="D64" s="16"/>
+      <c r="E64" s="16"/>
+      <c r="F64" s="19">
+        <v>5.3510000000000002E-2</v>
+      </c>
+    </row>
+    <row r="65" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B65" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="C65" s="16"/>
+      <c r="D65" s="16"/>
+      <c r="E65" s="16"/>
+      <c r="F65" s="19">
+        <v>5.0875999999999998E-2</v>
+      </c>
+    </row>
+    <row r="66" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B66" s="15" t="s">
+        <v>44</v>
+      </c>
+      <c r="C66" s="16"/>
+      <c r="D66" s="16"/>
+      <c r="E66" s="16"/>
+      <c r="F66" s="19">
+        <v>4.9738999999999998E-2</v>
+      </c>
+    </row>
+    <row r="67" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B67" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="C67" s="16"/>
+      <c r="D67" s="16"/>
+      <c r="E67" s="16"/>
+      <c r="F67" s="19">
+        <v>4.5881999999999999E-2</v>
+      </c>
+    </row>
+    <row r="68" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B68" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="C68" s="16"/>
+      <c r="D68" s="16"/>
+      <c r="E68" s="16"/>
+      <c r="F68" s="19">
+        <v>4.4672999999999997E-2</v>
+      </c>
+    </row>
+    <row r="69" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B69" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="C69" s="16"/>
+      <c r="D69" s="16"/>
+      <c r="E69" s="16"/>
+      <c r="F69" s="19">
+        <v>3.9964E-2</v>
+      </c>
+    </row>
+    <row r="70" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B70" s="15" t="s">
+        <v>48</v>
+      </c>
+      <c r="C70" s="16"/>
+      <c r="D70" s="16"/>
+      <c r="E70" s="16"/>
+      <c r="F70" s="22">
+        <f>100%-SUM(F60:F69)-F71</f>
+        <v>0.44056600000000001</v>
+      </c>
+    </row>
+    <row r="71" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B71" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="C71" s="16"/>
+      <c r="D71" s="16"/>
+      <c r="E71" s="16"/>
+      <c r="F71" s="21">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B72" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="C72" s="16"/>
+      <c r="D72" s="16"/>
+      <c r="E72" s="16"/>
+      <c r="F72" s="23">
+        <f>SUM(F60:F71)</f>
+        <v>1</v>
+      </c>
+    </row>
+    <row r="73" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B73" s="18"/>
+      <c r="C73" s="18"/>
+      <c r="D73" s="18"/>
+      <c r="E73" s="18"/>
+      <c r="F73" s="18"/>
+    </row>
+    <row r="74" spans="2:6" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B74" s="65" t="s">
+        <v>50</v>
+      </c>
+      <c r="C74" s="66"/>
+      <c r="D74" s="66"/>
+      <c r="E74" s="66"/>
+      <c r="F74" s="67"/>
+    </row>
+    <row r="75" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B75" s="15" t="s">
+        <v>51</v>
+      </c>
+      <c r="C75" s="16"/>
+      <c r="D75" s="16"/>
+      <c r="E75" s="16"/>
+      <c r="F75" s="21">
+        <v>0.4012</v>
+      </c>
+    </row>
+    <row r="76" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B76" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="C76" s="16"/>
+      <c r="D76" s="16"/>
+      <c r="E76" s="16"/>
+      <c r="F76" s="21">
+        <v>0.221</v>
+      </c>
+    </row>
+    <row r="77" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B77" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="C77" s="16"/>
+      <c r="D77" s="16"/>
+      <c r="E77" s="16"/>
+      <c r="F77" s="21">
+        <v>0.1925</v>
+      </c>
+    </row>
+    <row r="78" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B78" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="C78" s="16"/>
+      <c r="D78" s="16"/>
+      <c r="E78" s="16"/>
+      <c r="F78" s="21">
+        <v>7.8799999999999995E-2</v>
+      </c>
+    </row>
+    <row r="79" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B79" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="C79" s="16"/>
+      <c r="D79" s="16"/>
+      <c r="E79" s="16"/>
+      <c r="F79" s="21">
+        <v>3.3700000000000001E-2</v>
+      </c>
+    </row>
+    <row r="80" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B80" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="C80" s="16"/>
+      <c r="D80" s="16"/>
+      <c r="E80" s="16"/>
+      <c r="F80" s="21">
+        <v>1.84E-2</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B81" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="C81" s="16"/>
+      <c r="D81" s="16"/>
+      <c r="E81" s="16"/>
+      <c r="F81" s="21">
+        <v>1.8200000000000001E-2</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B82" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="C82" s="16"/>
+      <c r="D82" s="16"/>
+      <c r="E82" s="16"/>
+      <c r="F82" s="21">
+        <v>1.47E-2</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B83" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="C83" s="16"/>
+      <c r="D83" s="16"/>
+      <c r="E83" s="16"/>
+      <c r="F83" s="21">
+        <v>8.2000000000000007E-3</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B84" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="C84" s="16"/>
+      <c r="D84" s="16"/>
+      <c r="E84" s="16"/>
+      <c r="F84" s="21">
+        <v>6.6E-3</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B85" s="15" t="s">
+        <v>61</v>
+      </c>
+      <c r="C85" s="16"/>
+      <c r="D85" s="16"/>
+      <c r="E85" s="16"/>
+      <c r="F85" s="21">
+        <v>6.4000000000000003E-3</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B86" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="C86" s="16"/>
+      <c r="D86" s="16"/>
+      <c r="E86" s="16"/>
+      <c r="F86" s="21">
+        <v>2.0000000000000001E-4</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B87" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="C87" s="16"/>
+      <c r="D87" s="16"/>
+      <c r="E87" s="16"/>
+      <c r="F87" s="21">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B88" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="C88" s="16"/>
+      <c r="D88" s="16"/>
+      <c r="E88" s="16"/>
+      <c r="F88" s="21">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B89" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="C89" s="16"/>
+      <c r="D89" s="16"/>
+      <c r="E89" s="16"/>
+      <c r="F89" s="21">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B90" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="C90" s="16"/>
+      <c r="D90" s="16"/>
+      <c r="E90" s="16"/>
+      <c r="F90" s="21">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B91" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="C91" s="16"/>
+      <c r="D91" s="16"/>
+      <c r="E91" s="16"/>
+      <c r="F91" s="21">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B92" s="15"/>
+      <c r="C92" s="16"/>
+      <c r="D92" s="16"/>
+      <c r="E92" s="16"/>
+      <c r="F92" s="22"/>
+    </row>
+    <row r="93" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B93" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="C93" s="16"/>
+      <c r="D93" s="16"/>
+      <c r="E93" s="16"/>
+      <c r="F93" s="23">
+        <v>0.99999999999999989</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A95" s="1" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A96" s="1">
+        <v>1</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="6">
+    <mergeCell ref="B74:F74"/>
+    <mergeCell ref="B1:F1"/>
+    <mergeCell ref="B51:E51"/>
+    <mergeCell ref="B57:F57"/>
+    <mergeCell ref="B58:F58"/>
+    <mergeCell ref="B59:E59"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C6CFD719-C0DD-4110-9C21-5743524A9891}">
+  <dimension ref="A1:D67"/>
+  <sheetViews>
+    <sheetView topLeftCell="A4" workbookViewId="0">
+      <selection activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="6.6328125" style="28" customWidth="1"/>
+    <col min="2" max="2" width="81.90625" style="28" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="15.81640625" style="28" customWidth="1"/>
+    <col min="5" max="16384" width="9.08984375" style="28"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="28" t="s">
+        <v>68</v>
+      </c>
+      <c r="B1" s="28" t="s">
+        <v>68</v>
+      </c>
+      <c r="C1" s="28">
+        <v>4</v>
+      </c>
+      <c r="D1" s="28">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="C2" s="28" t="s">
+        <v>69</v>
+      </c>
+      <c r="D2" s="28" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="C3" s="28" t="s">
+        <v>71</v>
+      </c>
+      <c r="D3" s="28" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" s="30" customFormat="1" ht="42.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="34"/>
+      <c r="B4" s="34"/>
+      <c r="C4" s="82" t="s">
+        <v>72</v>
+      </c>
+      <c r="D4" s="83"/>
+    </row>
+    <row r="5" spans="1:4" s="30" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="34" t="s">
+        <v>73</v>
+      </c>
+      <c r="B5" s="34" t="s">
+        <v>74</v>
+      </c>
+      <c r="C5" s="84" t="s">
+        <v>75</v>
+      </c>
+      <c r="D5" s="84" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A6" s="32"/>
+      <c r="B6" s="32"/>
+      <c r="C6" s="31"/>
+      <c r="D6" s="31"/>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A7" s="29">
+        <v>1</v>
+      </c>
+      <c r="B7" s="33" t="s">
+        <v>77</v>
+      </c>
+      <c r="C7" s="33"/>
+      <c r="D7" s="33"/>
+    </row>
+    <row r="8" spans="1:4" s="35" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="34"/>
+      <c r="B8" s="33" t="s">
+        <v>78</v>
+      </c>
+      <c r="C8" s="70" t="s">
+        <v>79</v>
+      </c>
+      <c r="D8" s="71"/>
+    </row>
+    <row r="9" spans="1:4" s="35" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="34"/>
+      <c r="B9" s="33" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" s="70" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" s="71"/>
+    </row>
+    <row r="10" spans="1:4" s="38" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="36">
+        <v>2</v>
+      </c>
+      <c r="B10" s="37" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" s="76" t="s">
+        <v>79</v>
+      </c>
+      <c r="D10" s="77"/>
+    </row>
+    <row r="11" spans="1:4" s="38" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="36">
+        <v>3</v>
+      </c>
+      <c r="B11" s="37" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" s="76" t="s">
+        <v>79</v>
+      </c>
+      <c r="D11" s="77"/>
+    </row>
+    <row r="12" spans="1:4" s="38" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="36">
+        <v>4</v>
+      </c>
+      <c r="B12" s="37" t="s">
+        <v>83</v>
+      </c>
+      <c r="C12" s="74" t="s">
+        <v>79</v>
+      </c>
+      <c r="D12" s="75"/>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A13" s="29">
+        <v>5</v>
+      </c>
+      <c r="B13" s="33" t="s">
+        <v>84</v>
+      </c>
+      <c r="C13" s="33"/>
+      <c r="D13" s="31"/>
+    </row>
+    <row r="14" spans="1:4" s="42" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="40"/>
+      <c r="B14" s="41" t="s">
+        <v>85</v>
+      </c>
+      <c r="C14" s="72" t="s">
+        <v>86</v>
+      </c>
+      <c r="D14" s="73"/>
+    </row>
+    <row r="15" spans="1:4" s="45" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="43"/>
+      <c r="B15" s="44" t="s">
+        <v>87</v>
+      </c>
+      <c r="C15" s="80" t="s">
+        <v>86</v>
+      </c>
+      <c r="D15" s="81"/>
+    </row>
+    <row r="16" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="29">
+        <v>6</v>
+      </c>
+      <c r="B16" s="44" t="s">
+        <v>88</v>
+      </c>
+      <c r="C16" s="78" t="s">
+        <v>86</v>
+      </c>
+      <c r="D16" s="79"/>
+    </row>
+    <row r="17" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="29">
+        <v>7</v>
+      </c>
+      <c r="B17" s="33" t="s">
+        <v>89</v>
+      </c>
+      <c r="C17" s="72">
+        <v>16694.939399999999</v>
+      </c>
+      <c r="D17" s="73"/>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A18" s="29">
+        <v>8</v>
+      </c>
+      <c r="B18" s="33" t="s">
+        <v>90</v>
+      </c>
+      <c r="C18" s="39"/>
+      <c r="D18" s="31"/>
+    </row>
+    <row r="19" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="29"/>
+      <c r="B19" s="46" t="s">
+        <v>85</v>
+      </c>
+      <c r="C19" s="78" t="s">
+        <v>86</v>
+      </c>
+      <c r="D19" s="79"/>
+    </row>
+    <row r="20" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="29"/>
+      <c r="B20" s="46" t="s">
+        <v>91</v>
+      </c>
+      <c r="C20" s="78" t="s">
+        <v>86</v>
+      </c>
+      <c r="D20" s="79"/>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A21" s="29">
+        <v>9</v>
+      </c>
+      <c r="B21" s="33" t="s">
+        <v>92</v>
+      </c>
+      <c r="C21" s="39"/>
+      <c r="D21" s="31"/>
+    </row>
+    <row r="22" spans="1:4" s="50" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="47"/>
+      <c r="B22" s="48" t="s">
+        <v>93</v>
+      </c>
+      <c r="C22" s="49"/>
+      <c r="D22" s="49"/>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A23" s="51" t="s">
+        <v>94</v>
+      </c>
+      <c r="B23" s="52" t="s">
+        <v>95</v>
+      </c>
+      <c r="C23" s="60" t="s">
+        <v>96</v>
+      </c>
+      <c r="D23" s="60" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A24" s="51" t="s">
+        <v>98</v>
+      </c>
+      <c r="B24" s="52" t="s">
+        <v>99</v>
+      </c>
+      <c r="C24" s="60" t="s">
+        <v>100</v>
+      </c>
+      <c r="D24" s="60" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A25" s="51" t="s">
+        <v>102</v>
+      </c>
+      <c r="B25" s="52" t="s">
+        <v>103</v>
+      </c>
+      <c r="C25" s="60">
+        <v>0</v>
+      </c>
+      <c r="D25" s="60">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A26" s="51" t="s">
+        <v>104</v>
+      </c>
+      <c r="B26" s="52" t="s">
+        <v>105</v>
+      </c>
+      <c r="C26" s="60">
+        <v>0</v>
+      </c>
+      <c r="D26" s="60">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A27" s="51" t="s">
+        <v>106</v>
+      </c>
+      <c r="B27" s="52" t="s">
+        <v>107</v>
+      </c>
+      <c r="C27" s="60">
+        <v>0</v>
+      </c>
+      <c r="D27" s="60">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A28" s="51" t="s">
+        <v>108</v>
+      </c>
+      <c r="B28" s="52" t="s">
+        <v>109</v>
+      </c>
+      <c r="C28" s="60">
+        <v>0</v>
+      </c>
+      <c r="D28" s="60">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A29" s="51" t="s">
+        <v>110</v>
+      </c>
+      <c r="B29" s="31" t="s">
+        <v>110</v>
+      </c>
+      <c r="C29" s="60">
+        <v>0</v>
+      </c>
+      <c r="D29" s="60">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A30" s="51" t="s">
+        <v>111</v>
+      </c>
+      <c r="B30" s="31" t="s">
+        <v>111</v>
+      </c>
+      <c r="C30" s="60">
+        <v>0</v>
+      </c>
+      <c r="D30" s="60">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A31" s="51" t="s">
+        <v>112</v>
+      </c>
+      <c r="B31" s="31" t="s">
+        <v>112</v>
+      </c>
+      <c r="C31" s="60">
+        <v>0</v>
+      </c>
+      <c r="D31" s="60">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A32" s="51" t="s">
+        <v>113</v>
+      </c>
+      <c r="B32" s="31" t="s">
+        <v>113</v>
+      </c>
+      <c r="C32" s="60">
+        <v>0</v>
+      </c>
+      <c r="D32" s="60">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" s="50" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="51"/>
+      <c r="B33" s="48" t="s">
+        <v>114</v>
+      </c>
+      <c r="C33" s="61"/>
+      <c r="D33" s="61"/>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A34" s="51" t="s">
+        <v>94</v>
+      </c>
+      <c r="B34" s="52" t="s">
+        <v>95</v>
+      </c>
+      <c r="C34" s="60" t="s">
+        <v>115</v>
+      </c>
+      <c r="D34" s="60" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A35" s="51" t="s">
+        <v>98</v>
+      </c>
+      <c r="B35" s="52" t="s">
+        <v>99</v>
+      </c>
+      <c r="C35" s="60" t="s">
+        <v>117</v>
+      </c>
+      <c r="D35" s="60" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A36" s="51" t="s">
+        <v>102</v>
+      </c>
+      <c r="B36" s="52" t="s">
+        <v>103</v>
+      </c>
+      <c r="C36" s="63" t="s">
+        <v>86</v>
+      </c>
+      <c r="D36" s="63" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A37" s="51" t="s">
+        <v>104</v>
+      </c>
+      <c r="B37" s="52" t="s">
+        <v>105</v>
+      </c>
+      <c r="C37" s="63" t="s">
+        <v>86</v>
+      </c>
+      <c r="D37" s="63" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A38" s="51" t="s">
+        <v>106</v>
+      </c>
+      <c r="B38" s="52" t="s">
+        <v>107</v>
+      </c>
+      <c r="C38" s="63" t="s">
+        <v>86</v>
+      </c>
+      <c r="D38" s="63" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A39" s="51" t="s">
+        <v>108</v>
+      </c>
+      <c r="B39" s="52" t="s">
+        <v>109</v>
+      </c>
+      <c r="C39" s="63" t="s">
+        <v>86</v>
+      </c>
+      <c r="D39" s="63" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A40" s="51" t="s">
+        <v>110</v>
+      </c>
+      <c r="B40" s="31" t="s">
+        <v>110</v>
+      </c>
+      <c r="C40" s="63" t="s">
+        <v>86</v>
+      </c>
+      <c r="D40" s="63" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A41" s="51" t="s">
+        <v>111</v>
+      </c>
+      <c r="B41" s="31" t="s">
+        <v>111</v>
+      </c>
+      <c r="C41" s="63" t="s">
+        <v>86</v>
+      </c>
+      <c r="D41" s="63" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A42" s="51" t="s">
+        <v>112</v>
+      </c>
+      <c r="B42" s="31" t="s">
+        <v>112</v>
+      </c>
+      <c r="C42" s="63" t="s">
+        <v>86</v>
+      </c>
+      <c r="D42" s="63" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A43" s="51" t="s">
+        <v>113</v>
+      </c>
+      <c r="B43" s="31" t="s">
+        <v>113</v>
+      </c>
+      <c r="C43" s="63" t="s">
+        <v>86</v>
+      </c>
+      <c r="D43" s="63" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A44" s="51"/>
+      <c r="B44" s="53" t="s">
+        <v>119</v>
+      </c>
+      <c r="C44" s="62"/>
+      <c r="D44" s="62"/>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A45" s="51" t="s">
+        <v>94</v>
+      </c>
+      <c r="B45" s="52" t="s">
+        <v>95</v>
+      </c>
+      <c r="C45" s="63" t="s">
+        <v>86</v>
+      </c>
+      <c r="D45" s="63" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A46" s="51" t="s">
+        <v>98</v>
+      </c>
+      <c r="B46" s="52" t="s">
+        <v>99</v>
+      </c>
+      <c r="C46" s="63" t="s">
+        <v>86</v>
+      </c>
+      <c r="D46" s="63" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A47" s="51" t="s">
+        <v>102</v>
+      </c>
+      <c r="B47" s="52" t="s">
+        <v>103</v>
+      </c>
+      <c r="C47" s="63">
+        <v>0</v>
+      </c>
+      <c r="D47" s="63">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A48" s="51" t="s">
+        <v>104</v>
+      </c>
+      <c r="B48" s="52" t="s">
+        <v>105</v>
+      </c>
+      <c r="C48" s="63">
+        <v>0</v>
+      </c>
+      <c r="D48" s="63">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A49" s="51" t="s">
+        <v>106</v>
+      </c>
+      <c r="B49" s="52" t="s">
+        <v>107</v>
+      </c>
+      <c r="C49" s="63">
+        <v>0</v>
+      </c>
+      <c r="D49" s="63">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A50" s="51" t="s">
+        <v>108</v>
+      </c>
+      <c r="B50" s="52" t="s">
+        <v>109</v>
+      </c>
+      <c r="C50" s="63">
+        <v>0</v>
+      </c>
+      <c r="D50" s="63">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A51" s="54"/>
+      <c r="B51" s="55"/>
+      <c r="C51" s="56"/>
+      <c r="D51" s="56"/>
+    </row>
+    <row r="52" spans="1:4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="57" t="s">
+        <v>120</v>
+      </c>
+      <c r="B52" s="57" t="s">
+        <v>121</v>
+      </c>
+      <c r="C52" s="56"/>
+      <c r="D52" s="56"/>
+    </row>
+    <row r="53" spans="1:4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="57" t="s">
+        <v>122</v>
+      </c>
+      <c r="B53" s="57" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A54" s="57" t="s">
+        <v>79</v>
+      </c>
+      <c r="B54" s="57" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A55" s="57" t="s">
+        <v>125</v>
+      </c>
+      <c r="B55" s="57" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A56" s="57" t="s">
+        <v>127</v>
+      </c>
+      <c r="B56" s="57" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A57" s="58" t="s">
+        <v>129</v>
+      </c>
+      <c r="B57" s="57" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" ht="36" x14ac:dyDescent="0.3">
+      <c r="A58" s="57"/>
+      <c r="B58" s="64" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="C59" s="59"/>
+      <c r="D59" s="59"/>
+    </row>
+    <row r="60" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="C60" s="59"/>
+      <c r="D60" s="59"/>
+    </row>
+    <row r="61" spans="1:4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="62" spans="1:4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="63" spans="1:4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="64" spans="1:4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="65" spans="3:4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="66" spans="3:4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="67" spans="3:4" x14ac:dyDescent="0.3">
+      <c r="C67" s="59"/>
+      <c r="D67" s="59"/>
+    </row>
+  </sheetData>
+  <mergeCells count="12">
+    <mergeCell ref="C20:D20"/>
+    <mergeCell ref="C19:D19"/>
+    <mergeCell ref="C17:D17"/>
+    <mergeCell ref="C16:D16"/>
+    <mergeCell ref="C15:D15"/>
+    <mergeCell ref="C8:D8"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="C14:D14"/>
+    <mergeCell ref="C12:D12"/>
+    <mergeCell ref="C11:D11"/>
+    <mergeCell ref="C10:D10"/>
+    <mergeCell ref="C9:D9"/>
+  </mergeCells>
+  <conditionalFormatting sqref="C23:D32 C45:D50">
+    <cfRule type="cellIs" dxfId="7" priority="21" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="6" priority="22">
+      <formula>C$1=2</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="5" priority="23">
+      <formula>C$1=4</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="4" priority="24">
+      <formula>C$1=3</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C36:D43">
+    <cfRule type="cellIs" dxfId="3" priority="1" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="2" priority="2">
+      <formula>C$1=2</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="1" priority="3">
+      <formula>C$1=4</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="0" priority="4">
+      <formula>C$1=3</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Named Ranges</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>10</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="14" baseType="lpstr">
+      <vt:lpstr>Monthly Portfolio</vt:lpstr>
+      <vt:lpstr>Half Yearly Portfolio</vt:lpstr>
+      <vt:lpstr>Notes to Half Yearly Portfolio</vt:lpstr>
+      <vt:lpstr>Sheet1</vt:lpstr>
+      <vt:lpstr>'Half Yearly Portfolio'!ExternalData_1</vt:lpstr>
+      <vt:lpstr>'Monthly Portfolio'!ExternalData_1</vt:lpstr>
+      <vt:lpstr>'Half Yearly Portfolio'!ExternalData_2</vt:lpstr>
+      <vt:lpstr>'Monthly Portfolio'!ExternalData_2</vt:lpstr>
+      <vt:lpstr>'Half Yearly Portfolio'!ExternalData_3</vt:lpstr>
+      <vt:lpstr>'Monthly Portfolio'!ExternalData_3</vt:lpstr>
+      <vt:lpstr>'Half Yearly Portfolio'!ExternalData_4</vt:lpstr>
+      <vt:lpstr>'Monthly Portfolio'!ExternalData_4</vt:lpstr>
+      <vt:lpstr>'Half Yearly Portfolio'!ExternalData_5</vt:lpstr>
+      <vt:lpstr>'Monthly Portfolio'!ExternalData_5</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ICRON Research</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_SetDate">
+    <vt:lpwstr>2025-10-07T14:22:11Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_Name">
+    <vt:lpwstr>Public</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_SiteId">
+    <vt:lpwstr>1771ae17-e764-4e0f-a476-d4184d79a5d9</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_ActionId">
+    <vt:lpwstr>42ebdbaa-5814-4e75-b317-1c6f6d730c8f</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>