--- v1 (2025-10-29)
+++ v2 (2025-11-22)
@@ -1,1157 +1,786 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...4 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8B636A34-0A59-453E-95EF-8C6A3E38E5A8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="Monthly Portfolio" sheetId="1" r:id="rId1"/>
-[...2 lines deleted...]
-    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId4"/>
+    <sheet name="World Mining FOF" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
-  <definedNames>
-[...24 lines deleted...]
-  </extLst>
+  <definedNames/>
+  <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...411 lines deleted...]
-
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-[...7 lines deleted...]
-    <numFmt numFmtId="170" formatCode="#,##0.000000"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="16" x14ac:knownFonts="1">
-    <font>
+  <fonts count="24">
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <color theme="1"/>
       <sz val="11"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
       <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFFFFFF"/>
+      <sz val="14"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFFFFFF"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="11"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
       <sz val="10"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <color theme="10"/>
+      <sz val="11"/>
+      <u val="single"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+      <u val="single"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
       <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
-    </font>
-[...8 lines deleted...]
-      <b/>
+      <b val="1"/>
+      <color theme="1"/>
       <sz val="10"/>
-      <color theme="1"/>
-[...75 lines deleted...]
-      <family val="2"/>
+      <u val="single"/>
     </font>
   </fonts>
-  <fills count="6">
+  <fills count="5">
     <fill>
-      <patternFill patternType="none"/>
+      <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="5">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...7 lines deleted...]
-      </top>
+      <left/>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...2 lines deleted...]
-      <right/>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="4">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+  <cellStyleXfs count="3">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="85">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+  <cellXfs count="98">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...49 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-[...70 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="2" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
-  <cellStyles count="4">
-    <cellStyle name="Comma" xfId="2" builtinId="3"/>
+  <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="3" xr:uid="{00AADADB-FD88-40E8-9603-7D6FE9EF3290}"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
+    <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
-  <dxfs count="8">
-[...24 lines deleted...]
-  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <extLst>
-[...6 lines deleted...]
-  </extLst>
+  <colors>
+    <indexedColors>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008000"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00808000"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="00C0C0C0"/>
+      <rgbColor rgb="00808080"/>
+      <rgbColor rgb="009999FF"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00FFFFCC"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00660066"/>
+      <rgbColor rgb="00FF8080"/>
+      <rgbColor rgb="000066CC"/>
+      <rgbColor rgb="00CCCCFF"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="0000CCFF"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00CCFFCC"/>
+      <rgbColor rgb="00FFFF99"/>
+      <rgbColor rgb="0099CCFF"/>
+      <rgbColor rgb="00FF99CC"/>
+      <rgbColor rgb="00CC99FF"/>
+      <rgbColor rgb="00FFCC99"/>
+      <rgbColor rgb="003366FF"/>
+      <rgbColor rgb="0033CCCC"/>
+      <rgbColor rgb="0099CC00"/>
+      <rgbColor rgb="00FFCC00"/>
+      <rgbColor rgb="00FF9900"/>
+      <rgbColor rgb="00FF6600"/>
+      <rgbColor rgb="00666699"/>
+      <rgbColor rgb="00969696"/>
+      <rgbColor rgb="00003366"/>
+      <rgbColor rgb="00339966"/>
+      <rgbColor rgb="00003300"/>
+      <rgbColor rgb="00333300"/>
+      <rgbColor rgb="00993300"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00333399"/>
+      <rgbColor rgb="00333333"/>
+    </indexedColors>
+  </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...22 lines deleted...]
-        <xdr:cNvPicPr>
+<wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>0</colOff>
+      <row>27</row>
+      <rowOff>0</rowOff>
+    </from>
+    <to>
+      <col>1</col>
+      <colOff>2374900</colOff>
+      <row>36</row>
+      <rowOff>31750</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="2" name="Picture 1"/>
+        <cNvPicPr>
           <a:picLocks/>
-        </xdr:cNvPicPr>
-[...2 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-      <xdr:spPr>
+      </blipFill>
+      <spPr>
         <a:xfrm>
           <a:off x="457200" y="4883150"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <a:avLst/>
+          <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...25 lines deleted...]
-        <xdr:cNvPicPr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>0</colOff>
+      <row>41</row>
+      <rowOff>0</rowOff>
+    </from>
+    <to>
+      <col>1</col>
+      <colOff>2374900</colOff>
+      <row>50</row>
+      <rowOff>31750</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="3" name="Picture 2"/>
+        <cNvPicPr>
           <a:picLocks/>
-        </xdr:cNvPicPr>
-[...2 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-      <xdr:spPr>
+      </blipFill>
+      <spPr>
         <a:xfrm>
           <a:off x="457200" y="7664450"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <a:avLst/>
+          <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...102 lines deleted...]
-</xdr:wsDr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+</wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1371,2385 +1000,1037 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L96"/>
+<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:L101"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col min="1" max="1" width="6.54296875" style="1" bestFit="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14" max="16384" width="8.7265625" style="1"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="40.26953125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="13.54296875" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="15.26953125" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="9.81640625" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="15.81640625" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-[...1 lines deleted...]
-      <c r="B1" s="68" t="s">
+    <row r="1" ht="19" customHeight="1" s="77">
+      <c r="A1" s="76" t="n"/>
+      <c r="B1" s="76" t="inlineStr">
+        <is>
+          <t>DSP World Mining Overseas Equity Omni FoF</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on October 31, 2025</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="5" t="inlineStr">
+        <is>
+          <t>Sr. No.</t>
+        </is>
+      </c>
+      <c r="B4" s="5" t="inlineStr">
+        <is>
+          <t>Name of Instrument</t>
+        </is>
+      </c>
+      <c r="C4" s="5" t="inlineStr">
+        <is>
+          <t>ISIN</t>
+        </is>
+      </c>
+      <c r="D4" s="5" t="inlineStr">
+        <is>
+          <t>Rating/Industry</t>
+        </is>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t>Quantity</t>
+        </is>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t>Market value (Rs. In lakhs)</t>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t>% to Net Assets</t>
+        </is>
+      </c>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t>Maturity Date</t>
+        </is>
+      </c>
+      <c r="I4" s="5" t="inlineStr">
+        <is>
+          <t>Put/Call Option</t>
+        </is>
+      </c>
+      <c r="J4" s="5" t="inlineStr">
+        <is>
+          <t>YTM (%)</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="B6" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="B7" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F7" s="7" t="n">
+        <v>230.27</v>
+      </c>
+      <c r="G7" s="8" t="n">
+        <v>0.0137</v>
+      </c>
+      <c r="H7" s="12" t="n">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="9" t="n"/>
+      <c r="B8" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C8" s="9" t="n"/>
+      <c r="D8" s="9" t="n"/>
+      <c r="E8" s="9" t="n"/>
+      <c r="F8" s="10" t="n">
+        <v>230.27</v>
+      </c>
+      <c r="G8" s="11" t="n">
+        <v>0.0137</v>
+      </c>
+      <c r="K8" s="4" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="4" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="K9" s="2" t="inlineStr">
+        <is>
+          <t>Foreign Security</t>
+        </is>
+      </c>
+      <c r="L9" s="8" t="n">
+        <v>0.9882</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="B10" s="4" t="inlineStr">
+        <is>
+          <t>OTHERS</t>
+        </is>
+      </c>
+      <c r="K10" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L10" s="8" t="n">
+        <v>0.0118</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="B11" s="4" t="inlineStr">
+        <is>
+          <t>Overseas Mutual Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="2" t="n">
+        <v>2</v>
+      </c>
+      <c r="B12" s="2" t="inlineStr">
+        <is>
+          <t>BlackRock Global Funds - World Mining Fund ^^</t>
+        </is>
+      </c>
+      <c r="C12" s="2" t="inlineStr">
+        <is>
+          <t>LU0368260294</t>
+        </is>
+      </c>
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>Foreign Security</t>
+        </is>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>193619.66</v>
+      </c>
+      <c r="F12" s="7" t="n">
+        <v>16659.93</v>
+      </c>
+      <c r="G12" s="8" t="n">
+        <v>0.9882</v>
+      </c>
+      <c r="J12" s="7" t="n"/>
+    </row>
+    <row r="13">
+      <c r="A13" s="9" t="n"/>
+      <c r="B13" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C13" s="9" t="n"/>
+      <c r="D13" s="9" t="n"/>
+      <c r="E13" s="9" t="n"/>
+      <c r="F13" s="10" t="n">
+        <v>16659.93</v>
+      </c>
+      <c r="G13" s="11" t="n">
+        <v>0.9882</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="B15" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E16" s="6" t="n"/>
+      <c r="F16" s="7" t="n">
+        <v>-31.98</v>
+      </c>
+      <c r="G16" s="8" t="n">
+        <v>-0.0019</v>
+      </c>
+      <c r="J16" s="7" t="n"/>
+    </row>
+    <row r="17">
+      <c r="A17" s="9" t="n"/>
+      <c r="B17" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C17" s="9" t="n"/>
+      <c r="D17" s="9" t="n"/>
+      <c r="E17" s="9" t="n"/>
+      <c r="F17" s="10" t="n">
+        <v>-31.98</v>
+      </c>
+      <c r="G17" s="11" t="n">
+        <v>-0.0019</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="5" t="n"/>
+      <c r="B19" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C19" s="5" t="n"/>
+      <c r="D19" s="5" t="n"/>
+      <c r="E19" s="5" t="n"/>
+      <c r="F19" s="13" t="n">
+        <v>16858.22</v>
+      </c>
+      <c r="G19" s="14" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="16" t="n">
+        <v>1</v>
+      </c>
+      <c r="B21" s="16" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" ht="27" customHeight="1" s="77">
+      <c r="A22" s="16" t="n">
+        <v>2</v>
+      </c>
+      <c r="B22" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="52" t="n">
+        <v>3</v>
+      </c>
+      <c r="B23" s="52" t="inlineStr">
+        <is>
+          <t>^^Fund domiciled in Luxembourg</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" ht="14.5" customHeight="1" s="77">
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Scheme Riskometer</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" ht="43.5" customHeight="1" s="77">
+      <c r="B40" s="17" t="inlineStr">
+        <is>
+          <t>Benchmark Riskometer: MSCI ACWI Metals and Mining 30% Buffer 10/40 (1994)
+Net Total Return Index</t>
+        </is>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="68" t="n"/>
+      <c r="B55" s="36" t="inlineStr">
+        <is>
+          <t>Additional Disclosure</t>
+        </is>
+      </c>
+      <c r="C55" s="68" t="n"/>
+      <c r="D55" s="68" t="n"/>
+      <c r="E55" s="68" t="n"/>
+      <c r="F55" s="68" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="68" t="n"/>
+      <c r="B56" s="87" t="inlineStr">
+        <is>
+          <t>DSP World Mining Overseas Equity Omni FoF as of 30-Sep-2025</t>
+        </is>
+      </c>
+      <c r="C56" s="96" t="n"/>
+      <c r="D56" s="96" t="n"/>
+      <c r="E56" s="97" t="n"/>
+      <c r="F56" s="87" t="inlineStr">
+        <is>
+          <t>% to Net Assets</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="68" t="n"/>
+      <c r="B57" s="45" t="inlineStr">
+        <is>
+          <t>BlackRock Global Funds - World Mining Fund ^^</t>
+        </is>
+      </c>
+      <c r="C57" s="45" t="n"/>
+      <c r="D57" s="45" t="n"/>
+      <c r="E57" s="45" t="n"/>
+      <c r="F57" s="69" t="n">
+        <v>0.9918</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="68" t="n"/>
+      <c r="B58" s="45" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="C58" s="45" t="n"/>
+      <c r="D58" s="45" t="n"/>
+      <c r="E58" s="45" t="n"/>
+      <c r="F58" s="69" t="n">
+        <v>0.0114</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="68" t="n"/>
+      <c r="B59" s="45" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="C59" s="45" t="n"/>
+      <c r="D59" s="45" t="n"/>
+      <c r="E59" s="45" t="n"/>
+      <c r="F59" s="69" t="n">
+        <v>-0.0032</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="68" t="n"/>
+      <c r="B60" s="48" t="inlineStr">
+        <is>
+          <t>TOTAL</t>
+        </is>
+      </c>
+      <c r="C60" s="45" t="n"/>
+      <c r="D60" s="45" t="n"/>
+      <c r="E60" s="45" t="n"/>
+      <c r="F60" s="70" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="68" t="n"/>
+      <c r="B61" s="68" t="n"/>
+      <c r="C61" s="68" t="n"/>
+      <c r="D61" s="68" t="n"/>
+      <c r="E61" s="68" t="n"/>
+      <c r="F61" s="68" t="n"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="68" t="n"/>
+      <c r="B62" s="87" t="inlineStr">
+        <is>
+          <t xml:space="preserve">BlackRock Global Funds - World Mining Fund (Underlying Fund) </t>
+        </is>
+      </c>
+      <c r="C62" s="96" t="n"/>
+      <c r="D62" s="96" t="n"/>
+      <c r="E62" s="96" t="n"/>
+      <c r="F62" s="97" t="n"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="68" t="n"/>
+      <c r="B63" s="87" t="inlineStr">
+        <is>
+          <t>Top 10 stocks</t>
+        </is>
+      </c>
+      <c r="C63" s="96" t="n"/>
+      <c r="D63" s="96" t="n"/>
+      <c r="E63" s="96" t="n"/>
+      <c r="F63" s="97" t="n"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="68" t="n"/>
+      <c r="B64" s="87" t="inlineStr">
+        <is>
+          <t>Security</t>
+        </is>
+      </c>
+      <c r="C64" s="96" t="n"/>
+      <c r="D64" s="96" t="n"/>
+      <c r="E64" s="97" t="n"/>
+      <c r="F64" s="87" t="inlineStr">
+        <is>
+          <t>% to Net Assets</t>
+        </is>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="68" t="n"/>
+      <c r="B65" s="44" t="inlineStr">
+        <is>
+          <t>AGNICO EAGLE MINES LTD (ONTARIO)</t>
+        </is>
+      </c>
+      <c r="C65" s="45" t="n"/>
+      <c r="D65" s="45" t="n"/>
+      <c r="E65" s="45" t="n"/>
+      <c r="F65" s="69" t="n">
+        <v>0.08656700000000001</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="68" t="n"/>
+      <c r="B66" s="44" t="inlineStr">
+        <is>
+          <t>NEWMONT CORPORATION</t>
+        </is>
+      </c>
+      <c r="C66" s="45" t="n"/>
+      <c r="D66" s="45" t="n"/>
+      <c r="E66" s="45" t="n"/>
+      <c r="F66" s="69" t="n">
+        <v>0.06540700000000001</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="68" t="n"/>
+      <c r="B67" s="44" t="inlineStr">
+        <is>
+          <t>WHEATON PRECIOUS METALS CORP</t>
+        </is>
+      </c>
+      <c r="C67" s="45" t="n"/>
+      <c r="D67" s="45" t="n"/>
+      <c r="E67" s="45" t="n"/>
+      <c r="F67" s="69" t="n">
+        <v>0.055747</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="68" t="n"/>
+      <c r="B68" s="44" t="inlineStr">
+        <is>
+          <t>ANGLO AMERICAN PLC</t>
+        </is>
+      </c>
+      <c r="C68" s="45" t="n"/>
+      <c r="D68" s="45" t="n"/>
+      <c r="E68" s="45" t="n"/>
+      <c r="F68" s="69" t="n">
+        <v>0.054215</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="68" t="n"/>
+      <c r="B69" s="44" t="inlineStr">
+        <is>
+          <t>BARRICK MINING CORP</t>
+        </is>
+      </c>
+      <c r="C69" s="45" t="n"/>
+      <c r="D69" s="45" t="n"/>
+      <c r="E69" s="45" t="n"/>
+      <c r="F69" s="69" t="n">
+        <v>0.054171</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="68" t="n"/>
+      <c r="B70" s="44" t="inlineStr">
+        <is>
+          <t>KINROSS GOLD CORP</t>
+        </is>
+      </c>
+      <c r="C70" s="45" t="n"/>
+      <c r="D70" s="45" t="n"/>
+      <c r="E70" s="45" t="n"/>
+      <c r="F70" s="69" t="n">
+        <v>0.049377</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="68" t="n"/>
+      <c r="B71" s="44" t="inlineStr">
+        <is>
+          <t>BHP GROUP LTD</t>
+        </is>
+      </c>
+      <c r="C71" s="45" t="n"/>
+      <c r="D71" s="45" t="n"/>
+      <c r="E71" s="45" t="n"/>
+      <c r="F71" s="69" t="n">
+        <v>0.04722299999999999</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="68" t="n"/>
+      <c r="B72" s="44" t="inlineStr">
+        <is>
+          <t>GLENCORE PLC</t>
+        </is>
+      </c>
+      <c r="C72" s="45" t="n"/>
+      <c r="D72" s="45" t="n"/>
+      <c r="E72" s="45" t="n"/>
+      <c r="F72" s="69" t="n">
+        <v>0.046058</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="68" t="n"/>
+      <c r="B73" s="44" t="inlineStr">
+        <is>
+          <t>VALE SA</t>
+        </is>
+      </c>
+      <c r="C73" s="45" t="n"/>
+      <c r="D73" s="45" t="n"/>
+      <c r="E73" s="45" t="n"/>
+      <c r="F73" s="69" t="n">
+        <v>0.043365</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="68" t="n"/>
+      <c r="B74" s="44" t="inlineStr">
+        <is>
+          <t>RIO TINTO PLC</t>
+        </is>
+      </c>
+      <c r="C74" s="45" t="n"/>
+      <c r="D74" s="45" t="n"/>
+      <c r="E74" s="45" t="n"/>
+      <c r="F74" s="69" t="n">
+        <v>0.038037</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="68" t="n"/>
+      <c r="B75" s="44" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="C75" s="45" t="n"/>
+      <c r="D75" s="45" t="n"/>
+      <c r="E75" s="45" t="n"/>
+      <c r="F75" s="60" t="n">
+        <v>0.4598329999999999</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="68" t="n"/>
+      <c r="B76" s="44" t="inlineStr">
+        <is>
+          <t>Cash</t>
+        </is>
+      </c>
+      <c r="C76" s="45" t="n"/>
+      <c r="D76" s="45" t="n"/>
+      <c r="E76" s="45" t="n"/>
+      <c r="F76" s="60" t="n"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="68" t="n"/>
+      <c r="B77" s="48" t="inlineStr">
+        <is>
+          <t>TOTAL</t>
+        </is>
+      </c>
+      <c r="C77" s="45" t="n"/>
+      <c r="D77" s="45" t="n"/>
+      <c r="E77" s="45" t="n"/>
+      <c r="F77" s="74" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="68" t="n"/>
+      <c r="B78" s="68" t="n"/>
+      <c r="C78" s="68" t="n"/>
+      <c r="D78" s="68" t="n"/>
+      <c r="E78" s="68" t="n"/>
+      <c r="F78" s="68" t="n"/>
+    </row>
+    <row r="79">
+      <c r="A79" s="68" t="n"/>
+      <c r="B79" s="87" t="inlineStr">
+        <is>
+          <t>Sector Allocation</t>
+        </is>
+      </c>
+      <c r="C79" s="96" t="n"/>
+      <c r="D79" s="96" t="n"/>
+      <c r="E79" s="96" t="n"/>
+      <c r="F79" s="97" t="n"/>
+    </row>
+    <row r="80">
+      <c r="A80" s="68" t="n"/>
+      <c r="B80" s="44" t="inlineStr">
+        <is>
+          <t>Gold</t>
+        </is>
+      </c>
+      <c r="C80" s="45" t="n"/>
+      <c r="D80" s="45" t="n"/>
+      <c r="E80" s="45" t="n"/>
+      <c r="F80" s="73" t="n">
+        <v>0.4061999999999999</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="68" t="n"/>
+      <c r="B81" s="44" t="inlineStr">
+        <is>
+          <t>Diversified</t>
+        </is>
+      </c>
+      <c r="C81" s="45" t="n"/>
+      <c r="D81" s="45" t="n"/>
+      <c r="E81" s="45" t="n"/>
+      <c r="F81" s="73" t="n">
+        <v>0.2332</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="68" t="n"/>
+      <c r="B82" s="44" t="inlineStr">
+        <is>
+          <t>Copper</t>
+        </is>
+      </c>
+      <c r="C82" s="45" t="n"/>
+      <c r="D82" s="45" t="n"/>
+      <c r="E82" s="45" t="n"/>
+      <c r="F82" s="73" t="n">
+        <v>0.1888</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="68" t="n"/>
+      <c r="B83" s="44" t="inlineStr">
+        <is>
+          <t>Steel</t>
+        </is>
+      </c>
+      <c r="C83" s="45" t="n"/>
+      <c r="D83" s="45" t="n"/>
+      <c r="E83" s="45" t="n"/>
+      <c r="F83" s="73" t="n">
+        <v>0.0573</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="68" t="n"/>
+      <c r="B84" s="44" t="inlineStr">
+        <is>
+          <t>Platinum Grp. Met.</t>
+        </is>
+      </c>
+      <c r="C84" s="45" t="n"/>
+      <c r="D84" s="45" t="n"/>
+      <c r="E84" s="45" t="n"/>
+      <c r="F84" s="73" t="n">
+        <v>0.0326</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="68" t="n"/>
+      <c r="B85" s="44" t="inlineStr">
+        <is>
+          <t>Industrial Minerals</t>
+        </is>
+      </c>
+      <c r="C85" s="45" t="n"/>
+      <c r="D85" s="45" t="n"/>
+      <c r="E85" s="45" t="n"/>
+      <c r="F85" s="73" t="n">
+        <v>0.0317</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="68" t="n"/>
+      <c r="B86" s="44" t="inlineStr">
+        <is>
+          <t>Aluminium</t>
+        </is>
+      </c>
+      <c r="C86" s="45" t="n"/>
+      <c r="D86" s="45" t="n"/>
+      <c r="E86" s="45" t="n"/>
+      <c r="F86" s="73" t="n">
+        <v>0.017</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="68" t="n"/>
+      <c r="B87" s="44" t="inlineStr">
+        <is>
+          <t>Cash and/or Derivatives</t>
+        </is>
+      </c>
+      <c r="C87" s="45" t="n"/>
+      <c r="D87" s="45" t="n"/>
+      <c r="E87" s="45" t="n"/>
+      <c r="F87" s="73" t="n">
+        <v>0.012</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="68" t="n"/>
+      <c r="B88" s="44" t="inlineStr">
+        <is>
+          <t>Uranium</t>
+        </is>
+      </c>
+      <c r="C88" s="45" t="n"/>
+      <c r="D88" s="45" t="n"/>
+      <c r="E88" s="45" t="n"/>
+      <c r="F88" s="73" t="n">
+        <v>0.011</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="68" t="n"/>
+      <c r="B89" s="44" t="inlineStr">
+        <is>
+          <t>Nickel</t>
+        </is>
+      </c>
+      <c r="C89" s="45" t="n"/>
+      <c r="D89" s="45" t="n"/>
+      <c r="E89" s="45" t="n"/>
+      <c r="F89" s="73" t="n">
+        <v>0.006</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="68" t="n"/>
+      <c r="B90" s="44" t="inlineStr">
+        <is>
+          <t>Iron Ore</t>
+        </is>
+      </c>
+      <c r="C90" s="45" t="n"/>
+      <c r="D90" s="45" t="n"/>
+      <c r="E90" s="45" t="n"/>
+      <c r="F90" s="73" t="n">
+        <v>0.004099999999999999</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="68" t="n"/>
+      <c r="B91" s="44" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="C91" s="45" t="n"/>
+      <c r="D91" s="45" t="n"/>
+      <c r="E91" s="45" t="n"/>
+      <c r="F91" s="73" t="n">
+        <v>0.0001</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="68" t="n"/>
+      <c r="B92" s="44" t="inlineStr">
+        <is>
+          <t>Coal</t>
+        </is>
+      </c>
+      <c r="C92" s="45" t="n"/>
+      <c r="D92" s="45" t="n"/>
+      <c r="E92" s="45" t="n"/>
+      <c r="F92" s="73" t="n">
         <v>0</v>
       </c>
-      <c r="C1" s="69"/>
-[...5 lines deleted...]
-      <c r="B2" s="2" t="s">
+    </row>
+    <row r="93">
+      <c r="A93" s="68" t="n"/>
+      <c r="B93" s="44" t="inlineStr">
+        <is>
+          <t>Zinc</t>
+        </is>
+      </c>
+      <c r="C93" s="45" t="n"/>
+      <c r="D93" s="45" t="n"/>
+      <c r="E93" s="45" t="n"/>
+      <c r="F93" s="73" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="68" t="n"/>
+      <c r="B94" s="44" t="inlineStr">
+        <is>
+          <t>Silver</t>
+        </is>
+      </c>
+      <c r="C94" s="45" t="n"/>
+      <c r="D94" s="45" t="n"/>
+      <c r="E94" s="45" t="n"/>
+      <c r="F94" s="73" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="68" t="n"/>
+      <c r="B95" s="44" t="inlineStr">
+        <is>
+          <t>Molybdenum</t>
+        </is>
+      </c>
+      <c r="C95" s="45" t="n"/>
+      <c r="D95" s="45" t="n"/>
+      <c r="E95" s="45" t="n"/>
+      <c r="F95" s="73" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="68" t="n"/>
+      <c r="B96" s="44" t="inlineStr">
+        <is>
+          <t>Mineral Services</t>
+        </is>
+      </c>
+      <c r="C96" s="45" t="n"/>
+      <c r="D96" s="45" t="n"/>
+      <c r="E96" s="45" t="n"/>
+      <c r="F96" s="73" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="68" t="n"/>
+      <c r="B97" s="44" t="n"/>
+      <c r="C97" s="45" t="n"/>
+      <c r="D97" s="45" t="n"/>
+      <c r="E97" s="45" t="n"/>
+      <c r="F97" s="60" t="n"/>
+    </row>
+    <row r="98">
+      <c r="A98" s="68" t="n"/>
+      <c r="B98" s="48" t="inlineStr">
+        <is>
+          <t>TOTAL</t>
+        </is>
+      </c>
+      <c r="C98" s="45" t="n"/>
+      <c r="D98" s="45" t="n"/>
+      <c r="E98" s="45" t="n"/>
+      <c r="F98" s="74" t="n">
+        <v>0.9999999999999999</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="68" t="n"/>
+      <c r="B99" s="71" t="n"/>
+      <c r="C99" s="68" t="n"/>
+      <c r="D99" s="68" t="n"/>
+      <c r="E99" s="68" t="n"/>
+      <c r="F99" s="72" t="n"/>
+    </row>
+    <row r="100">
+      <c r="A100" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+      <c r="B100" s="68" t="n"/>
+      <c r="C100" s="68" t="n"/>
+      <c r="D100" s="68" t="n"/>
+      <c r="E100" s="68" t="n"/>
+      <c r="F100" s="68" t="n"/>
+    </row>
+    <row r="101">
+      <c r="A101" s="34" t="n">
         <v>1</v>
       </c>
-    </row>
-[...699 lines deleted...]
-      </c>
+      <c r="B101" s="34" t="inlineStr">
+        <is>
+          <t>^^Fund domiciled in Luxembourg</t>
+        </is>
+      </c>
+      <c r="C101" s="68" t="n"/>
+      <c r="D101" s="68" t="n"/>
+      <c r="E101" s="68" t="n"/>
+      <c r="F101" s="68" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="6">
-    <mergeCell ref="B59:E59"/>
+    <mergeCell ref="B56:E56"/>
+    <mergeCell ref="B62:F62"/>
+    <mergeCell ref="B64:E64"/>
+    <mergeCell ref="B63:F63"/>
+    <mergeCell ref="B79:F79"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="B51:E51"/>
-[...2 lines deleted...]
-    <mergeCell ref="B57:F57"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6A855CB9-AB91-466D-AE04-2B7B7A392372}">
-  <dimension ref="A1:L96"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:A1"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
-[...754 lines deleted...]
-      <selection activeCell="A5" sqref="A5"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
-[...746 lines deleted...]
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
-  <DocSecurity>0</DocSecurity>
-[...37 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...1 lines deleted...]
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>
-
-[...27 lines deleted...]
-</file>