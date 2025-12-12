--- v2 (2025-11-22)
+++ v3 (2025-12-12)
@@ -1,80 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="World Mining FOF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
-    <numFmt numFmtId="166" formatCode="0.0%"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="24">
+  <fonts count="15">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -109,508 +103,379 @@
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="Arial"/>
-[...42 lines deleted...]
-    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Arial"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color indexed="8"/>
-[...4 lines deleted...]
-      <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="12">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...1 lines deleted...]
-      <top/>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...7 lines deleted...]
-      </top>
+      <left/>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
-      <bottom style="thin">
-[...11 lines deleted...]
-      </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="thin">
-[...9 lines deleted...]
-      <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="98">
+  <cellXfs count="72">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-[...22 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...66 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
@@ -658,99 +523,99 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>27</row>
+      <row>26</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2374900</colOff>
-[...1 lines deleted...]
-      <rowOff>31750</rowOff>
+      <colOff>2378075</colOff>
+      <row>35</row>
+      <rowOff>34925</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="4883150"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>41</row>
+      <row>40</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2374900</colOff>
-[...1 lines deleted...]
-      <rowOff>31750</rowOff>
+      <colOff>2378075</colOff>
+      <row>49</row>
+      <rowOff>34925</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="7664450"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
@@ -1004,1033 +869,959 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:L101"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="40.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="12" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="14.453125" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="9.81640625" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="15.81640625" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="77">
-[...1 lines deleted...]
-      <c r="B1" s="76" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="49">
+      <c r="A1" s="48" t="n"/>
+      <c r="B1" s="48" t="inlineStr">
         <is>
           <t>DSP World Mining Overseas Equity Omni FoF</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on November 30, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="A7" s="2" t="n">
+      <c r="A7" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F7" s="7" t="n">
-[...6 lines deleted...]
-        <v>45964</v>
+      <c r="F7" s="6" t="n">
+        <v>182.88</v>
+      </c>
+      <c r="G7" s="7" t="n">
+        <v>0.0101</v>
+      </c>
+      <c r="H7" s="11" t="n">
+        <v>45992</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="9" t="n"/>
-      <c r="B8" s="9" t="inlineStr">
+      <c r="A8" s="8" t="n"/>
+      <c r="B8" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C8" s="9" t="n"/>
-[...8 lines deleted...]
-      <c r="K8" s="4" t="inlineStr">
+      <c r="C8" s="8" t="n"/>
+      <c r="D8" s="8" t="n"/>
+      <c r="E8" s="8" t="n"/>
+      <c r="F8" s="9" t="n">
+        <v>182.88</v>
+      </c>
+      <c r="G8" s="10" t="n">
+        <v>0.0101</v>
+      </c>
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="K9" s="2" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Foreign Security</t>
         </is>
       </c>
-      <c r="L9" s="8" t="n">
-        <v>0.9882</v>
+      <c r="L9" s="7" t="n">
+        <v>0.9931</v>
       </c>
     </row>
     <row r="10">
-      <c r="B10" s="4" t="inlineStr">
+      <c r="B10" s="3" t="inlineStr">
         <is>
           <t>OTHERS</t>
         </is>
       </c>
-      <c r="K10" s="2" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L10" s="8" t="n">
-        <v>0.0118</v>
+      <c r="L10" s="7" t="n">
+        <v>0.0069</v>
       </c>
     </row>
     <row r="11">
-      <c r="B11" s="4" t="inlineStr">
+      <c r="B11" s="3" t="inlineStr">
         <is>
           <t>Overseas Mutual Fund</t>
         </is>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="2" t="n">
+      <c r="A12" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B12" s="2" t="inlineStr">
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>BlackRock Global Funds - World Mining Fund ^^</t>
         </is>
       </c>
-      <c r="C12" s="2" t="inlineStr">
+      <c r="C12" s="1" t="inlineStr">
         <is>
           <t>LU0368260294</t>
         </is>
       </c>
-      <c r="D12" s="2" t="inlineStr">
+      <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Foreign Security</t>
         </is>
       </c>
-      <c r="E12" s="6" t="n">
+      <c r="E12" s="5" t="n">
         <v>193619.66</v>
       </c>
-      <c r="F12" s="7" t="n">
-[...5 lines deleted...]
-      <c r="J12" s="7" t="n"/>
+      <c r="F12" s="6" t="n">
+        <v>18016.66</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.9931</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
     </row>
     <row r="13">
-      <c r="A13" s="9" t="n"/>
-      <c r="B13" s="9" t="inlineStr">
+      <c r="A13" s="8" t="n"/>
+      <c r="B13" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C13" s="9" t="n"/>
-[...6 lines deleted...]
-        <v>0.9882</v>
+      <c r="C13" s="8" t="n"/>
+      <c r="D13" s="8" t="n"/>
+      <c r="E13" s="8" t="n"/>
+      <c r="F13" s="9" t="n">
+        <v>18016.66</v>
+      </c>
+      <c r="G13" s="10" t="n">
+        <v>0.9931</v>
       </c>
     </row>
     <row r="15">
-      <c r="B15" s="4" t="inlineStr">
+      <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="16">
-      <c r="B16" s="2" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E16" s="6" t="n"/>
-[...6 lines deleted...]
-      <c r="J16" s="7" t="n"/>
+      <c r="E16" s="5" t="n"/>
+      <c r="F16" s="6" t="n">
+        <v>-57.09</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>-0.0032</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
     </row>
     <row r="17">
-      <c r="A17" s="9" t="n"/>
-      <c r="B17" s="9" t="inlineStr">
+      <c r="A17" s="8" t="n"/>
+      <c r="B17" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C17" s="9" t="n"/>
-[...6 lines deleted...]
-        <v>-0.0019</v>
+      <c r="C17" s="8" t="n"/>
+      <c r="D17" s="8" t="n"/>
+      <c r="E17" s="8" t="n"/>
+      <c r="F17" s="9" t="n">
+        <v>-57.09</v>
+      </c>
+      <c r="G17" s="10" t="n">
+        <v>-0.0032</v>
       </c>
     </row>
     <row r="19">
-      <c r="A19" s="5" t="n"/>
-      <c r="B19" s="5" t="inlineStr">
+      <c r="A19" s="4" t="n"/>
+      <c r="B19" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C19" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G19" s="14" t="n">
+      <c r="C19" s="4" t="n"/>
+      <c r="D19" s="4" t="n"/>
+      <c r="E19" s="4" t="n"/>
+      <c r="F19" s="12" t="n">
+        <v>18142.45</v>
+      </c>
+      <c r="G19" s="13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="20">
-      <c r="A20" s="2" t="inlineStr">
+      <c r="A20" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="21">
-      <c r="A21" s="16" t="n">
+      <c r="A21" s="15" t="n">
         <v>1</v>
       </c>
-      <c r="B21" s="16" t="inlineStr">
+      <c r="B21" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="22" ht="27" customHeight="1" s="77">
-      <c r="A22" s="16" t="n">
+    <row r="22">
+      <c r="A22" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B22" s="16" t="inlineStr">
-[...9 lines deleted...]
-      <c r="B23" s="52" t="inlineStr">
+      <c r="B22" s="1" t="inlineStr">
         <is>
           <t>^^Fund domiciled in Luxembourg</t>
         </is>
       </c>
     </row>
-    <row r="26" ht="14.5" customHeight="1" s="77">
-      <c r="B26" s="1" t="inlineStr">
+    <row r="25" ht="14.5" customHeight="1" s="49">
+      <c r="B25" s="38" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="40" ht="43.5" customHeight="1" s="77">
-      <c r="B40" s="17" t="inlineStr">
+    <row r="39" ht="58" customHeight="1" s="49">
+      <c r="B39" s="39" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: MSCI ACWI Metals and Mining 30% Buffer 10/40 (1994)
 Net Total Return Index</t>
         </is>
       </c>
     </row>
-    <row r="55">
-[...1 lines deleted...]
-      <c r="B55" s="36" t="inlineStr">
+    <row r="54">
+      <c r="B54" s="3" t="inlineStr">
         <is>
           <t>Additional Disclosure</t>
         </is>
       </c>
-      <c r="C55" s="68" t="n"/>
-[...2 lines deleted...]
-      <c r="F55" s="68" t="n"/>
+      <c r="F54" s="18" t="n"/>
+    </row>
+    <row r="55" ht="14.5" customHeight="1" s="49">
+      <c r="B55" s="59" t="inlineStr">
+        <is>
+          <t>DSP World Mining Overseas Equity Omni FoF as of 31-Oct-2025</t>
+        </is>
+      </c>
+      <c r="C55" s="70" t="n"/>
+      <c r="D55" s="70" t="n"/>
+      <c r="E55" s="71" t="n"/>
+      <c r="F55" s="19" t="inlineStr">
+        <is>
+          <t>% to Net Assets</t>
+        </is>
+      </c>
     </row>
     <row r="56">
-      <c r="A56" s="68" t="n"/>
-[...8 lines deleted...]
-      <c r="F56" s="87" t="inlineStr">
+      <c r="B56" s="16" t="inlineStr">
+        <is>
+          <t>BlackRock Global Funds - World Mining Fund ^^</t>
+        </is>
+      </c>
+      <c r="C56" s="16" t="n"/>
+      <c r="D56" s="16" t="n"/>
+      <c r="E56" s="16" t="n"/>
+      <c r="F56" s="20" t="n">
+        <v>0.9882</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="B57" s="16" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="C57" s="16" t="n"/>
+      <c r="D57" s="16" t="n"/>
+      <c r="E57" s="16" t="n"/>
+      <c r="F57" s="20" t="n">
+        <v>0.0137</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="B58" s="16" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="C58" s="16" t="n"/>
+      <c r="D58" s="16" t="n"/>
+      <c r="E58" s="16" t="n"/>
+      <c r="F58" s="20" t="n">
+        <v>-0.0019</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="B59" s="17" t="inlineStr">
+        <is>
+          <t>TOTAL</t>
+        </is>
+      </c>
+      <c r="C59" s="16" t="n"/>
+      <c r="D59" s="16" t="n"/>
+      <c r="E59" s="16" t="n"/>
+      <c r="F59" s="21" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="F60" s="7" t="n"/>
+    </row>
+    <row r="61" ht="14.5" customHeight="1" s="49">
+      <c r="B61" s="55" t="inlineStr">
+        <is>
+          <t xml:space="preserve">BlackRock Global Funds - World Mining Fund (Underlying Fund) </t>
+        </is>
+      </c>
+      <c r="C61" s="70" t="n"/>
+      <c r="D61" s="70" t="n"/>
+      <c r="E61" s="70" t="n"/>
+      <c r="F61" s="71" t="n"/>
+    </row>
+    <row r="62" ht="14.5" customHeight="1" s="49">
+      <c r="B62" s="55" t="inlineStr">
+        <is>
+          <t>Top 10 stocks</t>
+        </is>
+      </c>
+      <c r="C62" s="70" t="n"/>
+      <c r="D62" s="70" t="n"/>
+      <c r="E62" s="70" t="n"/>
+      <c r="F62" s="71" t="n"/>
+    </row>
+    <row r="63" ht="14.5" customHeight="1" s="49">
+      <c r="B63" s="59" t="inlineStr">
+        <is>
+          <t>Security</t>
+        </is>
+      </c>
+      <c r="C63" s="70" t="n"/>
+      <c r="D63" s="70" t="n"/>
+      <c r="E63" s="71" t="n"/>
+      <c r="F63" s="19" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
     </row>
-    <row r="57">
-[...43 lines deleted...]
-      <c r="B60" s="48" t="inlineStr">
+    <row r="64">
+      <c r="B64" s="16" t="inlineStr">
+        <is>
+          <t>AGNICO EAGLE MINES LTD (ONTARIO)</t>
+        </is>
+      </c>
+      <c r="C64" s="16" t="n"/>
+      <c r="D64" s="16" t="n"/>
+      <c r="E64" s="16" t="n"/>
+      <c r="F64" s="20" t="n">
+        <v>0.083315</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="B65" s="16" t="inlineStr">
+        <is>
+          <t>RIO TINTO PLC</t>
+        </is>
+      </c>
+      <c r="C65" s="16" t="n"/>
+      <c r="D65" s="16" t="n"/>
+      <c r="E65" s="16" t="n"/>
+      <c r="F65" s="20" t="n">
+        <v>0.060867</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="B66" s="16" t="inlineStr">
+        <is>
+          <t>BARRICK MINING CORP</t>
+        </is>
+      </c>
+      <c r="C66" s="16" t="n"/>
+      <c r="D66" s="16" t="n"/>
+      <c r="E66" s="16" t="n"/>
+      <c r="F66" s="20" t="n">
+        <v>0.056563</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="B67" s="16" t="inlineStr">
+        <is>
+          <t>VALE SA</t>
+        </is>
+      </c>
+      <c r="C67" s="16" t="n"/>
+      <c r="D67" s="16" t="n"/>
+      <c r="E67" s="16" t="n"/>
+      <c r="F67" s="20" t="n">
+        <v>0.05419</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="B68" s="16" t="inlineStr">
+        <is>
+          <t>NEWMONT CORPORATION</t>
+        </is>
+      </c>
+      <c r="C68" s="16" t="n"/>
+      <c r="D68" s="16" t="n"/>
+      <c r="E68" s="16" t="n"/>
+      <c r="F68" s="20" t="n">
+        <v>0.053342</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="B69" s="16" t="inlineStr">
+        <is>
+          <t>ANGLO AMERICAN PLC</t>
+        </is>
+      </c>
+      <c r="C69" s="16" t="n"/>
+      <c r="D69" s="16" t="n"/>
+      <c r="E69" s="16" t="n"/>
+      <c r="F69" s="20" t="n">
+        <v>0.052985</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="B70" s="16" t="inlineStr">
+        <is>
+          <t>GLENCORE PLC</t>
+        </is>
+      </c>
+      <c r="C70" s="16" t="n"/>
+      <c r="D70" s="16" t="n"/>
+      <c r="E70" s="16" t="n"/>
+      <c r="F70" s="20" t="n">
+        <v>0.046206</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="B71" s="16" t="inlineStr">
+        <is>
+          <t>WHEATON PRECIOUS METALS CORP</t>
+        </is>
+      </c>
+      <c r="C71" s="16" t="n"/>
+      <c r="D71" s="16" t="n"/>
+      <c r="E71" s="16" t="n"/>
+      <c r="F71" s="20" t="n">
+        <v>0.043561</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="B72" s="16" t="inlineStr">
+        <is>
+          <t>KINROSS GOLD CORP</t>
+        </is>
+      </c>
+      <c r="C72" s="16" t="n"/>
+      <c r="D72" s="16" t="n"/>
+      <c r="E72" s="16" t="n"/>
+      <c r="F72" s="20" t="n">
+        <v>0.041775</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="B73" s="16" t="inlineStr">
+        <is>
+          <t>BHP GROUP LTD</t>
+        </is>
+      </c>
+      <c r="C73" s="16" t="n"/>
+      <c r="D73" s="16" t="n"/>
+      <c r="E73" s="16" t="n"/>
+      <c r="F73" s="20" t="n">
+        <v>0.039762</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="B74" s="16" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="C74" s="16" t="n"/>
+      <c r="D74" s="16" t="n"/>
+      <c r="E74" s="16" t="n"/>
+      <c r="F74" s="20" t="n">
+        <v>0.4674339999999999</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="B75" s="16" t="inlineStr">
+        <is>
+          <t>Cash</t>
+        </is>
+      </c>
+      <c r="C75" s="16" t="n"/>
+      <c r="D75" s="16" t="n"/>
+      <c r="E75" s="16" t="n"/>
+      <c r="F75" s="20" t="n"/>
+    </row>
+    <row r="76">
+      <c r="B76" s="17" t="inlineStr">
         <is>
           <t>TOTAL</t>
         </is>
       </c>
-      <c r="C60" s="45" t="n"/>
-[...2 lines deleted...]
-      <c r="F60" s="70" t="n">
+      <c r="C76" s="16" t="n"/>
+      <c r="D76" s="16" t="n"/>
+      <c r="E76" s="16" t="n"/>
+      <c r="F76" s="21" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="61">
-[...212 lines deleted...]
-    </row>
     <row r="77">
-      <c r="A77" s="68" t="n"/>
-      <c r="B77" s="48" t="inlineStr">
+      <c r="F77" s="7" t="n"/>
+    </row>
+    <row r="78" ht="14.5" customHeight="1" s="49">
+      <c r="B78" s="55" t="inlineStr">
+        <is>
+          <t>Sector Allocation</t>
+        </is>
+      </c>
+      <c r="C78" s="70" t="n"/>
+      <c r="D78" s="70" t="n"/>
+      <c r="E78" s="70" t="n"/>
+      <c r="F78" s="71" t="n"/>
+    </row>
+    <row r="79">
+      <c r="B79" s="16" t="inlineStr">
+        <is>
+          <t>Gold</t>
+        </is>
+      </c>
+      <c r="C79" s="16" t="n"/>
+      <c r="D79" s="16" t="n"/>
+      <c r="E79" s="16" t="n"/>
+      <c r="F79" s="20" t="n">
+        <v>0.3688</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="B80" s="16" t="inlineStr">
+        <is>
+          <t>Diversified</t>
+        </is>
+      </c>
+      <c r="C80" s="16" t="n"/>
+      <c r="D80" s="16" t="n"/>
+      <c r="E80" s="16" t="n"/>
+      <c r="F80" s="20" t="n">
+        <v>0.2582</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="B81" s="16" t="inlineStr">
+        <is>
+          <t>Copper</t>
+        </is>
+      </c>
+      <c r="C81" s="16" t="n"/>
+      <c r="D81" s="16" t="n"/>
+      <c r="E81" s="16" t="n"/>
+      <c r="F81" s="20" t="n">
+        <v>0.1819</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="B82" s="16" t="inlineStr">
+        <is>
+          <t>Steel</t>
+        </is>
+      </c>
+      <c r="C82" s="16" t="n"/>
+      <c r="D82" s="16" t="n"/>
+      <c r="E82" s="16" t="n"/>
+      <c r="F82" s="20" t="n">
+        <v>0.06859999999999999</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="B83" s="16" t="inlineStr">
+        <is>
+          <t>Platinum Grp. Met.</t>
+        </is>
+      </c>
+      <c r="C83" s="16" t="n"/>
+      <c r="D83" s="16" t="n"/>
+      <c r="E83" s="16" t="n"/>
+      <c r="F83" s="20" t="n">
+        <v>0.0309</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="B84" s="16" t="inlineStr">
+        <is>
+          <t>Industrial Minerals</t>
+        </is>
+      </c>
+      <c r="C84" s="16" t="n"/>
+      <c r="D84" s="16" t="n"/>
+      <c r="E84" s="16" t="n"/>
+      <c r="F84" s="20" t="n">
+        <v>0.0223</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="B85" s="16" t="inlineStr">
+        <is>
+          <t>Aluminium</t>
+        </is>
+      </c>
+      <c r="C85" s="16" t="n"/>
+      <c r="D85" s="16" t="n"/>
+      <c r="E85" s="16" t="n"/>
+      <c r="F85" s="20" t="n">
+        <v>0.0171</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="B86" s="16" t="inlineStr">
+        <is>
+          <t>Cash and/or Derivatives</t>
+        </is>
+      </c>
+      <c r="C86" s="16" t="n"/>
+      <c r="D86" s="16" t="n"/>
+      <c r="E86" s="16" t="n"/>
+      <c r="F86" s="20" t="n">
+        <v>0.0187</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="B87" s="16" t="inlineStr">
+        <is>
+          <t>Uranium</t>
+        </is>
+      </c>
+      <c r="C87" s="16" t="n"/>
+      <c r="D87" s="16" t="n"/>
+      <c r="E87" s="16" t="n"/>
+      <c r="F87" s="20" t="n">
+        <v>0.0135</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="B88" s="16" t="inlineStr">
+        <is>
+          <t>Nickel</t>
+        </is>
+      </c>
+      <c r="C88" s="16" t="n"/>
+      <c r="D88" s="16" t="n"/>
+      <c r="E88" s="16" t="n"/>
+      <c r="F88" s="20" t="n">
+        <v>0.0062</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="B89" s="16" t="inlineStr">
+        <is>
+          <t>Iron Ore</t>
+        </is>
+      </c>
+      <c r="C89" s="16" t="n"/>
+      <c r="D89" s="16" t="n"/>
+      <c r="E89" s="16" t="n"/>
+      <c r="F89" s="20" t="n">
+        <v>0.0036</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="B90" s="16" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="C90" s="16" t="n"/>
+      <c r="D90" s="16" t="n"/>
+      <c r="E90" s="16" t="n"/>
+      <c r="F90" s="20" t="n">
+        <v>0.0102</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="B91" s="16" t="inlineStr">
+        <is>
+          <t>Coal</t>
+        </is>
+      </c>
+      <c r="C91" s="16" t="n"/>
+      <c r="D91" s="16" t="n"/>
+      <c r="E91" s="16" t="n"/>
+      <c r="F91" s="20" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="B92" s="16" t="inlineStr">
+        <is>
+          <t>Zinc</t>
+        </is>
+      </c>
+      <c r="C92" s="16" t="n"/>
+      <c r="D92" s="16" t="n"/>
+      <c r="E92" s="16" t="n"/>
+      <c r="F92" s="20" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="B93" s="16" t="inlineStr">
+        <is>
+          <t>Silver</t>
+        </is>
+      </c>
+      <c r="C93" s="16" t="n"/>
+      <c r="D93" s="16" t="n"/>
+      <c r="E93" s="16" t="n"/>
+      <c r="F93" s="20" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="B94" s="16" t="inlineStr">
+        <is>
+          <t>Molybdenum</t>
+        </is>
+      </c>
+      <c r="C94" s="16" t="n"/>
+      <c r="D94" s="16" t="n"/>
+      <c r="E94" s="16" t="n"/>
+      <c r="F94" s="20" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="B95" s="16" t="inlineStr">
+        <is>
+          <t>Mineral Services</t>
+        </is>
+      </c>
+      <c r="C95" s="16" t="n"/>
+      <c r="D95" s="16" t="n"/>
+      <c r="E95" s="16" t="n"/>
+      <c r="F95" s="20" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="B96" s="16" t="n"/>
+      <c r="C96" s="16" t="n"/>
+      <c r="D96" s="16" t="n"/>
+      <c r="E96" s="16" t="n"/>
+      <c r="F96" s="20" t="n"/>
+    </row>
+    <row r="97">
+      <c r="B97" s="17" t="inlineStr">
         <is>
           <t>TOTAL</t>
         </is>
       </c>
-      <c r="C77" s="45" t="n"/>
-[...2 lines deleted...]
-      <c r="F77" s="74" t="n">
+      <c r="C97" s="16" t="n"/>
+      <c r="D97" s="16" t="n"/>
+      <c r="E97" s="16" t="n"/>
+      <c r="F97" s="21" t="n">
+        <v>0.9999999999999999</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="F98" s="7" t="n"/>
+    </row>
+    <row r="99">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+      <c r="F99" s="7" t="n"/>
+    </row>
+    <row r="100">
+      <c r="A100" s="1" t="n">
         <v>1</v>
       </c>
-    </row>
-[...298 lines deleted...]
-      <c r="F100" s="68" t="n"/>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>^^Fund domiciled in Luxembourg</t>
+        </is>
+      </c>
+      <c r="F100" s="7" t="n"/>
     </row>
     <row r="101">
-      <c r="A101" s="34" t="n">
-[...10 lines deleted...]
-      <c r="F101" s="68" t="n"/>
+      <c r="F101" s="7" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="6">
-    <mergeCell ref="B56:E56"/>
+    <mergeCell ref="B63:E63"/>
     <mergeCell ref="B62:F62"/>
-    <mergeCell ref="B64:E64"/>
-[...1 lines deleted...]
-    <mergeCell ref="B79:F79"/>
+    <mergeCell ref="B78:F78"/>
+    <mergeCell ref="B55:E55"/>
+    <mergeCell ref="B61:F61"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>