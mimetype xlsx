--- v3 (2025-12-12)
+++ v4 (2026-01-30)
@@ -1,74 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="920" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="World Mining FOF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="3">
-[...2 lines deleted...]
-    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="15">
+  <fonts count="17">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -103,96 +108,105 @@
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="Trebuchet MS"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
-      <color indexed="8"/>
+      <b val="1"/>
+      <color theme="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
-      <name val="trebuchet MS"/>
-[...1 lines deleted...]
-      <b val="1"/>
+      <name val="Libre Franklin"/>
       <color theme="1"/>
       <sz val="10"/>
-      <u val="single"/>
+    </font>
+    <font>
+      <name val="Libre Franklin"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="1"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
@@ -274,207 +288,198 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="72">
+  <cellXfs count="75">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...6 lines deleted...]
-    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="13" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...10 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment vertical="top"/>
-[...19 lines deleted...]
-    </xf>
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...36 lines deleted...]
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="43" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="4" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -523,99 +528,99 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>26</row>
+      <row>27</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2378075</colOff>
-[...1 lines deleted...]
-      <rowOff>34925</rowOff>
+      <colOff>2374900</colOff>
+      <row>36</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="4883150"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>40</row>
+      <row>39</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2378075</colOff>
-[...1 lines deleted...]
-      <rowOff>34925</rowOff>
+      <colOff>2374900</colOff>
+      <row>48</row>
+      <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="7664450"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
@@ -874,938 +879,941 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L101"/>
+  <dimension ref="A1:L99"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="40.26953125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="12.7265625" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="14.453125" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="9.26953125" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="15.81640625" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="49">
-[...1 lines deleted...]
-      <c r="B1" s="48" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="41">
+      <c r="A1" s="40" t="n"/>
+      <c r="B1" s="40" t="inlineStr">
         <is>
           <t>DSP World Mining Overseas Equity Omni FoF</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on November 30, 2025</t>
+      <c r="B2" s="65" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="65" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="A7" s="1" t="n">
+      <c r="A7" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="65" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
       <c r="F7" s="6" t="n">
-        <v>182.88</v>
-[...5 lines deleted...]
-        <v>45992</v>
+        <v>318.05</v>
+      </c>
+      <c r="G7" s="66" t="n">
+        <v>0.0207</v>
+      </c>
+      <c r="H7" s="14" t="n">
+        <v>46023</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="8" t="n"/>
-      <c r="B8" s="8" t="inlineStr">
+      <c r="A8" s="11" t="n"/>
+      <c r="B8" s="11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C8" s="8" t="n"/>
-[...8 lines deleted...]
-      <c r="K8" s="3" t="inlineStr">
+      <c r="C8" s="11" t="n"/>
+      <c r="D8" s="11" t="n"/>
+      <c r="E8" s="11" t="n"/>
+      <c r="F8" s="12" t="n">
+        <v>318.05</v>
+      </c>
+      <c r="G8" s="13" t="n">
+        <v>0.0207</v>
+      </c>
+      <c r="K8" s="65" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="65" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K9" s="2" t="inlineStr">
         <is>
           <t>Foreign Security</t>
         </is>
       </c>
-      <c r="L9" s="7" t="n">
-        <v>0.9931</v>
+      <c r="L9" s="66" t="n">
+        <v>0.9898</v>
       </c>
     </row>
     <row r="10">
-      <c r="B10" s="3" t="inlineStr">
+      <c r="B10" s="65" t="inlineStr">
         <is>
           <t>OTHERS</t>
         </is>
       </c>
-      <c r="K10" s="1" t="inlineStr">
+      <c r="K10" s="2" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L10" s="7" t="n">
-        <v>0.0069</v>
+      <c r="L10" s="66" t="n">
+        <v>0.0102</v>
       </c>
     </row>
     <row r="11">
-      <c r="B11" s="3" t="inlineStr">
+      <c r="B11" s="65" t="inlineStr">
         <is>
           <t>Overseas Mutual Fund</t>
         </is>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="1" t="n">
+      <c r="A12" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
+      <c r="B12" s="2" t="inlineStr">
         <is>
           <t>BlackRock Global Funds - World Mining Fund ^^</t>
         </is>
       </c>
-      <c r="C12" s="1" t="inlineStr">
+      <c r="C12" s="2" t="inlineStr">
         <is>
           <t>LU0368260294</t>
         </is>
       </c>
-      <c r="D12" s="1" t="inlineStr">
+      <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Foreign Security</t>
         </is>
       </c>
-      <c r="E12" s="5" t="n">
-        <v>193619.66</v>
+      <c r="E12" s="10" t="n">
+        <v>150390.34</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>18016.66</v>
-[...2 lines deleted...]
-        <v>0.9931</v>
+        <v>15218.86</v>
+      </c>
+      <c r="G12" s="66" t="n">
+        <v>0.9898</v>
       </c>
       <c r="J12" s="6" t="n"/>
     </row>
     <row r="13">
-      <c r="A13" s="8" t="n"/>
-      <c r="B13" s="8" t="inlineStr">
+      <c r="A13" s="11" t="n"/>
+      <c r="B13" s="11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C13" s="8" t="n"/>
-[...6 lines deleted...]
-        <v>0.9931</v>
+      <c r="C13" s="11" t="n"/>
+      <c r="D13" s="11" t="n"/>
+      <c r="E13" s="11" t="n"/>
+      <c r="F13" s="12" t="n">
+        <v>15218.86</v>
+      </c>
+      <c r="G13" s="13" t="n">
+        <v>0.9898</v>
       </c>
     </row>
     <row r="15">
-      <c r="B15" s="3" t="inlineStr">
+      <c r="B15" s="65" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="16">
-      <c r="B16" s="1" t="inlineStr">
+      <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E16" s="5" t="n"/>
+      <c r="E16" s="10" t="n"/>
       <c r="F16" s="6" t="n">
-        <v>-57.09</v>
-[...2 lines deleted...]
-        <v>-0.0032</v>
+        <v>-160.62</v>
+      </c>
+      <c r="G16" s="66" t="n">
+        <v>-0.0105</v>
       </c>
       <c r="J16" s="6" t="n"/>
     </row>
     <row r="17">
-      <c r="A17" s="8" t="n"/>
-      <c r="B17" s="8" t="inlineStr">
+      <c r="A17" s="11" t="n"/>
+      <c r="B17" s="11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C17" s="8" t="n"/>
-[...6 lines deleted...]
-        <v>-0.0032</v>
+      <c r="C17" s="11" t="n"/>
+      <c r="D17" s="11" t="n"/>
+      <c r="E17" s="11" t="n"/>
+      <c r="F17" s="12" t="n">
+        <v>-160.62</v>
+      </c>
+      <c r="G17" s="13" t="n">
+        <v>-0.0105</v>
       </c>
     </row>
     <row r="19">
-      <c r="A19" s="4" t="n"/>
-      <c r="B19" s="4" t="inlineStr">
+      <c r="A19" s="5" t="n"/>
+      <c r="B19" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C19" s="4" t="n"/>
-[...5 lines deleted...]
-      <c r="G19" s="13" t="n">
+      <c r="C19" s="5" t="n"/>
+      <c r="D19" s="5" t="n"/>
+      <c r="E19" s="5" t="n"/>
+      <c r="F19" s="8" t="n">
+        <v>15376.29</v>
+      </c>
+      <c r="G19" s="9" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="20">
-      <c r="A20" s="1" t="inlineStr">
+      <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="21">
-      <c r="A21" s="15" t="n">
+      <c r="A21" s="16" t="n">
         <v>1</v>
       </c>
-      <c r="B21" s="15" t="inlineStr">
+      <c r="B21" s="16" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="22">
-      <c r="A22" s="1" t="n">
+    <row r="22" ht="27" customHeight="1" s="41">
+      <c r="A22" s="16" t="n">
         <v>2</v>
       </c>
-      <c r="B22" s="1" t="inlineStr">
+      <c r="B22" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
         <is>
           <t>^^Fund domiciled in Luxembourg</t>
         </is>
       </c>
     </row>
-    <row r="25" ht="14.5" customHeight="1" s="49">
-      <c r="B25" s="38" t="inlineStr">
+    <row r="26" ht="14.5" customHeight="1" s="41">
+      <c r="B26" s="54" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="39" ht="58" customHeight="1" s="49">
-      <c r="B39" s="39" t="inlineStr">
+    <row r="38" ht="58" customHeight="1" s="41">
+      <c r="B38" s="55" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: MSCI ACWI Metals and Mining 30% Buffer 10/40 (1994)
 Net Total Return Index</t>
         </is>
       </c>
     </row>
-    <row r="54">
-      <c r="B54" s="3" t="inlineStr">
+    <row r="53">
+      <c r="B53" s="65" t="inlineStr">
         <is>
           <t>Additional Disclosure</t>
         </is>
       </c>
-      <c r="F54" s="18" t="n"/>
-[...10 lines deleted...]
-      <c r="F55" s="19" t="inlineStr">
+      <c r="F53" s="19" t="n"/>
+    </row>
+    <row r="54" ht="14.5" customHeight="1" s="41">
+      <c r="B54" s="51" t="inlineStr">
+        <is>
+          <t>DSP World Mining Overseas Equity Omni FoF as of 30-Nov-2025</t>
+        </is>
+      </c>
+      <c r="C54" s="73" t="n"/>
+      <c r="D54" s="73" t="n"/>
+      <c r="E54" s="74" t="n"/>
+      <c r="F54" s="20" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
     </row>
+    <row r="55">
+      <c r="B55" s="17" t="inlineStr">
+        <is>
+          <t>BlackRock Global Funds - World Mining Fund ^^</t>
+        </is>
+      </c>
+      <c r="C55" s="17" t="n"/>
+      <c r="D55" s="17" t="n"/>
+      <c r="E55" s="17" t="n"/>
+      <c r="F55" s="21" t="n">
+        <v>0.9931</v>
+      </c>
+    </row>
     <row r="56">
-      <c r="B56" s="16" t="inlineStr">
-[...8 lines deleted...]
-        <v>0.9882</v>
+      <c r="B56" s="17" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="C56" s="17" t="n"/>
+      <c r="D56" s="17" t="n"/>
+      <c r="E56" s="17" t="n"/>
+      <c r="F56" s="21" t="n">
+        <v>0.0101</v>
       </c>
     </row>
     <row r="57">
-      <c r="B57" s="16" t="inlineStr">
-[...8 lines deleted...]
-        <v>0.0137</v>
+      <c r="B57" s="17" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="C57" s="17" t="n"/>
+      <c r="D57" s="17" t="n"/>
+      <c r="E57" s="17" t="n"/>
+      <c r="F57" s="21" t="n">
+        <v>-0.0032</v>
       </c>
     </row>
     <row r="58">
-      <c r="B58" s="16" t="inlineStr">
-[...8 lines deleted...]
-        <v>-0.0019</v>
+      <c r="B58" s="18" t="inlineStr">
+        <is>
+          <t>TOTAL</t>
+        </is>
+      </c>
+      <c r="C58" s="17" t="n"/>
+      <c r="D58" s="17" t="n"/>
+      <c r="E58" s="17" t="n"/>
+      <c r="F58" s="22" t="n">
+        <v>1</v>
       </c>
     </row>
     <row r="59">
-      <c r="B59" s="17" t="inlineStr">
+      <c r="F59" s="66" t="n"/>
+    </row>
+    <row r="60" ht="14.5" customHeight="1" s="41">
+      <c r="B60" s="47" t="inlineStr">
+        <is>
+          <t>BlackRock Global Funds - World Mining Fund as of 30-Nov-2025</t>
+        </is>
+      </c>
+      <c r="C60" s="73" t="n"/>
+      <c r="D60" s="73" t="n"/>
+      <c r="E60" s="73" t="n"/>
+      <c r="F60" s="74" t="n"/>
+    </row>
+    <row r="61" ht="14.5" customHeight="1" s="41">
+      <c r="B61" s="47" t="inlineStr">
+        <is>
+          <t>Top 10 stocks</t>
+        </is>
+      </c>
+      <c r="C61" s="73" t="n"/>
+      <c r="D61" s="73" t="n"/>
+      <c r="E61" s="73" t="n"/>
+      <c r="F61" s="74" t="n"/>
+    </row>
+    <row r="62" ht="14.5" customHeight="1" s="41">
+      <c r="B62" s="51" t="inlineStr">
+        <is>
+          <t>Security</t>
+        </is>
+      </c>
+      <c r="C62" s="73" t="n"/>
+      <c r="D62" s="73" t="n"/>
+      <c r="E62" s="74" t="n"/>
+      <c r="F62" s="20" t="inlineStr">
+        <is>
+          <t>% to Net Assets</t>
+        </is>
+      </c>
+    </row>
+    <row r="63">
+      <c r="B63" s="17" t="inlineStr">
+        <is>
+          <t>AGNICO EAGLE MINES LTD (ONTARIO)</t>
+        </is>
+      </c>
+      <c r="C63" s="17" t="n"/>
+      <c r="D63" s="17" t="n"/>
+      <c r="E63" s="17" t="n"/>
+      <c r="F63" s="21" t="n">
+        <v>0.0771</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="B64" s="17" t="inlineStr">
+        <is>
+          <t>BARRICK MINING CORP</t>
+        </is>
+      </c>
+      <c r="C64" s="17" t="n"/>
+      <c r="D64" s="17" t="n"/>
+      <c r="E64" s="17" t="n"/>
+      <c r="F64" s="21" t="n">
+        <v>0.0746</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="B65" s="17" t="inlineStr">
+        <is>
+          <t>RIO TINTO PLC</t>
+        </is>
+      </c>
+      <c r="C65" s="17" t="n"/>
+      <c r="D65" s="17" t="n"/>
+      <c r="E65" s="17" t="n"/>
+      <c r="F65" s="21" t="n">
+        <v>0.0567</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="B66" s="17" t="inlineStr">
+        <is>
+          <t>NEWMONT CORPORATION</t>
+        </is>
+      </c>
+      <c r="C66" s="17" t="n"/>
+      <c r="D66" s="17" t="n"/>
+      <c r="E66" s="17" t="n"/>
+      <c r="F66" s="21" t="n">
+        <v>0.0558</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="B67" s="17" t="inlineStr">
+        <is>
+          <t>VALE SA</t>
+        </is>
+      </c>
+      <c r="C67" s="17" t="n"/>
+      <c r="D67" s="17" t="n"/>
+      <c r="E67" s="17" t="n"/>
+      <c r="F67" s="21" t="n">
+        <v>0.0528</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="B68" s="17" t="inlineStr">
+        <is>
+          <t>ANGLO AMERICAN PLC</t>
+        </is>
+      </c>
+      <c r="C68" s="17" t="n"/>
+      <c r="D68" s="17" t="n"/>
+      <c r="E68" s="17" t="n"/>
+      <c r="F68" s="21" t="n">
+        <v>0.0495</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="B69" s="17" t="inlineStr">
+        <is>
+          <t>KINROSS GOLD CORP</t>
+        </is>
+      </c>
+      <c r="C69" s="17" t="n"/>
+      <c r="D69" s="17" t="n"/>
+      <c r="E69" s="17" t="n"/>
+      <c r="F69" s="21" t="n">
+        <v>0.0474</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="B70" s="17" t="inlineStr">
+        <is>
+          <t>WHEATON PRECIOUS METALS CORP</t>
+        </is>
+      </c>
+      <c r="C70" s="17" t="n"/>
+      <c r="D70" s="17" t="n"/>
+      <c r="E70" s="17" t="n"/>
+      <c r="F70" s="21" t="n">
+        <v>0.0463</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="B71" s="17" t="inlineStr">
+        <is>
+          <t>GLENCORE PLC</t>
+        </is>
+      </c>
+      <c r="C71" s="17" t="n"/>
+      <c r="D71" s="17" t="n"/>
+      <c r="E71" s="17" t="n"/>
+      <c r="F71" s="21" t="n">
+        <v>0.0431</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="B72" s="17" t="inlineStr">
+        <is>
+          <t>ANGLOGOLD ASHANTI PLC</t>
+        </is>
+      </c>
+      <c r="C72" s="17" t="n"/>
+      <c r="D72" s="17" t="n"/>
+      <c r="E72" s="17" t="n"/>
+      <c r="F72" s="21" t="n">
+        <v>0.0428</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="B73" s="17" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="C73" s="17" t="n"/>
+      <c r="D73" s="17" t="n"/>
+      <c r="E73" s="17" t="n"/>
+      <c r="F73" s="21" t="n">
+        <v>0.4539000000000001</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="B74" s="17" t="inlineStr">
+        <is>
+          <t>Cash</t>
+        </is>
+      </c>
+      <c r="C74" s="17" t="n"/>
+      <c r="D74" s="17" t="n"/>
+      <c r="E74" s="17" t="n"/>
+      <c r="F74" s="21" t="n"/>
+    </row>
+    <row r="75">
+      <c r="B75" s="18" t="inlineStr">
         <is>
           <t>TOTAL</t>
         </is>
       </c>
-      <c r="C59" s="16" t="n"/>
-[...2 lines deleted...]
-      <c r="F59" s="21" t="n">
+      <c r="C75" s="17" t="n"/>
+      <c r="D75" s="17" t="n"/>
+      <c r="E75" s="17" t="n"/>
+      <c r="F75" s="22" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="60">
-[...192 lines deleted...]
-    </row>
     <row r="76">
-      <c r="B76" s="17" t="inlineStr">
+      <c r="F76" s="66" t="n"/>
+    </row>
+    <row r="77" ht="14.5" customHeight="1" s="41">
+      <c r="B77" s="47" t="inlineStr">
+        <is>
+          <t>Sector Allocation</t>
+        </is>
+      </c>
+      <c r="C77" s="73" t="n"/>
+      <c r="D77" s="73" t="n"/>
+      <c r="E77" s="73" t="n"/>
+      <c r="F77" s="74" t="n"/>
+    </row>
+    <row r="78">
+      <c r="B78" s="17" t="inlineStr">
+        <is>
+          <t>Gold</t>
+        </is>
+      </c>
+      <c r="C78" s="17" t="n"/>
+      <c r="D78" s="17" t="n"/>
+      <c r="E78" s="17" t="n"/>
+      <c r="F78" s="21" t="n">
+        <v>0.4052</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="B79" s="17" t="inlineStr">
+        <is>
+          <t>Diversified</t>
+        </is>
+      </c>
+      <c r="C79" s="17" t="n"/>
+      <c r="D79" s="17" t="n"/>
+      <c r="E79" s="17" t="n"/>
+      <c r="F79" s="21" t="n">
+        <v>0.2417</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="B80" s="17" t="inlineStr">
+        <is>
+          <t>Copper</t>
+        </is>
+      </c>
+      <c r="C80" s="17" t="n"/>
+      <c r="D80" s="17" t="n"/>
+      <c r="E80" s="17" t="n"/>
+      <c r="F80" s="21" t="n">
+        <v>0.1793</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="B81" s="17" t="inlineStr">
+        <is>
+          <t>Steel</t>
+        </is>
+      </c>
+      <c r="C81" s="17" t="n"/>
+      <c r="D81" s="17" t="n"/>
+      <c r="E81" s="17" t="n"/>
+      <c r="F81" s="21" t="n">
+        <v>0.06950000000000001</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="B82" s="17" t="inlineStr">
+        <is>
+          <t>Platinum Grp. Met.</t>
+        </is>
+      </c>
+      <c r="C82" s="17" t="n"/>
+      <c r="D82" s="17" t="n"/>
+      <c r="E82" s="17" t="n"/>
+      <c r="F82" s="21" t="n">
+        <v>0.032</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="B83" s="17" t="inlineStr">
+        <is>
+          <t>Industrial Minerals</t>
+        </is>
+      </c>
+      <c r="C83" s="17" t="n"/>
+      <c r="D83" s="17" t="n"/>
+      <c r="E83" s="17" t="n"/>
+      <c r="F83" s="21" t="n">
+        <v>0.0195</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="B84" s="17" t="inlineStr">
+        <is>
+          <t>Aluminium</t>
+        </is>
+      </c>
+      <c r="C84" s="17" t="n"/>
+      <c r="D84" s="17" t="n"/>
+      <c r="E84" s="17" t="n"/>
+      <c r="F84" s="21" t="n">
+        <v>0.0169</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="B85" s="17" t="inlineStr">
+        <is>
+          <t>Uranium</t>
+        </is>
+      </c>
+      <c r="C85" s="17" t="n"/>
+      <c r="D85" s="17" t="n"/>
+      <c r="E85" s="17" t="n"/>
+      <c r="F85" s="21" t="n">
+        <v>0.0109</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="B86" s="17" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="C86" s="17" t="n"/>
+      <c r="D86" s="17" t="n"/>
+      <c r="E86" s="17" t="n"/>
+      <c r="F86" s="21" t="n">
+        <v>0.009599999999999999</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="B87" s="17" t="inlineStr">
+        <is>
+          <t>Cash and/or Derivatives</t>
+        </is>
+      </c>
+      <c r="C87" s="17" t="n"/>
+      <c r="D87" s="17" t="n"/>
+      <c r="E87" s="17" t="n"/>
+      <c r="F87" s="21" t="n">
+        <v>0.0061</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="B88" s="17" t="inlineStr">
+        <is>
+          <t>Nickel</t>
+        </is>
+      </c>
+      <c r="C88" s="17" t="n"/>
+      <c r="D88" s="17" t="n"/>
+      <c r="E88" s="17" t="n"/>
+      <c r="F88" s="21" t="n">
+        <v>0.0057</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="B89" s="17" t="inlineStr">
+        <is>
+          <t>Iron Ore</t>
+        </is>
+      </c>
+      <c r="C89" s="17" t="n"/>
+      <c r="D89" s="17" t="n"/>
+      <c r="E89" s="17" t="n"/>
+      <c r="F89" s="21" t="n">
+        <v>0.0036</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="B90" s="17" t="inlineStr">
+        <is>
+          <t>Zinc</t>
+        </is>
+      </c>
+      <c r="C90" s="17" t="n"/>
+      <c r="D90" s="17" t="n"/>
+      <c r="E90" s="17" t="n"/>
+      <c r="F90" s="21" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="B91" s="17" t="inlineStr">
+        <is>
+          <t>Coal</t>
+        </is>
+      </c>
+      <c r="C91" s="17" t="n"/>
+      <c r="D91" s="17" t="n"/>
+      <c r="E91" s="17" t="n"/>
+      <c r="F91" s="21" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="B92" s="17" t="inlineStr">
+        <is>
+          <t>Silver</t>
+        </is>
+      </c>
+      <c r="C92" s="17" t="n"/>
+      <c r="D92" s="17" t="n"/>
+      <c r="E92" s="17" t="n"/>
+      <c r="F92" s="21" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="B93" s="17" t="inlineStr">
+        <is>
+          <t>Molybdenum</t>
+        </is>
+      </c>
+      <c r="C93" s="17" t="n"/>
+      <c r="D93" s="17" t="n"/>
+      <c r="E93" s="17" t="n"/>
+      <c r="F93" s="21" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="B94" s="17" t="inlineStr">
+        <is>
+          <t>Mineral Services</t>
+        </is>
+      </c>
+      <c r="C94" s="17" t="n"/>
+      <c r="D94" s="17" t="n"/>
+      <c r="E94" s="17" t="n"/>
+      <c r="F94" s="21" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="B95" s="18" t="inlineStr">
         <is>
           <t>TOTAL</t>
         </is>
       </c>
-      <c r="C76" s="16" t="n"/>
-[...2 lines deleted...]
-      <c r="F76" s="21" t="n">
+      <c r="C95" s="17" t="n"/>
+      <c r="D95" s="17" t="n"/>
+      <c r="E95" s="17" t="n"/>
+      <c r="F95" s="22" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="77">
-[...233 lines deleted...]
-    </row>
     <row r="96">
-      <c r="B96" s="16" t="n"/>
-[...3 lines deleted...]
-      <c r="F96" s="20" t="n"/>
+      <c r="F96" s="66" t="n"/>
     </row>
     <row r="97">
-      <c r="B97" s="17" t="inlineStr">
-[...9 lines deleted...]
-      </c>
+      <c r="A97" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+      <c r="F97" s="66" t="n"/>
     </row>
     <row r="98">
-      <c r="F98" s="7" t="n"/>
+      <c r="A98" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="B98" s="2" t="inlineStr">
+        <is>
+          <t>^^Fund domiciled in Luxembourg</t>
+        </is>
+      </c>
+      <c r="F98" s="66" t="n"/>
     </row>
     <row r="99">
-      <c r="A99" s="1" t="inlineStr">
-[...18 lines deleted...]
-      <c r="F101" s="7" t="n"/>
+      <c r="F99" s="66" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="6">
-    <mergeCell ref="B63:E63"/>
-[...2 lines deleted...]
-    <mergeCell ref="B55:E55"/>
+    <mergeCell ref="B77:F77"/>
+    <mergeCell ref="B62:E62"/>
+    <mergeCell ref="B60:F60"/>
+    <mergeCell ref="B54:E54"/>
     <mergeCell ref="B61:F61"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>