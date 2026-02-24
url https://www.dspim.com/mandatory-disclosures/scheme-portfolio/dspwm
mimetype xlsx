--- v4 (2026-01-30)
+++ v5 (2026-02-24)
@@ -1,79 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="920" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="950" firstSheet="26" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="World Mining FOF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
-[...1 lines deleted...]
-    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="17">
+  <fonts count="16">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -92,121 +87,117 @@
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="9"/>
+    </font>
+    <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color theme="0"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
-    <font>
-[...8 lines deleted...]
-    </font>
   </fonts>
-  <fills count="6">
+  <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
@@ -288,198 +279,188 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="75">
+  <cellXfs count="67">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...13 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -528,116 +509,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>27</row>
+      <row>26</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>36</row>
+      <row>35</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="4883150"/>
+          <a:off x="457200" y="4540250"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>39</row>
+      <row>40</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>48</row>
-      <rowOff>31749</rowOff>
+      <row>49</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="7664450"/>
+          <a:off x="457200" y="7321550"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -879,941 +860,931 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L99"/>
+  <dimension ref="A1:L100"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="40.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="14.453125" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="16.26953125" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="10.54296875" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="26.7265625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="15.7265625" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="15.81640625" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="41">
-[...1 lines deleted...]
-      <c r="B1" s="40" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="45">
+      <c r="A1" s="44" t="n"/>
+      <c r="B1" s="44" t="inlineStr">
         <is>
           <t>DSP World Mining Overseas Equity Omni FoF</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="65" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on January 31, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="65" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="A7" s="2" t="n">
+      <c r="A7" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B7" s="65" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
       <c r="F7" s="6" t="n">
-        <v>318.05</v>
-[...5 lines deleted...]
-        <v>46023</v>
+        <v>174.37</v>
+      </c>
+      <c r="G7" s="7" t="n">
+        <v>0.009599999999999999</v>
+      </c>
+      <c r="H7" s="11" t="n">
+        <v>46055</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="11" t="n"/>
-      <c r="B8" s="11" t="inlineStr">
+      <c r="A8" s="8" t="n"/>
+      <c r="B8" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C8" s="11" t="n"/>
-[...8 lines deleted...]
-      <c r="K8" s="65" t="inlineStr">
+      <c r="C8" s="8" t="n"/>
+      <c r="D8" s="8" t="n"/>
+      <c r="E8" s="8" t="n"/>
+      <c r="F8" s="9" t="n">
+        <v>174.37</v>
+      </c>
+      <c r="G8" s="10" t="n">
+        <v>0.009599999999999999</v>
+      </c>
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="65" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="K9" s="2" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Foreign Security</t>
         </is>
       </c>
-      <c r="L9" s="66" t="n">
-        <v>0.9898</v>
+      <c r="L9" s="7" t="n">
+        <v>0.9931</v>
       </c>
     </row>
     <row r="10">
-      <c r="B10" s="65" t="inlineStr">
+      <c r="B10" s="3" t="inlineStr">
         <is>
           <t>OTHERS</t>
         </is>
       </c>
-      <c r="K10" s="2" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L10" s="66" t="n">
-        <v>0.0102</v>
+      <c r="L10" s="7" t="n">
+        <v>0.0069</v>
       </c>
     </row>
     <row r="11">
-      <c r="B11" s="65" t="inlineStr">
+      <c r="B11" s="3" t="inlineStr">
         <is>
           <t>Overseas Mutual Fund</t>
         </is>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="2" t="n">
+      <c r="A12" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B12" s="2" t="inlineStr">
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>BlackRock Global Funds - World Mining Fund ^^</t>
         </is>
       </c>
-      <c r="C12" s="2" t="inlineStr">
+      <c r="C12" s="1" t="inlineStr">
         <is>
           <t>LU0368260294</t>
         </is>
       </c>
-      <c r="D12" s="2" t="inlineStr">
+      <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Foreign Security</t>
         </is>
       </c>
-      <c r="E12" s="10" t="n">
-        <v>150390.34</v>
+      <c r="E12" s="5" t="n">
+        <v>149226.87</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>15218.86</v>
-[...2 lines deleted...]
-        <v>0.9898</v>
+        <v>17969.06</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.9931</v>
       </c>
       <c r="J12" s="6" t="n"/>
     </row>
     <row r="13">
-      <c r="A13" s="11" t="n"/>
-      <c r="B13" s="11" t="inlineStr">
+      <c r="A13" s="8" t="n"/>
+      <c r="B13" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C13" s="11" t="n"/>
-[...6 lines deleted...]
-        <v>0.9898</v>
+      <c r="C13" s="8" t="n"/>
+      <c r="D13" s="8" t="n"/>
+      <c r="E13" s="8" t="n"/>
+      <c r="F13" s="9" t="n">
+        <v>17969.06</v>
+      </c>
+      <c r="G13" s="10" t="n">
+        <v>0.9931</v>
       </c>
     </row>
     <row r="15">
-      <c r="B15" s="65" t="inlineStr">
+      <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="16">
-      <c r="B16" s="2" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E16" s="10" t="n"/>
+      <c r="E16" s="5" t="n"/>
       <c r="F16" s="6" t="n">
-        <v>-160.62</v>
-[...2 lines deleted...]
-        <v>-0.0105</v>
+        <v>-48.85</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>-0.0027</v>
       </c>
       <c r="J16" s="6" t="n"/>
     </row>
     <row r="17">
-      <c r="A17" s="11" t="n"/>
-      <c r="B17" s="11" t="inlineStr">
+      <c r="A17" s="8" t="n"/>
+      <c r="B17" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C17" s="11" t="n"/>
-[...6 lines deleted...]
-        <v>-0.0105</v>
+      <c r="C17" s="8" t="n"/>
+      <c r="D17" s="8" t="n"/>
+      <c r="E17" s="8" t="n"/>
+      <c r="F17" s="9" t="n">
+        <v>-48.85</v>
+      </c>
+      <c r="G17" s="10" t="n">
+        <v>-0.0027</v>
       </c>
     </row>
     <row r="19">
-      <c r="A19" s="5" t="n"/>
-      <c r="B19" s="5" t="inlineStr">
+      <c r="A19" s="4" t="n"/>
+      <c r="B19" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C19" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G19" s="9" t="n">
+      <c r="C19" s="4" t="n"/>
+      <c r="D19" s="4" t="n"/>
+      <c r="E19" s="4" t="n"/>
+      <c r="F19" s="12" t="n">
+        <v>18094.58</v>
+      </c>
+      <c r="G19" s="13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="20">
-      <c r="A20" s="2" t="inlineStr">
+      <c r="A20" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="21">
-      <c r="A21" s="16" t="n">
+      <c r="A21" s="15" t="n">
         <v>1</v>
       </c>
-      <c r="B21" s="16" t="inlineStr">
+      <c r="B21" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="22" ht="27" customHeight="1" s="41">
-      <c r="A22" s="16" t="n">
+    <row r="22">
+      <c r="A22" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B22" s="16" t="inlineStr">
-[...9 lines deleted...]
-      <c r="B23" s="2" t="inlineStr">
+      <c r="B22" s="1" t="inlineStr">
         <is>
           <t>^^Fund domiciled in Luxembourg</t>
         </is>
       </c>
     </row>
-    <row r="26" ht="14.5" customHeight="1" s="41">
-      <c r="B26" s="54" t="inlineStr">
+    <row r="25" ht="14.5" customHeight="1" s="45">
+      <c r="B25" s="39" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="38" ht="58" customHeight="1" s="41">
-      <c r="B38" s="55" t="inlineStr">
+    <row r="39" ht="58" customHeight="1" s="45">
+      <c r="B39" s="40" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: MSCI ACWI Metals and Mining 30% Buffer 10/40 (1994)
 Net Total Return Index</t>
         </is>
       </c>
     </row>
-    <row r="53">
-      <c r="B53" s="65" t="inlineStr">
+    <row r="54">
+      <c r="B54" s="3" t="inlineStr">
         <is>
           <t>Additional Disclosure</t>
         </is>
       </c>
-      <c r="F53" s="19" t="n"/>
-[...10 lines deleted...]
-      <c r="F54" s="20" t="inlineStr">
+      <c r="F54" s="18" t="n"/>
+    </row>
+    <row r="55" ht="14.5" customHeight="1" s="45">
+      <c r="B55" s="55" t="inlineStr">
+        <is>
+          <t>DSP World Mining Overseas Equity Omni FoF as of 31-Dec-2025</t>
+        </is>
+      </c>
+      <c r="C55" s="65" t="n"/>
+      <c r="D55" s="65" t="n"/>
+      <c r="E55" s="66" t="n"/>
+      <c r="F55" s="19" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
     </row>
-    <row r="55">
-      <c r="B55" s="17" t="inlineStr">
+    <row r="56">
+      <c r="B56" s="16" t="inlineStr">
         <is>
           <t>BlackRock Global Funds - World Mining Fund ^^</t>
         </is>
       </c>
-      <c r="C55" s="17" t="n"/>
-[...7 lines deleted...]
-      <c r="B56" s="17" t="inlineStr">
+      <c r="C56" s="16" t="n"/>
+      <c r="D56" s="16" t="n"/>
+      <c r="E56" s="16" t="n"/>
+      <c r="F56" s="20" t="n">
+        <v>0.9898</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="B57" s="16" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="C56" s="17" t="n"/>
-[...7 lines deleted...]
-      <c r="B57" s="17" t="inlineStr">
+      <c r="C57" s="16" t="n"/>
+      <c r="D57" s="16" t="n"/>
+      <c r="E57" s="16" t="n"/>
+      <c r="F57" s="20" t="n">
+        <v>0.0207</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="B58" s="16" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="C57" s="17" t="n"/>
-[...7 lines deleted...]
-      <c r="B58" s="18" t="inlineStr">
+      <c r="C58" s="16" t="n"/>
+      <c r="D58" s="16" t="n"/>
+      <c r="E58" s="16" t="n"/>
+      <c r="F58" s="20" t="n">
+        <v>-0.0105</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="B59" s="17" t="inlineStr">
         <is>
           <t>TOTAL</t>
         </is>
       </c>
-      <c r="C58" s="17" t="n"/>
-[...2 lines deleted...]
-      <c r="F58" s="22" t="n">
+      <c r="C59" s="16" t="n"/>
+      <c r="D59" s="16" t="n"/>
+      <c r="E59" s="16" t="n"/>
+      <c r="F59" s="21" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="59">
-[...14 lines deleted...]
-      <c r="B61" s="47" t="inlineStr">
+    <row r="60">
+      <c r="F60" s="7" t="n"/>
+    </row>
+    <row r="61" ht="14.5" customHeight="1" s="45">
+      <c r="B61" s="51" t="inlineStr">
+        <is>
+          <t>BlackRock Global Funds - World Mining Fund as of 31-Dec-2025</t>
+        </is>
+      </c>
+      <c r="C61" s="65" t="n"/>
+      <c r="D61" s="65" t="n"/>
+      <c r="E61" s="65" t="n"/>
+      <c r="F61" s="66" t="n"/>
+    </row>
+    <row r="62" ht="14.5" customHeight="1" s="45">
+      <c r="B62" s="51" t="inlineStr">
         <is>
           <t>Top 10 stocks</t>
         </is>
       </c>
-      <c r="C61" s="73" t="n"/>
-[...5 lines deleted...]
-      <c r="B62" s="51" t="inlineStr">
+      <c r="C62" s="65" t="n"/>
+      <c r="D62" s="65" t="n"/>
+      <c r="E62" s="65" t="n"/>
+      <c r="F62" s="66" t="n"/>
+    </row>
+    <row r="63" ht="14.5" customHeight="1" s="45">
+      <c r="B63" s="55" t="inlineStr">
         <is>
           <t>Security</t>
         </is>
       </c>
-      <c r="C62" s="73" t="n"/>
-[...2 lines deleted...]
-      <c r="F62" s="20" t="inlineStr">
+      <c r="C63" s="65" t="n"/>
+      <c r="D63" s="65" t="n"/>
+      <c r="E63" s="66" t="n"/>
+      <c r="F63" s="19" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
     </row>
-    <row r="63">
-      <c r="B63" s="17" t="inlineStr">
+    <row r="64">
+      <c r="B64" s="16" t="inlineStr">
+        <is>
+          <t>BARRICK MINING CORP</t>
+        </is>
+      </c>
+      <c r="C64" s="16" t="n"/>
+      <c r="D64" s="16" t="n"/>
+      <c r="E64" s="16" t="n"/>
+      <c r="F64" s="20" t="n">
+        <v>0.073139</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="B65" s="16" t="inlineStr">
         <is>
           <t>AGNICO EAGLE MINES LTD (ONTARIO)</t>
         </is>
       </c>
-      <c r="C63" s="17" t="n"/>
-[...20 lines deleted...]
-      <c r="B65" s="17" t="inlineStr">
+      <c r="C65" s="16" t="n"/>
+      <c r="D65" s="16" t="n"/>
+      <c r="E65" s="16" t="n"/>
+      <c r="F65" s="20" t="n">
+        <v>0.064901</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="B66" s="16" t="inlineStr">
         <is>
           <t>RIO TINTO PLC</t>
         </is>
       </c>
-      <c r="C65" s="17" t="n"/>
-[...7 lines deleted...]
-      <c r="B66" s="17" t="inlineStr">
+      <c r="C66" s="16" t="n"/>
+      <c r="D66" s="16" t="n"/>
+      <c r="E66" s="16" t="n"/>
+      <c r="F66" s="20" t="n">
+        <v>0.059198</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="B67" s="16" t="inlineStr">
         <is>
           <t>NEWMONT CORPORATION</t>
         </is>
       </c>
-      <c r="C66" s="17" t="n"/>
-[...7 lines deleted...]
-      <c r="B67" s="17" t="inlineStr">
+      <c r="C67" s="16" t="n"/>
+      <c r="D67" s="16" t="n"/>
+      <c r="E67" s="16" t="n"/>
+      <c r="F67" s="20" t="n">
+        <v>0.057197</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="B68" s="16" t="inlineStr">
         <is>
           <t>VALE SA</t>
         </is>
       </c>
-      <c r="C67" s="17" t="n"/>
-[...7 lines deleted...]
-      <c r="B68" s="17" t="inlineStr">
+      <c r="C68" s="16" t="n"/>
+      <c r="D68" s="16" t="n"/>
+      <c r="E68" s="16" t="n"/>
+      <c r="F68" s="20" t="n">
+        <v>0.050782</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="B69" s="16" t="inlineStr">
         <is>
           <t>ANGLO AMERICAN PLC</t>
         </is>
       </c>
-      <c r="C68" s="17" t="n"/>
-[...7 lines deleted...]
-      <c r="B69" s="17" t="inlineStr">
+      <c r="C69" s="16" t="n"/>
+      <c r="D69" s="16" t="n"/>
+      <c r="E69" s="16" t="n"/>
+      <c r="F69" s="20" t="n">
+        <v>0.05061</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="B70" s="16" t="inlineStr">
+        <is>
+          <t>WHEATON PRECIOUS METALS CORP</t>
+        </is>
+      </c>
+      <c r="C70" s="16" t="n"/>
+      <c r="D70" s="16" t="n"/>
+      <c r="E70" s="16" t="n"/>
+      <c r="F70" s="20" t="n">
+        <v>0.046123</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="B71" s="16" t="inlineStr">
         <is>
           <t>KINROSS GOLD CORP</t>
         </is>
       </c>
-      <c r="C69" s="17" t="n"/>
-[...20 lines deleted...]
-      <c r="B71" s="17" t="inlineStr">
+      <c r="C71" s="16" t="n"/>
+      <c r="D71" s="16" t="n"/>
+      <c r="E71" s="16" t="n"/>
+      <c r="F71" s="20" t="n">
+        <v>0.044005</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="B72" s="16" t="inlineStr">
         <is>
           <t>GLENCORE PLC</t>
         </is>
       </c>
-      <c r="C71" s="17" t="n"/>
-[...7 lines deleted...]
-      <c r="B72" s="17" t="inlineStr">
+      <c r="C72" s="16" t="n"/>
+      <c r="D72" s="16" t="n"/>
+      <c r="E72" s="16" t="n"/>
+      <c r="F72" s="20" t="n">
+        <v>0.04278</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="B73" s="16" t="inlineStr">
         <is>
           <t>ANGLOGOLD ASHANTI PLC</t>
         </is>
       </c>
-      <c r="C72" s="17" t="n"/>
-[...7 lines deleted...]
-      <c r="B73" s="17" t="inlineStr">
+      <c r="C73" s="16" t="n"/>
+      <c r="D73" s="16" t="n"/>
+      <c r="E73" s="16" t="n"/>
+      <c r="F73" s="20" t="n">
+        <v>0.0396</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="B74" s="16" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="C73" s="17" t="n"/>
-[...7 lines deleted...]
-      <c r="B74" s="17" t="inlineStr">
+      <c r="C74" s="16" t="n"/>
+      <c r="D74" s="16" t="n"/>
+      <c r="E74" s="16" t="n"/>
+      <c r="F74" s="20" t="n">
+        <v>0.4716650000000001</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="B75" s="16" t="inlineStr">
         <is>
           <t>Cash</t>
         </is>
       </c>
-      <c r="C74" s="17" t="n"/>
-[...5 lines deleted...]
-      <c r="B75" s="18" t="inlineStr">
+      <c r="C75" s="16" t="n"/>
+      <c r="D75" s="16" t="n"/>
+      <c r="E75" s="16" t="n"/>
+      <c r="F75" s="20" t="n"/>
+    </row>
+    <row r="76">
+      <c r="B76" s="17" t="inlineStr">
         <is>
           <t>TOTAL</t>
         </is>
       </c>
-      <c r="C75" s="17" t="n"/>
-[...2 lines deleted...]
-      <c r="F75" s="22" t="n">
+      <c r="C76" s="16" t="n"/>
+      <c r="D76" s="16" t="n"/>
+      <c r="E76" s="16" t="n"/>
+      <c r="F76" s="21" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="76">
-[...3 lines deleted...]
-      <c r="B77" s="47" t="inlineStr">
+    <row r="77">
+      <c r="F77" s="7" t="n"/>
+    </row>
+    <row r="78" ht="14.5" customHeight="1" s="45">
+      <c r="B78" s="51" t="inlineStr">
         <is>
           <t>Sector Allocation</t>
         </is>
       </c>
-      <c r="C77" s="73" t="n"/>
-[...5 lines deleted...]
-      <c r="B78" s="17" t="inlineStr">
+      <c r="C78" s="65" t="n"/>
+      <c r="D78" s="65" t="n"/>
+      <c r="E78" s="65" t="n"/>
+      <c r="F78" s="66" t="n"/>
+    </row>
+    <row r="79">
+      <c r="B79" s="16" t="inlineStr">
         <is>
           <t>Gold</t>
         </is>
       </c>
-      <c r="C78" s="17" t="n"/>
-[...7 lines deleted...]
-      <c r="B79" s="17" t="inlineStr">
+      <c r="C79" s="16" t="n"/>
+      <c r="D79" s="16" t="n"/>
+      <c r="E79" s="16" t="n"/>
+      <c r="F79" s="20" t="n">
+        <v>0.3843</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="B80" s="16" t="inlineStr">
         <is>
           <t>Diversified</t>
         </is>
       </c>
-      <c r="C79" s="17" t="n"/>
-[...7 lines deleted...]
-      <c r="B80" s="17" t="inlineStr">
+      <c r="C80" s="16" t="n"/>
+      <c r="D80" s="16" t="n"/>
+      <c r="E80" s="16" t="n"/>
+      <c r="F80" s="20" t="n">
+        <v>0.2443</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="B81" s="16" t="inlineStr">
         <is>
           <t>Copper</t>
         </is>
       </c>
-      <c r="C80" s="17" t="n"/>
-[...7 lines deleted...]
-      <c r="B81" s="17" t="inlineStr">
+      <c r="C81" s="16" t="n"/>
+      <c r="D81" s="16" t="n"/>
+      <c r="E81" s="16" t="n"/>
+      <c r="F81" s="20" t="n">
+        <v>0.1818</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="B82" s="16" t="inlineStr">
         <is>
           <t>Steel</t>
         </is>
       </c>
-      <c r="C81" s="17" t="n"/>
-[...7 lines deleted...]
-      <c r="B82" s="17" t="inlineStr">
+      <c r="C82" s="16" t="n"/>
+      <c r="D82" s="16" t="n"/>
+      <c r="E82" s="16" t="n"/>
+      <c r="F82" s="20" t="n">
+        <v>0.0667</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="B83" s="16" t="inlineStr">
         <is>
           <t>Platinum Grp. Met.</t>
         </is>
       </c>
-      <c r="C82" s="17" t="n"/>
-[...7 lines deleted...]
-      <c r="B83" s="17" t="inlineStr">
+      <c r="C83" s="16" t="n"/>
+      <c r="D83" s="16" t="n"/>
+      <c r="E83" s="16" t="n"/>
+      <c r="F83" s="20" t="n">
+        <v>0.0358</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="B84" s="16" t="inlineStr">
+        <is>
+          <t>Cash and/or Derivatives</t>
+        </is>
+      </c>
+      <c r="C84" s="16" t="n"/>
+      <c r="D84" s="16" t="n"/>
+      <c r="E84" s="16" t="n"/>
+      <c r="F84" s="20" t="n">
+        <v>0.0246</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="B85" s="16" t="inlineStr">
+        <is>
+          <t>Aluminium</t>
+        </is>
+      </c>
+      <c r="C85" s="16" t="n"/>
+      <c r="D85" s="16" t="n"/>
+      <c r="E85" s="16" t="n"/>
+      <c r="F85" s="20" t="n">
+        <v>0.017</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="B86" s="16" t="inlineStr">
         <is>
           <t>Industrial Minerals</t>
         </is>
       </c>
-      <c r="C83" s="17" t="n"/>
-[...20 lines deleted...]
-      <c r="B85" s="17" t="inlineStr">
+      <c r="C86" s="16" t="n"/>
+      <c r="D86" s="16" t="n"/>
+      <c r="E86" s="16" t="n"/>
+      <c r="F86" s="20" t="n">
+        <v>0.0163</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="B87" s="16" t="inlineStr">
         <is>
           <t>Uranium</t>
         </is>
       </c>
-      <c r="C85" s="17" t="n"/>
-[...7 lines deleted...]
-      <c r="B86" s="17" t="inlineStr">
+      <c r="C87" s="16" t="n"/>
+      <c r="D87" s="16" t="n"/>
+      <c r="E87" s="16" t="n"/>
+      <c r="F87" s="20" t="n">
+        <v>0.0105</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="B88" s="16" t="inlineStr">
         <is>
           <t>Other</t>
         </is>
       </c>
-      <c r="C86" s="17" t="n"/>
-[...20 lines deleted...]
-      <c r="B88" s="17" t="inlineStr">
+      <c r="C88" s="16" t="n"/>
+      <c r="D88" s="16" t="n"/>
+      <c r="E88" s="16" t="n"/>
+      <c r="F88" s="20" t="n">
+        <v>0.008999999999999999</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="B89" s="16" t="inlineStr">
         <is>
           <t>Nickel</t>
         </is>
       </c>
-      <c r="C88" s="17" t="n"/>
-[...7 lines deleted...]
-      <c r="B89" s="17" t="inlineStr">
+      <c r="C89" s="16" t="n"/>
+      <c r="D89" s="16" t="n"/>
+      <c r="E89" s="16" t="n"/>
+      <c r="F89" s="20" t="n">
+        <v>0.0062</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="B90" s="16" t="inlineStr">
         <is>
           <t>Iron Ore</t>
         </is>
       </c>
-      <c r="C89" s="17" t="n"/>
-[...7 lines deleted...]
-      <c r="B90" s="17" t="inlineStr">
+      <c r="C90" s="16" t="n"/>
+      <c r="D90" s="16" t="n"/>
+      <c r="E90" s="16" t="n"/>
+      <c r="F90" s="20" t="n">
+        <v>0.0035</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="B91" s="16" t="inlineStr">
         <is>
           <t>Zinc</t>
         </is>
       </c>
-      <c r="C90" s="17" t="n"/>
-[...2 lines deleted...]
-      <c r="F90" s="21" t="n">
+      <c r="C91" s="16" t="n"/>
+      <c r="D91" s="16" t="n"/>
+      <c r="E91" s="16" t="n"/>
+      <c r="F91" s="20" t="n">
         <v>0</v>
       </c>
     </row>
-    <row r="91">
-      <c r="B91" s="17" t="inlineStr">
+    <row r="92">
+      <c r="B92" s="16" t="inlineStr">
         <is>
           <t>Coal</t>
         </is>
       </c>
-      <c r="C91" s="17" t="n"/>
-[...2 lines deleted...]
-      <c r="F91" s="21" t="n">
+      <c r="C92" s="16" t="n"/>
+      <c r="D92" s="16" t="n"/>
+      <c r="E92" s="16" t="n"/>
+      <c r="F92" s="20" t="n">
         <v>0</v>
       </c>
     </row>
-    <row r="92">
-      <c r="B92" s="17" t="inlineStr">
+    <row r="93">
+      <c r="B93" s="16" t="inlineStr">
         <is>
           <t>Silver</t>
         </is>
       </c>
-      <c r="C92" s="17" t="n"/>
-[...2 lines deleted...]
-      <c r="F92" s="21" t="n">
+      <c r="C93" s="16" t="n"/>
+      <c r="D93" s="16" t="n"/>
+      <c r="E93" s="16" t="n"/>
+      <c r="F93" s="20" t="n">
         <v>0</v>
       </c>
     </row>
-    <row r="93">
-      <c r="B93" s="17" t="inlineStr">
+    <row r="94">
+      <c r="B94" s="16" t="inlineStr">
         <is>
           <t>Molybdenum</t>
         </is>
       </c>
-      <c r="C93" s="17" t="n"/>
-[...2 lines deleted...]
-      <c r="F93" s="21" t="n">
+      <c r="C94" s="16" t="n"/>
+      <c r="D94" s="16" t="n"/>
+      <c r="E94" s="16" t="n"/>
+      <c r="F94" s="20" t="n">
         <v>0</v>
       </c>
     </row>
-    <row r="94">
-      <c r="B94" s="17" t="inlineStr">
+    <row r="95">
+      <c r="B95" s="16" t="inlineStr">
         <is>
           <t>Mineral Services</t>
         </is>
       </c>
-      <c r="C94" s="17" t="n"/>
-[...2 lines deleted...]
-      <c r="F94" s="21" t="n">
+      <c r="C95" s="16" t="n"/>
+      <c r="D95" s="16" t="n"/>
+      <c r="E95" s="16" t="n"/>
+      <c r="F95" s="20" t="n">
         <v>0</v>
       </c>
     </row>
-    <row r="95">
-      <c r="B95" s="18" t="inlineStr">
+    <row r="96">
+      <c r="B96" s="17" t="inlineStr">
         <is>
           <t>TOTAL</t>
         </is>
       </c>
-      <c r="C95" s="17" t="n"/>
-[...2 lines deleted...]
-      <c r="F95" s="22" t="n">
+      <c r="C96" s="16" t="n"/>
+      <c r="D96" s="16" t="n"/>
+      <c r="E96" s="16" t="n"/>
+      <c r="F96" s="21" t="n">
+        <v>0.9999999999999997</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="F97" s="7" t="n"/>
+    </row>
+    <row r="98">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+      <c r="F98" s="7" t="n"/>
+    </row>
+    <row r="99">
+      <c r="A99" s="1" t="n">
         <v>1</v>
       </c>
-    </row>
-[...15 lines deleted...]
-      <c r="B98" s="2" t="inlineStr">
+      <c r="B99" s="1" t="inlineStr">
         <is>
           <t>^^Fund domiciled in Luxembourg</t>
         </is>
       </c>
-      <c r="F98" s="66" t="n"/>
-[...2 lines deleted...]
-      <c r="F99" s="66" t="n"/>
+      <c r="F99" s="7" t="n"/>
+    </row>
+    <row r="100">
+      <c r="F100" s="7" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="6">
-    <mergeCell ref="B77:F77"/>
-[...2 lines deleted...]
-    <mergeCell ref="B54:E54"/>
+    <mergeCell ref="B63:E63"/>
+    <mergeCell ref="B62:F62"/>
+    <mergeCell ref="B78:F78"/>
+    <mergeCell ref="B55:E55"/>
     <mergeCell ref="B61:F61"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>