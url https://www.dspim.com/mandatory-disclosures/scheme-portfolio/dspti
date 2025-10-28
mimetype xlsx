--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -1,610 +1,1494 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Accounts\REPORTS\Monthend portfolio\2025-2026\06. September 2025\Half Yearly Portfolio\Portfolio\Derivative Disclosure\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FEFA5CB2-AA9C-4BCD-AE2D-D55C96FE829B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="968" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="TIGER" sheetId="1" state="visible" r:id="rId1"/>
-    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
+    <sheet name="Monthly Portfolio" sheetId="1" r:id="rId1"/>
+    <sheet name="Half Yearly Portfolio" sheetId="4" r:id="rId2"/>
+    <sheet name="Notes to Half Yearly Portfolio" sheetId="3" r:id="rId3"/>
+    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId4"/>
   </sheets>
-  <definedNames/>
-  <calcPr calcId="191029" fullCalcOnLoad="1"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="657" uniqueCount="268">
+  <si>
+    <t>DSP India T.I.G.E.R. Fund (The Infrastructure Growth and Economic Reforms Fund)</t>
+  </si>
+  <si>
+    <t>Portfolio as on September 30, 2025</t>
+  </si>
+  <si>
+    <t>Sr. No.</t>
+  </si>
+  <si>
+    <t>Name of Instrument</t>
+  </si>
+  <si>
+    <t>ISIN</t>
+  </si>
+  <si>
+    <t>Rating/Industry</t>
+  </si>
+  <si>
+    <t>Quantity</t>
+  </si>
+  <si>
+    <t>Market value (Rs. In lakhs)</t>
+  </si>
+  <si>
+    <t>% to Net Assets</t>
+  </si>
+  <si>
+    <t>Maturity Date</t>
+  </si>
+  <si>
+    <t>Put/Call Option</t>
+  </si>
+  <si>
+    <t>YTM (%)</t>
+  </si>
+  <si>
+    <t>EQUITY &amp; EQUITY RELATED</t>
+  </si>
+  <si>
+    <t>Listed / awaiting listing on the stock exchanges</t>
+  </si>
+  <si>
+    <t>Larsen &amp; Toubro Limited</t>
+  </si>
+  <si>
+    <t>INE018A01030</t>
+  </si>
+  <si>
+    <t>Construction</t>
+  </si>
+  <si>
+    <t>Sector/Rating</t>
+  </si>
+  <si>
+    <t>Percent</t>
+  </si>
+  <si>
+    <t>NTPC Limited</t>
+  </si>
+  <si>
+    <t>INE733E01010</t>
+  </si>
+  <si>
+    <t>Power</t>
+  </si>
+  <si>
+    <t>Industrial Products</t>
+  </si>
+  <si>
+    <t>Apollo Hospitals Enterprise Limited</t>
+  </si>
+  <si>
+    <t>INE437A01024</t>
+  </si>
+  <si>
+    <t>Healthcare Services</t>
+  </si>
+  <si>
+    <t>Amber Enterprises India Limited</t>
+  </si>
+  <si>
+    <t>INE371P01015</t>
+  </si>
+  <si>
+    <t>Consumer Durables</t>
+  </si>
+  <si>
+    <t>Power Grid Corporation of India Limited</t>
+  </si>
+  <si>
+    <t>INE752E01010</t>
+  </si>
+  <si>
+    <t>Electrical Equipment</t>
+  </si>
+  <si>
+    <t>Kirloskar Oil Engines Limited</t>
+  </si>
+  <si>
+    <t>INE146L01010</t>
+  </si>
+  <si>
+    <t>Coal India Limited</t>
+  </si>
+  <si>
+    <t>INE522F01014</t>
+  </si>
+  <si>
+    <t>Consumable Fuels</t>
+  </si>
+  <si>
+    <t>Bharti Airtel Limited</t>
+  </si>
+  <si>
+    <t>INE397D01024</t>
+  </si>
+  <si>
+    <t>Telecom - Services</t>
+  </si>
+  <si>
+    <t>Auto Components</t>
+  </si>
+  <si>
+    <t>Multi Commodity Exchange of India Limited</t>
+  </si>
+  <si>
+    <t>INE745G01035</t>
+  </si>
+  <si>
+    <t>Capital Markets</t>
+  </si>
+  <si>
+    <t>Siemens Energy India Limited</t>
+  </si>
+  <si>
+    <t>INE1NPP01017</t>
+  </si>
+  <si>
+    <t>Chemicals &amp; Petrochemicals</t>
+  </si>
+  <si>
+    <t>Rainbow Childrens Medicare Limited</t>
+  </si>
+  <si>
+    <t>INE961O01016</t>
+  </si>
+  <si>
+    <t>Petroleum Products</t>
+  </si>
+  <si>
+    <t>Siemens Limited</t>
+  </si>
+  <si>
+    <t>INE003A01024</t>
+  </si>
+  <si>
+    <t>INOX India Limited</t>
+  </si>
+  <si>
+    <t>INE616N01034</t>
+  </si>
+  <si>
+    <t>Max Financial Services Limited</t>
+  </si>
+  <si>
+    <t>INE180A01020</t>
+  </si>
+  <si>
+    <t>Insurance</t>
+  </si>
+  <si>
+    <t>Cement &amp; Cement Products</t>
+  </si>
+  <si>
+    <t>Kalpataru Projects International Limited</t>
+  </si>
+  <si>
+    <t>INE220B01022</t>
+  </si>
+  <si>
+    <t>Reliance Industries Limited</t>
+  </si>
+  <si>
+    <t>INE002A01018</t>
+  </si>
+  <si>
+    <t>Industrial Manufacturing</t>
+  </si>
+  <si>
+    <t>Nippon Life India Asset Management Limited</t>
+  </si>
+  <si>
+    <t>INE298J01013</t>
+  </si>
+  <si>
+    <t>Transport Infrastructure</t>
+  </si>
+  <si>
+    <t>Welspun Corp Limited</t>
+  </si>
+  <si>
+    <t>INE191B01025</t>
+  </si>
+  <si>
+    <t>Non - Ferrous Metals</t>
+  </si>
+  <si>
+    <t>Samvardhana Motherson International Limited</t>
+  </si>
+  <si>
+    <t>INE775A01035</t>
+  </si>
+  <si>
+    <t>Realty</t>
+  </si>
+  <si>
+    <t>Techno Electric &amp; Engineering Company Limited</t>
+  </si>
+  <si>
+    <t>INE285K01026</t>
+  </si>
+  <si>
+    <t>Ferrous Metals</t>
+  </si>
+  <si>
+    <t>Tega Industries Limited</t>
+  </si>
+  <si>
+    <t>INE011K01018</t>
+  </si>
+  <si>
+    <t>Agricultural Food &amp; other Products</t>
+  </si>
+  <si>
+    <t>Hindalco Industries Limited</t>
+  </si>
+  <si>
+    <t>INE038A01020</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>UltraTech Cement Limited</t>
+  </si>
+  <si>
+    <t>INE481G01011</t>
+  </si>
+  <si>
+    <t>Transport Services</t>
+  </si>
+  <si>
+    <t>Carborundum Universal Limited</t>
+  </si>
+  <si>
+    <t>INE120A01034</t>
+  </si>
+  <si>
+    <t>Aerospace &amp; Defense</t>
+  </si>
+  <si>
+    <t>Solar Industries India Limited</t>
+  </si>
+  <si>
+    <t>INE343H01029</t>
+  </si>
+  <si>
+    <t>Oil</t>
+  </si>
+  <si>
+    <t>KEC International Limited</t>
+  </si>
+  <si>
+    <t>INE389H01022</t>
+  </si>
+  <si>
+    <t>Diversified</t>
+  </si>
+  <si>
+    <t>Schaeffler India Limited</t>
+  </si>
+  <si>
+    <t>INE513A01022</t>
+  </si>
+  <si>
+    <t>Cash &amp; Equivalent</t>
+  </si>
+  <si>
+    <t>Jindal Steel Limited</t>
+  </si>
+  <si>
+    <t>INE749A01030</t>
+  </si>
+  <si>
+    <t>Navin Fluorine International Limited</t>
+  </si>
+  <si>
+    <t>INE048G01026</t>
+  </si>
+  <si>
+    <t>Avalon Technologies Limited</t>
+  </si>
+  <si>
+    <t>INE0LCL01028</t>
+  </si>
+  <si>
+    <t>Power Mech Projects Limited</t>
+  </si>
+  <si>
+    <t>INE211R01019</t>
+  </si>
+  <si>
+    <t>Sansera Engineering Limited</t>
+  </si>
+  <si>
+    <t>INE953O01021</t>
+  </si>
+  <si>
+    <t>Triveni Engineering &amp; Industries Limited</t>
+  </si>
+  <si>
+    <t>INE256C01024</t>
+  </si>
+  <si>
+    <t>Jubilant Ingrevia Limited</t>
+  </si>
+  <si>
+    <t>INE0BY001018</t>
+  </si>
+  <si>
+    <t>Bharat Petroleum Corporation Limited</t>
+  </si>
+  <si>
+    <t>INE029A01011</t>
+  </si>
+  <si>
+    <t>Angel One Limited</t>
+  </si>
+  <si>
+    <t>INE732I01013</t>
+  </si>
+  <si>
+    <t>Shivalik Bimetal Controls Limited</t>
+  </si>
+  <si>
+    <t>INE386D01027</t>
+  </si>
+  <si>
+    <t>Kirloskar Pneumatic Company Limited</t>
+  </si>
+  <si>
+    <t>INE811A01020</t>
+  </si>
+  <si>
+    <t>R R Kabel Limited</t>
+  </si>
+  <si>
+    <t>INE777K01022</t>
+  </si>
+  <si>
+    <t>Ahluwalia Contracts (India) Limited</t>
+  </si>
+  <si>
+    <t>INE758C01029</t>
+  </si>
+  <si>
+    <t>Gujarat Gas Limited</t>
+  </si>
+  <si>
+    <t>INE844O01030</t>
+  </si>
+  <si>
+    <t>Apollo Tyres Limited</t>
+  </si>
+  <si>
+    <t>INE438A01022</t>
+  </si>
+  <si>
+    <t>Asian Paints Limited</t>
+  </si>
+  <si>
+    <t>INE021A01026</t>
+  </si>
+  <si>
+    <t>SKF India Limited</t>
+  </si>
+  <si>
+    <t>INE640A01023</t>
+  </si>
+  <si>
+    <t>Century Plyboards (India) Limited</t>
+  </si>
+  <si>
+    <t>INE348B01021</t>
+  </si>
+  <si>
+    <t>Bajaj Electricals Limited</t>
+  </si>
+  <si>
+    <t>INE193E01025</t>
+  </si>
+  <si>
+    <t>Oberoi Realty Limited</t>
+  </si>
+  <si>
+    <t>INE093I01010</t>
+  </si>
+  <si>
+    <t>CG Power and Industrial Solutions Limited</t>
+  </si>
+  <si>
+    <t>INE067A01029</t>
+  </si>
+  <si>
+    <t>The Phoenix Mills Limited</t>
+  </si>
+  <si>
+    <t>INE211B01039</t>
+  </si>
+  <si>
+    <t>Interglobe Aviation Limited</t>
+  </si>
+  <si>
+    <t>INE646L01027</t>
+  </si>
+  <si>
+    <t>IFGL Refractories Limited</t>
+  </si>
+  <si>
+    <t>INE133Y01011</t>
+  </si>
+  <si>
+    <t>Cyient DLM Limited</t>
+  </si>
+  <si>
+    <t>INE055S01018</t>
+  </si>
+  <si>
+    <t>H.G. Infra Engineering Limited</t>
+  </si>
+  <si>
+    <t>INE926X01010</t>
+  </si>
+  <si>
+    <t>Bansal Wire Industries Limited</t>
+  </si>
+  <si>
+    <t>INE0B9K01025</t>
+  </si>
+  <si>
+    <t>Ambuja Cements Limited</t>
+  </si>
+  <si>
+    <t>INE079A01024</t>
+  </si>
+  <si>
+    <t>Polycab India Limited</t>
+  </si>
+  <si>
+    <t>INE455K01017</t>
+  </si>
+  <si>
+    <t>Finolex Cables Limited</t>
+  </si>
+  <si>
+    <t>INE235A01022</t>
+  </si>
+  <si>
+    <t>Atul Limited</t>
+  </si>
+  <si>
+    <t>INE100A01010</t>
+  </si>
+  <si>
+    <t>APL Apollo Tubes Limited</t>
+  </si>
+  <si>
+    <t>INE702C01027</t>
+  </si>
+  <si>
+    <t>Thyrocare Technologies Limited</t>
+  </si>
+  <si>
+    <t>INE594H01019</t>
+  </si>
+  <si>
+    <t>JNK India Limited</t>
+  </si>
+  <si>
+    <t>INE0OAF01028</t>
+  </si>
+  <si>
+    <t>KNR Constructions Limited</t>
+  </si>
+  <si>
+    <t>INE634I01029</t>
+  </si>
+  <si>
+    <t>Exide Industries Limited</t>
+  </si>
+  <si>
+    <t>INE302A01020</t>
+  </si>
+  <si>
+    <t>Oil &amp; Natural Gas Corporation Limited</t>
+  </si>
+  <si>
+    <t>INE213A01029</t>
+  </si>
+  <si>
+    <t>NTPC Green Energy Limited</t>
+  </si>
+  <si>
+    <t>INE0ONG01011</t>
+  </si>
+  <si>
+    <t>Bharti Airtel Limited - Partly Paid Shares</t>
+  </si>
+  <si>
+    <t>IN9397D01014</t>
+  </si>
+  <si>
+    <t>Godrej Industries Limited</t>
+  </si>
+  <si>
+    <t>INE233A01035</t>
+  </si>
+  <si>
+    <t>G R Infraprojects Limited</t>
+  </si>
+  <si>
+    <t>INE201P01022</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Units issued by REITs &amp; InvITs</t>
+  </si>
+  <si>
+    <t>Indus Infra Trust</t>
+  </si>
+  <si>
+    <t>INE0NHL23019</t>
+  </si>
+  <si>
+    <t>MONEY MARKET INSTRUMENTS</t>
+  </si>
+  <si>
+    <t>TREPS / Reverse Repo Investments</t>
+  </si>
+  <si>
+    <t>Cash &amp; Cash Equivalent</t>
+  </si>
+  <si>
+    <t>Net Receivables/Payables</t>
+  </si>
+  <si>
+    <t>GRAND TOTAL</t>
+  </si>
+  <si>
+    <t>Notes:</t>
+  </si>
+  <si>
+    <t>Market value includes accrued interest</t>
+  </si>
+  <si>
+    <t>Net Assets does not include unit activity for the last day of the month</t>
+  </si>
+  <si>
+    <t>Scheme Riskometer</t>
+  </si>
+  <si>
+    <t>Benchmark Riskometer: BSE India Infrastructure TRI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>YD02Regular</t>
+  </si>
+  <si>
+    <t>YD02Direct</t>
+  </si>
+  <si>
+    <t>YD02</t>
+  </si>
+  <si>
+    <t>DSP India T.I.G.E.R. Fund#</t>
+  </si>
+  <si>
+    <t>Sr No.</t>
+  </si>
+  <si>
+    <t>Particular</t>
+  </si>
+  <si>
+    <t>Regular</t>
+  </si>
+  <si>
+    <t>Direct</t>
+  </si>
+  <si>
+    <t>Portfolio Turn Over Ratio ^^</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> - For Purchase</t>
+  </si>
+  <si>
+    <t>N.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> - For Sale</t>
+  </si>
+  <si>
+    <t>Average Maturity (in years)@@</t>
+  </si>
+  <si>
+    <t>Modified Duration (in years)@@</t>
+  </si>
+  <si>
+    <t>Portfolio YTM (Annualised)@@</t>
+  </si>
+  <si>
+    <t>Total outstanding exposure to derivatives at the end of  September 30, 2025</t>
+  </si>
+  <si>
+    <t>- Value (In Rs. Lakh)</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>- in percentage term (%)</t>
+  </si>
+  <si>
+    <t>Total of securities below investment grade and default provided for the Half Year of September 30, 2025 (Rs. lakh)</t>
+  </si>
+  <si>
+    <t>Total investment in foreign securities/ADR/GDR (Rs. lakh)</t>
+  </si>
+  <si>
+    <t>Total investment in illiquid shares/securities</t>
+  </si>
+  <si>
+    <t>- in percentage terms (%)</t>
+  </si>
+  <si>
+    <t>Net Asset Vaue (NAV) (Rs. per Unit)</t>
+  </si>
+  <si>
+    <t>- As on March 31, 2025</t>
+  </si>
+  <si>
+    <t>G</t>
+  </si>
+  <si>
+    <t>Growth</t>
+  </si>
+  <si>
+    <t>285.306</t>
+  </si>
+  <si>
+    <t>309.192</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>Payout/Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>26.804</t>
+  </si>
+  <si>
+    <t>49.340</t>
+  </si>
+  <si>
+    <t>QD</t>
+  </si>
+  <si>
+    <t>Quarterly Payout/Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>DD</t>
+  </si>
+  <si>
+    <t>Daily Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>WD</t>
+  </si>
+  <si>
+    <t>Weekly Payout/Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>MD</t>
+  </si>
+  <si>
+    <t>Monthly Payout/Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>UD</t>
+  </si>
+  <si>
+    <t>UD3</t>
+  </si>
+  <si>
+    <t>UR</t>
+  </si>
+  <si>
+    <t>UR3</t>
+  </si>
+  <si>
+    <t>- As on September 30, 2025</t>
+  </si>
+  <si>
+    <t>310.579</t>
+  </si>
+  <si>
+    <t>338.387</t>
+  </si>
+  <si>
+    <t>29.179</t>
+  </si>
+  <si>
+    <t>53.999</t>
+  </si>
+  <si>
+    <t>Aggregate distributions during the half year (Rs. per Unit)</t>
+  </si>
+  <si>
+    <t>*</t>
+  </si>
+  <si>
+    <t>Computed NAV</t>
+  </si>
+  <si>
+    <t>**</t>
+  </si>
+  <si>
+    <t>NAV as on Maturity date</t>
+  </si>
+  <si>
+    <t>#</t>
+  </si>
+  <si>
+    <t>The Infrastructure Growth and Economic Reforms Fund</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Not Applicable.</t>
+  </si>
+  <si>
+    <t>^^</t>
+  </si>
+  <si>
+    <t>Portfolio Turn Over Ratio is for Equity Schemes.</t>
+  </si>
+  <si>
+    <t>@@</t>
+  </si>
+  <si>
+    <t>Average Maturity, Modified Duration and Portfolio YTM (Annualised) is for Debt Schemes.</t>
+  </si>
+  <si>
+    <t>Pursuant to payment of IDCW, the NAV of the IDCW Option(s) of aforesaid Scheme of the Fund would fall to the extent of payout and statutory levy, if any. For complete distribution history of the Schemes, please visit www.dspim.com</t>
+  </si>
+  <si>
+    <t>Amount in Rupees</t>
+  </si>
+  <si>
+    <t>Scheme</t>
+  </si>
+  <si>
+    <t>Underlying</t>
+  </si>
+  <si>
+    <t>Call/Put</t>
+  </si>
+  <si>
+    <t>NIFTY</t>
+  </si>
+  <si>
+    <t>For the period 01st April, 2025 to 30th September 2025, non-hedging transactions through options have been squared off/expired :</t>
+  </si>
+  <si>
+    <t>Total Number of contracts entered into</t>
+  </si>
+  <si>
+    <t>Gross Notional Value of contracts entered into</t>
+  </si>
+  <si>
+    <t>Net Profit/Loss value on all contracts (treat premium paid as loss)</t>
+  </si>
+  <si>
+    <t>PUT</t>
+  </si>
+  <si>
+    <t>DSP India T.I.G.E.R Fund</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Note : In case of derivative transactions, end of the day position on the date of such transaction is considered as the basis to assess the nature of transaction as hedge / non-hedge </t>
+  </si>
+</sst>
+</file>
+
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...2 lines deleted...]
-    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="8">
+    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="166" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="167" formatCode="_(* #,##0.000_);_(* \(#,##0.000\);_(* &quot;-&quot;_);_(* @_)"/>
+    <numFmt numFmtId="168" formatCode="0.000"/>
+    <numFmt numFmtId="169" formatCode="0.0000"/>
+    <numFmt numFmtId="170" formatCode="#,##0.000000"/>
+    <numFmt numFmtId="171" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="14">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <color theme="1"/>
-      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <color theme="1"/>
-      <sz val="10"/>
     </font>
     <font>
+      <b/>
+      <sz val="14"/>
+      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...1 lines deleted...]
-      <sz val="14"/>
     </font>
     <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...1 lines deleted...]
-      <sz val="10"/>
     </font>
     <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...1 lines deleted...]
-      <sz val="10"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <color rgb="FF000000"/>
-      <sz val="10"/>
     </font>
     <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <color theme="1"/>
-      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="9"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <color indexed="8"/>
-      <sz val="10"/>
     </font>
     <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...1 lines deleted...]
-      <sz val="10"/>
     </font>
     <font>
+      <sz val="9"/>
+      <color rgb="FFFF0000"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <sz val="10"/>
     </font>
     <font>
-      <name val="Calibri"/>
+      <sz val="9"/>
+      <color theme="0"/>
+      <name val="Trebuchet MS"/>
       <family val="2"/>
-      <color theme="10"/>
-[...2 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
+      <sz val="10"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...17 lines deleted...]
-      <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
-      <patternFill/>
+      <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFDBDBDB"/>
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="11">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...7 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...22 lines deleted...]
-      <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom/>
-[...4 lines deleted...]
-      <right style="thin">
+      <bottom style="thin">
         <color indexed="64"/>
-      </right>
-[...3 lines deleted...]
-      <bottom/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...29 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="3">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+  <cellStyleXfs count="8">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="58">
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+  <cellXfs count="85">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="166" fontId="3" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="166" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="4" fontId="8" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="10" fontId="8" fillId="4" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="1" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="168" fontId="8" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="168" fontId="8" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="170" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="169" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="0" xfId="4" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="4" applyFont="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="171" fontId="13" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="171" fontId="13" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="171" fontId="13" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="6" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="13" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="6" applyFont="1"/>
+    <xf numFmtId="171" fontId="13" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="13" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="13" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="0" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="171" fontId="13" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="171" fontId="13" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-[...1 lines deleted...]
-      <alignment vertical="center"/>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="2" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="3" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="2" fontId="8" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="2" fontId="8" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...26 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="3">
+  <cellStyles count="8">
+    <cellStyle name="Comma" xfId="1" builtinId="3"/>
+    <cellStyle name="Comma 4 2" xfId="5" xr:uid="{EDF51747-5CC2-4606-9602-D5C7C730CA11}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Percent" xfId="1" builtinId="5"/>
-    <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
+    <cellStyle name="Normal 2" xfId="3" xr:uid="{2046A937-F484-4022-AF3F-D8CBAB0CE323}"/>
+    <cellStyle name="Normal 3 2" xfId="4" xr:uid="{9D4CDA41-B181-44E7-8842-80CE1189B86D}"/>
+    <cellStyle name="Normal_Scheme data_" xfId="6" xr:uid="{0D03E54F-E5F8-4712-8CA1-1C55872D9D61}"/>
+    <cellStyle name="Percent" xfId="2" builtinId="5"/>
+    <cellStyle name="Percent 2 3" xfId="7" xr:uid="{346A08C0-9668-4DC9-B205-D1A91E1E2267}"/>
   </cellStyles>
+  <dxfs count="4">
+    <dxf>
+      <numFmt numFmtId="172" formatCode="#,##0.000"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="173" formatCode="#,##0.0000"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="4" formatCode="#,##0.00"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="174" formatCode="&quot;-&quot;"/>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <colors>
-[...66 lines deleted...]
-  </colors>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
-[...16 lines deleted...]
-        <cNvPicPr>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2378075</xdr:colOff>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
           <a:picLocks/>
-        </cNvPicPr>
-[...2 lines deleted...]
-        <a:blip r:embed="rId1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </blipFill>
-      <spPr>
+      </xdr:blipFill>
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="457200" y="17056100"/>
+          <a:off x="457200" y="17227550"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <avLst/>
+          <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </spPr>
-[...19 lines deleted...]
-        <cNvPicPr>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2378075</xdr:colOff>
+      <xdr:row>120</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
           <a:picLocks/>
-        </cNvPicPr>
-[...2 lines deleted...]
-        <a:blip r:embed="rId2"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </blipFill>
-      <spPr>
+      </xdr:blipFill>
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="457200" y="19469100"/>
+          <a:off x="457200" y="19640550"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <avLst/>
+          <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </spPr>
-[...3 lines deleted...]
-</wsDr>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2378075</xdr:colOff>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1AF1E466-C4CA-4E05-A252-AB54C4BD6726}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="457200" y="17113250"/>
+          <a:ext cx="2378075" cy="1577975"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2378075</xdr:colOff>
+      <xdr:row>120</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{657F619F-55E6-4409-8E68-D9F98B716E6B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="457200" y="19380200"/>
+          <a:ext cx="2378075" cy="1577975"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -824,2677 +1708,5070 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...3 lines deleted...]
-  </sheetPr>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:L110"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col min="1" max="1" width="6.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="42.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="13.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="30" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="24.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="14.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="12.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14" style="1" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="7.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="30" style="1" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="7.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="8.7265625" style="1" customWidth="1"/>
+    <col min="14" max="16384" width="8.7265625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="40">
-[...81 lines deleted...]
-      <c r="A8" s="1" t="n">
+    <row r="1" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A1" s="15"/>
+      <c r="B1" s="68" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="69"/>
+      <c r="D1" s="69"/>
+      <c r="E1" s="69"/>
+      <c r="F1" s="69"/>
+    </row>
+    <row r="2" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E8" s="5" t="n">
+    </row>
+    <row r="4" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A4" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B6" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B7" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A8" s="1">
+        <v>1</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="4">
         <v>697669</v>
       </c>
-      <c r="F8" s="6" t="n">
-[...18 lines deleted...]
-      <c r="A9" s="1" t="n">
+      <c r="F8" s="5">
+        <v>25527.71</v>
+      </c>
+      <c r="G8" s="6">
+        <v>4.7399999999999998E-2</v>
+      </c>
+      <c r="J8" s="5"/>
+      <c r="K8" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="L8" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A9" s="1">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E9" s="5" t="n">
+      <c r="B9" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E9" s="4">
         <v>7145883</v>
       </c>
-      <c r="F9" s="6" t="n">
-[...16 lines deleted...]
-      <c r="A10" s="1" t="n">
+      <c r="F9" s="5">
+        <v>24328.16</v>
+      </c>
+      <c r="G9" s="6">
+        <v>4.5100000000000001E-2</v>
+      </c>
+      <c r="J9" s="5"/>
+      <c r="K9" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L9" s="6">
+        <v>0.1399</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A10" s="1">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E10" s="5" t="n">
+      <c r="B10" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="4">
         <v>245928</v>
       </c>
-      <c r="F10" s="6" t="n">
-[...16 lines deleted...]
-      <c r="A11" s="1" t="n">
+      <c r="F10" s="5">
+        <v>18220.810000000001</v>
+      </c>
+      <c r="G10" s="6">
+        <v>3.3799999999999997E-2</v>
+      </c>
+      <c r="J10" s="5"/>
+      <c r="K10" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="L10" s="6">
+        <v>0.1268</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A11" s="1">
         <v>4</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="n">
+      <c r="B11" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E11" s="4">
+        <v>197265</v>
+      </c>
+      <c r="F11" s="5">
+        <v>15956.77</v>
+      </c>
+      <c r="G11" s="6">
+        <v>2.9600000000000001E-2</v>
+      </c>
+      <c r="J11" s="5"/>
+      <c r="K11" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L11" s="6">
+        <v>7.5399999999999995E-2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A12" s="1">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E12" s="4">
         <v>5567574</v>
       </c>
-      <c r="F11" s="6" t="n">
-[...54 lines deleted...]
-      <c r="A13" s="1" t="n">
+      <c r="F12" s="5">
+        <v>15603.13</v>
+      </c>
+      <c r="G12" s="6">
+        <v>2.8899999999999999E-2</v>
+      </c>
+      <c r="J12" s="5"/>
+      <c r="K12" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L12" s="6">
+        <v>6.4699999999999994E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A13" s="1">
         <v>6</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E13" s="5" t="n">
+      <c r="B13" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E13" s="4">
+        <v>1412412</v>
+      </c>
+      <c r="F13" s="5">
+        <v>12977.24</v>
+      </c>
+      <c r="G13" s="6">
+        <v>2.41E-2</v>
+      </c>
+      <c r="J13" s="5"/>
+      <c r="K13" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="L13" s="6">
+        <v>6.0499999999999998E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A14" s="1">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="E14" s="4">
+        <v>3321453</v>
+      </c>
+      <c r="F14" s="5">
+        <v>12952.01</v>
+      </c>
+      <c r="G14" s="6">
+        <v>2.4E-2</v>
+      </c>
+      <c r="J14" s="5"/>
+      <c r="K14" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="L14" s="6">
+        <v>5.4300000000000001E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A15" s="1">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E15" s="4">
+        <v>688435</v>
+      </c>
+      <c r="F15" s="5">
+        <v>12931.56</v>
+      </c>
+      <c r="G15" s="6">
+        <v>2.4E-2</v>
+      </c>
+      <c r="J15" s="5"/>
+      <c r="K15" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="L15" s="6">
+        <v>5.33E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A16" s="1">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="4">
+        <v>164204</v>
+      </c>
+      <c r="F16" s="5">
+        <v>12801.34</v>
+      </c>
+      <c r="G16" s="6">
+        <v>2.3800000000000002E-2</v>
+      </c>
+      <c r="J16" s="5"/>
+      <c r="K16" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="L16" s="6">
+        <v>4.9700000000000001E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A17" s="1">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E17" s="4">
+        <v>369482</v>
+      </c>
+      <c r="F17" s="5">
+        <v>12683.58</v>
+      </c>
+      <c r="G17" s="6">
+        <v>2.35E-2</v>
+      </c>
+      <c r="J17" s="5"/>
+      <c r="K17" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="L17" s="6">
+        <v>4.2900000000000001E-2</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A18" s="1">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E18" s="4">
         <v>885167</v>
       </c>
-      <c r="F13" s="6" t="n">
-[...110 lines deleted...]
-      <c r="E16" s="5" t="n">
+      <c r="F18" s="5">
+        <v>12002.86</v>
+      </c>
+      <c r="G18" s="6">
+        <v>2.23E-2</v>
+      </c>
+      <c r="J18" s="5"/>
+      <c r="K18" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="L18" s="6">
+        <v>2.7699999999999999E-2</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A19" s="1">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E19" s="4">
         <v>369482</v>
       </c>
-      <c r="F16" s="6" t="n">
-[...130 lines deleted...]
-      <c r="A20" s="1" t="n">
+      <c r="F19" s="5">
+        <v>11561.83</v>
+      </c>
+      <c r="G19" s="6">
+        <v>2.1499999999999998E-2</v>
+      </c>
+      <c r="J19" s="5"/>
+      <c r="K19" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="L19" s="6">
+        <v>2.5000000000000001E-2</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A20" s="1">
         <v>13</v>
       </c>
-      <c r="B20" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E20" s="5" t="n">
+      <c r="B20" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E20" s="4">
         <v>940841</v>
       </c>
-      <c r="F20" s="6" t="n">
-[...16 lines deleted...]
-      <c r="A21" s="1" t="n">
+      <c r="F20" s="5">
+        <v>11084.05</v>
+      </c>
+      <c r="G20" s="6">
+        <v>2.06E-2</v>
+      </c>
+      <c r="J20" s="5"/>
+      <c r="K20" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L20" s="6">
+        <v>2.4E-2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A21" s="1">
         <v>14</v>
       </c>
-      <c r="B21" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E21" s="5" t="n">
+      <c r="B21" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E21" s="4">
         <v>656909</v>
       </c>
-      <c r="F21" s="6" t="n">
-[...16 lines deleted...]
-      <c r="A22" s="1" t="n">
+      <c r="F21" s="5">
+        <v>10352.23</v>
+      </c>
+      <c r="G21" s="6">
+        <v>1.9199999999999998E-2</v>
+      </c>
+      <c r="J21" s="5"/>
+      <c r="K21" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L21" s="6">
+        <v>2.1100000000000001E-2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A22" s="1">
         <v>15</v>
       </c>
-      <c r="B22" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A23" s="1" t="n">
+      <c r="B22" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D22" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="B23" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E23" s="5" t="n">
+      <c r="E22" s="4">
+        <v>816241</v>
+      </c>
+      <c r="F22" s="5">
+        <v>10242.19</v>
+      </c>
+      <c r="G22" s="6">
+        <v>1.9E-2</v>
+      </c>
+      <c r="J22" s="5"/>
+      <c r="K22" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="L22" s="6">
+        <v>1.9199999999999998E-2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A23" s="1">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E23" s="4">
         <v>679580</v>
       </c>
-      <c r="F23" s="6" t="n">
-[...16 lines deleted...]
-      <c r="A24" s="1" t="n">
+      <c r="F23" s="5">
+        <v>9269.4699999999993</v>
+      </c>
+      <c r="G23" s="6">
+        <v>1.72E-2</v>
+      </c>
+      <c r="J23" s="5"/>
+      <c r="K23" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="L23" s="6">
+        <v>1.8800000000000001E-2</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A24" s="1">
         <v>17</v>
       </c>
-      <c r="B24" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E24" s="5" t="n">
+      <c r="B24" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E24" s="4">
+        <v>958324</v>
+      </c>
+      <c r="F24" s="5">
+        <v>8321.61</v>
+      </c>
+      <c r="G24" s="6">
+        <v>1.54E-2</v>
+      </c>
+      <c r="J24" s="5"/>
+      <c r="K24" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="L24" s="6">
+        <v>1.7600000000000001E-2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A25" s="1">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E25" s="4">
+        <v>970386</v>
+      </c>
+      <c r="F25" s="5">
+        <v>8319.6</v>
+      </c>
+      <c r="G25" s="6">
+        <v>1.54E-2</v>
+      </c>
+      <c r="J25" s="5"/>
+      <c r="K25" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="L25" s="6">
+        <v>1.5299999999999999E-2</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A26" s="1">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E26" s="4">
+        <v>7847631</v>
+      </c>
+      <c r="F26" s="5">
+        <v>8291.02</v>
+      </c>
+      <c r="G26" s="6">
+        <v>1.54E-2</v>
+      </c>
+      <c r="J26" s="5"/>
+      <c r="K26" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="L26" s="6">
+        <v>1.4999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A27" s="1">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E27" s="4">
+        <v>621713</v>
+      </c>
+      <c r="F27" s="5">
+        <v>8289.92</v>
+      </c>
+      <c r="G27" s="6">
+        <v>1.54E-2</v>
+      </c>
+      <c r="J27" s="5"/>
+      <c r="K27" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="L27" s="6">
+        <v>1.3100000000000001E-2</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A28" s="1">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E28" s="4">
+        <v>438209</v>
+      </c>
+      <c r="F28" s="5">
+        <v>8286.9699999999993</v>
+      </c>
+      <c r="G28" s="6">
+        <v>1.54E-2</v>
+      </c>
+      <c r="J28" s="5"/>
+      <c r="K28" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="L28" s="6">
+        <v>1.15E-2</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A29" s="1">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E29" s="4">
+        <v>1083211</v>
+      </c>
+      <c r="F29" s="5">
+        <v>8253.5300000000007</v>
+      </c>
+      <c r="G29" s="6">
+        <v>1.5299999999999999E-2</v>
+      </c>
+      <c r="J29" s="5"/>
+      <c r="K29" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="L29" s="6">
+        <v>8.8999999999999999E-3</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A30" s="1">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="E30" s="4">
         <v>66546</v>
       </c>
-      <c r="F24" s="6" t="n">
-[...110 lines deleted...]
-      <c r="E27" s="5" t="n">
+      <c r="F30" s="5">
+        <v>8133.25</v>
+      </c>
+      <c r="G30" s="6">
+        <v>1.5100000000000001E-2</v>
+      </c>
+      <c r="J30" s="5"/>
+      <c r="K30" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="L30" s="6">
+        <v>7.1000000000000004E-3</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A31" s="1">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E31" s="4">
+        <v>861084</v>
+      </c>
+      <c r="F31" s="5">
+        <v>7962.01</v>
+      </c>
+      <c r="G31" s="6">
+        <v>1.4800000000000001E-2</v>
+      </c>
+      <c r="J31" s="5"/>
+      <c r="K31" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="L31" s="6">
+        <v>6.1000000000000004E-3</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A32" s="1">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E32" s="4">
         <v>56924</v>
       </c>
-      <c r="F27" s="6" t="n">
-[...16 lines deleted...]
-      <c r="A28" s="1" t="n">
+      <c r="F32" s="5">
+        <v>7585.69</v>
+      </c>
+      <c r="G32" s="6">
+        <v>1.41E-2</v>
+      </c>
+      <c r="J32" s="5"/>
+      <c r="K32" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="L32" s="6">
+        <v>2.3999999999999998E-3</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A33" s="1">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E33" s="4">
+        <v>854835</v>
+      </c>
+      <c r="F33" s="5">
+        <v>7462.28</v>
+      </c>
+      <c r="G33" s="6">
+        <v>1.38E-2</v>
+      </c>
+      <c r="J33" s="5"/>
+      <c r="K33" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="L33" s="6">
+        <v>8.0000000000000004E-4</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A34" s="1">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E34" s="4">
+        <v>174976</v>
+      </c>
+      <c r="F34" s="5">
+        <v>7364.39</v>
+      </c>
+      <c r="G34" s="6">
+        <v>1.37E-2</v>
+      </c>
+      <c r="J34" s="5"/>
+      <c r="K34" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="L34" s="6">
+        <v>9.8900000000000002E-2</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A35" s="1">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="E35" s="4">
+        <v>665965</v>
+      </c>
+      <c r="F35" s="5">
+        <v>7084.2</v>
+      </c>
+      <c r="G35" s="6">
+        <v>1.3100000000000001E-2</v>
+      </c>
+      <c r="J35" s="5"/>
+    </row>
+    <row r="36" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A36" s="1">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E36" s="4">
+        <v>150832</v>
+      </c>
+      <c r="F36" s="5">
+        <v>6970.7</v>
+      </c>
+      <c r="G36" s="6">
+        <v>1.29E-2</v>
+      </c>
+      <c r="J36" s="5"/>
+    </row>
+    <row r="37" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A37" s="1">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E37" s="4">
+        <v>662579</v>
+      </c>
+      <c r="F37" s="5">
+        <v>6686.42</v>
+      </c>
+      <c r="G37" s="6">
+        <v>1.24E-2</v>
+      </c>
+      <c r="J37" s="5"/>
+    </row>
+    <row r="38" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A38" s="1">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E38" s="4">
+        <v>243276</v>
+      </c>
+      <c r="F38" s="5">
+        <v>6583.29</v>
+      </c>
+      <c r="G38" s="6">
+        <v>1.2200000000000001E-2</v>
+      </c>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A39" s="1">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E39" s="4">
+        <v>475041</v>
+      </c>
+      <c r="F39" s="5">
+        <v>6518.51</v>
+      </c>
+      <c r="G39" s="6">
+        <v>1.21E-2</v>
+      </c>
+      <c r="J39" s="5"/>
+    </row>
+    <row r="40" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A40" s="1">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="E40" s="4">
+        <v>1850969</v>
+      </c>
+      <c r="F40" s="5">
+        <v>6172.98</v>
+      </c>
+      <c r="G40" s="6">
+        <v>1.15E-2</v>
+      </c>
+      <c r="J40" s="5"/>
+    </row>
+    <row r="41" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A41" s="1">
+        <v>34</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E41" s="4">
+        <v>901809</v>
+      </c>
+      <c r="F41" s="5">
+        <v>5765.72</v>
+      </c>
+      <c r="G41" s="6">
+        <v>1.0699999999999999E-2</v>
+      </c>
+      <c r="J41" s="5"/>
+    </row>
+    <row r="42" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A42" s="1">
+        <v>35</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E42" s="4">
+        <v>1672636</v>
+      </c>
+      <c r="F42" s="5">
+        <v>5681.11</v>
+      </c>
+      <c r="G42" s="6">
+        <v>1.0500000000000001E-2</v>
+      </c>
+      <c r="J42" s="5"/>
+    </row>
+    <row r="43" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A43" s="1">
+        <v>36</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E43" s="4">
+        <v>265280</v>
+      </c>
+      <c r="F43" s="5">
+        <v>5657.1</v>
+      </c>
+      <c r="G43" s="6">
+        <v>1.0500000000000001E-2</v>
+      </c>
+      <c r="J43" s="5"/>
+    </row>
+    <row r="44" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A44" s="1">
+        <v>37</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E44" s="4">
+        <v>1024530</v>
+      </c>
+      <c r="F44" s="5">
+        <v>5122.6499999999996</v>
+      </c>
+      <c r="G44" s="6">
+        <v>9.4999999999999998E-3</v>
+      </c>
+      <c r="J44" s="5"/>
+    </row>
+    <row r="45" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A45" s="1">
+        <v>38</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E45" s="4">
+        <v>417898</v>
+      </c>
+      <c r="F45" s="5">
+        <v>5028.9799999999996</v>
+      </c>
+      <c r="G45" s="6">
+        <v>9.2999999999999992E-3</v>
+      </c>
+      <c r="J45" s="5"/>
+    </row>
+    <row r="46" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A46" s="1">
+        <v>39</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E46" s="4">
+        <v>393171</v>
+      </c>
+      <c r="F46" s="5">
+        <v>4959.46</v>
+      </c>
+      <c r="G46" s="6">
+        <v>9.1999999999999998E-3</v>
+      </c>
+      <c r="J46" s="5"/>
+    </row>
+    <row r="47" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A47" s="1">
+        <v>40</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E47" s="4">
+        <v>491093</v>
+      </c>
+      <c r="F47" s="5">
+        <v>4887.3599999999997</v>
+      </c>
+      <c r="G47" s="6">
+        <v>9.1000000000000004E-3</v>
+      </c>
+      <c r="J47" s="5"/>
+    </row>
+    <row r="48" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A48" s="1">
+        <v>41</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="E48" s="4">
+        <v>1113316</v>
+      </c>
+      <c r="F48" s="5">
+        <v>4782.25</v>
+      </c>
+      <c r="G48" s="6">
+        <v>8.8999999999999999E-3</v>
+      </c>
+      <c r="J48" s="5"/>
+    </row>
+    <row r="49" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A49" s="1">
+        <v>42</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E49" s="4">
+        <v>997849</v>
+      </c>
+      <c r="F49" s="5">
+        <v>4719.33</v>
+      </c>
+      <c r="G49" s="6">
+        <v>8.8000000000000005E-3</v>
+      </c>
+      <c r="J49" s="5"/>
+    </row>
+    <row r="50" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A50" s="1">
+        <v>43</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E50" s="4">
+        <v>194810</v>
+      </c>
+      <c r="F50" s="5">
+        <v>4578.04</v>
+      </c>
+      <c r="G50" s="6">
+        <v>8.5000000000000006E-3</v>
+      </c>
+      <c r="J50" s="5"/>
+    </row>
+    <row r="51" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A51" s="1">
+        <v>44</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E51" s="4">
+        <v>96117</v>
+      </c>
+      <c r="F51" s="5">
+        <v>4532.49</v>
+      </c>
+      <c r="G51" s="6">
+        <v>8.3999999999999995E-3</v>
+      </c>
+      <c r="J51" s="5"/>
+    </row>
+    <row r="52" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A52" s="1">
+        <v>45</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E52" s="4">
+        <v>547182</v>
+      </c>
+      <c r="F52" s="5">
+        <v>4449.1400000000003</v>
+      </c>
+      <c r="G52" s="6">
+        <v>8.3000000000000001E-3</v>
+      </c>
+      <c r="J52" s="5"/>
+    </row>
+    <row r="53" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A53" s="1">
+        <v>46</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E53" s="4">
+        <v>785066</v>
+      </c>
+      <c r="F53" s="5">
+        <v>4279</v>
+      </c>
+      <c r="G53" s="6">
+        <v>7.9000000000000008E-3</v>
+      </c>
+      <c r="J53" s="5"/>
+    </row>
+    <row r="54" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A54" s="1">
+        <v>47</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="E54" s="4">
+        <v>268146</v>
+      </c>
+      <c r="F54" s="5">
+        <v>4242.34</v>
+      </c>
+      <c r="G54" s="6">
+        <v>7.9000000000000008E-3</v>
+      </c>
+      <c r="J54" s="5"/>
+    </row>
+    <row r="55" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A55" s="1">
+        <v>48</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E55" s="4">
+        <v>531278</v>
+      </c>
+      <c r="F55" s="5">
+        <v>3936.5</v>
+      </c>
+      <c r="G55" s="6">
+        <v>7.3000000000000001E-3</v>
+      </c>
+      <c r="J55" s="5"/>
+    </row>
+    <row r="56" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A56" s="1">
+        <v>49</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="E56" s="4">
+        <v>246442</v>
+      </c>
+      <c r="F56" s="5">
+        <v>3833.41</v>
+      </c>
+      <c r="G56" s="6">
+        <v>7.1000000000000004E-3</v>
+      </c>
+      <c r="J56" s="5"/>
+    </row>
+    <row r="57" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A57" s="1">
+        <v>50</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E57" s="4">
+        <v>68040</v>
+      </c>
+      <c r="F57" s="5">
+        <v>3806.5</v>
+      </c>
+      <c r="G57" s="6">
+        <v>7.1000000000000004E-3</v>
+      </c>
+      <c r="J57" s="5"/>
+    </row>
+    <row r="58" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A58" s="1">
+        <v>51</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E58" s="4">
+        <v>1211974</v>
+      </c>
+      <c r="F58" s="5">
+        <v>3569.14</v>
+      </c>
+      <c r="G58" s="6">
+        <v>6.6E-3</v>
+      </c>
+      <c r="J58" s="5"/>
+    </row>
+    <row r="59" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A59" s="1">
+        <v>52</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="E59" s="4">
+        <v>776839</v>
+      </c>
+      <c r="F59" s="5">
+        <v>3275.54</v>
+      </c>
+      <c r="G59" s="6">
+        <v>6.1000000000000004E-3</v>
+      </c>
+      <c r="J59" s="5"/>
+    </row>
+    <row r="60" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A60" s="1">
+        <v>53</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E60" s="4">
+        <v>349704</v>
+      </c>
+      <c r="F60" s="5">
+        <v>3251.55</v>
+      </c>
+      <c r="G60" s="6">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="J60" s="5"/>
+    </row>
+    <row r="61" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A61" s="1">
+        <v>54</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E61" s="4">
+        <v>957697</v>
+      </c>
+      <c r="F61" s="5">
+        <v>3241.33</v>
+      </c>
+      <c r="G61" s="6">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="J61" s="5"/>
+    </row>
+    <row r="62" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A62" s="1">
+        <v>55</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="E62" s="4">
+        <v>565701</v>
+      </c>
+      <c r="F62" s="5">
+        <v>3224.21</v>
+      </c>
+      <c r="G62" s="6">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="J62" s="5"/>
+    </row>
+    <row r="63" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A63" s="1">
+        <v>56</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E63" s="4">
+        <v>41262</v>
+      </c>
+      <c r="F63" s="5">
+        <v>3006.35</v>
+      </c>
+      <c r="G63" s="6">
+        <v>5.5999999999999999E-3</v>
+      </c>
+      <c r="J63" s="5"/>
+    </row>
+    <row r="64" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A64" s="1">
+        <v>57</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E64" s="4">
+        <v>353076</v>
+      </c>
+      <c r="F64" s="5">
+        <v>2886.22</v>
+      </c>
+      <c r="G64" s="6">
+        <v>5.4000000000000003E-3</v>
+      </c>
+      <c r="J64" s="5"/>
+    </row>
+    <row r="65" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A65" s="1">
+        <v>58</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E65" s="4">
+        <v>46025</v>
+      </c>
+      <c r="F65" s="5">
+        <v>2788.65</v>
+      </c>
+      <c r="G65" s="6">
+        <v>5.1999999999999998E-3</v>
+      </c>
+      <c r="J65" s="5"/>
+    </row>
+    <row r="66" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A66" s="1">
+        <v>59</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E66" s="4">
+        <v>160693</v>
+      </c>
+      <c r="F66" s="5">
+        <v>2709.44</v>
+      </c>
+      <c r="G66" s="6">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="J66" s="5"/>
+    </row>
+    <row r="67" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A67" s="1">
+        <v>60</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E67" s="4">
+        <v>204144</v>
+      </c>
+      <c r="F67" s="5">
+        <v>2369.3000000000002</v>
+      </c>
+      <c r="G67" s="6">
+        <v>4.4000000000000003E-3</v>
+      </c>
+      <c r="J67" s="5"/>
+    </row>
+    <row r="68" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A68" s="1">
+        <v>61</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E68" s="4">
+        <v>656959</v>
+      </c>
+      <c r="F68" s="5">
+        <v>1834.23</v>
+      </c>
+      <c r="G68" s="6">
+        <v>3.3999999999999998E-3</v>
+      </c>
+      <c r="J68" s="5"/>
+    </row>
+    <row r="69" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A69" s="1">
+        <v>62</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E69" s="4">
+        <v>915402</v>
+      </c>
+      <c r="F69" s="5">
+        <v>1815.52</v>
+      </c>
+      <c r="G69" s="6">
+        <v>3.3999999999999998E-3</v>
+      </c>
+      <c r="J69" s="5"/>
+    </row>
+    <row r="70" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A70" s="1">
+        <v>63</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E70" s="4">
+        <v>452496</v>
+      </c>
+      <c r="F70" s="5">
+        <v>1768.13</v>
+      </c>
+      <c r="G70" s="6">
+        <v>3.3E-3</v>
+      </c>
+      <c r="J70" s="5"/>
+    </row>
+    <row r="71" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A71" s="1">
+        <v>64</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E71" s="4">
+        <v>529576</v>
+      </c>
+      <c r="F71" s="5">
+        <v>1268.33</v>
+      </c>
+      <c r="G71" s="6">
+        <v>2.3999999999999998E-3</v>
+      </c>
+      <c r="J71" s="5"/>
+    </row>
+    <row r="72" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A72" s="1">
+        <v>65</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D72" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="B28" s="1" t="inlineStr">
-[...592 lines deleted...]
-      <c r="A46" s="1" t="n">
+      <c r="E72" s="4">
+        <v>787497</v>
+      </c>
+      <c r="F72" s="5">
+        <v>765.53</v>
+      </c>
+      <c r="G72" s="6">
+        <v>1.4E-3</v>
+      </c>
+      <c r="J72" s="5"/>
+    </row>
+    <row r="73" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A73" s="1">
+        <v>66</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="D73" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B46" s="1" t="inlineStr">
-[...776 lines deleted...]
-      <c r="A72" s="1" t="n">
+      <c r="E73" s="4">
+        <v>37224</v>
+      </c>
+      <c r="F73" s="5">
+        <v>524</v>
+      </c>
+      <c r="G73" s="6">
+        <v>1E-3</v>
+      </c>
+      <c r="J73" s="5"/>
+    </row>
+    <row r="74" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A74" s="1">
+        <v>67</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="E74" s="4">
+        <v>36742</v>
+      </c>
+      <c r="F74" s="5">
+        <v>441.53</v>
+      </c>
+      <c r="G74" s="6">
+        <v>8.0000000000000004E-4</v>
+      </c>
+      <c r="J74" s="5"/>
+    </row>
+    <row r="75" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A75" s="1">
+        <v>68</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E75" s="4">
+        <v>21082</v>
+      </c>
+      <c r="F75" s="5">
+        <v>257.45</v>
+      </c>
+      <c r="G75" s="6">
+        <v>5.0000000000000001E-4</v>
+      </c>
+      <c r="J75" s="5"/>
+    </row>
+    <row r="76" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A76" s="7"/>
+      <c r="B76" s="7" t="s">
+        <v>178</v>
+      </c>
+      <c r="C76" s="7"/>
+      <c r="D76" s="7"/>
+      <c r="E76" s="7"/>
+      <c r="F76" s="8">
+        <v>476039.14</v>
+      </c>
+      <c r="G76" s="9">
+        <v>0.88349999999999995</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B78" s="2" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B79" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A80" s="1">
+        <v>69</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D80" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="B72" s="1" t="inlineStr">
-[...177 lines deleted...]
-      <c r="A81" s="1" t="n">
+      <c r="E80" s="4">
+        <v>8312129</v>
+      </c>
+      <c r="F80" s="5">
+        <v>9497.44</v>
+      </c>
+      <c r="G80" s="6">
+        <v>1.7600000000000001E-2</v>
+      </c>
+      <c r="H80" s="10"/>
+      <c r="J80" s="5"/>
+    </row>
+    <row r="81" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A81" s="7"/>
+      <c r="B81" s="7" t="s">
+        <v>178</v>
+      </c>
+      <c r="C81" s="7"/>
+      <c r="D81" s="7"/>
+      <c r="E81" s="7"/>
+      <c r="F81" s="8">
+        <v>9497.44</v>
+      </c>
+      <c r="G81" s="9">
+        <v>1.7600000000000001E-2</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B83" s="2" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A84" s="1">
         <v>70</v>
       </c>
-      <c r="B81" s="1" t="inlineStr">
-[...138 lines deleted...]
-      <c r="G92" s="13" t="n">
+      <c r="B84" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="F84" s="5">
+        <v>57843.35</v>
+      </c>
+      <c r="G84" s="6">
+        <v>0.10730000000000001</v>
+      </c>
+      <c r="H84" s="10">
+        <v>45931</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A85" s="7"/>
+      <c r="B85" s="7" t="s">
+        <v>178</v>
+      </c>
+      <c r="C85" s="7"/>
+      <c r="D85" s="7"/>
+      <c r="E85" s="7"/>
+      <c r="F85" s="8">
+        <v>57843.35</v>
+      </c>
+      <c r="G85" s="9">
+        <v>0.10730000000000001</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B87" s="2" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B88" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="E88" s="4"/>
+      <c r="F88" s="5">
+        <v>-4379.2700000000004</v>
+      </c>
+      <c r="G88" s="6">
+        <v>-8.3999999999999995E-3</v>
+      </c>
+      <c r="J88" s="5"/>
+    </row>
+    <row r="89" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A89" s="7"/>
+      <c r="B89" s="7" t="s">
+        <v>178</v>
+      </c>
+      <c r="C89" s="7"/>
+      <c r="D89" s="7"/>
+      <c r="E89" s="7"/>
+      <c r="F89" s="8">
+        <v>-4379.2700000000004</v>
+      </c>
+      <c r="G89" s="9">
+        <v>-8.3999999999999995E-3</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A91" s="3"/>
+      <c r="B91" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="C91" s="3"/>
+      <c r="D91" s="3"/>
+      <c r="E91" s="3"/>
+      <c r="F91" s="11">
+        <v>539000.66</v>
+      </c>
+      <c r="G91" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="93">
-[...7 lines deleted...]
-      <c r="A94" s="15" t="n">
+    <row r="92" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A92" s="1" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A93" s="13">
         <v>1</v>
       </c>
-      <c r="B94" s="15" t="inlineStr">
-[...16 lines deleted...]
-        </is>
+      <c r="B93" s="13" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A94" s="13">
+        <v>2</v>
+      </c>
+      <c r="B94" s="13" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="97" spans="2:2" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B97" s="14" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="110" spans="2:2" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B110" s="14" t="s">
+        <v>191</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...4 lines deleted...]
-  <dimension ref="A1:A1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FE28A6A3-E24C-4380-AE84-62F3A290AB50}">
+  <dimension ref="A1:L110"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A1" sqref="A1"/>
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="6.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="42.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="13.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="30" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="24.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="14.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="12.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14" style="1" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="7.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="30" style="1" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="7.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="8.7265625" style="1" customWidth="1"/>
+    <col min="14" max="16384" width="8.7265625" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A1" s="15"/>
+      <c r="B1" s="68" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="69"/>
+      <c r="D1" s="69"/>
+      <c r="E1" s="69"/>
+      <c r="F1" s="69"/>
+    </row>
+    <row r="2" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B2" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A4" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B6" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B7" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A8" s="1">
+        <v>1</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="4">
+        <v>697669</v>
+      </c>
+      <c r="F8" s="5">
+        <v>25527.71</v>
+      </c>
+      <c r="G8" s="6">
+        <v>4.7399999999999998E-2</v>
+      </c>
+      <c r="J8" s="5"/>
+      <c r="K8" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="L8" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A9" s="1">
+        <v>2</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E9" s="4">
+        <v>7145883</v>
+      </c>
+      <c r="F9" s="5">
+        <v>24328.16</v>
+      </c>
+      <c r="G9" s="6">
+        <v>4.5100000000000001E-2</v>
+      </c>
+      <c r="J9" s="5"/>
+      <c r="K9" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L9" s="6">
+        <v>0.1399</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A10" s="1">
+        <v>3</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" s="4">
+        <v>245928</v>
+      </c>
+      <c r="F10" s="5">
+        <v>18220.810000000001</v>
+      </c>
+      <c r="G10" s="6">
+        <v>3.3799999999999997E-2</v>
+      </c>
+      <c r="J10" s="5"/>
+      <c r="K10" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="L10" s="6">
+        <v>0.1268</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A11" s="1">
+        <v>4</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E11" s="4">
+        <v>197265</v>
+      </c>
+      <c r="F11" s="5">
+        <v>15956.77</v>
+      </c>
+      <c r="G11" s="6">
+        <v>2.9600000000000001E-2</v>
+      </c>
+      <c r="J11" s="5"/>
+      <c r="K11" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L11" s="6">
+        <v>7.5399999999999995E-2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A12" s="1">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E12" s="4">
+        <v>5567574</v>
+      </c>
+      <c r="F12" s="5">
+        <v>15603.13</v>
+      </c>
+      <c r="G12" s="6">
+        <v>2.8899999999999999E-2</v>
+      </c>
+      <c r="J12" s="5"/>
+      <c r="K12" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L12" s="6">
+        <v>6.4699999999999994E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A13" s="1">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E13" s="4">
+        <v>1412412</v>
+      </c>
+      <c r="F13" s="5">
+        <v>12977.24</v>
+      </c>
+      <c r="G13" s="6">
+        <v>2.41E-2</v>
+      </c>
+      <c r="J13" s="5"/>
+      <c r="K13" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="L13" s="6">
+        <v>6.0499999999999998E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A14" s="1">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="E14" s="4">
+        <v>3321453</v>
+      </c>
+      <c r="F14" s="5">
+        <v>12952.01</v>
+      </c>
+      <c r="G14" s="6">
+        <v>2.4E-2</v>
+      </c>
+      <c r="J14" s="5"/>
+      <c r="K14" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="L14" s="6">
+        <v>5.4300000000000001E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A15" s="1">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E15" s="4">
+        <v>688435</v>
+      </c>
+      <c r="F15" s="5">
+        <v>12931.56</v>
+      </c>
+      <c r="G15" s="6">
+        <v>2.4E-2</v>
+      </c>
+      <c r="J15" s="5"/>
+      <c r="K15" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="L15" s="6">
+        <v>5.33E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A16" s="1">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" s="4">
+        <v>164204</v>
+      </c>
+      <c r="F16" s="5">
+        <v>12801.34</v>
+      </c>
+      <c r="G16" s="6">
+        <v>2.3800000000000002E-2</v>
+      </c>
+      <c r="J16" s="5"/>
+      <c r="K16" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="L16" s="6">
+        <v>4.9700000000000001E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A17" s="1">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E17" s="4">
+        <v>369482</v>
+      </c>
+      <c r="F17" s="5">
+        <v>12683.58</v>
+      </c>
+      <c r="G17" s="6">
+        <v>2.35E-2</v>
+      </c>
+      <c r="J17" s="5"/>
+      <c r="K17" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="L17" s="6">
+        <v>4.2900000000000001E-2</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A18" s="1">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E18" s="4">
+        <v>885167</v>
+      </c>
+      <c r="F18" s="5">
+        <v>12002.86</v>
+      </c>
+      <c r="G18" s="6">
+        <v>2.23E-2</v>
+      </c>
+      <c r="J18" s="5"/>
+      <c r="K18" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="L18" s="6">
+        <v>2.7699999999999999E-2</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A19" s="1">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E19" s="4">
+        <v>369482</v>
+      </c>
+      <c r="F19" s="5">
+        <v>11561.83</v>
+      </c>
+      <c r="G19" s="6">
+        <v>2.1499999999999998E-2</v>
+      </c>
+      <c r="J19" s="5"/>
+      <c r="K19" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="L19" s="6">
+        <v>2.5000000000000001E-2</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A20" s="1">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E20" s="4">
+        <v>940841</v>
+      </c>
+      <c r="F20" s="5">
+        <v>11084.05</v>
+      </c>
+      <c r="G20" s="6">
+        <v>2.06E-2</v>
+      </c>
+      <c r="J20" s="5"/>
+      <c r="K20" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="L20" s="6">
+        <v>2.4E-2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A21" s="1">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E21" s="4">
+        <v>656909</v>
+      </c>
+      <c r="F21" s="5">
+        <v>10352.23</v>
+      </c>
+      <c r="G21" s="6">
+        <v>1.9199999999999998E-2</v>
+      </c>
+      <c r="J21" s="5"/>
+      <c r="K21" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L21" s="6">
+        <v>2.1100000000000001E-2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A22" s="1">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E22" s="4">
+        <v>816241</v>
+      </c>
+      <c r="F22" s="5">
+        <v>10242.19</v>
+      </c>
+      <c r="G22" s="6">
+        <v>1.9E-2</v>
+      </c>
+      <c r="J22" s="5"/>
+      <c r="K22" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="L22" s="6">
+        <v>1.9199999999999998E-2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A23" s="1">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E23" s="4">
+        <v>679580</v>
+      </c>
+      <c r="F23" s="5">
+        <v>9269.4699999999993</v>
+      </c>
+      <c r="G23" s="6">
+        <v>1.72E-2</v>
+      </c>
+      <c r="J23" s="5"/>
+      <c r="K23" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="L23" s="6">
+        <v>1.8800000000000001E-2</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A24" s="1">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E24" s="4">
+        <v>958324</v>
+      </c>
+      <c r="F24" s="5">
+        <v>8321.61</v>
+      </c>
+      <c r="G24" s="6">
+        <v>1.54E-2</v>
+      </c>
+      <c r="J24" s="5"/>
+      <c r="K24" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="L24" s="6">
+        <v>1.7600000000000001E-2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A25" s="1">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E25" s="4">
+        <v>970386</v>
+      </c>
+      <c r="F25" s="5">
+        <v>8319.6</v>
+      </c>
+      <c r="G25" s="6">
+        <v>1.54E-2</v>
+      </c>
+      <c r="J25" s="5"/>
+      <c r="K25" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="L25" s="6">
+        <v>1.5299999999999999E-2</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A26" s="1">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E26" s="4">
+        <v>7847631</v>
+      </c>
+      <c r="F26" s="5">
+        <v>8291.02</v>
+      </c>
+      <c r="G26" s="6">
+        <v>1.54E-2</v>
+      </c>
+      <c r="J26" s="5"/>
+      <c r="K26" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="L26" s="6">
+        <v>1.4999999999999999E-2</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A27" s="1">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E27" s="4">
+        <v>621713</v>
+      </c>
+      <c r="F27" s="5">
+        <v>8289.92</v>
+      </c>
+      <c r="G27" s="6">
+        <v>1.54E-2</v>
+      </c>
+      <c r="J27" s="5"/>
+      <c r="K27" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="L27" s="6">
+        <v>1.3100000000000001E-2</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A28" s="1">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E28" s="4">
+        <v>438209</v>
+      </c>
+      <c r="F28" s="5">
+        <v>8286.9699999999993</v>
+      </c>
+      <c r="G28" s="6">
+        <v>1.54E-2</v>
+      </c>
+      <c r="J28" s="5"/>
+      <c r="K28" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="L28" s="6">
+        <v>1.15E-2</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A29" s="1">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E29" s="4">
+        <v>1083211</v>
+      </c>
+      <c r="F29" s="5">
+        <v>8253.5300000000007</v>
+      </c>
+      <c r="G29" s="6">
+        <v>1.5299999999999999E-2</v>
+      </c>
+      <c r="J29" s="5"/>
+      <c r="K29" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="L29" s="6">
+        <v>8.8999999999999999E-3</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A30" s="1">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="E30" s="4">
+        <v>66546</v>
+      </c>
+      <c r="F30" s="5">
+        <v>8133.25</v>
+      </c>
+      <c r="G30" s="6">
+        <v>1.5100000000000001E-2</v>
+      </c>
+      <c r="J30" s="5"/>
+      <c r="K30" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="L30" s="6">
+        <v>7.1000000000000004E-3</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A31" s="1">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E31" s="4">
+        <v>861084</v>
+      </c>
+      <c r="F31" s="5">
+        <v>7962.01</v>
+      </c>
+      <c r="G31" s="6">
+        <v>1.4800000000000001E-2</v>
+      </c>
+      <c r="J31" s="5"/>
+      <c r="K31" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="L31" s="6">
+        <v>6.1000000000000004E-3</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A32" s="1">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E32" s="4">
+        <v>56924</v>
+      </c>
+      <c r="F32" s="5">
+        <v>7585.69</v>
+      </c>
+      <c r="G32" s="6">
+        <v>1.41E-2</v>
+      </c>
+      <c r="J32" s="5"/>
+      <c r="K32" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="L32" s="6">
+        <v>2.3999999999999998E-3</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A33" s="1">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E33" s="4">
+        <v>854835</v>
+      </c>
+      <c r="F33" s="5">
+        <v>7462.28</v>
+      </c>
+      <c r="G33" s="6">
+        <v>1.38E-2</v>
+      </c>
+      <c r="J33" s="5"/>
+      <c r="K33" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="L33" s="6">
+        <v>8.0000000000000004E-4</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A34" s="1">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E34" s="4">
+        <v>174976</v>
+      </c>
+      <c r="F34" s="5">
+        <v>7364.39</v>
+      </c>
+      <c r="G34" s="6">
+        <v>1.37E-2</v>
+      </c>
+      <c r="J34" s="5"/>
+      <c r="K34" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="L34" s="6">
+        <v>9.8900000000000002E-2</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A35" s="1">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="E35" s="4">
+        <v>665965</v>
+      </c>
+      <c r="F35" s="5">
+        <v>7084.2</v>
+      </c>
+      <c r="G35" s="6">
+        <v>1.3100000000000001E-2</v>
+      </c>
+      <c r="J35" s="5"/>
+    </row>
+    <row r="36" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A36" s="1">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E36" s="4">
+        <v>150832</v>
+      </c>
+      <c r="F36" s="5">
+        <v>6970.7</v>
+      </c>
+      <c r="G36" s="6">
+        <v>1.29E-2</v>
+      </c>
+      <c r="J36" s="5"/>
+    </row>
+    <row r="37" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A37" s="1">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E37" s="4">
+        <v>662579</v>
+      </c>
+      <c r="F37" s="5">
+        <v>6686.42</v>
+      </c>
+      <c r="G37" s="6">
+        <v>1.24E-2</v>
+      </c>
+      <c r="J37" s="5"/>
+    </row>
+    <row r="38" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A38" s="1">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E38" s="4">
+        <v>243276</v>
+      </c>
+      <c r="F38" s="5">
+        <v>6583.29</v>
+      </c>
+      <c r="G38" s="6">
+        <v>1.2200000000000001E-2</v>
+      </c>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A39" s="1">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E39" s="4">
+        <v>475041</v>
+      </c>
+      <c r="F39" s="5">
+        <v>6518.51</v>
+      </c>
+      <c r="G39" s="6">
+        <v>1.21E-2</v>
+      </c>
+      <c r="J39" s="5"/>
+    </row>
+    <row r="40" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A40" s="1">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="E40" s="4">
+        <v>1850969</v>
+      </c>
+      <c r="F40" s="5">
+        <v>6172.98</v>
+      </c>
+      <c r="G40" s="6">
+        <v>1.15E-2</v>
+      </c>
+      <c r="J40" s="5"/>
+    </row>
+    <row r="41" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A41" s="1">
+        <v>34</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E41" s="4">
+        <v>901809</v>
+      </c>
+      <c r="F41" s="5">
+        <v>5765.72</v>
+      </c>
+      <c r="G41" s="6">
+        <v>1.0699999999999999E-2</v>
+      </c>
+      <c r="J41" s="5"/>
+    </row>
+    <row r="42" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A42" s="1">
+        <v>35</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E42" s="4">
+        <v>1672636</v>
+      </c>
+      <c r="F42" s="5">
+        <v>5681.11</v>
+      </c>
+      <c r="G42" s="6">
+        <v>1.0500000000000001E-2</v>
+      </c>
+      <c r="J42" s="5"/>
+    </row>
+    <row r="43" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A43" s="1">
+        <v>36</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E43" s="4">
+        <v>265280</v>
+      </c>
+      <c r="F43" s="5">
+        <v>5657.1</v>
+      </c>
+      <c r="G43" s="6">
+        <v>1.0500000000000001E-2</v>
+      </c>
+      <c r="J43" s="5"/>
+    </row>
+    <row r="44" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A44" s="1">
+        <v>37</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E44" s="4">
+        <v>1024530</v>
+      </c>
+      <c r="F44" s="5">
+        <v>5122.6499999999996</v>
+      </c>
+      <c r="G44" s="6">
+        <v>9.4999999999999998E-3</v>
+      </c>
+      <c r="J44" s="5"/>
+    </row>
+    <row r="45" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A45" s="1">
+        <v>38</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E45" s="4">
+        <v>417898</v>
+      </c>
+      <c r="F45" s="5">
+        <v>5028.9799999999996</v>
+      </c>
+      <c r="G45" s="6">
+        <v>9.2999999999999992E-3</v>
+      </c>
+      <c r="J45" s="5"/>
+    </row>
+    <row r="46" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A46" s="1">
+        <v>39</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E46" s="4">
+        <v>393171</v>
+      </c>
+      <c r="F46" s="5">
+        <v>4959.46</v>
+      </c>
+      <c r="G46" s="6">
+        <v>9.1999999999999998E-3</v>
+      </c>
+      <c r="J46" s="5"/>
+    </row>
+    <row r="47" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A47" s="1">
+        <v>40</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E47" s="4">
+        <v>491093</v>
+      </c>
+      <c r="F47" s="5">
+        <v>4887.3599999999997</v>
+      </c>
+      <c r="G47" s="6">
+        <v>9.1000000000000004E-3</v>
+      </c>
+      <c r="J47" s="5"/>
+    </row>
+    <row r="48" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A48" s="1">
+        <v>41</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="E48" s="4">
+        <v>1113316</v>
+      </c>
+      <c r="F48" s="5">
+        <v>4782.25</v>
+      </c>
+      <c r="G48" s="6">
+        <v>8.8999999999999999E-3</v>
+      </c>
+      <c r="J48" s="5"/>
+    </row>
+    <row r="49" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A49" s="1">
+        <v>42</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E49" s="4">
+        <v>997849</v>
+      </c>
+      <c r="F49" s="5">
+        <v>4719.33</v>
+      </c>
+      <c r="G49" s="6">
+        <v>8.8000000000000005E-3</v>
+      </c>
+      <c r="J49" s="5"/>
+    </row>
+    <row r="50" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A50" s="1">
+        <v>43</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E50" s="4">
+        <v>194810</v>
+      </c>
+      <c r="F50" s="5">
+        <v>4578.04</v>
+      </c>
+      <c r="G50" s="6">
+        <v>8.5000000000000006E-3</v>
+      </c>
+      <c r="J50" s="5"/>
+    </row>
+    <row r="51" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A51" s="1">
+        <v>44</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E51" s="4">
+        <v>96117</v>
+      </c>
+      <c r="F51" s="5">
+        <v>4532.49</v>
+      </c>
+      <c r="G51" s="6">
+        <v>8.3999999999999995E-3</v>
+      </c>
+      <c r="J51" s="5"/>
+    </row>
+    <row r="52" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A52" s="1">
+        <v>45</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E52" s="4">
+        <v>547182</v>
+      </c>
+      <c r="F52" s="5">
+        <v>4449.1400000000003</v>
+      </c>
+      <c r="G52" s="6">
+        <v>8.3000000000000001E-3</v>
+      </c>
+      <c r="J52" s="5"/>
+    </row>
+    <row r="53" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A53" s="1">
+        <v>46</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E53" s="4">
+        <v>785066</v>
+      </c>
+      <c r="F53" s="5">
+        <v>4279</v>
+      </c>
+      <c r="G53" s="6">
+        <v>7.9000000000000008E-3</v>
+      </c>
+      <c r="J53" s="5"/>
+    </row>
+    <row r="54" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A54" s="1">
+        <v>47</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="E54" s="4">
+        <v>268146</v>
+      </c>
+      <c r="F54" s="5">
+        <v>4242.34</v>
+      </c>
+      <c r="G54" s="6">
+        <v>7.9000000000000008E-3</v>
+      </c>
+      <c r="J54" s="5"/>
+    </row>
+    <row r="55" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A55" s="1">
+        <v>48</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E55" s="4">
+        <v>531278</v>
+      </c>
+      <c r="F55" s="5">
+        <v>3936.5</v>
+      </c>
+      <c r="G55" s="6">
+        <v>7.3000000000000001E-3</v>
+      </c>
+      <c r="J55" s="5"/>
+    </row>
+    <row r="56" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A56" s="1">
+        <v>49</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="E56" s="4">
+        <v>246442</v>
+      </c>
+      <c r="F56" s="5">
+        <v>3833.41</v>
+      </c>
+      <c r="G56" s="6">
+        <v>7.1000000000000004E-3</v>
+      </c>
+      <c r="J56" s="5"/>
+    </row>
+    <row r="57" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A57" s="1">
+        <v>50</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E57" s="4">
+        <v>68040</v>
+      </c>
+      <c r="F57" s="5">
+        <v>3806.5</v>
+      </c>
+      <c r="G57" s="6">
+        <v>7.1000000000000004E-3</v>
+      </c>
+      <c r="J57" s="5"/>
+    </row>
+    <row r="58" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A58" s="1">
+        <v>51</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E58" s="4">
+        <v>1211974</v>
+      </c>
+      <c r="F58" s="5">
+        <v>3569.14</v>
+      </c>
+      <c r="G58" s="6">
+        <v>6.6E-3</v>
+      </c>
+      <c r="J58" s="5"/>
+    </row>
+    <row r="59" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A59" s="1">
+        <v>52</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="E59" s="4">
+        <v>776839</v>
+      </c>
+      <c r="F59" s="5">
+        <v>3275.54</v>
+      </c>
+      <c r="G59" s="6">
+        <v>6.1000000000000004E-3</v>
+      </c>
+      <c r="J59" s="5"/>
+    </row>
+    <row r="60" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A60" s="1">
+        <v>53</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E60" s="4">
+        <v>349704</v>
+      </c>
+      <c r="F60" s="5">
+        <v>3251.55</v>
+      </c>
+      <c r="G60" s="6">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="J60" s="5"/>
+    </row>
+    <row r="61" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A61" s="1">
+        <v>54</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E61" s="4">
+        <v>957697</v>
+      </c>
+      <c r="F61" s="5">
+        <v>3241.33</v>
+      </c>
+      <c r="G61" s="6">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="J61" s="5"/>
+    </row>
+    <row r="62" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A62" s="1">
+        <v>55</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="E62" s="4">
+        <v>565701</v>
+      </c>
+      <c r="F62" s="5">
+        <v>3224.21</v>
+      </c>
+      <c r="G62" s="6">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="J62" s="5"/>
+    </row>
+    <row r="63" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A63" s="1">
+        <v>56</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E63" s="4">
+        <v>41262</v>
+      </c>
+      <c r="F63" s="5">
+        <v>3006.35</v>
+      </c>
+      <c r="G63" s="6">
+        <v>5.5999999999999999E-3</v>
+      </c>
+      <c r="J63" s="5"/>
+    </row>
+    <row r="64" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A64" s="1">
+        <v>57</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E64" s="4">
+        <v>353076</v>
+      </c>
+      <c r="F64" s="5">
+        <v>2886.22</v>
+      </c>
+      <c r="G64" s="6">
+        <v>5.4000000000000003E-3</v>
+      </c>
+      <c r="J64" s="5"/>
+    </row>
+    <row r="65" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A65" s="1">
+        <v>58</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E65" s="4">
+        <v>46025</v>
+      </c>
+      <c r="F65" s="5">
+        <v>2788.65</v>
+      </c>
+      <c r="G65" s="6">
+        <v>5.1999999999999998E-3</v>
+      </c>
+      <c r="J65" s="5"/>
+    </row>
+    <row r="66" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A66" s="1">
+        <v>59</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E66" s="4">
+        <v>160693</v>
+      </c>
+      <c r="F66" s="5">
+        <v>2709.44</v>
+      </c>
+      <c r="G66" s="6">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="J66" s="5"/>
+    </row>
+    <row r="67" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A67" s="1">
+        <v>60</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E67" s="4">
+        <v>204144</v>
+      </c>
+      <c r="F67" s="5">
+        <v>2369.3000000000002</v>
+      </c>
+      <c r="G67" s="6">
+        <v>4.4000000000000003E-3</v>
+      </c>
+      <c r="J67" s="5"/>
+    </row>
+    <row r="68" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A68" s="1">
+        <v>61</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E68" s="4">
+        <v>656959</v>
+      </c>
+      <c r="F68" s="5">
+        <v>1834.23</v>
+      </c>
+      <c r="G68" s="6">
+        <v>3.3999999999999998E-3</v>
+      </c>
+      <c r="J68" s="5"/>
+    </row>
+    <row r="69" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A69" s="1">
+        <v>62</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E69" s="4">
+        <v>915402</v>
+      </c>
+      <c r="F69" s="5">
+        <v>1815.52</v>
+      </c>
+      <c r="G69" s="6">
+        <v>3.3999999999999998E-3</v>
+      </c>
+      <c r="J69" s="5"/>
+    </row>
+    <row r="70" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A70" s="1">
+        <v>63</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E70" s="4">
+        <v>452496</v>
+      </c>
+      <c r="F70" s="5">
+        <v>1768.13</v>
+      </c>
+      <c r="G70" s="6">
+        <v>3.3E-3</v>
+      </c>
+      <c r="J70" s="5"/>
+    </row>
+    <row r="71" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A71" s="1">
+        <v>64</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E71" s="4">
+        <v>529576</v>
+      </c>
+      <c r="F71" s="5">
+        <v>1268.33</v>
+      </c>
+      <c r="G71" s="6">
+        <v>2.3999999999999998E-3</v>
+      </c>
+      <c r="J71" s="5"/>
+    </row>
+    <row r="72" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A72" s="1">
+        <v>65</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E72" s="4">
+        <v>787497</v>
+      </c>
+      <c r="F72" s="5">
+        <v>765.53</v>
+      </c>
+      <c r="G72" s="6">
+        <v>1.4E-3</v>
+      </c>
+      <c r="J72" s="5"/>
+    </row>
+    <row r="73" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A73" s="1">
+        <v>66</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E73" s="4">
+        <v>37224</v>
+      </c>
+      <c r="F73" s="5">
+        <v>524</v>
+      </c>
+      <c r="G73" s="6">
+        <v>1E-3</v>
+      </c>
+      <c r="J73" s="5"/>
+    </row>
+    <row r="74" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A74" s="1">
+        <v>67</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="E74" s="4">
+        <v>36742</v>
+      </c>
+      <c r="F74" s="5">
+        <v>441.53</v>
+      </c>
+      <c r="G74" s="6">
+        <v>8.0000000000000004E-4</v>
+      </c>
+      <c r="J74" s="5"/>
+    </row>
+    <row r="75" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A75" s="1">
+        <v>68</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E75" s="4">
+        <v>21082</v>
+      </c>
+      <c r="F75" s="5">
+        <v>257.45</v>
+      </c>
+      <c r="G75" s="6">
+        <v>5.0000000000000001E-4</v>
+      </c>
+      <c r="J75" s="5"/>
+    </row>
+    <row r="76" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A76" s="7"/>
+      <c r="B76" s="7" t="s">
+        <v>178</v>
+      </c>
+      <c r="C76" s="7"/>
+      <c r="D76" s="7"/>
+      <c r="E76" s="7"/>
+      <c r="F76" s="8">
+        <v>476039.14</v>
+      </c>
+      <c r="G76" s="9">
+        <v>0.88349999999999995</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B78" s="2" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B79" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A80" s="1">
+        <v>69</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E80" s="4">
+        <v>8312129</v>
+      </c>
+      <c r="F80" s="5">
+        <v>9497.44</v>
+      </c>
+      <c r="G80" s="6">
+        <v>1.7600000000000001E-2</v>
+      </c>
+      <c r="H80" s="10"/>
+      <c r="J80" s="5"/>
+    </row>
+    <row r="81" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A81" s="7"/>
+      <c r="B81" s="7" t="s">
+        <v>178</v>
+      </c>
+      <c r="C81" s="7"/>
+      <c r="D81" s="7"/>
+      <c r="E81" s="7"/>
+      <c r="F81" s="8">
+        <v>9497.44</v>
+      </c>
+      <c r="G81" s="9">
+        <v>1.7600000000000001E-2</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B83" s="2" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A84" s="1">
+        <v>70</v>
+      </c>
+      <c r="B84" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="F84" s="5">
+        <v>57843.35</v>
+      </c>
+      <c r="G84" s="6">
+        <v>0.10730000000000001</v>
+      </c>
+      <c r="H84" s="10">
+        <v>45931</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A85" s="7"/>
+      <c r="B85" s="7" t="s">
+        <v>178</v>
+      </c>
+      <c r="C85" s="7"/>
+      <c r="D85" s="7"/>
+      <c r="E85" s="7"/>
+      <c r="F85" s="8">
+        <v>57843.35</v>
+      </c>
+      <c r="G85" s="9">
+        <v>0.10730000000000001</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B87" s="2" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B88" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="E88" s="4"/>
+      <c r="F88" s="5">
+        <v>-4379.2700000000004</v>
+      </c>
+      <c r="G88" s="6">
+        <v>-8.3999999999999995E-3</v>
+      </c>
+      <c r="J88" s="5"/>
+    </row>
+    <row r="89" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A89" s="7"/>
+      <c r="B89" s="7" t="s">
+        <v>178</v>
+      </c>
+      <c r="C89" s="7"/>
+      <c r="D89" s="7"/>
+      <c r="E89" s="7"/>
+      <c r="F89" s="8">
+        <v>-4379.2700000000004</v>
+      </c>
+      <c r="G89" s="9">
+        <v>-8.3999999999999995E-3</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A91" s="3"/>
+      <c r="B91" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="C91" s="3"/>
+      <c r="D91" s="3"/>
+      <c r="E91" s="3"/>
+      <c r="F91" s="11">
+        <v>539000.66</v>
+      </c>
+      <c r="G91" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A92" s="1" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A93" s="13">
+        <v>1</v>
+      </c>
+      <c r="B93" s="13" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A94" s="13">
+        <v>2</v>
+      </c>
+      <c r="B94" s="13" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="97" spans="2:2" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B97" s="14" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="110" spans="2:2" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B110" s="14" t="s">
+        <v>191</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="B1:F1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{13DF5D02-CEC6-48B8-8D88-BAC0E85FE07E}">
+  <dimension ref="A1:I67"/>
+  <sheetViews>
+    <sheetView topLeftCell="A4" workbookViewId="0">
+      <selection activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="6.6328125" style="16" customWidth="1"/>
+    <col min="2" max="2" width="81.90625" style="16" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="15.81640625" style="16" customWidth="1"/>
+    <col min="5" max="5" width="9.08984375" style="16"/>
+    <col min="6" max="6" width="11.26953125" style="16" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="15.7265625" style="16" bestFit="1" customWidth="1"/>
+    <col min="8" max="16384" width="9.08984375" style="16"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="16" t="s">
+        <v>192</v>
+      </c>
+      <c r="B1" s="16" t="s">
+        <v>192</v>
+      </c>
+      <c r="C1" s="16">
+        <v>3</v>
+      </c>
+      <c r="D1" s="16">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="C2" s="16" t="s">
+        <v>193</v>
+      </c>
+      <c r="D2" s="16" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="C3" s="16" t="s">
+        <v>195</v>
+      </c>
+      <c r="D3" s="16" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" s="18" customFormat="1" ht="36.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="22"/>
+      <c r="B4" s="22"/>
+      <c r="C4" s="82" t="s">
+        <v>196</v>
+      </c>
+      <c r="D4" s="83"/>
+    </row>
+    <row r="5" spans="1:4" s="18" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="22" t="s">
+        <v>197</v>
+      </c>
+      <c r="B5" s="22" t="s">
+        <v>198</v>
+      </c>
+      <c r="C5" s="84" t="s">
+        <v>199</v>
+      </c>
+      <c r="D5" s="84" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A6" s="20"/>
+      <c r="B6" s="20"/>
+      <c r="C6" s="19"/>
+      <c r="D6" s="19"/>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A7" s="17">
+        <v>1</v>
+      </c>
+      <c r="B7" s="21" t="s">
+        <v>201</v>
+      </c>
+      <c r="C7" s="21"/>
+      <c r="D7" s="21"/>
+    </row>
+    <row r="8" spans="1:4" s="23" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="22"/>
+      <c r="B8" s="21" t="s">
+        <v>202</v>
+      </c>
+      <c r="C8" s="76">
+        <v>0.09</v>
+      </c>
+      <c r="D8" s="77"/>
+    </row>
+    <row r="9" spans="1:4" s="23" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="22"/>
+      <c r="B9" s="21" t="s">
+        <v>204</v>
+      </c>
+      <c r="C9" s="76">
+        <v>0.11</v>
+      </c>
+      <c r="D9" s="77"/>
+    </row>
+    <row r="10" spans="1:4" s="26" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="24">
+        <v>2</v>
+      </c>
+      <c r="B10" s="25" t="s">
+        <v>205</v>
+      </c>
+      <c r="C10" s="80" t="s">
+        <v>203</v>
+      </c>
+      <c r="D10" s="81"/>
+    </row>
+    <row r="11" spans="1:4" s="26" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="24">
+        <v>3</v>
+      </c>
+      <c r="B11" s="25" t="s">
+        <v>206</v>
+      </c>
+      <c r="C11" s="80" t="s">
+        <v>203</v>
+      </c>
+      <c r="D11" s="81"/>
+    </row>
+    <row r="12" spans="1:4" s="26" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="24">
+        <v>4</v>
+      </c>
+      <c r="B12" s="25" t="s">
+        <v>207</v>
+      </c>
+      <c r="C12" s="78" t="s">
+        <v>203</v>
+      </c>
+      <c r="D12" s="79"/>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A13" s="17">
+        <v>5</v>
+      </c>
+      <c r="B13" s="21" t="s">
+        <v>208</v>
+      </c>
+      <c r="C13" s="21"/>
+      <c r="D13" s="21"/>
+    </row>
+    <row r="14" spans="1:4" s="29" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="27"/>
+      <c r="B14" s="28" t="s">
+        <v>209</v>
+      </c>
+      <c r="C14" s="72" t="s">
+        <v>210</v>
+      </c>
+      <c r="D14" s="73"/>
+    </row>
+    <row r="15" spans="1:4" s="32" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="30"/>
+      <c r="B15" s="31" t="s">
+        <v>211</v>
+      </c>
+      <c r="C15" s="74" t="s">
+        <v>210</v>
+      </c>
+      <c r="D15" s="75"/>
+    </row>
+    <row r="16" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="17">
+        <v>6</v>
+      </c>
+      <c r="B16" s="31" t="s">
+        <v>212</v>
+      </c>
+      <c r="C16" s="70" t="s">
+        <v>210</v>
+      </c>
+      <c r="D16" s="71"/>
+    </row>
+    <row r="17" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="17">
+        <v>7</v>
+      </c>
+      <c r="B17" s="21" t="s">
+        <v>213</v>
+      </c>
+      <c r="C17" s="72" t="s">
+        <v>210</v>
+      </c>
+      <c r="D17" s="73"/>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A18" s="17">
+        <v>8</v>
+      </c>
+      <c r="B18" s="21" t="s">
+        <v>214</v>
+      </c>
+      <c r="C18" s="21"/>
+      <c r="D18" s="21"/>
+    </row>
+    <row r="19" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="17"/>
+      <c r="B19" s="33" t="s">
+        <v>209</v>
+      </c>
+      <c r="C19" s="70" t="s">
+        <v>210</v>
+      </c>
+      <c r="D19" s="71"/>
+    </row>
+    <row r="20" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="17"/>
+      <c r="B20" s="33" t="s">
+        <v>215</v>
+      </c>
+      <c r="C20" s="70" t="s">
+        <v>210</v>
+      </c>
+      <c r="D20" s="71"/>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A21" s="17">
+        <v>9</v>
+      </c>
+      <c r="B21" s="21" t="s">
+        <v>216</v>
+      </c>
+      <c r="C21" s="21"/>
+      <c r="D21" s="21"/>
+    </row>
+    <row r="22" spans="1:4" s="37" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="34"/>
+      <c r="B22" s="35" t="s">
+        <v>217</v>
+      </c>
+      <c r="C22" s="36"/>
+      <c r="D22" s="36"/>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A23" s="38" t="s">
+        <v>218</v>
+      </c>
+      <c r="B23" s="39" t="s">
+        <v>219</v>
+      </c>
+      <c r="C23" s="41" t="s">
+        <v>220</v>
+      </c>
+      <c r="D23" s="41" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A24" s="38" t="s">
+        <v>222</v>
+      </c>
+      <c r="B24" s="39" t="s">
+        <v>223</v>
+      </c>
+      <c r="C24" s="41" t="s">
+        <v>224</v>
+      </c>
+      <c r="D24" s="41" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A25" s="38" t="s">
+        <v>226</v>
+      </c>
+      <c r="B25" s="39" t="s">
+        <v>227</v>
+      </c>
+      <c r="C25" s="41">
+        <v>0</v>
+      </c>
+      <c r="D25" s="41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A26" s="38" t="s">
+        <v>228</v>
+      </c>
+      <c r="B26" s="39" t="s">
+        <v>229</v>
+      </c>
+      <c r="C26" s="41">
+        <v>0</v>
+      </c>
+      <c r="D26" s="41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A27" s="38" t="s">
+        <v>230</v>
+      </c>
+      <c r="B27" s="39" t="s">
+        <v>231</v>
+      </c>
+      <c r="C27" s="41">
+        <v>0</v>
+      </c>
+      <c r="D27" s="41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A28" s="38" t="s">
+        <v>232</v>
+      </c>
+      <c r="B28" s="39" t="s">
+        <v>233</v>
+      </c>
+      <c r="C28" s="41">
+        <v>0</v>
+      </c>
+      <c r="D28" s="41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A29" s="38" t="s">
+        <v>234</v>
+      </c>
+      <c r="B29" s="19" t="s">
+        <v>234</v>
+      </c>
+      <c r="C29" s="41">
+        <v>0</v>
+      </c>
+      <c r="D29" s="41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A30" s="38" t="s">
+        <v>235</v>
+      </c>
+      <c r="B30" s="19" t="s">
+        <v>235</v>
+      </c>
+      <c r="C30" s="41">
+        <v>0</v>
+      </c>
+      <c r="D30" s="41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A31" s="38" t="s">
+        <v>236</v>
+      </c>
+      <c r="B31" s="19" t="s">
+        <v>236</v>
+      </c>
+      <c r="C31" s="41">
+        <v>0</v>
+      </c>
+      <c r="D31" s="41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A32" s="38" t="s">
+        <v>237</v>
+      </c>
+      <c r="B32" s="19" t="s">
+        <v>237</v>
+      </c>
+      <c r="C32" s="41">
+        <v>0</v>
+      </c>
+      <c r="D32" s="41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" s="37" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="38"/>
+      <c r="B33" s="35" t="s">
+        <v>238</v>
+      </c>
+      <c r="C33" s="36"/>
+      <c r="D33" s="36"/>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A34" s="38" t="s">
+        <v>218</v>
+      </c>
+      <c r="B34" s="39" t="s">
+        <v>219</v>
+      </c>
+      <c r="C34" s="41" t="s">
+        <v>239</v>
+      </c>
+      <c r="D34" s="41" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A35" s="38" t="s">
+        <v>222</v>
+      </c>
+      <c r="B35" s="39" t="s">
+        <v>223</v>
+      </c>
+      <c r="C35" s="41" t="s">
+        <v>241</v>
+      </c>
+      <c r="D35" s="41" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A36" s="38" t="s">
+        <v>226</v>
+      </c>
+      <c r="B36" s="39" t="s">
+        <v>227</v>
+      </c>
+      <c r="C36" s="51">
+        <v>0</v>
+      </c>
+      <c r="D36" s="51">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A37" s="38" t="s">
+        <v>228</v>
+      </c>
+      <c r="B37" s="39" t="s">
+        <v>229</v>
+      </c>
+      <c r="C37" s="51">
+        <v>0</v>
+      </c>
+      <c r="D37" s="51">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A38" s="38" t="s">
+        <v>230</v>
+      </c>
+      <c r="B38" s="39" t="s">
+        <v>231</v>
+      </c>
+      <c r="C38" s="51">
+        <v>0</v>
+      </c>
+      <c r="D38" s="51">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A39" s="38" t="s">
+        <v>232</v>
+      </c>
+      <c r="B39" s="39" t="s">
+        <v>233</v>
+      </c>
+      <c r="C39" s="51">
+        <v>0</v>
+      </c>
+      <c r="D39" s="51">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A40" s="38" t="s">
+        <v>234</v>
+      </c>
+      <c r="B40" s="19" t="s">
+        <v>234</v>
+      </c>
+      <c r="C40" s="51">
+        <v>0</v>
+      </c>
+      <c r="D40" s="51">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A41" s="38" t="s">
+        <v>235</v>
+      </c>
+      <c r="B41" s="19" t="s">
+        <v>235</v>
+      </c>
+      <c r="C41" s="51">
+        <v>0</v>
+      </c>
+      <c r="D41" s="51">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A42" s="38" t="s">
+        <v>236</v>
+      </c>
+      <c r="B42" s="19" t="s">
+        <v>236</v>
+      </c>
+      <c r="C42" s="51">
+        <v>0</v>
+      </c>
+      <c r="D42" s="51">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A43" s="38" t="s">
+        <v>237</v>
+      </c>
+      <c r="B43" s="19" t="s">
+        <v>237</v>
+      </c>
+      <c r="C43" s="51">
+        <v>0</v>
+      </c>
+      <c r="D43" s="51">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A44" s="38"/>
+      <c r="B44" s="42" t="s">
+        <v>243</v>
+      </c>
+      <c r="C44" s="43"/>
+      <c r="D44" s="43"/>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A45" s="38" t="s">
+        <v>218</v>
+      </c>
+      <c r="B45" s="39" t="s">
+        <v>219</v>
+      </c>
+      <c r="C45" s="40" t="s">
+        <v>210</v>
+      </c>
+      <c r="D45" s="40" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A46" s="38" t="s">
+        <v>222</v>
+      </c>
+      <c r="B46" s="39" t="s">
+        <v>223</v>
+      </c>
+      <c r="C46" s="40" t="s">
+        <v>210</v>
+      </c>
+      <c r="D46" s="40" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A47" s="38" t="s">
+        <v>226</v>
+      </c>
+      <c r="B47" s="39" t="s">
+        <v>227</v>
+      </c>
+      <c r="C47" s="40">
+        <v>0</v>
+      </c>
+      <c r="D47" s="40">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A48" s="38" t="s">
+        <v>228</v>
+      </c>
+      <c r="B48" s="39" t="s">
+        <v>229</v>
+      </c>
+      <c r="C48" s="40">
+        <v>0</v>
+      </c>
+      <c r="D48" s="40">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A49" s="38" t="s">
+        <v>230</v>
+      </c>
+      <c r="B49" s="39" t="s">
+        <v>231</v>
+      </c>
+      <c r="C49" s="40">
+        <v>0</v>
+      </c>
+      <c r="D49" s="40">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A50" s="38" t="s">
+        <v>232</v>
+      </c>
+      <c r="B50" s="39" t="s">
+        <v>233</v>
+      </c>
+      <c r="C50" s="40">
+        <v>0</v>
+      </c>
+      <c r="D50" s="40">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A51" s="44"/>
+      <c r="B51" s="45"/>
+      <c r="C51" s="46"/>
+      <c r="D51" s="46"/>
+    </row>
+    <row r="52" spans="1:9" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="47" t="s">
+        <v>244</v>
+      </c>
+      <c r="B52" s="47" t="s">
+        <v>245</v>
+      </c>
+      <c r="C52" s="46"/>
+      <c r="D52" s="46"/>
+    </row>
+    <row r="53" spans="1:9" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="47" t="s">
+        <v>246</v>
+      </c>
+      <c r="B53" s="47" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A54" s="47" t="s">
+        <v>248</v>
+      </c>
+      <c r="B54" s="47" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A55" s="47" t="s">
+        <v>203</v>
+      </c>
+      <c r="B55" s="47" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A56" s="47" t="s">
+        <v>251</v>
+      </c>
+      <c r="B56" s="47" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A57" s="48" t="s">
+        <v>253</v>
+      </c>
+      <c r="B57" s="47" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" ht="36" x14ac:dyDescent="0.3">
+      <c r="A58" s="47"/>
+      <c r="B58" s="50" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="C59" s="49"/>
+      <c r="D59" s="49"/>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="C60" s="49"/>
+      <c r="D60" s="49"/>
+    </row>
+    <row r="61" spans="1:9" s="52" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B61" s="61"/>
+      <c r="C61" s="62"/>
+      <c r="D61" s="57"/>
+      <c r="E61" s="62"/>
+      <c r="F61" s="63"/>
+      <c r="G61" s="64"/>
+      <c r="H61" s="57"/>
+      <c r="I61" s="60"/>
+    </row>
+    <row r="62" spans="1:9" s="52" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B62" s="53" t="s">
+        <v>261</v>
+      </c>
+      <c r="C62" s="53"/>
+      <c r="D62" s="65"/>
+      <c r="E62" s="53"/>
+      <c r="F62" s="53"/>
+      <c r="G62" s="54" t="s">
+        <v>256</v>
+      </c>
+      <c r="H62" s="53"/>
+      <c r="I62" s="53"/>
+    </row>
+    <row r="63" spans="1:9" s="52" customFormat="1" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="B63" s="55" t="s">
+        <v>257</v>
+      </c>
+      <c r="C63" s="55" t="s">
+        <v>258</v>
+      </c>
+      <c r="D63" s="55" t="s">
+        <v>259</v>
+      </c>
+      <c r="E63" s="55" t="s">
+        <v>262</v>
+      </c>
+      <c r="F63" s="55" t="s">
+        <v>263</v>
+      </c>
+      <c r="G63" s="55" t="s">
+        <v>264</v>
+      </c>
+      <c r="H63" s="53"/>
+      <c r="I63" s="53"/>
+    </row>
+    <row r="64" spans="1:9" s="52" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B64" s="59" t="s">
+        <v>266</v>
+      </c>
+      <c r="C64" s="66" t="s">
+        <v>260</v>
+      </c>
+      <c r="D64" s="56" t="s">
+        <v>265</v>
+      </c>
+      <c r="E64" s="67">
+        <v>2083</v>
+      </c>
+      <c r="F64" s="66">
+        <v>27607582.079999998</v>
+      </c>
+      <c r="G64" s="66">
+        <v>-21663642.640000001</v>
+      </c>
+      <c r="H64" s="53"/>
+      <c r="I64" s="53"/>
+    </row>
+    <row r="65" spans="2:9" s="52" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B65" s="61"/>
+      <c r="C65" s="62"/>
+      <c r="D65" s="57"/>
+      <c r="E65" s="58"/>
+      <c r="F65" s="62"/>
+      <c r="G65" s="62"/>
+      <c r="H65" s="53"/>
+      <c r="I65" s="53"/>
+    </row>
+    <row r="66" spans="2:9" s="52" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B66" s="53"/>
+      <c r="C66" s="53"/>
+      <c r="D66" s="53"/>
+      <c r="E66" s="53"/>
+      <c r="F66" s="53"/>
+      <c r="G66" s="53"/>
+      <c r="H66" s="53"/>
+      <c r="I66" s="53"/>
+    </row>
+    <row r="67" spans="2:9" s="52" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B67" s="53" t="s">
+        <v>267</v>
+      </c>
+      <c r="C67" s="53"/>
+      <c r="D67" s="53"/>
+      <c r="E67" s="53"/>
+      <c r="F67" s="53"/>
+      <c r="G67" s="53"/>
+      <c r="H67" s="53"/>
+      <c r="I67" s="53"/>
+    </row>
+  </sheetData>
+  <mergeCells count="12">
+    <mergeCell ref="C8:D8"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="C14:D14"/>
+    <mergeCell ref="C12:D12"/>
+    <mergeCell ref="C11:D11"/>
+    <mergeCell ref="C10:D10"/>
+    <mergeCell ref="C9:D9"/>
+    <mergeCell ref="C20:D20"/>
+    <mergeCell ref="C19:D19"/>
+    <mergeCell ref="C17:D17"/>
+    <mergeCell ref="C16:D16"/>
+    <mergeCell ref="C15:D15"/>
+  </mergeCells>
+  <conditionalFormatting sqref="C23:D32 C45:D50">
+    <cfRule type="cellIs" dxfId="3" priority="17" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="2" priority="18">
+      <formula>C$1=2</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="1" priority="19">
+      <formula>C$1=4</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="0" priority="20">
+      <formula>C$1=3</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="4" baseType="lpstr">
+      <vt:lpstr>Monthly Portfolio</vt:lpstr>
+      <vt:lpstr>Half Yearly Portfolio</vt:lpstr>
+      <vt:lpstr>Notes to Half Yearly Portfolio</vt:lpstr>
+      <vt:lpstr>Sheet1</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ICRON Research</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_SetDate">
+    <vt:lpwstr>2025-10-07T14:08:04Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_Name">
+    <vt:lpwstr>Public</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_SiteId">
+    <vt:lpwstr>1771ae17-e764-4e0f-a476-d4184d79a5d9</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_ActionId">
+    <vt:lpwstr>1ce2f867-db4d-4969-b80a-952ded4daff8</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>