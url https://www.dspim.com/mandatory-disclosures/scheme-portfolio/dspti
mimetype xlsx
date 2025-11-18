--- v1 (2025-10-28)
+++ v2 (2025-11-18)
@@ -1,1494 +1,784 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...4 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FEFA5CB2-AA9C-4BCD-AE2D-D55C96FE829B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="Monthly Portfolio" sheetId="1" r:id="rId1"/>
-[...2 lines deleted...]
-    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId4"/>
+    <sheet name="TIGER" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="191029"/>
-[...12 lines deleted...]
-  </extLst>
+  <definedNames/>
+  <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...807 lines deleted...]
-
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-[...8 lines deleted...]
-    <numFmt numFmtId="171" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="24">
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFFFFFF"/>
+      <sz val="14"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color rgb="FF000000"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFFFFFF"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="11"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
       <sz val="10"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <color theme="10"/>
+      <sz val="11"/>
+      <u val="single"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+      <u val="single"/>
+    </font>
+    <font>
       <name val="Arial"/>
       <family val="2"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-      <sz val="9"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="9"/>
-[...1 lines deleted...]
-      <name val="Trebuchet MS"/>
+      <name val="Arial"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="9"/>
-[...1 lines deleted...]
-      <name val="Trebuchet MS"/>
+      <name val="Arial"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
       <sz val="10"/>
-      <name val="Trebuchet MS"/>
-      <family val="2"/>
+      <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
-      <patternFill patternType="none"/>
+      <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="8">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+  <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="85">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+  <cellXfs count="96">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="1" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="4" fontId="8" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="8" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="10" fontId="8" fillId="4" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="8" fillId="0" borderId="1" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="168" fontId="8" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="170" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="2" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="171" fontId="13" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="171" fontId="13" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...59 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="8">
-[...1 lines deleted...]
-    <cellStyle name="Comma 4 2" xfId="5" xr:uid="{EDF51747-5CC2-4606-9602-D5C7C730CA11}"/>
+  <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="3" xr:uid="{2046A937-F484-4022-AF3F-D8CBAB0CE323}"/>
-[...3 lines deleted...]
-    <cellStyle name="Percent 2 3" xfId="7" xr:uid="{346A08C0-9668-4DC9-B205-D1A91E1E2267}"/>
+    <cellStyle name="Percent" xfId="1" builtinId="5"/>
+    <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
-  <dxfs count="4">
-[...12 lines deleted...]
-  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <extLst>
-[...6 lines deleted...]
-  </extLst>
+  <colors>
+    <indexedColors>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008000"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00808000"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="00C0C0C0"/>
+      <rgbColor rgb="00808080"/>
+      <rgbColor rgb="009999FF"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00FFFFCC"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00660066"/>
+      <rgbColor rgb="00FF8080"/>
+      <rgbColor rgb="000066CC"/>
+      <rgbColor rgb="00CCCCFF"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="0000CCFF"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00CCFFCC"/>
+      <rgbColor rgb="00FFFF99"/>
+      <rgbColor rgb="0099CCFF"/>
+      <rgbColor rgb="00FF99CC"/>
+      <rgbColor rgb="00CC99FF"/>
+      <rgbColor rgb="00FFCC99"/>
+      <rgbColor rgb="003366FF"/>
+      <rgbColor rgb="0033CCCC"/>
+      <rgbColor rgb="0099CC00"/>
+      <rgbColor rgb="00FFCC00"/>
+      <rgbColor rgb="00FF9900"/>
+      <rgbColor rgb="00FF6600"/>
+      <rgbColor rgb="00666699"/>
+      <rgbColor rgb="00969696"/>
+      <rgbColor rgb="00003366"/>
+      <rgbColor rgb="00339966"/>
+      <rgbColor rgb="00003300"/>
+      <rgbColor rgb="00333300"/>
+      <rgbColor rgb="00993300"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00333399"/>
+      <rgbColor rgb="00333333"/>
+    </indexedColors>
+  </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...22 lines deleted...]
-        <xdr:cNvPicPr>
+<wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>0</colOff>
+      <row>101</row>
+      <rowOff>0</rowOff>
+    </from>
+    <to>
+      <col>1</col>
+      <colOff>2374900</colOff>
+      <row>110</row>
+      <rowOff>31750</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="2" name="Picture 1"/>
+        <cNvPicPr>
           <a:picLocks/>
-        </xdr:cNvPicPr>
-[...2 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-      <xdr:spPr>
+      </blipFill>
+      <spPr>
         <a:xfrm>
-          <a:off x="457200" y="17227550"/>
+          <a:off x="457200" y="17570450"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <a:avLst/>
+          <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...25 lines deleted...]
-        <xdr:cNvPicPr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>0</colOff>
+      <row>115</row>
+      <rowOff>0</rowOff>
+    </from>
+    <to>
+      <col>1</col>
+      <colOff>2374900</colOff>
+      <row>124</row>
+      <rowOff>31750</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="3" name="Picture 2"/>
+        <cNvPicPr>
           <a:picLocks/>
-        </xdr:cNvPicPr>
-[...2 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-      <xdr:spPr>
+      </blipFill>
+      <spPr>
         <a:xfrm>
-          <a:off x="457200" y="19640550"/>
+          <a:off x="457200" y="19983450"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <a:avLst/>
+          <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...102 lines deleted...]
-</xdr:wsDr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+</wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1708,5070 +998,2691 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L110"/>
+<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:L114"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col min="1" max="1" width="6.54296875" style="1" bestFit="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14" max="16384" width="8.7265625" style="1"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="43.26953125" customWidth="1" style="2" min="2" max="2"/>
+    <col width="14" customWidth="1" style="2" min="3" max="3"/>
+    <col width="30" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="10.81640625" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="30" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-[...10 lines deleted...]
-      <c r="B2" s="2" t="s">
+    <row r="1" ht="19" customHeight="1" s="77">
+      <c r="A1" s="76" t="n"/>
+      <c r="B1" s="76" t="inlineStr">
+        <is>
+          <t>DSP India T.I.G.E.R. Fund (The Infrastructure Growth and Economic Reforms Fund)</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on October 31, 2025</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="5" t="inlineStr">
+        <is>
+          <t>Sr. No.</t>
+        </is>
+      </c>
+      <c r="B4" s="5" t="inlineStr">
+        <is>
+          <t>Name of Instrument</t>
+        </is>
+      </c>
+      <c r="C4" s="5" t="inlineStr">
+        <is>
+          <t>ISIN</t>
+        </is>
+      </c>
+      <c r="D4" s="5" t="inlineStr">
+        <is>
+          <t>Rating/Industry</t>
+        </is>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t>Quantity</t>
+        </is>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t>Market value (Rs. In lakhs)</t>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t>% to Net Assets</t>
+        </is>
+      </c>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t>Maturity Date</t>
+        </is>
+      </c>
+      <c r="I4" s="5" t="inlineStr">
+        <is>
+          <t>Put/Call Option</t>
+        </is>
+      </c>
+      <c r="J4" s="5" t="inlineStr">
+        <is>
+          <t>YTM (%)</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="B6" s="4" t="inlineStr">
+        <is>
+          <t>EQUITY &amp; EQUITY RELATED</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="B7" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="3" t="s">
+      <c r="B8" s="2" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited</t>
+        </is>
+      </c>
+      <c r="C8" s="2" t="inlineStr">
+        <is>
+          <t>INE018A01030</t>
+        </is>
+      </c>
+      <c r="D8" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>697669</v>
+      </c>
+      <c r="F8" s="7" t="n">
+        <v>28122.34</v>
+      </c>
+      <c r="G8" s="8" t="n">
+        <v>0.0511</v>
+      </c>
+      <c r="J8" s="7" t="n"/>
+      <c r="K8" s="4" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="4" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="B9" s="2" t="inlineStr">
+        <is>
+          <t>NTPC Limited</t>
+        </is>
+      </c>
+      <c r="C9" s="2" t="inlineStr">
+        <is>
+          <t>INE733E01010</t>
+        </is>
+      </c>
+      <c r="D9" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E9" s="6" t="n">
+        <v>7145883</v>
+      </c>
+      <c r="F9" s="7" t="n">
+        <v>24078.05</v>
+      </c>
+      <c r="G9" s="8" t="n">
+        <v>0.0437</v>
+      </c>
+      <c r="J9" s="7" t="n"/>
+      <c r="K9" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L9" s="8" t="n">
+        <v>0.1358</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="B10" s="2" t="inlineStr">
+        <is>
+          <t>Apollo Hospitals Enterprise Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="2" t="inlineStr">
+        <is>
+          <t>INE437A01024</t>
+        </is>
+      </c>
+      <c r="D10" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>245928</v>
+      </c>
+      <c r="F10" s="7" t="n">
+        <v>18889.73</v>
+      </c>
+      <c r="G10" s="8" t="n">
+        <v>0.0343</v>
+      </c>
+      <c r="J10" s="7" t="n"/>
+      <c r="K10" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="L10" s="8" t="n">
+        <v>0.1259</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="2" t="n">
         <v>4</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="B11" s="2" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="2" t="inlineStr">
+        <is>
+          <t>INE752E01010</t>
+        </is>
+      </c>
+      <c r="D11" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>5567574</v>
+      </c>
+      <c r="F11" s="7" t="n">
+        <v>16042.96</v>
+      </c>
+      <c r="G11" s="8" t="n">
+        <v>0.0291</v>
+      </c>
+      <c r="J11" s="7" t="n"/>
+      <c r="K11" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L11" s="8" t="n">
+        <v>0.0743</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="2" t="n">
         <v>5</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="B12" s="2" t="inlineStr">
+        <is>
+          <t>Amber Enterprises India Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="2" t="inlineStr">
+        <is>
+          <t>INE371P01015</t>
+        </is>
+      </c>
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>197265</v>
+      </c>
+      <c r="F12" s="7" t="n">
+        <v>15853.2</v>
+      </c>
+      <c r="G12" s="8" t="n">
+        <v>0.0288</v>
+      </c>
+      <c r="J12" s="7" t="n"/>
+      <c r="K12" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="L12" s="8" t="n">
+        <v>0.0636</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="2" t="n">
         <v>6</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="B13" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="2" t="inlineStr">
+        <is>
+          <t>INE397D01024</t>
+        </is>
+      </c>
+      <c r="D13" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>756154</v>
+      </c>
+      <c r="F13" s="7" t="n">
+        <v>15535.18</v>
+      </c>
+      <c r="G13" s="8" t="n">
+        <v>0.0282</v>
+      </c>
+      <c r="J13" s="7" t="n"/>
+      <c r="K13" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L13" s="8" t="n">
+        <v>0.0568</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
         <v>7</v>
       </c>
-      <c r="G4" s="3" t="s">
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>Kirloskar Oil Engines Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>INE146L01010</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>1412412</v>
+      </c>
+      <c r="F14" s="7" t="n">
+        <v>14122.71</v>
+      </c>
+      <c r="G14" s="8" t="n">
+        <v>0.0256</v>
+      </c>
+      <c r="J14" s="7" t="n"/>
+      <c r="K14" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L14" s="8" t="n">
+        <v>0.0563</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="n">
         <v>8</v>
       </c>
-      <c r="H4" s="3" t="s">
+      <c r="B15" s="2" t="inlineStr">
+        <is>
+          <t>Coal India Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="2" t="inlineStr">
+        <is>
+          <t>INE522F01014</t>
+        </is>
+      </c>
+      <c r="D15" s="2" t="inlineStr">
+        <is>
+          <t>Consumable Fuels</t>
+        </is>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>3321453</v>
+      </c>
+      <c r="F15" s="7" t="n">
+        <v>12908.83</v>
+      </c>
+      <c r="G15" s="8" t="n">
+        <v>0.0234</v>
+      </c>
+      <c r="J15" s="7" t="n"/>
+      <c r="K15" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L15" s="8" t="n">
+        <v>0.0525</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="n">
         <v>9</v>
       </c>
-      <c r="I4" s="3" t="s">
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>Multi Commodity Exchange of India Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
+        <is>
+          <t>INE745G01035</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E16" s="6" t="n">
+        <v>136165</v>
+      </c>
+      <c r="F16" s="7" t="n">
+        <v>12586.41</v>
+      </c>
+      <c r="G16" s="8" t="n">
+        <v>0.0229</v>
+      </c>
+      <c r="J16" s="7" t="n"/>
+      <c r="K16" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L16" s="8" t="n">
+        <v>0.0501</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="n">
         <v>10</v>
       </c>
-      <c r="J4" s="3" t="s">
+      <c r="B17" s="2" t="inlineStr">
+        <is>
+          <t>Rainbow Childrens Medicare Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="2" t="inlineStr">
+        <is>
+          <t>INE961O01016</t>
+        </is>
+      </c>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E17" s="6" t="n">
+        <v>885167</v>
+      </c>
+      <c r="F17" s="7" t="n">
+        <v>12121.48</v>
+      </c>
+      <c r="G17" s="8" t="n">
+        <v>0.022</v>
+      </c>
+      <c r="J17" s="7" t="n"/>
+      <c r="K17" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L17" s="8" t="n">
+        <v>0.046</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="2" t="n">
         <v>11</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B6" s="2" t="s">
+      <c r="B18" s="2" t="inlineStr">
+        <is>
+          <t>Siemens Energy India Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="2" t="inlineStr">
+        <is>
+          <t>INE1NPP01017</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E18" s="6" t="n">
+        <v>369482</v>
+      </c>
+      <c r="F18" s="7" t="n">
+        <v>11770.22</v>
+      </c>
+      <c r="G18" s="8" t="n">
+        <v>0.0214</v>
+      </c>
+      <c r="J18" s="7" t="n"/>
+      <c r="K18" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L18" s="8" t="n">
+        <v>0.0345</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="2" t="n">
         <v>12</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B7" s="2" t="s">
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>Siemens Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>INE003A01024</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E19" s="6" t="n">
+        <v>369482</v>
+      </c>
+      <c r="F19" s="7" t="n">
+        <v>11440.27</v>
+      </c>
+      <c r="G19" s="8" t="n">
+        <v>0.0208</v>
+      </c>
+      <c r="J19" s="7" t="n"/>
+      <c r="K19" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L19" s="8" t="n">
+        <v>0.0293</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="n">
         <v>13</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="1">
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>INOX India Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>INE616N01034</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E20" s="6" t="n">
+        <v>940841</v>
+      </c>
+      <c r="F20" s="7" t="n">
+        <v>11167.78</v>
+      </c>
+      <c r="G20" s="8" t="n">
+        <v>0.0203</v>
+      </c>
+      <c r="J20" s="7" t="n"/>
+      <c r="K20" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L20" s="8" t="n">
+        <v>0.0291</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="2" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>Kalpataru Projects International Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <t>INE220B01022</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E21" s="6" t="n">
+        <v>816241</v>
+      </c>
+      <c r="F21" s="7" t="n">
+        <v>10255.25</v>
+      </c>
+      <c r="G21" s="8" t="n">
+        <v>0.0186</v>
+      </c>
+      <c r="J21" s="7" t="n"/>
+      <c r="K21" s="2" t="inlineStr">
+        <is>
+          <t>Consumable Fuels</t>
+        </is>
+      </c>
+      <c r="L21" s="8" t="n">
+        <v>0.0234</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>Max Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <t>INE180A01020</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E22" s="6" t="n">
+        <v>656909</v>
+      </c>
+      <c r="F22" s="7" t="n">
+        <v>10159.1</v>
+      </c>
+      <c r="G22" s="8" t="n">
+        <v>0.0184</v>
+      </c>
+      <c r="J22" s="7" t="n"/>
+      <c r="K22" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L22" s="8" t="n">
+        <v>0.0228</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="2" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <t>Reliance Industries Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="2" t="inlineStr">
+        <is>
+          <t>INE002A01018</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E23" s="6" t="n">
+        <v>679580</v>
+      </c>
+      <c r="F23" s="7" t="n">
+        <v>10101.28</v>
+      </c>
+      <c r="G23" s="8" t="n">
+        <v>0.0183</v>
+      </c>
+      <c r="J23" s="7" t="n"/>
+      <c r="K23" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="L23" s="8" t="n">
+        <v>0.0202</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="2" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <t>Oil &amp; Natural Gas Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="2" t="inlineStr">
+        <is>
+          <t>INE213A01029</t>
+        </is>
+      </c>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E24" s="6" t="n">
+        <v>3829074</v>
+      </c>
+      <c r="F24" s="7" t="n">
+        <v>9778.309999999999</v>
+      </c>
+      <c r="G24" s="8" t="n">
+        <v>0.0178</v>
+      </c>
+      <c r="J24" s="7" t="n"/>
+      <c r="K24" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="L24" s="8" t="n">
+        <v>0.0189</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <t>Welspun Corp Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="2" t="inlineStr">
+        <is>
+          <t>INE191B01025</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E25" s="6" t="n">
+        <v>965185</v>
+      </c>
+      <c r="F25" s="7" t="n">
+        <v>9321.27</v>
+      </c>
+      <c r="G25" s="8" t="n">
+        <v>0.0169</v>
+      </c>
+      <c r="J25" s="7" t="n"/>
+      <c r="K25" s="2" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L25" s="8" t="n">
+        <v>0.0181</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="2" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Aeronautics Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <t>INE066F01020</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E26" s="6" t="n">
+        <v>192787</v>
+      </c>
+      <c r="F26" s="7" t="n">
+        <v>9022.049999999999</v>
+      </c>
+      <c r="G26" s="8" t="n">
+        <v>0.0164</v>
+      </c>
+      <c r="J26" s="7" t="n"/>
+      <c r="K26" s="2" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="L26" s="8" t="n">
+        <v>0.0178</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>Canara HSBC Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="2" t="inlineStr">
+        <is>
+          <t>INE01TY01017</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E27" s="6" t="n">
+        <v>7610837</v>
+      </c>
+      <c r="F27" s="7" t="n">
+        <v>8855.969999999999</v>
+      </c>
+      <c r="G27" s="8" t="n">
+        <v>0.0161</v>
+      </c>
+      <c r="J27" s="7" t="n"/>
+      <c r="K27" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="L27" s="8" t="n">
+        <v>0.0162</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="2" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="2" t="inlineStr">
+        <is>
+          <t>Navin Fluorine International Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="2" t="inlineStr">
+        <is>
+          <t>INE048G01026</t>
+        </is>
+      </c>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E28" s="6" t="n">
+        <v>150832</v>
+      </c>
+      <c r="F28" s="7" t="n">
+        <v>8578.42</v>
+      </c>
+      <c r="G28" s="8" t="n">
+        <v>0.0156</v>
+      </c>
+      <c r="J28" s="7" t="n"/>
+      <c r="K28" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L28" s="8" t="n">
+        <v>0.0139</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="2" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="2" t="inlineStr">
+        <is>
+          <t>Tega Industries Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="2" t="inlineStr">
+        <is>
+          <t>INE011K01018</t>
+        </is>
+      </c>
+      <c r="D29" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E29" s="6" t="n">
+        <v>438209</v>
+      </c>
+      <c r="F29" s="7" t="n">
+        <v>8497.309999999999</v>
+      </c>
+      <c r="G29" s="8" t="n">
+        <v>0.0154</v>
+      </c>
+      <c r="J29" s="7" t="n"/>
+      <c r="K29" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L29" s="8" t="n">
+        <v>0.0129</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="2" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <t>Nippon Life India Asset Management Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="2" t="inlineStr">
+        <is>
+          <t>INE298J01013</t>
+        </is>
+      </c>
+      <c r="D30" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E30" s="6" t="n">
+        <v>958324</v>
+      </c>
+      <c r="F30" s="7" t="n">
+        <v>8383.42</v>
+      </c>
+      <c r="G30" s="8" t="n">
+        <v>0.0152</v>
+      </c>
+      <c r="J30" s="7" t="n"/>
+      <c r="K30" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="L30" s="8" t="n">
+        <v>0.012</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="2" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="2" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D31" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E31" s="6" t="n">
+        <v>7847631</v>
+      </c>
+      <c r="F31" s="7" t="n">
+        <v>8270.620000000001</v>
+      </c>
+      <c r="G31" s="8" t="n">
+        <v>0.015</v>
+      </c>
+      <c r="J31" s="7" t="n"/>
+      <c r="K31" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L31" s="8" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="2" t="inlineStr">
+        <is>
+          <t>Techno Electric &amp; Engineering Company Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="2" t="inlineStr">
+        <is>
+          <t>INE285K01026</t>
+        </is>
+      </c>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E32" s="6" t="n">
+        <v>621713</v>
+      </c>
+      <c r="F32" s="7" t="n">
+        <v>8201.02</v>
+      </c>
+      <c r="G32" s="8" t="n">
+        <v>0.0149</v>
+      </c>
+      <c r="J32" s="7" t="n"/>
+      <c r="K32" s="2" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="L32" s="8" t="n">
+        <v>0.007</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>UltraTech Cement Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <t>INE481G01011</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E33" s="6" t="n">
+        <v>66546</v>
+      </c>
+      <c r="F33" s="7" t="n">
+        <v>7950.25</v>
+      </c>
+      <c r="G33" s="8" t="n">
+        <v>0.0144</v>
+      </c>
+      <c r="J33" s="7" t="n"/>
+      <c r="K33" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L33" s="8" t="n">
+        <v>0.0544</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="2" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <t>Solar Industries India Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="2" t="inlineStr">
+        <is>
+          <t>INE343H01029</t>
+        </is>
+      </c>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E34" s="6" t="n">
+        <v>56924</v>
+      </c>
+      <c r="F34" s="7" t="n">
+        <v>7899.91</v>
+      </c>
+      <c r="G34" s="8" t="n">
+        <v>0.0143</v>
+      </c>
+      <c r="J34" s="7" t="n"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <t>Avalon Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="2" t="inlineStr">
+        <is>
+          <t>INE0LCL01028</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E35" s="6" t="n">
+        <v>662579</v>
+      </c>
+      <c r="F35" s="7" t="n">
+        <v>7889.33</v>
+      </c>
+      <c r="G35" s="8" t="n">
+        <v>0.0143</v>
+      </c>
+      <c r="J35" s="7" t="n"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="2" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <t>Carborundum Universal Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="2" t="inlineStr">
+        <is>
+          <t>INE120A01034</t>
+        </is>
+      </c>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E36" s="6" t="n">
+        <v>861084</v>
+      </c>
+      <c r="F36" s="7" t="n">
+        <v>7754.06</v>
+      </c>
+      <c r="G36" s="8" t="n">
+        <v>0.0141</v>
+      </c>
+      <c r="J36" s="7" t="n"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <t>INE038A01020</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E37" s="6" t="n">
+        <v>905632</v>
+      </c>
+      <c r="F37" s="7" t="n">
+        <v>7678.4</v>
+      </c>
+      <c r="G37" s="8" t="n">
+        <v>0.0139</v>
+      </c>
+      <c r="J37" s="7" t="n"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="2" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>Sansera Engineering Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <t>INE953O01021</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E38" s="6" t="n">
+        <v>475041</v>
+      </c>
+      <c r="F38" s="7" t="n">
+        <v>7190.7</v>
+      </c>
+      <c r="G38" s="8" t="n">
+        <v>0.0131</v>
+      </c>
+      <c r="J38" s="7" t="n"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>Jindal Steel Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <t>INE749A01030</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E39" s="6" t="n">
+        <v>665965</v>
+      </c>
+      <c r="F39" s="7" t="n">
+        <v>7104.51</v>
+      </c>
+      <c r="G39" s="8" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="J39" s="7" t="n"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="2" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="2" t="inlineStr">
+        <is>
+          <t>Schaeffler India Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="2" t="inlineStr">
+        <is>
+          <t>INE513A01022</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E40" s="6" t="n">
+        <v>174976</v>
+      </c>
+      <c r="F40" s="7" t="n">
+        <v>7036.48</v>
+      </c>
+      <c r="G40" s="8" t="n">
+        <v>0.0128</v>
+      </c>
+      <c r="J40" s="7" t="n"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="2" t="inlineStr">
+        <is>
+          <t>KEC International Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="2" t="inlineStr">
+        <is>
+          <t>INE389H01022</t>
+        </is>
+      </c>
+      <c r="D41" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E41" s="6" t="n">
+        <v>854835</v>
+      </c>
+      <c r="F41" s="7" t="n">
+        <v>6990.41</v>
+      </c>
+      <c r="G41" s="8" t="n">
+        <v>0.0127</v>
+      </c>
+      <c r="J41" s="7" t="n"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="2" t="inlineStr">
+        <is>
+          <t>Angel One Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="2" t="inlineStr">
+        <is>
+          <t>INE732I01013</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E42" s="6" t="n">
+        <v>265280</v>
+      </c>
+      <c r="F42" s="7" t="n">
+        <v>6611.84</v>
+      </c>
+      <c r="G42" s="8" t="n">
+        <v>0.012</v>
+      </c>
+      <c r="J42" s="7" t="n"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="2" t="inlineStr">
+        <is>
+          <t>Triveni Engineering &amp; Industries Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="2" t="inlineStr">
+        <is>
+          <t>INE256C01024</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E43" s="6" t="n">
+        <v>1850969</v>
+      </c>
+      <c r="F43" s="7" t="n">
+        <v>6608.88</v>
+      </c>
+      <c r="G43" s="8" t="n">
+        <v>0.012</v>
+      </c>
+      <c r="J43" s="7" t="n"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="2" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="2" t="inlineStr">
+        <is>
+          <t>Jubilant Ingrevia Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="2" t="inlineStr">
+        <is>
+          <t>INE0BY001018</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E44" s="6" t="n">
+        <v>901809</v>
+      </c>
+      <c r="F44" s="7" t="n">
+        <v>6222.03</v>
+      </c>
+      <c r="G44" s="8" t="n">
+        <v>0.0113</v>
+      </c>
+      <c r="J44" s="7" t="n"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="2" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="2" t="inlineStr">
+        <is>
+          <t>Power Mech Projects Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="2" t="inlineStr">
+        <is>
+          <t>INE211R01019</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E45" s="6" t="n">
+        <v>243276</v>
+      </c>
+      <c r="F45" s="7" t="n">
+        <v>6072.66</v>
+      </c>
+      <c r="G45" s="8" t="n">
+        <v>0.011</v>
+      </c>
+      <c r="J45" s="7" t="n"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="2" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="2" t="inlineStr">
+        <is>
+          <t>Bharat Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="2" t="inlineStr">
+        <is>
+          <t>INE029A01011</t>
+        </is>
+      </c>
+      <c r="D46" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E46" s="6" t="n">
+        <v>1672636</v>
+      </c>
+      <c r="F46" s="7" t="n">
+        <v>5967.97</v>
+      </c>
+      <c r="G46" s="8" t="n">
+        <v>0.0108</v>
+      </c>
+      <c r="J46" s="7" t="n"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="2" t="inlineStr">
+        <is>
+          <t>R R Kabel Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="2" t="inlineStr">
+        <is>
+          <t>INE777K01022</t>
+        </is>
+      </c>
+      <c r="D47" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E47" s="6" t="n">
+        <v>393171</v>
+      </c>
+      <c r="F47" s="7" t="n">
+        <v>5551.57</v>
+      </c>
+      <c r="G47" s="8" t="n">
+        <v>0.0101</v>
+      </c>
+      <c r="J47" s="7" t="n"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="2" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="2" t="inlineStr">
+        <is>
+          <t>Apollo Tyres Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="2" t="inlineStr">
+        <is>
+          <t>INE438A01022</t>
+        </is>
+      </c>
+      <c r="D48" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E48" s="6" t="n">
+        <v>997849</v>
+      </c>
+      <c r="F48" s="7" t="n">
+        <v>5004.21</v>
+      </c>
+      <c r="G48" s="8" t="n">
+        <v>0.0091</v>
+      </c>
+      <c r="J48" s="7" t="n"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" s="2" t="inlineStr">
+        <is>
+          <t>Shivalik Bimetal Controls Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="2" t="inlineStr">
+        <is>
+          <t>INE386D01027</t>
+        </is>
+      </c>
+      <c r="D49" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E49" s="6" t="n">
+        <v>1024530</v>
+      </c>
+      <c r="F49" s="7" t="n">
+        <v>4915.69</v>
+      </c>
+      <c r="G49" s="8" t="n">
+        <v>0.0089</v>
+      </c>
+      <c r="J49" s="7" t="n"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="2" t="n">
+        <v>43</v>
+      </c>
+      <c r="B50" s="2" t="inlineStr">
+        <is>
+          <t>Asian Paints Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="2" t="inlineStr">
+        <is>
+          <t>INE021A01026</t>
+        </is>
+      </c>
+      <c r="D50" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E50" s="6" t="n">
+        <v>194810</v>
+      </c>
+      <c r="F50" s="7" t="n">
+        <v>4891.29</v>
+      </c>
+      <c r="G50" s="8" t="n">
+        <v>0.0089</v>
+      </c>
+      <c r="J50" s="7" t="n"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="2" t="n">
+        <v>44</v>
+      </c>
+      <c r="B51" s="2" t="inlineStr">
+        <is>
+          <t>Oberoi Realty Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="2" t="inlineStr">
+        <is>
+          <t>INE093I01010</t>
+        </is>
+      </c>
+      <c r="D51" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E51" s="6" t="n">
+        <v>268146</v>
+      </c>
+      <c r="F51" s="7" t="n">
+        <v>4768.44</v>
+      </c>
+      <c r="G51" s="8" t="n">
+        <v>0.008699999999999999</v>
+      </c>
+      <c r="J51" s="7" t="n"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="B52" s="2" t="inlineStr">
+        <is>
+          <t>Kirloskar Pneumatic Company Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="2" t="inlineStr">
+        <is>
+          <t>INE811A01020</t>
+        </is>
+      </c>
+      <c r="D52" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E52" s="6" t="n">
+        <v>417898</v>
+      </c>
+      <c r="F52" s="7" t="n">
+        <v>4674.61</v>
+      </c>
+      <c r="G52" s="8" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="J52" s="7" t="n"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="2" t="n">
+        <v>46</v>
+      </c>
+      <c r="B53" s="2" t="inlineStr">
+        <is>
+          <t>Ahluwalia Contracts (India) Limited</t>
+        </is>
+      </c>
+      <c r="C53" s="2" t="inlineStr">
+        <is>
+          <t>INE758C01029</t>
+        </is>
+      </c>
+      <c r="D53" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E53" s="6" t="n">
+        <v>491093</v>
+      </c>
+      <c r="F53" s="7" t="n">
+        <v>4668.08</v>
+      </c>
+      <c r="G53" s="8" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="J53" s="7" t="n"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="2" t="n">
+        <v>47</v>
+      </c>
+      <c r="B54" s="2" t="inlineStr">
+        <is>
+          <t>Gujarat Gas Limited</t>
+        </is>
+      </c>
+      <c r="C54" s="2" t="inlineStr">
+        <is>
+          <t>INE844O01030</t>
+        </is>
+      </c>
+      <c r="D54" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E54" s="6" t="n">
+        <v>1113316</v>
+      </c>
+      <c r="F54" s="7" t="n">
+        <v>4535.65</v>
+      </c>
+      <c r="G54" s="8" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="J54" s="7" t="n"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="2" t="n">
+        <v>48</v>
+      </c>
+      <c r="B55" s="2" t="inlineStr">
+        <is>
+          <t>The Phoenix Mills Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="2" t="inlineStr">
+        <is>
+          <t>INE211B01039</t>
+        </is>
+      </c>
+      <c r="D55" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E55" s="6" t="n">
+        <v>246442</v>
+      </c>
+      <c r="F55" s="7" t="n">
+        <v>4146.63</v>
+      </c>
+      <c r="G55" s="8" t="n">
+        <v>0.0075</v>
+      </c>
+      <c r="J55" s="7" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="2" t="n">
+        <v>49</v>
+      </c>
+      <c r="B56" s="2" t="inlineStr">
+        <is>
+          <t>Century Plyboards (India) Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="2" t="inlineStr">
+        <is>
+          <t>INE348B01021</t>
+        </is>
+      </c>
+      <c r="D56" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E56" s="6" t="n">
+        <v>547182</v>
+      </c>
+      <c r="F56" s="7" t="n">
+        <v>4128.21</v>
+      </c>
+      <c r="G56" s="8" t="n">
+        <v>0.0075</v>
+      </c>
+      <c r="J56" s="7" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="B57" s="2" t="inlineStr">
+        <is>
+          <t>H.G. Infra Engineering Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="2" t="inlineStr">
+        <is>
+          <t>INE926X01010</t>
+        </is>
+      </c>
+      <c r="D57" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E57" s="6" t="n">
+        <v>439178</v>
+      </c>
+      <c r="F57" s="7" t="n">
+        <v>4050.54</v>
+      </c>
+      <c r="G57" s="8" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="J57" s="7" t="n"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="2" t="n">
+        <v>51</v>
+      </c>
+      <c r="B58" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Electricals Limited</t>
+        </is>
+      </c>
+      <c r="C58" s="2" t="inlineStr">
+        <is>
+          <t>INE193E01025</t>
+        </is>
+      </c>
+      <c r="D58" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E58" s="6" t="n">
+        <v>785066</v>
+      </c>
+      <c r="F58" s="7" t="n">
+        <v>4033.28</v>
+      </c>
+      <c r="G58" s="8" t="n">
+        <v>0.0073</v>
+      </c>
+      <c r="J58" s="7" t="n"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="2" t="n">
+        <v>52</v>
+      </c>
+      <c r="B59" s="2" t="inlineStr">
+        <is>
+          <t>CG Power and Industrial Solutions Limited</t>
+        </is>
+      </c>
+      <c r="C59" s="2" t="inlineStr">
+        <is>
+          <t>INE067A01029</t>
+        </is>
+      </c>
+      <c r="D59" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E59" s="6" t="n">
+        <v>531278</v>
+      </c>
+      <c r="F59" s="7" t="n">
+        <v>3913.66</v>
+      </c>
+      <c r="G59" s="8" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="J59" s="7" t="n"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="2" t="n">
+        <v>53</v>
+      </c>
+      <c r="B60" s="2" t="inlineStr">
+        <is>
+          <t>Interglobe Aviation Limited</t>
+        </is>
+      </c>
+      <c r="C60" s="2" t="inlineStr">
+        <is>
+          <t>INE646L01027</t>
+        </is>
+      </c>
+      <c r="D60" s="2" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="E60" s="6" t="n">
+        <v>68040</v>
+      </c>
+      <c r="F60" s="7" t="n">
+        <v>3827.25</v>
+      </c>
+      <c r="G60" s="8" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="J60" s="7" t="n"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="2" t="n">
+        <v>54</v>
+      </c>
+      <c r="B61" s="2" t="inlineStr">
+        <is>
+          <t>Cyient DLM Limited</t>
+        </is>
+      </c>
+      <c r="C61" s="2" t="inlineStr">
+        <is>
+          <t>INE055S01018</t>
+        </is>
+      </c>
+      <c r="D61" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E61" s="6" t="n">
+        <v>776839</v>
+      </c>
+      <c r="F61" s="7" t="n">
+        <v>3510.15</v>
+      </c>
+      <c r="G61" s="8" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="J61" s="7" t="n"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="B62" s="2" t="inlineStr">
+        <is>
+          <t>Ambuja Cements Limited</t>
+        </is>
+      </c>
+      <c r="C62" s="2" t="inlineStr">
+        <is>
+          <t>INE079A01024</t>
+        </is>
+      </c>
+      <c r="D62" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E62" s="6" t="n">
+        <v>565701</v>
+      </c>
+      <c r="F62" s="7" t="n">
+        <v>3198.47</v>
+      </c>
+      <c r="G62" s="8" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="J62" s="7" t="n"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="2" t="n">
+        <v>56</v>
+      </c>
+      <c r="B63" s="2" t="inlineStr">
+        <is>
+          <t>Polycab India Limited</t>
+        </is>
+      </c>
+      <c r="C63" s="2" t="inlineStr">
+        <is>
+          <t>INE455K01017</t>
+        </is>
+      </c>
+      <c r="D63" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E63" s="6" t="n">
+        <v>41262</v>
+      </c>
+      <c r="F63" s="7" t="n">
+        <v>3178.82</v>
+      </c>
+      <c r="G63" s="8" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="J63" s="7" t="n"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="2" t="n">
+        <v>57</v>
+      </c>
+      <c r="B64" s="2" t="inlineStr">
+        <is>
+          <t>IFGL Refractories Limited</t>
+        </is>
+      </c>
+      <c r="C64" s="2" t="inlineStr">
+        <is>
+          <t>INE133Y01011</t>
+        </is>
+      </c>
+      <c r="D64" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E64" s="6" t="n">
+        <v>1211974</v>
+      </c>
+      <c r="F64" s="7" t="n">
+        <v>2998.42</v>
+      </c>
+      <c r="G64" s="8" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="J64" s="7" t="n"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="2" t="n">
+        <v>58</v>
+      </c>
+      <c r="B65" s="2" t="inlineStr">
+        <is>
+          <t>Bansal Wire Industries Limited</t>
+        </is>
+      </c>
+      <c r="C65" s="2" t="inlineStr">
+        <is>
+          <t>INE0B9K01025</t>
+        </is>
+      </c>
+      <c r="D65" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E65" s="6" t="n">
+        <v>957697</v>
+      </c>
+      <c r="F65" s="7" t="n">
+        <v>2917.62</v>
+      </c>
+      <c r="G65" s="8" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="J65" s="7" t="n"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="2" t="n">
+        <v>59</v>
+      </c>
+      <c r="B66" s="2" t="inlineStr">
+        <is>
+          <t>APL Apollo Tubes Limited</t>
+        </is>
+      </c>
+      <c r="C66" s="2" t="inlineStr">
+        <is>
+          <t>INE702C01027</t>
+        </is>
+      </c>
+      <c r="D66" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E66" s="6" t="n">
+        <v>160693</v>
+      </c>
+      <c r="F66" s="7" t="n">
+        <v>2878.82</v>
+      </c>
+      <c r="G66" s="8" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="J66" s="7" t="n"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="B67" s="2" t="inlineStr">
+        <is>
+          <t>Finolex Cables Limited</t>
+        </is>
+      </c>
+      <c r="C67" s="2" t="inlineStr">
+        <is>
+          <t>INE235A01022</t>
+        </is>
+      </c>
+      <c r="D67" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E67" s="6" t="n">
+        <v>353076</v>
+      </c>
+      <c r="F67" s="7" t="n">
+        <v>2774.82</v>
+      </c>
+      <c r="G67" s="8" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="J67" s="7" t="n"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="2" t="n">
+        <v>61</v>
+      </c>
+      <c r="B68" s="2" t="inlineStr">
+        <is>
+          <t>Atul Limited</t>
+        </is>
+      </c>
+      <c r="C68" s="2" t="inlineStr">
+        <is>
+          <t>INE100A01010</t>
+        </is>
+      </c>
+      <c r="D68" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E68" s="6" t="n">
+        <v>46025</v>
+      </c>
+      <c r="F68" s="7" t="n">
+        <v>2652.19</v>
+      </c>
+      <c r="G68" s="8" t="n">
+        <v>0.0048</v>
+      </c>
+      <c r="J68" s="7" t="n"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="2" t="n">
+        <v>62</v>
+      </c>
+      <c r="B69" s="2" t="inlineStr">
+        <is>
+          <t>SKF India Industrial Limited^</t>
+        </is>
+      </c>
+      <c r="C69" s="2" t="inlineStr">
+        <is>
+          <t>INE2J8701016</t>
+        </is>
+      </c>
+      <c r="D69" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E69" s="6" t="n">
+        <v>96117</v>
+      </c>
+      <c r="F69" s="7" t="n">
+        <v>2603.23</v>
+      </c>
+      <c r="G69" s="8" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="J69" s="7" t="n"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="B70" s="2" t="inlineStr">
+        <is>
+          <t>SKF India Limited</t>
+        </is>
+      </c>
+      <c r="C70" s="2" t="inlineStr">
+        <is>
+          <t>INE640A01023</t>
+        </is>
+      </c>
+      <c r="D70" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E70" s="6" t="n">
+        <v>94600</v>
+      </c>
+      <c r="F70" s="7" t="n">
+        <v>2025.2</v>
+      </c>
+      <c r="G70" s="8" t="n">
+        <v>0.0037</v>
+      </c>
+      <c r="J70" s="7" t="n"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="2" t="n">
+        <v>64</v>
+      </c>
+      <c r="B71" s="2" t="inlineStr">
+        <is>
+          <t>JNK India Limited</t>
+        </is>
+      </c>
+      <c r="C71" s="2" t="inlineStr">
+        <is>
+          <t>INE0OAF01028</t>
+        </is>
+      </c>
+      <c r="D71" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E71" s="6" t="n">
+        <v>656959</v>
+      </c>
+      <c r="F71" s="7" t="n">
+        <v>1921.61</v>
+      </c>
+      <c r="G71" s="8" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="J71" s="7" t="n"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="B72" s="2" t="inlineStr">
+        <is>
+          <t>Exide Industries Limited</t>
+        </is>
+      </c>
+      <c r="C72" s="2" t="inlineStr">
+        <is>
+          <t>INE302A01020</t>
+        </is>
+      </c>
+      <c r="D72" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E72" s="6" t="n">
+        <v>452496</v>
+      </c>
+      <c r="F72" s="7" t="n">
+        <v>1728.08</v>
+      </c>
+      <c r="G72" s="8" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J72" s="7" t="n"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="2" t="n">
+        <v>66</v>
+      </c>
+      <c r="B73" s="2" t="inlineStr">
+        <is>
+          <t>NTPC Green Energy Limited</t>
+        </is>
+      </c>
+      <c r="C73" s="2" t="inlineStr">
+        <is>
+          <t>INE0ONG01011</t>
+        </is>
+      </c>
+      <c r="D73" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E73" s="6" t="n">
+        <v>787497</v>
+      </c>
+      <c r="F73" s="7" t="n">
+        <v>812.22</v>
+      </c>
+      <c r="G73" s="8" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="J73" s="7" t="n"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="2" t="n">
+        <v>67</v>
+      </c>
+      <c r="B74" s="2" t="inlineStr">
+        <is>
+          <t>KNR Constructions Limited</t>
+        </is>
+      </c>
+      <c r="C74" s="2" t="inlineStr">
+        <is>
+          <t>INE634I01029</t>
+        </is>
+      </c>
+      <c r="D74" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E74" s="6" t="n">
+        <v>409543</v>
+      </c>
+      <c r="F74" s="7" t="n">
+        <v>742.21</v>
+      </c>
+      <c r="G74" s="8" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="J74" s="7" t="n"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="B75" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited - Partly Paid Shares</t>
+        </is>
+      </c>
+      <c r="C75" s="2" t="inlineStr">
+        <is>
+          <t>IN9397D01014</t>
+        </is>
+      </c>
+      <c r="D75" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E75" s="6" t="n">
+        <v>37224</v>
+      </c>
+      <c r="F75" s="7" t="n">
+        <v>583.17</v>
+      </c>
+      <c r="G75" s="8" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="J75" s="7" t="n"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="2" t="n">
+        <v>69</v>
+      </c>
+      <c r="B76" s="2" t="inlineStr">
+        <is>
+          <t>G R Infraprojects Limited</t>
+        </is>
+      </c>
+      <c r="C76" s="2" t="inlineStr">
+        <is>
+          <t>INE201P01022</t>
+        </is>
+      </c>
+      <c r="D76" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E76" s="6" t="n">
+        <v>20911</v>
+      </c>
+      <c r="F76" s="7" t="n">
+        <v>243.95</v>
+      </c>
+      <c r="G76" s="8" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="J76" s="7" t="n"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="9" t="n"/>
+      <c r="B77" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C77" s="9" t="n"/>
+      <c r="D77" s="9" t="n"/>
+      <c r="E77" s="9" t="n"/>
+      <c r="F77" s="10" t="n">
+        <v>510918.7</v>
+      </c>
+      <c r="G77" s="11" t="n">
+        <v>0.9275</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="B79" s="4" t="inlineStr">
+        <is>
+          <t>Units issued by REITs &amp; InvITs</t>
+        </is>
+      </c>
+    </row>
+    <row r="80">
+      <c r="B80" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="B81" s="2" t="inlineStr">
+        <is>
+          <t>Indus Infra Trust</t>
+        </is>
+      </c>
+      <c r="C81" s="2" t="inlineStr">
+        <is>
+          <t>INE0NHL23019</t>
+        </is>
+      </c>
+      <c r="D81" s="2" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E81" s="6" t="n">
+        <v>8312129</v>
+      </c>
+      <c r="F81" s="7" t="n">
+        <v>9946.290000000001</v>
+      </c>
+      <c r="G81" s="8" t="n">
+        <v>0.0181</v>
+      </c>
+      <c r="H81" s="12" t="n">
+        <v>2</v>
+      </c>
+      <c r="J81" s="7" t="n"/>
+    </row>
+    <row r="82">
+      <c r="A82" s="9" t="n"/>
+      <c r="B82" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C82" s="9" t="n"/>
+      <c r="D82" s="9" t="n"/>
+      <c r="E82" s="9" t="n"/>
+      <c r="F82" s="10" t="n">
+        <v>9946.290000000001</v>
+      </c>
+      <c r="G82" s="11" t="n">
+        <v>0.0181</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="B84" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="2" t="n">
+        <v>71</v>
+      </c>
+      <c r="B85" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F85" s="7" t="n">
+        <v>30450.31</v>
+      </c>
+      <c r="G85" s="8" t="n">
+        <v>0.0553</v>
+      </c>
+      <c r="H85" s="12" t="n">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="9" t="n"/>
+      <c r="B86" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C86" s="9" t="n"/>
+      <c r="D86" s="9" t="n"/>
+      <c r="E86" s="9" t="n"/>
+      <c r="F86" s="10" t="n">
+        <v>30450.31</v>
+      </c>
+      <c r="G86" s="11" t="n">
+        <v>0.0553</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="B88" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="89">
+      <c r="B89" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E89" s="6" t="n"/>
+      <c r="F89" s="7" t="n">
+        <v>-667.05</v>
+      </c>
+      <c r="G89" s="8" t="n">
+        <v>-0.0009</v>
+      </c>
+      <c r="J89" s="7" t="n"/>
+    </row>
+    <row r="90">
+      <c r="A90" s="9" t="n"/>
+      <c r="B90" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C90" s="9" t="n"/>
+      <c r="D90" s="9" t="n"/>
+      <c r="E90" s="9" t="n"/>
+      <c r="F90" s="10" t="n">
+        <v>-667.05</v>
+      </c>
+      <c r="G90" s="11" t="n">
+        <v>-0.0009</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="5" t="n"/>
+      <c r="B92" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C92" s="5" t="n"/>
+      <c r="D92" s="5" t="n"/>
+      <c r="E92" s="5" t="n"/>
+      <c r="F92" s="13" t="n">
+        <v>550648.25</v>
+      </c>
+      <c r="G92" s="14" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...26 lines deleted...]
-      <c r="A9" s="1">
+    </row>
+    <row r="93">
+      <c r="A93" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="B94" s="2" t="inlineStr">
+        <is>
+          <t>^ Pending Listing</t>
+        </is>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="16" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...26 lines deleted...]
-      <c r="A10" s="1">
+      <c r="B95" s="16" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" ht="27" customHeight="1" s="77">
+      <c r="A96" s="16" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...1907 lines deleted...]
-        <v>191</v>
+      <c r="B96" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" ht="14.5" customHeight="1" s="77">
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Scheme Riskometer</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" ht="14.5" customHeight="1" s="77">
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Benchmark Riskometer: BSE India Infrastructure TRI</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FE28A6A3-E24C-4380-AE84-62F3A290AB50}">
-  <dimension ref="A1:L110"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:A1"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
-[...2065 lines deleted...]
-      <selection activeCell="A5" sqref="A5"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
-[...825 lines deleted...]
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
-  <DocSecurity>0</DocSecurity>
-[...21 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...1 lines deleted...]
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>
-
-[...27 lines deleted...]
-</file>