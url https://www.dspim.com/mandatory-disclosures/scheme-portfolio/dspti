--- v2 (2025-11-18)
+++ v3 (2025-12-10)
@@ -1,80 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="TIGER" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="3">
+  <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
-    <numFmt numFmtId="166" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="24">
+  <fonts count="15">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -109,507 +102,381 @@
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="Arial"/>
-[...42 lines deleted...]
-    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Arial"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color indexed="8"/>
-[...4 lines deleted...]
-      <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="12">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...7 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...35 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="96">
+  <cellXfs count="75">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-[...22 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...87 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...5 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -661,111 +528,111 @@
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
       <row>101</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2374900</colOff>
+      <colOff>2378075</colOff>
       <row>110</row>
-      <rowOff>31750</rowOff>
+      <rowOff>34925</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="17570450"/>
+          <a:off x="457200" y="17741900"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
       <row>115</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2374900</colOff>
+      <colOff>2378075</colOff>
       <row>124</row>
-      <rowOff>31750</rowOff>
+      <rowOff>34925</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="19983450"/>
+          <a:off x="457200" y="20154900"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1002,2687 +869,2695 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L114"/>
+  <dimension ref="A1:N114"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="67" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="67" min="2" max="2"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="67" min="3" max="3"/>
+    <col width="30" bestFit="1" customWidth="1" style="67" min="4" max="4"/>
+    <col width="10.81640625" bestFit="1" customWidth="1" style="67" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="67" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="67" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="67" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="67" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="67" min="10" max="10"/>
+    <col width="30" bestFit="1" customWidth="1" style="67" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="67" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="67" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="77">
-[...1 lines deleted...]
-      <c r="B1" s="76" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="46">
+      <c r="A1" s="45" t="n"/>
+      <c r="B1" s="45" t="inlineStr">
         <is>
           <t>DSP India T.I.G.E.R. Fund (The Infrastructure Growth and Economic Reforms Fund)</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 31, 2025</t>
+      <c r="B2" s="68" t="inlineStr">
+        <is>
+          <t>Portfolio as on November 30, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="68" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="68" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="67" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="67" t="inlineStr">
         <is>
           <t>Larsen &amp; Toubro Limited</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C8" s="67" t="inlineStr">
         <is>
           <t>INE018A01030</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D8" s="67" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="E8" s="6" t="n">
+      <c r="E8" s="69" t="n">
         <v>697669</v>
       </c>
-      <c r="F8" s="7" t="n">
-[...6 lines deleted...]
-      <c r="K8" s="4" t="inlineStr">
+      <c r="F8" s="70" t="n">
+        <v>28392.34</v>
+      </c>
+      <c r="G8" s="71" t="n">
+        <v>0.0524</v>
+      </c>
+      <c r="J8" s="70" t="n"/>
+      <c r="K8" s="68" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="68" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="67" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
+      <c r="B9" s="67" t="inlineStr">
         <is>
           <t>NTPC Limited</t>
         </is>
       </c>
-      <c r="C9" s="2" t="inlineStr">
+      <c r="C9" s="67" t="inlineStr">
         <is>
           <t>INE733E01010</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
+      <c r="D9" s="67" t="inlineStr">
         <is>
           <t>Power</t>
         </is>
       </c>
-      <c r="E9" s="6" t="n">
+      <c r="E9" s="69" t="n">
         <v>7145883</v>
       </c>
-      <c r="F9" s="7" t="n">
-[...6 lines deleted...]
-      <c r="K9" s="2" t="inlineStr">
+      <c r="F9" s="70" t="n">
+        <v>23327.74</v>
+      </c>
+      <c r="G9" s="71" t="n">
+        <v>0.043</v>
+      </c>
+      <c r="J9" s="70" t="n"/>
+      <c r="K9" s="67" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
-      <c r="L9" s="8" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="L9" s="71" t="n">
+        <v>0.1365</v>
+      </c>
+      <c r="M9" s="71" t="n"/>
+      <c r="N9" s="71" t="n"/>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="n">
+      <c r="A10" s="67" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="2" t="inlineStr">
+      <c r="B10" s="67" t="inlineStr">
         <is>
           <t>Apollo Hospitals Enterprise Limited</t>
         </is>
       </c>
-      <c r="C10" s="2" t="inlineStr">
+      <c r="C10" s="67" t="inlineStr">
         <is>
           <t>INE437A01024</t>
         </is>
       </c>
-      <c r="D10" s="2" t="inlineStr">
+      <c r="D10" s="67" t="inlineStr">
         <is>
           <t>Healthcare Services</t>
         </is>
       </c>
-      <c r="E10" s="6" t="n">
+      <c r="E10" s="69" t="n">
         <v>245928</v>
       </c>
-      <c r="F10" s="7" t="n">
-[...6 lines deleted...]
-      <c r="K10" s="2" t="inlineStr">
+      <c r="F10" s="70" t="n">
+        <v>18040.05</v>
+      </c>
+      <c r="G10" s="71" t="n">
+        <v>0.0333</v>
+      </c>
+      <c r="J10" s="70" t="n"/>
+      <c r="K10" s="67" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="L10" s="8" t="n">
-        <v>0.1259</v>
+      <c r="L10" s="71" t="n">
+        <v>0.125</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="2" t="n">
+      <c r="A11" s="67" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="2" t="inlineStr">
+      <c r="B11" s="67" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="67" t="inlineStr">
+        <is>
+          <t>INE397D01024</t>
+        </is>
+      </c>
+      <c r="D11" s="67" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E11" s="69" t="n">
+        <v>756154</v>
+      </c>
+      <c r="F11" s="70" t="n">
+        <v>15891.33</v>
+      </c>
+      <c r="G11" s="71" t="n">
+        <v>0.0293</v>
+      </c>
+      <c r="J11" s="70" t="n"/>
+      <c r="K11" s="67" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L11" s="71" t="n">
+        <v>0.0721</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="67" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="67" t="inlineStr">
+        <is>
+          <t>Kirloskar Oil Engines Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="67" t="inlineStr">
+        <is>
+          <t>INE146L01010</t>
+        </is>
+      </c>
+      <c r="D12" s="67" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E12" s="69" t="n">
+        <v>1412412</v>
+      </c>
+      <c r="F12" s="70" t="n">
+        <v>15887.52</v>
+      </c>
+      <c r="G12" s="71" t="n">
+        <v>0.0293</v>
+      </c>
+      <c r="J12" s="70" t="n"/>
+      <c r="K12" s="67" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="L12" s="71" t="n">
+        <v>0.0624</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="67" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="67" t="inlineStr">
         <is>
           <t>Power Grid Corporation of India Limited</t>
         </is>
       </c>
-      <c r="C11" s="2" t="inlineStr">
+      <c r="C13" s="67" t="inlineStr">
         <is>
           <t>INE752E01010</t>
         </is>
       </c>
-      <c r="D11" s="2" t="inlineStr">
+      <c r="D13" s="67" t="inlineStr">
         <is>
           <t>Power</t>
         </is>
       </c>
-      <c r="E11" s="6" t="n">
+      <c r="E13" s="69" t="n">
         <v>5567574</v>
       </c>
-      <c r="F11" s="7" t="n">
-[...6 lines deleted...]
-      <c r="K11" s="2" t="inlineStr">
+      <c r="F13" s="70" t="n">
+        <v>15029.67</v>
+      </c>
+      <c r="G13" s="71" t="n">
+        <v>0.0277</v>
+      </c>
+      <c r="J13" s="70" t="n"/>
+      <c r="K13" s="67" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L13" s="71" t="n">
+        <v>0.0599</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="67" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="67" t="inlineStr">
+        <is>
+          <t>Amber Enterprises India Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="67" t="inlineStr">
+        <is>
+          <t>INE371P01015</t>
+        </is>
+      </c>
+      <c r="D14" s="67" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E14" s="69" t="n">
+        <v>197265</v>
+      </c>
+      <c r="F14" s="70" t="n">
+        <v>14165.6</v>
+      </c>
+      <c r="G14" s="71" t="n">
+        <v>0.0261</v>
+      </c>
+      <c r="J14" s="70" t="n"/>
+      <c r="K14" s="67" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L14" s="71" t="n">
+        <v>0.0554</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="67" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="67" t="inlineStr">
+        <is>
+          <t>Hindustan Aeronautics Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="67" t="inlineStr">
+        <is>
+          <t>INE066F01020</t>
+        </is>
+      </c>
+      <c r="D15" s="67" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E15" s="69" t="n">
+        <v>305098</v>
+      </c>
+      <c r="F15" s="70" t="n">
+        <v>13858.77</v>
+      </c>
+      <c r="G15" s="71" t="n">
+        <v>0.0256</v>
+      </c>
+      <c r="J15" s="70" t="n"/>
+      <c r="K15" s="67" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L15" s="71" t="n">
+        <v>0.054</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="67" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="67" t="inlineStr">
+        <is>
+          <t>Multi Commodity Exchange of India Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="67" t="inlineStr">
+        <is>
+          <t>INE745G01035</t>
+        </is>
+      </c>
+      <c r="D16" s="67" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E16" s="69" t="n">
+        <v>136165</v>
+      </c>
+      <c r="F16" s="70" t="n">
+        <v>13716.58</v>
+      </c>
+      <c r="G16" s="71" t="n">
+        <v>0.0253</v>
+      </c>
+      <c r="J16" s="70" t="n"/>
+      <c r="K16" s="67" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L16" s="71" t="n">
+        <v>0.0515</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="67" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="67" t="inlineStr">
+        <is>
+          <t>Coal India Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="67" t="inlineStr">
+        <is>
+          <t>INE522F01014</t>
+        </is>
+      </c>
+      <c r="D17" s="67" t="inlineStr">
+        <is>
+          <t>Consumable Fuels</t>
+        </is>
+      </c>
+      <c r="E17" s="69" t="n">
+        <v>3321453</v>
+      </c>
+      <c r="F17" s="70" t="n">
+        <v>12493.65</v>
+      </c>
+      <c r="G17" s="71" t="n">
+        <v>0.0231</v>
+      </c>
+      <c r="J17" s="70" t="n"/>
+      <c r="K17" s="67" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L17" s="71" t="n">
+        <v>0.0472</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="67" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="67" t="inlineStr">
+        <is>
+          <t>Siemens Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="67" t="inlineStr">
+        <is>
+          <t>INE003A01024</t>
+        </is>
+      </c>
+      <c r="D18" s="67" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E18" s="69" t="n">
+        <v>369482</v>
+      </c>
+      <c r="F18" s="70" t="n">
+        <v>12181.82</v>
+      </c>
+      <c r="G18" s="71" t="n">
+        <v>0.0225</v>
+      </c>
+      <c r="J18" s="70" t="n"/>
+      <c r="K18" s="67" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L18" s="71" t="n">
+        <v>0.0379</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="67" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="67" t="inlineStr">
+        <is>
+          <t>Rainbow Childrens Medicare Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="67" t="inlineStr">
+        <is>
+          <t>INE961O01016</t>
+        </is>
+      </c>
+      <c r="D19" s="67" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E19" s="69" t="n">
+        <v>885167</v>
+      </c>
+      <c r="F19" s="70" t="n">
+        <v>11961.26</v>
+      </c>
+      <c r="G19" s="71" t="n">
+        <v>0.0221</v>
+      </c>
+      <c r="J19" s="70" t="n"/>
+      <c r="K19" s="67" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L19" s="71" t="n">
+        <v>0.0318</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="67" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="67" t="inlineStr">
+        <is>
+          <t>Siemens Energy India Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="67" t="inlineStr">
+        <is>
+          <t>INE1NPP01017</t>
+        </is>
+      </c>
+      <c r="D20" s="67" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E20" s="69" t="n">
+        <v>369482</v>
+      </c>
+      <c r="F20" s="70" t="n">
+        <v>11674.15</v>
+      </c>
+      <c r="G20" s="71" t="n">
+        <v>0.0215</v>
+      </c>
+      <c r="J20" s="70" t="n"/>
+      <c r="K20" s="67" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L20" s="71" t="n">
+        <v>0.0308</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="67" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="67" t="inlineStr">
+        <is>
+          <t>Max Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="67" t="inlineStr">
+        <is>
+          <t>INE180A01020</t>
+        </is>
+      </c>
+      <c r="D21" s="67" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E21" s="69" t="n">
+        <v>656909</v>
+      </c>
+      <c r="F21" s="70" t="n">
+        <v>11181.25</v>
+      </c>
+      <c r="G21" s="71" t="n">
+        <v>0.0206</v>
+      </c>
+      <c r="J21" s="70" t="n"/>
+      <c r="K21" s="67" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L21" s="71" t="n">
+        <v>0.0304</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="67" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="67" t="inlineStr">
+        <is>
+          <t>INOX India Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="67" t="inlineStr">
+        <is>
+          <t>INE616N01034</t>
+        </is>
+      </c>
+      <c r="D22" s="67" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E22" s="69" t="n">
+        <v>940841</v>
+      </c>
+      <c r="F22" s="70" t="n">
+        <v>11004.08</v>
+      </c>
+      <c r="G22" s="71" t="n">
+        <v>0.0203</v>
+      </c>
+      <c r="J22" s="70" t="n"/>
+      <c r="K22" s="67" t="inlineStr">
+        <is>
+          <t>Consumable Fuels</t>
+        </is>
+      </c>
+      <c r="L22" s="71" t="n">
+        <v>0.0231</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="67" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="67" t="inlineStr">
+        <is>
+          <t>Reliance Industries Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="67" t="inlineStr">
+        <is>
+          <t>INE002A01018</t>
+        </is>
+      </c>
+      <c r="D23" s="67" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E23" s="69" t="n">
+        <v>679580</v>
+      </c>
+      <c r="F23" s="70" t="n">
+        <v>10652.42</v>
+      </c>
+      <c r="G23" s="71" t="n">
+        <v>0.0197</v>
+      </c>
+      <c r="J23" s="70" t="n"/>
+      <c r="K23" s="67" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="L23" s="71" t="n">
+        <v>0.0199</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="67" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="67" t="inlineStr">
+        <is>
+          <t>Oil &amp; Natural Gas Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="67" t="inlineStr">
+        <is>
+          <t>INE213A01029</t>
+        </is>
+      </c>
+      <c r="D24" s="67" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E24" s="69" t="n">
+        <v>4365027</v>
+      </c>
+      <c r="F24" s="70" t="n">
+        <v>10617.93</v>
+      </c>
+      <c r="G24" s="71" t="n">
+        <v>0.0196</v>
+      </c>
+      <c r="J24" s="70" t="n"/>
+      <c r="K24" s="67" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="L24" s="71" t="n">
+        <v>0.0196</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="67" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="67" t="inlineStr">
+        <is>
+          <t>Solar Industries India Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="67" t="inlineStr">
+        <is>
+          <t>INE343H01029</t>
+        </is>
+      </c>
+      <c r="D25" s="67" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E25" s="69" t="n">
+        <v>76635</v>
+      </c>
+      <c r="F25" s="70" t="n">
+        <v>10171</v>
+      </c>
+      <c r="G25" s="71" t="n">
+        <v>0.0188</v>
+      </c>
+      <c r="J25" s="70" t="n"/>
+      <c r="K25" s="67" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L25" s="71" t="n">
+        <v>0.0181</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="67" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="67" t="inlineStr">
+        <is>
+          <t>Kalpataru Projects International Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="67" t="inlineStr">
+        <is>
+          <t>INE220B01022</t>
+        </is>
+      </c>
+      <c r="D26" s="67" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E26" s="69" t="n">
+        <v>816241</v>
+      </c>
+      <c r="F26" s="70" t="n">
+        <v>9792.440000000001</v>
+      </c>
+      <c r="G26" s="71" t="n">
+        <v>0.0181</v>
+      </c>
+      <c r="J26" s="70" t="n"/>
+      <c r="K26" s="67" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="L26" s="71" t="n">
+        <v>0.0169</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="67" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="67" t="inlineStr">
+        <is>
+          <t>Canara HSBC Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="67" t="inlineStr">
+        <is>
+          <t>INE01TY01017</t>
+        </is>
+      </c>
+      <c r="D27" s="67" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E27" s="69" t="n">
+        <v>7610837</v>
+      </c>
+      <c r="F27" s="70" t="n">
+        <v>9364.370000000001</v>
+      </c>
+      <c r="G27" s="71" t="n">
+        <v>0.0173</v>
+      </c>
+      <c r="J27" s="70" t="n"/>
+      <c r="K27" s="67" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="L27" s="71" t="n">
+        <v>0.0161</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="67" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="67" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="67" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D28" s="67" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E28" s="69" t="n">
+        <v>7847631</v>
+      </c>
+      <c r="F28" s="70" t="n">
+        <v>9127.58</v>
+      </c>
+      <c r="G28" s="71" t="n">
+        <v>0.0168</v>
+      </c>
+      <c r="J28" s="70" t="n"/>
+      <c r="K28" s="67" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L28" s="71" t="n">
+        <v>0.0135</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="67" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="67" t="inlineStr">
+        <is>
+          <t>Nippon Life India Asset Management Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="67" t="inlineStr">
+        <is>
+          <t>INE298J01013</t>
+        </is>
+      </c>
+      <c r="D29" s="67" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E29" s="69" t="n">
+        <v>958324</v>
+      </c>
+      <c r="F29" s="70" t="n">
+        <v>8391.08</v>
+      </c>
+      <c r="G29" s="71" t="n">
+        <v>0.0155</v>
+      </c>
+      <c r="J29" s="70" t="n"/>
+      <c r="K29" s="67" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L29" s="71" t="n">
+        <v>0.0128</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="67" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="67" t="inlineStr">
+        <is>
+          <t>Welspun Corp Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="67" t="inlineStr">
+        <is>
+          <t>INE191B01025</t>
+        </is>
+      </c>
+      <c r="D30" s="67" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E30" s="69" t="n">
+        <v>965185</v>
+      </c>
+      <c r="F30" s="70" t="n">
+        <v>8265.84</v>
+      </c>
+      <c r="G30" s="71" t="n">
+        <v>0.0153</v>
+      </c>
+      <c r="J30" s="70" t="n"/>
+      <c r="K30" s="67" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="L30" s="71" t="n">
+        <v>0.0122</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="67" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="67" t="inlineStr">
+        <is>
+          <t>Sansera Engineering Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="67" t="inlineStr">
+        <is>
+          <t>INE953O01021</t>
+        </is>
+      </c>
+      <c r="D31" s="67" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E31" s="69" t="n">
+        <v>467132</v>
+      </c>
+      <c r="F31" s="70" t="n">
+        <v>8170.61</v>
+      </c>
+      <c r="G31" s="71" t="n">
+        <v>0.0151</v>
+      </c>
+      <c r="J31" s="70" t="n"/>
+      <c r="K31" s="67" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L31" s="71" t="n">
+        <v>0.0081</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="67" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="67" t="inlineStr">
+        <is>
+          <t>UltraTech Cement Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="67" t="inlineStr">
+        <is>
+          <t>INE481G01011</t>
+        </is>
+      </c>
+      <c r="D32" s="67" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E32" s="69" t="n">
+        <v>66546</v>
+      </c>
+      <c r="F32" s="70" t="n">
+        <v>7719.34</v>
+      </c>
+      <c r="G32" s="71" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="J32" s="70" t="n"/>
+      <c r="K32" s="67" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="L32" s="71" t="n">
+        <v>0.0074</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="67" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="67" t="inlineStr">
+        <is>
+          <t>Tega Industries Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="67" t="inlineStr">
+        <is>
+          <t>INE011K01018</t>
+        </is>
+      </c>
+      <c r="D33" s="67" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E33" s="69" t="n">
+        <v>388209</v>
+      </c>
+      <c r="F33" s="70" t="n">
+        <v>7514.17</v>
+      </c>
+      <c r="G33" s="71" t="n">
+        <v>0.0139</v>
+      </c>
+      <c r="J33" s="70" t="n"/>
+      <c r="K33" s="67" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L33" s="71" t="n">
+        <v>0.0374</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="67" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="67" t="inlineStr">
+        <is>
+          <t>Techno Electric &amp; Engineering Company Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="67" t="inlineStr">
+        <is>
+          <t>INE285K01026</t>
+        </is>
+      </c>
+      <c r="D34" s="67" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E34" s="69" t="n">
+        <v>621713</v>
+      </c>
+      <c r="F34" s="70" t="n">
+        <v>7493.51</v>
+      </c>
+      <c r="G34" s="71" t="n">
+        <v>0.0138</v>
+      </c>
+      <c r="J34" s="70" t="n"/>
+      <c r="L34" s="71" t="n"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="67" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="67" t="inlineStr">
+        <is>
+          <t>Carborundum Universal Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="67" t="inlineStr">
+        <is>
+          <t>INE120A01034</t>
+        </is>
+      </c>
+      <c r="D35" s="67" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E35" s="69" t="n">
+        <v>861084</v>
+      </c>
+      <c r="F35" s="70" t="n">
+        <v>7378.2</v>
+      </c>
+      <c r="G35" s="71" t="n">
+        <v>0.0136</v>
+      </c>
+      <c r="J35" s="70" t="n"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="67" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="67" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="67" t="inlineStr">
+        <is>
+          <t>INE038A01020</t>
+        </is>
+      </c>
+      <c r="D36" s="67" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E36" s="69" t="n">
+        <v>905632</v>
+      </c>
+      <c r="F36" s="70" t="n">
+        <v>7321.13</v>
+      </c>
+      <c r="G36" s="71" t="n">
+        <v>0.0135</v>
+      </c>
+      <c r="J36" s="70" t="n"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="67" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="67" t="inlineStr">
+        <is>
+          <t>Angel One Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="67" t="inlineStr">
+        <is>
+          <t>INE732I01013</t>
+        </is>
+      </c>
+      <c r="D37" s="67" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E37" s="69" t="n">
+        <v>265280</v>
+      </c>
+      <c r="F37" s="70" t="n">
+        <v>7172.64</v>
+      </c>
+      <c r="G37" s="71" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="J37" s="70" t="n"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="67" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="67" t="inlineStr">
+        <is>
+          <t>Jindal Steel Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="67" t="inlineStr">
+        <is>
+          <t>INE749A01030</t>
+        </is>
+      </c>
+      <c r="D38" s="67" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E38" s="69" t="n">
+        <v>665965</v>
+      </c>
+      <c r="F38" s="70" t="n">
+        <v>6955.34</v>
+      </c>
+      <c r="G38" s="71" t="n">
+        <v>0.0128</v>
+      </c>
+      <c r="J38" s="70" t="n"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="67" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="67" t="inlineStr">
+        <is>
+          <t>Schaeffler India Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="67" t="inlineStr">
+        <is>
+          <t>INE513A01022</t>
+        </is>
+      </c>
+      <c r="D39" s="67" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E39" s="69" t="n">
+        <v>174976</v>
+      </c>
+      <c r="F39" s="70" t="n">
+        <v>6823.01</v>
+      </c>
+      <c r="G39" s="71" t="n">
+        <v>0.0126</v>
+      </c>
+      <c r="J39" s="70" t="n"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="67" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="67" t="inlineStr">
+        <is>
+          <t>Triveni Engineering &amp; Industries Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="67" t="inlineStr">
+        <is>
+          <t>INE256C01024</t>
+        </is>
+      </c>
+      <c r="D40" s="67" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E40" s="69" t="n">
+        <v>1850969</v>
+      </c>
+      <c r="F40" s="70" t="n">
+        <v>6586.67</v>
+      </c>
+      <c r="G40" s="71" t="n">
+        <v>0.0122</v>
+      </c>
+      <c r="J40" s="70" t="n"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="67" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="67" t="inlineStr">
+        <is>
+          <t>Avalon Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="67" t="inlineStr">
+        <is>
+          <t>INE0LCL01028</t>
+        </is>
+      </c>
+      <c r="D41" s="67" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E41" s="69" t="n">
+        <v>662579</v>
+      </c>
+      <c r="F41" s="70" t="n">
+        <v>6418.4</v>
+      </c>
+      <c r="G41" s="71" t="n">
+        <v>0.0118</v>
+      </c>
+      <c r="J41" s="70" t="n"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="67" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="67" t="inlineStr">
+        <is>
+          <t>Jubilant Ingrevia Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="67" t="inlineStr">
+        <is>
+          <t>INE0BY001018</t>
+        </is>
+      </c>
+      <c r="D42" s="67" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E42" s="69" t="n">
+        <v>901809</v>
+      </c>
+      <c r="F42" s="70" t="n">
+        <v>6385.26</v>
+      </c>
+      <c r="G42" s="71" t="n">
+        <v>0.0118</v>
+      </c>
+      <c r="J42" s="70" t="n"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="67" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="67" t="inlineStr">
+        <is>
+          <t>KEC International Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="67" t="inlineStr">
+        <is>
+          <t>INE389H01022</t>
+        </is>
+      </c>
+      <c r="D43" s="67" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E43" s="69" t="n">
+        <v>915736</v>
+      </c>
+      <c r="F43" s="70" t="n">
+        <v>6279.66</v>
+      </c>
+      <c r="G43" s="71" t="n">
+        <v>0.0116</v>
+      </c>
+      <c r="J43" s="70" t="n"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="67" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="67" t="inlineStr">
+        <is>
+          <t>Navin Fluorine International Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="67" t="inlineStr">
+        <is>
+          <t>INE048G01026</t>
+        </is>
+      </c>
+      <c r="D44" s="67" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E44" s="69" t="n">
+        <v>106494</v>
+      </c>
+      <c r="F44" s="70" t="n">
+        <v>6107.96</v>
+      </c>
+      <c r="G44" s="71" t="n">
+        <v>0.0113</v>
+      </c>
+      <c r="J44" s="70" t="n"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="67" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="67" t="inlineStr">
+        <is>
+          <t>Bharat Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="67" t="inlineStr">
+        <is>
+          <t>INE029A01011</t>
+        </is>
+      </c>
+      <c r="D45" s="67" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E45" s="69" t="n">
+        <v>1672636</v>
+      </c>
+      <c r="F45" s="70" t="n">
+        <v>6006.44</v>
+      </c>
+      <c r="G45" s="71" t="n">
+        <v>0.0111</v>
+      </c>
+      <c r="J45" s="70" t="n"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="67" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="67" t="inlineStr">
+        <is>
+          <t>Power Mech Projects Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="67" t="inlineStr">
+        <is>
+          <t>INE211R01019</t>
+        </is>
+      </c>
+      <c r="D46" s="67" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E46" s="69" t="n">
+        <v>243276</v>
+      </c>
+      <c r="F46" s="70" t="n">
+        <v>5785.35</v>
+      </c>
+      <c r="G46" s="71" t="n">
+        <v>0.0107</v>
+      </c>
+      <c r="J46" s="70" t="n"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="67" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="67" t="inlineStr">
+        <is>
+          <t>Asian Paints Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="67" t="inlineStr">
+        <is>
+          <t>INE021A01026</t>
+        </is>
+      </c>
+      <c r="D47" s="67" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E47" s="69" t="n">
+        <v>194810</v>
+      </c>
+      <c r="F47" s="70" t="n">
+        <v>5599.62</v>
+      </c>
+      <c r="G47" s="71" t="n">
+        <v>0.0103</v>
+      </c>
+      <c r="J47" s="70" t="n"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="67" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="67" t="inlineStr">
+        <is>
+          <t>R R Kabel Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="67" t="inlineStr">
+        <is>
+          <t>INE777K01022</t>
+        </is>
+      </c>
+      <c r="D48" s="67" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E48" s="69" t="n">
+        <v>393171</v>
+      </c>
+      <c r="F48" s="70" t="n">
+        <v>5517.37</v>
+      </c>
+      <c r="G48" s="71" t="n">
+        <v>0.0102</v>
+      </c>
+      <c r="J48" s="70" t="n"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="67" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" s="67" t="inlineStr">
+        <is>
+          <t>Apollo Tyres Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="67" t="inlineStr">
+        <is>
+          <t>INE438A01022</t>
+        </is>
+      </c>
+      <c r="D49" s="67" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E49" s="69" t="n">
+        <v>997849</v>
+      </c>
+      <c r="F49" s="70" t="n">
+        <v>5128.94</v>
+      </c>
+      <c r="G49" s="71" t="n">
+        <v>0.0095</v>
+      </c>
+      <c r="J49" s="70" t="n"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="67" t="n">
+        <v>43</v>
+      </c>
+      <c r="B50" s="67" t="inlineStr">
+        <is>
+          <t>Ahluwalia Contracts (India) Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="67" t="inlineStr">
+        <is>
+          <t>INE758C01029</t>
+        </is>
+      </c>
+      <c r="D50" s="67" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E50" s="69" t="n">
+        <v>491093</v>
+      </c>
+      <c r="F50" s="70" t="n">
+        <v>4887.6</v>
+      </c>
+      <c r="G50" s="71" t="n">
+        <v>0.008999999999999999</v>
+      </c>
+      <c r="J50" s="70" t="n"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="67" t="n">
+        <v>44</v>
+      </c>
+      <c r="B51" s="67" t="inlineStr">
+        <is>
+          <t>Kirloskar Pneumatic Company Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="67" t="inlineStr">
+        <is>
+          <t>INE811A01020</t>
+        </is>
+      </c>
+      <c r="D51" s="67" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E51" s="69" t="n">
+        <v>417898</v>
+      </c>
+      <c r="F51" s="70" t="n">
+        <v>4541.72</v>
+      </c>
+      <c r="G51" s="71" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="J51" s="70" t="n"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="67" t="n">
+        <v>45</v>
+      </c>
+      <c r="B52" s="67" t="inlineStr">
+        <is>
+          <t>Shivalik Bimetal Controls Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="67" t="inlineStr">
+        <is>
+          <t>INE386D01027</t>
+        </is>
+      </c>
+      <c r="D52" s="67" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E52" s="69" t="n">
+        <v>1024530</v>
+      </c>
+      <c r="F52" s="70" t="n">
+        <v>4474.12</v>
+      </c>
+      <c r="G52" s="71" t="n">
+        <v>0.0083</v>
+      </c>
+      <c r="J52" s="70" t="n"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="67" t="n">
+        <v>46</v>
+      </c>
+      <c r="B53" s="67" t="inlineStr">
+        <is>
+          <t>Oberoi Realty Limited</t>
+        </is>
+      </c>
+      <c r="C53" s="67" t="inlineStr">
+        <is>
+          <t>INE093I01010</t>
+        </is>
+      </c>
+      <c r="D53" s="67" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E53" s="69" t="n">
+        <v>268146</v>
+      </c>
+      <c r="F53" s="70" t="n">
+        <v>4416.9</v>
+      </c>
+      <c r="G53" s="71" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="J53" s="70" t="n"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="67" t="n">
+        <v>47</v>
+      </c>
+      <c r="B54" s="67" t="inlineStr">
+        <is>
+          <t>Gujarat Gas Limited</t>
+        </is>
+      </c>
+      <c r="C54" s="67" t="inlineStr">
+        <is>
+          <t>INE844O01030</t>
+        </is>
+      </c>
+      <c r="D54" s="67" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E54" s="69" t="n">
+        <v>1113316</v>
+      </c>
+      <c r="F54" s="70" t="n">
+        <v>4410.4</v>
+      </c>
+      <c r="G54" s="71" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="J54" s="70" t="n"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="67" t="n">
+        <v>48</v>
+      </c>
+      <c r="B55" s="67" t="inlineStr">
+        <is>
+          <t>Century Plyboards (India) Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="67" t="inlineStr">
+        <is>
+          <t>INE348B01021</t>
+        </is>
+      </c>
+      <c r="D55" s="67" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E55" s="69" t="n">
+        <v>547182</v>
+      </c>
+      <c r="F55" s="70" t="n">
+        <v>4381.83</v>
+      </c>
+      <c r="G55" s="71" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="J55" s="70" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="67" t="n">
+        <v>49</v>
+      </c>
+      <c r="B56" s="67" t="inlineStr">
+        <is>
+          <t>The Phoenix Mills Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="67" t="inlineStr">
+        <is>
+          <t>INE211B01039</t>
+        </is>
+      </c>
+      <c r="D56" s="67" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E56" s="69" t="n">
+        <v>246442</v>
+      </c>
+      <c r="F56" s="70" t="n">
+        <v>4280.2</v>
+      </c>
+      <c r="G56" s="71" t="n">
+        <v>0.007900000000000001</v>
+      </c>
+      <c r="J56" s="70" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="67" t="n">
+        <v>50</v>
+      </c>
+      <c r="B57" s="67" t="inlineStr">
+        <is>
+          <t>H.G. Infra Engineering Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="67" t="inlineStr">
+        <is>
+          <t>INE926X01010</t>
+        </is>
+      </c>
+      <c r="D57" s="67" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E57" s="69" t="n">
+        <v>491337</v>
+      </c>
+      <c r="F57" s="70" t="n">
+        <v>4251.29</v>
+      </c>
+      <c r="G57" s="71" t="n">
+        <v>0.0078</v>
+      </c>
+      <c r="J57" s="70" t="n"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="67" t="n">
+        <v>51</v>
+      </c>
+      <c r="B58" s="67" t="inlineStr">
+        <is>
+          <t>Interglobe Aviation Limited</t>
+        </is>
+      </c>
+      <c r="C58" s="67" t="inlineStr">
+        <is>
+          <t>INE646L01027</t>
+        </is>
+      </c>
+      <c r="D58" s="67" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="E58" s="69" t="n">
+        <v>68040</v>
+      </c>
+      <c r="F58" s="70" t="n">
+        <v>4015.38</v>
+      </c>
+      <c r="G58" s="71" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="J58" s="70" t="n"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="67" t="n">
+        <v>52</v>
+      </c>
+      <c r="B59" s="67" t="inlineStr">
+        <is>
+          <t>Bajaj Electricals Limited</t>
+        </is>
+      </c>
+      <c r="C59" s="67" t="inlineStr">
+        <is>
+          <t>INE193E01025</t>
+        </is>
+      </c>
+      <c r="D59" s="67" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E59" s="69" t="n">
+        <v>785066</v>
+      </c>
+      <c r="F59" s="70" t="n">
+        <v>3778.92</v>
+      </c>
+      <c r="G59" s="71" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="J59" s="70" t="n"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="67" t="n">
+        <v>53</v>
+      </c>
+      <c r="B60" s="67" t="inlineStr">
+        <is>
+          <t>CG Power and Industrial Solutions Limited</t>
+        </is>
+      </c>
+      <c r="C60" s="67" t="inlineStr">
+        <is>
+          <t>INE067A01029</t>
+        </is>
+      </c>
+      <c r="D60" s="67" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E60" s="69" t="n">
+        <v>531278</v>
+      </c>
+      <c r="F60" s="70" t="n">
+        <v>3574.97</v>
+      </c>
+      <c r="G60" s="71" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="J60" s="70" t="n"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="67" t="n">
+        <v>54</v>
+      </c>
+      <c r="B61" s="67" t="inlineStr">
+        <is>
+          <t>Cyient DLM Limited</t>
+        </is>
+      </c>
+      <c r="C61" s="67" t="inlineStr">
+        <is>
+          <t>INE055S01018</t>
+        </is>
+      </c>
+      <c r="D61" s="67" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E61" s="69" t="n">
+        <v>776839</v>
+      </c>
+      <c r="F61" s="70" t="n">
+        <v>3333.8</v>
+      </c>
+      <c r="G61" s="71" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="J61" s="70" t="n"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="67" t="n">
+        <v>55</v>
+      </c>
+      <c r="B62" s="67" t="inlineStr">
+        <is>
+          <t>Ambuja Cements Limited</t>
+        </is>
+      </c>
+      <c r="C62" s="67" t="inlineStr">
+        <is>
+          <t>INE079A01024</t>
+        </is>
+      </c>
+      <c r="D62" s="67" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E62" s="69" t="n">
+        <v>565701</v>
+      </c>
+      <c r="F62" s="70" t="n">
+        <v>3112.49</v>
+      </c>
+      <c r="G62" s="71" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="J62" s="70" t="n"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="67" t="n">
+        <v>56</v>
+      </c>
+      <c r="B63" s="67" t="inlineStr">
+        <is>
+          <t>Bansal Wire Industries Limited</t>
+        </is>
+      </c>
+      <c r="C63" s="67" t="inlineStr">
+        <is>
+          <t>INE0B9K01025</t>
+        </is>
+      </c>
+      <c r="D63" s="67" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E63" s="69" t="n">
+        <v>957697</v>
+      </c>
+      <c r="F63" s="70" t="n">
+        <v>3103.42</v>
+      </c>
+      <c r="G63" s="71" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="J63" s="70" t="n"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="67" t="n">
+        <v>57</v>
+      </c>
+      <c r="B64" s="67" t="inlineStr">
+        <is>
+          <t>Polycab India Limited</t>
+        </is>
+      </c>
+      <c r="C64" s="67" t="inlineStr">
+        <is>
+          <t>INE455K01017</t>
+        </is>
+      </c>
+      <c r="D64" s="67" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E64" s="69" t="n">
+        <v>41262</v>
+      </c>
+      <c r="F64" s="70" t="n">
+        <v>3082.27</v>
+      </c>
+      <c r="G64" s="71" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="J64" s="70" t="n"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="67" t="n">
+        <v>58</v>
+      </c>
+      <c r="B65" s="67" t="inlineStr">
+        <is>
+          <t>Atul Limited</t>
+        </is>
+      </c>
+      <c r="C65" s="67" t="inlineStr">
+        <is>
+          <t>INE100A01010</t>
+        </is>
+      </c>
+      <c r="D65" s="67" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E65" s="69" t="n">
+        <v>48501</v>
+      </c>
+      <c r="F65" s="70" t="n">
+        <v>2848.95</v>
+      </c>
+      <c r="G65" s="71" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="J65" s="70" t="n"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="67" t="n">
+        <v>59</v>
+      </c>
+      <c r="B66" s="67" t="inlineStr">
+        <is>
+          <t>APL Apollo Tubes Limited</t>
+        </is>
+      </c>
+      <c r="C66" s="67" t="inlineStr">
+        <is>
+          <t>INE702C01027</t>
+        </is>
+      </c>
+      <c r="D66" s="67" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E66" s="69" t="n">
+        <v>160693</v>
+      </c>
+      <c r="F66" s="70" t="n">
+        <v>2762.15</v>
+      </c>
+      <c r="G66" s="71" t="n">
+        <v>0.0051</v>
+      </c>
+      <c r="J66" s="70" t="n"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="67" t="n">
+        <v>60</v>
+      </c>
+      <c r="B67" s="67" t="inlineStr">
+        <is>
+          <t>IFGL Refractories Limited</t>
+        </is>
+      </c>
+      <c r="C67" s="67" t="inlineStr">
+        <is>
+          <t>INE133Y01011</t>
+        </is>
+      </c>
+      <c r="D67" s="67" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E67" s="69" t="n">
+        <v>1211974</v>
+      </c>
+      <c r="F67" s="70" t="n">
+        <v>2655.44</v>
+      </c>
+      <c r="G67" s="71" t="n">
+        <v>0.0049</v>
+      </c>
+      <c r="J67" s="70" t="n"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="67" t="n">
+        <v>61</v>
+      </c>
+      <c r="B68" s="67" t="inlineStr">
+        <is>
+          <t>Finolex Cables Limited</t>
+        </is>
+      </c>
+      <c r="C68" s="67" t="inlineStr">
+        <is>
+          <t>INE235A01022</t>
+        </is>
+      </c>
+      <c r="D68" s="67" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E68" s="69" t="n">
+        <v>353076</v>
+      </c>
+      <c r="F68" s="70" t="n">
+        <v>2645.07</v>
+      </c>
+      <c r="G68" s="71" t="n">
+        <v>0.0049</v>
+      </c>
+      <c r="J68" s="70" t="n"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="67" t="n">
+        <v>62</v>
+      </c>
+      <c r="B69" s="67" t="inlineStr">
+        <is>
+          <t>SKF India Industrial Limited^</t>
+        </is>
+      </c>
+      <c r="C69" s="67" t="inlineStr">
+        <is>
+          <t>INE2J8701016</t>
+        </is>
+      </c>
+      <c r="D69" s="67" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E69" s="69" t="n">
+        <v>96117</v>
+      </c>
+      <c r="F69" s="70" t="n">
+        <v>2603.23</v>
+      </c>
+      <c r="G69" s="71" t="n">
+        <v>0.0048</v>
+      </c>
+      <c r="J69" s="70" t="n"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="67" t="n">
+        <v>63</v>
+      </c>
+      <c r="B70" s="67" t="inlineStr">
+        <is>
+          <t>SKF India Limited</t>
+        </is>
+      </c>
+      <c r="C70" s="67" t="inlineStr">
+        <is>
+          <t>INE640A01023</t>
+        </is>
+      </c>
+      <c r="D70" s="67" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E70" s="69" t="n">
+        <v>94600</v>
+      </c>
+      <c r="F70" s="70" t="n">
+        <v>1812.16</v>
+      </c>
+      <c r="G70" s="71" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="J70" s="70" t="n"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="67" t="n">
+        <v>64</v>
+      </c>
+      <c r="B71" s="67" t="inlineStr">
+        <is>
+          <t>JNK India Limited</t>
+        </is>
+      </c>
+      <c r="C71" s="67" t="inlineStr">
+        <is>
+          <t>INE0OAF01028</t>
+        </is>
+      </c>
+      <c r="D71" s="67" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E71" s="69" t="n">
+        <v>656959</v>
+      </c>
+      <c r="F71" s="70" t="n">
+        <v>1626.63</v>
+      </c>
+      <c r="G71" s="71" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J71" s="70" t="n"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="67" t="n">
+        <v>65</v>
+      </c>
+      <c r="B72" s="67" t="inlineStr">
+        <is>
+          <t>Exide Industries Limited</t>
+        </is>
+      </c>
+      <c r="C72" s="67" t="inlineStr">
+        <is>
+          <t>INE302A01020</t>
+        </is>
+      </c>
+      <c r="D72" s="67" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E72" s="69" t="n">
+        <v>377527</v>
+      </c>
+      <c r="F72" s="70" t="n">
+        <v>1414.97</v>
+      </c>
+      <c r="G72" s="71" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="J72" s="70" t="n"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="67" t="n">
+        <v>66</v>
+      </c>
+      <c r="B73" s="67" t="inlineStr">
+        <is>
+          <t>NTPC Green Energy Limited</t>
+        </is>
+      </c>
+      <c r="C73" s="67" t="inlineStr">
+        <is>
+          <t>INE0ONG01011</t>
+        </is>
+      </c>
+      <c r="D73" s="67" t="inlineStr">
         <is>
           <t>Power</t>
         </is>
       </c>
-      <c r="L11" s="8" t="n">
-[...55 lines deleted...]
-      <c r="D13" s="2" t="inlineStr">
+      <c r="E73" s="69" t="n">
+        <v>787497</v>
+      </c>
+      <c r="F73" s="70" t="n">
+        <v>747.73</v>
+      </c>
+      <c r="G73" s="71" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="J73" s="70" t="n"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="67" t="n">
+        <v>67</v>
+      </c>
+      <c r="B74" s="67" t="inlineStr">
+        <is>
+          <t>KNR Constructions Limited</t>
+        </is>
+      </c>
+      <c r="C74" s="67" t="inlineStr">
+        <is>
+          <t>INE634I01029</t>
+        </is>
+      </c>
+      <c r="D74" s="67" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E74" s="69" t="n">
+        <v>409543</v>
+      </c>
+      <c r="F74" s="70" t="n">
+        <v>656.09</v>
+      </c>
+      <c r="G74" s="71" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J74" s="70" t="n"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="67" t="n">
+        <v>68</v>
+      </c>
+      <c r="B75" s="67" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited - Partly Paid Shares</t>
+        </is>
+      </c>
+      <c r="C75" s="67" t="inlineStr">
+        <is>
+          <t>IN9397D01014</t>
+        </is>
+      </c>
+      <c r="D75" s="67" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
-      <c r="E13" s="6" t="n">
-[...298 lines deleted...]
-      <c r="D21" s="2" t="inlineStr">
+      <c r="E75" s="69" t="n">
+        <v>37224</v>
+      </c>
+      <c r="F75" s="70" t="n">
+        <v>592.49</v>
+      </c>
+      <c r="G75" s="71" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="J75" s="70" t="n"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="67" t="n">
+        <v>69</v>
+      </c>
+      <c r="B76" s="67" t="inlineStr">
+        <is>
+          <t>G R Infraprojects Limited</t>
+        </is>
+      </c>
+      <c r="C76" s="67" t="inlineStr">
+        <is>
+          <t>INE201P01022</t>
+        </is>
+      </c>
+      <c r="D76" s="67" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="E21" s="6" t="n">
-[...161 lines deleted...]
-      <c r="K25" s="2" t="inlineStr">
+      <c r="E76" s="69" t="n">
+        <v>20911</v>
+      </c>
+      <c r="F76" s="70" t="n">
+        <v>224.77</v>
+      </c>
+      <c r="G76" s="71" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="J76" s="70" t="n"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="72" t="n"/>
+      <c r="B77" s="72" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C77" s="72" t="n"/>
+      <c r="D77" s="72" t="n"/>
+      <c r="E77" s="72" t="n"/>
+      <c r="F77" s="73" t="n">
+        <v>511787.08</v>
+      </c>
+      <c r="G77" s="74" t="n">
+        <v>0.9445</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="B79" s="68" t="inlineStr">
+        <is>
+          <t>Units issued by REITs &amp; InvITs</t>
+        </is>
+      </c>
+    </row>
+    <row r="80">
+      <c r="B80" s="68" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="67" t="n">
+        <v>70</v>
+      </c>
+      <c r="B81" s="67" t="inlineStr">
+        <is>
+          <t>Indus Infra Trust</t>
+        </is>
+      </c>
+      <c r="C81" s="67" t="inlineStr">
+        <is>
+          <t>INE0NHL23019</t>
+        </is>
+      </c>
+      <c r="D81" s="67" t="inlineStr">
         <is>
           <t>Transport Infrastructure</t>
         </is>
       </c>
-      <c r="L25" s="8" t="n">
+      <c r="E81" s="69" t="n">
+        <v>8312129</v>
+      </c>
+      <c r="F81" s="70" t="n">
+        <v>9799.17</v>
+      </c>
+      <c r="G81" s="71" t="n">
         <v>0.0181</v>
       </c>
-    </row>
-[...1596 lines deleted...]
-      <c r="B77" s="9" t="inlineStr">
+      <c r="H81" s="11" t="n">
+        <v>2</v>
+      </c>
+      <c r="J81" s="70" t="n"/>
+    </row>
+    <row r="82">
+      <c r="A82" s="72" t="n"/>
+      <c r="B82" s="72" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C77" s="9" t="n"/>
-[...48 lines deleted...]
-      <c r="G81" s="8" t="n">
+      <c r="C82" s="72" t="n"/>
+      <c r="D82" s="72" t="n"/>
+      <c r="E82" s="72" t="n"/>
+      <c r="F82" s="73" t="n">
+        <v>9799.17</v>
+      </c>
+      <c r="G82" s="74" t="n">
         <v>0.0181</v>
       </c>
-      <c r="H81" s="12" t="n">
+    </row>
+    <row r="84">
+      <c r="B84" s="68" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="67" t="n">
+        <v>71</v>
+      </c>
+      <c r="B85" s="68" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F85" s="70" t="n">
+        <v>18233.16</v>
+      </c>
+      <c r="G85" s="71" t="n">
+        <v>0.0336</v>
+      </c>
+      <c r="H85" s="11" t="n">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="72" t="n"/>
+      <c r="B86" s="72" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C86" s="72" t="n"/>
+      <c r="D86" s="72" t="n"/>
+      <c r="E86" s="72" t="n"/>
+      <c r="F86" s="73" t="n">
+        <v>18233.16</v>
+      </c>
+      <c r="G86" s="74" t="n">
+        <v>0.0336</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="B88" s="68" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="89">
+      <c r="B89" s="67" t="inlineStr">
+        <is>
+          <t>Cash Margin</t>
+        </is>
+      </c>
+      <c r="E89" s="69" t="n"/>
+      <c r="F89" s="70" t="n">
+        <v>3000</v>
+      </c>
+      <c r="G89" s="71" t="n">
+        <v>0.0055</v>
+      </c>
+      <c r="J89" s="70" t="n"/>
+    </row>
+    <row r="90">
+      <c r="B90" s="67" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E90" s="69" t="n"/>
+      <c r="F90" s="70" t="n">
+        <v>-940.84</v>
+      </c>
+      <c r="G90" s="71" t="n">
+        <v>-0.0017</v>
+      </c>
+      <c r="J90" s="70" t="n"/>
+    </row>
+    <row r="91">
+      <c r="A91" s="72" t="n"/>
+      <c r="B91" s="72" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C91" s="72" t="n"/>
+      <c r="D91" s="72" t="n"/>
+      <c r="E91" s="72" t="n"/>
+      <c r="F91" s="73" t="n">
+        <v>2059.16</v>
+      </c>
+      <c r="G91" s="74" t="n">
+        <v>0.0038</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="4" t="n"/>
+      <c r="B93" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C93" s="4" t="n"/>
+      <c r="D93" s="4" t="n"/>
+      <c r="E93" s="4" t="n"/>
+      <c r="F93" s="12" t="n">
+        <v>541878.5699999999</v>
+      </c>
+      <c r="G93" s="13" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="67" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="67" t="n">
+        <v>1</v>
+      </c>
+      <c r="B95" s="67" t="inlineStr">
+        <is>
+          <t>^ Pending Listing</t>
+        </is>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="J81" s="7" t="n"/>
-[...138 lines deleted...]
-      <c r="B95" s="16" t="inlineStr">
+      <c r="B96" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="96" ht="27" customHeight="1" s="77">
-[...10 lines deleted...]
-      <c r="B100" s="1" t="inlineStr">
+    <row r="100" ht="14.5" customHeight="1" s="46">
+      <c r="B100" s="38" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="114" ht="14.5" customHeight="1" s="77">
-      <c r="B114" s="1" t="inlineStr">
+    <row r="114" ht="14.5" customHeight="1" s="46">
+      <c r="B114" s="38" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: BSE India Infrastructure TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>