--- v3 (2025-12-10)
+++ v4 (2025-12-30)
@@ -13,53 +13,54 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="TIGER" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
   <fonts count="15">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
@@ -277,51 +278,51 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="75">
+  <cellXfs count="70">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
@@ -367,116 +368,113 @@
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...23 lines deleted...]
-    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -882,75 +880,75 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:N114"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="67" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="67" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="30" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="10.81640625" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="46">
-[...1 lines deleted...]
-      <c r="B1" s="45" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="49">
+      <c r="A1" s="48" t="n"/>
+      <c r="B1" s="48" t="inlineStr">
         <is>
           <t>DSP India T.I.G.E.R. Fund (The Infrastructure Growth and Economic Reforms Fund)</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="68" t="inlineStr">
+      <c r="B2" s="3" t="inlineStr">
         <is>
           <t>Portfolio as on November 30, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
@@ -965,2576 +963,2576 @@
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
       <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="68" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="68" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="67" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="67" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Larsen &amp; Toubro Limited</t>
         </is>
       </c>
-      <c r="C8" s="67" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE018A01030</t>
         </is>
       </c>
-      <c r="D8" s="67" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="E8" s="69" t="n">
+      <c r="E8" s="5" t="n">
         <v>697669</v>
       </c>
-      <c r="F8" s="70" t="n">
+      <c r="F8" s="6" t="n">
         <v>28392.34</v>
       </c>
-      <c r="G8" s="71" t="n">
+      <c r="G8" s="7" t="n">
         <v>0.0524</v>
       </c>
-      <c r="J8" s="70" t="n"/>
-      <c r="K8" s="68" t="inlineStr">
+      <c r="J8" s="6" t="n"/>
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="68" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="67" t="n">
+      <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="67" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>NTPC Limited</t>
         </is>
       </c>
-      <c r="C9" s="67" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE733E01010</t>
         </is>
       </c>
-      <c r="D9" s="67" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Power</t>
         </is>
       </c>
-      <c r="E9" s="69" t="n">
+      <c r="E9" s="5" t="n">
         <v>7145883</v>
       </c>
-      <c r="F9" s="70" t="n">
+      <c r="F9" s="6" t="n">
         <v>23327.74</v>
       </c>
-      <c r="G9" s="71" t="n">
+      <c r="G9" s="7" t="n">
         <v>0.043</v>
       </c>
-      <c r="J9" s="70" t="n"/>
-      <c r="K9" s="67" t="inlineStr">
+      <c r="J9" s="6" t="n"/>
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
-      <c r="L9" s="71" t="n">
+      <c r="L9" s="7" t="n">
         <v>0.1365</v>
       </c>
-      <c r="M9" s="71" t="n"/>
-      <c r="N9" s="71" t="n"/>
+      <c r="M9" s="7" t="n"/>
+      <c r="N9" s="7" t="n"/>
     </row>
     <row r="10">
-      <c r="A10" s="67" t="n">
+      <c r="A10" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="67" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Apollo Hospitals Enterprise Limited</t>
         </is>
       </c>
-      <c r="C10" s="67" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE437A01024</t>
         </is>
       </c>
-      <c r="D10" s="67" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Healthcare Services</t>
         </is>
       </c>
-      <c r="E10" s="69" t="n">
+      <c r="E10" s="5" t="n">
         <v>245928</v>
       </c>
-      <c r="F10" s="70" t="n">
+      <c r="F10" s="6" t="n">
         <v>18040.05</v>
       </c>
-      <c r="G10" s="71" t="n">
+      <c r="G10" s="7" t="n">
         <v>0.0333</v>
       </c>
-      <c r="J10" s="70" t="n"/>
-      <c r="K10" s="67" t="inlineStr">
+      <c r="J10" s="6" t="n"/>
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="L10" s="71" t="n">
+      <c r="L10" s="7" t="n">
         <v>0.125</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="67" t="n">
+      <c r="A11" s="1" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="67" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Bharti Airtel Limited</t>
         </is>
       </c>
-      <c r="C11" s="67" t="inlineStr">
+      <c r="C11" s="1" t="inlineStr">
         <is>
           <t>INE397D01024</t>
         </is>
       </c>
-      <c r="D11" s="67" t="inlineStr">
+      <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
-      <c r="E11" s="69" t="n">
+      <c r="E11" s="5" t="n">
         <v>756154</v>
       </c>
-      <c r="F11" s="70" t="n">
+      <c r="F11" s="6" t="n">
         <v>15891.33</v>
       </c>
-      <c r="G11" s="71" t="n">
+      <c r="G11" s="7" t="n">
         <v>0.0293</v>
       </c>
-      <c r="J11" s="70" t="n"/>
-      <c r="K11" s="67" t="inlineStr">
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Power</t>
         </is>
       </c>
-      <c r="L11" s="71" t="n">
+      <c r="L11" s="7" t="n">
         <v>0.0721</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="67" t="n">
+      <c r="A12" s="1" t="n">
         <v>5</v>
       </c>
-      <c r="B12" s="67" t="inlineStr">
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Kirloskar Oil Engines Limited</t>
         </is>
       </c>
-      <c r="C12" s="67" t="inlineStr">
+      <c r="C12" s="1" t="inlineStr">
         <is>
           <t>INE146L01010</t>
         </is>
       </c>
-      <c r="D12" s="67" t="inlineStr">
+      <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
-      <c r="E12" s="69" t="n">
+      <c r="E12" s="5" t="n">
         <v>1412412</v>
       </c>
-      <c r="F12" s="70" t="n">
+      <c r="F12" s="6" t="n">
         <v>15887.52</v>
       </c>
-      <c r="G12" s="71" t="n">
+      <c r="G12" s="7" t="n">
         <v>0.0293</v>
       </c>
-      <c r="J12" s="70" t="n"/>
-      <c r="K12" s="67" t="inlineStr">
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="1" t="inlineStr">
         <is>
           <t>Electrical Equipment</t>
         </is>
       </c>
-      <c r="L12" s="71" t="n">
+      <c r="L12" s="7" t="n">
         <v>0.0624</v>
       </c>
     </row>
     <row r="13">
-      <c r="A13" s="67" t="n">
+      <c r="A13" s="1" t="n">
         <v>6</v>
       </c>
-      <c r="B13" s="67" t="inlineStr">
+      <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Power Grid Corporation of India Limited</t>
         </is>
       </c>
-      <c r="C13" s="67" t="inlineStr">
+      <c r="C13" s="1" t="inlineStr">
         <is>
           <t>INE752E01010</t>
         </is>
       </c>
-      <c r="D13" s="67" t="inlineStr">
+      <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Power</t>
         </is>
       </c>
-      <c r="E13" s="69" t="n">
+      <c r="E13" s="5" t="n">
         <v>5567574</v>
       </c>
-      <c r="F13" s="70" t="n">
+      <c r="F13" s="6" t="n">
         <v>15029.67</v>
       </c>
-      <c r="G13" s="71" t="n">
+      <c r="G13" s="7" t="n">
         <v>0.0277</v>
       </c>
-      <c r="J13" s="70" t="n"/>
-      <c r="K13" s="67" t="inlineStr">
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Auto Components</t>
         </is>
       </c>
-      <c r="L13" s="71" t="n">
+      <c r="L13" s="7" t="n">
         <v>0.0599</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="67" t="n">
+      <c r="A14" s="1" t="n">
         <v>7</v>
       </c>
-      <c r="B14" s="67" t="inlineStr">
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Amber Enterprises India Limited</t>
         </is>
       </c>
-      <c r="C14" s="67" t="inlineStr">
+      <c r="C14" s="1" t="inlineStr">
         <is>
           <t>INE371P01015</t>
         </is>
       </c>
-      <c r="D14" s="67" t="inlineStr">
+      <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Consumer Durables</t>
         </is>
       </c>
-      <c r="E14" s="69" t="n">
+      <c r="E14" s="5" t="n">
         <v>197265</v>
       </c>
-      <c r="F14" s="70" t="n">
+      <c r="F14" s="6" t="n">
         <v>14165.6</v>
       </c>
-      <c r="G14" s="71" t="n">
+      <c r="G14" s="7" t="n">
         <v>0.0261</v>
       </c>
-      <c r="J14" s="70" t="n"/>
-      <c r="K14" s="67" t="inlineStr">
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Healthcare Services</t>
         </is>
       </c>
-      <c r="L14" s="71" t="n">
+      <c r="L14" s="7" t="n">
         <v>0.0554</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="67" t="n">
+      <c r="A15" s="1" t="n">
         <v>8</v>
       </c>
-      <c r="B15" s="67" t="inlineStr">
+      <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Hindustan Aeronautics Limited</t>
         </is>
       </c>
-      <c r="C15" s="67" t="inlineStr">
+      <c r="C15" s="1" t="inlineStr">
         <is>
           <t>INE066F01020</t>
         </is>
       </c>
-      <c r="D15" s="67" t="inlineStr">
+      <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Aerospace &amp; Defense</t>
         </is>
       </c>
-      <c r="E15" s="69" t="n">
+      <c r="E15" s="5" t="n">
         <v>305098</v>
       </c>
-      <c r="F15" s="70" t="n">
+      <c r="F15" s="6" t="n">
         <v>13858.77</v>
       </c>
-      <c r="G15" s="71" t="n">
+      <c r="G15" s="7" t="n">
         <v>0.0256</v>
       </c>
-      <c r="J15" s="70" t="n"/>
-      <c r="K15" s="67" t="inlineStr">
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="1" t="inlineStr">
         <is>
           <t>Capital Markets</t>
         </is>
       </c>
-      <c r="L15" s="71" t="n">
+      <c r="L15" s="7" t="n">
         <v>0.054</v>
       </c>
     </row>
     <row r="16">
-      <c r="A16" s="67" t="n">
+      <c r="A16" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="B16" s="67" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Multi Commodity Exchange of India Limited</t>
         </is>
       </c>
-      <c r="C16" s="67" t="inlineStr">
+      <c r="C16" s="1" t="inlineStr">
         <is>
           <t>INE745G01035</t>
         </is>
       </c>
-      <c r="D16" s="67" t="inlineStr">
+      <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Capital Markets</t>
         </is>
       </c>
-      <c r="E16" s="69" t="n">
+      <c r="E16" s="5" t="n">
         <v>136165</v>
       </c>
-      <c r="F16" s="70" t="n">
+      <c r="F16" s="6" t="n">
         <v>13716.58</v>
       </c>
-      <c r="G16" s="71" t="n">
+      <c r="G16" s="7" t="n">
         <v>0.0253</v>
       </c>
-      <c r="J16" s="70" t="n"/>
-      <c r="K16" s="67" t="inlineStr">
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Consumer Durables</t>
         </is>
       </c>
-      <c r="L16" s="71" t="n">
+      <c r="L16" s="7" t="n">
         <v>0.0515</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17" s="67" t="n">
+      <c r="A17" s="1" t="n">
         <v>10</v>
       </c>
-      <c r="B17" s="67" t="inlineStr">
+      <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Coal India Limited</t>
         </is>
       </c>
-      <c r="C17" s="67" t="inlineStr">
+      <c r="C17" s="1" t="inlineStr">
         <is>
           <t>INE522F01014</t>
         </is>
       </c>
-      <c r="D17" s="67" t="inlineStr">
+      <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Consumable Fuels</t>
         </is>
       </c>
-      <c r="E17" s="69" t="n">
+      <c r="E17" s="5" t="n">
         <v>3321453</v>
       </c>
-      <c r="F17" s="70" t="n">
+      <c r="F17" s="6" t="n">
         <v>12493.65</v>
       </c>
-      <c r="G17" s="71" t="n">
+      <c r="G17" s="7" t="n">
         <v>0.0231</v>
       </c>
-      <c r="J17" s="70" t="n"/>
-      <c r="K17" s="67" t="inlineStr">
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Chemicals &amp; Petrochemicals</t>
         </is>
       </c>
-      <c r="L17" s="71" t="n">
+      <c r="L17" s="7" t="n">
         <v>0.0472</v>
       </c>
     </row>
     <row r="18">
-      <c r="A18" s="67" t="n">
+      <c r="A18" s="1" t="n">
         <v>11</v>
       </c>
-      <c r="B18" s="67" t="inlineStr">
+      <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Siemens Limited</t>
         </is>
       </c>
-      <c r="C18" s="67" t="inlineStr">
+      <c r="C18" s="1" t="inlineStr">
         <is>
           <t>INE003A01024</t>
         </is>
       </c>
-      <c r="D18" s="67" t="inlineStr">
+      <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Electrical Equipment</t>
         </is>
       </c>
-      <c r="E18" s="69" t="n">
+      <c r="E18" s="5" t="n">
         <v>369482</v>
       </c>
-      <c r="F18" s="70" t="n">
+      <c r="F18" s="6" t="n">
         <v>12181.82</v>
       </c>
-      <c r="G18" s="71" t="n">
+      <c r="G18" s="7" t="n">
         <v>0.0225</v>
       </c>
-      <c r="J18" s="70" t="n"/>
-      <c r="K18" s="67" t="inlineStr">
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="1" t="inlineStr">
         <is>
           <t>Insurance</t>
         </is>
       </c>
-      <c r="L18" s="71" t="n">
+      <c r="L18" s="7" t="n">
         <v>0.0379</v>
       </c>
     </row>
     <row r="19">
-      <c r="A19" s="67" t="n">
+      <c r="A19" s="1" t="n">
         <v>12</v>
       </c>
-      <c r="B19" s="67" t="inlineStr">
+      <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Rainbow Childrens Medicare Limited</t>
         </is>
       </c>
-      <c r="C19" s="67" t="inlineStr">
+      <c r="C19" s="1" t="inlineStr">
         <is>
           <t>INE961O01016</t>
         </is>
       </c>
-      <c r="D19" s="67" t="inlineStr">
+      <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Healthcare Services</t>
         </is>
       </c>
-      <c r="E19" s="69" t="n">
+      <c r="E19" s="5" t="n">
         <v>885167</v>
       </c>
-      <c r="F19" s="70" t="n">
+      <c r="F19" s="6" t="n">
         <v>11961.26</v>
       </c>
-      <c r="G19" s="71" t="n">
+      <c r="G19" s="7" t="n">
         <v>0.0221</v>
       </c>
-      <c r="J19" s="70" t="n"/>
-      <c r="K19" s="67" t="inlineStr">
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="1" t="inlineStr">
         <is>
           <t>Aerospace &amp; Defense</t>
         </is>
       </c>
-      <c r="L19" s="71" t="n">
+      <c r="L19" s="7" t="n">
         <v>0.0318</v>
       </c>
     </row>
     <row r="20">
-      <c r="A20" s="67" t="n">
+      <c r="A20" s="1" t="n">
         <v>13</v>
       </c>
-      <c r="B20" s="67" t="inlineStr">
+      <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Siemens Energy India Limited</t>
         </is>
       </c>
-      <c r="C20" s="67" t="inlineStr">
+      <c r="C20" s="1" t="inlineStr">
         <is>
           <t>INE1NPP01017</t>
         </is>
       </c>
-      <c r="D20" s="67" t="inlineStr">
+      <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Electrical Equipment</t>
         </is>
       </c>
-      <c r="E20" s="69" t="n">
+      <c r="E20" s="5" t="n">
         <v>369482</v>
       </c>
-      <c r="F20" s="70" t="n">
+      <c r="F20" s="6" t="n">
         <v>11674.15</v>
       </c>
-      <c r="G20" s="71" t="n">
+      <c r="G20" s="7" t="n">
         <v>0.0215</v>
       </c>
-      <c r="J20" s="70" t="n"/>
-      <c r="K20" s="67" t="inlineStr">
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="1" t="inlineStr">
         <is>
           <t>Petroleum Products</t>
         </is>
       </c>
-      <c r="L20" s="71" t="n">
+      <c r="L20" s="7" t="n">
         <v>0.0308</v>
       </c>
     </row>
     <row r="21">
-      <c r="A21" s="67" t="n">
+      <c r="A21" s="1" t="n">
         <v>14</v>
       </c>
-      <c r="B21" s="67" t="inlineStr">
+      <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Max Financial Services Limited</t>
         </is>
       </c>
-      <c r="C21" s="67" t="inlineStr">
+      <c r="C21" s="1" t="inlineStr">
         <is>
           <t>INE180A01020</t>
         </is>
       </c>
-      <c r="D21" s="67" t="inlineStr">
+      <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Insurance</t>
         </is>
       </c>
-      <c r="E21" s="69" t="n">
+      <c r="E21" s="5" t="n">
         <v>656909</v>
       </c>
-      <c r="F21" s="70" t="n">
+      <c r="F21" s="6" t="n">
         <v>11181.25</v>
       </c>
-      <c r="G21" s="71" t="n">
+      <c r="G21" s="7" t="n">
         <v>0.0206</v>
       </c>
-      <c r="J21" s="70" t="n"/>
-      <c r="K21" s="67" t="inlineStr">
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="1" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
-      <c r="L21" s="71" t="n">
+      <c r="L21" s="7" t="n">
         <v>0.0304</v>
       </c>
     </row>
     <row r="22">
-      <c r="A22" s="67" t="n">
+      <c r="A22" s="1" t="n">
         <v>15</v>
       </c>
-      <c r="B22" s="67" t="inlineStr">
+      <c r="B22" s="1" t="inlineStr">
         <is>
           <t>INOX India Limited</t>
         </is>
       </c>
-      <c r="C22" s="67" t="inlineStr">
+      <c r="C22" s="1" t="inlineStr">
         <is>
           <t>INE616N01034</t>
         </is>
       </c>
-      <c r="D22" s="67" t="inlineStr">
+      <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
-      <c r="E22" s="69" t="n">
+      <c r="E22" s="5" t="n">
         <v>940841</v>
       </c>
-      <c r="F22" s="70" t="n">
+      <c r="F22" s="6" t="n">
         <v>11004.08</v>
       </c>
-      <c r="G22" s="71" t="n">
+      <c r="G22" s="7" t="n">
         <v>0.0203</v>
       </c>
-      <c r="J22" s="70" t="n"/>
-      <c r="K22" s="67" t="inlineStr">
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="1" t="inlineStr">
         <is>
           <t>Consumable Fuels</t>
         </is>
       </c>
-      <c r="L22" s="71" t="n">
+      <c r="L22" s="7" t="n">
         <v>0.0231</v>
       </c>
     </row>
     <row r="23">
-      <c r="A23" s="67" t="n">
+      <c r="A23" s="1" t="n">
         <v>16</v>
       </c>
-      <c r="B23" s="67" t="inlineStr">
+      <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Reliance Industries Limited</t>
         </is>
       </c>
-      <c r="C23" s="67" t="inlineStr">
+      <c r="C23" s="1" t="inlineStr">
         <is>
           <t>INE002A01018</t>
         </is>
       </c>
-      <c r="D23" s="67" t="inlineStr">
+      <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Petroleum Products</t>
         </is>
       </c>
-      <c r="E23" s="69" t="n">
+      <c r="E23" s="5" t="n">
         <v>679580</v>
       </c>
-      <c r="F23" s="70" t="n">
+      <c r="F23" s="6" t="n">
         <v>10652.42</v>
       </c>
-      <c r="G23" s="71" t="n">
+      <c r="G23" s="7" t="n">
         <v>0.0197</v>
       </c>
-      <c r="J23" s="70" t="n"/>
-      <c r="K23" s="67" t="inlineStr">
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="1" t="inlineStr">
         <is>
           <t>Cement &amp; Cement Products</t>
         </is>
       </c>
-      <c r="L23" s="71" t="n">
+      <c r="L23" s="7" t="n">
         <v>0.0199</v>
       </c>
     </row>
     <row r="24">
-      <c r="A24" s="67" t="n">
+      <c r="A24" s="1" t="n">
         <v>17</v>
       </c>
-      <c r="B24" s="67" t="inlineStr">
+      <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Oil &amp; Natural Gas Corporation Limited</t>
         </is>
       </c>
-      <c r="C24" s="67" t="inlineStr">
+      <c r="C24" s="1" t="inlineStr">
         <is>
           <t>INE213A01029</t>
         </is>
       </c>
-      <c r="D24" s="67" t="inlineStr">
+      <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Oil</t>
         </is>
       </c>
-      <c r="E24" s="69" t="n">
+      <c r="E24" s="5" t="n">
         <v>4365027</v>
       </c>
-      <c r="F24" s="70" t="n">
+      <c r="F24" s="6" t="n">
         <v>10617.93</v>
       </c>
-      <c r="G24" s="71" t="n">
+      <c r="G24" s="7" t="n">
         <v>0.0196</v>
       </c>
-      <c r="J24" s="70" t="n"/>
-      <c r="K24" s="67" t="inlineStr">
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Oil</t>
         </is>
       </c>
-      <c r="L24" s="71" t="n">
+      <c r="L24" s="7" t="n">
         <v>0.0196</v>
       </c>
     </row>
     <row r="25">
-      <c r="A25" s="67" t="n">
+      <c r="A25" s="1" t="n">
         <v>18</v>
       </c>
-      <c r="B25" s="67" t="inlineStr">
+      <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Solar Industries India Limited</t>
         </is>
       </c>
-      <c r="C25" s="67" t="inlineStr">
+      <c r="C25" s="1" t="inlineStr">
         <is>
           <t>INE343H01029</t>
         </is>
       </c>
-      <c r="D25" s="67" t="inlineStr">
+      <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Chemicals &amp; Petrochemicals</t>
         </is>
       </c>
-      <c r="E25" s="69" t="n">
+      <c r="E25" s="5" t="n">
         <v>76635</v>
       </c>
-      <c r="F25" s="70" t="n">
+      <c r="F25" s="6" t="n">
         <v>10171</v>
       </c>
-      <c r="G25" s="71" t="n">
+      <c r="G25" s="7" t="n">
         <v>0.0188</v>
       </c>
-      <c r="J25" s="70" t="n"/>
-      <c r="K25" s="67" t="inlineStr">
+      <c r="J25" s="6" t="n"/>
+      <c r="K25" s="1" t="inlineStr">
         <is>
           <t>Transport Infrastructure</t>
         </is>
       </c>
-      <c r="L25" s="71" t="n">
+      <c r="L25" s="7" t="n">
         <v>0.0181</v>
       </c>
     </row>
     <row r="26">
-      <c r="A26" s="67" t="n">
+      <c r="A26" s="1" t="n">
         <v>19</v>
       </c>
-      <c r="B26" s="67" t="inlineStr">
+      <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Kalpataru Projects International Limited</t>
         </is>
       </c>
-      <c r="C26" s="67" t="inlineStr">
+      <c r="C26" s="1" t="inlineStr">
         <is>
           <t>INE220B01022</t>
         </is>
       </c>
-      <c r="D26" s="67" t="inlineStr">
+      <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="E26" s="69" t="n">
+      <c r="E26" s="5" t="n">
         <v>816241</v>
       </c>
-      <c r="F26" s="70" t="n">
+      <c r="F26" s="6" t="n">
         <v>9792.440000000001</v>
       </c>
-      <c r="G26" s="71" t="n">
+      <c r="G26" s="7" t="n">
         <v>0.0181</v>
       </c>
-      <c r="J26" s="70" t="n"/>
-      <c r="K26" s="67" t="inlineStr">
+      <c r="J26" s="6" t="n"/>
+      <c r="K26" s="1" t="inlineStr">
         <is>
           <t>Industrial Manufacturing</t>
         </is>
       </c>
-      <c r="L26" s="71" t="n">
+      <c r="L26" s="7" t="n">
         <v>0.0169</v>
       </c>
     </row>
     <row r="27">
-      <c r="A27" s="67" t="n">
+      <c r="A27" s="1" t="n">
         <v>20</v>
       </c>
-      <c r="B27" s="67" t="inlineStr">
+      <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Canara HSBC Life Insurance Company Limited</t>
         </is>
       </c>
-      <c r="C27" s="67" t="inlineStr">
+      <c r="C27" s="1" t="inlineStr">
         <is>
           <t>INE01TY01017</t>
         </is>
       </c>
-      <c r="D27" s="67" t="inlineStr">
+      <c r="D27" s="1" t="inlineStr">
         <is>
           <t>Insurance</t>
         </is>
       </c>
-      <c r="E27" s="69" t="n">
+      <c r="E27" s="5" t="n">
         <v>7610837</v>
       </c>
-      <c r="F27" s="70" t="n">
+      <c r="F27" s="6" t="n">
         <v>9364.370000000001</v>
       </c>
-      <c r="G27" s="71" t="n">
+      <c r="G27" s="7" t="n">
         <v>0.0173</v>
       </c>
-      <c r="J27" s="70" t="n"/>
-      <c r="K27" s="67" t="inlineStr">
+      <c r="J27" s="6" t="n"/>
+      <c r="K27" s="1" t="inlineStr">
         <is>
           <t>Realty</t>
         </is>
       </c>
-      <c r="L27" s="71" t="n">
+      <c r="L27" s="7" t="n">
         <v>0.0161</v>
       </c>
     </row>
     <row r="28">
-      <c r="A28" s="67" t="n">
+      <c r="A28" s="1" t="n">
         <v>21</v>
       </c>
-      <c r="B28" s="67" t="inlineStr">
+      <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Samvardhana Motherson International Limited</t>
         </is>
       </c>
-      <c r="C28" s="67" t="inlineStr">
+      <c r="C28" s="1" t="inlineStr">
         <is>
           <t>INE775A01035</t>
         </is>
       </c>
-      <c r="D28" s="67" t="inlineStr">
+      <c r="D28" s="1" t="inlineStr">
         <is>
           <t>Auto Components</t>
         </is>
       </c>
-      <c r="E28" s="69" t="n">
+      <c r="E28" s="5" t="n">
         <v>7847631</v>
       </c>
-      <c r="F28" s="70" t="n">
+      <c r="F28" s="6" t="n">
         <v>9127.58</v>
       </c>
-      <c r="G28" s="71" t="n">
+      <c r="G28" s="7" t="n">
         <v>0.0168</v>
       </c>
-      <c r="J28" s="70" t="n"/>
-      <c r="K28" s="67" t="inlineStr">
+      <c r="J28" s="6" t="n"/>
+      <c r="K28" s="1" t="inlineStr">
         <is>
           <t>Non - Ferrous Metals</t>
         </is>
       </c>
-      <c r="L28" s="71" t="n">
+      <c r="L28" s="7" t="n">
         <v>0.0135</v>
       </c>
     </row>
     <row r="29">
-      <c r="A29" s="67" t="n">
+      <c r="A29" s="1" t="n">
         <v>22</v>
       </c>
-      <c r="B29" s="67" t="inlineStr">
+      <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Nippon Life India Asset Management Limited</t>
         </is>
       </c>
-      <c r="C29" s="67" t="inlineStr">
+      <c r="C29" s="1" t="inlineStr">
         <is>
           <t>INE298J01013</t>
         </is>
       </c>
-      <c r="D29" s="67" t="inlineStr">
+      <c r="D29" s="1" t="inlineStr">
         <is>
           <t>Capital Markets</t>
         </is>
       </c>
-      <c r="E29" s="69" t="n">
+      <c r="E29" s="5" t="n">
         <v>958324</v>
       </c>
-      <c r="F29" s="70" t="n">
+      <c r="F29" s="6" t="n">
         <v>8391.08</v>
       </c>
-      <c r="G29" s="71" t="n">
+      <c r="G29" s="7" t="n">
         <v>0.0155</v>
       </c>
-      <c r="J29" s="70" t="n"/>
-      <c r="K29" s="67" t="inlineStr">
+      <c r="J29" s="6" t="n"/>
+      <c r="K29" s="1" t="inlineStr">
         <is>
           <t>Ferrous Metals</t>
         </is>
       </c>
-      <c r="L29" s="71" t="n">
+      <c r="L29" s="7" t="n">
         <v>0.0128</v>
       </c>
     </row>
     <row r="30">
-      <c r="A30" s="67" t="n">
+      <c r="A30" s="1" t="n">
         <v>23</v>
       </c>
-      <c r="B30" s="67" t="inlineStr">
+      <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Welspun Corp Limited</t>
         </is>
       </c>
-      <c r="C30" s="67" t="inlineStr">
+      <c r="C30" s="1" t="inlineStr">
         <is>
           <t>INE191B01025</t>
         </is>
       </c>
-      <c r="D30" s="67" t="inlineStr">
+      <c r="D30" s="1" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
-      <c r="E30" s="69" t="n">
+      <c r="E30" s="5" t="n">
         <v>965185</v>
       </c>
-      <c r="F30" s="70" t="n">
+      <c r="F30" s="6" t="n">
         <v>8265.84</v>
       </c>
-      <c r="G30" s="71" t="n">
+      <c r="G30" s="7" t="n">
         <v>0.0153</v>
       </c>
-      <c r="J30" s="70" t="n"/>
-      <c r="K30" s="67" t="inlineStr">
+      <c r="J30" s="6" t="n"/>
+      <c r="K30" s="1" t="inlineStr">
         <is>
           <t>Agricultural Food &amp; other Products</t>
         </is>
       </c>
-      <c r="L30" s="71" t="n">
+      <c r="L30" s="7" t="n">
         <v>0.0122</v>
       </c>
     </row>
     <row r="31">
-      <c r="A31" s="67" t="n">
+      <c r="A31" s="1" t="n">
         <v>24</v>
       </c>
-      <c r="B31" s="67" t="inlineStr">
+      <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Sansera Engineering Limited</t>
         </is>
       </c>
-      <c r="C31" s="67" t="inlineStr">
+      <c r="C31" s="1" t="inlineStr">
         <is>
           <t>INE953O01021</t>
         </is>
       </c>
-      <c r="D31" s="67" t="inlineStr">
+      <c r="D31" s="1" t="inlineStr">
         <is>
           <t>Auto Components</t>
         </is>
       </c>
-      <c r="E31" s="69" t="n">
+      <c r="E31" s="5" t="n">
         <v>467132</v>
       </c>
-      <c r="F31" s="70" t="n">
+      <c r="F31" s="6" t="n">
         <v>8170.61</v>
       </c>
-      <c r="G31" s="71" t="n">
+      <c r="G31" s="7" t="n">
         <v>0.0151</v>
       </c>
-      <c r="J31" s="70" t="n"/>
-      <c r="K31" s="67" t="inlineStr">
+      <c r="J31" s="6" t="n"/>
+      <c r="K31" s="1" t="inlineStr">
         <is>
           <t>Gas</t>
         </is>
       </c>
-      <c r="L31" s="71" t="n">
+      <c r="L31" s="7" t="n">
         <v>0.0081</v>
       </c>
     </row>
     <row r="32">
-      <c r="A32" s="67" t="n">
+      <c r="A32" s="1" t="n">
         <v>25</v>
       </c>
-      <c r="B32" s="67" t="inlineStr">
+      <c r="B32" s="1" t="inlineStr">
         <is>
           <t>UltraTech Cement Limited</t>
         </is>
       </c>
-      <c r="C32" s="67" t="inlineStr">
+      <c r="C32" s="1" t="inlineStr">
         <is>
           <t>INE481G01011</t>
         </is>
       </c>
-      <c r="D32" s="67" t="inlineStr">
+      <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Cement &amp; Cement Products</t>
         </is>
       </c>
-      <c r="E32" s="69" t="n">
+      <c r="E32" s="5" t="n">
         <v>66546</v>
       </c>
-      <c r="F32" s="70" t="n">
+      <c r="F32" s="6" t="n">
         <v>7719.34</v>
       </c>
-      <c r="G32" s="71" t="n">
+      <c r="G32" s="7" t="n">
         <v>0.0142</v>
       </c>
-      <c r="J32" s="70" t="n"/>
-      <c r="K32" s="67" t="inlineStr">
+      <c r="J32" s="6" t="n"/>
+      <c r="K32" s="1" t="inlineStr">
         <is>
           <t>Transport Services</t>
         </is>
       </c>
-      <c r="L32" s="71" t="n">
+      <c r="L32" s="7" t="n">
         <v>0.0074</v>
       </c>
     </row>
     <row r="33">
-      <c r="A33" s="67" t="n">
+      <c r="A33" s="1" t="n">
         <v>26</v>
       </c>
-      <c r="B33" s="67" t="inlineStr">
+      <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Tega Industries Limited</t>
         </is>
       </c>
-      <c r="C33" s="67" t="inlineStr">
+      <c r="C33" s="1" t="inlineStr">
         <is>
           <t>INE011K01018</t>
         </is>
       </c>
-      <c r="D33" s="67" t="inlineStr">
+      <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Industrial Manufacturing</t>
         </is>
       </c>
-      <c r="E33" s="69" t="n">
+      <c r="E33" s="5" t="n">
         <v>388209</v>
       </c>
-      <c r="F33" s="70" t="n">
+      <c r="F33" s="6" t="n">
         <v>7514.17</v>
       </c>
-      <c r="G33" s="71" t="n">
+      <c r="G33" s="7" t="n">
         <v>0.0139</v>
       </c>
-      <c r="J33" s="70" t="n"/>
-      <c r="K33" s="67" t="inlineStr">
+      <c r="J33" s="6" t="n"/>
+      <c r="K33" s="1" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L33" s="71" t="n">
+      <c r="L33" s="7" t="n">
         <v>0.0374</v>
       </c>
     </row>
     <row r="34">
-      <c r="A34" s="67" t="n">
+      <c r="A34" s="1" t="n">
         <v>27</v>
       </c>
-      <c r="B34" s="67" t="inlineStr">
+      <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Techno Electric &amp; Engineering Company Limited</t>
         </is>
       </c>
-      <c r="C34" s="67" t="inlineStr">
+      <c r="C34" s="1" t="inlineStr">
         <is>
           <t>INE285K01026</t>
         </is>
       </c>
-      <c r="D34" s="67" t="inlineStr">
+      <c r="D34" s="1" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="E34" s="69" t="n">
+      <c r="E34" s="5" t="n">
         <v>621713</v>
       </c>
-      <c r="F34" s="70" t="n">
+      <c r="F34" s="6" t="n">
         <v>7493.51</v>
       </c>
-      <c r="G34" s="71" t="n">
+      <c r="G34" s="7" t="n">
         <v>0.0138</v>
       </c>
-      <c r="J34" s="70" t="n"/>
-      <c r="L34" s="71" t="n"/>
+      <c r="J34" s="6" t="n"/>
+      <c r="L34" s="7" t="n"/>
     </row>
     <row r="35">
-      <c r="A35" s="67" t="n">
+      <c r="A35" s="1" t="n">
         <v>28</v>
       </c>
-      <c r="B35" s="67" t="inlineStr">
+      <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Carborundum Universal Limited</t>
         </is>
       </c>
-      <c r="C35" s="67" t="inlineStr">
+      <c r="C35" s="1" t="inlineStr">
         <is>
           <t>INE120A01034</t>
         </is>
       </c>
-      <c r="D35" s="67" t="inlineStr">
+      <c r="D35" s="1" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
-      <c r="E35" s="69" t="n">
+      <c r="E35" s="5" t="n">
         <v>861084</v>
       </c>
-      <c r="F35" s="70" t="n">
+      <c r="F35" s="6" t="n">
         <v>7378.2</v>
       </c>
-      <c r="G35" s="71" t="n">
+      <c r="G35" s="7" t="n">
         <v>0.0136</v>
       </c>
-      <c r="J35" s="70" t="n"/>
+      <c r="J35" s="6" t="n"/>
     </row>
     <row r="36">
-      <c r="A36" s="67" t="n">
+      <c r="A36" s="1" t="n">
         <v>29</v>
       </c>
-      <c r="B36" s="67" t="inlineStr">
+      <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Hindalco Industries Limited</t>
         </is>
       </c>
-      <c r="C36" s="67" t="inlineStr">
+      <c r="C36" s="1" t="inlineStr">
         <is>
           <t>INE038A01020</t>
         </is>
       </c>
-      <c r="D36" s="67" t="inlineStr">
+      <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Non - Ferrous Metals</t>
         </is>
       </c>
-      <c r="E36" s="69" t="n">
+      <c r="E36" s="5" t="n">
         <v>905632</v>
       </c>
-      <c r="F36" s="70" t="n">
+      <c r="F36" s="6" t="n">
         <v>7321.13</v>
       </c>
-      <c r="G36" s="71" t="n">
+      <c r="G36" s="7" t="n">
         <v>0.0135</v>
       </c>
-      <c r="J36" s="70" t="n"/>
+      <c r="J36" s="6" t="n"/>
     </row>
     <row r="37">
-      <c r="A37" s="67" t="n">
+      <c r="A37" s="1" t="n">
         <v>30</v>
       </c>
-      <c r="B37" s="67" t="inlineStr">
+      <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Angel One Limited</t>
         </is>
       </c>
-      <c r="C37" s="67" t="inlineStr">
+      <c r="C37" s="1" t="inlineStr">
         <is>
           <t>INE732I01013</t>
         </is>
       </c>
-      <c r="D37" s="67" t="inlineStr">
+      <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Capital Markets</t>
         </is>
       </c>
-      <c r="E37" s="69" t="n">
+      <c r="E37" s="5" t="n">
         <v>265280</v>
       </c>
-      <c r="F37" s="70" t="n">
+      <c r="F37" s="6" t="n">
         <v>7172.64</v>
       </c>
-      <c r="G37" s="71" t="n">
+      <c r="G37" s="7" t="n">
         <v>0.0132</v>
       </c>
-      <c r="J37" s="70" t="n"/>
+      <c r="J37" s="6" t="n"/>
     </row>
     <row r="38">
-      <c r="A38" s="67" t="n">
+      <c r="A38" s="1" t="n">
         <v>31</v>
       </c>
-      <c r="B38" s="67" t="inlineStr">
+      <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Jindal Steel Limited</t>
         </is>
       </c>
-      <c r="C38" s="67" t="inlineStr">
+      <c r="C38" s="1" t="inlineStr">
         <is>
           <t>INE749A01030</t>
         </is>
       </c>
-      <c r="D38" s="67" t="inlineStr">
+      <c r="D38" s="1" t="inlineStr">
         <is>
           <t>Ferrous Metals</t>
         </is>
       </c>
-      <c r="E38" s="69" t="n">
+      <c r="E38" s="5" t="n">
         <v>665965</v>
       </c>
-      <c r="F38" s="70" t="n">
+      <c r="F38" s="6" t="n">
         <v>6955.34</v>
       </c>
-      <c r="G38" s="71" t="n">
+      <c r="G38" s="7" t="n">
         <v>0.0128</v>
       </c>
-      <c r="J38" s="70" t="n"/>
+      <c r="J38" s="6" t="n"/>
     </row>
     <row r="39">
-      <c r="A39" s="67" t="n">
+      <c r="A39" s="1" t="n">
         <v>32</v>
       </c>
-      <c r="B39" s="67" t="inlineStr">
+      <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Schaeffler India Limited</t>
         </is>
       </c>
-      <c r="C39" s="67" t="inlineStr">
+      <c r="C39" s="1" t="inlineStr">
         <is>
           <t>INE513A01022</t>
         </is>
       </c>
-      <c r="D39" s="67" t="inlineStr">
+      <c r="D39" s="1" t="inlineStr">
         <is>
           <t>Auto Components</t>
         </is>
       </c>
-      <c r="E39" s="69" t="n">
+      <c r="E39" s="5" t="n">
         <v>174976</v>
       </c>
-      <c r="F39" s="70" t="n">
+      <c r="F39" s="6" t="n">
         <v>6823.01</v>
       </c>
-      <c r="G39" s="71" t="n">
+      <c r="G39" s="7" t="n">
         <v>0.0126</v>
       </c>
-      <c r="J39" s="70" t="n"/>
+      <c r="J39" s="6" t="n"/>
     </row>
     <row r="40">
-      <c r="A40" s="67" t="n">
+      <c r="A40" s="1" t="n">
         <v>33</v>
       </c>
-      <c r="B40" s="67" t="inlineStr">
+      <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Triveni Engineering &amp; Industries Limited</t>
         </is>
       </c>
-      <c r="C40" s="67" t="inlineStr">
+      <c r="C40" s="1" t="inlineStr">
         <is>
           <t>INE256C01024</t>
         </is>
       </c>
-      <c r="D40" s="67" t="inlineStr">
+      <c r="D40" s="1" t="inlineStr">
         <is>
           <t>Agricultural Food &amp; other Products</t>
         </is>
       </c>
-      <c r="E40" s="69" t="n">
+      <c r="E40" s="5" t="n">
         <v>1850969</v>
       </c>
-      <c r="F40" s="70" t="n">
+      <c r="F40" s="6" t="n">
         <v>6586.67</v>
       </c>
-      <c r="G40" s="71" t="n">
+      <c r="G40" s="7" t="n">
         <v>0.0122</v>
       </c>
-      <c r="J40" s="70" t="n"/>
+      <c r="J40" s="6" t="n"/>
     </row>
     <row r="41">
-      <c r="A41" s="67" t="n">
+      <c r="A41" s="1" t="n">
         <v>34</v>
       </c>
-      <c r="B41" s="67" t="inlineStr">
+      <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Avalon Technologies Limited</t>
         </is>
       </c>
-      <c r="C41" s="67" t="inlineStr">
+      <c r="C41" s="1" t="inlineStr">
         <is>
           <t>INE0LCL01028</t>
         </is>
       </c>
-      <c r="D41" s="67" t="inlineStr">
+      <c r="D41" s="1" t="inlineStr">
         <is>
           <t>Electrical Equipment</t>
         </is>
       </c>
-      <c r="E41" s="69" t="n">
+      <c r="E41" s="5" t="n">
         <v>662579</v>
       </c>
-      <c r="F41" s="70" t="n">
+      <c r="F41" s="6" t="n">
         <v>6418.4</v>
       </c>
-      <c r="G41" s="71" t="n">
+      <c r="G41" s="7" t="n">
         <v>0.0118</v>
       </c>
-      <c r="J41" s="70" t="n"/>
+      <c r="J41" s="6" t="n"/>
     </row>
     <row r="42">
-      <c r="A42" s="67" t="n">
+      <c r="A42" s="1" t="n">
         <v>35</v>
       </c>
-      <c r="B42" s="67" t="inlineStr">
+      <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Jubilant Ingrevia Limited</t>
         </is>
       </c>
-      <c r="C42" s="67" t="inlineStr">
+      <c r="C42" s="1" t="inlineStr">
         <is>
           <t>INE0BY001018</t>
         </is>
       </c>
-      <c r="D42" s="67" t="inlineStr">
+      <c r="D42" s="1" t="inlineStr">
         <is>
           <t>Chemicals &amp; Petrochemicals</t>
         </is>
       </c>
-      <c r="E42" s="69" t="n">
+      <c r="E42" s="5" t="n">
         <v>901809</v>
       </c>
-      <c r="F42" s="70" t="n">
+      <c r="F42" s="6" t="n">
         <v>6385.26</v>
       </c>
-      <c r="G42" s="71" t="n">
+      <c r="G42" s="7" t="n">
         <v>0.0118</v>
       </c>
-      <c r="J42" s="70" t="n"/>
+      <c r="J42" s="6" t="n"/>
     </row>
     <row r="43">
-      <c r="A43" s="67" t="n">
+      <c r="A43" s="1" t="n">
         <v>36</v>
       </c>
-      <c r="B43" s="67" t="inlineStr">
+      <c r="B43" s="1" t="inlineStr">
         <is>
           <t>KEC International Limited</t>
         </is>
       </c>
-      <c r="C43" s="67" t="inlineStr">
+      <c r="C43" s="1" t="inlineStr">
         <is>
           <t>INE389H01022</t>
         </is>
       </c>
-      <c r="D43" s="67" t="inlineStr">
+      <c r="D43" s="1" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="E43" s="69" t="n">
+      <c r="E43" s="5" t="n">
         <v>915736</v>
       </c>
-      <c r="F43" s="70" t="n">
+      <c r="F43" s="6" t="n">
         <v>6279.66</v>
       </c>
-      <c r="G43" s="71" t="n">
+      <c r="G43" s="7" t="n">
         <v>0.0116</v>
       </c>
-      <c r="J43" s="70" t="n"/>
+      <c r="J43" s="6" t="n"/>
     </row>
     <row r="44">
-      <c r="A44" s="67" t="n">
+      <c r="A44" s="1" t="n">
         <v>37</v>
       </c>
-      <c r="B44" s="67" t="inlineStr">
+      <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Navin Fluorine International Limited</t>
         </is>
       </c>
-      <c r="C44" s="67" t="inlineStr">
+      <c r="C44" s="1" t="inlineStr">
         <is>
           <t>INE048G01026</t>
         </is>
       </c>
-      <c r="D44" s="67" t="inlineStr">
+      <c r="D44" s="1" t="inlineStr">
         <is>
           <t>Chemicals &amp; Petrochemicals</t>
         </is>
       </c>
-      <c r="E44" s="69" t="n">
+      <c r="E44" s="5" t="n">
         <v>106494</v>
       </c>
-      <c r="F44" s="70" t="n">
+      <c r="F44" s="6" t="n">
         <v>6107.96</v>
       </c>
-      <c r="G44" s="71" t="n">
+      <c r="G44" s="7" t="n">
         <v>0.0113</v>
       </c>
-      <c r="J44" s="70" t="n"/>
+      <c r="J44" s="6" t="n"/>
     </row>
     <row r="45">
-      <c r="A45" s="67" t="n">
+      <c r="A45" s="1" t="n">
         <v>38</v>
       </c>
-      <c r="B45" s="67" t="inlineStr">
+      <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Bharat Petroleum Corporation Limited</t>
         </is>
       </c>
-      <c r="C45" s="67" t="inlineStr">
+      <c r="C45" s="1" t="inlineStr">
         <is>
           <t>INE029A01011</t>
         </is>
       </c>
-      <c r="D45" s="67" t="inlineStr">
+      <c r="D45" s="1" t="inlineStr">
         <is>
           <t>Petroleum Products</t>
         </is>
       </c>
-      <c r="E45" s="69" t="n">
+      <c r="E45" s="5" t="n">
         <v>1672636</v>
       </c>
-      <c r="F45" s="70" t="n">
+      <c r="F45" s="6" t="n">
         <v>6006.44</v>
       </c>
-      <c r="G45" s="71" t="n">
+      <c r="G45" s="7" t="n">
         <v>0.0111</v>
       </c>
-      <c r="J45" s="70" t="n"/>
+      <c r="J45" s="6" t="n"/>
     </row>
     <row r="46">
-      <c r="A46" s="67" t="n">
+      <c r="A46" s="1" t="n">
         <v>39</v>
       </c>
-      <c r="B46" s="67" t="inlineStr">
+      <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Power Mech Projects Limited</t>
         </is>
       </c>
-      <c r="C46" s="67" t="inlineStr">
+      <c r="C46" s="1" t="inlineStr">
         <is>
           <t>INE211R01019</t>
         </is>
       </c>
-      <c r="D46" s="67" t="inlineStr">
+      <c r="D46" s="1" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="E46" s="69" t="n">
+      <c r="E46" s="5" t="n">
         <v>243276</v>
       </c>
-      <c r="F46" s="70" t="n">
+      <c r="F46" s="6" t="n">
         <v>5785.35</v>
       </c>
-      <c r="G46" s="71" t="n">
+      <c r="G46" s="7" t="n">
         <v>0.0107</v>
       </c>
-      <c r="J46" s="70" t="n"/>
+      <c r="J46" s="6" t="n"/>
     </row>
     <row r="47">
-      <c r="A47" s="67" t="n">
+      <c r="A47" s="1" t="n">
         <v>40</v>
       </c>
-      <c r="B47" s="67" t="inlineStr">
+      <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Asian Paints Limited</t>
         </is>
       </c>
-      <c r="C47" s="67" t="inlineStr">
+      <c r="C47" s="1" t="inlineStr">
         <is>
           <t>INE021A01026</t>
         </is>
       </c>
-      <c r="D47" s="67" t="inlineStr">
+      <c r="D47" s="1" t="inlineStr">
         <is>
           <t>Consumer Durables</t>
         </is>
       </c>
-      <c r="E47" s="69" t="n">
+      <c r="E47" s="5" t="n">
         <v>194810</v>
       </c>
-      <c r="F47" s="70" t="n">
+      <c r="F47" s="6" t="n">
         <v>5599.62</v>
       </c>
-      <c r="G47" s="71" t="n">
+      <c r="G47" s="7" t="n">
         <v>0.0103</v>
       </c>
-      <c r="J47" s="70" t="n"/>
+      <c r="J47" s="6" t="n"/>
     </row>
     <row r="48">
-      <c r="A48" s="67" t="n">
+      <c r="A48" s="1" t="n">
         <v>41</v>
       </c>
-      <c r="B48" s="67" t="inlineStr">
+      <c r="B48" s="1" t="inlineStr">
         <is>
           <t>R R Kabel Limited</t>
         </is>
       </c>
-      <c r="C48" s="67" t="inlineStr">
+      <c r="C48" s="1" t="inlineStr">
         <is>
           <t>INE777K01022</t>
         </is>
       </c>
-      <c r="D48" s="67" t="inlineStr">
+      <c r="D48" s="1" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
-      <c r="E48" s="69" t="n">
+      <c r="E48" s="5" t="n">
         <v>393171</v>
       </c>
-      <c r="F48" s="70" t="n">
+      <c r="F48" s="6" t="n">
         <v>5517.37</v>
       </c>
-      <c r="G48" s="71" t="n">
+      <c r="G48" s="7" t="n">
         <v>0.0102</v>
       </c>
-      <c r="J48" s="70" t="n"/>
+      <c r="J48" s="6" t="n"/>
     </row>
     <row r="49">
-      <c r="A49" s="67" t="n">
+      <c r="A49" s="1" t="n">
         <v>42</v>
       </c>
-      <c r="B49" s="67" t="inlineStr">
+      <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Apollo Tyres Limited</t>
         </is>
       </c>
-      <c r="C49" s="67" t="inlineStr">
+      <c r="C49" s="1" t="inlineStr">
         <is>
           <t>INE438A01022</t>
         </is>
       </c>
-      <c r="D49" s="67" t="inlineStr">
+      <c r="D49" s="1" t="inlineStr">
         <is>
           <t>Auto Components</t>
         </is>
       </c>
-      <c r="E49" s="69" t="n">
+      <c r="E49" s="5" t="n">
         <v>997849</v>
       </c>
-      <c r="F49" s="70" t="n">
+      <c r="F49" s="6" t="n">
         <v>5128.94</v>
       </c>
-      <c r="G49" s="71" t="n">
+      <c r="G49" s="7" t="n">
         <v>0.0095</v>
       </c>
-      <c r="J49" s="70" t="n"/>
+      <c r="J49" s="6" t="n"/>
     </row>
     <row r="50">
-      <c r="A50" s="67" t="n">
+      <c r="A50" s="1" t="n">
         <v>43</v>
       </c>
-      <c r="B50" s="67" t="inlineStr">
+      <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Ahluwalia Contracts (India) Limited</t>
         </is>
       </c>
-      <c r="C50" s="67" t="inlineStr">
+      <c r="C50" s="1" t="inlineStr">
         <is>
           <t>INE758C01029</t>
         </is>
       </c>
-      <c r="D50" s="67" t="inlineStr">
+      <c r="D50" s="1" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="E50" s="69" t="n">
+      <c r="E50" s="5" t="n">
         <v>491093</v>
       </c>
-      <c r="F50" s="70" t="n">
+      <c r="F50" s="6" t="n">
         <v>4887.6</v>
       </c>
-      <c r="G50" s="71" t="n">
+      <c r="G50" s="7" t="n">
         <v>0.008999999999999999</v>
       </c>
-      <c r="J50" s="70" t="n"/>
+      <c r="J50" s="6" t="n"/>
     </row>
     <row r="51">
-      <c r="A51" s="67" t="n">
+      <c r="A51" s="1" t="n">
         <v>44</v>
       </c>
-      <c r="B51" s="67" t="inlineStr">
+      <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Kirloskar Pneumatic Company Limited</t>
         </is>
       </c>
-      <c r="C51" s="67" t="inlineStr">
+      <c r="C51" s="1" t="inlineStr">
         <is>
           <t>INE811A01020</t>
         </is>
       </c>
-      <c r="D51" s="67" t="inlineStr">
+      <c r="D51" s="1" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
-      <c r="E51" s="69" t="n">
+      <c r="E51" s="5" t="n">
         <v>417898</v>
       </c>
-      <c r="F51" s="70" t="n">
+      <c r="F51" s="6" t="n">
         <v>4541.72</v>
       </c>
-      <c r="G51" s="71" t="n">
+      <c r="G51" s="7" t="n">
         <v>0.008399999999999999</v>
       </c>
-      <c r="J51" s="70" t="n"/>
+      <c r="J51" s="6" t="n"/>
     </row>
     <row r="52">
-      <c r="A52" s="67" t="n">
+      <c r="A52" s="1" t="n">
         <v>45</v>
       </c>
-      <c r="B52" s="67" t="inlineStr">
+      <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Shivalik Bimetal Controls Limited</t>
         </is>
       </c>
-      <c r="C52" s="67" t="inlineStr">
+      <c r="C52" s="1" t="inlineStr">
         <is>
           <t>INE386D01027</t>
         </is>
       </c>
-      <c r="D52" s="67" t="inlineStr">
+      <c r="D52" s="1" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
-      <c r="E52" s="69" t="n">
+      <c r="E52" s="5" t="n">
         <v>1024530</v>
       </c>
-      <c r="F52" s="70" t="n">
+      <c r="F52" s="6" t="n">
         <v>4474.12</v>
       </c>
-      <c r="G52" s="71" t="n">
+      <c r="G52" s="7" t="n">
         <v>0.0083</v>
       </c>
-      <c r="J52" s="70" t="n"/>
+      <c r="J52" s="6" t="n"/>
     </row>
     <row r="53">
-      <c r="A53" s="67" t="n">
+      <c r="A53" s="1" t="n">
         <v>46</v>
       </c>
-      <c r="B53" s="67" t="inlineStr">
+      <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Oberoi Realty Limited</t>
         </is>
       </c>
-      <c r="C53" s="67" t="inlineStr">
+      <c r="C53" s="1" t="inlineStr">
         <is>
           <t>INE093I01010</t>
         </is>
       </c>
-      <c r="D53" s="67" t="inlineStr">
+      <c r="D53" s="1" t="inlineStr">
         <is>
           <t>Realty</t>
         </is>
       </c>
-      <c r="E53" s="69" t="n">
+      <c r="E53" s="5" t="n">
         <v>268146</v>
       </c>
-      <c r="F53" s="70" t="n">
+      <c r="F53" s="6" t="n">
         <v>4416.9</v>
       </c>
-      <c r="G53" s="71" t="n">
+      <c r="G53" s="7" t="n">
         <v>0.008200000000000001</v>
       </c>
-      <c r="J53" s="70" t="n"/>
+      <c r="J53" s="6" t="n"/>
     </row>
     <row r="54">
-      <c r="A54" s="67" t="n">
+      <c r="A54" s="1" t="n">
         <v>47</v>
       </c>
-      <c r="B54" s="67" t="inlineStr">
+      <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Gujarat Gas Limited</t>
         </is>
       </c>
-      <c r="C54" s="67" t="inlineStr">
+      <c r="C54" s="1" t="inlineStr">
         <is>
           <t>INE844O01030</t>
         </is>
       </c>
-      <c r="D54" s="67" t="inlineStr">
+      <c r="D54" s="1" t="inlineStr">
         <is>
           <t>Gas</t>
         </is>
       </c>
-      <c r="E54" s="69" t="n">
+      <c r="E54" s="5" t="n">
         <v>1113316</v>
       </c>
-      <c r="F54" s="70" t="n">
+      <c r="F54" s="6" t="n">
         <v>4410.4</v>
       </c>
-      <c r="G54" s="71" t="n">
+      <c r="G54" s="7" t="n">
         <v>0.0081</v>
       </c>
-      <c r="J54" s="70" t="n"/>
+      <c r="J54" s="6" t="n"/>
     </row>
     <row r="55">
-      <c r="A55" s="67" t="n">
+      <c r="A55" s="1" t="n">
         <v>48</v>
       </c>
-      <c r="B55" s="67" t="inlineStr">
+      <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Century Plyboards (India) Limited</t>
         </is>
       </c>
-      <c r="C55" s="67" t="inlineStr">
+      <c r="C55" s="1" t="inlineStr">
         <is>
           <t>INE348B01021</t>
         </is>
       </c>
-      <c r="D55" s="67" t="inlineStr">
+      <c r="D55" s="1" t="inlineStr">
         <is>
           <t>Consumer Durables</t>
         </is>
       </c>
-      <c r="E55" s="69" t="n">
+      <c r="E55" s="5" t="n">
         <v>547182</v>
       </c>
-      <c r="F55" s="70" t="n">
+      <c r="F55" s="6" t="n">
         <v>4381.83</v>
       </c>
-      <c r="G55" s="71" t="n">
+      <c r="G55" s="7" t="n">
         <v>0.0081</v>
       </c>
-      <c r="J55" s="70" t="n"/>
+      <c r="J55" s="6" t="n"/>
     </row>
     <row r="56">
-      <c r="A56" s="67" t="n">
+      <c r="A56" s="1" t="n">
         <v>49</v>
       </c>
-      <c r="B56" s="67" t="inlineStr">
+      <c r="B56" s="1" t="inlineStr">
         <is>
           <t>The Phoenix Mills Limited</t>
         </is>
       </c>
-      <c r="C56" s="67" t="inlineStr">
+      <c r="C56" s="1" t="inlineStr">
         <is>
           <t>INE211B01039</t>
         </is>
       </c>
-      <c r="D56" s="67" t="inlineStr">
+      <c r="D56" s="1" t="inlineStr">
         <is>
           <t>Realty</t>
         </is>
       </c>
-      <c r="E56" s="69" t="n">
+      <c r="E56" s="5" t="n">
         <v>246442</v>
       </c>
-      <c r="F56" s="70" t="n">
+      <c r="F56" s="6" t="n">
         <v>4280.2</v>
       </c>
-      <c r="G56" s="71" t="n">
+      <c r="G56" s="7" t="n">
         <v>0.007900000000000001</v>
       </c>
-      <c r="J56" s="70" t="n"/>
+      <c r="J56" s="6" t="n"/>
     </row>
     <row r="57">
-      <c r="A57" s="67" t="n">
+      <c r="A57" s="1" t="n">
         <v>50</v>
       </c>
-      <c r="B57" s="67" t="inlineStr">
+      <c r="B57" s="1" t="inlineStr">
         <is>
           <t>H.G. Infra Engineering Limited</t>
         </is>
       </c>
-      <c r="C57" s="67" t="inlineStr">
+      <c r="C57" s="1" t="inlineStr">
         <is>
           <t>INE926X01010</t>
         </is>
       </c>
-      <c r="D57" s="67" t="inlineStr">
+      <c r="D57" s="1" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="E57" s="69" t="n">
+      <c r="E57" s="5" t="n">
         <v>491337</v>
       </c>
-      <c r="F57" s="70" t="n">
+      <c r="F57" s="6" t="n">
         <v>4251.29</v>
       </c>
-      <c r="G57" s="71" t="n">
+      <c r="G57" s="7" t="n">
         <v>0.0078</v>
       </c>
-      <c r="J57" s="70" t="n"/>
+      <c r="J57" s="6" t="n"/>
     </row>
     <row r="58">
-      <c r="A58" s="67" t="n">
+      <c r="A58" s="1" t="n">
         <v>51</v>
       </c>
-      <c r="B58" s="67" t="inlineStr">
+      <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Interglobe Aviation Limited</t>
         </is>
       </c>
-      <c r="C58" s="67" t="inlineStr">
+      <c r="C58" s="1" t="inlineStr">
         <is>
           <t>INE646L01027</t>
         </is>
       </c>
-      <c r="D58" s="67" t="inlineStr">
+      <c r="D58" s="1" t="inlineStr">
         <is>
           <t>Transport Services</t>
         </is>
       </c>
-      <c r="E58" s="69" t="n">
+      <c r="E58" s="5" t="n">
         <v>68040</v>
       </c>
-      <c r="F58" s="70" t="n">
+      <c r="F58" s="6" t="n">
         <v>4015.38</v>
       </c>
-      <c r="G58" s="71" t="n">
+      <c r="G58" s="7" t="n">
         <v>0.0074</v>
       </c>
-      <c r="J58" s="70" t="n"/>
+      <c r="J58" s="6" t="n"/>
     </row>
     <row r="59">
-      <c r="A59" s="67" t="n">
+      <c r="A59" s="1" t="n">
         <v>52</v>
       </c>
-      <c r="B59" s="67" t="inlineStr">
+      <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Bajaj Electricals Limited</t>
         </is>
       </c>
-      <c r="C59" s="67" t="inlineStr">
+      <c r="C59" s="1" t="inlineStr">
         <is>
           <t>INE193E01025</t>
         </is>
       </c>
-      <c r="D59" s="67" t="inlineStr">
+      <c r="D59" s="1" t="inlineStr">
         <is>
           <t>Consumer Durables</t>
         </is>
       </c>
-      <c r="E59" s="69" t="n">
+      <c r="E59" s="5" t="n">
         <v>785066</v>
       </c>
-      <c r="F59" s="70" t="n">
+      <c r="F59" s="6" t="n">
         <v>3778.92</v>
       </c>
-      <c r="G59" s="71" t="n">
+      <c r="G59" s="7" t="n">
         <v>0.007</v>
       </c>
-      <c r="J59" s="70" t="n"/>
+      <c r="J59" s="6" t="n"/>
     </row>
     <row r="60">
-      <c r="A60" s="67" t="n">
+      <c r="A60" s="1" t="n">
         <v>53</v>
       </c>
-      <c r="B60" s="67" t="inlineStr">
+      <c r="B60" s="1" t="inlineStr">
         <is>
           <t>CG Power and Industrial Solutions Limited</t>
         </is>
       </c>
-      <c r="C60" s="67" t="inlineStr">
+      <c r="C60" s="1" t="inlineStr">
         <is>
           <t>INE067A01029</t>
         </is>
       </c>
-      <c r="D60" s="67" t="inlineStr">
+      <c r="D60" s="1" t="inlineStr">
         <is>
           <t>Electrical Equipment</t>
         </is>
       </c>
-      <c r="E60" s="69" t="n">
+      <c r="E60" s="5" t="n">
         <v>531278</v>
       </c>
-      <c r="F60" s="70" t="n">
+      <c r="F60" s="6" t="n">
         <v>3574.97</v>
       </c>
-      <c r="G60" s="71" t="n">
+      <c r="G60" s="7" t="n">
         <v>0.0066</v>
       </c>
-      <c r="J60" s="70" t="n"/>
+      <c r="J60" s="6" t="n"/>
     </row>
     <row r="61">
-      <c r="A61" s="67" t="n">
+      <c r="A61" s="1" t="n">
         <v>54</v>
       </c>
-      <c r="B61" s="67" t="inlineStr">
+      <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Cyient DLM Limited</t>
         </is>
       </c>
-      <c r="C61" s="67" t="inlineStr">
+      <c r="C61" s="1" t="inlineStr">
         <is>
           <t>INE055S01018</t>
         </is>
       </c>
-      <c r="D61" s="67" t="inlineStr">
+      <c r="D61" s="1" t="inlineStr">
         <is>
           <t>Aerospace &amp; Defense</t>
         </is>
       </c>
-      <c r="E61" s="69" t="n">
+      <c r="E61" s="5" t="n">
         <v>776839</v>
       </c>
-      <c r="F61" s="70" t="n">
+      <c r="F61" s="6" t="n">
         <v>3333.8</v>
       </c>
-      <c r="G61" s="71" t="n">
+      <c r="G61" s="7" t="n">
         <v>0.0062</v>
       </c>
-      <c r="J61" s="70" t="n"/>
+      <c r="J61" s="6" t="n"/>
     </row>
     <row r="62">
-      <c r="A62" s="67" t="n">
+      <c r="A62" s="1" t="n">
         <v>55</v>
       </c>
-      <c r="B62" s="67" t="inlineStr">
+      <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Ambuja Cements Limited</t>
         </is>
       </c>
-      <c r="C62" s="67" t="inlineStr">
+      <c r="C62" s="1" t="inlineStr">
         <is>
           <t>INE079A01024</t>
         </is>
       </c>
-      <c r="D62" s="67" t="inlineStr">
+      <c r="D62" s="1" t="inlineStr">
         <is>
           <t>Cement &amp; Cement Products</t>
         </is>
       </c>
-      <c r="E62" s="69" t="n">
+      <c r="E62" s="5" t="n">
         <v>565701</v>
       </c>
-      <c r="F62" s="70" t="n">
+      <c r="F62" s="6" t="n">
         <v>3112.49</v>
       </c>
-      <c r="G62" s="71" t="n">
+      <c r="G62" s="7" t="n">
         <v>0.0057</v>
       </c>
-      <c r="J62" s="70" t="n"/>
+      <c r="J62" s="6" t="n"/>
     </row>
     <row r="63">
-      <c r="A63" s="67" t="n">
+      <c r="A63" s="1" t="n">
         <v>56</v>
       </c>
-      <c r="B63" s="67" t="inlineStr">
+      <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Bansal Wire Industries Limited</t>
         </is>
       </c>
-      <c r="C63" s="67" t="inlineStr">
+      <c r="C63" s="1" t="inlineStr">
         <is>
           <t>INE0B9K01025</t>
         </is>
       </c>
-      <c r="D63" s="67" t="inlineStr">
+      <c r="D63" s="1" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
-      <c r="E63" s="69" t="n">
+      <c r="E63" s="5" t="n">
         <v>957697</v>
       </c>
-      <c r="F63" s="70" t="n">
+      <c r="F63" s="6" t="n">
         <v>3103.42</v>
       </c>
-      <c r="G63" s="71" t="n">
+      <c r="G63" s="7" t="n">
         <v>0.0057</v>
       </c>
-      <c r="J63" s="70" t="n"/>
+      <c r="J63" s="6" t="n"/>
     </row>
     <row r="64">
-      <c r="A64" s="67" t="n">
+      <c r="A64" s="1" t="n">
         <v>57</v>
       </c>
-      <c r="B64" s="67" t="inlineStr">
+      <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Polycab India Limited</t>
         </is>
       </c>
-      <c r="C64" s="67" t="inlineStr">
+      <c r="C64" s="1" t="inlineStr">
         <is>
           <t>INE455K01017</t>
         </is>
       </c>
-      <c r="D64" s="67" t="inlineStr">
+      <c r="D64" s="1" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
-      <c r="E64" s="69" t="n">
+      <c r="E64" s="5" t="n">
         <v>41262</v>
       </c>
-      <c r="F64" s="70" t="n">
+      <c r="F64" s="6" t="n">
         <v>3082.27</v>
       </c>
-      <c r="G64" s="71" t="n">
+      <c r="G64" s="7" t="n">
         <v>0.0057</v>
       </c>
-      <c r="J64" s="70" t="n"/>
+      <c r="J64" s="6" t="n"/>
     </row>
     <row r="65">
-      <c r="A65" s="67" t="n">
+      <c r="A65" s="1" t="n">
         <v>58</v>
       </c>
-      <c r="B65" s="67" t="inlineStr">
+      <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Atul Limited</t>
         </is>
       </c>
-      <c r="C65" s="67" t="inlineStr">
+      <c r="C65" s="1" t="inlineStr">
         <is>
           <t>INE100A01010</t>
         </is>
       </c>
-      <c r="D65" s="67" t="inlineStr">
+      <c r="D65" s="1" t="inlineStr">
         <is>
           <t>Chemicals &amp; Petrochemicals</t>
         </is>
       </c>
-      <c r="E65" s="69" t="n">
+      <c r="E65" s="5" t="n">
         <v>48501</v>
       </c>
-      <c r="F65" s="70" t="n">
+      <c r="F65" s="6" t="n">
         <v>2848.95</v>
       </c>
-      <c r="G65" s="71" t="n">
+      <c r="G65" s="7" t="n">
         <v>0.0053</v>
       </c>
-      <c r="J65" s="70" t="n"/>
+      <c r="J65" s="6" t="n"/>
     </row>
     <row r="66">
-      <c r="A66" s="67" t="n">
+      <c r="A66" s="1" t="n">
         <v>59</v>
       </c>
-      <c r="B66" s="67" t="inlineStr">
+      <c r="B66" s="1" t="inlineStr">
         <is>
           <t>APL Apollo Tubes Limited</t>
         </is>
       </c>
-      <c r="C66" s="67" t="inlineStr">
+      <c r="C66" s="1" t="inlineStr">
         <is>
           <t>INE702C01027</t>
         </is>
       </c>
-      <c r="D66" s="67" t="inlineStr">
+      <c r="D66" s="1" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
-      <c r="E66" s="69" t="n">
+      <c r="E66" s="5" t="n">
         <v>160693</v>
       </c>
-      <c r="F66" s="70" t="n">
+      <c r="F66" s="6" t="n">
         <v>2762.15</v>
       </c>
-      <c r="G66" s="71" t="n">
+      <c r="G66" s="7" t="n">
         <v>0.0051</v>
       </c>
-      <c r="J66" s="70" t="n"/>
+      <c r="J66" s="6" t="n"/>
     </row>
     <row r="67">
-      <c r="A67" s="67" t="n">
+      <c r="A67" s="1" t="n">
         <v>60</v>
       </c>
-      <c r="B67" s="67" t="inlineStr">
+      <c r="B67" s="1" t="inlineStr">
         <is>
           <t>IFGL Refractories Limited</t>
         </is>
       </c>
-      <c r="C67" s="67" t="inlineStr">
+      <c r="C67" s="1" t="inlineStr">
         <is>
           <t>INE133Y01011</t>
         </is>
       </c>
-      <c r="D67" s="67" t="inlineStr">
+      <c r="D67" s="1" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
-      <c r="E67" s="69" t="n">
+      <c r="E67" s="5" t="n">
         <v>1211974</v>
       </c>
-      <c r="F67" s="70" t="n">
+      <c r="F67" s="6" t="n">
         <v>2655.44</v>
       </c>
-      <c r="G67" s="71" t="n">
+      <c r="G67" s="7" t="n">
         <v>0.0049</v>
       </c>
-      <c r="J67" s="70" t="n"/>
+      <c r="J67" s="6" t="n"/>
     </row>
     <row r="68">
-      <c r="A68" s="67" t="n">
+      <c r="A68" s="1" t="n">
         <v>61</v>
       </c>
-      <c r="B68" s="67" t="inlineStr">
+      <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Finolex Cables Limited</t>
         </is>
       </c>
-      <c r="C68" s="67" t="inlineStr">
+      <c r="C68" s="1" t="inlineStr">
         <is>
           <t>INE235A01022</t>
         </is>
       </c>
-      <c r="D68" s="67" t="inlineStr">
+      <c r="D68" s="1" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
-      <c r="E68" s="69" t="n">
+      <c r="E68" s="5" t="n">
         <v>353076</v>
       </c>
-      <c r="F68" s="70" t="n">
+      <c r="F68" s="6" t="n">
         <v>2645.07</v>
       </c>
-      <c r="G68" s="71" t="n">
+      <c r="G68" s="7" t="n">
         <v>0.0049</v>
       </c>
-      <c r="J68" s="70" t="n"/>
+      <c r="J68" s="6" t="n"/>
     </row>
     <row r="69">
-      <c r="A69" s="67" t="n">
+      <c r="A69" s="1" t="n">
         <v>62</v>
       </c>
-      <c r="B69" s="67" t="inlineStr">
+      <c r="B69" s="1" t="inlineStr">
         <is>
           <t>SKF India Industrial Limited^</t>
         </is>
       </c>
-      <c r="C69" s="67" t="inlineStr">
+      <c r="C69" s="1" t="inlineStr">
         <is>
           <t>INE2J8701016</t>
         </is>
       </c>
-      <c r="D69" s="67" t="inlineStr">
+      <c r="D69" s="1" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
-      <c r="E69" s="69" t="n">
+      <c r="E69" s="5" t="n">
         <v>96117</v>
       </c>
-      <c r="F69" s="70" t="n">
+      <c r="F69" s="6" t="n">
         <v>2603.23</v>
       </c>
-      <c r="G69" s="71" t="n">
+      <c r="G69" s="7" t="n">
         <v>0.0048</v>
       </c>
-      <c r="J69" s="70" t="n"/>
+      <c r="J69" s="6" t="n"/>
     </row>
     <row r="70">
-      <c r="A70" s="67" t="n">
+      <c r="A70" s="1" t="n">
         <v>63</v>
       </c>
-      <c r="B70" s="67" t="inlineStr">
+      <c r="B70" s="1" t="inlineStr">
         <is>
           <t>SKF India Limited</t>
         </is>
       </c>
-      <c r="C70" s="67" t="inlineStr">
+      <c r="C70" s="1" t="inlineStr">
         <is>
           <t>INE640A01023</t>
         </is>
       </c>
-      <c r="D70" s="67" t="inlineStr">
+      <c r="D70" s="1" t="inlineStr">
         <is>
           <t>Auto Components</t>
         </is>
       </c>
-      <c r="E70" s="69" t="n">
+      <c r="E70" s="5" t="n">
         <v>94600</v>
       </c>
-      <c r="F70" s="70" t="n">
+      <c r="F70" s="6" t="n">
         <v>1812.16</v>
       </c>
-      <c r="G70" s="71" t="n">
+      <c r="G70" s="7" t="n">
         <v>0.0033</v>
       </c>
-      <c r="J70" s="70" t="n"/>
+      <c r="J70" s="6" t="n"/>
     </row>
     <row r="71">
-      <c r="A71" s="67" t="n">
+      <c r="A71" s="1" t="n">
         <v>64</v>
       </c>
-      <c r="B71" s="67" t="inlineStr">
+      <c r="B71" s="1" t="inlineStr">
         <is>
           <t>JNK India Limited</t>
         </is>
       </c>
-      <c r="C71" s="67" t="inlineStr">
+      <c r="C71" s="1" t="inlineStr">
         <is>
           <t>INE0OAF01028</t>
         </is>
       </c>
-      <c r="D71" s="67" t="inlineStr">
+      <c r="D71" s="1" t="inlineStr">
         <is>
           <t>Industrial Manufacturing</t>
         </is>
       </c>
-      <c r="E71" s="69" t="n">
+      <c r="E71" s="5" t="n">
         <v>656959</v>
       </c>
-      <c r="F71" s="70" t="n">
+      <c r="F71" s="6" t="n">
         <v>1626.63</v>
       </c>
-      <c r="G71" s="71" t="n">
+      <c r="G71" s="7" t="n">
         <v>0.003</v>
       </c>
-      <c r="J71" s="70" t="n"/>
+      <c r="J71" s="6" t="n"/>
     </row>
     <row r="72">
-      <c r="A72" s="67" t="n">
+      <c r="A72" s="1" t="n">
         <v>65</v>
       </c>
-      <c r="B72" s="67" t="inlineStr">
+      <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Exide Industries Limited</t>
         </is>
       </c>
-      <c r="C72" s="67" t="inlineStr">
+      <c r="C72" s="1" t="inlineStr">
         <is>
           <t>INE302A01020</t>
         </is>
       </c>
-      <c r="D72" s="67" t="inlineStr">
+      <c r="D72" s="1" t="inlineStr">
         <is>
           <t>Auto Components</t>
         </is>
       </c>
-      <c r="E72" s="69" t="n">
+      <c r="E72" s="5" t="n">
         <v>377527</v>
       </c>
-      <c r="F72" s="70" t="n">
+      <c r="F72" s="6" t="n">
         <v>1414.97</v>
       </c>
-      <c r="G72" s="71" t="n">
+      <c r="G72" s="7" t="n">
         <v>0.0026</v>
       </c>
-      <c r="J72" s="70" t="n"/>
+      <c r="J72" s="6" t="n"/>
     </row>
     <row r="73">
-      <c r="A73" s="67" t="n">
+      <c r="A73" s="1" t="n">
         <v>66</v>
       </c>
-      <c r="B73" s="67" t="inlineStr">
+      <c r="B73" s="1" t="inlineStr">
         <is>
           <t>NTPC Green Energy Limited</t>
         </is>
       </c>
-      <c r="C73" s="67" t="inlineStr">
+      <c r="C73" s="1" t="inlineStr">
         <is>
           <t>INE0ONG01011</t>
         </is>
       </c>
-      <c r="D73" s="67" t="inlineStr">
+      <c r="D73" s="1" t="inlineStr">
         <is>
           <t>Power</t>
         </is>
       </c>
-      <c r="E73" s="69" t="n">
+      <c r="E73" s="5" t="n">
         <v>787497</v>
       </c>
-      <c r="F73" s="70" t="n">
+      <c r="F73" s="6" t="n">
         <v>747.73</v>
       </c>
-      <c r="G73" s="71" t="n">
+      <c r="G73" s="7" t="n">
         <v>0.0014</v>
       </c>
-      <c r="J73" s="70" t="n"/>
+      <c r="J73" s="6" t="n"/>
     </row>
     <row r="74">
-      <c r="A74" s="67" t="n">
+      <c r="A74" s="1" t="n">
         <v>67</v>
       </c>
-      <c r="B74" s="67" t="inlineStr">
+      <c r="B74" s="1" t="inlineStr">
         <is>
           <t>KNR Constructions Limited</t>
         </is>
       </c>
-      <c r="C74" s="67" t="inlineStr">
+      <c r="C74" s="1" t="inlineStr">
         <is>
           <t>INE634I01029</t>
         </is>
       </c>
-      <c r="D74" s="67" t="inlineStr">
+      <c r="D74" s="1" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="E74" s="69" t="n">
+      <c r="E74" s="5" t="n">
         <v>409543</v>
       </c>
-      <c r="F74" s="70" t="n">
+      <c r="F74" s="6" t="n">
         <v>656.09</v>
       </c>
-      <c r="G74" s="71" t="n">
+      <c r="G74" s="7" t="n">
         <v>0.0012</v>
       </c>
-      <c r="J74" s="70" t="n"/>
+      <c r="J74" s="6" t="n"/>
     </row>
     <row r="75">
-      <c r="A75" s="67" t="n">
+      <c r="A75" s="1" t="n">
         <v>68</v>
       </c>
-      <c r="B75" s="67" t="inlineStr">
+      <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Bharti Airtel Limited - Partly Paid Shares</t>
         </is>
       </c>
-      <c r="C75" s="67" t="inlineStr">
+      <c r="C75" s="1" t="inlineStr">
         <is>
           <t>IN9397D01014</t>
         </is>
       </c>
-      <c r="D75" s="67" t="inlineStr">
+      <c r="D75" s="1" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
-      <c r="E75" s="69" t="n">
+      <c r="E75" s="5" t="n">
         <v>37224</v>
       </c>
-      <c r="F75" s="70" t="n">
+      <c r="F75" s="6" t="n">
         <v>592.49</v>
       </c>
-      <c r="G75" s="71" t="n">
+      <c r="G75" s="7" t="n">
         <v>0.0011</v>
       </c>
-      <c r="J75" s="70" t="n"/>
+      <c r="J75" s="6" t="n"/>
     </row>
     <row r="76">
-      <c r="A76" s="67" t="n">
+      <c r="A76" s="1" t="n">
         <v>69</v>
       </c>
-      <c r="B76" s="67" t="inlineStr">
+      <c r="B76" s="1" t="inlineStr">
         <is>
           <t>G R Infraprojects Limited</t>
         </is>
       </c>
-      <c r="C76" s="67" t="inlineStr">
+      <c r="C76" s="1" t="inlineStr">
         <is>
           <t>INE201P01022</t>
         </is>
       </c>
-      <c r="D76" s="67" t="inlineStr">
+      <c r="D76" s="1" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="E76" s="69" t="n">
+      <c r="E76" s="5" t="n">
         <v>20911</v>
       </c>
-      <c r="F76" s="70" t="n">
+      <c r="F76" s="6" t="n">
         <v>224.77</v>
       </c>
-      <c r="G76" s="71" t="n">
+      <c r="G76" s="7" t="n">
         <v>0.0004</v>
       </c>
-      <c r="J76" s="70" t="n"/>
+      <c r="J76" s="6" t="n"/>
     </row>
     <row r="77">
-      <c r="A77" s="72" t="n"/>
-      <c r="B77" s="72" t="inlineStr">
+      <c r="A77" s="8" t="n"/>
+      <c r="B77" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C77" s="72" t="n"/>
-[...2 lines deleted...]
-      <c r="F77" s="73" t="n">
+      <c r="C77" s="8" t="n"/>
+      <c r="D77" s="8" t="n"/>
+      <c r="E77" s="8" t="n"/>
+      <c r="F77" s="9" t="n">
         <v>511787.08</v>
       </c>
-      <c r="G77" s="74" t="n">
+      <c r="G77" s="10" t="n">
         <v>0.9445</v>
       </c>
     </row>
     <row r="79">
-      <c r="B79" s="68" t="inlineStr">
+      <c r="B79" s="3" t="inlineStr">
         <is>
           <t>Units issued by REITs &amp; InvITs</t>
         </is>
       </c>
     </row>
     <row r="80">
-      <c r="B80" s="68" t="inlineStr">
+      <c r="B80" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="81">
-      <c r="A81" s="67" t="n">
+      <c r="A81" s="1" t="n">
         <v>70</v>
       </c>
-      <c r="B81" s="67" t="inlineStr">
+      <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Indus Infra Trust</t>
         </is>
       </c>
-      <c r="C81" s="67" t="inlineStr">
+      <c r="C81" s="1" t="inlineStr">
         <is>
           <t>INE0NHL23019</t>
         </is>
       </c>
-      <c r="D81" s="67" t="inlineStr">
+      <c r="D81" s="1" t="inlineStr">
         <is>
           <t>Transport Infrastructure</t>
         </is>
       </c>
-      <c r="E81" s="69" t="n">
+      <c r="E81" s="5" t="n">
         <v>8312129</v>
       </c>
-      <c r="F81" s="70" t="n">
+      <c r="F81" s="6" t="n">
         <v>9799.17</v>
       </c>
-      <c r="G81" s="71" t="n">
+      <c r="G81" s="7" t="n">
         <v>0.0181</v>
       </c>
       <c r="H81" s="11" t="n">
         <v>2</v>
       </c>
-      <c r="J81" s="70" t="n"/>
+      <c r="J81" s="6" t="n"/>
     </row>
     <row r="82">
-      <c r="A82" s="72" t="n"/>
-      <c r="B82" s="72" t="inlineStr">
+      <c r="A82" s="8" t="n"/>
+      <c r="B82" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C82" s="72" t="n"/>
-[...2 lines deleted...]
-      <c r="F82" s="73" t="n">
+      <c r="C82" s="8" t="n"/>
+      <c r="D82" s="8" t="n"/>
+      <c r="E82" s="8" t="n"/>
+      <c r="F82" s="9" t="n">
         <v>9799.17</v>
       </c>
-      <c r="G82" s="74" t="n">
+      <c r="G82" s="10" t="n">
         <v>0.0181</v>
       </c>
     </row>
     <row r="84">
-      <c r="B84" s="68" t="inlineStr">
+      <c r="B84" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="85">
-      <c r="A85" s="67" t="n">
+      <c r="A85" s="1" t="n">
         <v>71</v>
       </c>
-      <c r="B85" s="68" t="inlineStr">
+      <c r="B85" s="3" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F85" s="70" t="n">
+      <c r="F85" s="6" t="n">
         <v>18233.16</v>
       </c>
-      <c r="G85" s="71" t="n">
+      <c r="G85" s="7" t="n">
         <v>0.0336</v>
       </c>
       <c r="H85" s="11" t="n">
         <v>45992</v>
       </c>
     </row>
     <row r="86">
-      <c r="A86" s="72" t="n"/>
-      <c r="B86" s="72" t="inlineStr">
+      <c r="A86" s="8" t="n"/>
+      <c r="B86" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C86" s="72" t="n"/>
-[...2 lines deleted...]
-      <c r="F86" s="73" t="n">
+      <c r="C86" s="8" t="n"/>
+      <c r="D86" s="8" t="n"/>
+      <c r="E86" s="8" t="n"/>
+      <c r="F86" s="9" t="n">
         <v>18233.16</v>
       </c>
-      <c r="G86" s="74" t="n">
+      <c r="G86" s="10" t="n">
         <v>0.0336</v>
       </c>
     </row>
     <row r="88">
-      <c r="B88" s="68" t="inlineStr">
+      <c r="B88" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="89">
-      <c r="B89" s="67" t="inlineStr">
+      <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Cash Margin</t>
         </is>
       </c>
-      <c r="E89" s="69" t="n"/>
-      <c r="F89" s="70" t="n">
+      <c r="E89" s="5" t="n"/>
+      <c r="F89" s="6" t="n">
         <v>3000</v>
       </c>
-      <c r="G89" s="71" t="n">
+      <c r="G89" s="7" t="n">
         <v>0.0055</v>
       </c>
-      <c r="J89" s="70" t="n"/>
+      <c r="J89" s="6" t="n"/>
     </row>
     <row r="90">
-      <c r="B90" s="67" t="inlineStr">
+      <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E90" s="69" t="n"/>
-      <c r="F90" s="70" t="n">
+      <c r="E90" s="5" t="n"/>
+      <c r="F90" s="6" t="n">
         <v>-940.84</v>
       </c>
-      <c r="G90" s="71" t="n">
+      <c r="G90" s="7" t="n">
         <v>-0.0017</v>
       </c>
-      <c r="J90" s="70" t="n"/>
+      <c r="J90" s="6" t="n"/>
     </row>
     <row r="91">
-      <c r="A91" s="72" t="n"/>
-      <c r="B91" s="72" t="inlineStr">
+      <c r="A91" s="8" t="n"/>
+      <c r="B91" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C91" s="72" t="n"/>
-[...2 lines deleted...]
-      <c r="F91" s="73" t="n">
+      <c r="C91" s="8" t="n"/>
+      <c r="D91" s="8" t="n"/>
+      <c r="E91" s="8" t="n"/>
+      <c r="F91" s="9" t="n">
         <v>2059.16</v>
       </c>
-      <c r="G91" s="74" t="n">
+      <c r="G91" s="10" t="n">
         <v>0.0038</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="4" t="n"/>
       <c r="B93" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
       <c r="C93" s="4" t="n"/>
       <c r="D93" s="4" t="n"/>
       <c r="E93" s="4" t="n"/>
       <c r="F93" s="12" t="n">
         <v>541878.5699999999</v>
       </c>
       <c r="G93" s="13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="94">
-      <c r="A94" s="67" t="inlineStr">
+      <c r="A94" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="95">
-      <c r="A95" s="67" t="n">
+      <c r="A95" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B95" s="67" t="inlineStr">
+      <c r="B95" s="1" t="inlineStr">
         <is>
           <t>^ Pending Listing</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="15" t="n">
         <v>2</v>
       </c>
       <c r="B96" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="100" ht="14.5" customHeight="1" s="46">
+    <row r="100" ht="14.5" customHeight="1" s="49">
       <c r="B100" s="38" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="114" ht="14.5" customHeight="1" s="46">
+    <row r="114" ht="14.5" customHeight="1" s="49">
       <c r="B114" s="38" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: BSE India Infrastructure TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>