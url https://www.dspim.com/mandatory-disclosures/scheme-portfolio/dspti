--- v4 (2025-12-30)
+++ v5 (2026-01-20)
@@ -1,74 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="920" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="TIGER" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="3">
-[...2 lines deleted...]
-    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="15">
+  <fonts count="17">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -103,93 +108,102 @@
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="Trebuchet MS"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
-      <color indexed="8"/>
+      <b val="1"/>
+      <color theme="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
-      <name val="trebuchet MS"/>
-[...1 lines deleted...]
-      <b val="1"/>
+      <name val="Libre Franklin"/>
       <color theme="1"/>
       <sz val="10"/>
-      <u val="single"/>
+    </font>
+    <font>
+      <name val="Libre Franklin"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -274,207 +288,198 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="70">
+  <cellXfs count="73">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...6 lines deleted...]
-    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="10" fontId="13" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="43" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="4" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -521,116 +526,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>101</row>
+      <row>100</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2378075</colOff>
-[...1 lines deleted...]
-      <rowOff>34925</rowOff>
+      <colOff>2374900</colOff>
+      <row>109</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="17741900"/>
+          <a:off x="457200" y="17399000"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>115</row>
+      <row>114</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2378075</colOff>
-[...1 lines deleted...]
-      <rowOff>34925</rowOff>
+      <colOff>2374900</colOff>
+      <row>123</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="20154900"/>
+          <a:off x="457200" y="19812000"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -872,2668 +877,2627 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N114"/>
+  <dimension ref="A1:L113"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="12.453125" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="30" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="10.54296875" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="30" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="49">
-[...1 lines deleted...]
-      <c r="B1" s="48" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="41">
+      <c r="A1" s="40" t="n"/>
+      <c r="B1" s="40" t="inlineStr">
         <is>
           <t>DSP India T.I.G.E.R. Fund (The Infrastructure Growth and Economic Reforms Fund)</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on November 30, 2025</t>
+      <c r="B2" s="65" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="65" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="65" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="1" t="n">
+      <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Larsen &amp; Toubro Limited</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C8" s="2" t="inlineStr">
         <is>
           <t>INE018A01030</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="E8" s="5" t="n">
-        <v>697669</v>
+      <c r="E8" s="10" t="n">
+        <v>694468</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>28392.34</v>
-[...2 lines deleted...]
-        <v>0.0524</v>
+        <v>28358.6</v>
+      </c>
+      <c r="G8" s="66" t="n">
+        <v>0.0533</v>
       </c>
       <c r="J8" s="6" t="n"/>
-      <c r="K8" s="3" t="inlineStr">
+      <c r="K8" s="65" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="65" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="2" t="inlineStr">
         <is>
           <t>NTPC Limited</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C9" s="2" t="inlineStr">
         <is>
           <t>INE733E01010</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Power</t>
         </is>
       </c>
-      <c r="E9" s="5" t="n">
+      <c r="E9" s="10" t="n">
         <v>7145883</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>23327.74</v>
-[...2 lines deleted...]
-        <v>0.043</v>
+        <v>23549.26</v>
+      </c>
+      <c r="G9" s="66" t="n">
+        <v>0.0442</v>
       </c>
       <c r="J9" s="6" t="n"/>
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K9" s="2" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
-      <c r="L9" s="7" t="n">
-[...3 lines deleted...]
-      <c r="N9" s="7" t="n"/>
+      <c r="L9" s="66" t="n">
+        <v>0.134</v>
+      </c>
     </row>
     <row r="10">
-      <c r="A10" s="1" t="n">
+      <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Apollo Hospitals Enterprise Limited</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C10" s="2" t="inlineStr">
         <is>
           <t>INE437A01024</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Healthcare Services</t>
         </is>
       </c>
-      <c r="E10" s="5" t="n">
+      <c r="E10" s="10" t="n">
         <v>245928</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>18040.05</v>
-[...1 lines deleted...]
-      <c r="G10" s="7" t="n">
+        <v>17319.48</v>
+      </c>
+      <c r="G10" s="66" t="n">
+        <v>0.0325</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
+      <c r="K10" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="L10" s="66" t="n">
+        <v>0.1243</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="2" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="2" t="inlineStr">
+        <is>
+          <t>INE397D01024</t>
+        </is>
+      </c>
+      <c r="D11" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E11" s="10" t="n">
+        <v>812745</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>17113.16</v>
+      </c>
+      <c r="G11" s="66" t="n">
+        <v>0.0321</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L11" s="66" t="n">
+        <v>0.07829999999999999</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="2" t="inlineStr">
+        <is>
+          <t>Multi Commodity Exchange of India Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="2" t="inlineStr">
+        <is>
+          <t>INE745G01035</t>
+        </is>
+      </c>
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E12" s="10" t="n">
+        <v>136165</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>15163.33</v>
+      </c>
+      <c r="G12" s="66" t="n">
+        <v>0.0285</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L12" s="66" t="n">
+        <v>0.0598</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="2" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="2" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="2" t="inlineStr">
+        <is>
+          <t>INE752E01010</t>
+        </is>
+      </c>
+      <c r="D13" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E13" s="10" t="n">
+        <v>5567574</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>14731.8</v>
+      </c>
+      <c r="G13" s="66" t="n">
+        <v>0.0277</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="L13" s="66" t="n">
+        <v>0.0565</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>Kirloskar Oil Engines Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>INE146L01010</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E14" s="10" t="n">
+        <v>1154264</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>14068.17</v>
+      </c>
+      <c r="G14" s="66" t="n">
+        <v>0.0264</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L14" s="66" t="n">
+        <v>0.056</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Aeronautics Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="2" t="inlineStr">
+        <is>
+          <t>INE066F01020</t>
+        </is>
+      </c>
+      <c r="D15" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E15" s="10" t="n">
+        <v>305098</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>13389.84</v>
+      </c>
+      <c r="G15" s="66" t="n">
+        <v>0.0252</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L15" s="66" t="n">
+        <v>0.0544</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>Coal India Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
+        <is>
+          <t>INE522F01014</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>Consumable Fuels</t>
+        </is>
+      </c>
+      <c r="E16" s="10" t="n">
+        <v>3321453</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>13252.6</v>
+      </c>
+      <c r="G16" s="66" t="n">
+        <v>0.0249</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L16" s="66" t="n">
+        <v>0.0493</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="2" t="inlineStr">
+        <is>
+          <t>Amber Enterprises India Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="2" t="inlineStr">
+        <is>
+          <t>INE371P01015</t>
+        </is>
+      </c>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E17" s="10" t="n">
+        <v>197265</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>12599.32</v>
+      </c>
+      <c r="G17" s="66" t="n">
+        <v>0.0237</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L17" s="66" t="n">
+        <v>0.0445</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="2" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="2" t="inlineStr">
+        <is>
+          <t>Rainbow Childrens Medicare Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="2" t="inlineStr">
+        <is>
+          <t>INE961O01016</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E18" s="10" t="n">
+        <v>885167</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>11684.2</v>
+      </c>
+      <c r="G18" s="66" t="n">
+        <v>0.0219</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L18" s="66" t="n">
+        <v>0.0418</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="2" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>Siemens Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>INE003A01024</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E19" s="10" t="n">
+        <v>369482</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>11318.34</v>
+      </c>
+      <c r="G19" s="66" t="n">
+        <v>0.0213</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L19" s="66" t="n">
         <v>0.0333</v>
       </c>
-      <c r="J10" s="6" t="n"/>
-      <c r="K10" s="1" t="inlineStr">
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>Canara HSBC Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>INE01TY01017</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E20" s="10" t="n">
+        <v>7610837</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>11276.98</v>
+      </c>
+      <c r="G20" s="66" t="n">
+        <v>0.0212</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L20" s="66" t="n">
+        <v>0.0321</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="2" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>Max Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <t>INE180A01020</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E21" s="10" t="n">
+        <v>656909</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>10982.2</v>
+      </c>
+      <c r="G21" s="66" t="n">
+        <v>0.0206</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L21" s="66" t="n">
+        <v>0.0313</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>Reliance Industries Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <t>INE002A01018</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E22" s="10" t="n">
+        <v>679580</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>10672.12</v>
+      </c>
+      <c r="G22" s="66" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="2" t="inlineStr">
+        <is>
+          <t>Consumable Fuels</t>
+        </is>
+      </c>
+      <c r="L22" s="66" t="n">
+        <v>0.0249</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="2" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <t>INOX India Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="2" t="inlineStr">
+        <is>
+          <t>INE616N01034</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E23" s="10" t="n">
+        <v>940841</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>10670.08</v>
+      </c>
+      <c r="G23" s="66" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="L23" s="66" t="n">
+        <v>0.0206</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="2" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <t>Oil &amp; Natural Gas Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="2" t="inlineStr">
+        <is>
+          <t>INE213A01029</t>
+        </is>
+      </c>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E24" s="10" t="n">
+        <v>4365027</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>10492.65</v>
+      </c>
+      <c r="G24" s="66" t="n">
+        <v>0.0197</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="2" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="L24" s="66" t="n">
+        <v>0.0197</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <t>Kalpataru Projects International Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="2" t="inlineStr">
+        <is>
+          <t>INE220B01022</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="L10" s="7" t="n">
-[...17 lines deleted...]
-      <c r="D11" s="1" t="inlineStr">
+      <c r="E25" s="10" t="n">
+        <v>816241</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>9814.48</v>
+      </c>
+      <c r="G25" s="66" t="n">
+        <v>0.0184</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+      <c r="K25" s="2" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L25" s="66" t="n">
+        <v>0.0182</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="2" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>Siemens Energy India Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <t>INE1NPP01017</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E26" s="10" t="n">
+        <v>369482</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>9459.110000000001</v>
+      </c>
+      <c r="G26" s="66" t="n">
+        <v>0.0178</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+      <c r="K26" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="L26" s="66" t="n">
+        <v>0.0173</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="2" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E27" s="10" t="n">
+        <v>7847631</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>9412.450000000001</v>
+      </c>
+      <c r="G27" s="66" t="n">
+        <v>0.0177</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+      <c r="K27" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="L27" s="66" t="n">
+        <v>0.017</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="2" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="2" t="inlineStr">
+        <is>
+          <t>Solar Industries India Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="2" t="inlineStr">
+        <is>
+          <t>INE343H01029</t>
+        </is>
+      </c>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E28" s="10" t="n">
+        <v>76635</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>9389.32</v>
+      </c>
+      <c r="G28" s="66" t="n">
+        <v>0.0176</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+      <c r="K28" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="L28" s="66" t="n">
+        <v>0.0136</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="2" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="2" t="inlineStr">
+        <is>
+          <t>Nippon Life India Asset Management Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="2" t="inlineStr">
+        <is>
+          <t>INE298J01013</t>
+        </is>
+      </c>
+      <c r="D29" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E29" s="10" t="n">
+        <v>958324</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>8429.9</v>
+      </c>
+      <c r="G29" s="66" t="n">
+        <v>0.0158</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+      <c r="K29" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L29" s="66" t="n">
+        <v>0.0132</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="2" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <t>Welspun Corp Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="2" t="inlineStr">
+        <is>
+          <t>INE191B01025</t>
+        </is>
+      </c>
+      <c r="D30" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E30" s="10" t="n">
+        <v>965185</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>7860.47</v>
+      </c>
+      <c r="G30" s="66" t="n">
+        <v>0.0148</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+      <c r="K30" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L30" s="66" t="n">
+        <v>0.0123</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="2" t="inlineStr">
+        <is>
+          <t>UltraTech Cement Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="2" t="inlineStr">
+        <is>
+          <t>INE481G01011</t>
+        </is>
+      </c>
+      <c r="D31" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E31" s="10" t="n">
+        <v>66546</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>7841.78</v>
+      </c>
+      <c r="G31" s="66" t="n">
+        <v>0.0147</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+      <c r="K31" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L31" s="66" t="n">
+        <v>0.0086</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="2" t="inlineStr">
+        <is>
+          <t>Sansera Engineering Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="2" t="inlineStr">
+        <is>
+          <t>INE953O01021</t>
+        </is>
+      </c>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E32" s="10" t="n">
+        <v>467132</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>7833.8</v>
+      </c>
+      <c r="G32" s="66" t="n">
+        <v>0.0147</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+      <c r="K32" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L32" s="66" t="n">
+        <v>0.039</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>Tega Industries Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <t>INE011K01018</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E33" s="10" t="n">
+        <v>388209</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>7572.79</v>
+      </c>
+      <c r="G33" s="66" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="2" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <t>Carborundum Universal Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="2" t="inlineStr">
+        <is>
+          <t>INE120A01034</t>
+        </is>
+      </c>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E34" s="10" t="n">
+        <v>861084</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>7370.02</v>
+      </c>
+      <c r="G34" s="66" t="n">
+        <v>0.0138</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <t>Triveni Engineering &amp; Industries Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="2" t="inlineStr">
+        <is>
+          <t>INE256C01024</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E35" s="10" t="n">
+        <v>1850969</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>7224.33</v>
+      </c>
+      <c r="G35" s="66" t="n">
+        <v>0.0136</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="2" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <t>Jindal Steel Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="2" t="inlineStr">
+        <is>
+          <t>INE749A01030</t>
+        </is>
+      </c>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E36" s="10" t="n">
+        <v>665965</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>7017.94</v>
+      </c>
+      <c r="G36" s="66" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>Schaeffler India Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <t>INE513A01022</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E37" s="10" t="n">
+        <v>174976</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>6787.32</v>
+      </c>
+      <c r="G37" s="66" t="n">
+        <v>0.0128</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="2" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>KEC International Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <t>INE389H01022</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E38" s="10" t="n">
+        <v>915736</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>6757.22</v>
+      </c>
+      <c r="G38" s="66" t="n">
+        <v>0.0127</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>Techno Electric &amp; Engineering Company Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <t>INE285K01026</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E39" s="10" t="n">
+        <v>621713</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>6727.56</v>
+      </c>
+      <c r="G39" s="66" t="n">
+        <v>0.0126</v>
+      </c>
+      <c r="J39" s="6" t="n"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="2" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="2" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="2" t="inlineStr">
+        <is>
+          <t>INE038A01020</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E40" s="10" t="n">
+        <v>738257</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>6546.12</v>
+      </c>
+      <c r="G40" s="66" t="n">
+        <v>0.0123</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="2" t="inlineStr">
+        <is>
+          <t>Bharat Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="2" t="inlineStr">
+        <is>
+          <t>INE029A01011</t>
+        </is>
+      </c>
+      <c r="D41" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E41" s="10" t="n">
+        <v>1672636</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>6422.92</v>
+      </c>
+      <c r="G41" s="66" t="n">
+        <v>0.0121</v>
+      </c>
+      <c r="J41" s="6" t="n"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="2" t="inlineStr">
+        <is>
+          <t>Jubilant Ingrevia Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="2" t="inlineStr">
+        <is>
+          <t>INE0BY001018</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E42" s="10" t="n">
+        <v>901809</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>6343.78</v>
+      </c>
+      <c r="G42" s="66" t="n">
+        <v>0.0119</v>
+      </c>
+      <c r="J42" s="6" t="n"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="2" t="inlineStr">
+        <is>
+          <t>Angel One Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="2" t="inlineStr">
+        <is>
+          <t>INE732I01013</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E43" s="10" t="n">
+        <v>265280</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>6218.16</v>
+      </c>
+      <c r="G43" s="66" t="n">
+        <v>0.0117</v>
+      </c>
+      <c r="J43" s="6" t="n"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="2" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="2" t="inlineStr">
+        <is>
+          <t>Avalon Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="2" t="inlineStr">
+        <is>
+          <t>INE0LCL01028</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E44" s="10" t="n">
+        <v>662579</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>5823.41</v>
+      </c>
+      <c r="G44" s="66" t="n">
+        <v>0.0109</v>
+      </c>
+      <c r="J44" s="6" t="n"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="2" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="2" t="inlineStr">
+        <is>
+          <t>R R Kabel Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="2" t="inlineStr">
+        <is>
+          <t>INE777K01022</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E45" s="10" t="n">
+        <v>393171</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>5711.6</v>
+      </c>
+      <c r="G45" s="66" t="n">
+        <v>0.0107</v>
+      </c>
+      <c r="J45" s="6" t="n"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="2" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="2" t="inlineStr">
+        <is>
+          <t>Power Mech Projects Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="2" t="inlineStr">
+        <is>
+          <t>INE211R01019</t>
+        </is>
+      </c>
+      <c r="D46" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E46" s="10" t="n">
+        <v>243276</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>5574.91</v>
+      </c>
+      <c r="G46" s="66" t="n">
+        <v>0.0105</v>
+      </c>
+      <c r="J46" s="6" t="n"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="2" t="inlineStr">
+        <is>
+          <t>Asian Paints Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="2" t="inlineStr">
+        <is>
+          <t>INE021A01026</t>
+        </is>
+      </c>
+      <c r="D47" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E47" s="10" t="n">
+        <v>194810</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>5395.26</v>
+      </c>
+      <c r="G47" s="66" t="n">
+        <v>0.0101</v>
+      </c>
+      <c r="J47" s="6" t="n"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="2" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="2" t="inlineStr">
+        <is>
+          <t>Navin Fluorine International Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="2" t="inlineStr">
+        <is>
+          <t>INE048G01026</t>
+        </is>
+      </c>
+      <c r="D48" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E48" s="10" t="n">
+        <v>84363</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>4994.29</v>
+      </c>
+      <c r="G48" s="66" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="J48" s="6" t="n"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" s="2" t="inlineStr">
+        <is>
+          <t>Apollo Tyres Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="2" t="inlineStr">
+        <is>
+          <t>INE438A01022</t>
+        </is>
+      </c>
+      <c r="D49" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E49" s="10" t="n">
+        <v>997849</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>4989.24</v>
+      </c>
+      <c r="G49" s="66" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="J49" s="6" t="n"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="2" t="n">
+        <v>43</v>
+      </c>
+      <c r="B50" s="2" t="inlineStr">
+        <is>
+          <t>Ahluwalia Contracts (India) Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="2" t="inlineStr">
+        <is>
+          <t>INE758C01029</t>
+        </is>
+      </c>
+      <c r="D50" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E50" s="10" t="n">
+        <v>491093</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>4815.66</v>
+      </c>
+      <c r="G50" s="66" t="n">
+        <v>0.008999999999999999</v>
+      </c>
+      <c r="J50" s="6" t="n"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="2" t="n">
+        <v>44</v>
+      </c>
+      <c r="B51" s="2" t="inlineStr">
+        <is>
+          <t>Gujarat Gas Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="2" t="inlineStr">
+        <is>
+          <t>INE844O01030</t>
+        </is>
+      </c>
+      <c r="D51" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E51" s="10" t="n">
+        <v>1113316</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>4589.09</v>
+      </c>
+      <c r="G51" s="66" t="n">
+        <v>0.0086</v>
+      </c>
+      <c r="J51" s="6" t="n"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="B52" s="2" t="inlineStr">
+        <is>
+          <t>The Phoenix Mills Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="2" t="inlineStr">
+        <is>
+          <t>INE211B01039</t>
+        </is>
+      </c>
+      <c r="D52" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E52" s="10" t="n">
+        <v>246442</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>4567.8</v>
+      </c>
+      <c r="G52" s="66" t="n">
+        <v>0.0086</v>
+      </c>
+      <c r="J52" s="6" t="n"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="2" t="n">
+        <v>46</v>
+      </c>
+      <c r="B53" s="2" t="inlineStr">
+        <is>
+          <t>Century Plyboards (India) Limited</t>
+        </is>
+      </c>
+      <c r="C53" s="2" t="inlineStr">
+        <is>
+          <t>INE348B01021</t>
+        </is>
+      </c>
+      <c r="D53" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E53" s="10" t="n">
+        <v>547182</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>4535.04</v>
+      </c>
+      <c r="G53" s="66" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="J53" s="6" t="n"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="2" t="n">
+        <v>47</v>
+      </c>
+      <c r="B54" s="2" t="inlineStr">
+        <is>
+          <t>Oberoi Realty Limited</t>
+        </is>
+      </c>
+      <c r="C54" s="2" t="inlineStr">
+        <is>
+          <t>INE093I01010</t>
+        </is>
+      </c>
+      <c r="D54" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E54" s="10" t="n">
+        <v>268146</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>4479.65</v>
+      </c>
+      <c r="G54" s="66" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="J54" s="6" t="n"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="2" t="n">
+        <v>48</v>
+      </c>
+      <c r="B55" s="2" t="inlineStr">
+        <is>
+          <t>Kirloskar Pneumatic Company Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="2" t="inlineStr">
+        <is>
+          <t>INE811A01020</t>
+        </is>
+      </c>
+      <c r="D55" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E55" s="10" t="n">
+        <v>417898</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>4428.88</v>
+      </c>
+      <c r="G55" s="66" t="n">
+        <v>0.0083</v>
+      </c>
+      <c r="J55" s="6" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="2" t="n">
+        <v>49</v>
+      </c>
+      <c r="B56" s="2" t="inlineStr">
+        <is>
+          <t>Shivalik Bimetal Controls Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="2" t="inlineStr">
+        <is>
+          <t>INE386D01027</t>
+        </is>
+      </c>
+      <c r="D56" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E56" s="10" t="n">
+        <v>1024530</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>4402.41</v>
+      </c>
+      <c r="G56" s="66" t="n">
+        <v>0.0083</v>
+      </c>
+      <c r="J56" s="6" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="B57" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Electricals Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="2" t="inlineStr">
+        <is>
+          <t>INE193E01025</t>
+        </is>
+      </c>
+      <c r="D57" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E57" s="10" t="n">
+        <v>785066</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>3746.73</v>
+      </c>
+      <c r="G57" s="66" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="J57" s="6" t="n"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="2" t="n">
+        <v>51</v>
+      </c>
+      <c r="B58" s="2" t="inlineStr">
+        <is>
+          <t>H.G. Infra Engineering Limited</t>
+        </is>
+      </c>
+      <c r="C58" s="2" t="inlineStr">
+        <is>
+          <t>INE926X01010</t>
+        </is>
+      </c>
+      <c r="D58" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E58" s="10" t="n">
+        <v>491337</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>3704.19</v>
+      </c>
+      <c r="G58" s="66" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="J58" s="6" t="n"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="2" t="n">
+        <v>52</v>
+      </c>
+      <c r="B59" s="2" t="inlineStr">
+        <is>
+          <t>CG Power and Industrial Solutions Limited</t>
+        </is>
+      </c>
+      <c r="C59" s="2" t="inlineStr">
+        <is>
+          <t>INE067A01029</t>
+        </is>
+      </c>
+      <c r="D59" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E59" s="10" t="n">
+        <v>531278</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>3442.15</v>
+      </c>
+      <c r="G59" s="66" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="J59" s="6" t="n"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="2" t="n">
+        <v>53</v>
+      </c>
+      <c r="B60" s="2" t="inlineStr">
+        <is>
+          <t>Acme Solar Holdings Limited</t>
+        </is>
+      </c>
+      <c r="C60" s="2" t="inlineStr">
+        <is>
+          <t>INE622W01025</t>
+        </is>
+      </c>
+      <c r="D60" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E60" s="10" t="n">
+        <v>1442761</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>3426.41</v>
+      </c>
+      <c r="G60" s="66" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="J60" s="6" t="n"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="2" t="n">
+        <v>54</v>
+      </c>
+      <c r="B61" s="2" t="inlineStr">
+        <is>
+          <t>Cyient DLM Limited</t>
+        </is>
+      </c>
+      <c r="C61" s="2" t="inlineStr">
+        <is>
+          <t>INE055S01018</t>
+        </is>
+      </c>
+      <c r="D61" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E61" s="10" t="n">
+        <v>776839</v>
+      </c>
+      <c r="F61" s="6" t="n">
+        <v>3229.71</v>
+      </c>
+      <c r="G61" s="66" t="n">
+        <v>0.0061</v>
+      </c>
+      <c r="J61" s="6" t="n"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="B62" s="2" t="inlineStr">
+        <is>
+          <t>Ambuja Cements Limited</t>
+        </is>
+      </c>
+      <c r="C62" s="2" t="inlineStr">
+        <is>
+          <t>INE079A01024</t>
+        </is>
+      </c>
+      <c r="D62" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E62" s="10" t="n">
+        <v>565701</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>3147.28</v>
+      </c>
+      <c r="G62" s="66" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="J62" s="6" t="n"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="2" t="n">
+        <v>56</v>
+      </c>
+      <c r="B63" s="2" t="inlineStr">
+        <is>
+          <t>Polycab India Limited</t>
+        </is>
+      </c>
+      <c r="C63" s="2" t="inlineStr">
+        <is>
+          <t>INE455K01017</t>
+        </is>
+      </c>
+      <c r="D63" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E63" s="10" t="n">
+        <v>41262</v>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>3143.75</v>
+      </c>
+      <c r="G63" s="66" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="J63" s="6" t="n"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="2" t="n">
+        <v>57</v>
+      </c>
+      <c r="B64" s="2" t="inlineStr">
+        <is>
+          <t>APL Apollo Tubes Limited</t>
+        </is>
+      </c>
+      <c r="C64" s="2" t="inlineStr">
+        <is>
+          <t>INE702C01027</t>
+        </is>
+      </c>
+      <c r="D64" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E64" s="10" t="n">
+        <v>160693</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>3075.66</v>
+      </c>
+      <c r="G64" s="66" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="J64" s="6" t="n"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="2" t="n">
+        <v>58</v>
+      </c>
+      <c r="B65" s="2" t="inlineStr">
+        <is>
+          <t>Atul Limited</t>
+        </is>
+      </c>
+      <c r="C65" s="2" t="inlineStr">
+        <is>
+          <t>INE100A01010</t>
+        </is>
+      </c>
+      <c r="D65" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E65" s="10" t="n">
+        <v>48501</v>
+      </c>
+      <c r="F65" s="6" t="n">
+        <v>2978.45</v>
+      </c>
+      <c r="G65" s="66" t="n">
+        <v>0.0056</v>
+      </c>
+      <c r="J65" s="6" t="n"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="2" t="n">
+        <v>59</v>
+      </c>
+      <c r="B66" s="2" t="inlineStr">
+        <is>
+          <t>Bansal Wire Industries Limited</t>
+        </is>
+      </c>
+      <c r="C66" s="2" t="inlineStr">
+        <is>
+          <t>INE0B9K01025</t>
+        </is>
+      </c>
+      <c r="D66" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E66" s="10" t="n">
+        <v>957697</v>
+      </c>
+      <c r="F66" s="6" t="n">
+        <v>2958.8</v>
+      </c>
+      <c r="G66" s="66" t="n">
+        <v>0.0056</v>
+      </c>
+      <c r="J66" s="6" t="n"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="B67" s="2" t="inlineStr">
+        <is>
+          <t>Finolex Cables Limited</t>
+        </is>
+      </c>
+      <c r="C67" s="2" t="inlineStr">
+        <is>
+          <t>INE235A01022</t>
+        </is>
+      </c>
+      <c r="D67" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E67" s="10" t="n">
+        <v>353076</v>
+      </c>
+      <c r="F67" s="6" t="n">
+        <v>2647.01</v>
+      </c>
+      <c r="G67" s="66" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="J67" s="6" t="n"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="2" t="n">
+        <v>61</v>
+      </c>
+      <c r="B68" s="2" t="inlineStr">
+        <is>
+          <t>IFGL Refractories Limited</t>
+        </is>
+      </c>
+      <c r="C68" s="2" t="inlineStr">
+        <is>
+          <t>INE133Y01011</t>
+        </is>
+      </c>
+      <c r="D68" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E68" s="10" t="n">
+        <v>1211974</v>
+      </c>
+      <c r="F68" s="6" t="n">
+        <v>2526.48</v>
+      </c>
+      <c r="G68" s="66" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="J68" s="6" t="n"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="2" t="n">
+        <v>62</v>
+      </c>
+      <c r="B69" s="2" t="inlineStr">
+        <is>
+          <t>SKF India Industrial Limited</t>
+        </is>
+      </c>
+      <c r="C69" s="2" t="inlineStr">
+        <is>
+          <t>INE2J8701016</t>
+        </is>
+      </c>
+      <c r="D69" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E69" s="10" t="n">
+        <v>96117</v>
+      </c>
+      <c r="F69" s="6" t="n">
+        <v>2499.81</v>
+      </c>
+      <c r="G69" s="66" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="J69" s="6" t="n"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="B70" s="2" t="inlineStr">
+        <is>
+          <t>SKF India Limited</t>
+        </is>
+      </c>
+      <c r="C70" s="2" t="inlineStr">
+        <is>
+          <t>INE640A01023</t>
+        </is>
+      </c>
+      <c r="D70" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E70" s="10" t="n">
+        <v>94600</v>
+      </c>
+      <c r="F70" s="6" t="n">
+        <v>1751.14</v>
+      </c>
+      <c r="G70" s="66" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="J70" s="6" t="n"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="2" t="n">
+        <v>64</v>
+      </c>
+      <c r="B71" s="2" t="inlineStr">
+        <is>
+          <t>JNK India Limited</t>
+        </is>
+      </c>
+      <c r="C71" s="2" t="inlineStr">
+        <is>
+          <t>INE0OAF01028</t>
+        </is>
+      </c>
+      <c r="D71" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E71" s="10" t="n">
+        <v>656959</v>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>1636.48</v>
+      </c>
+      <c r="G71" s="66" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J71" s="6" t="n"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="B72" s="2" t="inlineStr">
+        <is>
+          <t>Exide Industries Limited</t>
+        </is>
+      </c>
+      <c r="C72" s="2" t="inlineStr">
+        <is>
+          <t>INE302A01020</t>
+        </is>
+      </c>
+      <c r="D72" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E72" s="10" t="n">
+        <v>274073</v>
+      </c>
+      <c r="F72" s="6" t="n">
+        <v>992.6900000000001</v>
+      </c>
+      <c r="G72" s="66" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="J72" s="6" t="n"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="2" t="n">
+        <v>66</v>
+      </c>
+      <c r="B73" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited - Partly Paid Shares</t>
+        </is>
+      </c>
+      <c r="C73" s="2" t="inlineStr">
+        <is>
+          <t>IN9397D01014</t>
+        </is>
+      </c>
+      <c r="D73" s="2" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
-      <c r="E11" s="5" t="n">
-[...541 lines deleted...]
-      <c r="K25" s="1" t="inlineStr">
+      <c r="E73" s="10" t="n">
+        <v>37224</v>
+      </c>
+      <c r="F73" s="6" t="n">
+        <v>629.48</v>
+      </c>
+      <c r="G73" s="66" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J73" s="6" t="n"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="2" t="n">
+        <v>67</v>
+      </c>
+      <c r="B74" s="2" t="inlineStr">
+        <is>
+          <t>KNR Constructions Limited</t>
+        </is>
+      </c>
+      <c r="C74" s="2" t="inlineStr">
+        <is>
+          <t>INE634I01029</t>
+        </is>
+      </c>
+      <c r="D74" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E74" s="10" t="n">
+        <v>129916</v>
+      </c>
+      <c r="F74" s="6" t="n">
+        <v>211.48</v>
+      </c>
+      <c r="G74" s="66" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="J74" s="6" t="n"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="B75" s="2" t="inlineStr">
+        <is>
+          <t>G R Infraprojects Limited</t>
+        </is>
+      </c>
+      <c r="C75" s="2" t="inlineStr">
+        <is>
+          <t>INE201P01022</t>
+        </is>
+      </c>
+      <c r="D75" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E75" s="10" t="n">
+        <v>20911</v>
+      </c>
+      <c r="F75" s="6" t="n">
+        <v>208.84</v>
+      </c>
+      <c r="G75" s="66" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="J75" s="6" t="n"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="11" t="n"/>
+      <c r="B76" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C76" s="11" t="n"/>
+      <c r="D76" s="11" t="n"/>
+      <c r="E76" s="11" t="n"/>
+      <c r="F76" s="12" t="n">
+        <v>501935.38</v>
+      </c>
+      <c r="G76" s="13" t="n">
+        <v>0.9428</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="B78" s="65" t="inlineStr">
+        <is>
+          <t>Units issued by REITs &amp; InvITs</t>
+        </is>
+      </c>
+    </row>
+    <row r="79">
+      <c r="B79" s="65" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="2" t="n">
+        <v>69</v>
+      </c>
+      <c r="B80" s="2" t="inlineStr">
+        <is>
+          <t>Indus Infra Trust</t>
+        </is>
+      </c>
+      <c r="C80" s="2" t="inlineStr">
+        <is>
+          <t>INE0NHL23019</t>
+        </is>
+      </c>
+      <c r="D80" s="2" t="inlineStr">
         <is>
           <t>Transport Infrastructure</t>
         </is>
       </c>
-      <c r="L25" s="7" t="n">
-[...1600 lines deleted...]
-      <c r="B77" s="8" t="inlineStr">
+      <c r="E80" s="10" t="n">
+        <v>8312129</v>
+      </c>
+      <c r="F80" s="6" t="n">
+        <v>9705.24</v>
+      </c>
+      <c r="G80" s="66" t="n">
+        <v>0.0182</v>
+      </c>
+      <c r="H80" s="14" t="n">
+        <v>2</v>
+      </c>
+      <c r="J80" s="6" t="n"/>
+    </row>
+    <row r="81">
+      <c r="A81" s="11" t="n"/>
+      <c r="B81" s="11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C77" s="8" t="n"/>
-[...24 lines deleted...]
-      <c r="A81" s="1" t="n">
+      <c r="C81" s="11" t="n"/>
+      <c r="D81" s="11" t="n"/>
+      <c r="E81" s="11" t="n"/>
+      <c r="F81" s="12" t="n">
+        <v>9705.24</v>
+      </c>
+      <c r="G81" s="13" t="n">
+        <v>0.0182</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="B83" s="65" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="2" t="n">
         <v>70</v>
       </c>
-      <c r="B81" s="1" t="inlineStr">
-[...23 lines deleted...]
-      <c r="H81" s="11" t="n">
+      <c r="B84" s="65" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F84" s="6" t="n">
+        <v>18776.71</v>
+      </c>
+      <c r="G84" s="66" t="n">
+        <v>0.0353</v>
+      </c>
+      <c r="H84" s="14" t="n">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="11" t="n"/>
+      <c r="B85" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C85" s="11" t="n"/>
+      <c r="D85" s="11" t="n"/>
+      <c r="E85" s="11" t="n"/>
+      <c r="F85" s="12" t="n">
+        <v>18776.71</v>
+      </c>
+      <c r="G85" s="13" t="n">
+        <v>0.0353</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="B87" s="65" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="B88" s="2" t="inlineStr">
+        <is>
+          <t>Cash Margin</t>
+        </is>
+      </c>
+      <c r="E88" s="10" t="n"/>
+      <c r="F88" s="6" t="n">
+        <v>3000</v>
+      </c>
+      <c r="G88" s="66" t="n">
+        <v>0.0056</v>
+      </c>
+      <c r="J88" s="6" t="n"/>
+    </row>
+    <row r="89">
+      <c r="B89" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E89" s="10" t="n"/>
+      <c r="F89" s="6" t="n">
+        <v>-1080.03</v>
+      </c>
+      <c r="G89" s="66" t="n">
+        <v>-0.0019</v>
+      </c>
+      <c r="J89" s="6" t="n"/>
+    </row>
+    <row r="90">
+      <c r="A90" s="11" t="n"/>
+      <c r="B90" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C90" s="11" t="n"/>
+      <c r="D90" s="11" t="n"/>
+      <c r="E90" s="11" t="n"/>
+      <c r="F90" s="12" t="n">
+        <v>1919.97</v>
+      </c>
+      <c r="G90" s="13" t="n">
+        <v>0.0037</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="5" t="n"/>
+      <c r="B92" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C92" s="5" t="n"/>
+      <c r="D92" s="5" t="n"/>
+      <c r="E92" s="5" t="n"/>
+      <c r="F92" s="8" t="n">
+        <v>532337.3</v>
+      </c>
+      <c r="G92" s="9" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="16" t="n">
+        <v>1</v>
+      </c>
+      <c r="B94" s="16" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" ht="27" customHeight="1" s="41">
+      <c r="A95" s="16" t="n">
         <v>2</v>
       </c>
-      <c r="J81" s="6" t="n"/>
-[...160 lines deleted...]
-      <c r="B100" s="38" t="inlineStr">
+      <c r="B95" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" ht="14.5" customHeight="1" s="41">
+      <c r="B99" s="59" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="114" ht="14.5" customHeight="1" s="49">
-      <c r="B114" s="38" t="inlineStr">
+    <row r="113" ht="14.5" customHeight="1" s="41">
+      <c r="B113" s="59" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: BSE India Infrastructure TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>