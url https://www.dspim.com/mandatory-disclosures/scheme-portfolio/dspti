--- v5 (2026-01-20)
+++ v6 (2026-02-24)
@@ -1,79 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="920" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="950" firstSheet="26" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="TIGER" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
-[...1 lines deleted...]
-    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="17">
+  <fonts count="16">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -92,118 +87,114 @@
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="9"/>
+    </font>
+    <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color theme="0"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
-    <font>
-[...8 lines deleted...]
-    </font>
   </fonts>
-  <fills count="6">
+  <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -288,198 +279,188 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="73">
+  <cellXfs count="65">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...5 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...10 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -526,116 +507,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>100</row>
+      <row>97</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>109</row>
+      <row>106</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="17399000"/>
+          <a:off x="457200" y="17056100"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>114</row>
+      <row>110</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>123</row>
+      <row>119</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="19812000"/>
+          <a:off x="457200" y="19469100"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -877,2627 +858,2615 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L113"/>
+  <dimension ref="A1:L109"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="14.81640625" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="33.453125" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="11.54296875" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="26.7265625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="15.7265625" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="41">
-[...1 lines deleted...]
-      <c r="B1" s="40" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="45">
+      <c r="A1" s="44" t="n"/>
+      <c r="B1" s="44" t="inlineStr">
         <is>
           <t>DSP India T.I.G.E.R. Fund (The Infrastructure Growth and Economic Reforms Fund)</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="65" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on January 31, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="65" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="65" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Larsen &amp; Toubro Limited</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE018A01030</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="E8" s="10" t="n">
-        <v>694468</v>
+      <c r="E8" s="5" t="n">
+        <v>678645</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>28358.6</v>
-[...2 lines deleted...]
-        <v>0.0533</v>
+        <v>26686.36</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.0515</v>
       </c>
       <c r="J8" s="6" t="n"/>
-      <c r="K8" s="65" t="inlineStr">
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="65" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>NTPC Limited</t>
         </is>
       </c>
-      <c r="C9" s="2" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE733E01010</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Power</t>
         </is>
       </c>
-      <c r="E9" s="10" t="n">
+      <c r="E9" s="5" t="n">
         <v>7145883</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>23549.26</v>
-[...2 lines deleted...]
-        <v>0.0442</v>
+        <v>25439.34</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.0491</v>
       </c>
       <c r="J9" s="6" t="n"/>
-      <c r="K9" s="2" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
-      <c r="L9" s="66" t="n">
-        <v>0.134</v>
+      <c r="L9" s="7" t="n">
+        <v>0.1399</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="n">
+      <c r="A10" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="2" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Apollo Hospitals Enterprise Limited</t>
         </is>
       </c>
-      <c r="C10" s="2" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE437A01024</t>
         </is>
       </c>
-      <c r="D10" s="2" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Healthcare Services</t>
         </is>
       </c>
-      <c r="E10" s="10" t="n">
-        <v>245928</v>
+      <c r="E10" s="5" t="n">
+        <v>283144</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>17319.48</v>
-[...2 lines deleted...]
-        <v>0.0325</v>
+        <v>19708.24</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.038</v>
       </c>
       <c r="J10" s="6" t="n"/>
-      <c r="K10" s="2" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="L10" s="66" t="n">
-        <v>0.1243</v>
+      <c r="L10" s="7" t="n">
+        <v>0.1178</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="2" t="n">
+      <c r="A11" s="1" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="2" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Multi Commodity Exchange of India Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>INE745G01043</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="n">
+        <v>680825</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>17211.26</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0332</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.08359999999999999</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Bharti Airtel Limited</t>
         </is>
       </c>
-      <c r="C11" s="2" t="inlineStr">
+      <c r="C12" s="1" t="inlineStr">
         <is>
           <t>INE397D01024</t>
         </is>
       </c>
-      <c r="D11" s="2" t="inlineStr">
+      <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
-      <c r="E11" s="10" t="n">
+      <c r="E12" s="5" t="n">
         <v>812745</v>
       </c>
-      <c r="F11" s="6" t="n">
-[...6 lines deleted...]
-      <c r="K11" s="2" t="inlineStr">
+      <c r="F12" s="6" t="n">
+        <v>16000.51</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0309</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.0624</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Oil &amp; Natural Gas Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE213A01029</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="n">
+        <v>5686486</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>15294.37</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0295</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0592</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE752E01010</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Power</t>
         </is>
       </c>
-      <c r="L11" s="66" t="n">
-[...17 lines deleted...]
-      <c r="D12" s="2" t="inlineStr">
+      <c r="E14" s="5" t="n">
+        <v>5567574</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>14280.83</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0275</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.0574</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Aeronautics Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE066F01020</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="n">
+        <v>305098</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>14093.7</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0272</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0567</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Kirloskar Oil Engines Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE146L01010</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="n">
+        <v>1154264</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>13551.06</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0261</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.0467</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Coal India Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE522F01014</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Consumable Fuels</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="n">
+        <v>2705180</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>11923.08</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.023</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
+        <v>0.0422</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Siemens Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE003A01024</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="n">
+        <v>367811</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>11406.92</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.022</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L18" s="7" t="n">
+        <v>0.042</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Amber Enterprises India Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE371P01015</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="n">
+        <v>197265</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>11275.67</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0218</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L19" s="7" t="n">
+        <v>0.0328</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Canara HSBC Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE01TY01017</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="n">
+        <v>7610837</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>11213.05</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0216</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L20" s="7" t="n">
+        <v>0.032</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Max Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE180A01020</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="n">
+        <v>656909</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>10599.88</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0204</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="L21" s="7" t="n">
+        <v>0.0295</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>INOX India Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE616N01034</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="n">
+        <v>940841</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>10497.9</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0203</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L22" s="7" t="n">
+        <v>0.029</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Solar Industries India Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE343H01029</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="n">
+        <v>76635</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>10330.4</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0199</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Consumable Fuels</t>
+        </is>
+      </c>
+      <c r="L23" s="7" t="n">
+        <v>0.023</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Rainbow Childrens Medicare Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE961O01016</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="n">
+        <v>885167</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>10074.09</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0194</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="L24" s="7" t="n">
+        <v>0.0219</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Reliance Industries Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE002A01018</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="n">
+        <v>679580</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>9482.860000000001</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0183</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L25" s="7" t="n">
+        <v>0.0195</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Kalpataru Projects International Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE220B01022</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="n">
+        <v>816241</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>9337.799999999999</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.018</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L26" s="7" t="n">
+        <v>0.0173</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Siemens Energy India Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE1NPP01017</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="n">
+        <v>369482</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>9189.76</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0177</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="L27" s="7" t="n">
+        <v>0.0156</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Jindal Steel Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE749A01030</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="n">
+        <v>791815</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>8963.35</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0173</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="L28" s="7" t="n">
+        <v>0.0156</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="n">
+        <v>7847631</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>8859.98</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0171</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="L29" s="7" t="n">
+        <v>0.0134</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>UltraTech Cement Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE481G01011</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="n">
+        <v>66546</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>8447.35</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0163</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L30" s="7" t="n">
+        <v>0.0125</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Nippon Life India Asset Management Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE298J01013</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
         <is>
           <t>Capital Markets</t>
         </is>
       </c>
-      <c r="E12" s="10" t="n">
-[...9 lines deleted...]
-      <c r="K12" s="2" t="inlineStr">
+      <c r="E31" s="5" t="n">
+        <v>958324</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>8415.040000000001</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0162</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L31" s="7" t="n">
+        <v>0.0091</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Sansera Engineering Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE953O01021</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Auto Components</t>
         </is>
       </c>
-      <c r="L12" s="66" t="n">
-[...17 lines deleted...]
-      <c r="D13" s="2" t="inlineStr">
+      <c r="E32" s="5" t="n">
+        <v>467132</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>8105.67</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0156</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L32" s="7" t="n">
+        <v>0.0209</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Welspun Corp Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE191B01025</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="n">
+        <v>965185</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>7038.61</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0136</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Triveni Engineering &amp; Industries Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE256C01024</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="n">
+        <v>1850969</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>6948.54</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0134</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Polycab India Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE455K01017</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="n">
+        <v>97487</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>6837.25</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Carborundum Universal Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE120A01034</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="n">
+        <v>861084</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>6787.49</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0131</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Angel One Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE732I01013</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="n">
+        <v>265280</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>6740.5</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Tega Industries Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE011K01018</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="n">
+        <v>388209</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>6609.26</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0127</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE038A01020</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="n">
+        <v>671578</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>6464.61</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.0125</v>
+      </c>
+      <c r="J39" s="6" t="n"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Schaeffler India Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE513A01022</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="n">
+        <v>174976</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>6337.81</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0122</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>KEC International Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE389H01022</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="n">
+        <v>915736</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>6109.33</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0118</v>
+      </c>
+      <c r="J41" s="6" t="n"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Techno Electric &amp; Engineering Company Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE285K01026</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="n">
+        <v>621713</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>6058.59</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.0117</v>
+      </c>
+      <c r="J42" s="6" t="n"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Jubilant Ingrevia Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE0BY001018</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="n">
+        <v>901809</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>5728.74</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0111</v>
+      </c>
+      <c r="J43" s="6" t="n"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Avalon Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>INE0LCL01028</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="n">
+        <v>662579</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>5686.58</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.011</v>
+      </c>
+      <c r="J44" s="6" t="n"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INE029A01011</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="n">
+        <v>1524210</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>5555.75</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.0107</v>
+      </c>
+      <c r="J45" s="6" t="n"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>R R Kabel Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>INE777K01022</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="n">
+        <v>393171</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>5400.99</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0104</v>
+      </c>
+      <c r="J46" s="6" t="n"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Navin Fluorine International Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>INE048G01026</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="n">
+        <v>84363</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>5145.3</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.009900000000000001</v>
+      </c>
+      <c r="J47" s="6" t="n"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Power Mech Projects Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>INE211R01019</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="n">
+        <v>243276</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>5046.52</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.0097</v>
+      </c>
+      <c r="J48" s="6" t="n"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Apollo Tyres Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>INE438A01022</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="n">
+        <v>997849</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>4910.91</v>
+      </c>
+      <c r="G49" s="7" t="n">
+        <v>0.0095</v>
+      </c>
+      <c r="J49" s="6" t="n"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Kirloskar Pneumatic Company Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>INE811A01020</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="n">
+        <v>417898</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>4768.22</v>
+      </c>
+      <c r="G50" s="7" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="J50" s="6" t="n"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Gujarat Gas Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>INE844O01030</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="n">
+        <v>1113316</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>4735.49</v>
+      </c>
+      <c r="G51" s="7" t="n">
+        <v>0.0091</v>
+      </c>
+      <c r="J51" s="6" t="n"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="1" t="n">
+        <v>45</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Asian Paints Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>INE021A01026</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="n">
+        <v>194810</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>4730.57</v>
+      </c>
+      <c r="G52" s="7" t="n">
+        <v>0.0091</v>
+      </c>
+      <c r="J52" s="6" t="n"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="1" t="n">
+        <v>46</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Century Plyboards (India) Limited</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>INE348B01021</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="n">
+        <v>547182</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>4398.25</v>
+      </c>
+      <c r="G53" s="7" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="J53" s="6" t="n"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="1" t="n">
+        <v>47</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Shivalik Bimetal Controls Limited</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>INE386D01027</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="n">
+        <v>1024530</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>4354.76</v>
+      </c>
+      <c r="G54" s="7" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="J54" s="6" t="n"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Ahluwalia Contracts (India) Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>INE758C01029</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="n">
+        <v>491093</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>4242.8</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="J55" s="6" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="1" t="n">
+        <v>49</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>The Phoenix Mills Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>INE211B01039</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="n">
+        <v>246442</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>4117.31</v>
+      </c>
+      <c r="G56" s="7" t="n">
+        <v>0.007900000000000001</v>
+      </c>
+      <c r="J56" s="6" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Oberoi Realty Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>INE093I01010</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="n">
+        <v>268146</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>3997.79</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.0077</v>
+      </c>
+      <c r="J57" s="6" t="n"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="1" t="n">
+        <v>51</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Acme Solar Holdings Limited</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>INE622W01025</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
         <is>
           <t>Power</t>
         </is>
       </c>
-      <c r="E13" s="10" t="n">
-[...9 lines deleted...]
-      <c r="K13" s="2" t="inlineStr">
+      <c r="E58" s="5" t="n">
+        <v>1598884</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>3609.96</v>
+      </c>
+      <c r="G58" s="7" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="J58" s="6" t="n"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="1" t="n">
+        <v>52</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>APL Apollo Tubes Limited</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>INE702C01027</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="n">
+        <v>160693</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>3287.3</v>
+      </c>
+      <c r="G59" s="7" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="J59" s="6" t="n"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="1" t="n">
+        <v>53</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>H.G. Infra Engineering Limited</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>INE926X01010</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="n">
+        <v>491337</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>3153.16</v>
+      </c>
+      <c r="G60" s="7" t="n">
+        <v>0.0061</v>
+      </c>
+      <c r="J60" s="6" t="n"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="1" t="n">
+        <v>54</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>CG Power and Industrial Solutions Limited</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>INE067A01029</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
         <is>
           <t>Electrical Equipment</t>
         </is>
       </c>
-      <c r="L13" s="66" t="n">
-[...17 lines deleted...]
-      <c r="D14" s="2" t="inlineStr">
+      <c r="E61" s="5" t="n">
+        <v>531278</v>
+      </c>
+      <c r="F61" s="6" t="n">
+        <v>3102.93</v>
+      </c>
+      <c r="G61" s="7" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="J61" s="6" t="n"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="1" t="n">
+        <v>55</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Atul Limited</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>INE100A01010</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="n">
+        <v>48501</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>3013.12</v>
+      </c>
+      <c r="G62" s="7" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="J62" s="6" t="n"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="1" t="n">
+        <v>56</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Cyient DLM Limited</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>INE055S01018</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="n">
+        <v>776839</v>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>2909.65</v>
+      </c>
+      <c r="G63" s="7" t="n">
+        <v>0.0056</v>
+      </c>
+      <c r="J63" s="6" t="n"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="1" t="n">
+        <v>57</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Ambuja Cements Limited</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>INE079A01024</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="n">
+        <v>565701</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>2885.92</v>
+      </c>
+      <c r="G64" s="7" t="n">
+        <v>0.0056</v>
+      </c>
+      <c r="J64" s="6" t="n"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="1" t="n">
+        <v>58</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Bansal Wire Industries Limited</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>INE0B9K01025</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
-      <c r="E14" s="10" t="n">
-[...85 lines deleted...]
-      <c r="K16" s="2" t="inlineStr">
+      <c r="E65" s="5" t="n">
+        <v>957697</v>
+      </c>
+      <c r="F65" s="6" t="n">
+        <v>2633.19</v>
+      </c>
+      <c r="G65" s="7" t="n">
+        <v>0.0051</v>
+      </c>
+      <c r="J65" s="6" t="n"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="1" t="n">
+        <v>59</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>SKF India Industrial Limited</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>INE2J8701016</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="n">
+        <v>96117</v>
+      </c>
+      <c r="F66" s="6" t="n">
+        <v>2615.25</v>
+      </c>
+      <c r="G66" s="7" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="J66" s="6" t="n"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="1" t="n">
+        <v>60</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Finolex Cables Limited</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>INE235A01022</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="n">
+        <v>353076</v>
+      </c>
+      <c r="F67" s="6" t="n">
+        <v>2550.09</v>
+      </c>
+      <c r="G67" s="7" t="n">
+        <v>0.0049</v>
+      </c>
+      <c r="J67" s="6" t="n"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="1" t="n">
+        <v>61</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>IFGL Refractories Limited</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>INE133Y01011</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="n">
+        <v>1211974</v>
+      </c>
+      <c r="F68" s="6" t="n">
+        <v>2228.94</v>
+      </c>
+      <c r="G68" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="J68" s="6" t="n"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="1" t="n">
+        <v>62</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>SKF India Limited</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>INE640A01023</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="n">
+        <v>94600</v>
+      </c>
+      <c r="F69" s="6" t="n">
+        <v>1598.74</v>
+      </c>
+      <c r="G69" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J69" s="6" t="n"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="1" t="n">
+        <v>63</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>JNK India Limited</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>INE0OAF01028</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="n">
+        <v>656959</v>
+      </c>
+      <c r="F70" s="6" t="n">
+        <v>1499.9</v>
+      </c>
+      <c r="G70" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J70" s="6" t="n"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="1" t="n">
+        <v>64</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Electricals Limited</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>INE193E01025</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
         <is>
           <t>Consumer Durables</t>
         </is>
       </c>
-      <c r="L16" s="66" t="n">
-[...108 lines deleted...]
-      <c r="K19" s="2" t="inlineStr">
+      <c r="E71" s="5" t="n">
+        <v>348897</v>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>1446.35</v>
+      </c>
+      <c r="G71" s="7" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J71" s="6" t="n"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="1" t="n">
+        <v>65</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Exide Industries Limited</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>INE302A01020</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="n">
+        <v>271859</v>
+      </c>
+      <c r="F72" s="6" t="n">
+        <v>874.3</v>
+      </c>
+      <c r="G72" s="7" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="J72" s="6" t="n"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="1" t="n">
+        <v>66</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited - Partly Paid Shares</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>IN9397D01014</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
-      <c r="L19" s="66" t="n">
-[...104 lines deleted...]
-      <c r="G22" s="66" t="n">
+      <c r="E73" s="5" t="n">
+        <v>37224</v>
+      </c>
+      <c r="F73" s="6" t="n">
+        <v>582.22</v>
+      </c>
+      <c r="G73" s="7" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="J73" s="6" t="n"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="1" t="n">
+        <v>67</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>G R Infraprojects Limited</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>INE201P01022</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="n">
+        <v>20911</v>
+      </c>
+      <c r="F74" s="6" t="n">
+        <v>201.66</v>
+      </c>
+      <c r="G74" s="7" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="J74" s="6" t="n"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="1" t="n">
+        <v>68</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>KNR Constructions Limited</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>INE634I01029</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="n">
+        <v>129916</v>
+      </c>
+      <c r="F75" s="6" t="n">
+        <v>192.44</v>
+      </c>
+      <c r="G75" s="7" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="J75" s="6" t="n"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="8" t="n"/>
+      <c r="B76" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C76" s="8" t="n"/>
+      <c r="D76" s="8" t="n"/>
+      <c r="E76" s="8" t="n"/>
+      <c r="F76" s="9" t="n">
+        <v>497525.56</v>
+      </c>
+      <c r="G76" s="10" t="n">
+        <v>0.9596</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="B78" s="3" t="inlineStr">
+        <is>
+          <t>Units issued by REITs &amp; InvITs</t>
+        </is>
+      </c>
+    </row>
+    <row r="79">
+      <c r="B79" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="1" t="n">
+        <v>69</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Indus Infra Trust</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>INE0NHL23019</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="n">
+        <v>8312129</v>
+      </c>
+      <c r="F80" s="6" t="n">
+        <v>10094.25</v>
+      </c>
+      <c r="G80" s="7" t="n">
+        <v>0.0195</v>
+      </c>
+      <c r="H80" s="11" t="n"/>
+      <c r="J80" s="6" t="n"/>
+    </row>
+    <row r="81">
+      <c r="A81" s="8" t="n"/>
+      <c r="B81" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C81" s="8" t="n"/>
+      <c r="D81" s="8" t="n"/>
+      <c r="E81" s="8" t="n"/>
+      <c r="F81" s="9" t="n">
+        <v>10094.25</v>
+      </c>
+      <c r="G81" s="10" t="n">
+        <v>0.0195</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="B83" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="1" t="n">
+        <v>70</v>
+      </c>
+      <c r="B84" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F84" s="6" t="n">
+        <v>10379.85</v>
+      </c>
+      <c r="G84" s="7" t="n">
         <v>0.02</v>
       </c>
-      <c r="J22" s="6" t="n"/>
-[...34 lines deleted...]
-      <c r="G23" s="66" t="n">
+      <c r="H84" s="11" t="n">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="8" t="n"/>
+      <c r="B85" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C85" s="8" t="n"/>
+      <c r="D85" s="8" t="n"/>
+      <c r="E85" s="8" t="n"/>
+      <c r="F85" s="9" t="n">
+        <v>10379.85</v>
+      </c>
+      <c r="G85" s="10" t="n">
         <v>0.02</v>
       </c>
-      <c r="J23" s="6" t="n"/>
-[...1643 lines deleted...]
-      <c r="B76" s="11" t="inlineStr">
+    </row>
+    <row r="87">
+      <c r="B87" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Cash Margin</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="n"/>
+      <c r="F88" s="6" t="n">
+        <v>1500</v>
+      </c>
+      <c r="G88" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J88" s="6" t="n"/>
+    </row>
+    <row r="89">
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="n"/>
+      <c r="F89" s="6" t="n">
+        <v>-1099.77</v>
+      </c>
+      <c r="G89" s="7" t="n">
+        <v>-0.002</v>
+      </c>
+      <c r="J89" s="6" t="n"/>
+    </row>
+    <row r="90">
+      <c r="A90" s="8" t="n"/>
+      <c r="B90" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C76" s="11" t="n"/>
-[...167 lines deleted...]
-        <v>0.0037</v>
+      <c r="C90" s="8" t="n"/>
+      <c r="D90" s="8" t="n"/>
+      <c r="E90" s="8" t="n"/>
+      <c r="F90" s="9" t="n">
+        <v>400.23</v>
+      </c>
+      <c r="G90" s="10" t="n">
+        <v>0.0009</v>
       </c>
     </row>
     <row r="92">
-      <c r="A92" s="5" t="n"/>
-      <c r="B92" s="5" t="inlineStr">
+      <c r="A92" s="4" t="n"/>
+      <c r="B92" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C92" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G92" s="9" t="n">
+      <c r="C92" s="4" t="n"/>
+      <c r="D92" s="4" t="n"/>
+      <c r="E92" s="4" t="n"/>
+      <c r="F92" s="12" t="n">
+        <v>518399.89</v>
+      </c>
+      <c r="G92" s="13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="93">
-      <c r="A93" s="2" t="inlineStr">
+      <c r="A93" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="94">
-      <c r="A94" s="16" t="n">
+      <c r="A94" s="15" t="n">
         <v>1</v>
       </c>
-      <c r="B94" s="16" t="inlineStr">
+      <c r="B94" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="95" ht="27" customHeight="1" s="41">
-[...10 lines deleted...]
-      <c r="B99" s="59" t="inlineStr">
+    <row r="96" ht="14.5" customHeight="1" s="45">
+      <c r="B96" s="39" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="113" ht="14.5" customHeight="1" s="41">
-      <c r="B113" s="59" t="inlineStr">
+    <row r="109" ht="14.5" customHeight="1" s="45">
+      <c r="B109" s="39" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: BSE India Infrastructure TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>