--- v0 (2025-10-19)
+++ v1 (2025-11-08)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="997" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="945" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="SHORT" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="22">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
@@ -157,50 +157,57 @@
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
@@ -334,66 +341,67 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="107">
+  <cellXfs count="101">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -449,212 +457,195 @@
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="10" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...40 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -703,116 +694,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>107</row>
+      <row>110</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>116</row>
+      <row>119</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="17570450"/>
+          <a:off x="457200" y="17741900"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>121</row>
+      <row>124</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>130</row>
+      <row>133</row>
       <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="19983450"/>
+          <a:off x="457200" y="20154900"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1049,90 +1040,90 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L142"/>
+  <dimension ref="A1:L148"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-    <col width="52.81640625" customWidth="1" style="2" min="2" max="2"/>
-[...2 lines deleted...]
-    <col width="16.453125" customWidth="1" style="2" min="5" max="5"/>
+    <col width="51.54296875" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="19.26953125" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="16.7265625" customWidth="1" style="2" min="4" max="4"/>
+    <col width="14.81640625" customWidth="1" style="2" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
     <col width="14.81640625" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
     <col width="30.1796875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
     <row r="1" ht="19" customHeight="1" s="74">
       <c r="A1" s="73" t="n"/>
       <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Short Term Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="4" t="inlineStr">
         <is>
-          <t>Portfolio as on October 15, 2025</t>
+          <t>Portfolio as on October 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
@@ -1181,2735 +1172,2809 @@
       </c>
     </row>
     <row r="8">
       <c r="B8" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
         <v>1</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>INE020B08FL9</t>
+          <t>INE296A07TJ4</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E9" s="12" t="n">
         <v>10000</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>10525.3</v>
+        <v>10449.36</v>
       </c>
       <c r="G9" s="7" t="n">
-        <v>0.0286</v>
+        <v>0.0272</v>
       </c>
       <c r="H9" s="8" t="n">
-        <v>47603</v>
+        <v>46930</v>
       </c>
       <c r="J9" s="6" t="n">
-        <v>6.835</v>
+        <v>7.115</v>
       </c>
       <c r="K9" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="L9" s="7" t="n">
-        <v>0.5278</v>
+        <v>0.4989</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
         <v>2</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited</t>
+          <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>INE296A07TJ4</t>
+          <t>INE261F08EO7</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E10" s="12" t="n">
         <v>10000</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>10421.51</v>
+        <v>10280.3</v>
       </c>
       <c r="G10" s="7" t="n">
-        <v>0.0284</v>
+        <v>0.0268</v>
       </c>
       <c r="H10" s="8" t="n">
-        <v>46930</v>
+        <v>47011</v>
       </c>
       <c r="J10" s="6" t="n">
-        <v>7.1</v>
+        <v>6.7432</v>
       </c>
       <c r="K10" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L10" s="7" t="n">
-        <v>0.3003</v>
+        <v>0.3325</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
         <v>3</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development**</t>
+          <t>Muthoot Finance Limited**</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>INE261F08EO7</t>
+          <t>INE414G07IF1</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>CRISIL AA+</t>
         </is>
       </c>
       <c r="E11" s="12" t="n">
-        <v>10000</v>
+        <v>8500</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>10262.19</v>
+        <v>8931.93</v>
       </c>
       <c r="G11" s="7" t="n">
-        <v>0.0279</v>
+        <v>0.0233</v>
       </c>
       <c r="H11" s="8" t="n">
-        <v>47011</v>
+        <v>46867</v>
+      </c>
+      <c r="I11" s="2" t="inlineStr">
+        <is>
+          <t>PU - 25-May-2026</t>
+        </is>
       </c>
       <c r="J11" s="6" t="n">
-        <v>6.7</v>
+        <v>7.85</v>
       </c>
       <c r="K11" s="2" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
       <c r="L11" s="7" t="n">
-        <v>0.043</v>
+        <v>0.0413</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
         <v>4</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Muthoot Finance Limited**</t>
+          <t>India Infrastructure Finance Company Limited**</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>INE414G07IF1</t>
+          <t>INE787H08154</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AA+</t>
+          <t>IND AAA</t>
         </is>
       </c>
       <c r="E12" s="12" t="n">
-        <v>8500</v>
+        <v>7500</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>8901.440000000001</v>
+        <v>8162.8</v>
       </c>
       <c r="G12" s="7" t="n">
-        <v>0.0242</v>
+        <v>0.0213</v>
       </c>
       <c r="H12" s="8" t="n">
-        <v>46867</v>
-[...4 lines deleted...]
-        </is>
+        <v>46696</v>
       </c>
       <c r="J12" s="6" t="n">
-        <v>7.855</v>
+        <v>6.6525</v>
       </c>
       <c r="K12" s="2" t="inlineStr">
         <is>
           <t>IND AAA(SO)</t>
         </is>
       </c>
       <c r="L12" s="7" t="n">
-        <v>0.04</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
         <v>5</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>India Infrastructure Finance Company Limited**</t>
+          <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>INE787H08154</t>
+          <t>INE261F08EG3</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>IND AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E13" s="12" t="n">
         <v>7500</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>8140.5</v>
+        <v>7990.16</v>
       </c>
       <c r="G13" s="7" t="n">
-        <v>0.0222</v>
+        <v>0.0208</v>
       </c>
       <c r="H13" s="8" t="n">
-        <v>46696</v>
+        <v>47238</v>
       </c>
       <c r="J13" s="6" t="n">
-        <v>6.6475</v>
+        <v>6.7841</v>
       </c>
       <c r="K13" s="2" t="inlineStr">
         <is>
           <t>CRISIL AA+</t>
         </is>
       </c>
       <c r="L13" s="7" t="n">
-        <v>0.0313</v>
+        <v>0.0301</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
         <v>6</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development</t>
+          <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>INE261F08EG3</t>
+          <t>INE053F07AA7</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E14" s="12" t="n">
-        <v>7500</v>
+        <v>750</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>7954.14</v>
+        <v>7906.54</v>
       </c>
       <c r="G14" s="7" t="n">
-        <v>0.0217</v>
+        <v>0.0206</v>
       </c>
       <c r="H14" s="8" t="n">
-        <v>47238</v>
+        <v>46535</v>
       </c>
       <c r="J14" s="6" t="n">
-        <v>6.84</v>
+        <v>6.555</v>
       </c>
       <c r="K14" s="2" t="inlineStr">
         <is>
           <t>IND AAA</t>
         </is>
       </c>
       <c r="L14" s="7" t="n">
-        <v>0.0295</v>
+        <v>0.0283</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
         <v>7</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Indian Railway Finance Corporation Limited**</t>
+          <t>Jamnagar Utilities &amp; Power Private Limited**</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>INE053F07AA7</t>
+          <t>INE936D07182</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E15" s="12" t="n">
-        <v>750</v>
+        <v>7500</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>7892.49</v>
+        <v>7821.42</v>
       </c>
       <c r="G15" s="7" t="n">
-        <v>0.0215</v>
+        <v>0.0204</v>
       </c>
       <c r="H15" s="8" t="n">
-        <v>46535</v>
+        <v>46975</v>
       </c>
       <c r="J15" s="6" t="n">
-        <v>6.485</v>
+        <v>6.865</v>
       </c>
       <c r="K15" s="2" t="inlineStr">
         <is>
           <t>ICRA AA+</t>
         </is>
       </c>
       <c r="L15" s="7" t="n">
-        <v>0.008500000000000001</v>
+        <v>0.008200000000000001</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
         <v>8</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Jamnagar Utilities &amp; Power Private Limited**</t>
+          <t>Bajaj Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>INE936D07182</t>
+          <t>INE377Y07565</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E16" s="12" t="n">
         <v>7500</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>7797.74</v>
+        <v>7735.25</v>
       </c>
       <c r="G16" s="7" t="n">
-        <v>0.0212</v>
+        <v>0.0202</v>
       </c>
       <c r="H16" s="8" t="n">
-        <v>46975</v>
+        <v>46899</v>
       </c>
       <c r="J16" s="6" t="n">
-        <v>6.87</v>
+        <v>6.96</v>
       </c>
       <c r="K16" s="2" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
       <c r="L16" s="7" t="n">
-        <v>0.0029</v>
+        <v>0.0028</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
         <v>9</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Bajaj Housing Finance Limited</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>INE377Y07565</t>
+          <t>INE134E08LX5</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E17" s="12" t="n">
-        <v>7500</v>
+        <v>650</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>7714.22</v>
+        <v>7053.08</v>
       </c>
       <c r="G17" s="7" t="n">
-        <v>0.021</v>
+        <v>0.0184</v>
       </c>
       <c r="H17" s="8" t="n">
-        <v>46899</v>
+        <v>46769</v>
       </c>
       <c r="J17" s="6" t="n">
-        <v>6.95</v>
+        <v>6.6225</v>
       </c>
       <c r="K17" s="2" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L17" s="7" t="n">
-        <v>0.0167</v>
+        <v>0.0199</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
         <v>10</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>ICICI Home Finance Company Limited**</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>INE134E08LX5</t>
+          <t>INE071G07728</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E18" s="12" t="n">
-        <v>650</v>
+        <v>5000</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>7038.99</v>
+        <v>5436.73</v>
       </c>
       <c r="G18" s="7" t="n">
-        <v>0.0192</v>
+        <v>0.0142</v>
       </c>
       <c r="H18" s="8" t="n">
-        <v>46769</v>
+        <v>46741</v>
       </c>
       <c r="J18" s="6" t="n">
-        <v>6.58</v>
+        <v>6.97</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
         <v>11</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>ICICI Home Finance Company Limited**</t>
+          <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>INE071G07728</t>
+          <t>INE296A07TF2</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E19" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>5429.67</v>
+        <v>5416.53</v>
       </c>
       <c r="G19" s="7" t="n">
-        <v>0.0148</v>
+        <v>0.0141</v>
       </c>
       <c r="H19" s="8" t="n">
-        <v>46741</v>
+        <v>46731</v>
       </c>
       <c r="J19" s="6" t="n">
-        <v>6.88</v>
+        <v>7.06</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
         <v>12</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>INE115A07MW4</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E20" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>5408.06</v>
+        <v>5413.69</v>
       </c>
       <c r="G20" s="7" t="n">
-        <v>0.0147</v>
+        <v>0.0141</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>46781</v>
       </c>
       <c r="J20" s="6" t="n">
-        <v>6.71</v>
+        <v>6.805</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
         <v>13</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited</t>
+          <t>Export-Import Bank of India**</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>INE296A07TF2</t>
+          <t>INE514E08GD0</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E21" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>5396.44</v>
+        <v>5400.24</v>
       </c>
       <c r="G21" s="7" t="n">
-        <v>0.0147</v>
+        <v>0.0141</v>
       </c>
       <c r="H21" s="8" t="n">
-        <v>46731</v>
+        <v>47465</v>
       </c>
       <c r="J21" s="6" t="n">
-        <v>7.0999</v>
+        <v>6.6514</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
         <v>14</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Export-Import Bank of India**</t>
+          <t>Export-Import Bank of India</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>INE514E08GD0</t>
+          <t>INE514E08GE8</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E22" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>5384.38</v>
+        <v>5384.94</v>
       </c>
       <c r="G22" s="7" t="n">
-        <v>0.0147</v>
+        <v>0.014</v>
       </c>
       <c r="H22" s="8" t="n">
-        <v>47465</v>
+        <v>46961</v>
       </c>
       <c r="J22" s="6" t="n">
-        <v>6.655</v>
+        <v>6.4899</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
         <v>15</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Export-Import Bank of India**</t>
+          <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>INE514E08GE8</t>
+          <t>INE261F08EK5</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E23" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>5364.67</v>
+        <v>5335.51</v>
       </c>
       <c r="G23" s="7" t="n">
-        <v>0.0146</v>
+        <v>0.0139</v>
       </c>
       <c r="H23" s="8" t="n">
-        <v>46961</v>
+        <v>46807</v>
       </c>
       <c r="J23" s="6" t="n">
-        <v>6.5334</v>
+        <v>6.64</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
         <v>16</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development**</t>
+          <t>Export-Import Bank of India**</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>INE261F08EK5</t>
+          <t>INE514E08GF5</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E24" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>5318.34</v>
+        <v>5290.12</v>
       </c>
       <c r="G24" s="7" t="n">
-        <v>0.0145</v>
+        <v>0.0138</v>
       </c>
       <c r="H24" s="8" t="n">
-        <v>46807</v>
+        <v>47661</v>
       </c>
       <c r="J24" s="6" t="n">
-        <v>6.66</v>
+        <v>6.72</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
         <v>17</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Export-Import Bank of India**</t>
+          <t>REC Limited</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>INE514E08GF5</t>
+          <t>INE020B08FL9</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E25" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>5282.99</v>
+        <v>5287.61</v>
       </c>
       <c r="G25" s="7" t="n">
-        <v>0.0144</v>
+        <v>0.0138</v>
       </c>
       <c r="H25" s="8" t="n">
-        <v>47661</v>
+        <v>47603</v>
       </c>
       <c r="J25" s="6" t="n">
-        <v>6.68</v>
+        <v>6.7738</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
         <v>18</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
           <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>INE296A07TL0</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E26" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>5194.3</v>
+        <v>5205.41</v>
       </c>
       <c r="G26" s="7" t="n">
-        <v>0.0141</v>
+        <v>0.0136</v>
       </c>
       <c r="H26" s="8" t="n">
         <v>47662</v>
       </c>
       <c r="J26" s="6" t="n">
-        <v>7.24</v>
+        <v>7.265</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
         <v>19</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
           <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>INE115A07RG6</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E27" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>5170.16</v>
+        <v>5188.37</v>
       </c>
       <c r="G27" s="7" t="n">
-        <v>0.0141</v>
+        <v>0.0135</v>
       </c>
       <c r="H27" s="8" t="n">
         <v>47602</v>
       </c>
       <c r="J27" s="6" t="n">
-        <v>7.0249</v>
+        <v>7.01</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
         <v>20</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>Export-Import Bank of India**</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>INE514E08FP6</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E28" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>5135.55</v>
+        <v>5145.83</v>
       </c>
       <c r="G28" s="7" t="n">
-        <v>0.014</v>
+        <v>0.0134</v>
       </c>
       <c r="H28" s="8" t="n">
         <v>46602</v>
       </c>
       <c r="J28" s="6" t="n">
-        <v>6.4411</v>
+        <v>6.4875</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
         <v>21</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>INE134E08IT9</t>
+          <t>INE020B08FF1</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E29" s="12" t="n">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>5133.59</v>
+        <v>5145.35</v>
       </c>
       <c r="G29" s="7" t="n">
-        <v>0.014</v>
+        <v>0.0134</v>
       </c>
       <c r="H29" s="8" t="n">
-        <v>46438</v>
+        <v>46630</v>
       </c>
       <c r="J29" s="6" t="n">
-        <v>6.525</v>
+        <v>6.57</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
         <v>22</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>INE020B08FF1</t>
+          <t>INE134E08IT9</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E30" s="12" t="n">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>5129.72</v>
+        <v>5144.52</v>
       </c>
       <c r="G30" s="7" t="n">
-        <v>0.014</v>
+        <v>0.0134</v>
       </c>
       <c r="H30" s="8" t="n">
-        <v>46630</v>
+        <v>46438</v>
       </c>
       <c r="J30" s="6" t="n">
-        <v>6.585</v>
+        <v>6.58</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
         <v>23</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>INE556F08KS8</t>
+          <t>INE134E08ND3</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E31" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>5112.49</v>
+        <v>5128.45</v>
       </c>
       <c r="G31" s="7" t="n">
-        <v>0.0139</v>
+        <v>0.0134</v>
       </c>
       <c r="H31" s="8" t="n">
-        <v>47175</v>
+        <v>48136</v>
       </c>
       <c r="J31" s="6" t="n">
-        <v>6.72</v>
+        <v>6.89</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
         <v>24</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Small Industries Development Bank of India</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>INE134E08ND3</t>
+          <t>INE556F08KS8</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E32" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>5107.45</v>
+        <v>5115.41</v>
       </c>
       <c r="G32" s="7" t="n">
-        <v>0.0139</v>
+        <v>0.0133</v>
       </c>
       <c r="H32" s="8" t="n">
-        <v>48136</v>
+        <v>47175</v>
       </c>
       <c r="J32" s="6" t="n">
-        <v>6.915</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
         <v>25</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
           <t>Tata Capital Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>INE033L07IO1</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E33" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>5102.29</v>
+        <v>5114.42</v>
       </c>
       <c r="G33" s="7" t="n">
-        <v>0.0139</v>
+        <v>0.0133</v>
       </c>
       <c r="H33" s="8" t="n">
         <v>46589</v>
       </c>
       <c r="J33" s="6" t="n">
-        <v>6.8799</v>
+        <v>6.915</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="n">
         <v>26</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
           <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>INE053F07983</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E34" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>5093.41</v>
+        <v>5101.94</v>
       </c>
       <c r="G34" s="7" t="n">
-        <v>0.0139</v>
+        <v>0.0133</v>
       </c>
       <c r="H34" s="8" t="n">
         <v>46465</v>
       </c>
       <c r="J34" s="6" t="n">
-        <v>6.47</v>
+        <v>6.555</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="n">
         <v>27</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Bharti Telecom Limited**</t>
+          <t>Bharti Telecom Limited</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>INE403D08280</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E35" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>5003.87</v>
+        <v>5029.72</v>
       </c>
       <c r="G35" s="7" t="n">
-        <v>0.0136</v>
+        <v>0.0131</v>
       </c>
       <c r="H35" s="8" t="n">
         <v>47102</v>
       </c>
       <c r="J35" s="6" t="n">
-        <v>7.4422</v>
+        <v>7.3675</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
         <v>28</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>Bharti Telecom Limited**</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>INE403D08272</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E36" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>5002.97</v>
+        <v>5022.95</v>
       </c>
       <c r="G36" s="7" t="n">
-        <v>0.0136</v>
+        <v>0.0131</v>
       </c>
       <c r="H36" s="8" t="n">
         <v>46675</v>
       </c>
       <c r="J36" s="6" t="n">
-        <v>7.3277</v>
+        <v>7.2774</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
         <v>29</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>REC Limited</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>INE020B08EH0</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E37" s="12" t="n">
         <v>3500</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>3737.39</v>
+        <v>3742.04</v>
       </c>
       <c r="G37" s="7" t="n">
-        <v>0.0102</v>
+        <v>0.0098</v>
       </c>
       <c r="H37" s="8" t="n">
         <v>46843</v>
       </c>
       <c r="J37" s="6" t="n">
-        <v>6.585</v>
+        <v>6.66</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="n">
         <v>30</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>INE134E08IR3</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E38" s="12" t="n">
         <v>300</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>3078.67</v>
+        <v>3085.35</v>
       </c>
       <c r="G38" s="7" t="n">
-        <v>0.008399999999999999</v>
+        <v>0.008</v>
       </c>
       <c r="H38" s="8" t="n">
         <v>46407</v>
       </c>
       <c r="J38" s="6" t="n">
-        <v>6.5253</v>
+        <v>6.5802</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="n">
         <v>31</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>LIC Housing Finance Limited**</t>
+          <t>Bharti Telecom Limited**</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>INE115A07QY1</t>
+          <t>INE403D08207</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E39" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>2741.66</v>
+        <v>2748.15</v>
       </c>
       <c r="G39" s="7" t="n">
-        <v>0.0075</v>
+        <v>0.0072</v>
       </c>
       <c r="H39" s="8" t="n">
-        <v>47409</v>
+        <v>46360</v>
       </c>
       <c r="J39" s="6" t="n">
-        <v>6.94</v>
+        <v>7.165</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2" t="n">
         <v>32</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Bharti Telecom Limited**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>INE403D08207</t>
+          <t>INE556F08KU4</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E40" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>2737.19</v>
+        <v>2723.72</v>
       </c>
       <c r="G40" s="7" t="n">
-        <v>0.0075</v>
+        <v>0.0071</v>
       </c>
       <c r="H40" s="8" t="n">
-        <v>46360</v>
+        <v>46916</v>
       </c>
       <c r="J40" s="6" t="n">
-        <v>7.2627</v>
+        <v>6.6767</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2" t="n">
         <v>33</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>INE556F08KU4</t>
+          <t>INE115A07QW5</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E41" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>2716.16</v>
+        <v>2686</v>
       </c>
       <c r="G41" s="7" t="n">
-        <v>0.0074</v>
+        <v>0.007</v>
       </c>
       <c r="H41" s="8" t="n">
-        <v>46916</v>
+        <v>46794</v>
       </c>
       <c r="J41" s="6" t="n">
-        <v>6.6742</v>
+        <v>6.805</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2" t="n">
         <v>34</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>LIC Housing Finance Limited</t>
+          <t>National Housing Bank**</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>INE115A07QW5</t>
+          <t>INE557F08GC8</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>IND AAA</t>
         </is>
       </c>
       <c r="E42" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>2683.31</v>
+        <v>2684.98</v>
       </c>
       <c r="G42" s="7" t="n">
-        <v>0.0073</v>
+        <v>0.007</v>
       </c>
       <c r="H42" s="8" t="n">
-        <v>46794</v>
+        <v>48033</v>
       </c>
       <c r="J42" s="6" t="n">
-        <v>6.71</v>
+        <v>6.885</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2" t="n">
         <v>35</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>National Housing Bank**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
-          <t>INE557F08GC8</t>
+          <t>INE556F08KY6</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
-          <t>IND AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E43" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>2675.4</v>
+        <v>2661.95</v>
       </c>
       <c r="G43" s="7" t="n">
-        <v>0.0073</v>
+        <v>0.0069</v>
       </c>
       <c r="H43" s="8" t="n">
-        <v>48033</v>
+        <v>47563</v>
       </c>
       <c r="J43" s="6" t="n">
-        <v>6.9</v>
+        <v>6.8518</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2" t="n">
         <v>36</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development**</t>
+          <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>INE261F08EM1</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E44" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>2652.21</v>
+        <v>2660.81</v>
       </c>
       <c r="G44" s="7" t="n">
-        <v>0.0072</v>
+        <v>0.0069</v>
       </c>
       <c r="H44" s="8" t="n">
         <v>46836</v>
       </c>
       <c r="J44" s="6" t="n">
-        <v>6.66</v>
+        <v>6.64</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2" t="n">
         <v>37</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India</t>
+          <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>INE556F08KY6</t>
+          <t>INE053F08411</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E45" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>2647.81</v>
+        <v>2651.29</v>
       </c>
       <c r="G45" s="7" t="n">
-        <v>0.0072</v>
+        <v>0.0069</v>
       </c>
       <c r="H45" s="8" t="n">
-        <v>47563</v>
+        <v>47330</v>
       </c>
       <c r="J45" s="6" t="n">
-        <v>6.92</v>
+        <v>6.7375</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2" t="n">
         <v>38</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Indian Railway Finance Corporation Limited**</t>
+          <t>Small Industries Development Bank of India</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
-          <t>INE053F08411</t>
+          <t>INE556F08KX8</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E46" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F46" s="6" t="n">
-        <v>2646.82</v>
+        <v>2626.29</v>
       </c>
       <c r="G46" s="7" t="n">
-        <v>0.0072</v>
+        <v>0.0068</v>
       </c>
       <c r="H46" s="8" t="n">
-        <v>47330</v>
+        <v>47280</v>
       </c>
       <c r="J46" s="6" t="n">
-        <v>6.7</v>
+        <v>6.79</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2" t="n">
         <v>39</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Muthoot Finance Limited**</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
-          <t>INE556F08KX8</t>
+          <t>INE414G07JB8</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>CRISIL AA+</t>
         </is>
       </c>
       <c r="E47" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F47" s="6" t="n">
-        <v>2623.14</v>
+        <v>2625.63</v>
       </c>
       <c r="G47" s="7" t="n">
-        <v>0.0071</v>
+        <v>0.0068</v>
       </c>
       <c r="H47" s="8" t="n">
-        <v>47280</v>
+        <v>46555</v>
       </c>
       <c r="J47" s="6" t="n">
-        <v>6.735</v>
+        <v>7.705</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2" t="n">
         <v>40</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Muthoot Finance Limited**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>INE414G07JB8</t>
+          <t>INE020B08FA2</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AA+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E48" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>2613.44</v>
+        <v>2615.67</v>
       </c>
       <c r="G48" s="7" t="n">
-        <v>0.0071</v>
+        <v>0.0068</v>
       </c>
       <c r="H48" s="8" t="n">
-        <v>46555</v>
+        <v>46538</v>
       </c>
       <c r="J48" s="6" t="n">
-        <v>7.8</v>
+        <v>6.57</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2" t="n">
         <v>41</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
           <t>Cholamandalam Investment and Finance Company Limited**</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>INE121A07RC3</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>ICRA AA+</t>
         </is>
       </c>
       <c r="E49" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F49" s="6" t="n">
-        <v>2601</v>
+        <v>2608.42</v>
       </c>
       <c r="G49" s="7" t="n">
-        <v>0.0071</v>
+        <v>0.0068</v>
       </c>
       <c r="H49" s="8" t="n">
         <v>46157</v>
       </c>
       <c r="J49" s="6" t="n">
-        <v>7</v>
+        <v>7.0199</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2" t="n">
         <v>42</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Bajaj Housing Finance Limited**</t>
+          <t>REC Limited</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
-          <t>INE377Y07557</t>
+          <t>INE020B08FU0</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E50" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>2591.95</v>
+        <v>2598.56</v>
       </c>
       <c r="G50" s="7" t="n">
-        <v>0.0071</v>
+        <v>0.0068</v>
       </c>
       <c r="H50" s="8" t="n">
-        <v>46444</v>
+        <v>47634</v>
       </c>
       <c r="J50" s="6" t="n">
-        <v>6.795</v>
+        <v>6.73</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2" t="n">
         <v>43</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Bajaj Housing Finance Limited</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
-          <t>INE020B08FU0</t>
+          <t>INE377Y07557</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E51" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F51" s="6" t="n">
-        <v>2580.98</v>
+        <v>2598.35</v>
       </c>
       <c r="G51" s="7" t="n">
-        <v>0.007</v>
+        <v>0.0068</v>
       </c>
       <c r="H51" s="8" t="n">
-        <v>47634</v>
+        <v>46444</v>
       </c>
       <c r="J51" s="6" t="n">
-        <v>6.835</v>
+        <v>6.83</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2" t="n">
         <v>44</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
           <t>Tata Capital Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>INE033L07IC6</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E52" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F52" s="6" t="n">
-        <v>2576.17</v>
+        <v>2584.18</v>
       </c>
       <c r="G52" s="7" t="n">
-        <v>0.007</v>
+        <v>0.0067</v>
       </c>
       <c r="H52" s="8" t="n">
         <v>46283</v>
       </c>
       <c r="J52" s="6" t="n">
-        <v>6.745</v>
+        <v>6.715</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2" t="n">
         <v>45</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
           <t>Tata Capital Limited**</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>INE306N07MX0</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E53" s="12" t="n">
         <v>250</v>
       </c>
       <c r="F53" s="6" t="n">
-        <v>2576.06</v>
+        <v>2582.59</v>
       </c>
       <c r="G53" s="7" t="n">
-        <v>0.007</v>
+        <v>0.0067</v>
       </c>
       <c r="H53" s="8" t="n">
         <v>46594</v>
       </c>
       <c r="J53" s="6" t="n">
-        <v>7.075</v>
+        <v>7.105</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2" t="n">
         <v>46</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
           <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>INE134E08NS1</t>
+          <t>INE134E08JE9</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E54" s="12" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>2565.84</v>
+        <v>2570.57</v>
       </c>
       <c r="G54" s="7" t="n">
-        <v>0.007</v>
+        <v>0.0067</v>
       </c>
       <c r="H54" s="8" t="n">
-        <v>46949</v>
+        <v>46606</v>
       </c>
       <c r="J54" s="6" t="n">
-        <v>6.61</v>
+        <v>6.58</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2" t="n">
         <v>47</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
           <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>INE134E08JE9</t>
+          <t>INE134E08NS1</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E55" s="12" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F55" s="6" t="n">
-        <v>2565.08</v>
+        <v>2567.39</v>
       </c>
       <c r="G55" s="7" t="n">
-        <v>0.007</v>
+        <v>0.0067</v>
       </c>
       <c r="H55" s="8" t="n">
-        <v>46606</v>
+        <v>46949</v>
       </c>
       <c r="J55" s="6" t="n">
-        <v>6.54</v>
+        <v>6.7041</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2" t="n">
         <v>48</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Jio Credit Limited</t>
+          <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>INE282H07034</t>
+          <t>INE115A07QY1</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E56" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>2501.45</v>
+        <v>2555.32</v>
       </c>
       <c r="G56" s="7" t="n">
-        <v>0.0068</v>
+        <v>0.0067</v>
       </c>
       <c r="H56" s="8" t="n">
-        <v>46673</v>
+        <v>47409</v>
       </c>
       <c r="J56" s="6" t="n">
-        <v>7.049</v>
+        <v>6.995</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2" t="n">
         <v>49</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
+          <t>Jio Credit Limited**</t>
+        </is>
+      </c>
+      <c r="C57" s="2" t="inlineStr">
+        <is>
+          <t>INE282H07034</t>
+        </is>
+      </c>
+      <c r="D57" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E57" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>2508</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H57" s="8" t="n">
+        <v>46673</v>
+      </c>
+      <c r="J57" s="6" t="n">
+        <v>7.07</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="B58" s="2" t="inlineStr">
+        <is>
           <t>Cholamandalam Investment and Finance Company Limited**</t>
         </is>
       </c>
-      <c r="C57" s="2" t="inlineStr">
+      <c r="C58" s="2" t="inlineStr">
         <is>
           <t>INE121A07QO0</t>
         </is>
       </c>
-      <c r="D57" s="2" t="inlineStr">
+      <c r="D58" s="2" t="inlineStr">
         <is>
           <t>ICRA AA+</t>
         </is>
       </c>
-      <c r="E57" s="12" t="n">
+      <c r="E58" s="12" t="n">
         <v>50</v>
       </c>
-      <c r="F57" s="6" t="n">
-[...2 lines deleted...]
-      <c r="G57" s="7" t="n">
+      <c r="F58" s="6" t="n">
+        <v>518.84</v>
+      </c>
+      <c r="G58" s="7" t="n">
         <v>0.0014</v>
       </c>
-      <c r="H57" s="8" t="n">
+      <c r="H58" s="8" t="n">
         <v>46140</v>
       </c>
-      <c r="J57" s="6" t="n">
-[...5 lines deleted...]
-      <c r="B58" s="9" t="inlineStr">
+      <c r="J58" s="6" t="n">
+        <v>7.02</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="9" t="n"/>
+      <c r="B59" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C58" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B60" s="4" t="inlineStr">
+      <c r="C59" s="9" t="n"/>
+      <c r="D59" s="9" t="n"/>
+      <c r="E59" s="9" t="n"/>
+      <c r="F59" s="10" t="n">
+        <v>232842.68</v>
+      </c>
+      <c r="G59" s="11" t="n">
+        <v>0.6068</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="B61" s="4" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
-      </c>
-[...33 lines deleted...]
-        <v>6.4222</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2" t="n">
         <v>51</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
           <t>6.33% GOI 2035</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>IN0020250026</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E62" s="12" t="n">
-        <v>25000000</v>
+        <v>50000000</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>25438</v>
+        <v>50839.17</v>
       </c>
       <c r="G62" s="7" t="n">
-        <v>0.0692</v>
+        <v>0.1325</v>
       </c>
       <c r="H62" s="8" t="n">
         <v>49434</v>
       </c>
       <c r="J62" s="6" t="n">
-        <v>6.4826</v>
+        <v>6.5329</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2" t="n">
         <v>52</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>7.01% Gujarat SDL 2031</t>
+          <t>6.48% GOI 2035</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
-          <t>IN1520240111</t>
+          <t>IN0020250091</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E63" s="12" t="n">
-        <v>12000000</v>
+        <v>25000000</v>
       </c>
       <c r="F63" s="6" t="n">
-        <v>12333.96</v>
+        <v>25132.2</v>
       </c>
       <c r="G63" s="7" t="n">
-        <v>0.0336</v>
+        <v>0.0655</v>
       </c>
       <c r="H63" s="8" t="n">
-        <v>47856</v>
+        <v>49588</v>
       </c>
       <c r="J63" s="6" t="n">
-        <v>6.805</v>
+        <v>6.4683</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2" t="n">
         <v>53</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>7.02% GOI 2031</t>
+          <t>7.01% Gujarat SDL 2031</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
-          <t>IN0020240076</t>
+          <t>IN1520240111</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E64" s="12" t="n">
-        <v>10000000</v>
+        <v>12000000</v>
       </c>
       <c r="F64" s="6" t="n">
-        <v>10572.75</v>
+        <v>12310.04</v>
       </c>
       <c r="G64" s="7" t="n">
-        <v>0.0288</v>
+        <v>0.0321</v>
       </c>
       <c r="H64" s="8" t="n">
-        <v>48017</v>
+        <v>47856</v>
       </c>
       <c r="J64" s="6" t="n">
-        <v>6.2898</v>
+        <v>6.9175</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2" t="n">
         <v>54</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>4.59% GOI 2031</t>
+          <t>7.02% GOI 2031</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>IN0020180041</t>
+          <t>IN0020240076</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E65" s="12" t="n">
-        <v>6500000</v>
+        <v>10000000</v>
       </c>
       <c r="F65" s="6" t="n">
-        <v>6766.55</v>
+        <v>10563.88</v>
       </c>
       <c r="G65" s="7" t="n">
-        <v>0.0184</v>
+        <v>0.0275</v>
       </c>
       <c r="H65" s="8" t="n">
-        <v>48189</v>
+        <v>48017</v>
       </c>
       <c r="J65" s="6" t="n">
-        <v>6.16</v>
+        <v>6.3657</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2" t="n">
         <v>55</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>8.51% GOI FRB 2033</t>
+          <t>6.01% GOI 2030</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>IN0020200120</t>
+          <t>IN0020250067</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E66" s="12" t="n">
-        <v>5000000</v>
+        <v>7500000</v>
       </c>
       <c r="F66" s="6" t="n">
-        <v>5190.23</v>
+        <v>7573.8</v>
       </c>
       <c r="G66" s="7" t="n">
-        <v>0.0141</v>
+        <v>0.0197</v>
       </c>
       <c r="H66" s="8" t="n">
-        <v>48844</v>
+        <v>47685</v>
       </c>
       <c r="J66" s="6" t="n">
-        <v>6.2595</v>
+        <v>6.1766</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2" t="n">
         <v>56</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>6.28% GOI 2032</t>
+          <t>4.59% GOI 2031</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>IN0020250059</t>
+          <t>IN0020180041</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E67" s="12" t="n">
-        <v>4500000</v>
+        <v>6000000</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>4550.27</v>
+        <v>6254.55</v>
       </c>
       <c r="G67" s="7" t="n">
-        <v>0.0124</v>
+        <v>0.0163</v>
       </c>
       <c r="H67" s="8" t="n">
-        <v>48409</v>
+        <v>48189</v>
       </c>
       <c r="J67" s="6" t="n">
-        <v>6.3677</v>
+        <v>6.2217</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2" t="n">
         <v>57</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>7.17% GOI 2030</t>
+          <t>8.51% GOI FRB 2033</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>IN0020230036</t>
+          <t>IN0020200120</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E68" s="12" t="n">
-        <v>2500000</v>
+        <v>5000000</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>2690.37</v>
+        <v>5214.02</v>
       </c>
       <c r="G68" s="7" t="n">
-        <v>0.0073</v>
+        <v>0.0136</v>
       </c>
       <c r="H68" s="8" t="n">
-        <v>47590</v>
+        <v>48844</v>
       </c>
       <c r="J68" s="6" t="n">
-        <v>6.1271</v>
+        <v>6.2048</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="2" t="n">
         <v>58</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>6.88% Uttar Pradesh SDL 2031</t>
+          <t>6.28% GOI 2032</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>IN3320200279</t>
+          <t>IN0020250059</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E69" s="12" t="n">
-        <v>2500000</v>
+        <v>4500000</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>2540.01</v>
+        <v>4547.96</v>
       </c>
       <c r="G69" s="7" t="n">
-        <v>0.0069</v>
+        <v>0.0119</v>
       </c>
       <c r="H69" s="8" t="n">
-        <v>47882</v>
+        <v>48409</v>
       </c>
       <c r="J69" s="6" t="n">
-        <v>6.83</v>
+        <v>6.4266</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="2" t="n">
         <v>59</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>6.01% GOI 2030</t>
+          <t>7.17% GOI 2030</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>IN0020250067</t>
+          <t>IN0020230036</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E70" s="12" t="n">
         <v>2500000</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>2524.58</v>
+        <v>2597.08</v>
       </c>
       <c r="G70" s="7" t="n">
-        <v>0.0069</v>
+        <v>0.0068</v>
       </c>
       <c r="H70" s="8" t="n">
-        <v>47685</v>
+        <v>47590</v>
       </c>
       <c r="J70" s="6" t="n">
-        <v>6.1139</v>
+        <v>6.2311</v>
       </c>
     </row>
     <row r="71">
-      <c r="A71" s="9" t="n"/>
-      <c r="B71" s="9" t="inlineStr">
+      <c r="A71" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="B71" s="2" t="inlineStr">
+        <is>
+          <t>6.88% Uttar Pradesh SDL 2031</t>
+        </is>
+      </c>
+      <c r="C71" s="2" t="inlineStr">
+        <is>
+          <t>IN3320200279</t>
+        </is>
+      </c>
+      <c r="D71" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E71" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>2534.34</v>
+      </c>
+      <c r="G71" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H71" s="8" t="n">
+        <v>47882</v>
+      </c>
+      <c r="J71" s="6" t="n">
+        <v>6.9476</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="9" t="n"/>
+      <c r="B72" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C71" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B73" s="4" t="inlineStr">
+      <c r="C72" s="9" t="n"/>
+      <c r="D72" s="9" t="n"/>
+      <c r="E72" s="9" t="n"/>
+      <c r="F72" s="10" t="n">
+        <v>127567.04</v>
+      </c>
+      <c r="G72" s="11" t="n">
+        <v>0.3325</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="B74" s="4" t="inlineStr">
         <is>
           <t>Securitised Debt</t>
         </is>
       </c>
     </row>
-    <row r="74">
-[...3 lines deleted...]
-      <c r="B74" s="2" t="inlineStr">
+    <row r="75">
+      <c r="A75" s="2" t="n">
+        <v>61</v>
+      </c>
+      <c r="B75" s="2" t="inlineStr">
         <is>
           <t>India Universal Trust**</t>
         </is>
       </c>
-      <c r="C74" s="2" t="inlineStr">
+      <c r="C75" s="2" t="inlineStr">
         <is>
           <t>INE16J715035</t>
         </is>
       </c>
-      <c r="D74" s="2" t="inlineStr">
+      <c r="D75" s="2" t="inlineStr">
         <is>
           <t>IND AAA(SO)</t>
         </is>
       </c>
-      <c r="E74" s="12" t="n">
+      <c r="E75" s="12" t="n">
         <v>155</v>
       </c>
-      <c r="F74" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H74" s="8" t="n">
+      <c r="F75" s="6" t="n">
+        <v>14556.47</v>
+      </c>
+      <c r="G75" s="7" t="n">
+        <v>0.038</v>
+      </c>
+      <c r="H75" s="8" t="n">
         <v>47746</v>
       </c>
-      <c r="J74" s="6" t="n">
-[...5 lines deleted...]
-      <c r="B75" s="9" t="inlineStr">
+      <c r="J75" s="6" t="n">
+        <v>7.8599</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="9" t="n"/>
+      <c r="B76" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C75" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B77" s="4" t="inlineStr">
+      <c r="C76" s="9" t="n"/>
+      <c r="D76" s="9" t="n"/>
+      <c r="E76" s="9" t="n"/>
+      <c r="F76" s="10" t="n">
+        <v>14556.47</v>
+      </c>
+      <c r="G76" s="11" t="n">
+        <v>0.038</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="B78" s="4" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
-    <row r="78">
-[...3 lines deleted...]
-      <c r="B78" s="4" t="inlineStr">
+    <row r="79">
+      <c r="A79" s="2" t="n">
+        <v>62</v>
+      </c>
+      <c r="B79" s="4" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F78" s="6" t="n">
-[...11 lines deleted...]
-      <c r="B79" s="9" t="inlineStr">
+      <c r="F79" s="6" t="n">
+        <v>8941.23</v>
+      </c>
+      <c r="G79" s="7" t="n">
+        <v>0.0233</v>
+      </c>
+      <c r="H79" s="8" t="n">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="9" t="n"/>
+      <c r="B80" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C79" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B81" s="4" t="inlineStr">
+      <c r="C80" s="9" t="n"/>
+      <c r="D80" s="9" t="n"/>
+      <c r="E80" s="9" t="n"/>
+      <c r="F80" s="10" t="n">
+        <v>8941.23</v>
+      </c>
+      <c r="G80" s="11" t="n">
+        <v>0.0233</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="B82" s="4" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
     </row>
-    <row r="82">
-[...3 lines deleted...]
-      <c r="B82" s="2" t="inlineStr">
+    <row r="83">
+      <c r="A83" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="B83" s="2" t="inlineStr">
         <is>
           <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
         </is>
       </c>
-      <c r="C82" s="2" t="inlineStr">
+      <c r="C83" s="2" t="inlineStr">
         <is>
           <t>INF0RQ622028</t>
         </is>
       </c>
-      <c r="E82" s="12" t="n">
+      <c r="E83" s="12" t="n">
         <v>9414.218000000001</v>
       </c>
-      <c r="F82" s="6" t="n">
-[...9 lines deleted...]
-      <c r="B83" s="9" t="inlineStr">
+      <c r="F83" s="6" t="n">
+        <v>1077.07</v>
+      </c>
+      <c r="G83" s="7" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J83" s="6" t="n"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="9" t="n"/>
+      <c r="B84" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C83" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B85" s="4" t="inlineStr">
+      <c r="C84" s="9" t="n"/>
+      <c r="D84" s="9" t="n"/>
+      <c r="E84" s="9" t="n"/>
+      <c r="F84" s="10" t="n">
+        <v>1077.07</v>
+      </c>
+      <c r="G84" s="11" t="n">
+        <v>0.0028</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="B86" s="4" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
-    <row r="86">
-      <c r="B86" s="2" t="inlineStr">
+    <row r="87">
+      <c r="B87" s="2" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E86" s="12" t="n"/>
-[...10 lines deleted...]
-      <c r="B87" s="9" t="inlineStr">
+      <c r="E87" s="12" t="n"/>
+      <c r="F87" s="6" t="n">
+        <v>-1419.91</v>
+      </c>
+      <c r="G87" s="7" t="n">
+        <v>-0.0034</v>
+      </c>
+      <c r="J87" s="6" t="n"/>
+    </row>
+    <row r="88">
+      <c r="A88" s="9" t="n"/>
+      <c r="B88" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C87" s="9" t="n"/>
-[...11 lines deleted...]
-      <c r="B89" s="5" t="inlineStr">
+      <c r="C88" s="9" t="n"/>
+      <c r="D88" s="9" t="n"/>
+      <c r="E88" s="9" t="n"/>
+      <c r="F88" s="10" t="n">
+        <v>-1419.91</v>
+      </c>
+      <c r="G88" s="11" t="n">
+        <v>-0.0034</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="5" t="n"/>
+      <c r="B90" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C89" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G89" s="14" t="n">
+      <c r="C90" s="5" t="n"/>
+      <c r="D90" s="5" t="n"/>
+      <c r="E90" s="5" t="n"/>
+      <c r="F90" s="13" t="n">
+        <v>383564.58</v>
+      </c>
+      <c r="G90" s="14" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="90">
-      <c r="A90" s="2" t="inlineStr">
+    <row r="91">
+      <c r="A91" s="2" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="91">
-      <c r="A91" s="2" t="n">
+    <row r="92">
+      <c r="A92" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="B91" s="2" t="inlineStr">
+      <c r="B92" s="2" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
-    <row r="92" ht="40.5" customHeight="1" s="74">
-      <c r="A92" s="15" t="n">
+    <row r="93" ht="40.5" customHeight="1" s="74">
+      <c r="A93" s="16" t="n">
         <v>2</v>
       </c>
-      <c r="B92" s="15" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A93" s="15" t="n">
+      <c r="B93" s="16" t="inlineStr">
+        <is>
+          <t>As on October 31, 2025, the aggregate investments by the schemes of DSP Mutual Fund in DSP Short Term Fund is ₹ 36,923.11 Lakhs.</t>
+        </is>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="16" t="n">
         <v>3</v>
       </c>
-      <c r="B93" s="15" t="inlineStr">
+      <c r="B94" s="16" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="94" ht="27" customHeight="1" s="74">
-      <c r="A94" s="15" t="n">
+    <row r="95" ht="27" customHeight="1" s="74">
+      <c r="A95" s="16" t="n">
         <v>4</v>
       </c>
-      <c r="B94" s="15" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A95" s="15" t="n">
+      <c r="B95" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" ht="73" customHeight="1" s="74">
+      <c r="A96" s="16" t="n">
         <v>5</v>
       </c>
-      <c r="B95" s="75" t="inlineStr">
+      <c r="B96" s="92" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
     </row>
-    <row r="96" ht="14.5" customHeight="1" s="74">
-[...4 lines deleted...]
-    </row>
     <row r="97" ht="14.5" customHeight="1" s="74">
-      <c r="B97" s="52" t="inlineStr">
+      <c r="B97" s="58" t="n"/>
+      <c r="C97" s="59" t="n"/>
+      <c r="D97" s="56" t="n"/>
+      <c r="E97" s="57" t="n"/>
+    </row>
+    <row r="98" ht="14.5" customHeight="1" s="74">
+      <c r="B98" s="49" t="inlineStr">
         <is>
           <t>Disclosure in Derivatives</t>
         </is>
       </c>
-      <c r="C97" s="52" t="inlineStr">
+      <c r="C98" s="49" t="inlineStr">
         <is>
           <t>Industry</t>
         </is>
       </c>
-      <c r="D97" s="52" t="inlineStr">
+      <c r="D98" s="49" t="inlineStr">
         <is>
           <t>Notional Value</t>
         </is>
       </c>
-      <c r="E97" s="52" t="inlineStr">
+      <c r="E98" s="49" t="inlineStr">
         <is>
           <t>% To net assets</t>
         </is>
       </c>
     </row>
-    <row r="98" ht="14.5" customHeight="1" s="74">
-      <c r="B98" s="57" t="inlineStr">
+    <row r="99" ht="14.5" customHeight="1" s="74">
+      <c r="B99" s="53" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C98" s="58" t="inlineStr">
+      <c r="C99" s="54" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D98" s="55" t="n">
+      <c r="D99" s="52" t="n">
         <v>500000000</v>
       </c>
-      <c r="E98" s="59" t="n">
-[...4 lines deleted...]
-      <c r="B99" s="57" t="inlineStr">
+      <c r="E99" s="55" t="n">
+        <v>-4e-05</v>
+      </c>
+    </row>
+    <row r="100" ht="14.5" customHeight="1" s="74">
+      <c r="B100" s="53" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C99" s="58" t="inlineStr">
+      <c r="C100" s="54" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D99" s="55" t="n">
+      <c r="D100" s="52" t="n">
         <v>500000000</v>
       </c>
-      <c r="E99" s="59" t="n">
-[...4 lines deleted...]
-      <c r="B100" s="57" t="inlineStr">
+      <c r="E100" s="55" t="n">
+        <v>-4e-05</v>
+      </c>
+    </row>
+    <row r="101" ht="14.5" customHeight="1" s="74">
+      <c r="B101" s="53" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C100" s="58" t="inlineStr">
+      <c r="C101" s="54" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D100" s="55" t="n">
+      <c r="D101" s="52" t="n">
         <v>1000000000</v>
       </c>
-      <c r="E100" s="59" t="n">
-[...4 lines deleted...]
-      <c r="B101" s="57" t="inlineStr">
+      <c r="E101" s="55" t="n">
+        <v>3e-05</v>
+      </c>
+    </row>
+    <row r="102" ht="14.5" customHeight="1" s="74">
+      <c r="B102" s="53" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C101" s="58" t="inlineStr">
+      <c r="C102" s="54" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D101" s="55" t="n">
+      <c r="D102" s="52" t="n">
         <v>500000000</v>
       </c>
-      <c r="E101" s="59" t="n">
-[...4 lines deleted...]
-      <c r="B102" s="57" t="inlineStr">
+      <c r="E102" s="55" t="n">
+        <v>3e-05</v>
+      </c>
+    </row>
+    <row r="103" ht="14.5" customHeight="1" s="74">
+      <c r="B103" s="53" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C102" s="58" t="inlineStr">
+      <c r="C103" s="54" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D102" s="55" t="n">
+      <c r="D103" s="52" t="n">
         <v>500000000</v>
       </c>
-      <c r="E102" s="59" t="n">
-[...4 lines deleted...]
-      <c r="B103" s="57" t="inlineStr">
+      <c r="E103" s="55" t="n">
+        <v>3e-05</v>
+      </c>
+    </row>
+    <row r="104" ht="14.5" customHeight="1" s="74">
+      <c r="B104" s="53" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C103" s="58" t="inlineStr">
+      <c r="C104" s="54" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D103" s="55" t="n">
+      <c r="D104" s="52" t="n">
         <v>750000000</v>
       </c>
-      <c r="E103" s="59" t="n">
+      <c r="E104" s="55" t="n">
+        <v>0.00016</v>
+      </c>
+    </row>
+    <row r="105" ht="14.5" customHeight="1" s="74">
+      <c r="B105" s="53" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C105" s="54" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D105" s="52" t="n">
+        <v>500000000</v>
+      </c>
+      <c r="E105" s="55" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="106" ht="14.5" customHeight="1" s="74">
-      <c r="B106" s="1" t="inlineStr">
+      <c r="B106" s="53" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C106" s="54" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D106" s="52" t="n">
+        <v>500000000</v>
+      </c>
+      <c r="E106" s="55" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="109" ht="14.5" customHeight="1" s="74">
+      <c r="B109" s="98" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="120" ht="14.5" customHeight="1" s="74">
-      <c r="B120" s="1" t="inlineStr">
+    <row r="123" ht="14.5" customHeight="1" s="74">
+      <c r="B123" s="98" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Short Duration Debt A-II Index</t>
         </is>
       </c>
     </row>
-    <row r="135">
-[...1 lines deleted...]
-      <c r="C135" s="18" t="inlineStr">
+    <row r="138">
+      <c r="B138" s="17" t="n"/>
+      <c r="C138" s="19" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="136">
-      <c r="B136" s="16" t="inlineStr">
+    <row r="139">
+      <c r="B139" s="17" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C136" s="18" t="inlineStr">
+      <c r="C139" s="19" t="inlineStr">
         <is>
           <t>DSP Short Term Fund</t>
         </is>
       </c>
     </row>
-    <row r="137">
-      <c r="B137" s="16" t="inlineStr">
+    <row r="140">
+      <c r="B140" s="17" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C137" s="19" t="n"/>
-[...2 lines deleted...]
-      <c r="B138" s="16" t="inlineStr">
+      <c r="C140" s="20" t="n"/>
+    </row>
+    <row r="141">
+      <c r="B141" s="17" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C138" s="20" t="n">
-[...28 lines deleted...]
-      </c>
       <c r="C141" s="21" t="n">
-        <v>45945</v>
+        <v>0.0678</v>
       </c>
     </row>
     <row r="142">
       <c r="B142" s="17" t="inlineStr">
         <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C142" s="20" t="n">
+        <v>2.91</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="B143" s="17" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C143" s="20" t="n">
+        <v>4.41</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="B144" s="17" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C144" s="22" t="n">
+        <v>45961</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="B145" s="18" t="inlineStr">
+        <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C142" s="18" t="n"/>
+      <c r="C145" s="19" t="n"/>
+    </row>
+    <row r="148">
+      <c r="B148" s="4" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="B95:G95"/>
+    <mergeCell ref="B96:F96"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ICRON Research</dc:creator>
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>