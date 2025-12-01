--- v1 (2025-11-08)
+++ v2 (2025-12-01)
@@ -1,79 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="945" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="938" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="SHORT" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
   <fonts count="22">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -158,50 +152,58 @@
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
@@ -336,315 +338,298 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="101">
+  <cellXfs count="96">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...35 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...53 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...9 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
@@ -694,98 +679,98 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>110</row>
+      <row>108</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>119</row>
-      <rowOff>31750</rowOff>
+      <row>117</row>
+      <rowOff>31751</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="17741900"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>124</row>
+      <row>122</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>133</row>
+      <row>131</row>
       <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="20154900"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
@@ -1045,2936 +1030,2905 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L148"/>
+  <dimension ref="A1:L143"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="51.54296875" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="19.26953125" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="19.1796875" customWidth="1" style="1" min="4" max="4"/>
+    <col width="13.453125" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14.81640625" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="72">
+      <c r="A1" s="71" t="n"/>
+      <c r="B1" s="71" t="inlineStr">
         <is>
           <t>DSP Short Term Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on November 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="B8" s="4" t="inlineStr">
+      <c r="B8" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K8" s="4" t="inlineStr">
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EO7</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E9" s="11" t="n">
+        <v>12500</v>
+      </c>
+      <c r="F9" s="5" t="n">
+        <v>12866.87</v>
+      </c>
+      <c r="G9" s="6" t="n">
+        <v>0.0326</v>
+      </c>
+      <c r="H9" s="7" t="n">
+        <v>47011</v>
+      </c>
+      <c r="J9" s="5" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L9" s="6" t="n">
+        <v>0.4934</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Bajaj Finance Limited**</t>
         </is>
       </c>
-      <c r="C9" s="2" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE296A07TJ4</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E9" s="12" t="n">
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E10" s="11" t="n">
         <v>10000</v>
       </c>
-      <c r="F9" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H9" s="8" t="n">
+      <c r="F10" s="5" t="n">
+        <v>10485.91</v>
+      </c>
+      <c r="G10" s="6" t="n">
+        <v>0.0266</v>
+      </c>
+      <c r="H10" s="7" t="n">
         <v>46930</v>
       </c>
-      <c r="J9" s="6" t="n">
-[...12 lines deleted...]
-      <c r="A10" s="2" t="n">
+      <c r="J10" s="5" t="n">
+        <v>7.085</v>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L10" s="6" t="n">
+        <v>0.3312</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>INE414G07IF1</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E11" s="11" t="n">
+        <v>8500</v>
+      </c>
+      <c r="F11" s="5" t="n">
+        <v>8952.790000000001</v>
+      </c>
+      <c r="G11" s="6" t="n">
+        <v>0.0227</v>
+      </c>
+      <c r="H11" s="7" t="n">
+        <v>46867</v>
+      </c>
+      <c r="I11" s="1" t="inlineStr">
+        <is>
+          <t>PU - 25-May-2026</t>
+        </is>
+      </c>
+      <c r="J11" s="5" t="n">
+        <v>7.8875</v>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="L11" s="6" t="n">
+        <v>0.0403</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EG3</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E12" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F12" s="5" t="n">
+        <v>8014.97</v>
+      </c>
+      <c r="G12" s="6" t="n">
+        <v>0.0203</v>
+      </c>
+      <c r="H12" s="7" t="n">
+        <v>47238</v>
+      </c>
+      <c r="J12" s="5" t="n">
+        <v>6.77</v>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="L12" s="6" t="n">
+        <v>0.037</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE053F07AA7</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E13" s="11" t="n">
+        <v>750</v>
+      </c>
+      <c r="F13" s="5" t="n">
+        <v>7927.73</v>
+      </c>
+      <c r="G13" s="6" t="n">
+        <v>0.0201</v>
+      </c>
+      <c r="H13" s="7" t="n">
+        <v>46535</v>
+      </c>
+      <c r="J13" s="5" t="n">
+        <v>6.55</v>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="L13" s="6" t="n">
+        <v>0.0294</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Jamnagar Utilities &amp; Power Private Limited**</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE936D07182</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E14" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F14" s="5" t="n">
+        <v>7840.94</v>
+      </c>
+      <c r="G14" s="6" t="n">
+        <v>0.0199</v>
+      </c>
+      <c r="H14" s="7" t="n">
+        <v>46975</v>
+      </c>
+      <c r="J14" s="5" t="n">
+        <v>6.875</v>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="L14" s="6" t="n">
+        <v>0.0261</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE377Y07565</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E15" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F15" s="5" t="n">
+        <v>7764.71</v>
+      </c>
+      <c r="G15" s="6" t="n">
+        <v>0.0197</v>
+      </c>
+      <c r="H15" s="7" t="n">
+        <v>46899</v>
+      </c>
+      <c r="J15" s="5" t="n">
+        <v>6.9125</v>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="L15" s="6" t="n">
+        <v>0.007900000000000001</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>India Infrastructure Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE787H08154</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="E16" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F16" s="5" t="n">
+        <v>7622.61</v>
+      </c>
+      <c r="G16" s="6" t="n">
+        <v>0.0193</v>
+      </c>
+      <c r="H16" s="7" t="n">
+        <v>46696</v>
+      </c>
+      <c r="J16" s="5" t="n">
+        <v>6.6575</v>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L16" s="6" t="n">
+        <v>0.0027</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08LX5</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E17" s="11" t="n">
+        <v>650</v>
+      </c>
+      <c r="F17" s="5" t="n">
+        <v>7065.06</v>
+      </c>
+      <c r="G17" s="6" t="n">
+        <v>0.0179</v>
+      </c>
+      <c r="H17" s="7" t="n">
+        <v>46769</v>
+      </c>
+      <c r="J17" s="5" t="n">
+        <v>6.6738</v>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L17" s="6" t="n">
+        <v>0.032</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Home Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE071G07728</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E18" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F18" s="5" t="n">
+        <v>5451.81</v>
+      </c>
+      <c r="G18" s="6" t="n">
+        <v>0.0138</v>
+      </c>
+      <c r="H18" s="7" t="n">
+        <v>46741</v>
+      </c>
+      <c r="J18" s="5" t="n">
+        <v>6.97</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07TF2</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E19" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F19" s="5" t="n">
+        <v>5430.79</v>
+      </c>
+      <c r="G19" s="6" t="n">
+        <v>0.0138</v>
+      </c>
+      <c r="H19" s="7" t="n">
+        <v>46731</v>
+      </c>
+      <c r="J19" s="5" t="n">
+        <v>7.07</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07MW4</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E20" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F20" s="5" t="n">
+        <v>5423.8</v>
+      </c>
+      <c r="G20" s="6" t="n">
+        <v>0.0138</v>
+      </c>
+      <c r="H20" s="7" t="n">
+        <v>46781</v>
+      </c>
+      <c r="J20" s="5" t="n">
+        <v>6.85</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE514E08GD0</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E21" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F21" s="5" t="n">
+        <v>5416.93</v>
+      </c>
+      <c r="G21" s="6" t="n">
+        <v>0.0137</v>
+      </c>
+      <c r="H21" s="7" t="n">
+        <v>47465</v>
+      </c>
+      <c r="J21" s="5" t="n">
+        <v>6.6379</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE514E08GE8</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E22" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F22" s="5" t="n">
+        <v>5390.62</v>
+      </c>
+      <c r="G22" s="6" t="n">
+        <v>0.0137</v>
+      </c>
+      <c r="H22" s="7" t="n">
+        <v>46961</v>
+      </c>
+      <c r="J22" s="5" t="n">
+        <v>6.5578</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EK5</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E23" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F23" s="5" t="n">
+        <v>5341.83</v>
+      </c>
+      <c r="G23" s="6" t="n">
+        <v>0.0135</v>
+      </c>
+      <c r="H23" s="7" t="n">
+        <v>46807</v>
+      </c>
+      <c r="J23" s="5" t="n">
+        <v>6.715</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE514E08GF5</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E24" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F24" s="5" t="n">
+        <v>5315.76</v>
+      </c>
+      <c r="G24" s="6" t="n">
+        <v>0.0135</v>
+      </c>
+      <c r="H24" s="7" t="n">
+        <v>47661</v>
+      </c>
+      <c r="J24" s="5" t="n">
+        <v>6.6612</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FL9</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E25" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F25" s="5" t="n">
+        <v>5306.25</v>
+      </c>
+      <c r="G25" s="6" t="n">
+        <v>0.0135</v>
+      </c>
+      <c r="H25" s="7" t="n">
+        <v>47603</v>
+      </c>
+      <c r="J25" s="5" t="n">
+        <v>6.7614</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07TL0</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E26" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F26" s="5" t="n">
+        <v>5225.23</v>
+      </c>
+      <c r="G26" s="6" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="H26" s="7" t="n">
+        <v>47662</v>
+      </c>
+      <c r="J26" s="5" t="n">
+        <v>7.24</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07RG6</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E27" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F27" s="5" t="n">
+        <v>5193.54</v>
+      </c>
+      <c r="G27" s="6" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="H27" s="7" t="n">
+        <v>47602</v>
+      </c>
+      <c r="J27" s="5" t="n">
+        <v>7.06</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08IT9</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E28" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F28" s="5" t="n">
+        <v>5158.95</v>
+      </c>
+      <c r="G28" s="6" t="n">
+        <v>0.0131</v>
+      </c>
+      <c r="H28" s="7" t="n">
+        <v>46438</v>
+      </c>
+      <c r="J28" s="5" t="n">
+        <v>6.5638</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FF1</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E29" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F29" s="5" t="n">
+        <v>5157.57</v>
+      </c>
+      <c r="G29" s="6" t="n">
+        <v>0.0131</v>
+      </c>
+      <c r="H29" s="7" t="n">
+        <v>46630</v>
+      </c>
+      <c r="J29" s="5" t="n">
+        <v>6.585</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE514E08FP6</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E30" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F30" s="5" t="n">
+        <v>5156.95</v>
+      </c>
+      <c r="G30" s="6" t="n">
+        <v>0.0131</v>
+      </c>
+      <c r="H30" s="7" t="n">
+        <v>46602</v>
+      </c>
+      <c r="J30" s="5" t="n">
+        <v>6.515</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08ND3</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E31" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F31" s="5" t="n">
+        <v>5136.54</v>
+      </c>
+      <c r="G31" s="6" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="H31" s="7" t="n">
+        <v>48136</v>
+      </c>
+      <c r="J31" s="5" t="n">
+        <v>6.915</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KS8</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E32" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F32" s="5" t="n">
+        <v>5135.15</v>
+      </c>
+      <c r="G32" s="6" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="H32" s="7" t="n">
+        <v>47175</v>
+      </c>
+      <c r="J32" s="5" t="n">
+        <v>6.7592</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Tata Capital Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE033L07IO1</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E33" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F33" s="5" t="n">
+        <v>5131.97</v>
+      </c>
+      <c r="G33" s="6" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="H33" s="7" t="n">
+        <v>46589</v>
+      </c>
+      <c r="J33" s="5" t="n">
+        <v>6.87</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE053F07983</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E34" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F34" s="5" t="n">
+        <v>5116.21</v>
+      </c>
+      <c r="G34" s="6" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="H34" s="7" t="n">
+        <v>46465</v>
+      </c>
+      <c r="J34" s="5" t="n">
+        <v>6.54</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE403D08280</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E35" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F35" s="5" t="n">
+        <v>5048.11</v>
+      </c>
+      <c r="G35" s="6" t="n">
+        <v>0.0128</v>
+      </c>
+      <c r="H35" s="7" t="n">
+        <v>47102</v>
+      </c>
+      <c r="J35" s="5" t="n">
+        <v>7.34</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE403D08272</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E36" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F36" s="5" t="n">
+        <v>5041.03</v>
+      </c>
+      <c r="G36" s="6" t="n">
+        <v>0.0128</v>
+      </c>
+      <c r="H36" s="7" t="n">
+        <v>46675</v>
+      </c>
+      <c r="J36" s="5" t="n">
+        <v>7.2362</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08EH0</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E37" s="11" t="n">
+        <v>3500</v>
+      </c>
+      <c r="F37" s="5" t="n">
+        <v>3752.41</v>
+      </c>
+      <c r="G37" s="6" t="n">
+        <v>0.0095</v>
+      </c>
+      <c r="H37" s="7" t="n">
+        <v>46843</v>
+      </c>
+      <c r="J37" s="5" t="n">
+        <v>6.6543</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08IR3</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E38" s="11" t="n">
+        <v>300</v>
+      </c>
+      <c r="F38" s="5" t="n">
+        <v>3093.97</v>
+      </c>
+      <c r="G38" s="6" t="n">
+        <v>0.0078</v>
+      </c>
+      <c r="H38" s="7" t="n">
+        <v>46407</v>
+      </c>
+      <c r="J38" s="5" t="n">
+        <v>6.5641</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE403D08207</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E39" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F39" s="5" t="n">
+        <v>2755.27</v>
+      </c>
+      <c r="G39" s="6" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="H39" s="7" t="n">
+        <v>46360</v>
+      </c>
+      <c r="J39" s="5" t="n">
+        <v>7.1931</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KU4</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E40" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F40" s="5" t="n">
+        <v>2727.87</v>
+      </c>
+      <c r="G40" s="6" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="H40" s="7" t="n">
+        <v>46916</v>
+      </c>
+      <c r="J40" s="5" t="n">
+        <v>6.73</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>National Housing Bank</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE557F08GC8</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="E41" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F41" s="5" t="n">
+        <v>2695.2</v>
+      </c>
+      <c r="G41" s="6" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H41" s="7" t="n">
+        <v>48033</v>
+      </c>
+      <c r="J41" s="5" t="n">
+        <v>6.86</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07QW5</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E42" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F42" s="5" t="n">
+        <v>2690.98</v>
+      </c>
+      <c r="G42" s="6" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H42" s="7" t="n">
+        <v>46794</v>
+      </c>
+      <c r="J42" s="5" t="n">
+        <v>6.85</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KY6</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E43" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F43" s="5" t="n">
+        <v>2675.87</v>
+      </c>
+      <c r="G43" s="6" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H43" s="7" t="n">
+        <v>47563</v>
+      </c>
+      <c r="J43" s="5" t="n">
+        <v>6.78</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EM1</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E44" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F44" s="5" t="n">
+        <v>2663.83</v>
+      </c>
+      <c r="G44" s="6" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H44" s="7" t="n">
+        <v>46836</v>
+      </c>
+      <c r="J44" s="5" t="n">
+        <v>6.715</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INE053F08411</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E45" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F45" s="5" t="n">
+        <v>2662.3</v>
+      </c>
+      <c r="G45" s="6" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H45" s="7" t="n">
+        <v>47330</v>
+      </c>
+      <c r="J45" s="5" t="n">
+        <v>6.6894</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>INE414G07JB8</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E46" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F46" s="5" t="n">
+        <v>2638.07</v>
+      </c>
+      <c r="G46" s="6" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H46" s="7" t="n">
+        <v>46555</v>
+      </c>
+      <c r="J46" s="5" t="n">
+        <v>7.585</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KX8</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E47" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F47" s="5" t="n">
+        <v>2635.02</v>
+      </c>
+      <c r="G47" s="6" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H47" s="7" t="n">
+        <v>47280</v>
+      </c>
+      <c r="J47" s="5" t="n">
+        <v>6.7692</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FA2</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E48" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F48" s="5" t="n">
+        <v>2622.52</v>
+      </c>
+      <c r="G48" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H48" s="7" t="n">
+        <v>46538</v>
+      </c>
+      <c r="J48" s="5" t="n">
+        <v>6.57</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>INE121A07RC3</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E49" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F49" s="5" t="n">
+        <v>2615.88</v>
+      </c>
+      <c r="G49" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H49" s="7" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J49" s="5" t="n">
+        <v>7.0051</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>INE377Y07557</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E50" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F50" s="5" t="n">
+        <v>2607.14</v>
+      </c>
+      <c r="G50" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H50" s="7" t="n">
+        <v>46444</v>
+      </c>
+      <c r="J50" s="5" t="n">
+        <v>6.7725</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FU0</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E51" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F51" s="5" t="n">
+        <v>2602.53</v>
+      </c>
+      <c r="G51" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H51" s="7" t="n">
+        <v>47634</v>
+      </c>
+      <c r="J51" s="5" t="n">
+        <v>6.7614</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Tata Capital Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>INE306N07MX0</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E52" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F52" s="5" t="n">
+        <v>2592.04</v>
+      </c>
+      <c r="G52" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H52" s="7" t="n">
+        <v>46594</v>
+      </c>
+      <c r="J52" s="5" t="n">
+        <v>7.05</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="1" t="n">
+        <v>45</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Tata Capital Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>INE033L07IC6</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E53" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F53" s="5" t="n">
+        <v>2589.99</v>
+      </c>
+      <c r="G53" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H53" s="7" t="n">
+        <v>46283</v>
+      </c>
+      <c r="J53" s="5" t="n">
+        <v>6.7701</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="1" t="n">
+        <v>46</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08JE9</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E54" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F54" s="5" t="n">
+        <v>2576.96</v>
+      </c>
+      <c r="G54" s="6" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H54" s="7" t="n">
+        <v>46606</v>
+      </c>
+      <c r="J54" s="5" t="n">
+        <v>6.5889</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="1" t="n">
+        <v>47</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08NS1</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E55" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F55" s="5" t="n">
+        <v>2574.56</v>
+      </c>
+      <c r="G55" s="6" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H55" s="7" t="n">
+        <v>46949</v>
+      </c>
+      <c r="J55" s="5" t="n">
+        <v>6.6988</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07QY1</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E56" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F56" s="5" t="n">
+        <v>2562.85</v>
+      </c>
+      <c r="G56" s="6" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H56" s="7" t="n">
+        <v>47409</v>
+      </c>
+      <c r="J56" s="5" t="n">
+        <v>6.99</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="n">
+        <v>49</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Jio Credit Limited**</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>INE282H07034</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E57" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F57" s="5" t="n">
+        <v>2512.24</v>
+      </c>
+      <c r="G57" s="6" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H57" s="7" t="n">
+        <v>46673</v>
+      </c>
+      <c r="J57" s="5" t="n">
+        <v>7.135</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>INE121A07QO0</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E58" s="11" t="n">
+        <v>50</v>
+      </c>
+      <c r="F58" s="5" t="n">
+        <v>520.3200000000001</v>
+      </c>
+      <c r="G58" s="6" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="H58" s="7" t="n">
+        <v>46140</v>
+      </c>
+      <c r="J58" s="5" t="n">
+        <v>7.0049</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="8" t="n"/>
+      <c r="B59" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C59" s="8" t="n"/>
+      <c r="D59" s="8" t="n"/>
+      <c r="E59" s="8" t="n"/>
+      <c r="F59" s="9" t="n">
+        <v>235488.45</v>
+      </c>
+      <c r="G59" s="10" t="n">
+        <v>0.5971</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="B61" s="3" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="1" t="n">
+        <v>51</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>6.48% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250091</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E62" s="11" t="n">
+        <v>60500000</v>
+      </c>
+      <c r="F62" s="5" t="n">
+        <v>60915.76</v>
+      </c>
+      <c r="G62" s="6" t="n">
+        <v>0.1545</v>
+      </c>
+      <c r="H62" s="7" t="n">
+        <v>49588</v>
+      </c>
+      <c r="J62" s="5" t="n">
+        <v>6.4833</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="1" t="n">
+        <v>52</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>6.33% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250026</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E63" s="11" t="n">
+        <v>13500000</v>
+      </c>
+      <c r="F63" s="5" t="n">
+        <v>13338.64</v>
+      </c>
+      <c r="G63" s="6" t="n">
+        <v>0.0338</v>
+      </c>
+      <c r="H63" s="7" t="n">
+        <v>49434</v>
+      </c>
+      <c r="J63" s="5" t="n">
+        <v>6.5285</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="1" t="n">
+        <v>53</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>7.02% GOI 2031</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>IN0020240076</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E64" s="11" t="n">
+        <v>12500000</v>
+      </c>
+      <c r="F64" s="5" t="n">
+        <v>13253.52</v>
+      </c>
+      <c r="G64" s="6" t="n">
+        <v>0.0336</v>
+      </c>
+      <c r="H64" s="7" t="n">
+        <v>48017</v>
+      </c>
+      <c r="J64" s="5" t="n">
+        <v>6.3418</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="1" t="n">
+        <v>54</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>7.01% Gujarat SDL 2031</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>IN1520240111</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E65" s="11" t="n">
+        <v>12000000</v>
+      </c>
+      <c r="F65" s="5" t="n">
+        <v>12354.74</v>
+      </c>
+      <c r="G65" s="6" t="n">
+        <v>0.0313</v>
+      </c>
+      <c r="H65" s="7" t="n">
+        <v>47856</v>
+      </c>
+      <c r="J65" s="5" t="n">
+        <v>6.8985</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="1" t="n">
+        <v>55</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>6.01% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250067</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E66" s="11" t="n">
+        <v>7500000</v>
+      </c>
+      <c r="F66" s="5" t="n">
+        <v>7591.21</v>
+      </c>
+      <c r="G66" s="6" t="n">
+        <v>0.0192</v>
+      </c>
+      <c r="H66" s="7" t="n">
+        <v>47685</v>
+      </c>
+      <c r="J66" s="5" t="n">
+        <v>6.1827</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="1" t="n">
+        <v>56</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>6.28% GOI 2032</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250059</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E67" s="11" t="n">
+        <v>6500000</v>
+      </c>
+      <c r="F67" s="5" t="n">
+        <v>6580.59</v>
+      </c>
+      <c r="G67" s="6" t="n">
+        <v>0.0167</v>
+      </c>
+      <c r="H67" s="7" t="n">
+        <v>48409</v>
+      </c>
+      <c r="J67" s="5" t="n">
+        <v>6.444</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="1" t="n">
+        <v>57</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>4.59% GOI 2031</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>IN0020180041</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E68" s="11" t="n">
+        <v>6000000</v>
+      </c>
+      <c r="F68" s="5" t="n">
+        <v>6277.85</v>
+      </c>
+      <c r="G68" s="6" t="n">
+        <v>0.0159</v>
+      </c>
+      <c r="H68" s="7" t="n">
+        <v>48189</v>
+      </c>
+      <c r="J68" s="5" t="n">
+        <v>6.2099</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="1" t="n">
+        <v>58</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>8.51% GOI FRB 2033</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>IN0020200120</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E69" s="11" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F69" s="5" t="n">
+        <v>5213.7</v>
+      </c>
+      <c r="G69" s="6" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="H69" s="7" t="n">
+        <v>48844</v>
+      </c>
+      <c r="J69" s="5" t="n">
+        <v>6.25</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="1" t="n">
+        <v>59</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>7.17% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230036</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E70" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F70" s="5" t="n">
+        <v>2608.2</v>
+      </c>
+      <c r="G70" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H70" s="7" t="n">
+        <v>47590</v>
+      </c>
+      <c r="J70" s="5" t="n">
+        <v>6.1852</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="1" t="n">
+        <v>60</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>6.88% Uttar Pradesh SDL 2031</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>IN3320200279</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E71" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F71" s="5" t="n">
+        <v>2541.33</v>
+      </c>
+      <c r="G71" s="6" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H71" s="7" t="n">
+        <v>47882</v>
+      </c>
+      <c r="J71" s="5" t="n">
+        <v>6.9498</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="8" t="n"/>
+      <c r="B72" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C72" s="8" t="n"/>
+      <c r="D72" s="8" t="n"/>
+      <c r="E72" s="8" t="n"/>
+      <c r="F72" s="9" t="n">
+        <v>130675.54</v>
+      </c>
+      <c r="G72" s="10" t="n">
+        <v>0.3312</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="B74" s="3" t="inlineStr">
+        <is>
+          <t>Securitised Debt</t>
+        </is>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="1" t="n">
+        <v>61</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>India Universal Trust**</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>INE16J715035</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="E75" s="11" t="n">
+        <v>155</v>
+      </c>
+      <c r="F75" s="5" t="n">
+        <v>14600.72</v>
+      </c>
+      <c r="G75" s="6" t="n">
+        <v>0.037</v>
+      </c>
+      <c r="H75" s="7" t="n">
+        <v>47746</v>
+      </c>
+      <c r="J75" s="5" t="n">
+        <v>7.8638</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="8" t="n"/>
+      <c r="B76" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C76" s="8" t="n"/>
+      <c r="D76" s="8" t="n"/>
+      <c r="E76" s="8" t="n"/>
+      <c r="F76" s="9" t="n">
+        <v>14600.72</v>
+      </c>
+      <c r="G76" s="10" t="n">
+        <v>0.037</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="B78" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="1" t="n">
+        <v>62</v>
+      </c>
+      <c r="B79" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F79" s="5" t="n">
+        <v>12118</v>
+      </c>
+      <c r="G79" s="6" t="n">
+        <v>0.0307</v>
+      </c>
+      <c r="H79" s="7" t="n">
+        <v>45978</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="8" t="n"/>
+      <c r="B80" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C80" s="8" t="n"/>
+      <c r="D80" s="8" t="n"/>
+      <c r="E80" s="8" t="n"/>
+      <c r="F80" s="9" t="n">
+        <v>12118</v>
+      </c>
+      <c r="G80" s="10" t="n">
+        <v>0.0307</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="B82" s="3" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="1" t="n">
+        <v>63</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E83" s="11" t="n">
+        <v>9414.218000000001</v>
+      </c>
+      <c r="F83" s="5" t="n">
+        <v>1079.38</v>
+      </c>
+      <c r="G83" s="6" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J83" s="5" t="n"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="8" t="n"/>
+      <c r="B84" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C84" s="8" t="n"/>
+      <c r="D84" s="8" t="n"/>
+      <c r="E84" s="8" t="n"/>
+      <c r="F84" s="9" t="n">
+        <v>1079.38</v>
+      </c>
+      <c r="G84" s="10" t="n">
+        <v>0.0027</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="B86" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="87">
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E87" s="11" t="n"/>
+      <c r="F87" s="5" t="n">
+        <v>437.63</v>
+      </c>
+      <c r="G87" s="6" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="J87" s="5" t="n"/>
+    </row>
+    <row r="88">
+      <c r="A88" s="8" t="n"/>
+      <c r="B88" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C88" s="8" t="n"/>
+      <c r="D88" s="8" t="n"/>
+      <c r="E88" s="8" t="n"/>
+      <c r="F88" s="9" t="n">
+        <v>437.63</v>
+      </c>
+      <c r="G88" s="10" t="n">
+        <v>0.0013</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="4" t="n"/>
+      <c r="B90" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C90" s="4" t="n"/>
+      <c r="D90" s="4" t="n"/>
+      <c r="E90" s="4" t="n"/>
+      <c r="F90" s="12" t="n">
+        <v>394399.72</v>
+      </c>
+      <c r="G90" s="13" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="93" ht="40.5" customHeight="1" s="72">
+      <c r="A93" s="14" t="n">
         <v>2</v>
       </c>
-      <c r="B10" s="2" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A11" s="2" t="n">
+      <c r="B93" s="14" t="inlineStr">
+        <is>
+          <t>As on November 15, 2025, the aggregate investments by the schemes of DSP Mutual Fund in DSP Short Term Fund is ₹ 40,169.68 Lakhs.</t>
+        </is>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="14" t="n">
         <v>3</v>
       </c>
-      <c r="B11" s="2" t="inlineStr">
-[...44 lines deleted...]
-      <c r="A12" s="2" t="n">
+      <c r="B94" s="14" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="95" ht="71.5" customHeight="1" s="72">
+      <c r="A95" s="14" t="n">
         <v>4</v>
       </c>
-      <c r="B12" s="2" t="inlineStr">
-[...2337 lines deleted...]
-      <c r="B96" s="92" t="inlineStr">
+      <c r="B95" s="91" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
     </row>
-    <row r="97" ht="14.5" customHeight="1" s="74">
-[...6 lines deleted...]
-      <c r="B98" s="49" t="inlineStr">
+    <row r="96" ht="14.5" customHeight="1" s="72">
+      <c r="B96" s="57" t="n"/>
+      <c r="C96" s="58" t="n"/>
+      <c r="D96" s="55" t="n"/>
+      <c r="E96" s="56" t="n"/>
+    </row>
+    <row r="97" ht="14.5" customHeight="1" s="72">
+      <c r="B97" s="47" t="inlineStr">
         <is>
           <t>Disclosure in Derivatives</t>
         </is>
       </c>
-      <c r="C98" s="49" t="inlineStr">
+      <c r="C97" s="47" t="inlineStr">
         <is>
           <t>Industry</t>
         </is>
       </c>
-      <c r="D98" s="49" t="inlineStr">
+      <c r="D97" s="47" t="inlineStr">
         <is>
           <t>Notional Value</t>
         </is>
       </c>
-      <c r="E98" s="49" t="inlineStr">
+      <c r="E97" s="47" t="inlineStr">
         <is>
           <t>% To net assets</t>
         </is>
       </c>
     </row>
-    <row r="99" ht="14.5" customHeight="1" s="74">
-      <c r="B99" s="53" t="inlineStr">
+    <row r="98" ht="14.5" customHeight="1" s="72">
+      <c r="B98" s="52" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C99" s="54" t="inlineStr">
+      <c r="C98" s="53" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D99" s="52" t="n">
+      <c r="D98" s="50" t="n">
         <v>500000000</v>
       </c>
-      <c r="E99" s="55" t="n">
-[...4 lines deleted...]
-      <c r="B100" s="53" t="inlineStr">
+      <c r="E98" s="54" t="n">
+        <v>-1e-05</v>
+      </c>
+    </row>
+    <row r="99" ht="14.5" customHeight="1" s="72">
+      <c r="B99" s="52" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C100" s="54" t="inlineStr">
+      <c r="C99" s="53" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D100" s="52" t="n">
+      <c r="D99" s="50" t="n">
+        <v>1000000000</v>
+      </c>
+      <c r="E99" s="54" t="n">
+        <v>9.000000000000001e-05</v>
+      </c>
+    </row>
+    <row r="100" ht="14.5" customHeight="1" s="72">
+      <c r="B100" s="52" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C100" s="53" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D100" s="50" t="n">
         <v>500000000</v>
       </c>
-      <c r="E100" s="55" t="n">
-[...4 lines deleted...]
-      <c r="B101" s="53" t="inlineStr">
+      <c r="E100" s="54" t="n">
+        <v>6e-05</v>
+      </c>
+    </row>
+    <row r="101" ht="14.5" customHeight="1" s="72">
+      <c r="B101" s="52" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C101" s="54" t="inlineStr">
+      <c r="C101" s="53" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D101" s="52" t="n">
-[...7 lines deleted...]
-      <c r="B102" s="53" t="inlineStr">
+      <c r="D101" s="50" t="n">
+        <v>500000000</v>
+      </c>
+      <c r="E101" s="54" t="n">
+        <v>6e-05</v>
+      </c>
+    </row>
+    <row r="102" ht="14.5" customHeight="1" s="72">
+      <c r="B102" s="52" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C102" s="54" t="inlineStr">
+      <c r="C102" s="53" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D102" s="52" t="n">
+      <c r="D102" s="50" t="n">
+        <v>750000000</v>
+      </c>
+      <c r="E102" s="54" t="n">
+        <v>0.00022</v>
+      </c>
+    </row>
+    <row r="103" ht="14.5" customHeight="1" s="72">
+      <c r="B103" s="52" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C103" s="53" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D103" s="50" t="n">
         <v>500000000</v>
       </c>
-      <c r="E102" s="55" t="n">
-[...4 lines deleted...]
-      <c r="B103" s="53" t="inlineStr">
+      <c r="E103" s="54" t="n">
+        <v>2e-05</v>
+      </c>
+    </row>
+    <row r="104" ht="14.5" customHeight="1" s="72">
+      <c r="B104" s="52" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C103" s="54" t="inlineStr">
+      <c r="C104" s="53" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D103" s="52" t="n">
+      <c r="D104" s="50" t="n">
         <v>500000000</v>
       </c>
-      <c r="E103" s="55" t="n">
-[...58 lines deleted...]
-      <c r="B109" s="98" t="inlineStr">
+      <c r="E104" s="54" t="n">
+        <v>2e-05</v>
+      </c>
+    </row>
+    <row r="107" ht="14.5" customHeight="1" s="72">
+      <c r="B107" s="69" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="123" ht="14.5" customHeight="1" s="74">
-      <c r="B123" s="98" t="inlineStr">
+    <row r="121" ht="14.5" customHeight="1" s="72">
+      <c r="B121" s="69" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Short Duration Debt A-II Index</t>
         </is>
       </c>
     </row>
+    <row r="136">
+      <c r="B136" s="15" t="n"/>
+      <c r="C136" s="17" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
+    <row r="137">
+      <c r="B137" s="15" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C137" s="17" t="inlineStr">
+        <is>
+          <t>DSP Short Term Fund</t>
+        </is>
+      </c>
+    </row>
     <row r="138">
-      <c r="B138" s="17" t="n"/>
-[...4 lines deleted...]
-      </c>
+      <c r="B138" s="15" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C138" s="18" t="n"/>
     </row>
     <row r="139">
-      <c r="B139" s="17" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="B139" s="15" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C139" s="19" t="n">
+        <v>0.0673</v>
       </c>
     </row>
     <row r="140">
-      <c r="B140" s="17" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C140" s="20" t="n"/>
+      <c r="B140" s="15" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C140" s="18" t="n">
+        <v>2.95</v>
+      </c>
     </row>
     <row r="141">
-      <c r="B141" s="17" t="inlineStr">
-[...5 lines deleted...]
-        <v>0.0678</v>
+      <c r="B141" s="15" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C141" s="18" t="n">
+        <v>4.34</v>
       </c>
     </row>
     <row r="142">
-      <c r="B142" s="17" t="inlineStr">
-[...1 lines deleted...]
-          <t>Macaulay Duration</t>
+      <c r="B142" s="15" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
         </is>
       </c>
       <c r="C142" s="20" t="n">
-        <v>2.91</v>
+        <v>45976</v>
       </c>
     </row>
     <row r="143">
-      <c r="B143" s="17" t="inlineStr">
-[...19 lines deleted...]
-      <c r="B145" s="18" t="inlineStr">
+      <c r="B143" s="16" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C145" s="19" t="n"/>
-[...2 lines deleted...]
-      <c r="B148" s="4" t="n"/>
+      <c r="C143" s="17" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="B96:F96"/>
+    <mergeCell ref="B95:G95"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Koushik Chowdhury</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>