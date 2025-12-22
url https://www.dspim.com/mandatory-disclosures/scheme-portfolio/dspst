--- v2 (2025-12-01)
+++ v3 (2025-12-22)
@@ -1,73 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="938" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="993" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="SHORT" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="22">
+  <fonts count="23">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -76,57 +82,57 @@
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
@@ -149,61 +155,59 @@
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
-      <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
-      <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
@@ -338,299 +342,319 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="96">
+  <cellXfs count="102">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...13 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...10 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -679,116 +703,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>108</row>
+      <row>109</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>117</row>
-      <rowOff>31751</rowOff>
+      <row>118</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="17741900"/>
+          <a:off x="457200" y="18942050"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>122</row>
+      <row>121</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>131</row>
+      <row>130</row>
       <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="20154900"/>
+          <a:off x="457200" y="21355050"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1030,2905 +1054,2975 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L143"/>
+  <dimension ref="A1:L142"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="92" min="1" max="1"/>
+    <col width="51.54296875" bestFit="1" customWidth="1" style="92" min="2" max="2"/>
+    <col width="19.26953125" bestFit="1" customWidth="1" style="92" min="3" max="3"/>
+    <col width="17.54296875" customWidth="1" style="92" min="4" max="4"/>
+    <col width="16.26953125" customWidth="1" style="92" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="92" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="92" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="92" min="8" max="8"/>
+    <col width="14.81640625" bestFit="1" customWidth="1" style="92" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="92" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="92" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="92" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="92" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="72">
-[...1 lines deleted...]
-      <c r="B1" s="71" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="68">
+      <c r="A1" s="67" t="n"/>
+      <c r="B1" s="67" t="inlineStr">
         <is>
           <t>DSP Short Term Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on November 15, 2025</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="B8" s="3" t="inlineStr">
+      <c r="B8" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K8" s="3" t="inlineStr">
+      <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="92" t="n">
         <v>1</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="92" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C9" s="92" t="inlineStr">
+        <is>
+          <t>INE403D08272</t>
+        </is>
+      </c>
+      <c r="D9" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E9" s="12" t="n">
+        <v>15000</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>15167.49</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.0382</v>
+      </c>
+      <c r="H9" s="8" t="n">
+        <v>46675</v>
+      </c>
+      <c r="J9" s="6" t="n">
+        <v>7.4075</v>
+      </c>
+      <c r="K9" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L9" s="7" t="n">
+        <v>0.5295</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="92" t="n">
+        <v>2</v>
+      </c>
+      <c r="B10" s="92" t="inlineStr">
         <is>
           <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C10" s="92" t="inlineStr">
         <is>
           <t>INE261F08EO7</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E9" s="11" t="n">
+      <c r="D10" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E10" s="12" t="n">
         <v>12500</v>
       </c>
-      <c r="F9" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H9" s="7" t="n">
+      <c r="F10" s="6" t="n">
+        <v>12904.47</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0325</v>
+      </c>
+      <c r="H10" s="8" t="n">
         <v>47011</v>
       </c>
-      <c r="J9" s="5" t="n">
-[...12 lines deleted...]
-      <c r="A10" s="1" t="n">
+      <c r="J10" s="6" t="n">
+        <v>6.9045</v>
+      </c>
+      <c r="K10" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L10" s="7" t="n">
+        <v>0.2736</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="92" t="n">
+        <v>3</v>
+      </c>
+      <c r="B11" s="92" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="92" t="inlineStr">
+        <is>
+          <t>INE296A07TJ4</t>
+        </is>
+      </c>
+      <c r="D11" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E11" s="12" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>10503.26</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0265</v>
+      </c>
+      <c r="H11" s="8" t="n">
+        <v>46930</v>
+      </c>
+      <c r="J11" s="6" t="n">
+        <v>7.27</v>
+      </c>
+      <c r="K11" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.0528</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="92" t="n">
+        <v>4</v>
+      </c>
+      <c r="B12" s="92" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C12" s="92" t="inlineStr">
+        <is>
+          <t>INE414G07IF1</t>
+        </is>
+      </c>
+      <c r="D12" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E12" s="12" t="n">
+        <v>8500</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>9018.67</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0227</v>
+      </c>
+      <c r="H12" s="8" t="n">
+        <v>46867</v>
+      </c>
+      <c r="I12" s="92" t="inlineStr">
+        <is>
+          <t>PU - 25-May-2026</t>
+        </is>
+      </c>
+      <c r="J12" s="6" t="n">
+        <v>7.8325</v>
+      </c>
+      <c r="K12" s="92" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.0364</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="92" t="n">
+        <v>5</v>
+      </c>
+      <c r="B13" s="92" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C13" s="92" t="inlineStr">
+        <is>
+          <t>INE261F08EG3</t>
+        </is>
+      </c>
+      <c r="D13" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E13" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>8018.06</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0202</v>
+      </c>
+      <c r="H13" s="8" t="n">
+        <v>47238</v>
+      </c>
+      <c r="J13" s="6" t="n">
+        <v>6.95</v>
+      </c>
+      <c r="K13" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0294</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="92" t="n">
+        <v>6</v>
+      </c>
+      <c r="B14" s="92" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C14" s="92" t="inlineStr">
+        <is>
+          <t>INE053F07AA7</t>
+        </is>
+      </c>
+      <c r="D14" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E14" s="12" t="n">
+        <v>750</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>7946.83</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="H14" s="8" t="n">
+        <v>46535</v>
+      </c>
+      <c r="J14" s="6" t="n">
+        <v>6.77</v>
+      </c>
+      <c r="K14" s="92" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.026</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="92" t="n">
+        <v>7</v>
+      </c>
+      <c r="B15" s="92" t="inlineStr">
+        <is>
+          <t>Jamnagar Utilities &amp; Power Private Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="92" t="inlineStr">
+        <is>
+          <t>INE936D07182</t>
+        </is>
+      </c>
+      <c r="D15" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E15" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>7843.59</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0198</v>
+      </c>
+      <c r="H15" s="8" t="n">
+        <v>46975</v>
+      </c>
+      <c r="J15" s="6" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="K15" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0237</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="92" t="n">
+        <v>8</v>
+      </c>
+      <c r="B16" s="92" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C16" s="92" t="inlineStr">
+        <is>
+          <t>INE377Y07565</t>
+        </is>
+      </c>
+      <c r="D16" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E16" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>7772.3</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0196</v>
+      </c>
+      <c r="H16" s="8" t="n">
+        <v>46899</v>
+      </c>
+      <c r="J16" s="6" t="n">
+        <v>7.1275</v>
+      </c>
+      <c r="K16" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.007900000000000001</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="92" t="n">
+        <v>9</v>
+      </c>
+      <c r="B17" s="92" t="inlineStr">
+        <is>
+          <t>REC Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="92" t="inlineStr">
+        <is>
+          <t>INE020B08FF1</t>
+        </is>
+      </c>
+      <c r="D17" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E17" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>7749.02</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0195</v>
+      </c>
+      <c r="H17" s="8" t="n">
+        <v>46630</v>
+      </c>
+      <c r="J17" s="6" t="n">
+        <v>6.82</v>
+      </c>
+      <c r="K17" s="92" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="92" t="n">
+        <v>10</v>
+      </c>
+      <c r="B18" s="92" t="inlineStr">
+        <is>
+          <t>India Infrastructure Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C18" s="92" t="inlineStr">
+        <is>
+          <t>INE787H08154</t>
+        </is>
+      </c>
+      <c r="D18" s="92" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="E18" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>7637.03</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0192</v>
+      </c>
+      <c r="H18" s="8" t="n">
+        <v>46696</v>
+      </c>
+      <c r="J18" s="6" t="n">
+        <v>6.8575</v>
+      </c>
+      <c r="K18" s="92" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L18" s="7" t="n">
+        <v>0.018</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="92" t="n">
+        <v>11</v>
+      </c>
+      <c r="B19" s="92" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C19" s="92" t="inlineStr">
+        <is>
+          <t>INE134E08LX5</t>
+        </is>
+      </c>
+      <c r="D19" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E19" s="12" t="n">
+        <v>650</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>7083.4</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0178</v>
+      </c>
+      <c r="H19" s="8" t="n">
+        <v>46769</v>
+      </c>
+      <c r="J19" s="6" t="n">
+        <v>6.8291</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="92" t="n">
+        <v>12</v>
+      </c>
+      <c r="B20" s="92" t="inlineStr">
+        <is>
+          <t>ICICI Home Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C20" s="92" t="inlineStr">
+        <is>
+          <t>INE071G07728</t>
+        </is>
+      </c>
+      <c r="D20" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E20" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>5464.16</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0138</v>
+      </c>
+      <c r="H20" s="8" t="n">
+        <v>46741</v>
+      </c>
+      <c r="J20" s="6" t="n">
+        <v>7.165</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="92" t="n">
+        <v>13</v>
+      </c>
+      <c r="B21" s="92" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C21" s="92" t="inlineStr">
+        <is>
+          <t>INE115A07MW4</t>
+        </is>
+      </c>
+      <c r="D21" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E21" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>5437.87</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0137</v>
+      </c>
+      <c r="H21" s="8" t="n">
+        <v>46781</v>
+      </c>
+      <c r="J21" s="6" t="n">
+        <v>7.01</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="92" t="n">
+        <v>14</v>
+      </c>
+      <c r="B22" s="92" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India</t>
+        </is>
+      </c>
+      <c r="C22" s="92" t="inlineStr">
+        <is>
+          <t>INE514E08GE8</t>
+        </is>
+      </c>
+      <c r="D22" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E22" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>5397.99</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0136</v>
+      </c>
+      <c r="H22" s="8" t="n">
+        <v>46961</v>
+      </c>
+      <c r="J22" s="6" t="n">
+        <v>6.735</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="92" t="n">
+        <v>15</v>
+      </c>
+      <c r="B23" s="92" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C23" s="92" t="inlineStr">
+        <is>
+          <t>INE261F08EK5</t>
+        </is>
+      </c>
+      <c r="D23" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E23" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>5354.95</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0135</v>
+      </c>
+      <c r="H23" s="8" t="n">
+        <v>46807</v>
+      </c>
+      <c r="J23" s="6" t="n">
+        <v>6.87</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="92" t="n">
+        <v>16</v>
+      </c>
+      <c r="B24" s="92" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C24" s="92" t="inlineStr">
+        <is>
+          <t>INE020B08FL9</t>
+        </is>
+      </c>
+      <c r="D24" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E24" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>5295.22</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="H24" s="8" t="n">
+        <v>47603</v>
+      </c>
+      <c r="J24" s="6" t="n">
+        <v>6.9746</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="92" t="n">
+        <v>17</v>
+      </c>
+      <c r="B25" s="92" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C25" s="92" t="inlineStr">
+        <is>
+          <t>INE514E08GF5</t>
+        </is>
+      </c>
+      <c r="D25" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E25" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>5294.52</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="H25" s="8" t="n">
+        <v>47661</v>
+      </c>
+      <c r="J25" s="6" t="n">
+        <v>6.92</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="92" t="n">
+        <v>18</v>
+      </c>
+      <c r="B26" s="92" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C26" s="92" t="inlineStr">
+        <is>
+          <t>INE296A07TL0</t>
+        </is>
+      </c>
+      <c r="D26" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E26" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>5232.74</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="H26" s="8" t="n">
+        <v>47662</v>
+      </c>
+      <c r="J26" s="6" t="n">
+        <v>7.36</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="92" t="n">
+        <v>19</v>
+      </c>
+      <c r="B27" s="92" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C27" s="92" t="inlineStr">
+        <is>
+          <t>INE115A07RG6</t>
+        </is>
+      </c>
+      <c r="D27" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E27" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>5218.2</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0131</v>
+      </c>
+      <c r="H27" s="8" t="n">
+        <v>47602</v>
+      </c>
+      <c r="J27" s="6" t="n">
+        <v>7.0848</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="92" t="n">
+        <v>20</v>
+      </c>
+      <c r="B28" s="92" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C28" s="92" t="inlineStr">
+        <is>
+          <t>INE134E08IT9</t>
+        </is>
+      </c>
+      <c r="D28" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E28" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>5171.69</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="H28" s="8" t="n">
+        <v>46438</v>
+      </c>
+      <c r="J28" s="6" t="n">
+        <v>6.825</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="92" t="n">
+        <v>21</v>
+      </c>
+      <c r="B29" s="92" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C29" s="92" t="inlineStr">
+        <is>
+          <t>INE514E08FP6</t>
+        </is>
+      </c>
+      <c r="D29" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E29" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>5167.84</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="H29" s="8" t="n">
+        <v>46602</v>
+      </c>
+      <c r="J29" s="6" t="n">
+        <v>6.725</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="92" t="n">
+        <v>22</v>
+      </c>
+      <c r="B30" s="92" t="inlineStr">
+        <is>
+          <t>REC Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="92" t="inlineStr">
+        <is>
+          <t>INE020B08EI8</t>
+        </is>
+      </c>
+      <c r="D30" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E30" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>5160.47</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="H30" s="8" t="n">
+        <v>46234</v>
+      </c>
+      <c r="J30" s="6" t="n">
+        <v>6.7</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="92" t="n">
+        <v>23</v>
+      </c>
+      <c r="B31" s="92" t="inlineStr">
+        <is>
+          <t>Tata Capital Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C31" s="92" t="inlineStr">
+        <is>
+          <t>INE033L07IO1</t>
+        </is>
+      </c>
+      <c r="D31" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E31" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>5145.36</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="H31" s="8" t="n">
+        <v>46589</v>
+      </c>
+      <c r="J31" s="6" t="n">
+        <v>7.07</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="92" t="n">
+        <v>24</v>
+      </c>
+      <c r="B32" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C32" s="92" t="inlineStr">
+        <is>
+          <t>INE556F08KS8</t>
+        </is>
+      </c>
+      <c r="D32" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E32" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>5132.07</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="H32" s="8" t="n">
+        <v>47175</v>
+      </c>
+      <c r="J32" s="6" t="n">
+        <v>6.978</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="92" t="n">
+        <v>25</v>
+      </c>
+      <c r="B33" s="92" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C33" s="92" t="inlineStr">
+        <is>
+          <t>INE053F07983</t>
+        </is>
+      </c>
+      <c r="D33" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E33" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>5129.36</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="H33" s="8" t="n">
+        <v>46465</v>
+      </c>
+      <c r="J33" s="6" t="n">
+        <v>6.77</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="92" t="n">
+        <v>26</v>
+      </c>
+      <c r="B34" s="92" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C34" s="92" t="inlineStr">
+        <is>
+          <t>INE134E08LP1</t>
+        </is>
+      </c>
+      <c r="D34" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E34" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>5118.57</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="H34" s="8" t="n">
+        <v>46218</v>
+      </c>
+      <c r="J34" s="6" t="n">
+        <v>6.7207</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="92" t="n">
+        <v>27</v>
+      </c>
+      <c r="B35" s="92" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C35" s="92" t="inlineStr">
+        <is>
+          <t>INE296A07TF2</t>
+        </is>
+      </c>
+      <c r="D35" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E35" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>5059.43</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.0127</v>
+      </c>
+      <c r="H35" s="8" t="n">
+        <v>46731</v>
+      </c>
+      <c r="J35" s="6" t="n">
+        <v>7.2</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="92" t="n">
+        <v>28</v>
+      </c>
+      <c r="B36" s="92" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C36" s="92" t="inlineStr">
+        <is>
+          <t>INE514E08GD0</t>
+        </is>
+      </c>
+      <c r="D36" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E36" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>5050.33</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0127</v>
+      </c>
+      <c r="H36" s="8" t="n">
+        <v>47465</v>
+      </c>
+      <c r="J36" s="6" t="n">
+        <v>6.86</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="92" t="n">
+        <v>29</v>
+      </c>
+      <c r="B37" s="92" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C37" s="92" t="inlineStr">
+        <is>
+          <t>INE403D08280</t>
+        </is>
+      </c>
+      <c r="D37" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E37" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>5010.76</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0126</v>
+      </c>
+      <c r="H37" s="8" t="n">
+        <v>47102</v>
+      </c>
+      <c r="J37" s="6" t="n">
+        <v>7.3749</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="92" t="n">
+        <v>30</v>
+      </c>
+      <c r="B38" s="92" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C38" s="92" t="inlineStr">
+        <is>
+          <t>INE020B08EH0</t>
+        </is>
+      </c>
+      <c r="D38" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E38" s="12" t="n">
+        <v>3500</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>3760.17</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0095</v>
+      </c>
+      <c r="H38" s="8" t="n">
+        <v>46843</v>
+      </c>
+      <c r="J38" s="6" t="n">
+        <v>6.82</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="92" t="n">
+        <v>31</v>
+      </c>
+      <c r="B39" s="92" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C39" s="92" t="inlineStr">
+        <is>
+          <t>INE134E08IR3</t>
+        </is>
+      </c>
+      <c r="D39" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E39" s="12" t="n">
+        <v>300</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>3102.24</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.0078</v>
+      </c>
+      <c r="H39" s="8" t="n">
+        <v>46407</v>
+      </c>
+      <c r="J39" s="6" t="n">
+        <v>6.8251</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="92" t="n">
+        <v>32</v>
+      </c>
+      <c r="B40" s="92" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C40" s="92" t="inlineStr">
+        <is>
+          <t>INE115A07QW5</t>
+        </is>
+      </c>
+      <c r="D40" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E40" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>2697.8</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H40" s="8" t="n">
+        <v>46794</v>
+      </c>
+      <c r="J40" s="6" t="n">
+        <v>7.01</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="92" t="n">
+        <v>33</v>
+      </c>
+      <c r="B41" s="92" t="inlineStr">
+        <is>
+          <t>National Housing Bank**</t>
+        </is>
+      </c>
+      <c r="C41" s="92" t="inlineStr">
+        <is>
+          <t>INE557F08GC8</t>
+        </is>
+      </c>
+      <c r="D41" s="92" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="E41" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>2682.86</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H41" s="8" t="n">
+        <v>48033</v>
+      </c>
+      <c r="J41" s="6" t="n">
+        <v>7.1</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="92" t="n">
+        <v>34</v>
+      </c>
+      <c r="B42" s="92" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C42" s="92" t="inlineStr">
+        <is>
+          <t>INE261F08EM1</t>
+        </is>
+      </c>
+      <c r="D42" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E42" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>2670.08</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H42" s="8" t="n">
+        <v>46836</v>
+      </c>
+      <c r="J42" s="6" t="n">
+        <v>6.87</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="92" t="n">
+        <v>35</v>
+      </c>
+      <c r="B43" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C43" s="92" t="inlineStr">
+        <is>
+          <t>INE556F08KY6</t>
+        </is>
+      </c>
+      <c r="D43" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E43" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>2668.8</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H43" s="8" t="n">
+        <v>47563</v>
+      </c>
+      <c r="J43" s="6" t="n">
+        <v>7.017</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="92" t="n">
+        <v>36</v>
+      </c>
+      <c r="B44" s="92" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C44" s="92" t="inlineStr">
+        <is>
+          <t>INE053F08411</t>
+        </is>
+      </c>
+      <c r="D44" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E44" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>2656.72</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H44" s="8" t="n">
+        <v>47330</v>
+      </c>
+      <c r="J44" s="6" t="n">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="92" t="n">
+        <v>37</v>
+      </c>
+      <c r="B45" s="92" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="92" t="inlineStr">
+        <is>
+          <t>INE414G07JB8</t>
+        </is>
+      </c>
+      <c r="D45" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E45" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>2653.62</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H45" s="8" t="n">
+        <v>46555</v>
+      </c>
+      <c r="J45" s="6" t="n">
+        <v>7.595</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="92" t="n">
+        <v>38</v>
+      </c>
+      <c r="B46" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C46" s="92" t="inlineStr">
+        <is>
+          <t>INE556F08KX8</t>
+        </is>
+      </c>
+      <c r="D46" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E46" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>2633.3</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H46" s="8" t="n">
+        <v>47280</v>
+      </c>
+      <c r="J46" s="6" t="n">
+        <v>6.978</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="92" t="n">
+        <v>39</v>
+      </c>
+      <c r="B47" s="92" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C47" s="92" t="inlineStr">
+        <is>
+          <t>INE020B08FA2</t>
+        </is>
+      </c>
+      <c r="D47" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E47" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>2627.73</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H47" s="8" t="n">
+        <v>46538</v>
+      </c>
+      <c r="J47" s="6" t="n">
+        <v>6.82</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="92" t="n">
+        <v>40</v>
+      </c>
+      <c r="B48" s="92" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C48" s="92" t="inlineStr">
+        <is>
+          <t>INE121A07RC3</t>
+        </is>
+      </c>
+      <c r="D48" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E48" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>2627.69</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H48" s="8" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J48" s="6" t="n">
+        <v>7.275</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="92" t="n">
+        <v>41</v>
+      </c>
+      <c r="B49" s="92" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="92" t="inlineStr">
+        <is>
+          <t>INE377Y07557</t>
+        </is>
+      </c>
+      <c r="D49" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E49" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>2614.85</v>
+      </c>
+      <c r="G49" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H49" s="8" t="n">
+        <v>46444</v>
+      </c>
+      <c r="J49" s="6" t="n">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="92" t="n">
+        <v>42</v>
+      </c>
+      <c r="B50" s="92" t="inlineStr">
+        <is>
+          <t>Tata Capital Limited**</t>
+        </is>
+      </c>
+      <c r="C50" s="92" t="inlineStr">
+        <is>
+          <t>INE306N07MX0</t>
+        </is>
+      </c>
+      <c r="D50" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E50" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>2601.93</v>
+      </c>
+      <c r="G50" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H50" s="8" t="n">
+        <v>46594</v>
+      </c>
+      <c r="J50" s="6" t="n">
+        <v>7.175</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="92" t="n">
+        <v>43</v>
+      </c>
+      <c r="B51" s="92" t="inlineStr">
+        <is>
+          <t>Tata Capital Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C51" s="92" t="inlineStr">
+        <is>
+          <t>INE033L07IC6</t>
+        </is>
+      </c>
+      <c r="D51" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E51" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>2601.17</v>
+      </c>
+      <c r="G51" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H51" s="8" t="n">
+        <v>46283</v>
+      </c>
+      <c r="J51" s="6" t="n">
+        <v>6.925</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="92" t="n">
+        <v>44</v>
+      </c>
+      <c r="B52" s="92" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C52" s="92" t="inlineStr">
+        <is>
+          <t>INE020B08FU0</t>
+        </is>
+      </c>
+      <c r="D52" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E52" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>2597.17</v>
+      </c>
+      <c r="G52" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H52" s="8" t="n">
+        <v>47634</v>
+      </c>
+      <c r="J52" s="6" t="n">
+        <v>6.9687</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="92" t="n">
+        <v>45</v>
+      </c>
+      <c r="B53" s="92" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C53" s="92" t="inlineStr">
+        <is>
+          <t>INE134E08JE9</t>
+        </is>
+      </c>
+      <c r="D53" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E53" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>2581.5</v>
+      </c>
+      <c r="G53" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H53" s="8" t="n">
+        <v>46606</v>
+      </c>
+      <c r="J53" s="6" t="n">
+        <v>6.825</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="92" t="n">
+        <v>46</v>
+      </c>
+      <c r="B54" s="92" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C54" s="92" t="inlineStr">
+        <is>
+          <t>INE134E08NS1</t>
+        </is>
+      </c>
+      <c r="D54" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E54" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>2577.53</v>
+      </c>
+      <c r="G54" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H54" s="8" t="n">
+        <v>46949</v>
+      </c>
+      <c r="J54" s="6" t="n">
+        <v>6.887</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="92" t="n">
+        <v>47</v>
+      </c>
+      <c r="B55" s="92" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C55" s="92" t="inlineStr">
+        <is>
+          <t>INE115A07QY1</t>
+        </is>
+      </c>
+      <c r="D55" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E55" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>2572.16</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H55" s="8" t="n">
+        <v>47409</v>
+      </c>
+      <c r="J55" s="6" t="n">
+        <v>7.0499</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="92" t="n">
+        <v>48</v>
+      </c>
+      <c r="B56" s="92" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C56" s="92" t="inlineStr">
+        <is>
+          <t>INE134E08ND3</t>
+        </is>
+      </c>
+      <c r="D56" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E56" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>2564.2</v>
+      </c>
+      <c r="G56" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H56" s="8" t="n">
+        <v>48136</v>
+      </c>
+      <c r="J56" s="6" t="n">
+        <v>7.07</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="92" t="n">
+        <v>49</v>
+      </c>
+      <c r="B57" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C57" s="92" t="inlineStr">
+        <is>
+          <t>INE556F08KU4</t>
+        </is>
+      </c>
+      <c r="D57" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E57" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>2545.72</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H57" s="8" t="n">
+        <v>46916</v>
+      </c>
+      <c r="J57" s="6" t="n">
+        <v>6.88</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="92" t="n">
+        <v>50</v>
+      </c>
+      <c r="B58" s="92" t="inlineStr">
+        <is>
+          <t>Jio Credit Limited**</t>
+        </is>
+      </c>
+      <c r="C58" s="92" t="inlineStr">
+        <is>
+          <t>INE282H07034</t>
+        </is>
+      </c>
+      <c r="D58" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E58" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>2523.52</v>
+      </c>
+      <c r="G58" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H58" s="8" t="n">
+        <v>46673</v>
+      </c>
+      <c r="J58" s="6" t="n">
+        <v>7.2073</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="92" t="n">
+        <v>51</v>
+      </c>
+      <c r="B59" s="92" t="inlineStr">
+        <is>
+          <t>Mindspace Business Parks Reit**</t>
+        </is>
+      </c>
+      <c r="C59" s="92" t="inlineStr">
+        <is>
+          <t>INE0CCU07181</t>
+        </is>
+      </c>
+      <c r="D59" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E59" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>2491.61</v>
+      </c>
+      <c r="G59" s="7" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H59" s="8" t="n">
+        <v>47095</v>
+      </c>
+      <c r="J59" s="6" t="n">
+        <v>7.3386</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="92" t="n">
+        <v>52</v>
+      </c>
+      <c r="B60" s="92" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C60" s="92" t="inlineStr">
+        <is>
+          <t>INE403D08298</t>
+        </is>
+      </c>
+      <c r="D60" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E60" s="12" t="n">
+        <v>750</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>749.9</v>
+      </c>
+      <c r="G60" s="7" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="H60" s="8" t="n">
+        <v>47150</v>
+      </c>
+      <c r="J60" s="6" t="n">
+        <v>7.5275</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="92" t="n">
+        <v>53</v>
+      </c>
+      <c r="B61" s="92" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C61" s="92" t="inlineStr">
+        <is>
+          <t>INE121A07QO0</t>
+        </is>
+      </c>
+      <c r="D61" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E61" s="12" t="n">
+        <v>50</v>
+      </c>
+      <c r="F61" s="6" t="n">
+        <v>522.74</v>
+      </c>
+      <c r="G61" s="7" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="H61" s="8" t="n">
+        <v>46140</v>
+      </c>
+      <c r="J61" s="6" t="n">
+        <v>7.2751</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="92" t="n">
+        <v>54</v>
+      </c>
+      <c r="B62" s="92" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited</t>
+        </is>
+      </c>
+      <c r="C62" s="92" t="inlineStr">
+        <is>
+          <t>INE403D08306</t>
+        </is>
+      </c>
+      <c r="D62" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E62" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>501.33</v>
+      </c>
+      <c r="G62" s="7" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="H62" s="8" t="n">
+        <v>46722</v>
+      </c>
+      <c r="J62" s="6" t="n">
+        <v>7.3139</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="9" t="n"/>
+      <c r="B63" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C63" s="9" t="n"/>
+      <c r="D63" s="9" t="n"/>
+      <c r="E63" s="9" t="n"/>
+      <c r="F63" s="10" t="n">
+        <v>256311.99</v>
+      </c>
+      <c r="G63" s="11" t="n">
+        <v>0.6456</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="B65" s="4" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="92" t="n">
+        <v>55</v>
+      </c>
+      <c r="B66" s="92" t="inlineStr">
+        <is>
+          <t>6.48% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C66" s="92" t="inlineStr">
+        <is>
+          <t>IN0020250091</t>
+        </is>
+      </c>
+      <c r="D66" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E66" s="12" t="n">
+        <v>35000000</v>
+      </c>
+      <c r="F66" s="6" t="n">
+        <v>35158.3</v>
+      </c>
+      <c r="G66" s="7" t="n">
+        <v>0.0886</v>
+      </c>
+      <c r="H66" s="8" t="n">
+        <v>49588</v>
+      </c>
+      <c r="J66" s="6" t="n">
+        <v>6.5914</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="92" t="n">
+        <v>56</v>
+      </c>
+      <c r="B67" s="92" t="inlineStr">
+        <is>
+          <t>6.01% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C67" s="92" t="inlineStr">
+        <is>
+          <t>IN0020250067</t>
+        </is>
+      </c>
+      <c r="D67" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E67" s="12" t="n">
+        <v>20000000</v>
+      </c>
+      <c r="F67" s="6" t="n">
+        <v>20240.2</v>
+      </c>
+      <c r="G67" s="7" t="n">
+        <v>0.051</v>
+      </c>
+      <c r="H67" s="8" t="n">
+        <v>47685</v>
+      </c>
+      <c r="J67" s="6" t="n">
+        <v>6.3179</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="92" t="n">
+        <v>57</v>
+      </c>
+      <c r="B68" s="92" t="inlineStr">
+        <is>
+          <t>7.02% GOI 2031</t>
+        </is>
+      </c>
+      <c r="C68" s="92" t="inlineStr">
+        <is>
+          <t>IN0020240076</t>
+        </is>
+      </c>
+      <c r="D68" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E68" s="12" t="n">
+        <v>12500000</v>
+      </c>
+      <c r="F68" s="6" t="n">
+        <v>13240.14</v>
+      </c>
+      <c r="G68" s="7" t="n">
+        <v>0.0334</v>
+      </c>
+      <c r="H68" s="8" t="n">
+        <v>48017</v>
+      </c>
+      <c r="J68" s="6" t="n">
+        <v>6.4836</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="92" t="n">
+        <v>58</v>
+      </c>
+      <c r="B69" s="92" t="inlineStr">
+        <is>
+          <t>7.01% Gujarat SDL 2031</t>
+        </is>
+      </c>
+      <c r="C69" s="92" t="inlineStr">
+        <is>
+          <t>IN1520240111</t>
+        </is>
+      </c>
+      <c r="D69" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E69" s="12" t="n">
+        <v>12000000</v>
+      </c>
+      <c r="F69" s="6" t="n">
+        <v>12374.4</v>
+      </c>
+      <c r="G69" s="7" t="n">
+        <v>0.0312</v>
+      </c>
+      <c r="H69" s="8" t="n">
+        <v>47856</v>
+      </c>
+      <c r="J69" s="6" t="n">
+        <v>6.9981</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="92" t="n">
+        <v>59</v>
+      </c>
+      <c r="B70" s="92" t="inlineStr">
+        <is>
+          <t>7.18% GOI 2033</t>
+        </is>
+      </c>
+      <c r="C70" s="92" t="inlineStr">
+        <is>
+          <t>IN0020230085</t>
+        </is>
+      </c>
+      <c r="D70" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E70" s="12" t="n">
+        <v>10000000</v>
+      </c>
+      <c r="F70" s="6" t="n">
+        <v>10561.34</v>
+      </c>
+      <c r="G70" s="7" t="n">
+        <v>0.0266</v>
+      </c>
+      <c r="H70" s="8" t="n">
+        <v>48805</v>
+      </c>
+      <c r="J70" s="6" t="n">
+        <v>6.6415</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="92" t="n">
+        <v>60</v>
+      </c>
+      <c r="B71" s="92" t="inlineStr">
+        <is>
+          <t>6.28% GOI 2032</t>
+        </is>
+      </c>
+      <c r="C71" s="92" t="inlineStr">
+        <is>
+          <t>IN0020250059</t>
+        </is>
+      </c>
+      <c r="D71" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E71" s="12" t="n">
+        <v>6500000</v>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>6583.15</v>
+      </c>
+      <c r="G71" s="7" t="n">
+        <v>0.0166</v>
+      </c>
+      <c r="H71" s="8" t="n">
+        <v>48409</v>
+      </c>
+      <c r="J71" s="6" t="n">
+        <v>6.5387</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="92" t="n">
+        <v>61</v>
+      </c>
+      <c r="B72" s="92" t="inlineStr">
+        <is>
+          <t>8.51% GOI FRB 2033</t>
+        </is>
+      </c>
+      <c r="C72" s="92" t="inlineStr">
+        <is>
+          <t>IN0020200120</t>
+        </is>
+      </c>
+      <c r="D72" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E72" s="12" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F72" s="6" t="n">
+        <v>5258.73</v>
+      </c>
+      <c r="G72" s="7" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="H72" s="8" t="n">
+        <v>48844</v>
+      </c>
+      <c r="J72" s="6" t="n">
+        <v>6.17</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="92" t="n">
+        <v>62</v>
+      </c>
+      <c r="B73" s="92" t="inlineStr">
+        <is>
+          <t>7.17% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C73" s="92" t="inlineStr">
+        <is>
+          <t>IN0020230036</t>
+        </is>
+      </c>
+      <c r="D73" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E73" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F73" s="6" t="n">
+        <v>2612.23</v>
+      </c>
+      <c r="G73" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H73" s="8" t="n">
+        <v>47590</v>
+      </c>
+      <c r="J73" s="6" t="n">
+        <v>6.2818</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="92" t="n">
+        <v>63</v>
+      </c>
+      <c r="B74" s="92" t="inlineStr">
+        <is>
+          <t>6.88% Uttar Pradesh SDL 2031</t>
+        </is>
+      </c>
+      <c r="C74" s="92" t="inlineStr">
+        <is>
+          <t>IN3320200279</t>
+        </is>
+      </c>
+      <c r="D74" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E74" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F74" s="6" t="n">
+        <v>2545.84</v>
+      </c>
+      <c r="G74" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H74" s="8" t="n">
+        <v>47882</v>
+      </c>
+      <c r="J74" s="6" t="n">
+        <v>7.0441</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="9" t="n"/>
+      <c r="B75" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C75" s="9" t="n"/>
+      <c r="D75" s="9" t="n"/>
+      <c r="E75" s="9" t="n"/>
+      <c r="F75" s="10" t="n">
+        <v>108574.33</v>
+      </c>
+      <c r="G75" s="11" t="n">
+        <v>0.2736</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="B77" s="4" t="inlineStr">
+        <is>
+          <t>Securitised Debt</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="92" t="n">
+        <v>64</v>
+      </c>
+      <c r="B78" s="92" t="inlineStr">
+        <is>
+          <t>India Universal Trust**</t>
+        </is>
+      </c>
+      <c r="C78" s="92" t="inlineStr">
+        <is>
+          <t>INE16J715035</t>
+        </is>
+      </c>
+      <c r="D78" s="92" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="E78" s="12" t="n">
+        <v>155</v>
+      </c>
+      <c r="F78" s="6" t="n">
+        <v>14467.1</v>
+      </c>
+      <c r="G78" s="7" t="n">
+        <v>0.0364</v>
+      </c>
+      <c r="H78" s="8" t="n">
+        <v>47746</v>
+      </c>
+      <c r="J78" s="6" t="n">
+        <v>7.995</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="9" t="n"/>
+      <c r="B79" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C79" s="9" t="n"/>
+      <c r="D79" s="9" t="n"/>
+      <c r="E79" s="9" t="n"/>
+      <c r="F79" s="10" t="n">
+        <v>14467.1</v>
+      </c>
+      <c r="G79" s="11" t="n">
+        <v>0.0364</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="B81" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="B82" s="4" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="92" t="n">
+        <v>65</v>
+      </c>
+      <c r="B83" s="92" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C83" s="92" t="inlineStr">
+        <is>
+          <t>INE040A16HY1</t>
+        </is>
+      </c>
+      <c r="D83" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E83" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F83" s="6" t="n">
+        <v>9419.51</v>
+      </c>
+      <c r="G83" s="7" t="n">
+        <v>0.0237</v>
+      </c>
+      <c r="H83" s="8" t="n">
+        <v>46345</v>
+      </c>
+      <c r="J83" s="6" t="n">
+        <v>6.655</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="9" t="n"/>
+      <c r="B84" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C84" s="9" t="n"/>
+      <c r="D84" s="9" t="n"/>
+      <c r="E84" s="9" t="n"/>
+      <c r="F84" s="10" t="n">
+        <v>9419.51</v>
+      </c>
+      <c r="G84" s="11" t="n">
+        <v>0.0237</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="92" t="n">
+        <v>66</v>
+      </c>
+      <c r="B86" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F86" s="6" t="n">
+        <v>9514.4</v>
+      </c>
+      <c r="G86" s="7" t="n">
+        <v>0.024</v>
+      </c>
+      <c r="H86" s="8" t="n">
+        <v>46007</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="9" t="n"/>
+      <c r="B87" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C87" s="9" t="n"/>
+      <c r="D87" s="9" t="n"/>
+      <c r="E87" s="9" t="n"/>
+      <c r="F87" s="10" t="n">
+        <v>9514.4</v>
+      </c>
+      <c r="G87" s="11" t="n">
+        <v>0.024</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="B89" s="4" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="92" t="n">
+        <v>67</v>
+      </c>
+      <c r="B90" s="92" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C90" s="92" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E90" s="12" t="n">
+        <v>9414.218000000001</v>
+      </c>
+      <c r="F90" s="6" t="n">
+        <v>1084.42</v>
+      </c>
+      <c r="G90" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J90" s="6" t="n"/>
+    </row>
+    <row r="91">
+      <c r="A91" s="9" t="n"/>
+      <c r="B91" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C91" s="9" t="n"/>
+      <c r="D91" s="9" t="n"/>
+      <c r="E91" s="9" t="n"/>
+      <c r="F91" s="10" t="n">
+        <v>1084.42</v>
+      </c>
+      <c r="G91" s="11" t="n">
+        <v>0.0027</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="B93" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="94">
+      <c r="B94" s="92" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E94" s="12" t="n"/>
+      <c r="F94" s="6" t="n">
+        <v>-2384.6</v>
+      </c>
+      <c r="G94" s="7" t="n">
+        <v>-0.006</v>
+      </c>
+      <c r="J94" s="6" t="n"/>
+    </row>
+    <row r="95">
+      <c r="A95" s="9" t="n"/>
+      <c r="B95" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C95" s="9" t="n"/>
+      <c r="D95" s="9" t="n"/>
+      <c r="E95" s="9" t="n"/>
+      <c r="F95" s="10" t="n">
+        <v>-2384.6</v>
+      </c>
+      <c r="G95" s="11" t="n">
+        <v>-0.006</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="5" t="n"/>
+      <c r="B97" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C97" s="5" t="n"/>
+      <c r="D97" s="5" t="n"/>
+      <c r="E97" s="5" t="n"/>
+      <c r="F97" s="13" t="n">
+        <v>396987.15</v>
+      </c>
+      <c r="G97" s="14" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="92" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="92" t="n">
+        <v>1</v>
+      </c>
+      <c r="B99" s="92" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" ht="40.5" customHeight="1" s="68">
+      <c r="A100" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A11" s="1" t="n">
+      <c r="B100" s="15" t="inlineStr">
+        <is>
+          <t>As on December 15, 2025, the aggregate investments by the schemes of DSP Mutual Fund in DSP Short Term Fund is ₹ 46,068.13 Lakhs.</t>
+        </is>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
-[...44 lines deleted...]
-      <c r="A12" s="1" t="n">
+      <c r="B101" s="15" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" ht="58" customHeight="1" s="68">
+      <c r="A102" s="101" t="n">
         <v>4</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A13" s="1" t="n">
+      <c r="B102" s="69" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
+        </is>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="15" t="n"/>
+      <c r="B103" s="47" t="inlineStr">
+        <is>
+          <t>Disclosure in Derivatives</t>
+        </is>
+      </c>
+      <c r="C103" s="47" t="inlineStr">
+        <is>
+          <t>Industry</t>
+        </is>
+      </c>
+      <c r="D103" s="47" t="inlineStr">
+        <is>
+          <t>Notional Value</t>
+        </is>
+      </c>
+      <c r="E103" s="47" t="inlineStr">
+        <is>
+          <t>% To net assets</t>
+        </is>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="15" t="n"/>
+      <c r="B104" s="52" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C104" s="53" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D104" s="50" t="n">
+        <v>1000000000</v>
+      </c>
+      <c r="E104" s="54" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="106" ht="27" customHeight="1" s="68">
+      <c r="A106" s="15" t="n">
         <v>5</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
-[...2445 lines deleted...]
-      <c r="B107" s="69" t="inlineStr">
+      <c r="B106" s="15" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" ht="14.5" customHeight="1" s="68">
+      <c r="B108" s="91" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="121" ht="14.5" customHeight="1" s="72">
-      <c r="B121" s="69" t="inlineStr">
+    <row r="120" ht="14.5" customHeight="1" s="68">
+      <c r="B120" s="91" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Short Duration Debt A-II Index</t>
         </is>
       </c>
     </row>
+    <row r="135">
+      <c r="B135" s="16" t="n"/>
+      <c r="C135" s="18" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
     <row r="136">
-      <c r="B136" s="15" t="n"/>
-[...2 lines deleted...]
-          <t>Portfolio Information</t>
+      <c r="B136" s="16" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C136" s="18" t="inlineStr">
+        <is>
+          <t>DSP Short Term Fund</t>
         </is>
       </c>
     </row>
     <row r="137">
-      <c r="B137" s="15" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="B137" s="16" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C137" s="19" t="n"/>
     </row>
     <row r="138">
-      <c r="B138" s="15" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C138" s="18" t="n"/>
+      <c r="B138" s="16" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C138" s="20" t="n">
+        <v>0.0692</v>
+      </c>
     </row>
     <row r="139">
-      <c r="B139" s="15" t="inlineStr">
-[...1 lines deleted...]
-          <t>Annualised Portfolio YTM*:</t>
+      <c r="B139" s="16" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
         </is>
       </c>
       <c r="C139" s="19" t="n">
-        <v>0.0673</v>
+        <v>2.94</v>
       </c>
     </row>
     <row r="140">
-      <c r="B140" s="15" t="inlineStr">
-[...5 lines deleted...]
-        <v>2.95</v>
+      <c r="B140" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C140" s="19" t="n">
+        <v>3.61</v>
       </c>
     </row>
     <row r="141">
-      <c r="B141" s="15" t="inlineStr">
-[...5 lines deleted...]
-        <v>4.34</v>
+      <c r="B141" s="16" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C141" s="21" t="n">
+        <v>46006</v>
       </c>
     </row>
     <row r="142">
-      <c r="B142" s="15" t="inlineStr">
-[...9 lines deleted...]
-      <c r="B143" s="16" t="inlineStr">
+      <c r="B142" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C143" s="17" t="n"/>
+      <c r="C142" s="18" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="B95:G95"/>
     <mergeCell ref="B1:F1"/>
+    <mergeCell ref="B102:G102"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Koushik Chowdhury</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>