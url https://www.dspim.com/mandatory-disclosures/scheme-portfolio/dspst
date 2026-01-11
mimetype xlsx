--- v3 (2025-12-22)
+++ v4 (2026-01-11)
@@ -1,79 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr/>
+  <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="993" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="883" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="SHORT" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="23">
+  <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -110,56 +104,50 @@
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
-      <sz val="10"/>
-[...4 lines deleted...]
-      <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -342,319 +330,320 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="102">
+  <cellXfs count="101">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...93 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...29 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment vertical="center" wrapText="1"/>
-[...25 lines deleted...]
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -703,116 +692,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>109</row>
+      <row>111</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>118</row>
-      <rowOff>31750</rowOff>
+      <row>120</row>
+      <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="18942050"/>
+          <a:off x="457200" y="19113500"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>121</row>
+      <row>123</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>130</row>
-      <rowOff>31749</rowOff>
+      <row>132</row>
+      <rowOff>31751</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="21355050"/>
+          <a:off x="457200" y="21526500"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1050,2965 +1039,3018 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr>
+  <sheetPr codeName="Sheet5">
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L142"/>
+  <dimension ref="A1:L145"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="92" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="92" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="54.54296875" customWidth="1" style="1" min="2" max="2"/>
+    <col width="19.26953125" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="16.453125" customWidth="1" style="1" min="4" max="4"/>
+    <col width="16.26953125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14.81640625" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="68">
-[...1 lines deleted...]
-      <c r="B1" s="67" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="74">
+      <c r="A1" s="73" t="n"/>
+      <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Short Term Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 15, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="B8" s="4" t="inlineStr">
+      <c r="B8" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K8" s="4" t="inlineStr">
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="92" t="n">
+      <c r="A9" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B9" s="92" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Bharti Telecom Limited**</t>
         </is>
       </c>
-      <c r="C9" s="92" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE403D08272</t>
         </is>
       </c>
-      <c r="D9" s="92" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E9" s="12" t="n">
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E9" s="11" t="n">
         <v>15000</v>
       </c>
-      <c r="F9" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H9" s="8" t="n">
+      <c r="F9" s="5" t="n">
+        <v>15195.04</v>
+      </c>
+      <c r="G9" s="6" t="n">
+        <v>0.0389</v>
+      </c>
+      <c r="H9" s="7" t="n">
         <v>46675</v>
       </c>
-      <c r="J9" s="6" t="n">
-[...8 lines deleted...]
-        <v>0.5295</v>
+      <c r="J9" s="5" t="n">
+        <v>7.4899</v>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L9" s="6" t="n">
+        <v>0.5384</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="92" t="n">
+      <c r="A10" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B10" s="92" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
-      <c r="C10" s="92" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE261F08EO7</t>
         </is>
       </c>
-      <c r="D10" s="92" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E10" s="12" t="n">
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E10" s="11" t="n">
         <v>12500</v>
       </c>
-      <c r="F10" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H10" s="8" t="n">
+      <c r="F10" s="5" t="n">
+        <v>12940.06</v>
+      </c>
+      <c r="G10" s="6" t="n">
+        <v>0.0331</v>
+      </c>
+      <c r="H10" s="7" t="n">
         <v>47011</v>
       </c>
-      <c r="J10" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K10" s="92" t="inlineStr">
+      <c r="J10" s="5" t="n">
+        <v>6.9119</v>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L10" s="7" t="n">
+      <c r="L10" s="6" t="n">
         <v>0.2736</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="92" t="n">
+      <c r="A11" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="B11" s="92" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="92" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
         <is>
           <t>INE296A07TJ4</t>
         </is>
       </c>
-      <c r="D11" s="92" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E11" s="12" t="n">
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E11" s="11" t="n">
         <v>10000</v>
       </c>
-      <c r="F11" s="6" t="n">
-[...2 lines deleted...]
-      <c r="G11" s="7" t="n">
+      <c r="F11" s="5" t="n">
+        <v>10537.83</v>
+      </c>
+      <c r="G11" s="6" t="n">
+        <v>0.027</v>
+      </c>
+      <c r="H11" s="7" t="n">
+        <v>46930</v>
+      </c>
+      <c r="J11" s="5" t="n">
+        <v>7.26</v>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="L11" s="6" t="n">
+        <v>0.0463</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>INE414G07IF1</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E12" s="11" t="n">
+        <v>8500</v>
+      </c>
+      <c r="F12" s="5" t="n">
+        <v>9059.530000000001</v>
+      </c>
+      <c r="G12" s="6" t="n">
+        <v>0.0232</v>
+      </c>
+      <c r="H12" s="7" t="n">
+        <v>46867</v>
+      </c>
+      <c r="I12" s="1" t="inlineStr">
+        <is>
+          <t>PU - 25-May-2026</t>
+        </is>
+      </c>
+      <c r="J12" s="5" t="n">
+        <v>7.77</v>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="L12" s="6" t="n">
+        <v>0.0367</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EG3</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E13" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F13" s="5" t="n">
+        <v>8035.12</v>
+      </c>
+      <c r="G13" s="6" t="n">
+        <v>0.0206</v>
+      </c>
+      <c r="H13" s="7" t="n">
+        <v>47238</v>
+      </c>
+      <c r="J13" s="5" t="n">
+        <v>6.98</v>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L13" s="6" t="n">
+        <v>0.0302</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE053F07AA7</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E14" s="11" t="n">
+        <v>750</v>
+      </c>
+      <c r="F14" s="5" t="n">
+        <v>7970.17</v>
+      </c>
+      <c r="G14" s="6" t="n">
+        <v>0.0204</v>
+      </c>
+      <c r="H14" s="7" t="n">
+        <v>46535</v>
+      </c>
+      <c r="J14" s="5" t="n">
+        <v>6.765</v>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="L14" s="6" t="n">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Jamnagar Utilities &amp; Power Private Limited**</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE936D07182</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E15" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F15" s="5" t="n">
+        <v>7866.34</v>
+      </c>
+      <c r="G15" s="6" t="n">
+        <v>0.0201</v>
+      </c>
+      <c r="H15" s="7" t="n">
+        <v>46975</v>
+      </c>
+      <c r="J15" s="5" t="n">
+        <v>7.105</v>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="L15" s="6" t="n">
         <v>0.0265</v>
       </c>
-      <c r="H11" s="8" t="n">
-[...5 lines deleted...]
-      <c r="K11" s="92" t="inlineStr">
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE377Y07565</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E16" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F16" s="5" t="n">
+        <v>7804.21</v>
+      </c>
+      <c r="G16" s="6" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="H16" s="7" t="n">
+        <v>46899</v>
+      </c>
+      <c r="J16" s="5" t="n">
+        <v>7.075</v>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="L16" s="6" t="n">
+        <v>0.0081</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>India Infrastructure Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE787H08154</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="E17" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F17" s="5" t="n">
+        <v>7661.81</v>
+      </c>
+      <c r="G17" s="6" t="n">
+        <v>0.0196</v>
+      </c>
+      <c r="H17" s="7" t="n">
+        <v>46696</v>
+      </c>
+      <c r="J17" s="5" t="n">
+        <v>6.8375</v>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L17" s="6" t="n">
+        <v>0.0028</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08LX5</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E18" s="11" t="n">
+        <v>650</v>
+      </c>
+      <c r="F18" s="5" t="n">
+        <v>6612.45</v>
+      </c>
+      <c r="G18" s="6" t="n">
+        <v>0.0169</v>
+      </c>
+      <c r="H18" s="7" t="n">
+        <v>46769</v>
+      </c>
+      <c r="J18" s="5" t="n">
+        <v>6.8043</v>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L18" s="6" t="n">
+        <v>0.0074</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07MW4</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E19" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F19" s="5" t="n">
+        <v>5452.15</v>
+      </c>
+      <c r="G19" s="6" t="n">
+        <v>0.014</v>
+      </c>
+      <c r="H19" s="7" t="n">
+        <v>46781</v>
+      </c>
+      <c r="J19" s="5" t="n">
+        <v>7.03</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE514E08GE8</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E20" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F20" s="5" t="n">
+        <v>5409.52</v>
+      </c>
+      <c r="G20" s="6" t="n">
+        <v>0.0138</v>
+      </c>
+      <c r="H20" s="7" t="n">
+        <v>46961</v>
+      </c>
+      <c r="J20" s="5" t="n">
+        <v>6.7689</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EK5</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E21" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F21" s="5" t="n">
+        <v>5375.46</v>
+      </c>
+      <c r="G21" s="6" t="n">
+        <v>0.0138</v>
+      </c>
+      <c r="H21" s="7" t="n">
+        <v>46807</v>
+      </c>
+      <c r="J21" s="5" t="n">
+        <v>6.82</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE514E08GF5</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E22" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F22" s="5" t="n">
+        <v>5308.19</v>
+      </c>
+      <c r="G22" s="6" t="n">
+        <v>0.0136</v>
+      </c>
+      <c r="H22" s="7" t="n">
+        <v>47661</v>
+      </c>
+      <c r="J22" s="5" t="n">
+        <v>6.93</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FL9</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E23" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F23" s="5" t="n">
+        <v>5305.32</v>
+      </c>
+      <c r="G23" s="6" t="n">
+        <v>0.0136</v>
+      </c>
+      <c r="H23" s="7" t="n">
+        <v>47603</v>
+      </c>
+      <c r="J23" s="5" t="n">
+        <v>7.005</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07TL0</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E24" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F24" s="5" t="n">
+        <v>5248.12</v>
+      </c>
+      <c r="G24" s="6" t="n">
+        <v>0.0134</v>
+      </c>
+      <c r="H24" s="7" t="n">
+        <v>47662</v>
+      </c>
+      <c r="J24" s="5" t="n">
+        <v>7.365</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07RG6</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E25" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F25" s="5" t="n">
+        <v>5216.69</v>
+      </c>
+      <c r="G25" s="6" t="n">
+        <v>0.0134</v>
+      </c>
+      <c r="H25" s="7" t="n">
+        <v>47602</v>
+      </c>
+      <c r="J25" s="5" t="n">
+        <v>7.18</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08IT9</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E26" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F26" s="5" t="n">
+        <v>5190.11</v>
+      </c>
+      <c r="G26" s="6" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="H26" s="7" t="n">
+        <v>46438</v>
+      </c>
+      <c r="J26" s="5" t="n">
+        <v>6.76</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE514E08FP6</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E27" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F27" s="5" t="n">
+        <v>5184.82</v>
+      </c>
+      <c r="G27" s="6" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="H27" s="7" t="n">
+        <v>46602</v>
+      </c>
+      <c r="J27" s="5" t="n">
+        <v>6.695</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FF1</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
-      <c r="L11" s="7" t="n">
-[...4 lines deleted...]
-      <c r="A12" s="92" t="n">
+      <c r="E28" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F28" s="5" t="n">
+        <v>5182.92</v>
+      </c>
+      <c r="G28" s="6" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="H28" s="7" t="n">
+        <v>46630</v>
+      </c>
+      <c r="J28" s="5" t="n">
+        <v>6.795</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08EI8</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E29" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F29" s="5" t="n">
+        <v>5172.19</v>
+      </c>
+      <c r="G29" s="6" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="H29" s="7" t="n">
+        <v>46234</v>
+      </c>
+      <c r="J29" s="5" t="n">
+        <v>6.7999</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Tata Capital Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE033L07IO1</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E30" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F30" s="5" t="n">
+        <v>5161.86</v>
+      </c>
+      <c r="G30" s="6" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="H30" s="7" t="n">
+        <v>46589</v>
+      </c>
+      <c r="J30" s="5" t="n">
+        <v>7.055</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KS8</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E31" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F31" s="5" t="n">
+        <v>5146.3</v>
+      </c>
+      <c r="G31" s="6" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="H31" s="7" t="n">
+        <v>47175</v>
+      </c>
+      <c r="J31" s="5" t="n">
+        <v>6.985</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE053F07983</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E32" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F32" s="5" t="n">
+        <v>5144.68</v>
+      </c>
+      <c r="G32" s="6" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="H32" s="7" t="n">
+        <v>46465</v>
+      </c>
+      <c r="J32" s="5" t="n">
+        <v>6.76</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08LP1</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E33" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F33" s="5" t="n">
+        <v>5132.48</v>
+      </c>
+      <c r="G33" s="6" t="n">
+        <v>0.0131</v>
+      </c>
+      <c r="H33" s="7" t="n">
+        <v>46218</v>
+      </c>
+      <c r="J33" s="5" t="n">
+        <v>6.745</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Home Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE071G07728</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E34" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F34" s="5" t="n">
+        <v>5084.06</v>
+      </c>
+      <c r="G34" s="6" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="H34" s="7" t="n">
+        <v>46741</v>
+      </c>
+      <c r="J34" s="5" t="n">
+        <v>7.146</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07TF2</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E35" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F35" s="5" t="n">
+        <v>5078.41</v>
+      </c>
+      <c r="G35" s="6" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="H35" s="7" t="n">
+        <v>46731</v>
+      </c>
+      <c r="J35" s="5" t="n">
+        <v>7.16</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE514E08GD0</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E36" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F36" s="5" t="n">
+        <v>5063.34</v>
+      </c>
+      <c r="G36" s="6" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="H36" s="7" t="n">
+        <v>47465</v>
+      </c>
+      <c r="J36" s="5" t="n">
+        <v>6.87</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE403D08280</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E37" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F37" s="5" t="n">
+        <v>5009.07</v>
+      </c>
+      <c r="G37" s="6" t="n">
+        <v>0.0128</v>
+      </c>
+      <c r="H37" s="7" t="n">
+        <v>47102</v>
+      </c>
+      <c r="J37" s="5" t="n">
+        <v>7.51</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08EH0</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E38" s="11" t="n">
+        <v>3500</v>
+      </c>
+      <c r="F38" s="5" t="n">
+        <v>3773.73</v>
+      </c>
+      <c r="G38" s="6" t="n">
+        <v>0.0097</v>
+      </c>
+      <c r="H38" s="7" t="n">
+        <v>46843</v>
+      </c>
+      <c r="J38" s="5" t="n">
+        <v>6.7829</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08IR3</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E39" s="11" t="n">
+        <v>300</v>
+      </c>
+      <c r="F39" s="5" t="n">
+        <v>3113.12</v>
+      </c>
+      <c r="G39" s="6" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="H39" s="7" t="n">
+        <v>46407</v>
+      </c>
+      <c r="J39" s="5" t="n">
+        <v>6.7601</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07QW5</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E40" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F40" s="5" t="n">
+        <v>2704.38</v>
+      </c>
+      <c r="G40" s="6" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="H40" s="7" t="n">
+        <v>46794</v>
+      </c>
+      <c r="J40" s="5" t="n">
+        <v>7.04</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>National Housing Bank**</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE557F08GC8</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="E41" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F41" s="5" t="n">
+        <v>2698.75</v>
+      </c>
+      <c r="G41" s="6" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="H41" s="7" t="n">
+        <v>48033</v>
+      </c>
+      <c r="J41" s="5" t="n">
+        <v>7.03</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EM1</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E42" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F42" s="5" t="n">
+        <v>2679.22</v>
+      </c>
+      <c r="G42" s="6" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="H42" s="7" t="n">
+        <v>46836</v>
+      </c>
+      <c r="J42" s="5" t="n">
+        <v>6.8433</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KY6</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E43" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F43" s="5" t="n">
+        <v>2678.27</v>
+      </c>
+      <c r="G43" s="6" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="H43" s="7" t="n">
+        <v>47563</v>
+      </c>
+      <c r="J43" s="5" t="n">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>INE053F08411</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E44" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F44" s="5" t="n">
+        <v>2666.82</v>
+      </c>
+      <c r="G44" s="6" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H44" s="7" t="n">
+        <v>47330</v>
+      </c>
+      <c r="J44" s="5" t="n">
+        <v>6.9108</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INE414G07JB8</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E45" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F45" s="5" t="n">
+        <v>2661.24</v>
+      </c>
+      <c r="G45" s="6" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H45" s="7" t="n">
+        <v>46555</v>
+      </c>
+      <c r="J45" s="5" t="n">
+        <v>7.6217</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KX8</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E46" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F46" s="5" t="n">
+        <v>2639.06</v>
+      </c>
+      <c r="G46" s="6" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H46" s="7" t="n">
+        <v>47280</v>
+      </c>
+      <c r="J46" s="5" t="n">
+        <v>7.005</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>INE121A07RC3</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E47" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F47" s="5" t="n">
+        <v>2637.15</v>
+      </c>
+      <c r="G47" s="6" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H47" s="7" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J47" s="5" t="n">
+        <v>7.1374</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FA2</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E48" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F48" s="5" t="n">
+        <v>2636.5</v>
+      </c>
+      <c r="G48" s="6" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H48" s="7" t="n">
+        <v>46538</v>
+      </c>
+      <c r="J48" s="5" t="n">
+        <v>6.785</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>INE377Y07557</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E49" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F49" s="5" t="n">
+        <v>2624.62</v>
+      </c>
+      <c r="G49" s="6" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H49" s="7" t="n">
+        <v>46444</v>
+      </c>
+      <c r="J49" s="5" t="n">
+        <v>6.9257</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Tata Capital Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>INE033L07IC6</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E50" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F50" s="5" t="n">
+        <v>2609.16</v>
+      </c>
+      <c r="G50" s="6" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H50" s="7" t="n">
+        <v>46283</v>
+      </c>
+      <c r="J50" s="5" t="n">
+        <v>6.9049</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Tata Capital Limited**</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>INE306N07MX0</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E51" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F51" s="5" t="n">
+        <v>2608.6</v>
+      </c>
+      <c r="G51" s="6" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H51" s="7" t="n">
+        <v>46594</v>
+      </c>
+      <c r="J51" s="5" t="n">
+        <v>7.2092</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FU0</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E52" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F52" s="5" t="n">
+        <v>2601.51</v>
+      </c>
+      <c r="G52" s="6" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H52" s="7" t="n">
+        <v>47634</v>
+      </c>
+      <c r="J52" s="5" t="n">
+        <v>7.005</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="1" t="n">
+        <v>45</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08JE9</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E53" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F53" s="5" t="n">
+        <v>2590.66</v>
+      </c>
+      <c r="G53" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H53" s="7" t="n">
+        <v>46606</v>
+      </c>
+      <c r="J53" s="5" t="n">
+        <v>6.78</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="1" t="n">
+        <v>46</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08NS1</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E54" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F54" s="5" t="n">
+        <v>2585.18</v>
+      </c>
+      <c r="G54" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H54" s="7" t="n">
+        <v>46949</v>
+      </c>
+      <c r="J54" s="5" t="n">
+        <v>6.885</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="1" t="n">
+        <v>47</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07QY1</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E55" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F55" s="5" t="n">
+        <v>2570.05</v>
+      </c>
+      <c r="G55" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H55" s="7" t="n">
+        <v>47409</v>
+      </c>
+      <c r="J55" s="5" t="n">
+        <v>7.17</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08ND3</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E56" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F56" s="5" t="n">
+        <v>2569.57</v>
+      </c>
+      <c r="G56" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H56" s="7" t="n">
+        <v>48136</v>
+      </c>
+      <c r="J56" s="5" t="n">
+        <v>7.09</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="n">
+        <v>49</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KU4</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E57" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F57" s="5" t="n">
+        <v>2553.78</v>
+      </c>
+      <c r="G57" s="6" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H57" s="7" t="n">
+        <v>46916</v>
+      </c>
+      <c r="J57" s="5" t="n">
+        <v>6.8687</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Jio Credit Limited**</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>INE282H07034</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E58" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F58" s="5" t="n">
+        <v>2532.85</v>
+      </c>
+      <c r="G58" s="6" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H58" s="7" t="n">
+        <v>46673</v>
+      </c>
+      <c r="J58" s="5" t="n">
+        <v>7.1673</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="1" t="n">
+        <v>51</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Mindspace Business Parks Reit**</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>INE0CCU07181</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E59" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F59" s="5" t="n">
+        <v>2493.3</v>
+      </c>
+      <c r="G59" s="6" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H59" s="7" t="n">
+        <v>47095</v>
+      </c>
+      <c r="J59" s="5" t="n">
+        <v>7.2598</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="1" t="n">
+        <v>52</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>INE403D08298</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E60" s="11" t="n">
+        <v>750</v>
+      </c>
+      <c r="F60" s="5" t="n">
+        <v>751.17</v>
+      </c>
+      <c r="G60" s="6" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="H60" s="7" t="n">
+        <v>47150</v>
+      </c>
+      <c r="J60" s="5" t="n">
+        <v>7.5838</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="1" t="n">
+        <v>53</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>INE121A07QO0</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E61" s="11" t="n">
+        <v>50</v>
+      </c>
+      <c r="F61" s="5" t="n">
+        <v>524.6</v>
+      </c>
+      <c r="G61" s="6" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="H61" s="7" t="n">
+        <v>46140</v>
+      </c>
+      <c r="J61" s="5" t="n">
+        <v>7.1375</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="1" t="n">
+        <v>54</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>INE403D08306</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E62" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F62" s="5" t="n">
+        <v>501.36</v>
+      </c>
+      <c r="G62" s="6" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="H62" s="7" t="n">
+        <v>46722</v>
+      </c>
+      <c r="J62" s="5" t="n">
+        <v>7.49</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="8" t="n"/>
+      <c r="B63" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C63" s="8" t="n"/>
+      <c r="D63" s="8" t="n"/>
+      <c r="E63" s="8" t="n"/>
+      <c r="F63" s="9" t="n">
+        <v>253552.9</v>
+      </c>
+      <c r="G63" s="10" t="n">
+        <v>0.6493</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="B65" s="3" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="1" t="n">
+        <v>55</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>6.48% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250091</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E66" s="11" t="n">
+        <v>35000000</v>
+      </c>
+      <c r="F66" s="5" t="n">
+        <v>35233.06</v>
+      </c>
+      <c r="G66" s="6" t="n">
+        <v>0.0902</v>
+      </c>
+      <c r="H66" s="7" t="n">
+        <v>49588</v>
+      </c>
+      <c r="J66" s="5" t="n">
+        <v>6.5996</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="1" t="n">
+        <v>56</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>6.01% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250067</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E67" s="11" t="n">
+        <v>18500000</v>
+      </c>
+      <c r="F67" s="5" t="n">
+        <v>18769.7</v>
+      </c>
+      <c r="G67" s="6" t="n">
+        <v>0.0481</v>
+      </c>
+      <c r="H67" s="7" t="n">
+        <v>47685</v>
+      </c>
+      <c r="J67" s="5" t="n">
+        <v>6.3194</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="1" t="n">
+        <v>57</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>7.02% GOI 2031</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>IN0020240076</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E68" s="11" t="n">
+        <v>12500000</v>
+      </c>
+      <c r="F68" s="5" t="n">
+        <v>12837.94</v>
+      </c>
+      <c r="G68" s="6" t="n">
+        <v>0.0329</v>
+      </c>
+      <c r="H68" s="7" t="n">
+        <v>48017</v>
+      </c>
+      <c r="J68" s="5" t="n">
+        <v>6.4796</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="1" t="n">
+        <v>58</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>7.01% Gujarat SDL 2031</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>IN1520240111</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E69" s="11" t="n">
+        <v>12000000</v>
+      </c>
+      <c r="F69" s="5" t="n">
+        <v>12370.33</v>
+      </c>
+      <c r="G69" s="6" t="n">
+        <v>0.0317</v>
+      </c>
+      <c r="H69" s="7" t="n">
+        <v>47856</v>
+      </c>
+      <c r="J69" s="5" t="n">
+        <v>7.0773</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="1" t="n">
+        <v>59</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>7.18% GOI 2033</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230085</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E70" s="11" t="n">
+        <v>10000000</v>
+      </c>
+      <c r="F70" s="5" t="n">
+        <v>10590.79</v>
+      </c>
+      <c r="G70" s="6" t="n">
+        <v>0.0271</v>
+      </c>
+      <c r="H70" s="7" t="n">
+        <v>48805</v>
+      </c>
+      <c r="J70" s="5" t="n">
+        <v>6.6404</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="1" t="n">
+        <v>60</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>6.28% GOI 2032</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250059</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E71" s="11" t="n">
+        <v>6500000</v>
+      </c>
+      <c r="F71" s="5" t="n">
+        <v>6590.71</v>
+      </c>
+      <c r="G71" s="6" t="n">
+        <v>0.0169</v>
+      </c>
+      <c r="H71" s="7" t="n">
+        <v>48409</v>
+      </c>
+      <c r="J71" s="5" t="n">
+        <v>6.5687</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="1" t="n">
+        <v>61</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>8.51% GOI FRB 2033</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>IN0020200120</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E72" s="11" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F72" s="5" t="n">
+        <v>5256.44</v>
+      </c>
+      <c r="G72" s="6" t="n">
+        <v>0.0135</v>
+      </c>
+      <c r="H72" s="7" t="n">
+        <v>48844</v>
+      </c>
+      <c r="J72" s="5" t="n">
+        <v>6.1534</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="1" t="n">
+        <v>62</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>7.17% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230036</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E73" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F73" s="5" t="n">
+        <v>2615.34</v>
+      </c>
+      <c r="G73" s="6" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H73" s="7" t="n">
+        <v>47590</v>
+      </c>
+      <c r="J73" s="5" t="n">
+        <v>6.3201</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="1" t="n">
+        <v>63</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>6.88% Uttar Pradesh SDL 2031</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>IN3320200279</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E74" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F74" s="5" t="n">
+        <v>2545.95</v>
+      </c>
+      <c r="G74" s="6" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H74" s="7" t="n">
+        <v>47882</v>
+      </c>
+      <c r="J74" s="5" t="n">
+        <v>7.1133</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="8" t="n"/>
+      <c r="B75" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C75" s="8" t="n"/>
+      <c r="D75" s="8" t="n"/>
+      <c r="E75" s="8" t="n"/>
+      <c r="F75" s="9" t="n">
+        <v>106810.26</v>
+      </c>
+      <c r="G75" s="10" t="n">
+        <v>0.2736</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="B77" s="3" t="inlineStr">
+        <is>
+          <t>Securitised Debt</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="1" t="n">
+        <v>64</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>India Universal Trust**</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>INE16J715035</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="E78" s="11" t="n">
+        <v>155</v>
+      </c>
+      <c r="F78" s="5" t="n">
+        <v>14341.23</v>
+      </c>
+      <c r="G78" s="6" t="n">
+        <v>0.0367</v>
+      </c>
+      <c r="H78" s="7" t="n">
+        <v>47746</v>
+      </c>
+      <c r="J78" s="5" t="n">
+        <v>7.9599</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="8" t="n"/>
+      <c r="B79" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C79" s="8" t="n"/>
+      <c r="D79" s="8" t="n"/>
+      <c r="E79" s="8" t="n"/>
+      <c r="F79" s="9" t="n">
+        <v>14341.23</v>
+      </c>
+      <c r="G79" s="10" t="n">
+        <v>0.0367</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="B81" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="B82" s="3" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="1" t="n">
+        <v>65</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HY1</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E83" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F83" s="5" t="n">
+        <v>9449</v>
+      </c>
+      <c r="G83" s="6" t="n">
+        <v>0.0242</v>
+      </c>
+      <c r="H83" s="7" t="n">
+        <v>46345</v>
+      </c>
+      <c r="J83" s="5" t="n">
+        <v>6.61</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="1" t="n">
+        <v>66</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16II2</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E84" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F84" s="5" t="n">
+        <v>2349.39</v>
+      </c>
+      <c r="G84" s="6" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="H84" s="7" t="n">
+        <v>46377</v>
+      </c>
+      <c r="J84" s="5" t="n">
+        <v>6.61</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="8" t="n"/>
+      <c r="B85" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C85" s="8" t="n"/>
+      <c r="D85" s="8" t="n"/>
+      <c r="E85" s="8" t="n"/>
+      <c r="F85" s="9" t="n">
+        <v>11798.39</v>
+      </c>
+      <c r="G85" s="10" t="n">
+        <v>0.0302</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="1" t="n">
+        <v>67</v>
+      </c>
+      <c r="B87" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F87" s="5" t="n">
+        <v>2990.82</v>
+      </c>
+      <c r="G87" s="6" t="n">
+        <v>0.0076</v>
+      </c>
+      <c r="H87" s="7" t="n">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="8" t="n"/>
+      <c r="B88" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C88" s="8" t="n"/>
+      <c r="D88" s="8" t="n"/>
+      <c r="E88" s="8" t="n"/>
+      <c r="F88" s="9" t="n">
+        <v>2990.82</v>
+      </c>
+      <c r="G88" s="10" t="n">
+        <v>0.0076</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="B90" s="3" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="1" t="n">
+        <v>68</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E91" s="11" t="n">
+        <v>9414.218000000001</v>
+      </c>
+      <c r="F91" s="5" t="n">
+        <v>1087.7</v>
+      </c>
+      <c r="G91" s="6" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J91" s="5" t="n"/>
+    </row>
+    <row r="92">
+      <c r="A92" s="8" t="n"/>
+      <c r="B92" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C92" s="8" t="n"/>
+      <c r="D92" s="8" t="n"/>
+      <c r="E92" s="8" t="n"/>
+      <c r="F92" s="9" t="n">
+        <v>1087.7</v>
+      </c>
+      <c r="G92" s="10" t="n">
+        <v>0.0028</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="B94" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="95">
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E95" s="11" t="n"/>
+      <c r="F95" s="5" t="n">
+        <v>14.67</v>
+      </c>
+      <c r="G95" s="6" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="J95" s="5" t="n"/>
+    </row>
+    <row r="96">
+      <c r="A96" s="8" t="n"/>
+      <c r="B96" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C96" s="8" t="n"/>
+      <c r="D96" s="8" t="n"/>
+      <c r="E96" s="8" t="n"/>
+      <c r="F96" s="9" t="n">
+        <v>14.67</v>
+      </c>
+      <c r="G96" s="10" t="n">
+        <v>-0.0002</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="4" t="n"/>
+      <c r="B98" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C98" s="4" t="n"/>
+      <c r="D98" s="4" t="n"/>
+      <c r="E98" s="4" t="n"/>
+      <c r="F98" s="12" t="n">
+        <v>390595.97</v>
+      </c>
+      <c r="G98" s="13" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" ht="40.5" customHeight="1" s="74">
+      <c r="A101" s="15" t="n">
+        <v>2</v>
+      </c>
+      <c r="B101" s="15" t="inlineStr">
+        <is>
+          <t>As on December 31, 2025, the aggregate investments by the schemes of DSP Mutual Fund in DSP Short Term Fund is ₹ 46,182.57 Lakhs.</t>
+        </is>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="15" t="n">
+        <v>3</v>
+      </c>
+      <c r="B102" s="15" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" ht="27" customHeight="1" s="74">
+      <c r="A103" s="15" t="n">
         <v>4</v>
       </c>
-      <c r="B12" s="92" t="inlineStr">
-[...44 lines deleted...]
-      <c r="A13" s="92" t="n">
+      <c r="B103" s="15" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" ht="59.15" customHeight="1" s="74">
+      <c r="A104" s="15" t="n">
         <v>5</v>
       </c>
-      <c r="B13" s="92" t="inlineStr">
-[...2456 lines deleted...]
-      <c r="B102" s="69" t="inlineStr">
+      <c r="B104" s="75" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
     </row>
-    <row r="103">
-[...1 lines deleted...]
-      <c r="B103" s="47" t="inlineStr">
+    <row r="105">
+      <c r="A105" s="15" t="n"/>
+      <c r="B105" s="62" t="n"/>
+      <c r="C105" s="63" t="n"/>
+      <c r="D105" s="60" t="n"/>
+      <c r="E105" s="61" t="n"/>
+    </row>
+    <row r="106">
+      <c r="A106" s="15" t="n"/>
+      <c r="B106" s="44" t="inlineStr">
         <is>
           <t>Disclosure in Derivatives</t>
         </is>
       </c>
-      <c r="C103" s="47" t="inlineStr">
+      <c r="C106" s="44" t="inlineStr">
         <is>
           <t>Industry</t>
         </is>
       </c>
-      <c r="D103" s="47" t="inlineStr">
+      <c r="D106" s="44" t="inlineStr">
         <is>
           <t>Notional Value</t>
         </is>
       </c>
-      <c r="E103" s="47" t="inlineStr">
+      <c r="E106" s="44" t="inlineStr">
         <is>
           <t>% To net assets</t>
         </is>
       </c>
     </row>
-    <row r="104">
-[...1 lines deleted...]
-      <c r="B104" s="52" t="inlineStr">
+    <row r="107">
+      <c r="A107" s="15" t="n"/>
+      <c r="B107" s="57" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C104" s="53" t="inlineStr">
+      <c r="C107" s="58" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D104" s="50" t="n">
+      <c r="D107" s="47" t="n">
         <v>1000000000</v>
       </c>
-      <c r="E104" s="54" t="n">
+      <c r="E107" s="59" t="n">
         <v>0</v>
       </c>
     </row>
-    <row r="106" ht="27" customHeight="1" s="68">
-[...10 lines deleted...]
-      <c r="B108" s="91" t="inlineStr">
+    <row r="108">
+      <c r="A108" s="15" t="n"/>
+      <c r="B108" s="15" t="n"/>
+    </row>
+    <row r="109">
+      <c r="A109" s="15" t="n"/>
+      <c r="B109" s="15" t="n"/>
+    </row>
+    <row r="110" ht="14.5" customHeight="1" s="74">
+      <c r="B110" s="95" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="120" ht="14.5" customHeight="1" s="68">
-      <c r="B120" s="91" t="inlineStr">
+    <row r="122" ht="14.5" customHeight="1" s="74">
+      <c r="B122" s="95" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Short Duration Debt A-II Index</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="B135" s="16" t="n"/>
       <c r="C135" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="B136" s="16" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
       <c r="C136" s="18" t="inlineStr">
         <is>
           <t>DSP Short Term Fund</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="B137" s="16" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
       <c r="C137" s="19" t="n"/>
     </row>
     <row r="138">
       <c r="B138" s="16" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
       <c r="C138" s="20" t="n">
-        <v>0.0692</v>
+        <v>0.06950000000000001</v>
       </c>
     </row>
     <row r="139">
       <c r="B139" s="16" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
       <c r="C139" s="19" t="n">
-        <v>2.94</v>
+        <v>2.93</v>
       </c>
     </row>
     <row r="140">
       <c r="B140" s="16" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C140" s="19" t="n">
-        <v>3.61</v>
+      <c r="C140" s="100" t="n">
+        <v>3.6</v>
       </c>
     </row>
     <row r="141">
       <c r="B141" s="16" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
       <c r="C141" s="21" t="n">
-        <v>46006</v>
+        <v>46022</v>
       </c>
     </row>
     <row r="142">
       <c r="B142" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
       <c r="C142" s="18" t="n"/>
+    </row>
+    <row r="145" ht="14.5" customHeight="1" s="74">
+      <c r="B145" s="72" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="B102:G102"/>
+    <mergeCell ref="B104:G104"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>