--- v4 (2026-01-11)
+++ v5 (2026-02-16)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="883" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="14880" tabRatio="917" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="SHORT" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
   <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -107,75 +107,73 @@
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
-    </font>
-[...6 lines deleted...]
-      <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -335,66 +333,65 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="101">
+  <cellXfs count="107">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -405,245 +402,266 @@
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...9 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -692,116 +710,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>111</row>
+      <row>110</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>120</row>
-      <rowOff>31749</rowOff>
+      <row>119</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="19113500"/>
+          <a:off x="457200" y="18942050"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
       <row>123</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
       <row>132</row>
-      <rowOff>31751</rowOff>
+      <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="21526500"/>
+          <a:off x="457200" y="21355050"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1043,85 +1061,85 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr codeName="Sheet5">
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L145"/>
+  <dimension ref="A1:L142"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7109375" defaultRowHeight="15"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...4 lines deleted...]
-    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="6.5703125" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="51.5703125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="20.28515625" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="16" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="15.5703125" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.85546875" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
-    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
-[...4 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="12.5703125" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14.85546875" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.5703125" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30.140625" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.5703125" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7109375" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="18.75" customHeight="1" s="83">
+      <c r="A1" s="82" t="n"/>
+      <c r="B1" s="82" t="inlineStr">
         <is>
           <t>DSP Short Term Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="3" t="inlineStr">
         <is>
-          <t>Portfolio as on December 31, 2025</t>
+          <t>Portfolio as on January 31, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
@@ -1187,2870 +1205,2884 @@
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Bharti Telecom Limited**</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE403D08272</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E9" s="11" t="n">
         <v>15000</v>
       </c>
       <c r="F9" s="5" t="n">
-        <v>15195.04</v>
+        <v>15232.95</v>
       </c>
       <c r="G9" s="6" t="n">
-        <v>0.0389</v>
+        <v>0.0413</v>
       </c>
       <c r="H9" s="7" t="n">
         <v>46675</v>
       </c>
       <c r="J9" s="5" t="n">
-        <v>7.4899</v>
+        <v>7.73</v>
       </c>
       <c r="K9" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="L9" s="6" t="n">
-        <v>0.5384</v>
+        <v>0.5463</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="n">
         <v>2</v>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE261F08EO7</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E10" s="11" t="n">
         <v>12500</v>
       </c>
       <c r="F10" s="5" t="n">
-        <v>12940.06</v>
+        <v>12935.31</v>
       </c>
       <c r="G10" s="6" t="n">
-        <v>0.0331</v>
+        <v>0.0351</v>
       </c>
       <c r="H10" s="7" t="n">
         <v>47011</v>
       </c>
       <c r="J10" s="5" t="n">
-        <v>6.9119</v>
+        <v>7.1796</v>
       </c>
       <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L10" s="6" t="n">
-        <v>0.2736</v>
+        <v>0.2521</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="n">
         <v>3</v>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>INE296A07TJ4</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E11" s="11" t="n">
         <v>10000</v>
       </c>
       <c r="F11" s="5" t="n">
-        <v>10537.83</v>
+        <v>10545.14</v>
       </c>
       <c r="G11" s="6" t="n">
-        <v>0.027</v>
+        <v>0.0286</v>
       </c>
       <c r="H11" s="7" t="n">
         <v>46930</v>
       </c>
       <c r="J11" s="5" t="n">
-        <v>7.26</v>
+        <v>7.52</v>
       </c>
       <c r="K11" s="1" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
       <c r="L11" s="6" t="n">
-        <v>0.0463</v>
+        <v>0.0489</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="n">
         <v>4</v>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Muthoot Finance Limited**</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>INE414G07IF1</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>CRISIL AA+</t>
         </is>
       </c>
       <c r="E12" s="11" t="n">
         <v>8500</v>
       </c>
       <c r="F12" s="5" t="n">
-        <v>9059.530000000001</v>
+        <v>9080.629999999999</v>
       </c>
       <c r="G12" s="6" t="n">
-        <v>0.0232</v>
+        <v>0.0246</v>
       </c>
       <c r="H12" s="7" t="n">
         <v>46867</v>
       </c>
       <c r="I12" s="1" t="inlineStr">
         <is>
           <t>PU - 25-May-2026</t>
         </is>
       </c>
       <c r="J12" s="5" t="n">
-        <v>7.77</v>
+        <v>7.9862</v>
       </c>
       <c r="K12" s="1" t="inlineStr">
         <is>
           <t>IND AAA(SO)</t>
         </is>
       </c>
       <c r="L12" s="6" t="n">
-        <v>0.0367</v>
+        <v>0.0384</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="n">
         <v>5</v>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development</t>
+          <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>INE261F08EG3</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E13" s="11" t="n">
         <v>7500</v>
       </c>
       <c r="F13" s="5" t="n">
-        <v>8035.12</v>
+        <v>8017.34</v>
       </c>
       <c r="G13" s="6" t="n">
-        <v>0.0206</v>
+        <v>0.0217</v>
       </c>
       <c r="H13" s="7" t="n">
         <v>47238</v>
       </c>
       <c r="J13" s="5" t="n">
-        <v>6.98</v>
+        <v>7.28</v>
       </c>
       <c r="K13" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="L13" s="6" t="n">
-        <v>0.0302</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="n">
         <v>6</v>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>INE053F07AA7</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E14" s="11" t="n">
         <v>750</v>
       </c>
       <c r="F14" s="5" t="n">
-        <v>7970.17</v>
+        <v>7976.26</v>
       </c>
       <c r="G14" s="6" t="n">
-        <v>0.0204</v>
+        <v>0.0216</v>
       </c>
       <c r="H14" s="7" t="n">
         <v>46535</v>
       </c>
       <c r="J14" s="5" t="n">
-        <v>6.765</v>
+        <v>7.1812</v>
       </c>
       <c r="K14" s="1" t="inlineStr">
         <is>
           <t>CRISIL AA+</t>
         </is>
       </c>
       <c r="L14" s="6" t="n">
-        <v>0.03</v>
+        <v>0.0318</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="n">
         <v>7</v>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Jamnagar Utilities &amp; Power Private Limited**</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>INE936D07182</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E15" s="11" t="n">
         <v>7500</v>
       </c>
       <c r="F15" s="5" t="n">
-        <v>7866.34</v>
+        <v>7859.72</v>
       </c>
       <c r="G15" s="6" t="n">
-        <v>0.0201</v>
+        <v>0.0213</v>
       </c>
       <c r="H15" s="7" t="n">
         <v>46975</v>
       </c>
       <c r="J15" s="5" t="n">
-        <v>7.105</v>
+        <v>7.415</v>
       </c>
       <c r="K15" s="1" t="inlineStr">
         <is>
           <t>IND AAA</t>
         </is>
       </c>
       <c r="L15" s="6" t="n">
-        <v>0.0265</v>
+        <v>0.0275</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="n">
         <v>8</v>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Bajaj Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>INE377Y07565</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E16" s="11" t="n">
         <v>7500</v>
       </c>
       <c r="F16" s="5" t="n">
-        <v>7804.21</v>
+        <v>7805.18</v>
       </c>
       <c r="G16" s="6" t="n">
-        <v>0.02</v>
+        <v>0.0212</v>
       </c>
       <c r="H16" s="7" t="n">
         <v>46899</v>
       </c>
       <c r="J16" s="5" t="n">
-        <v>7.075</v>
+        <v>7.3625</v>
       </c>
       <c r="K16" s="1" t="inlineStr">
         <is>
           <t>ICRA AA+</t>
         </is>
       </c>
       <c r="L16" s="6" t="n">
-        <v>0.0081</v>
+        <v>0.0206</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="n">
         <v>9</v>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>India Infrastructure Finance Company Limited**</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>INE787H08154</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>IND AAA</t>
         </is>
       </c>
       <c r="E17" s="11" t="n">
         <v>7500</v>
       </c>
       <c r="F17" s="5" t="n">
-        <v>7661.81</v>
+        <v>7651.64</v>
       </c>
       <c r="G17" s="6" t="n">
-        <v>0.0196</v>
+        <v>0.0207</v>
       </c>
       <c r="H17" s="7" t="n">
         <v>46696</v>
       </c>
       <c r="J17" s="5" t="n">
-        <v>6.8375</v>
+        <v>7.2775</v>
       </c>
       <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
       <c r="L17" s="6" t="n">
-        <v>0.0028</v>
+        <v>0.003</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="n">
         <v>10</v>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Power Finance Corporation Limited</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>INE134E08LX5</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E18" s="11" t="n">
         <v>650</v>
       </c>
       <c r="F18" s="5" t="n">
-        <v>6612.45</v>
+        <v>6615.07</v>
       </c>
       <c r="G18" s="6" t="n">
-        <v>0.0169</v>
+        <v>0.0179</v>
       </c>
       <c r="H18" s="7" t="n">
         <v>46769</v>
       </c>
       <c r="J18" s="5" t="n">
-        <v>6.8043</v>
+        <v>7.1</v>
       </c>
       <c r="K18" s="1" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L18" s="6" t="n">
-        <v>0.0074</v>
+        <v>-0.0005999999999999999</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="n">
         <v>11</v>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>LIC Housing Finance Limited</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>INE115A07MW4</t>
+          <t>INE020B08FL9</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E19" s="11" t="n">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="F19" s="5" t="n">
-        <v>5452.15</v>
+        <v>5287.65</v>
       </c>
       <c r="G19" s="6" t="n">
-        <v>0.014</v>
+        <v>0.0143</v>
       </c>
       <c r="H19" s="7" t="n">
-        <v>46781</v>
+        <v>47603</v>
       </c>
       <c r="J19" s="5" t="n">
-        <v>7.03</v>
+        <v>7.275</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="n">
         <v>12</v>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Export-Import Bank of India</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>INE514E08GE8</t>
+          <t>INE514E08GF5</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E20" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F20" s="5" t="n">
-        <v>5409.52</v>
+        <v>5277.88</v>
       </c>
       <c r="G20" s="6" t="n">
-        <v>0.0138</v>
+        <v>0.0143</v>
       </c>
       <c r="H20" s="7" t="n">
-        <v>46961</v>
+        <v>47661</v>
       </c>
       <c r="J20" s="5" t="n">
-        <v>6.7689</v>
+        <v>7.26</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="n">
         <v>13</v>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development</t>
+          <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>INE261F08EK5</t>
+          <t>INE296A07TL0</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E21" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F21" s="5" t="n">
-        <v>5375.46</v>
+        <v>5233.49</v>
       </c>
       <c r="G21" s="6" t="n">
-        <v>0.0138</v>
+        <v>0.0142</v>
       </c>
       <c r="H21" s="7" t="n">
-        <v>46807</v>
+        <v>47662</v>
       </c>
       <c r="J21" s="5" t="n">
-        <v>6.82</v>
+        <v>7.62</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="n">
         <v>14</v>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Export-Import Bank of India**</t>
+          <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>INE514E08GF5</t>
+          <t>INE115A07RG6</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E22" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F22" s="5" t="n">
-        <v>5308.19</v>
+        <v>5207.85</v>
       </c>
       <c r="G22" s="6" t="n">
-        <v>0.0136</v>
+        <v>0.0141</v>
       </c>
       <c r="H22" s="7" t="n">
-        <v>47661</v>
+        <v>47602</v>
       </c>
       <c r="J22" s="5" t="n">
-        <v>6.93</v>
+        <v>7.405</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="n">
         <v>15</v>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>INE020B08FL9</t>
+          <t>INE134E08IT9</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E23" s="11" t="n">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="F23" s="5" t="n">
-        <v>5305.32</v>
+        <v>5196.19</v>
       </c>
       <c r="G23" s="6" t="n">
-        <v>0.0136</v>
+        <v>0.0141</v>
       </c>
       <c r="H23" s="7" t="n">
-        <v>47603</v>
+        <v>46438</v>
       </c>
       <c r="J23" s="5" t="n">
-        <v>7.005</v>
+        <v>7.23</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="n">
         <v>16</v>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited**</t>
+          <t>Export-Import Bank of India**</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>INE296A07TL0</t>
+          <t>INE514E08FP6</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E24" s="11" t="n">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="F24" s="5" t="n">
-        <v>5248.12</v>
+        <v>5190.05</v>
       </c>
       <c r="G24" s="6" t="n">
-        <v>0.0134</v>
+        <v>0.0141</v>
       </c>
       <c r="H24" s="7" t="n">
-        <v>47662</v>
+        <v>46602</v>
       </c>
       <c r="J24" s="5" t="n">
-        <v>7.365</v>
+        <v>7.03</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="n">
         <v>17</v>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>LIC Housing Finance Limited**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>INE115A07RG6</t>
+          <t>INE020B08EI8</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E25" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F25" s="5" t="n">
-        <v>5216.69</v>
+        <v>5187.35</v>
       </c>
       <c r="G25" s="6" t="n">
-        <v>0.0134</v>
+        <v>0.0141</v>
       </c>
       <c r="H25" s="7" t="n">
-        <v>47602</v>
+        <v>46234</v>
       </c>
       <c r="J25" s="5" t="n">
-        <v>7.18</v>
+        <v>7.355</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="n">
         <v>18</v>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>INE134E08IT9</t>
+          <t>INE020B08FF1</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E26" s="11" t="n">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="F26" s="5" t="n">
-        <v>5190.11</v>
+        <v>5185.18</v>
       </c>
       <c r="G26" s="6" t="n">
-        <v>0.0133</v>
+        <v>0.0141</v>
       </c>
       <c r="H26" s="7" t="n">
-        <v>46438</v>
+        <v>46630</v>
       </c>
       <c r="J26" s="5" t="n">
-        <v>6.76</v>
+        <v>7.16</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="n">
         <v>19</v>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Export-Import Bank of India**</t>
+          <t>Tata Capital Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>INE514E08FP6</t>
+          <t>INE033L07IO1</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E27" s="11" t="n">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="F27" s="5" t="n">
-        <v>5184.82</v>
+        <v>5172.56</v>
       </c>
       <c r="G27" s="6" t="n">
-        <v>0.0133</v>
+        <v>0.014</v>
       </c>
       <c r="H27" s="7" t="n">
-        <v>46602</v>
+        <v>46589</v>
       </c>
       <c r="J27" s="5" t="n">
-        <v>6.695</v>
+        <v>7.34</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="n">
         <v>20</v>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>INE020B08FF1</t>
+          <t>INE053F07983</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E28" s="11" t="n">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="F28" s="5" t="n">
-        <v>5182.92</v>
+        <v>5151.08</v>
       </c>
       <c r="G28" s="6" t="n">
-        <v>0.0133</v>
+        <v>0.014</v>
       </c>
       <c r="H28" s="7" t="n">
-        <v>46630</v>
+        <v>46465</v>
       </c>
       <c r="J28" s="5" t="n">
-        <v>6.795</v>
+        <v>7.1812</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="n">
         <v>21</v>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Small Industries Development Bank of India</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>INE020B08EI8</t>
+          <t>INE556F08KS8</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E29" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F29" s="5" t="n">
-        <v>5172.19</v>
+        <v>5135.52</v>
       </c>
       <c r="G29" s="6" t="n">
-        <v>0.0132</v>
+        <v>0.0139</v>
       </c>
       <c r="H29" s="7" t="n">
-        <v>46234</v>
+        <v>47175</v>
       </c>
       <c r="J29" s="5" t="n">
-        <v>6.7999</v>
+        <v>7.2858</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="n">
         <v>22</v>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tata Capital Housing Finance Limited**</t>
+          <t>ICICI Home Finance Company Limited**</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>INE033L07IO1</t>
+          <t>INE071G07728</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E30" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F30" s="5" t="n">
-        <v>5161.86</v>
+        <v>5093.38</v>
       </c>
       <c r="G30" s="6" t="n">
-        <v>0.0132</v>
+        <v>0.0138</v>
       </c>
       <c r="H30" s="7" t="n">
-        <v>46589</v>
+        <v>46741</v>
       </c>
       <c r="J30" s="5" t="n">
-        <v>7.055</v>
+        <v>7.385</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="n">
         <v>23</v>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>INE556F08KS8</t>
+          <t>INE296A07TF2</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E31" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F31" s="5" t="n">
-        <v>5146.3</v>
+        <v>5079.13</v>
       </c>
       <c r="G31" s="6" t="n">
-        <v>0.0132</v>
+        <v>0.0138</v>
       </c>
       <c r="H31" s="7" t="n">
-        <v>47175</v>
+        <v>46731</v>
       </c>
       <c r="J31" s="5" t="n">
-        <v>6.985</v>
+        <v>7.505</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="n">
         <v>24</v>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Indian Railway Finance Corporation Limited**</t>
+          <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>INE053F07983</t>
+          <t>INE115A07MW4</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E32" s="11" t="n">
         <v>500</v>
       </c>
       <c r="F32" s="5" t="n">
-        <v>5144.68</v>
+        <v>5062.35</v>
       </c>
       <c r="G32" s="6" t="n">
-        <v>0.0132</v>
+        <v>0.0137</v>
       </c>
       <c r="H32" s="7" t="n">
-        <v>46465</v>
+        <v>46781</v>
       </c>
       <c r="J32" s="5" t="n">
-        <v>6.76</v>
+        <v>7.29</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="n">
         <v>25</v>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Export-Import Bank of India**</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>INE134E08LP1</t>
+          <t>INE514E08GE8</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E33" s="11" t="n">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="F33" s="5" t="n">
-        <v>5132.48</v>
+        <v>5043.03</v>
       </c>
       <c r="G33" s="6" t="n">
-        <v>0.0131</v>
+        <v>0.0137</v>
       </c>
       <c r="H33" s="7" t="n">
-        <v>46218</v>
+        <v>46961</v>
       </c>
       <c r="J33" s="5" t="n">
-        <v>6.745</v>
+        <v>7.0283</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="n">
         <v>26</v>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>ICICI Home Finance Company Limited**</t>
+          <t>Export-Import Bank of India**</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>INE071G07728</t>
+          <t>INE514E08GD0</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E34" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F34" s="5" t="n">
-        <v>5084.06</v>
+        <v>5036.83</v>
       </c>
       <c r="G34" s="6" t="n">
-        <v>0.013</v>
+        <v>0.0136</v>
       </c>
       <c r="H34" s="7" t="n">
-        <v>46741</v>
+        <v>47465</v>
       </c>
       <c r="J34" s="5" t="n">
-        <v>7.146</v>
+        <v>7.2049</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="n">
         <v>27</v>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited**</t>
+          <t>Bharti Telecom Limited**</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>INE296A07TF2</t>
+          <t>INE403D08280</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E35" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F35" s="5" t="n">
-        <v>5078.41</v>
+        <v>5017.24</v>
       </c>
       <c r="G35" s="6" t="n">
-        <v>0.013</v>
+        <v>0.0136</v>
       </c>
       <c r="H35" s="7" t="n">
-        <v>46731</v>
+        <v>47102</v>
       </c>
       <c r="J35" s="5" t="n">
-        <v>7.16</v>
+        <v>7.6925</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="n">
         <v>28</v>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Export-Import Bank of India**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>INE514E08GD0</t>
+          <t>INE020B08EH0</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E36" s="11" t="n">
-        <v>5000</v>
+        <v>3500</v>
       </c>
       <c r="F36" s="5" t="n">
-        <v>5063.34</v>
+        <v>3776.49</v>
       </c>
       <c r="G36" s="6" t="n">
-        <v>0.013</v>
+        <v>0.0102</v>
       </c>
       <c r="H36" s="7" t="n">
-        <v>47465</v>
+        <v>46843</v>
       </c>
       <c r="J36" s="5" t="n">
-        <v>6.87</v>
+        <v>7.0483</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="n">
         <v>29</v>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bharti Telecom Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>INE403D08280</t>
+          <t>INE134E08IR3</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E37" s="11" t="n">
-        <v>5000</v>
+        <v>300</v>
       </c>
       <c r="F37" s="5" t="n">
-        <v>5009.07</v>
+        <v>3008.27</v>
       </c>
       <c r="G37" s="6" t="n">
-        <v>0.0128</v>
+        <v>0.008200000000000001</v>
       </c>
       <c r="H37" s="7" t="n">
-        <v>47102</v>
+        <v>46407</v>
       </c>
       <c r="J37" s="5" t="n">
-        <v>7.51</v>
+        <v>7.26</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="n">
         <v>30</v>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>INE020B08EH0</t>
+          <t>INE115A07QW5</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E38" s="11" t="n">
-        <v>3500</v>
+        <v>2500</v>
       </c>
       <c r="F38" s="5" t="n">
-        <v>3773.73</v>
+        <v>2708.53</v>
       </c>
       <c r="G38" s="6" t="n">
-        <v>0.0097</v>
+        <v>0.0073</v>
       </c>
       <c r="H38" s="7" t="n">
-        <v>46843</v>
+        <v>46794</v>
       </c>
       <c r="J38" s="5" t="n">
-        <v>6.7829</v>
+        <v>7.29</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="n">
         <v>31</v>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>INE134E08IR3</t>
+          <t>INE020B08EA5</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E39" s="11" t="n">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="F39" s="5" t="n">
-        <v>3113.12</v>
+        <v>2682.22</v>
       </c>
       <c r="G39" s="6" t="n">
-        <v>0.008</v>
+        <v>0.0073</v>
       </c>
       <c r="H39" s="7" t="n">
-        <v>46407</v>
+        <v>46843</v>
       </c>
       <c r="J39" s="5" t="n">
-        <v>6.7601</v>
+        <v>7.0483</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="n">
         <v>32</v>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>LIC Housing Finance Limited</t>
+          <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>INE115A07QW5</t>
+          <t>INE261F08EM1</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E40" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F40" s="5" t="n">
-        <v>2704.38</v>
+        <v>2678.72</v>
       </c>
       <c r="G40" s="6" t="n">
-        <v>0.0069</v>
+        <v>0.0073</v>
       </c>
       <c r="H40" s="7" t="n">
-        <v>46794</v>
+        <v>46836</v>
       </c>
       <c r="J40" s="5" t="n">
-        <v>7.04</v>
+        <v>7.1643</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="n">
         <v>33</v>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>National Housing Bank**</t>
+          <t>Muthoot Finance Limited**</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>INE557F08GC8</t>
+          <t>INE414G07JB8</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
-          <t>IND AAA</t>
+          <t>CRISIL AA+</t>
         </is>
       </c>
       <c r="E41" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F41" s="5" t="n">
-        <v>2698.75</v>
+        <v>2669.97</v>
       </c>
       <c r="G41" s="6" t="n">
-        <v>0.0069</v>
+        <v>0.0072</v>
       </c>
       <c r="H41" s="7" t="n">
-        <v>48033</v>
+        <v>46555</v>
       </c>
       <c r="J41" s="5" t="n">
-        <v>7.03</v>
+        <v>7.8689</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="n">
         <v>34</v>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>INE261F08EM1</t>
+          <t>INE556F08KY6</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E42" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F42" s="5" t="n">
-        <v>2679.22</v>
+        <v>2666.19</v>
       </c>
       <c r="G42" s="6" t="n">
-        <v>0.0069</v>
+        <v>0.0072</v>
       </c>
       <c r="H42" s="7" t="n">
-        <v>46836</v>
+        <v>47563</v>
       </c>
       <c r="J42" s="5" t="n">
-        <v>6.8433</v>
+        <v>7.315</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="n">
         <v>35</v>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>INE556F08KY6</t>
+          <t>INE053F08411</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E43" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F43" s="5" t="n">
-        <v>2678.27</v>
+        <v>2659.94</v>
       </c>
       <c r="G43" s="6" t="n">
-        <v>0.0069</v>
+        <v>0.0072</v>
       </c>
       <c r="H43" s="7" t="n">
-        <v>47563</v>
+        <v>47330</v>
       </c>
       <c r="J43" s="5" t="n">
-        <v>7</v>
+        <v>7.2025</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="n">
         <v>36</v>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Indian Railway Finance Corporation Limited**</t>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>INE053F08411</t>
+          <t>INE121A07RC3</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AA+</t>
         </is>
       </c>
       <c r="E44" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F44" s="5" t="n">
-        <v>2666.82</v>
+        <v>2647.97</v>
       </c>
       <c r="G44" s="6" t="n">
-        <v>0.0068</v>
+        <v>0.0072</v>
       </c>
       <c r="H44" s="7" t="n">
-        <v>47330</v>
+        <v>46157</v>
       </c>
       <c r="J44" s="5" t="n">
-        <v>6.9108</v>
+        <v>7.8</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="n">
         <v>37</v>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Muthoot Finance Limited**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>INE414G07JB8</t>
+          <t>INE020B08FA2</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AA+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E45" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F45" s="5" t="n">
-        <v>2661.24</v>
+        <v>2639.59</v>
       </c>
       <c r="G45" s="6" t="n">
-        <v>0.0068</v>
+        <v>0.0072</v>
       </c>
       <c r="H45" s="7" t="n">
-        <v>46555</v>
+        <v>46538</v>
       </c>
       <c r="J45" s="5" t="n">
-        <v>7.6217</v>
+        <v>7.16</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="n">
         <v>38</v>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Small Industries Development Bank of India</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
           <t>INE556F08KX8</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E46" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F46" s="5" t="n">
-        <v>2639.06</v>
+        <v>2633.19</v>
       </c>
       <c r="G46" s="6" t="n">
-        <v>0.0068</v>
+        <v>0.0071</v>
       </c>
       <c r="H46" s="7" t="n">
         <v>47280</v>
       </c>
       <c r="J46" s="5" t="n">
-        <v>7.005</v>
+        <v>7.2938</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="n">
         <v>39</v>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Cholamandalam Investment and Finance Company Limited**</t>
+          <t>Bajaj Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>INE121A07RC3</t>
+          <t>INE377Y07557</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
-          <t>ICRA AA+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E47" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F47" s="5" t="n">
-        <v>2637.15</v>
+        <v>2629.76</v>
       </c>
       <c r="G47" s="6" t="n">
-        <v>0.0068</v>
+        <v>0.0071</v>
       </c>
       <c r="H47" s="7" t="n">
-        <v>46157</v>
+        <v>46444</v>
       </c>
       <c r="J47" s="5" t="n">
-        <v>7.1374</v>
+        <v>7.32</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="n">
         <v>40</v>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Tata Capital Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>INE020B08FA2</t>
+          <t>INE033L07IC6</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E48" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F48" s="5" t="n">
-        <v>2636.5</v>
+        <v>2613.97</v>
       </c>
       <c r="G48" s="6" t="n">
-        <v>0.0067</v>
+        <v>0.0071</v>
       </c>
       <c r="H48" s="7" t="n">
-        <v>46538</v>
+        <v>46283</v>
       </c>
       <c r="J48" s="5" t="n">
-        <v>6.785</v>
+        <v>7.5744</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="n">
         <v>41</v>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Housing Finance Limited**</t>
+          <t>Tata Capital Limited**</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>INE377Y07557</t>
+          <t>INE306N07MX0</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E49" s="11" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F49" s="5" t="n">
-        <v>2624.62</v>
+        <v>2613.06</v>
       </c>
       <c r="G49" s="6" t="n">
-        <v>0.0067</v>
+        <v>0.0071</v>
       </c>
       <c r="H49" s="7" t="n">
-        <v>46444</v>
+        <v>46594</v>
       </c>
       <c r="J49" s="5" t="n">
-        <v>6.9257</v>
+        <v>7.53</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="n">
         <v>42</v>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Tata Capital Housing Finance Limited**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>INE033L07IC6</t>
+          <t>INE020B08FU0</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E50" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F50" s="5" t="n">
-        <v>2609.16</v>
+        <v>2592.22</v>
       </c>
       <c r="G50" s="6" t="n">
-        <v>0.0067</v>
+        <v>0.007</v>
       </c>
       <c r="H50" s="7" t="n">
-        <v>46283</v>
+        <v>47634</v>
       </c>
       <c r="J50" s="5" t="n">
-        <v>6.9049</v>
+        <v>7.275</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="n">
         <v>43</v>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Tata Capital Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>INE306N07MX0</t>
+          <t>INE134E08JE9</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E51" s="11" t="n">
         <v>250</v>
       </c>
       <c r="F51" s="5" t="n">
-        <v>2608.6</v>
+        <v>2589.35</v>
       </c>
       <c r="G51" s="6" t="n">
-        <v>0.0067</v>
+        <v>0.007</v>
       </c>
       <c r="H51" s="7" t="n">
-        <v>46594</v>
+        <v>46606</v>
       </c>
       <c r="J51" s="5" t="n">
-        <v>7.2092</v>
+        <v>7.23</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="n">
         <v>44</v>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
-          <t>INE020B08FU0</t>
+          <t>INE134E08NS1</t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E52" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F52" s="5" t="n">
-        <v>2601.51</v>
+        <v>2587.9</v>
       </c>
       <c r="G52" s="6" t="n">
-        <v>0.0067</v>
+        <v>0.007</v>
       </c>
       <c r="H52" s="7" t="n">
-        <v>47634</v>
+        <v>46949</v>
       </c>
       <c r="J52" s="5" t="n">
-        <v>7.005</v>
+        <v>7.105</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="n">
         <v>45</v>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
-          <t>INE134E08JE9</t>
+          <t>INE115A07QY1</t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E53" s="11" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F53" s="5" t="n">
-        <v>2590.66</v>
+        <v>2569.31</v>
       </c>
       <c r="G53" s="6" t="n">
-        <v>0.0066</v>
+        <v>0.007</v>
       </c>
       <c r="H53" s="7" t="n">
-        <v>46606</v>
+        <v>47409</v>
       </c>
       <c r="J53" s="5" t="n">
-        <v>6.78</v>
+        <v>7.37</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="n">
         <v>46</v>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
-          <t>INE134E08NS1</t>
+          <t>INE556F08KU4</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E54" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F54" s="5" t="n">
-        <v>2585.18</v>
+        <v>2551.38</v>
       </c>
       <c r="G54" s="6" t="n">
-        <v>0.0066</v>
+        <v>0.0069</v>
       </c>
       <c r="H54" s="7" t="n">
-        <v>46949</v>
+        <v>46916</v>
       </c>
       <c r="J54" s="5" t="n">
-        <v>6.885</v>
+        <v>7.1863</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="n">
         <v>47</v>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>LIC Housing Finance Limited</t>
+          <t>Power Finance Corporation Limited</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
-          <t>INE115A07QY1</t>
+          <t>INE134E08ND3</t>
         </is>
       </c>
       <c r="D55" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E55" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F55" s="5" t="n">
-        <v>2570.05</v>
+        <v>2547.05</v>
       </c>
       <c r="G55" s="6" t="n">
-        <v>0.0066</v>
+        <v>0.0069</v>
       </c>
       <c r="H55" s="7" t="n">
-        <v>47409</v>
+        <v>48136</v>
       </c>
       <c r="J55" s="5" t="n">
-        <v>7.17</v>
+        <v>7.42</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="n">
         <v>48</v>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited</t>
+          <t>Jio Credit Limited**</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
-          <t>INE134E08ND3</t>
+          <t>INE282H07034</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E56" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F56" s="5" t="n">
-        <v>2569.57</v>
+        <v>2530.91</v>
       </c>
       <c r="G56" s="6" t="n">
-        <v>0.0066</v>
+        <v>0.0069</v>
       </c>
       <c r="H56" s="7" t="n">
-        <v>48136</v>
+        <v>46673</v>
       </c>
       <c r="J56" s="5" t="n">
-        <v>7.09</v>
+        <v>7.605</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="n">
         <v>49</v>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Torrent Pharmaceuticals Limited**</t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
-          <t>INE556F08KU4</t>
+          <t>INE685A07165</t>
         </is>
       </c>
       <c r="D57" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AA+</t>
         </is>
       </c>
       <c r="E57" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F57" s="5" t="n">
-        <v>2553.78</v>
+        <v>2512.48</v>
       </c>
       <c r="G57" s="6" t="n">
-        <v>0.0065</v>
+        <v>0.0068</v>
       </c>
       <c r="H57" s="7" t="n">
-        <v>46916</v>
+        <v>47501</v>
       </c>
       <c r="J57" s="5" t="n">
-        <v>6.8687</v>
+        <v>7.6294</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="n">
         <v>50</v>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Jio Credit Limited**</t>
+          <t>National Housing Bank**</t>
         </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
-          <t>INE282H07034</t>
+          <t>INE557F08GC8</t>
         </is>
       </c>
       <c r="D58" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>IND AAA</t>
         </is>
       </c>
       <c r="E58" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F58" s="5" t="n">
-        <v>2532.85</v>
+        <v>2501.86</v>
       </c>
       <c r="G58" s="6" t="n">
-        <v>0.0065</v>
+        <v>0.0068</v>
       </c>
       <c r="H58" s="7" t="n">
-        <v>46673</v>
+        <v>48033</v>
       </c>
       <c r="J58" s="5" t="n">
-        <v>7.1673</v>
+        <v>7.305</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="n">
         <v>51</v>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Mindspace Business Parks Reit**</t>
         </is>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
           <t>INE0CCU07181</t>
         </is>
       </c>
       <c r="D59" s="1" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E59" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F59" s="5" t="n">
-        <v>2493.3</v>
+        <v>2488.88</v>
       </c>
       <c r="G59" s="6" t="n">
-        <v>0.0064</v>
+        <v>0.0067</v>
       </c>
       <c r="H59" s="7" t="n">
         <v>47095</v>
       </c>
       <c r="J59" s="5" t="n">
-        <v>7.2598</v>
+        <v>7.5797</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="n">
         <v>52</v>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bharti Telecom Limited</t>
+          <t>Torrent Pharmaceuticals Limited**</t>
         </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
-          <t>INE403D08298</t>
+          <t>INE685A07157</t>
         </is>
       </c>
       <c r="D60" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AA+</t>
         </is>
       </c>
       <c r="E60" s="11" t="n">
-        <v>750</v>
+        <v>1898</v>
       </c>
       <c r="F60" s="5" t="n">
-        <v>751.17</v>
+        <v>1904.23</v>
       </c>
       <c r="G60" s="6" t="n">
-        <v>0.0019</v>
+        <v>0.0052</v>
       </c>
       <c r="H60" s="7" t="n">
-        <v>47150</v>
+        <v>47137</v>
       </c>
       <c r="J60" s="5" t="n">
-        <v>7.5838</v>
+        <v>7.5739</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="n">
         <v>53</v>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Cholamandalam Investment and Finance Company Limited**</t>
+          <t>Bharti Telecom Limited</t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
-          <t>INE121A07QO0</t>
+          <t>INE403D08298</t>
         </is>
       </c>
       <c r="D61" s="1" t="inlineStr">
         <is>
-          <t>ICRA AA+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E61" s="11" t="n">
-        <v>50</v>
+        <v>750</v>
       </c>
       <c r="F61" s="5" t="n">
-        <v>524.6</v>
+        <v>753.5</v>
       </c>
       <c r="G61" s="6" t="n">
-        <v>0.0013</v>
+        <v>0.002</v>
       </c>
       <c r="H61" s="7" t="n">
-        <v>46140</v>
+        <v>47150</v>
       </c>
       <c r="J61" s="5" t="n">
-        <v>7.1375</v>
+        <v>7.705</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="n">
         <v>54</v>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bharti Telecom Limited**</t>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
+          <t>INE121A07QO0</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E62" s="11" t="n">
+        <v>50</v>
+      </c>
+      <c r="F62" s="5" t="n">
+        <v>526.92</v>
+      </c>
+      <c r="G62" s="6" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="H62" s="7" t="n">
+        <v>46140</v>
+      </c>
+      <c r="J62" s="5" t="n">
+        <v>7.7999</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="1" t="n">
+        <v>55</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
           <t>INE403D08306</t>
         </is>
       </c>
-      <c r="D62" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E62" s="11" t="n">
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E63" s="11" t="n">
         <v>500</v>
       </c>
-      <c r="F62" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H62" s="7" t="n">
+      <c r="F63" s="5" t="n">
+        <v>502.47</v>
+      </c>
+      <c r="G63" s="6" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="H63" s="7" t="n">
         <v>46722</v>
       </c>
-      <c r="J62" s="5" t="n">
-[...5 lines deleted...]
-      <c r="B63" s="8" t="inlineStr">
+      <c r="J63" s="5" t="n">
+        <v>7.73</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="8" t="n"/>
+      <c r="B64" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C63" s="8" t="n"/>
-[...10 lines deleted...]
-      <c r="B65" s="3" t="inlineStr">
+      <c r="C64" s="8" t="n"/>
+      <c r="D64" s="8" t="n"/>
+      <c r="E64" s="8" t="n"/>
+      <c r="F64" s="9" t="n">
+        <v>249062.33</v>
+      </c>
+      <c r="G64" s="10" t="n">
+        <v>0.6751</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="B66" s="3" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
-      </c>
-[...33 lines deleted...]
-        <v>6.5996</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="n">
         <v>56</v>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>6.01% GOI 2030</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
           <t>IN0020250067</t>
         </is>
       </c>
       <c r="D67" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E67" s="11" t="n">
         <v>18500000</v>
       </c>
       <c r="F67" s="5" t="n">
-        <v>18769.7</v>
+        <v>18279.56</v>
       </c>
       <c r="G67" s="6" t="n">
-        <v>0.0481</v>
+        <v>0.0495</v>
       </c>
       <c r="H67" s="7" t="n">
         <v>47685</v>
       </c>
       <c r="J67" s="5" t="n">
-        <v>6.3194</v>
+        <v>6.3632</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="n">
         <v>57</v>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>7.02% GOI 2031</t>
+          <t>6.48% GOI 2035</t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
-          <t>IN0020240076</t>
+          <t>IN0020250091</t>
         </is>
       </c>
       <c r="D68" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E68" s="11" t="n">
-        <v>12500000</v>
+        <v>17000000</v>
       </c>
       <c r="F68" s="5" t="n">
-        <v>12837.94</v>
+        <v>17095.3</v>
       </c>
       <c r="G68" s="6" t="n">
-        <v>0.0329</v>
+        <v>0.0463</v>
       </c>
       <c r="H68" s="7" t="n">
-        <v>48017</v>
+        <v>49588</v>
       </c>
       <c r="J68" s="5" t="n">
-        <v>6.4796</v>
+        <v>6.6952</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="n">
         <v>58</v>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>7.01% Gujarat SDL 2031</t>
+          <t>7.18% GOI 2033</t>
         </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
-          <t>IN1520240111</t>
+          <t>IN0020230085</t>
         </is>
       </c>
       <c r="D69" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E69" s="11" t="n">
-        <v>12000000</v>
+        <v>15000000</v>
       </c>
       <c r="F69" s="5" t="n">
-        <v>12370.33</v>
+        <v>15895.98</v>
       </c>
       <c r="G69" s="6" t="n">
-        <v>0.0317</v>
+        <v>0.0431</v>
       </c>
       <c r="H69" s="7" t="n">
-        <v>47856</v>
+        <v>48805</v>
       </c>
       <c r="J69" s="5" t="n">
-        <v>7.0773</v>
+        <v>6.7266</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="n">
         <v>59</v>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>7.18% GOI 2033</t>
+          <t>7.02% GOI 2031</t>
         </is>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
-          <t>IN0020230085</t>
+          <t>IN0020240076</t>
         </is>
       </c>
       <c r="D70" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E70" s="11" t="n">
-        <v>10000000</v>
+        <v>12500000</v>
       </c>
       <c r="F70" s="5" t="n">
-        <v>10590.79</v>
+        <v>12880.99</v>
       </c>
       <c r="G70" s="6" t="n">
-        <v>0.0271</v>
+        <v>0.0349</v>
       </c>
       <c r="H70" s="7" t="n">
-        <v>48805</v>
+        <v>48017</v>
       </c>
       <c r="J70" s="5" t="n">
-        <v>6.6404</v>
+        <v>6.5242</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="n">
         <v>60</v>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>6.28% GOI 2032</t>
+          <t>7.01% Gujarat SDL 2031</t>
         </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
-          <t>IN0020250059</t>
+          <t>IN1520240111</t>
         </is>
       </c>
       <c r="D71" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E71" s="11" t="n">
-        <v>6500000</v>
+        <v>12000000</v>
       </c>
       <c r="F71" s="5" t="n">
-        <v>6590.71</v>
+        <v>12015.43</v>
       </c>
       <c r="G71" s="6" t="n">
-        <v>0.0169</v>
+        <v>0.0326</v>
       </c>
       <c r="H71" s="7" t="n">
-        <v>48409</v>
+        <v>47856</v>
       </c>
       <c r="J71" s="5" t="n">
-        <v>6.5687</v>
+        <v>7.0861</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="n">
         <v>61</v>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>8.51% GOI FRB 2033</t>
+          <t>6.28% GOI 2032</t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
-          <t>IN0020200120</t>
+          <t>IN0020250059</t>
         </is>
       </c>
       <c r="D72" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E72" s="11" t="n">
-        <v>5000000</v>
+        <v>6500000</v>
       </c>
       <c r="F72" s="5" t="n">
-        <v>5256.44</v>
+        <v>6405.72</v>
       </c>
       <c r="G72" s="6" t="n">
-        <v>0.0135</v>
+        <v>0.0174</v>
       </c>
       <c r="H72" s="7" t="n">
-        <v>48844</v>
+        <v>48409</v>
       </c>
       <c r="J72" s="5" t="n">
-        <v>6.1534</v>
+        <v>6.6162</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="n">
         <v>62</v>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>7.17% GOI 2030</t>
+          <t>8.51% GOI FRB 2033</t>
         </is>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
-          <t>IN0020230036</t>
+          <t>IN0020200120</t>
         </is>
       </c>
       <c r="D73" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E73" s="11" t="n">
-        <v>2500000</v>
+        <v>5000000</v>
       </c>
       <c r="F73" s="5" t="n">
-        <v>2615.34</v>
+        <v>5284.75</v>
       </c>
       <c r="G73" s="6" t="n">
-        <v>0.0067</v>
+        <v>0.0143</v>
       </c>
       <c r="H73" s="7" t="n">
-        <v>47590</v>
+        <v>48844</v>
       </c>
       <c r="J73" s="5" t="n">
-        <v>6.3201</v>
+        <v>6.2577</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="n">
         <v>63</v>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>6.88% Uttar Pradesh SDL 2031</t>
+          <t>7.17% GOI 2030</t>
         </is>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
-          <t>IN3320200279</t>
+          <t>IN0020230036</t>
         </is>
       </c>
       <c r="D74" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E74" s="11" t="n">
         <v>2500000</v>
       </c>
       <c r="F74" s="5" t="n">
-        <v>2545.95</v>
+        <v>2623.55</v>
       </c>
       <c r="G74" s="6" t="n">
-        <v>0.0065</v>
+        <v>0.0071</v>
       </c>
       <c r="H74" s="7" t="n">
+        <v>47590</v>
+      </c>
+      <c r="J74" s="5" t="n">
+        <v>6.3782</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="1" t="n">
+        <v>64</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>6.88% Uttar Pradesh SDL 2031</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>IN3320200279</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E75" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F75" s="5" t="n">
+        <v>2559.92</v>
+      </c>
+      <c r="G75" s="6" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="H75" s="7" t="n">
         <v>47882</v>
       </c>
-      <c r="J74" s="5" t="n">
-[...5 lines deleted...]
-      <c r="B75" s="8" t="inlineStr">
+      <c r="J75" s="5" t="n">
+        <v>7.1221</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="8" t="n"/>
+      <c r="B76" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C75" s="8" t="n"/>
-[...10 lines deleted...]
-      <c r="B77" s="3" t="inlineStr">
+      <c r="C76" s="8" t="n"/>
+      <c r="D76" s="8" t="n"/>
+      <c r="E76" s="8" t="n"/>
+      <c r="F76" s="9" t="n">
+        <v>93041.2</v>
+      </c>
+      <c r="G76" s="10" t="n">
+        <v>0.2521</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="B78" s="3" t="inlineStr">
         <is>
           <t>Securitised Debt</t>
         </is>
       </c>
     </row>
-    <row r="78">
-[...3 lines deleted...]
-      <c r="B78" s="1" t="inlineStr">
+    <row r="79">
+      <c r="A79" s="1" t="n">
+        <v>65</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
         <is>
           <t>India Universal Trust**</t>
         </is>
       </c>
-      <c r="C78" s="1" t="inlineStr">
+      <c r="C79" s="1" t="inlineStr">
         <is>
           <t>INE16J715035</t>
         </is>
       </c>
-      <c r="D78" s="1" t="inlineStr">
+      <c r="D79" s="1" t="inlineStr">
         <is>
           <t>IND AAA(SO)</t>
         </is>
       </c>
-      <c r="E78" s="11" t="n">
+      <c r="E79" s="11" t="n">
         <v>155</v>
       </c>
-      <c r="F78" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H78" s="7" t="n">
+      <c r="F79" s="5" t="n">
+        <v>14178.58</v>
+      </c>
+      <c r="G79" s="6" t="n">
+        <v>0.0384</v>
+      </c>
+      <c r="H79" s="7" t="n">
         <v>47746</v>
       </c>
-      <c r="J78" s="5" t="n">
-[...5 lines deleted...]
-      <c r="B79" s="8" t="inlineStr">
+      <c r="J79" s="5" t="n">
+        <v>8.2149</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="8" t="n"/>
+      <c r="B80" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C79" s="8" t="n"/>
-[...13 lines deleted...]
-        </is>
+      <c r="C80" s="8" t="n"/>
+      <c r="D80" s="8" t="n"/>
+      <c r="E80" s="8" t="n"/>
+      <c r="F80" s="9" t="n">
+        <v>14178.58</v>
+      </c>
+      <c r="G80" s="10" t="n">
+        <v>0.0384</v>
       </c>
     </row>
     <row r="82">
       <c r="B82" s="3" t="inlineStr">
         <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="83">
+      <c r="B83" s="3" t="inlineStr">
+        <is>
           <t>Certificate of Deposit</t>
         </is>
-      </c>
-[...33 lines deleted...]
-        <v>6.61</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="n">
         <v>66</v>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C84" s="1" t="inlineStr">
         <is>
+          <t>INE040A16HY1</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E84" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F84" s="5" t="n">
+        <v>9462.49</v>
+      </c>
+      <c r="G84" s="6" t="n">
+        <v>0.0256</v>
+      </c>
+      <c r="H84" s="7" t="n">
+        <v>46345</v>
+      </c>
+      <c r="J84" s="5" t="n">
+        <v>7.125</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="1" t="n">
+        <v>67</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
           <t>INE040A16II2</t>
         </is>
       </c>
-      <c r="D84" s="1" t="inlineStr">
+      <c r="D85" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
-      <c r="E84" s="11" t="n">
+      <c r="E85" s="11" t="n">
         <v>500</v>
       </c>
-      <c r="F84" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H84" s="7" t="n">
+      <c r="F85" s="5" t="n">
+        <v>2350.25</v>
+      </c>
+      <c r="G85" s="6" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H85" s="7" t="n">
         <v>46377</v>
       </c>
-      <c r="J84" s="5" t="n">
-[...5 lines deleted...]
-      <c r="B85" s="8" t="inlineStr">
+      <c r="J85" s="5" t="n">
+        <v>7.2</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="8" t="n"/>
+      <c r="B86" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C85" s="8" t="n"/>
-[...13 lines deleted...]
-      <c r="B87" s="3" t="inlineStr">
+      <c r="C86" s="8" t="n"/>
+      <c r="D86" s="8" t="n"/>
+      <c r="E86" s="8" t="n"/>
+      <c r="F86" s="9" t="n">
+        <v>11812.74</v>
+      </c>
+      <c r="G86" s="10" t="n">
+        <v>0.032</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="1" t="n">
+        <v>68</v>
+      </c>
+      <c r="B88" s="3" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F87" s="5" t="n">
-[...11 lines deleted...]
-      <c r="B88" s="8" t="inlineStr">
+      <c r="F88" s="5" t="n">
+        <v>20267.89</v>
+      </c>
+      <c r="G88" s="6" t="n">
+        <v>0.0549</v>
+      </c>
+      <c r="H88" s="7" t="n">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="8" t="n"/>
+      <c r="B89" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C88" s="8" t="n"/>
-[...10 lines deleted...]
-      <c r="B90" s="3" t="inlineStr">
+      <c r="C89" s="8" t="n"/>
+      <c r="D89" s="8" t="n"/>
+      <c r="E89" s="8" t="n"/>
+      <c r="F89" s="9" t="n">
+        <v>20267.89</v>
+      </c>
+      <c r="G89" s="10" t="n">
+        <v>0.0549</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="B91" s="3" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
     </row>
-    <row r="91">
-[...3 lines deleted...]
-      <c r="B91" s="1" t="inlineStr">
+    <row r="92">
+      <c r="A92" s="1" t="n">
+        <v>69</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
         <is>
           <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
         </is>
       </c>
-      <c r="C91" s="1" t="inlineStr">
+      <c r="C92" s="1" t="inlineStr">
         <is>
           <t>INF0RQ622028</t>
         </is>
       </c>
-      <c r="E91" s="11" t="n">
-[...12 lines deleted...]
-      <c r="B92" s="8" t="inlineStr">
+      <c r="E92" s="11" t="n">
+        <v>9513.143</v>
+      </c>
+      <c r="F92" s="5" t="n">
+        <v>1103.42</v>
+      </c>
+      <c r="G92" s="6" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J92" s="5" t="n"/>
+    </row>
+    <row r="93">
+      <c r="A93" s="8" t="n"/>
+      <c r="B93" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C92" s="8" t="n"/>
-[...10 lines deleted...]
-      <c r="B94" s="3" t="inlineStr">
+      <c r="C93" s="8" t="n"/>
+      <c r="D93" s="8" t="n"/>
+      <c r="E93" s="8" t="n"/>
+      <c r="F93" s="9" t="n">
+        <v>1103.42</v>
+      </c>
+      <c r="G93" s="10" t="n">
+        <v>0.003</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="B95" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
-    <row r="95">
-      <c r="B95" s="1" t="inlineStr">
+    <row r="96">
+      <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E95" s="11" t="n"/>
-[...10 lines deleted...]
-      <c r="B96" s="8" t="inlineStr">
+      <c r="E96" s="11" t="n"/>
+      <c r="F96" s="5" t="n">
+        <v>-20433.63</v>
+      </c>
+      <c r="G96" s="6" t="n">
+        <v>-0.0555</v>
+      </c>
+      <c r="J96" s="5" t="n"/>
+    </row>
+    <row r="97">
+      <c r="A97" s="8" t="n"/>
+      <c r="B97" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C96" s="8" t="n"/>
-[...11 lines deleted...]
-      <c r="B98" s="4" t="inlineStr">
+      <c r="C97" s="8" t="n"/>
+      <c r="D97" s="8" t="n"/>
+      <c r="E97" s="8" t="n"/>
+      <c r="F97" s="9" t="n">
+        <v>-20433.63</v>
+      </c>
+      <c r="G97" s="10" t="n">
+        <v>-0.0555</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="4" t="n"/>
+      <c r="B99" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C98" s="4" t="n"/>
-[...5 lines deleted...]
-      <c r="G98" s="13" t="n">
+      <c r="C99" s="4" t="n"/>
+      <c r="D99" s="4" t="n"/>
+      <c r="E99" s="4" t="n"/>
+      <c r="F99" s="12" t="n">
+        <v>369032.53</v>
+      </c>
+      <c r="G99" s="13" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="99">
-      <c r="A99" s="1" t="inlineStr">
+    <row r="100">
+      <c r="A100" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="100">
-      <c r="A100" s="1" t="n">
+    <row r="101">
+      <c r="A101" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B100" s="1" t="inlineStr">
+      <c r="B101" s="1" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
-    <row r="101" ht="40.5" customHeight="1" s="74">
-      <c r="A101" s="15" t="n">
+    <row r="102" ht="45" customHeight="1" s="83">
+      <c r="A102" s="14" t="n">
         <v>2</v>
       </c>
-      <c r="B101" s="15" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A102" s="15" t="n">
+      <c r="B102" s="14" t="inlineStr">
+        <is>
+          <t>As on January 31, 2026, the aggregate investments by the schemes of DSP Mutual Fund in DSP Short Term Fund is ₹ 43,695.77 Lakhs.</t>
+        </is>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="14" t="n">
         <v>3</v>
       </c>
-      <c r="B102" s="15" t="inlineStr">
+      <c r="B103" s="14" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="103" ht="27" customHeight="1" s="74">
-      <c r="A103" s="15" t="n">
+    <row r="104" ht="86.09999999999999" customHeight="1" s="83">
+      <c r="A104" s="14" t="n">
         <v>4</v>
       </c>
-      <c r="B103" s="15" t="inlineStr">
-[...9 lines deleted...]
-      <c r="B104" s="75" t="inlineStr">
+      <c r="B104" s="100" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
     </row>
     <row r="105">
-      <c r="A105" s="15" t="n"/>
-[...3 lines deleted...]
-      <c r="E105" s="61" t="n"/>
+      <c r="A105" s="14" t="n"/>
+      <c r="B105" s="64" t="n"/>
+      <c r="C105" s="65" t="n"/>
+      <c r="D105" s="62" t="n"/>
+      <c r="E105" s="63" t="n"/>
     </row>
     <row r="106">
-      <c r="A106" s="15" t="n"/>
-      <c r="B106" s="44" t="inlineStr">
+      <c r="A106" s="14" t="n"/>
+      <c r="B106" s="46" t="inlineStr">
         <is>
           <t>Disclosure in Derivatives</t>
         </is>
       </c>
-      <c r="C106" s="44" t="inlineStr">
+      <c r="C106" s="46" t="inlineStr">
         <is>
           <t>Industry</t>
         </is>
       </c>
-      <c r="D106" s="44" t="inlineStr">
+      <c r="D106" s="46" t="inlineStr">
         <is>
           <t>Notional Value</t>
         </is>
       </c>
-      <c r="E106" s="44" t="inlineStr">
+      <c r="E106" s="46" t="inlineStr">
         <is>
           <t>% To net assets</t>
         </is>
       </c>
     </row>
     <row r="107">
-      <c r="A107" s="15" t="n"/>
-      <c r="B107" s="57" t="inlineStr">
+      <c r="A107" s="14" t="n"/>
+      <c r="B107" s="59" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C107" s="58" t="inlineStr">
+      <c r="C107" s="60" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D107" s="47" t="n">
+      <c r="D107" s="49" t="n">
         <v>1000000000</v>
       </c>
-      <c r="E107" s="59" t="n">
-[...12 lines deleted...]
-      <c r="B110" s="95" t="inlineStr">
+      <c r="E107" s="61" t="n">
+        <v>2e-05</v>
+      </c>
+    </row>
+    <row r="109" ht="16.5" customHeight="1" s="83">
+      <c r="B109" s="75" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="122" ht="14.5" customHeight="1" s="74">
-      <c r="B122" s="95" t="inlineStr">
+    <row r="122" ht="16.5" customHeight="1" s="83">
+      <c r="B122" s="75" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Short Duration Debt A-II Index</t>
         </is>
       </c>
     </row>
     <row r="135">
-      <c r="B135" s="16" t="n"/>
-      <c r="C135" s="18" t="inlineStr">
+      <c r="B135" s="15" t="n"/>
+      <c r="C135" s="17" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
     <row r="136">
-      <c r="B136" s="16" t="inlineStr">
+      <c r="B136" s="15" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C136" s="18" t="inlineStr">
+      <c r="C136" s="17" t="inlineStr">
         <is>
           <t>DSP Short Term Fund</t>
         </is>
       </c>
     </row>
     <row r="137">
-      <c r="B137" s="16" t="inlineStr">
+      <c r="B137" s="15" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C137" s="19" t="n"/>
+      <c r="C137" s="18" t="n"/>
     </row>
     <row r="138">
-      <c r="B138" s="16" t="inlineStr">
+      <c r="B138" s="15" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C138" s="20" t="n">
-        <v>0.06950000000000001</v>
+      <c r="C138" s="19" t="n">
+        <v>0.07240000000000001</v>
       </c>
     </row>
     <row r="139">
-      <c r="B139" s="16" t="inlineStr">
+      <c r="B139" s="15" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C139" s="19" t="n">
-        <v>2.93</v>
+      <c r="C139" s="18" t="n">
+        <v>2.76</v>
       </c>
     </row>
     <row r="140">
-      <c r="B140" s="16" t="inlineStr">
+      <c r="B140" s="15" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C140" s="100" t="n">
-        <v>3.6</v>
+      <c r="C140" s="18" t="n">
+        <v>3.35</v>
       </c>
     </row>
     <row r="141">
-      <c r="B141" s="16" t="inlineStr">
+      <c r="B141" s="15" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C141" s="21" t="n">
-        <v>46022</v>
+      <c r="C141" s="20" t="n">
+        <v>46053</v>
       </c>
     </row>
     <row r="142">
-      <c r="B142" s="17" t="inlineStr">
+      <c r="B142" s="16" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C142" s="18" t="n"/>
-[...2 lines deleted...]
-      <c r="B145" s="72" t="n"/>
+      <c r="C142" s="17" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
+    <mergeCell ref="B104:E104"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="B104:G104"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>