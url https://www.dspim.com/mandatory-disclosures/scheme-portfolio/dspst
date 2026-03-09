--- v5 (2026-02-16)
+++ v6 (2026-03-09)
@@ -1,73 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr codeName="ThisWorkbook"/>
+  <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="14880" tabRatio="917" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="919" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="SHORT" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="166" formatCode="0.000%"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="23">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -130,50 +137,58 @@
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+      <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -328,340 +343,318 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="107">
+  <cellXfs count="101">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
-[...100 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
-    </xf>
-[...61 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -710,57 +703,57 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>110</row>
+      <row>111</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>119</row>
+      <row>120</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="18942050"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
@@ -1057,3032 +1050,3049 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr codeName="Sheet5">
+  <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:L142"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7109375" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.5703125" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7109375" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="51.54296875" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="19.26953125" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="18" customWidth="1" style="2" min="4" max="4"/>
+    <col width="16.453125" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14.81640625" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="18.75" customHeight="1" s="83">
-[...1 lines deleted...]
-      <c r="B1" s="82" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="70">
+      <c r="A1" s="69" t="n"/>
+      <c r="B1" s="69" t="inlineStr">
         <is>
           <t>DSP Short Term Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on January 31, 2026</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on February 28, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="B8" s="3" t="inlineStr">
+      <c r="B8" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K8" s="3" t="inlineStr">
+      <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Bharti Telecom Limited**</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C9" s="2" t="inlineStr">
         <is>
           <t>INE403D08272</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
-[...13 lines deleted...]
-      <c r="H9" s="7" t="n">
+      <c r="D9" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E9" s="12" t="n">
+        <v>13000</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>13322.71</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.0356</v>
+      </c>
+      <c r="H9" s="8" t="n">
         <v>46675</v>
       </c>
-      <c r="J9" s="5" t="n">
+      <c r="J9" s="6" t="n">
+        <v>7.495</v>
+      </c>
+      <c r="K9" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L9" s="7" t="n">
+        <v>0.5689</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="2" t="n">
+        <v>2</v>
+      </c>
+      <c r="B10" s="2" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C10" s="2" t="inlineStr">
+        <is>
+          <t>INE261F08EO7</t>
+        </is>
+      </c>
+      <c r="D10" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E10" s="12" t="n">
+        <v>12500</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>13038.29</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0348</v>
+      </c>
+      <c r="H10" s="8" t="n">
+        <v>47011</v>
+      </c>
+      <c r="J10" s="6" t="n">
+        <v>7.06</v>
+      </c>
+      <c r="K10" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L10" s="7" t="n">
+        <v>0.1815</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="B11" s="2" t="inlineStr">
+        <is>
+          <t>Knowledge Realty Trust**</t>
+        </is>
+      </c>
+      <c r="C11" s="2" t="inlineStr">
+        <is>
+          <t>INE1JAR07028</t>
+        </is>
+      </c>
+      <c r="D11" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E11" s="12" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>10087.91</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.027</v>
+      </c>
+      <c r="H11" s="8" t="n">
+        <v>47246</v>
+      </c>
+      <c r="I11" s="2" t="inlineStr">
+        <is>
+          <t>CA - 08-Feb-2029</t>
+        </is>
+      </c>
+      <c r="J11" s="6" t="n">
+        <v>7.5317</v>
+      </c>
+      <c r="K11" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.0486</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="2" t="n">
+        <v>4</v>
+      </c>
+      <c r="B12" s="2" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C12" s="2" t="inlineStr">
+        <is>
+          <t>INE414G07IF1</t>
+        </is>
+      </c>
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E12" s="12" t="n">
+        <v>8500</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>9159.09</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0245</v>
+      </c>
+      <c r="H12" s="8" t="n">
+        <v>46867</v>
+      </c>
+      <c r="I12" s="2" t="inlineStr">
+        <is>
+          <t>PU - 25-May-2026</t>
+        </is>
+      </c>
+      <c r="J12" s="6" t="n">
+        <v>7.835</v>
+      </c>
+      <c r="K12" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.0443</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="B13" s="2" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C13" s="2" t="inlineStr">
+        <is>
+          <t>INE261F08EG3</t>
+        </is>
+      </c>
+      <c r="D13" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E13" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>8093.95</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0216</v>
+      </c>
+      <c r="H13" s="8" t="n">
+        <v>47238</v>
+      </c>
+      <c r="J13" s="6" t="n">
+        <v>7.12</v>
+      </c>
+      <c r="K13" s="2" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0377</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
+        <v>6</v>
+      </c>
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>INE053F07AA7</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E14" s="12" t="n">
+        <v>750</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>8037.88</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0215</v>
+      </c>
+      <c r="H14" s="8" t="n">
+        <v>46535</v>
+      </c>
+      <c r="J14" s="6" t="n">
+        <v>6.9612</v>
+      </c>
+      <c r="K14" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.0317</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="B15" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C15" s="2" t="inlineStr">
+        <is>
+          <t>INE296A07TJ4</t>
+        </is>
+      </c>
+      <c r="D15" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E15" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>7982.5</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0213</v>
+      </c>
+      <c r="H15" s="8" t="n">
+        <v>46930</v>
+      </c>
+      <c r="J15" s="6" t="n">
+        <v>7.33</v>
+      </c>
+      <c r="K15" s="2" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0273</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>Jamnagar Utilities &amp; Power Private Limited**</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
+        <is>
+          <t>INE936D07182</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E16" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>7940.86</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0212</v>
+      </c>
+      <c r="H16" s="8" t="n">
+        <v>46975</v>
+      </c>
+      <c r="J16" s="6" t="n">
+        <v>7.1849</v>
+      </c>
+      <c r="K16" s="2" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.0251</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="n">
+        <v>9</v>
+      </c>
+      <c r="B17" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C17" s="2" t="inlineStr">
+        <is>
+          <t>INE377Y07565</t>
+        </is>
+      </c>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E17" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>7869.89</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.021</v>
+      </c>
+      <c r="H17" s="8" t="n">
+        <v>46899</v>
+      </c>
+      <c r="J17" s="6" t="n">
+        <v>7.215</v>
+      </c>
+      <c r="K17" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
+        <v>0.0244</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="B18" s="2" t="inlineStr">
+        <is>
+          <t>India Infrastructure Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C18" s="2" t="inlineStr">
+        <is>
+          <t>INE787H08154</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="E18" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>7708.92</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0206</v>
+      </c>
+      <c r="H18" s="8" t="n">
+        <v>46696</v>
+      </c>
+      <c r="J18" s="6" t="n">
+        <v>7.14</v>
+      </c>
+      <c r="K18" s="2" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L18" s="7" t="n">
+        <v>0.003</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="2" t="n">
+        <v>11</v>
+      </c>
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>INE514E08GD0</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E19" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>7653.83</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0204</v>
+      </c>
+      <c r="H19" s="8" t="n">
+        <v>47465</v>
+      </c>
+      <c r="J19" s="6" t="n">
+        <v>6.965</v>
+      </c>
+      <c r="K19" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L19" s="7" t="n">
+        <v>0.0075</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="n">
+        <v>12</v>
+      </c>
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>INE134E08LX5</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E20" s="12" t="n">
+        <v>650</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>6658.93</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0178</v>
+      </c>
+      <c r="H20" s="8" t="n">
+        <v>46769</v>
+      </c>
+      <c r="J20" s="6" t="n">
+        <v>7.02</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="2" t="n">
+        <v>13</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>REC Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <t>INE020B08FL9</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E21" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>5336.37</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0143</v>
+      </c>
+      <c r="H21" s="8" t="n">
+        <v>47603</v>
+      </c>
+      <c r="J21" s="6" t="n">
+        <v>7.16</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="2" t="n">
+        <v>14</v>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <t>INE514E08GF5</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E22" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>5333.34</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="H22" s="8" t="n">
+        <v>47661</v>
+      </c>
+      <c r="J22" s="6" t="n">
+        <v>7.11</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C23" s="2" t="inlineStr">
+        <is>
+          <t>INE296A07TL0</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E23" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>5294.36</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0141</v>
+      </c>
+      <c r="H23" s="8" t="n">
+        <v>47662</v>
+      </c>
+      <c r="J23" s="6" t="n">
+        <v>7.445</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="2" t="n">
+        <v>16</v>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C24" s="2" t="inlineStr">
+        <is>
+          <t>INE115A07RG6</t>
+        </is>
+      </c>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E24" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>5245.1</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.014</v>
+      </c>
+      <c r="H24" s="8" t="n">
+        <v>47602</v>
+      </c>
+      <c r="J24" s="6" t="n">
+        <v>7.355</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="2" t="n">
+        <v>17</v>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C25" s="2" t="inlineStr">
+        <is>
+          <t>INE020B08FF1</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E25" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>5226.02</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.014</v>
+      </c>
+      <c r="H25" s="8" t="n">
+        <v>46630</v>
+      </c>
+      <c r="J25" s="6" t="n">
+        <v>6.97</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <t>INE514E08FP6</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E26" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>5224.45</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.014</v>
+      </c>
+      <c r="H26" s="8" t="n">
+        <v>46602</v>
+      </c>
+      <c r="J26" s="6" t="n">
+        <v>6.92</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="2" t="n">
+        <v>19</v>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>Tata Capital Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C27" s="2" t="inlineStr">
+        <is>
+          <t>INE033L07IO1</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E27" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>5211.97</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0139</v>
+      </c>
+      <c r="H27" s="8" t="n">
+        <v>46589</v>
+      </c>
+      <c r="J27" s="6" t="n">
+        <v>7.165</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="B28" s="2" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C28" s="2" t="inlineStr">
+        <is>
+          <t>INE053F07983</t>
+        </is>
+      </c>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E28" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>5189.9</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0139</v>
+      </c>
+      <c r="H28" s="8" t="n">
+        <v>46465</v>
+      </c>
+      <c r="J28" s="6" t="n">
+        <v>6.9512</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="2" t="n">
+        <v>21</v>
+      </c>
+      <c r="B29" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C29" s="2" t="inlineStr">
+        <is>
+          <t>INE556F08KS8</t>
+        </is>
+      </c>
+      <c r="D29" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E29" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>5178.98</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0138</v>
+      </c>
+      <c r="H29" s="8" t="n">
+        <v>47175</v>
+      </c>
+      <c r="J29" s="6" t="n">
+        <v>7.1659</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="2" t="n">
+        <v>22</v>
+      </c>
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C30" s="2" t="inlineStr">
+        <is>
+          <t>INE296A07TF2</t>
+        </is>
+      </c>
+      <c r="D30" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E30" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>5124.88</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0137</v>
+      </c>
+      <c r="H30" s="8" t="n">
+        <v>46731</v>
+      </c>
+      <c r="J30" s="6" t="n">
+        <v>7.29</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="2" t="n">
+        <v>23</v>
+      </c>
+      <c r="B31" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Home Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C31" s="2" t="inlineStr">
+        <is>
+          <t>INE071G07728</t>
+        </is>
+      </c>
+      <c r="D31" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E31" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>5122.12</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0137</v>
+      </c>
+      <c r="H31" s="8" t="n">
+        <v>46741</v>
+      </c>
+      <c r="J31" s="6" t="n">
+        <v>7.375</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="B32" s="2" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C32" s="2" t="inlineStr">
+        <is>
+          <t>INE115A07MW4</t>
+        </is>
+      </c>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E32" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>5097.85</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0136</v>
+      </c>
+      <c r="H32" s="8" t="n">
+        <v>46781</v>
+      </c>
+      <c r="J32" s="6" t="n">
+        <v>7.1975</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India</t>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <t>INE514E08GE8</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E33" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>5080.98</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0136</v>
+      </c>
+      <c r="H33" s="8" t="n">
+        <v>46961</v>
+      </c>
+      <c r="J33" s="6" t="n">
+        <v>6.9207</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C34" s="2" t="inlineStr">
+        <is>
+          <t>INE403D08280</t>
+        </is>
+      </c>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E34" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>5069.27</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0135</v>
+      </c>
+      <c r="H34" s="8" t="n">
+        <v>47102</v>
+      </c>
+      <c r="J34" s="6" t="n">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="2" t="n">
+        <v>27</v>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C35" s="2" t="inlineStr">
+        <is>
+          <t>INE134E08IT9</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E35" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>5042.55</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.0135</v>
+      </c>
+      <c r="H35" s="8" t="n">
+        <v>46438</v>
+      </c>
+      <c r="J35" s="6" t="n">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C36" s="2" t="inlineStr">
+        <is>
+          <t>INE556F08LC0</t>
+        </is>
+      </c>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E36" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>5025.94</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0134</v>
+      </c>
+      <c r="H36" s="8" t="n">
+        <v>47218</v>
+      </c>
+      <c r="J36" s="6" t="n">
+        <v>7.1531</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="2" t="n">
+        <v>29</v>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <t>INE556F08LB2</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E37" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>5005.4</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0134</v>
+      </c>
+      <c r="H37" s="8" t="n">
+        <v>47158</v>
+      </c>
+      <c r="J37" s="6" t="n">
+        <v>7.1431</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <t>INE121A07SH0</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E38" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>4189.44</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0112</v>
+      </c>
+      <c r="H38" s="8" t="n">
+        <v>46648</v>
+      </c>
+      <c r="J38" s="6" t="n">
+        <v>7.649</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="2" t="n">
+        <v>31</v>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <t>INE020B08EH0</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E39" s="12" t="n">
+        <v>3500</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>3802.82</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.0102</v>
+      </c>
+      <c r="H39" s="8" t="n">
+        <v>46843</v>
+      </c>
+      <c r="J39" s="6" t="n">
+        <v>6.95</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="B40" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C40" s="2" t="inlineStr">
+        <is>
+          <t>INE134E08IR3</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E40" s="12" t="n">
+        <v>300</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>3030.04</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="H40" s="8" t="n">
+        <v>46407</v>
+      </c>
+      <c r="J40" s="6" t="n">
+        <v>7.035</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="2" t="n">
+        <v>33</v>
+      </c>
+      <c r="B41" s="2" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C41" s="2" t="inlineStr">
+        <is>
+          <t>INE020B08EA5</t>
+        </is>
+      </c>
+      <c r="D41" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E41" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>2700.93</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="H41" s="8" t="n">
+        <v>46843</v>
+      </c>
+      <c r="J41" s="6" t="n">
+        <v>6.95</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="B42" s="2" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C42" s="2" t="inlineStr">
+        <is>
+          <t>INE261F08EM1</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E42" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>2698.33</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="H42" s="8" t="n">
+        <v>46836</v>
+      </c>
+      <c r="J42" s="6" t="n">
+        <v>7.05</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="B43" s="2" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C43" s="2" t="inlineStr">
+        <is>
+          <t>INE053F08411</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E43" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>2692.49</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="H43" s="8" t="n">
+        <v>47330</v>
+      </c>
+      <c r="J43" s="6" t="n">
+        <v>6.955</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="B44" s="2" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C44" s="2" t="inlineStr">
+        <is>
+          <t>INE414G07JB8</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E44" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>2689.74</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="H44" s="8" t="n">
+        <v>46555</v>
+      </c>
+      <c r="J44" s="6" t="n">
         <v>7.73</v>
       </c>
-      <c r="K9" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="A10" s="1" t="n">
+    </row>
+    <row r="45">
+      <c r="A45" s="2" t="n">
+        <v>37</v>
+      </c>
+      <c r="B45" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C45" s="2" t="inlineStr">
+        <is>
+          <t>INE556F08KY6</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E45" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>2689.4</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="H45" s="8" t="n">
+        <v>47563</v>
+      </c>
+      <c r="J45" s="6" t="n">
+        <v>7.2128</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="2" t="n">
+        <v>38</v>
+      </c>
+      <c r="B46" s="2" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C46" s="2" t="inlineStr">
+        <is>
+          <t>INE020B08FA2</t>
+        </is>
+      </c>
+      <c r="D46" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E46" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>2659.19</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H46" s="8" t="n">
+        <v>46538</v>
+      </c>
+      <c r="J46" s="6" t="n">
+        <v>6.97</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="2" t="n">
+        <v>39</v>
+      </c>
+      <c r="B47" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C47" s="2" t="inlineStr">
+        <is>
+          <t>INE556F08KX8</t>
+        </is>
+      </c>
+      <c r="D47" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E47" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>2657.49</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H47" s="8" t="n">
+        <v>47280</v>
+      </c>
+      <c r="J47" s="6" t="n">
+        <v>7.1531</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="B48" s="2" t="inlineStr">
+        <is>
+          <t>Tata Capital Limited**</t>
+        </is>
+      </c>
+      <c r="C48" s="2" t="inlineStr">
+        <is>
+          <t>INE306N07MX0</t>
+        </is>
+      </c>
+      <c r="D48" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E48" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>2634.5</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="H48" s="8" t="n">
+        <v>46594</v>
+      </c>
+      <c r="J48" s="6" t="n">
+        <v>7.32</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="2" t="n">
+        <v>41</v>
+      </c>
+      <c r="B49" s="2" t="inlineStr">
+        <is>
+          <t>Tata Capital Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C49" s="2" t="inlineStr">
+        <is>
+          <t>INE033L07IC6</t>
+        </is>
+      </c>
+      <c r="D49" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E49" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>2631.18</v>
+      </c>
+      <c r="G49" s="7" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="H49" s="8" t="n">
+        <v>46283</v>
+      </c>
+      <c r="J49" s="6" t="n">
+        <v>7.3813</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="B50" s="2" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C50" s="2" t="inlineStr">
+        <is>
+          <t>INE020B08FU0</t>
+        </is>
+      </c>
+      <c r="D50" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E50" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>2616.37</v>
+      </c>
+      <c r="G50" s="7" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="H50" s="8" t="n">
+        <v>47634</v>
+      </c>
+      <c r="J50" s="6" t="n">
+        <v>7.16</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="2" t="n">
+        <v>43</v>
+      </c>
+      <c r="B51" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C51" s="2" t="inlineStr">
+        <is>
+          <t>INE134E08JE9</t>
+        </is>
+      </c>
+      <c r="D51" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E51" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>2610.91</v>
+      </c>
+      <c r="G51" s="7" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="H51" s="8" t="n">
+        <v>46606</v>
+      </c>
+      <c r="J51" s="6" t="n">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="2" t="n">
+        <v>44</v>
+      </c>
+      <c r="B52" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C52" s="2" t="inlineStr">
+        <is>
+          <t>INE134E08NS1</t>
+        </is>
+      </c>
+      <c r="D52" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E52" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>2602.87</v>
+      </c>
+      <c r="G52" s="7" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="H52" s="8" t="n">
+        <v>46949</v>
+      </c>
+      <c r="J52" s="6" t="n">
+        <v>7.08</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="B53" s="2" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C53" s="2" t="inlineStr">
+        <is>
+          <t>INE115A07QY1</t>
+        </is>
+      </c>
+      <c r="D53" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E53" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>2591.16</v>
+      </c>
+      <c r="G53" s="7" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="H53" s="8" t="n">
+        <v>47409</v>
+      </c>
+      <c r="J53" s="6" t="n">
+        <v>7.27</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="2" t="n">
+        <v>46</v>
+      </c>
+      <c r="B54" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C54" s="2" t="inlineStr">
+        <is>
+          <t>INE134E08ND3</t>
+        </is>
+      </c>
+      <c r="D54" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E54" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>2579</v>
+      </c>
+      <c r="G54" s="7" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="H54" s="8" t="n">
+        <v>48136</v>
+      </c>
+      <c r="J54" s="6" t="n">
+        <v>7.2597</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="2" t="n">
+        <v>47</v>
+      </c>
+      <c r="B55" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C55" s="2" t="inlineStr">
+        <is>
+          <t>INE556F08KU4</t>
+        </is>
+      </c>
+      <c r="D55" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E55" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>2568.91</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="H55" s="8" t="n">
+        <v>46916</v>
+      </c>
+      <c r="J55" s="6" t="n">
+        <v>7.11</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="2" t="n">
+        <v>48</v>
+      </c>
+      <c r="B56" s="2" t="inlineStr">
+        <is>
+          <t>Jio Credit Limited**</t>
+        </is>
+      </c>
+      <c r="C56" s="2" t="inlineStr">
+        <is>
+          <t>INE282H07034</t>
+        </is>
+      </c>
+      <c r="D56" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E56" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>2553.29</v>
+      </c>
+      <c r="G56" s="7" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H56" s="8" t="n">
+        <v>46673</v>
+      </c>
+      <c r="J56" s="6" t="n">
+        <v>7.385</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="2" t="n">
+        <v>49</v>
+      </c>
+      <c r="B57" s="2" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="2" t="inlineStr">
+        <is>
+          <t>INE115A07QW5</t>
+        </is>
+      </c>
+      <c r="D57" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E57" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>2533.23</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H57" s="8" t="n">
+        <v>46794</v>
+      </c>
+      <c r="J57" s="6" t="n">
+        <v>7.195</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="B58" s="2" t="inlineStr">
+        <is>
+          <t>Torrent Pharmaceuticals Limited**</t>
+        </is>
+      </c>
+      <c r="C58" s="2" t="inlineStr">
+        <is>
+          <t>INE685A07165</t>
+        </is>
+      </c>
+      <c r="D58" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E58" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>2525.42</v>
+      </c>
+      <c r="G58" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H58" s="8" t="n">
+        <v>47501</v>
+      </c>
+      <c r="J58" s="6" t="n">
+        <v>7.645</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="2" t="n">
+        <v>51</v>
+      </c>
+      <c r="B59" s="2" t="inlineStr">
+        <is>
+          <t>National Housing Bank**</t>
+        </is>
+      </c>
+      <c r="C59" s="2" t="inlineStr">
+        <is>
+          <t>INE557F08GC8</t>
+        </is>
+      </c>
+      <c r="D59" s="2" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="E59" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>2521.34</v>
+      </c>
+      <c r="G59" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H59" s="8" t="n">
+        <v>48033</v>
+      </c>
+      <c r="J59" s="6" t="n">
+        <v>7.25</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="2" t="n">
+        <v>52</v>
+      </c>
+      <c r="B60" s="2" t="inlineStr">
+        <is>
+          <t>Mindspace Business Parks Reit**</t>
+        </is>
+      </c>
+      <c r="C60" s="2" t="inlineStr">
+        <is>
+          <t>INE0CCU07181</t>
+        </is>
+      </c>
+      <c r="D60" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E60" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>2515.5</v>
+      </c>
+      <c r="G60" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H60" s="8" t="n">
+        <v>47095</v>
+      </c>
+      <c r="J60" s="6" t="n">
+        <v>7.3647</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="2" t="n">
+        <v>53</v>
+      </c>
+      <c r="B61" s="2" t="inlineStr">
+        <is>
+          <t>Torrent Pharmaceuticals Limited**</t>
+        </is>
+      </c>
+      <c r="C61" s="2" t="inlineStr">
+        <is>
+          <t>INE685A07157</t>
+        </is>
+      </c>
+      <c r="D61" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E61" s="12" t="n">
+        <v>1898</v>
+      </c>
+      <c r="F61" s="6" t="n">
+        <v>1915.83</v>
+      </c>
+      <c r="G61" s="7" t="n">
+        <v>0.0051</v>
+      </c>
+      <c r="H61" s="8" t="n">
+        <v>47137</v>
+      </c>
+      <c r="J61" s="6" t="n">
+        <v>7.555</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="2" t="n">
+        <v>54</v>
+      </c>
+      <c r="B62" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C62" s="2" t="inlineStr">
+        <is>
+          <t>INE403D08298</t>
+        </is>
+      </c>
+      <c r="D62" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E62" s="12" t="n">
+        <v>750</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>750.3099999999999</v>
+      </c>
+      <c r="G62" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="H62" s="8" t="n">
+        <v>47150</v>
+      </c>
+      <c r="J62" s="6" t="n">
+        <v>7.6</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="B63" s="2" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C63" s="2" t="inlineStr">
+        <is>
+          <t>INE121A07QO0</t>
+        </is>
+      </c>
+      <c r="D63" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E63" s="12" t="n">
+        <v>50</v>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>529.91</v>
+      </c>
+      <c r="G63" s="7" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="H63" s="8" t="n">
+        <v>46140</v>
+      </c>
+      <c r="J63" s="6" t="n">
+        <v>7.94</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="2" t="n">
+        <v>56</v>
+      </c>
+      <c r="B64" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C64" s="2" t="inlineStr">
+        <is>
+          <t>INE403D08306</t>
+        </is>
+      </c>
+      <c r="D64" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E64" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>507.25</v>
+      </c>
+      <c r="G64" s="7" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="H64" s="8" t="n">
+        <v>46722</v>
+      </c>
+      <c r="J64" s="6" t="n">
+        <v>7.49</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="9" t="n"/>
+      <c r="B65" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C65" s="9" t="n"/>
+      <c r="D65" s="9" t="n"/>
+      <c r="E65" s="9" t="n"/>
+      <c r="F65" s="10" t="n">
+        <v>262361.09</v>
+      </c>
+      <c r="G65" s="11" t="n">
+        <v>0.7009</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="B67" s="4" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="2" t="n">
+        <v>57</v>
+      </c>
+      <c r="B68" s="2" t="inlineStr">
+        <is>
+          <t>6.48% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C68" s="2" t="inlineStr">
+        <is>
+          <t>IN0020250091</t>
+        </is>
+      </c>
+      <c r="D68" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E68" s="12" t="n">
+        <v>31000000</v>
+      </c>
+      <c r="F68" s="6" t="n">
+        <v>31406.03</v>
+      </c>
+      <c r="G68" s="7" t="n">
+        <v>0.0839</v>
+      </c>
+      <c r="H68" s="8" t="n">
+        <v>49588</v>
+      </c>
+      <c r="J68" s="6" t="n">
+        <v>6.6645</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="2" t="n">
+        <v>58</v>
+      </c>
+      <c r="B69" s="2" t="inlineStr">
+        <is>
+          <t>7.02% GOI 2031</t>
+        </is>
+      </c>
+      <c r="C69" s="2" t="inlineStr">
+        <is>
+          <t>IN0020240076</t>
+        </is>
+      </c>
+      <c r="D69" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E69" s="12" t="n">
+        <v>12500000</v>
+      </c>
+      <c r="F69" s="6" t="n">
+        <v>13032.74</v>
+      </c>
+      <c r="G69" s="7" t="n">
+        <v>0.0348</v>
+      </c>
+      <c r="H69" s="8" t="n">
+        <v>48017</v>
+      </c>
+      <c r="J69" s="6" t="n">
+        <v>6.3772</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="2" t="n">
+        <v>59</v>
+      </c>
+      <c r="B70" s="2" t="inlineStr">
+        <is>
+          <t>7.01% Gujarat SDL 2031</t>
+        </is>
+      </c>
+      <c r="C70" s="2" t="inlineStr">
+        <is>
+          <t>IN1520240111</t>
+        </is>
+      </c>
+      <c r="D70" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E70" s="12" t="n">
+        <v>12000000</v>
+      </c>
+      <c r="F70" s="6" t="n">
+        <v>12173.58</v>
+      </c>
+      <c r="G70" s="7" t="n">
+        <v>0.0325</v>
+      </c>
+      <c r="H70" s="8" t="n">
+        <v>47856</v>
+      </c>
+      <c r="J70" s="6" t="n">
+        <v>6.905</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="B71" s="2" t="inlineStr">
+        <is>
+          <t>8.51% GOI FRB 2033</t>
+        </is>
+      </c>
+      <c r="C71" s="2" t="inlineStr">
+        <is>
+          <t>IN0020200120</t>
+        </is>
+      </c>
+      <c r="D71" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E71" s="12" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>5336.77</v>
+      </c>
+      <c r="G71" s="7" t="n">
+        <v>0.0143</v>
+      </c>
+      <c r="H71" s="8" t="n">
+        <v>48844</v>
+      </c>
+      <c r="J71" s="6" t="n">
+        <v>6.1725</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="2" t="n">
+        <v>61</v>
+      </c>
+      <c r="B72" s="2" t="inlineStr">
+        <is>
+          <t>6.98% Gujarat SDL 2031</t>
+        </is>
+      </c>
+      <c r="C72" s="2" t="inlineStr">
+        <is>
+          <t>IN1520250292</t>
+        </is>
+      </c>
+      <c r="D72" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E72" s="12" t="n">
+        <v>3455000</v>
+      </c>
+      <c r="F72" s="6" t="n">
+        <v>3473.77</v>
+      </c>
+      <c r="G72" s="7" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+      <c r="H72" s="8" t="n">
+        <v>48078</v>
+      </c>
+      <c r="J72" s="6" t="n">
+        <v>6.9142</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="2" t="n">
+        <v>62</v>
+      </c>
+      <c r="B73" s="2" t="inlineStr">
+        <is>
+          <t>6.88% Uttar Pradesh SDL 2031</t>
+        </is>
+      </c>
+      <c r="C73" s="2" t="inlineStr">
+        <is>
+          <t>IN3320200279</t>
+        </is>
+      </c>
+      <c r="D73" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E73" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F73" s="6" t="n">
+        <v>2502.41</v>
+      </c>
+      <c r="G73" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H73" s="8" t="n">
+        <v>47882</v>
+      </c>
+      <c r="J73" s="6" t="n">
+        <v>6.985</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="9" t="n"/>
+      <c r="B74" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C74" s="9" t="n"/>
+      <c r="D74" s="9" t="n"/>
+      <c r="E74" s="9" t="n"/>
+      <c r="F74" s="10" t="n">
+        <v>67925.3</v>
+      </c>
+      <c r="G74" s="11" t="n">
+        <v>0.1815</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="B76" s="4" t="inlineStr">
+        <is>
+          <t>Securitised Debt</t>
+        </is>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="B77" s="2" t="inlineStr">
+        <is>
+          <t>India Universal Trust**</t>
+        </is>
+      </c>
+      <c r="C77" s="2" t="inlineStr">
+        <is>
+          <t>INE16J715035</t>
+        </is>
+      </c>
+      <c r="D77" s="2" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="E77" s="12" t="n">
+        <v>155</v>
+      </c>
+      <c r="F77" s="6" t="n">
+        <v>14109.96</v>
+      </c>
+      <c r="G77" s="7" t="n">
+        <v>0.0377</v>
+      </c>
+      <c r="H77" s="8" t="n">
+        <v>47746</v>
+      </c>
+      <c r="J77" s="6" t="n">
+        <v>8.07</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="9" t="n"/>
+      <c r="B78" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C78" s="9" t="n"/>
+      <c r="D78" s="9" t="n"/>
+      <c r="E78" s="9" t="n"/>
+      <c r="F78" s="10" t="n">
+        <v>14109.96</v>
+      </c>
+      <c r="G78" s="11" t="n">
+        <v>0.0377</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="B80" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="81">
+      <c r="B81" s="4" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="2" t="n">
+        <v>64</v>
+      </c>
+      <c r="B82" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C82" s="2" t="inlineStr">
+        <is>
+          <t>INE040A16HY1</t>
+        </is>
+      </c>
+      <c r="D82" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E82" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F82" s="6" t="n">
+        <v>9519.190000000001</v>
+      </c>
+      <c r="G82" s="7" t="n">
+        <v>0.0254</v>
+      </c>
+      <c r="H82" s="8" t="n">
+        <v>46345</v>
+      </c>
+      <c r="J82" s="6" t="n">
+        <v>7.01</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="B83" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C83" s="2" t="inlineStr">
+        <is>
+          <t>INE028A16LI1</t>
+        </is>
+      </c>
+      <c r="D83" s="2" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E83" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F83" s="6" t="n">
+        <v>9386.52</v>
+      </c>
+      <c r="G83" s="7" t="n">
+        <v>0.0251</v>
+      </c>
+      <c r="H83" s="8" t="n">
+        <v>46430</v>
+      </c>
+      <c r="J83" s="6" t="n">
+        <v>6.855</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="2" t="n">
+        <v>66</v>
+      </c>
+      <c r="B84" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C84" s="2" t="inlineStr">
+        <is>
+          <t>INE556F16BV4</t>
+        </is>
+      </c>
+      <c r="D84" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E84" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F84" s="6" t="n">
+        <v>4710.97</v>
+      </c>
+      <c r="G84" s="7" t="n">
+        <v>0.0126</v>
+      </c>
+      <c r="H84" s="8" t="n">
+        <v>46401</v>
+      </c>
+      <c r="J84" s="6" t="n">
+        <v>7.02</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="2" t="n">
+        <v>67</v>
+      </c>
+      <c r="B85" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C85" s="2" t="inlineStr">
+        <is>
+          <t>INE040A16II2</t>
+        </is>
+      </c>
+      <c r="D85" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E85" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F85" s="6" t="n">
+        <v>2366.95</v>
+      </c>
+      <c r="G85" s="7" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H85" s="8" t="n">
+        <v>46377</v>
+      </c>
+      <c r="J85" s="6" t="n">
+        <v>6.955</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="9" t="n"/>
+      <c r="B86" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C86" s="9" t="n"/>
+      <c r="D86" s="9" t="n"/>
+      <c r="E86" s="9" t="n"/>
+      <c r="F86" s="10" t="n">
+        <v>25983.63</v>
+      </c>
+      <c r="G86" s="11" t="n">
+        <v>0.0694</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="B88" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F88" s="6" t="n">
+        <v>1082.15</v>
+      </c>
+      <c r="G88" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="H88" s="8" t="n">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="9" t="n"/>
+      <c r="B89" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C89" s="9" t="n"/>
+      <c r="D89" s="9" t="n"/>
+      <c r="E89" s="9" t="n"/>
+      <c r="F89" s="10" t="n">
+        <v>1082.15</v>
+      </c>
+      <c r="G89" s="11" t="n">
+        <v>0.0029</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="B91" s="4" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="2" t="n">
+        <v>69</v>
+      </c>
+      <c r="B92" s="2" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C92" s="2" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E92" s="12" t="n">
+        <v>9513.143</v>
+      </c>
+      <c r="F92" s="6" t="n">
+        <v>1109.77</v>
+      </c>
+      <c r="G92" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J92" s="6" t="n"/>
+    </row>
+    <row r="93">
+      <c r="A93" s="9" t="n"/>
+      <c r="B93" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C93" s="9" t="n"/>
+      <c r="D93" s="9" t="n"/>
+      <c r="E93" s="9" t="n"/>
+      <c r="F93" s="10" t="n">
+        <v>1109.77</v>
+      </c>
+      <c r="G93" s="11" t="n">
+        <v>0.003</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="B95" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="96">
+      <c r="B96" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E96" s="12" t="n"/>
+      <c r="F96" s="6" t="n">
+        <v>1723.38</v>
+      </c>
+      <c r="G96" s="7" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="J96" s="6" t="n"/>
+    </row>
+    <row r="97">
+      <c r="A97" s="9" t="n"/>
+      <c r="B97" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C97" s="9" t="n"/>
+      <c r="D97" s="9" t="n"/>
+      <c r="E97" s="9" t="n"/>
+      <c r="F97" s="10" t="n">
+        <v>1723.38</v>
+      </c>
+      <c r="G97" s="11" t="n">
+        <v>0.0046</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="5" t="n"/>
+      <c r="B99" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C99" s="5" t="n"/>
+      <c r="D99" s="5" t="n"/>
+      <c r="E99" s="5" t="n"/>
+      <c r="F99" s="13" t="n">
+        <v>374295.28</v>
+      </c>
+      <c r="G99" s="14" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="B101" s="2" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A11" s="1" t="n">
+      <c r="B102" s="96" t="inlineStr">
+        <is>
+          <t>As on February 28, 2026, the aggregate investments by the schemes of DSP Mutual Fund in DSP Short Term Fund is ₹ 50,552.88 Lakhs.</t>
+        </is>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A12" s="1" t="n">
+      <c r="B103" s="15" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" ht="57" customHeight="1" s="70">
+      <c r="A104" s="15" t="n">
         <v>4</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
-[...2574 lines deleted...]
-      <c r="B104" s="100" t="inlineStr">
+      <c r="B104" s="71" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
     </row>
     <row r="105">
-      <c r="A105" s="14" t="n"/>
-[...3 lines deleted...]
-      <c r="E105" s="63" t="n"/>
+      <c r="A105" s="15" t="n"/>
+      <c r="B105" s="55" t="n"/>
+      <c r="C105" s="56" t="n"/>
+      <c r="D105" s="57" t="n"/>
+      <c r="E105" s="58" t="n"/>
     </row>
     <row r="106">
-      <c r="A106" s="14" t="n"/>
-      <c r="B106" s="46" t="inlineStr">
+      <c r="A106" s="15" t="n"/>
+      <c r="B106" s="47" t="inlineStr">
         <is>
           <t>Disclosure in Derivatives</t>
         </is>
       </c>
-      <c r="C106" s="46" t="inlineStr">
+      <c r="C106" s="47" t="inlineStr">
         <is>
           <t>Industry</t>
         </is>
       </c>
-      <c r="D106" s="46" t="inlineStr">
+      <c r="D106" s="47" t="inlineStr">
         <is>
           <t>Notional Value</t>
         </is>
       </c>
-      <c r="E106" s="46" t="inlineStr">
+      <c r="E106" s="47" t="inlineStr">
         <is>
           <t>% To net assets</t>
         </is>
       </c>
     </row>
     <row r="107">
-      <c r="A107" s="14" t="n"/>
-      <c r="B107" s="59" t="inlineStr">
+      <c r="A107" s="15" t="n"/>
+      <c r="B107" s="52" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C107" s="60" t="inlineStr">
+      <c r="C107" s="53" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D107" s="49" t="n">
+      <c r="D107" s="50" t="n">
         <v>1000000000</v>
       </c>
-      <c r="E107" s="61" t="n">
-[...4 lines deleted...]
-      <c r="B109" s="75" t="inlineStr">
+      <c r="E107" s="54" t="n">
+        <v>1e-05</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="15" t="n"/>
+      <c r="B108" s="15" t="n"/>
+    </row>
+    <row r="110" ht="14.5" customHeight="1" s="70">
+      <c r="B110" s="93" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="122" ht="16.5" customHeight="1" s="83">
-      <c r="B122" s="75" t="inlineStr">
+    <row r="122" ht="14.5" customHeight="1" s="70">
+      <c r="B122" s="93" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Short Duration Debt A-II Index</t>
         </is>
       </c>
     </row>
     <row r="135">
-      <c r="B135" s="15" t="n"/>
-      <c r="C135" s="17" t="inlineStr">
+      <c r="B135" s="16" t="n"/>
+      <c r="C135" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
     <row r="136">
-      <c r="B136" s="15" t="inlineStr">
+      <c r="B136" s="16" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C136" s="17" t="inlineStr">
+      <c r="C136" s="18" t="inlineStr">
         <is>
           <t>DSP Short Term Fund</t>
         </is>
       </c>
     </row>
     <row r="137">
-      <c r="B137" s="15" t="inlineStr">
+      <c r="B137" s="16" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C137" s="18" t="n"/>
+      <c r="C137" s="19" t="n"/>
     </row>
     <row r="138">
-      <c r="B138" s="15" t="inlineStr">
+      <c r="B138" s="16" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C138" s="19" t="n">
-        <v>0.07240000000000001</v>
+      <c r="C138" s="20" t="n">
+        <v>0.0712</v>
       </c>
     </row>
     <row r="139">
-      <c r="B139" s="15" t="inlineStr">
+      <c r="B139" s="16" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C139" s="18" t="n">
-        <v>2.76</v>
+      <c r="C139" s="19" t="n">
+        <v>2.62</v>
       </c>
     </row>
     <row r="140">
-      <c r="B140" s="15" t="inlineStr">
+      <c r="B140" s="16" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C140" s="18" t="n">
-        <v>3.35</v>
+      <c r="C140" s="97" t="n">
+        <v>3.2</v>
       </c>
     </row>
     <row r="141">
-      <c r="B141" s="15" t="inlineStr">
+      <c r="B141" s="16" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C141" s="20" t="n">
-        <v>46053</v>
+      <c r="C141" s="21" t="n">
+        <v>46081</v>
       </c>
     </row>
     <row r="142">
-      <c r="B142" s="16" t="inlineStr">
+      <c r="B142" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C142" s="17" t="n"/>
+      <c r="C142" s="18" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="B104:E104"/>
     <mergeCell ref="B1:F1"/>
+    <mergeCell ref="B104:G104"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>