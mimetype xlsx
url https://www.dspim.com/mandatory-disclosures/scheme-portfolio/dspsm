--- v0 (2025-10-04)
+++ v1 (2025-12-07)
@@ -1,440 +1,614 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="968" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="MIDCAP" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="14">
+  <fonts count="24">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <name val="Trebuchet MS"/>
+      <name val="Calibri"/>
       <family val="2"/>
-      <color indexed="8"/>
-      <sz val="10"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="11"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="trebuchet MS"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="11">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...7 lines deleted...]
-      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
-      <diagonal/>
-[...11 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...9 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="58">
+  <cellXfs count="96">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="2" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-[...27 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
@@ -482,116 +656,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>82</row>
+      <row>88</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2371725</colOff>
-[...1 lines deleted...]
-      <rowOff>28575</rowOff>
+      <colOff>2374900</colOff>
+      <row>97</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="14484350"/>
+          <a:off x="457200" y="15341600"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>95</row>
+      <row>102</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2371725</colOff>
-[...1 lines deleted...]
-      <rowOff>28576</rowOff>
+      <colOff>2374900</colOff>
+      <row>111</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="16897350"/>
+          <a:off x="457200" y="17754600"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -833,2330 +1007,2418 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L94"/>
+  <dimension ref="A1:L101"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="50.26953125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="13.54296875" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="29.7265625" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="28.7265625" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="40">
-[...1 lines deleted...]
-      <c r="B1" s="39" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="77">
+      <c r="A1" s="76" t="n"/>
+      <c r="B1" s="76" t="inlineStr">
         <is>
           <t>DSP Mid Cap Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on August 31, 2025</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on October 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="1" t="n">
+      <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Coforge Limited</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C8" s="2" t="inlineStr">
         <is>
           <t>INE591G01025</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D8" s="2" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E8" s="5" t="n">
+      <c r="E8" s="6" t="n">
         <v>4941275</v>
       </c>
-      <c r="F8" s="6" t="n">
-[...2 lines deleted...]
-      <c r="G8" s="7" t="n">
+      <c r="F8" s="7" t="n">
+        <v>87860.81</v>
+      </c>
+      <c r="G8" s="8" t="n">
         <v>0.0448</v>
       </c>
-      <c r="J8" s="6" t="n"/>
-      <c r="K8" s="3" t="inlineStr">
+      <c r="J8" s="7" t="n"/>
+      <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="2" t="inlineStr">
         <is>
           <t>IPCA Laboratories Limited</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C9" s="2" t="inlineStr">
         <is>
           <t>INE571A01038</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
-      <c r="E9" s="5" t="n">
+      <c r="E9" s="6" t="n">
         <v>4637728</v>
       </c>
-      <c r="F9" s="6" t="n">
-[...6 lines deleted...]
-      <c r="K9" s="1" t="inlineStr">
+      <c r="F9" s="7" t="n">
+        <v>58954.8</v>
+      </c>
+      <c r="G9" s="8" t="n">
+        <v>0.0301</v>
+      </c>
+      <c r="J9" s="7" t="n"/>
+      <c r="K9" s="2" t="inlineStr">
         <is>
           <t>Auto Components</t>
         </is>
       </c>
-      <c r="L9" s="7" t="n">
-        <v>0.093</v>
+      <c r="L9" s="8" t="n">
+        <v>0.0944</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="1" t="n">
+      <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B10" s="2" t="inlineStr">
+        <is>
+          <t>L&amp;T Finance Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="2" t="inlineStr">
+        <is>
+          <t>INE498L01015</t>
+        </is>
+      </c>
+      <c r="D10" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>20766556</v>
+      </c>
+      <c r="F10" s="7" t="n">
+        <v>56171.46</v>
+      </c>
+      <c r="G10" s="8" t="n">
+        <v>0.0286</v>
+      </c>
+      <c r="J10" s="7" t="n"/>
+      <c r="K10" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L10" s="8" t="n">
+        <v>0.0924</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="2" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="2" t="inlineStr">
+        <is>
+          <t>Fortis Healthcare Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="2" t="inlineStr">
+        <is>
+          <t>INE061F01013</t>
+        </is>
+      </c>
+      <c r="D11" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>5166727</v>
+      </c>
+      <c r="F11" s="7" t="n">
+        <v>52858.2</v>
+      </c>
+      <c r="G11" s="8" t="n">
+        <v>0.027</v>
+      </c>
+      <c r="J11" s="7" t="n"/>
+      <c r="K11" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L11" s="8" t="n">
+        <v>0.0827</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="2" t="inlineStr">
+        <is>
+          <t>AU Small Finance Bank Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="2" t="inlineStr">
+        <is>
+          <t>INE949L01017</t>
+        </is>
+      </c>
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>6002560</v>
+      </c>
+      <c r="F12" s="7" t="n">
+        <v>52693.47</v>
+      </c>
+      <c r="G12" s="8" t="n">
+        <v>0.0269</v>
+      </c>
+      <c r="J12" s="7" t="n"/>
+      <c r="K12" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L12" s="8" t="n">
+        <v>0.0809</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="2" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="2" t="inlineStr">
+        <is>
+          <t>Voltas Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="2" t="inlineStr">
+        <is>
+          <t>INE226A01021</t>
+        </is>
+      </c>
+      <c r="D13" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>3639527</v>
+      </c>
+      <c r="F13" s="7" t="n">
+        <v>50356.5</v>
+      </c>
+      <c r="G13" s="8" t="n">
+        <v>0.0257</v>
+      </c>
+      <c r="J13" s="7" t="n"/>
+      <c r="K13" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L13" s="8" t="n">
+        <v>0.0732</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>Coromandel International Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>INE169A01031</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>2282965</v>
+      </c>
+      <c r="F14" s="7" t="n">
+        <v>48503.87</v>
+      </c>
+      <c r="G14" s="8" t="n">
+        <v>0.0247</v>
+      </c>
+      <c r="J14" s="7" t="n"/>
+      <c r="K14" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="L14" s="8" t="n">
+        <v>0.0596</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Supreme Industries Limited</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C15" s="2" t="inlineStr">
         <is>
           <t>INE195A01028</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
-      <c r="E10" s="5" t="n">
+      <c r="E15" s="6" t="n">
         <v>1249674</v>
       </c>
-      <c r="F10" s="6" t="n">
-[...6 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+      <c r="F15" s="7" t="n">
+        <v>47643.82</v>
+      </c>
+      <c r="G15" s="8" t="n">
+        <v>0.0243</v>
+      </c>
+      <c r="J15" s="7" t="n"/>
+      <c r="K15" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L15" s="8" t="n">
+        <v>0.0467</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
+        <is>
+          <t>INE134E01011</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E16" s="6" t="n">
+        <v>11595035</v>
+      </c>
+      <c r="F16" s="7" t="n">
+        <v>46756.98</v>
+      </c>
+      <c r="G16" s="8" t="n">
+        <v>0.0238</v>
+      </c>
+      <c r="J16" s="7" t="n"/>
+      <c r="K16" s="2" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="L16" s="8" t="n">
+        <v>0.0466</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="2" t="inlineStr">
+        <is>
+          <t>Jindal Steel Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="2" t="inlineStr">
+        <is>
+          <t>INE749A01030</t>
+        </is>
+      </c>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E17" s="6" t="n">
+        <v>4374445</v>
+      </c>
+      <c r="F17" s="7" t="n">
+        <v>46666.58</v>
+      </c>
+      <c r="G17" s="8" t="n">
+        <v>0.0238</v>
+      </c>
+      <c r="J17" s="7" t="n"/>
+      <c r="K17" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L17" s="8" t="n">
+        <v>0.0426</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="2" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="2" t="inlineStr">
+        <is>
+          <t>INE397D01024</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E18" s="6" t="n">
+        <v>2246053</v>
+      </c>
+      <c r="F18" s="7" t="n">
+        <v>46145.16</v>
+      </c>
+      <c r="G18" s="8" t="n">
+        <v>0.0235</v>
+      </c>
+      <c r="J18" s="7" t="n"/>
+      <c r="K18" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L18" s="8" t="n">
+        <v>0.0341</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="2" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>Max Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>INE180A01020</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E19" s="6" t="n">
+        <v>2946419</v>
+      </c>
+      <c r="F19" s="7" t="n">
+        <v>45566.37</v>
+      </c>
+      <c r="G19" s="8" t="n">
+        <v>0.0232</v>
+      </c>
+      <c r="J19" s="7" t="n"/>
+      <c r="K19" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L19" s="8" t="n">
+        <v>0.0323</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>The Phoenix Mills Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>INE211B01039</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E20" s="6" t="n">
+        <v>2637188</v>
+      </c>
+      <c r="F20" s="7" t="n">
+        <v>44373.33</v>
+      </c>
+      <c r="G20" s="8" t="n">
+        <v>0.0226</v>
+      </c>
+      <c r="J20" s="7" t="n"/>
+      <c r="K20" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="L20" s="8" t="n">
+        <v>0.0264</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="2" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>Polycab India Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <t>INE455K01017</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
-      <c r="L10" s="7" t="n">
-[...17 lines deleted...]
-      <c r="D11" s="1" t="inlineStr">
+      <c r="E21" s="6" t="n">
+        <v>557747</v>
+      </c>
+      <c r="F21" s="7" t="n">
+        <v>42968.83</v>
+      </c>
+      <c r="G21" s="8" t="n">
+        <v>0.0219</v>
+      </c>
+      <c r="J21" s="7" t="n"/>
+      <c r="K21" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L21" s="8" t="n">
+        <v>0.0238</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>Schaeffler India Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <t>INE513A01022</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E22" s="6" t="n">
+        <v>1054097</v>
+      </c>
+      <c r="F22" s="7" t="n">
+        <v>42389.46</v>
+      </c>
+      <c r="G22" s="8" t="n">
+        <v>0.0216</v>
+      </c>
+      <c r="J22" s="7" t="n"/>
+      <c r="K22" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L22" s="8" t="n">
+        <v>0.0235</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="2" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <t>Alkem Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="2" t="inlineStr">
+        <is>
+          <t>INE540L01014</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E23" s="6" t="n">
+        <v>748010</v>
+      </c>
+      <c r="F23" s="7" t="n">
+        <v>41189.17</v>
+      </c>
+      <c r="G23" s="8" t="n">
+        <v>0.021</v>
+      </c>
+      <c r="J23" s="7" t="n"/>
+      <c r="K23" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L23" s="8" t="n">
+        <v>0.0232</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="2" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <t>Dixon Technologies (India) Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="2" t="inlineStr">
+        <is>
+          <t>INE935N01020</t>
+        </is>
+      </c>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E24" s="6" t="n">
+        <v>260559</v>
+      </c>
+      <c r="F24" s="7" t="n">
+        <v>40371.01</v>
+      </c>
+      <c r="G24" s="8" t="n">
+        <v>0.0206</v>
+      </c>
+      <c r="J24" s="7" t="n"/>
+      <c r="K24" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="L24" s="8" t="n">
+        <v>0.0226</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <t>Nippon Life India Asset Management Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="2" t="inlineStr">
+        <is>
+          <t>INE298J01013</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E25" s="6" t="n">
+        <v>4541962</v>
+      </c>
+      <c r="F25" s="7" t="n">
+        <v>39733.08</v>
+      </c>
+      <c r="G25" s="8" t="n">
+        <v>0.0203</v>
+      </c>
+      <c r="J25" s="7" t="n"/>
+      <c r="K25" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L25" s="8" t="n">
+        <v>0.022</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="2" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>Page Industries Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <t>INE761H01022</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="E26" s="6" t="n">
+        <v>94931</v>
+      </c>
+      <c r="F26" s="7" t="n">
+        <v>39111.57</v>
+      </c>
+      <c r="G26" s="8" t="n">
+        <v>0.0199</v>
+      </c>
+      <c r="J26" s="7" t="n"/>
+      <c r="K26" s="2" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="L26" s="8" t="n">
+        <v>0.0199</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="2" t="inlineStr">
+        <is>
+          <t>INE094A01015</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E27" s="6" t="n">
+        <v>7845468</v>
+      </c>
+      <c r="F27" s="7" t="n">
+        <v>37344.43</v>
+      </c>
+      <c r="G27" s="8" t="n">
+        <v>0.019</v>
+      </c>
+      <c r="J27" s="7" t="n"/>
+      <c r="K27" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L27" s="8" t="n">
+        <v>0.019</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="2" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="2" t="inlineStr">
+        <is>
+          <t>The Federal Bank Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="2" t="inlineStr">
+        <is>
+          <t>INE171A01029</t>
+        </is>
+      </c>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E28" s="6" t="n">
+        <v>15691347</v>
+      </c>
+      <c r="F28" s="7" t="n">
+        <v>37127.3</v>
+      </c>
+      <c r="G28" s="8" t="n">
+        <v>0.0189</v>
+      </c>
+      <c r="J28" s="7" t="n"/>
+      <c r="K28" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="L28" s="8" t="n">
+        <v>0.0172</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="2" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="2" t="inlineStr">
+        <is>
+          <t>KPIT Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="2" t="inlineStr">
+        <is>
+          <t>INE04I401011</t>
+        </is>
+      </c>
+      <c r="D29" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E29" s="6" t="n">
+        <v>3106845</v>
+      </c>
+      <c r="F29" s="7" t="n">
+        <v>36247.56</v>
+      </c>
+      <c r="G29" s="8" t="n">
+        <v>0.0185</v>
+      </c>
+      <c r="J29" s="7" t="n"/>
+      <c r="K29" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="L29" s="8" t="n">
+        <v>0.0165</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="2" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <t>Bharat Forge Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="2" t="inlineStr">
+        <is>
+          <t>INE465A01025</t>
+        </is>
+      </c>
+      <c r="D30" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E30" s="6" t="n">
+        <v>2714995</v>
+      </c>
+      <c r="F30" s="7" t="n">
+        <v>35965.54</v>
+      </c>
+      <c r="G30" s="8" t="n">
+        <v>0.0183</v>
+      </c>
+      <c r="J30" s="7" t="n"/>
+      <c r="K30" s="2" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L30" s="8" t="n">
+        <v>0.0111</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="2" t="inlineStr">
+        <is>
+          <t>MphasiS Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="2" t="inlineStr">
+        <is>
+          <t>INE356A01018</t>
+        </is>
+      </c>
+      <c r="D31" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E31" s="6" t="n">
+        <v>1246962</v>
+      </c>
+      <c r="F31" s="7" t="n">
+        <v>34471.02</v>
+      </c>
+      <c r="G31" s="8" t="n">
+        <v>0.0176</v>
+      </c>
+      <c r="J31" s="7" t="n"/>
+      <c r="K31" s="2" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="L31" s="8" t="n">
+        <v>0.011</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="2" t="inlineStr">
+        <is>
+          <t>UNO Minda Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="2" t="inlineStr">
+        <is>
+          <t>INE405E01023</t>
+        </is>
+      </c>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E32" s="6" t="n">
+        <v>2763183</v>
+      </c>
+      <c r="F32" s="7" t="n">
+        <v>34130.84</v>
+      </c>
+      <c r="G32" s="8" t="n">
+        <v>0.0174</v>
+      </c>
+      <c r="J32" s="7" t="n"/>
+      <c r="K32" s="2" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L32" s="8" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>JK Cement Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <t>INE823G01014</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E33" s="6" t="n">
+        <v>543969</v>
+      </c>
+      <c r="F33" s="7" t="n">
+        <v>33802.23</v>
+      </c>
+      <c r="G33" s="8" t="n">
+        <v>0.0172</v>
+      </c>
+      <c r="J33" s="7" t="n"/>
+      <c r="K33" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L33" s="8" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="2" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <t>KEI Industries Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="2" t="inlineStr">
+        <is>
+          <t>INE878B01027</t>
+        </is>
+      </c>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E34" s="6" t="n">
+        <v>834168</v>
+      </c>
+      <c r="F34" s="7" t="n">
+        <v>33633.65</v>
+      </c>
+      <c r="G34" s="8" t="n">
+        <v>0.0172</v>
+      </c>
+      <c r="J34" s="7" t="n"/>
+      <c r="K34" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="L34" s="8" t="n">
+        <v>0.0076</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <t>Techno Electric &amp; Engineering Company Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="2" t="inlineStr">
+        <is>
+          <t>INE285K01026</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E35" s="6" t="n">
+        <v>2450232</v>
+      </c>
+      <c r="F35" s="7" t="n">
+        <v>32321.01</v>
+      </c>
+      <c r="G35" s="8" t="n">
+        <v>0.0165</v>
+      </c>
+      <c r="J35" s="7" t="n"/>
+      <c r="K35" s="2" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="L35" s="8" t="n">
+        <v>0.0056</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="2" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <t>Jubilant Ingrevia Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="2" t="inlineStr">
+        <is>
+          <t>INE0BY001018</t>
+        </is>
+      </c>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E36" s="6" t="n">
+        <v>4469774</v>
+      </c>
+      <c r="F36" s="7" t="n">
+        <v>30839.21</v>
+      </c>
+      <c r="G36" s="8" t="n">
+        <v>0.0157</v>
+      </c>
+      <c r="J36" s="7" t="n"/>
+      <c r="K36" s="2" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="L36" s="8" t="n">
+        <v>0.0055</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>Apollo Tyres Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <t>INE438A01022</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E37" s="6" t="n">
+        <v>6148780</v>
+      </c>
+      <c r="F37" s="7" t="n">
+        <v>30836.13</v>
+      </c>
+      <c r="G37" s="8" t="n">
+        <v>0.0157</v>
+      </c>
+      <c r="J37" s="7" t="n"/>
+      <c r="K37" s="2" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="L37" s="8" t="n">
+        <v>0.0032</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="2" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>Atul Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <t>INE100A01010</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E38" s="6" t="n">
+        <v>521497</v>
+      </c>
+      <c r="F38" s="7" t="n">
+        <v>30051.26</v>
+      </c>
+      <c r="G38" s="8" t="n">
+        <v>0.0153</v>
+      </c>
+      <c r="J38" s="7" t="n"/>
+      <c r="K38" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L38" s="8" t="n">
+        <v>0.0398</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>Bank of India</t>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <t>INE084A01016</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E39" s="6" t="n">
+        <v>19384361</v>
+      </c>
+      <c r="F39" s="7" t="n">
+        <v>27114.84</v>
+      </c>
+      <c r="G39" s="8" t="n">
+        <v>0.0138</v>
+      </c>
+      <c r="J39" s="7" t="n"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="2" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="2" t="inlineStr">
+        <is>
+          <t>Multi Commodity Exchange of India Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="2" t="inlineStr">
+        <is>
+          <t>INE745G01035</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E40" s="6" t="n">
+        <v>293089</v>
+      </c>
+      <c r="F40" s="7" t="n">
+        <v>27091.68</v>
+      </c>
+      <c r="G40" s="8" t="n">
+        <v>0.0138</v>
+      </c>
+      <c r="J40" s="7" t="n"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="2" t="inlineStr">
+        <is>
+          <t>APL Apollo Tubes Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="2" t="inlineStr">
+        <is>
+          <t>INE702C01027</t>
+        </is>
+      </c>
+      <c r="D41" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E41" s="6" t="n">
+        <v>1426865</v>
+      </c>
+      <c r="F41" s="7" t="n">
+        <v>25562.29</v>
+      </c>
+      <c r="G41" s="8" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="J41" s="7" t="n"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="2" t="inlineStr">
+        <is>
+          <t>Kirloskar Oil Engines Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="2" t="inlineStr">
+        <is>
+          <t>INE146L01010</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E42" s="6" t="n">
+        <v>2548022</v>
+      </c>
+      <c r="F42" s="7" t="n">
+        <v>25477.67</v>
+      </c>
+      <c r="G42" s="8" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="J42" s="7" t="n"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="2" t="inlineStr">
+        <is>
+          <t>Cholamandalam Financial Holdings Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="2" t="inlineStr">
+        <is>
+          <t>INE149A01033</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E43" s="6" t="n">
+        <v>1321849</v>
+      </c>
+      <c r="F43" s="7" t="n">
+        <v>25281.68</v>
+      </c>
+      <c r="G43" s="8" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="J43" s="7" t="n"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="2" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="2" t="inlineStr">
+        <is>
+          <t>Vishal Mega Mart Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="2" t="inlineStr">
+        <is>
+          <t>INE01EA01019</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E44" s="6" t="n">
+        <v>17027683</v>
+      </c>
+      <c r="F44" s="7" t="n">
+        <v>24637.35</v>
+      </c>
+      <c r="G44" s="8" t="n">
+        <v>0.0126</v>
+      </c>
+      <c r="J44" s="7" t="n"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="2" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="2" t="inlineStr">
+        <is>
+          <t>Cipla Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="2" t="inlineStr">
+        <is>
+          <t>INE059A01026</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E45" s="6" t="n">
+        <v>1619542</v>
+      </c>
+      <c r="F45" s="7" t="n">
+        <v>24314.18</v>
+      </c>
+      <c r="G45" s="8" t="n">
+        <v>0.0124</v>
+      </c>
+      <c r="J45" s="7" t="n"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="2" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="2" t="inlineStr">
+        <is>
+          <t>Gujarat Fluorochemicals Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="2" t="inlineStr">
+        <is>
+          <t>INE09N301011</t>
+        </is>
+      </c>
+      <c r="D46" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E46" s="6" t="n">
+        <v>607640</v>
+      </c>
+      <c r="F46" s="7" t="n">
+        <v>22747.61</v>
+      </c>
+      <c r="G46" s="8" t="n">
+        <v>0.0116</v>
+      </c>
+      <c r="J46" s="7" t="n"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="2" t="inlineStr">
+        <is>
+          <t>Dhanuka Agritech Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="2" t="inlineStr">
+        <is>
+          <t>INE435G01025</t>
+        </is>
+      </c>
+      <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Fertilizers &amp; Agrochemicals</t>
         </is>
       </c>
-      <c r="E11" s="5" t="n">
-[...9 lines deleted...]
-      <c r="K11" s="1" t="inlineStr">
+      <c r="E47" s="6" t="n">
+        <v>1637906</v>
+      </c>
+      <c r="F47" s="7" t="n">
+        <v>22508.1</v>
+      </c>
+      <c r="G47" s="8" t="n">
+        <v>0.0115</v>
+      </c>
+      <c r="J47" s="7" t="n"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="2" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="2" t="inlineStr">
+        <is>
+          <t>Hero MotoCorp Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="2" t="inlineStr">
+        <is>
+          <t>INE158A01026</t>
+        </is>
+      </c>
+      <c r="D48" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E48" s="6" t="n">
+        <v>399123</v>
+      </c>
+      <c r="F48" s="7" t="n">
+        <v>22127.38</v>
+      </c>
+      <c r="G48" s="8" t="n">
+        <v>0.0113</v>
+      </c>
+      <c r="J48" s="7" t="n"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" s="2" t="inlineStr">
+        <is>
+          <t>Emami Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="2" t="inlineStr">
+        <is>
+          <t>INE548C01032</t>
+        </is>
+      </c>
+      <c r="D49" s="2" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E49" s="6" t="n">
+        <v>4058472</v>
+      </c>
+      <c r="F49" s="7" t="n">
+        <v>21688.47</v>
+      </c>
+      <c r="G49" s="8" t="n">
+        <v>0.0111</v>
+      </c>
+      <c r="J49" s="7" t="n"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="2" t="n">
+        <v>43</v>
+      </c>
+      <c r="B50" s="2" t="inlineStr">
+        <is>
+          <t>Oil India Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="2" t="inlineStr">
+        <is>
+          <t>INE274J01014</t>
+        </is>
+      </c>
+      <c r="D50" s="2" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E50" s="6" t="n">
+        <v>4977903</v>
+      </c>
+      <c r="F50" s="7" t="n">
+        <v>21571.74</v>
+      </c>
+      <c r="G50" s="8" t="n">
+        <v>0.011</v>
+      </c>
+      <c r="J50" s="7" t="n"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="2" t="n">
+        <v>44</v>
+      </c>
+      <c r="B51" s="2" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="2" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D51" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E51" s="6" t="n">
+        <v>20019604</v>
+      </c>
+      <c r="F51" s="7" t="n">
+        <v>21098.66</v>
+      </c>
+      <c r="G51" s="8" t="n">
+        <v>0.0108</v>
+      </c>
+      <c r="J51" s="7" t="n"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="B52" s="2" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="2" t="inlineStr">
+        <is>
+          <t>INE101A01026</t>
+        </is>
+      </c>
+      <c r="D52" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E52" s="6" t="n">
+        <v>599611</v>
+      </c>
+      <c r="F52" s="7" t="n">
+        <v>20909.63</v>
+      </c>
+      <c r="G52" s="8" t="n">
+        <v>0.0107</v>
+      </c>
+      <c r="J52" s="7" t="n"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="2" t="n">
+        <v>46</v>
+      </c>
+      <c r="B53" s="2" t="inlineStr">
+        <is>
+          <t>Tube Investments of India Limited</t>
+        </is>
+      </c>
+      <c r="C53" s="2" t="inlineStr">
+        <is>
+          <t>INE974X01010</t>
+        </is>
+      </c>
+      <c r="D53" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E53" s="6" t="n">
+        <v>686975</v>
+      </c>
+      <c r="F53" s="7" t="n">
+        <v>20767.25</v>
+      </c>
+      <c r="G53" s="8" t="n">
+        <v>0.0106</v>
+      </c>
+      <c r="J53" s="7" t="n"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="2" t="n">
+        <v>47</v>
+      </c>
+      <c r="B54" s="2" t="inlineStr">
+        <is>
+          <t>PI Industries Limited</t>
+        </is>
+      </c>
+      <c r="C54" s="2" t="inlineStr">
+        <is>
+          <t>INE603J01030</t>
+        </is>
+      </c>
+      <c r="D54" s="2" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E54" s="6" t="n">
+        <v>567342</v>
+      </c>
+      <c r="F54" s="7" t="n">
+        <v>20296.09</v>
+      </c>
+      <c r="G54" s="8" t="n">
+        <v>0.0104</v>
+      </c>
+      <c r="J54" s="7" t="n"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="2" t="n">
+        <v>48</v>
+      </c>
+      <c r="B55" s="2" t="inlineStr">
+        <is>
+          <t>Alembic Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="2" t="inlineStr">
+        <is>
+          <t>INE901L01018</t>
+        </is>
+      </c>
+      <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
-      <c r="L11" s="7" t="n">
-[...17 lines deleted...]
-      <c r="D12" s="1" t="inlineStr">
+      <c r="E55" s="6" t="n">
+        <v>2129889</v>
+      </c>
+      <c r="F55" s="7" t="n">
+        <v>19113.62</v>
+      </c>
+      <c r="G55" s="8" t="n">
+        <v>0.0097</v>
+      </c>
+      <c r="J55" s="7" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="2" t="n">
+        <v>49</v>
+      </c>
+      <c r="B56" s="2" t="inlineStr">
+        <is>
+          <t>HDB Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="2" t="inlineStr">
+        <is>
+          <t>INE756I01012</t>
+        </is>
+      </c>
+      <c r="D56" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E56" s="6" t="n">
+        <v>2593679</v>
+      </c>
+      <c r="F56" s="7" t="n">
+        <v>18967.57</v>
+      </c>
+      <c r="G56" s="8" t="n">
+        <v>0.0097</v>
+      </c>
+      <c r="J56" s="7" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="B57" s="2" t="inlineStr">
+        <is>
+          <t>Eternal Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="2" t="inlineStr">
+        <is>
+          <t>INE758T01015</t>
+        </is>
+      </c>
+      <c r="D57" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E57" s="6" t="n">
+        <v>5649691</v>
+      </c>
+      <c r="F57" s="7" t="n">
+        <v>17951.89</v>
+      </c>
+      <c r="G57" s="8" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="J57" s="7" t="n"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="2" t="n">
+        <v>51</v>
+      </c>
+      <c r="B58" s="2" t="inlineStr">
+        <is>
+          <t>Cyient Limited</t>
+        </is>
+      </c>
+      <c r="C58" s="2" t="inlineStr">
+        <is>
+          <t>INE136B01020</t>
+        </is>
+      </c>
+      <c r="D58" s="2" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E58" s="6" t="n">
+        <v>1418197</v>
+      </c>
+      <c r="F58" s="7" t="n">
+        <v>16486.54</v>
+      </c>
+      <c r="G58" s="8" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="J58" s="7" t="n"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="2" t="n">
+        <v>52</v>
+      </c>
+      <c r="B59" s="2" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited</t>
+        </is>
+      </c>
+      <c r="C59" s="2" t="inlineStr">
+        <is>
+          <t>INE129A01019</t>
+        </is>
+      </c>
+      <c r="D59" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E59" s="6" t="n">
+        <v>8846302</v>
+      </c>
+      <c r="F59" s="7" t="n">
+        <v>16167.5</v>
+      </c>
+      <c r="G59" s="8" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="J59" s="7" t="n"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="2" t="n">
+        <v>53</v>
+      </c>
+      <c r="B60" s="2" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited</t>
+        </is>
+      </c>
+      <c r="C60" s="2" t="inlineStr">
+        <is>
+          <t>INE121A01024</t>
+        </is>
+      </c>
+      <c r="D60" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E60" s="6" t="n">
+        <v>889295</v>
+      </c>
+      <c r="F60" s="7" t="n">
+        <v>15089.56</v>
+      </c>
+      <c r="G60" s="8" t="n">
+        <v>0.0077</v>
+      </c>
+      <c r="J60" s="7" t="n"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="2" t="n">
+        <v>54</v>
+      </c>
+      <c r="B61" s="2" t="inlineStr">
+        <is>
+          <t>Apar Industries Limited</t>
+        </is>
+      </c>
+      <c r="C61" s="2" t="inlineStr">
+        <is>
+          <t>INE372A01015</t>
+        </is>
+      </c>
+      <c r="D61" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E61" s="6" t="n">
+        <v>172370</v>
+      </c>
+      <c r="F61" s="7" t="n">
+        <v>14946.2</v>
+      </c>
+      <c r="G61" s="8" t="n">
+        <v>0.0076</v>
+      </c>
+      <c r="J61" s="7" t="n"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="B62" s="2" t="inlineStr">
+        <is>
+          <t>Westlife Foodworld Limited</t>
+        </is>
+      </c>
+      <c r="C62" s="2" t="inlineStr">
+        <is>
+          <t>INE274F01020</t>
+        </is>
+      </c>
+      <c r="D62" s="2" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E62" s="6" t="n">
+        <v>1850439</v>
+      </c>
+      <c r="F62" s="7" t="n">
+        <v>10979.58</v>
+      </c>
+      <c r="G62" s="8" t="n">
+        <v>0.0056</v>
+      </c>
+      <c r="J62" s="7" t="n"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="2" t="n">
+        <v>56</v>
+      </c>
+      <c r="B63" s="2" t="inlineStr">
+        <is>
+          <t>Hatsun Agro Product Limited</t>
+        </is>
+      </c>
+      <c r="C63" s="2" t="inlineStr">
+        <is>
+          <t>INE473B01035</t>
+        </is>
+      </c>
+      <c r="D63" s="2" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E63" s="6" t="n">
+        <v>975877</v>
+      </c>
+      <c r="F63" s="7" t="n">
+        <v>10791.74</v>
+      </c>
+      <c r="G63" s="8" t="n">
+        <v>0.0055</v>
+      </c>
+      <c r="J63" s="7" t="n"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="2" t="n">
+        <v>57</v>
+      </c>
+      <c r="B64" s="2" t="inlineStr">
+        <is>
+          <t>Syngene International Limited</t>
+        </is>
+      </c>
+      <c r="C64" s="2" t="inlineStr">
+        <is>
+          <t>INE398R01022</t>
+        </is>
+      </c>
+      <c r="D64" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E64" s="6" t="n">
+        <v>1586541</v>
+      </c>
+      <c r="F64" s="7" t="n">
+        <v>10314.1</v>
+      </c>
+      <c r="G64" s="8" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="J64" s="7" t="n"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="2" t="n">
+        <v>58</v>
+      </c>
+      <c r="B65" s="2" t="inlineStr">
+        <is>
+          <t>Lenskart Solutions Limited^</t>
+        </is>
+      </c>
+      <c r="C65" s="2" t="inlineStr">
+        <is>
+          <t>INE956O01016</t>
+        </is>
+      </c>
+      <c r="D65" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E65" s="6" t="n">
+        <v>2238796</v>
+      </c>
+      <c r="F65" s="7" t="n">
+        <v>8999.959999999999</v>
+      </c>
+      <c r="G65" s="8" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="J65" s="7" t="n"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="2" t="n">
+        <v>59</v>
+      </c>
+      <c r="B66" s="2" t="inlineStr">
+        <is>
+          <t>Container Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C66" s="2" t="inlineStr">
+        <is>
+          <t>INE111A01025</t>
+        </is>
+      </c>
+      <c r="D66" s="2" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="E66" s="6" t="n">
+        <v>1149711</v>
+      </c>
+      <c r="F66" s="7" t="n">
+        <v>6268.8</v>
+      </c>
+      <c r="G66" s="8" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J66" s="7" t="n"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="B67" s="2" t="inlineStr">
+        <is>
+          <t>Timken India Limited</t>
+        </is>
+      </c>
+      <c r="C67" s="2" t="inlineStr">
+        <is>
+          <t>INE325A01013</t>
+        </is>
+      </c>
+      <c r="D67" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E67" s="6" t="n">
+        <v>187241</v>
+      </c>
+      <c r="F67" s="7" t="n">
+        <v>5886.86</v>
+      </c>
+      <c r="G67" s="8" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J67" s="7" t="n"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="2" t="n">
+        <v>61</v>
+      </c>
+      <c r="B68" s="2" t="inlineStr">
+        <is>
+          <t>LG Electronics India Limited</t>
+        </is>
+      </c>
+      <c r="C68" s="2" t="inlineStr">
+        <is>
+          <t>INE324D01010</t>
+        </is>
+      </c>
+      <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Consumer Durables</t>
         </is>
       </c>
-      <c r="E12" s="5" t="n">
-[...1826 lines deleted...]
-      <c r="B66" s="8" t="inlineStr">
+      <c r="E68" s="6" t="n">
+        <v>44919</v>
+      </c>
+      <c r="F68" s="7" t="n">
+        <v>747.27</v>
+      </c>
+      <c r="G68" s="8" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="J68" s="7" t="n"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="9" t="n"/>
+      <c r="B69" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C66" s="8" t="n"/>
-[...10 lines deleted...]
-      <c r="B68" s="3" t="inlineStr">
+      <c r="C69" s="9" t="n"/>
+      <c r="D69" s="9" t="n"/>
+      <c r="E69" s="9" t="n"/>
+      <c r="F69" s="10" t="n">
+        <v>1882990.46</v>
+      </c>
+      <c r="G69" s="11" t="n">
+        <v>0.9602000000000001</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="B71" s="4" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
-    <row r="69">
-[...3 lines deleted...]
-      <c r="B69" s="3" t="inlineStr">
+    <row r="72">
+      <c r="A72" s="2" t="n">
+        <v>62</v>
+      </c>
+      <c r="B72" s="4" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F69" s="6" t="n">
-[...11 lines deleted...]
-      <c r="B70" s="8" t="inlineStr">
+      <c r="F72" s="7" t="n">
+        <v>78853.16</v>
+      </c>
+      <c r="G72" s="8" t="n">
+        <v>0.0402</v>
+      </c>
+      <c r="H72" s="12" t="n">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="9" t="n"/>
+      <c r="B73" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C70" s="8" t="n"/>
-[...10 lines deleted...]
-      <c r="B72" s="3" t="inlineStr">
+      <c r="C73" s="9" t="n"/>
+      <c r="D73" s="9" t="n"/>
+      <c r="E73" s="9" t="n"/>
+      <c r="F73" s="10" t="n">
+        <v>78853.16</v>
+      </c>
+      <c r="G73" s="11" t="n">
+        <v>0.0402</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="B75" s="4" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
-    <row r="73">
-      <c r="B73" s="1" t="inlineStr">
+    <row r="76">
+      <c r="B76" s="2" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E73" s="5" t="n"/>
-[...12 lines deleted...]
-      <c r="B74" s="8" t="inlineStr">
+      <c r="E76" s="6" t="n"/>
+      <c r="F76" s="7" t="n">
+        <v>-943.0599999999999</v>
+      </c>
+      <c r="G76" s="8" t="n">
+        <v>-0.0004</v>
+      </c>
+      <c r="J76" s="7" t="n"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="9" t="n"/>
+      <c r="B77" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C74" s="8" t="n"/>
-[...13 lines deleted...]
-      <c r="B76" s="4" t="inlineStr">
+      <c r="C77" s="9" t="n"/>
+      <c r="D77" s="9" t="n"/>
+      <c r="E77" s="9" t="n"/>
+      <c r="F77" s="10" t="n">
+        <v>-943.0599999999999</v>
+      </c>
+      <c r="G77" s="11" t="n">
+        <v>-0.0004</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="5" t="n"/>
+      <c r="B79" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C76" s="4" t="n"/>
-[...5 lines deleted...]
-      <c r="G76" s="13" t="n">
+      <c r="C79" s="5" t="n"/>
+      <c r="D79" s="5" t="n"/>
+      <c r="E79" s="5" t="n"/>
+      <c r="F79" s="13" t="n">
+        <v>1960900.56</v>
+      </c>
+      <c r="G79" s="14" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="77">
-      <c r="A77" s="1" t="inlineStr">
+    <row r="80">
+      <c r="A80" s="2" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="78">
-      <c r="A78" s="14" t="n">
+    <row r="81">
+      <c r="A81" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="B78" s="14" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A79" s="15" t="n">
+      <c r="B81" s="2" t="inlineStr">
+        <is>
+          <t>^ Pending Listing</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="16" t="n">
         <v>2</v>
       </c>
-      <c r="B79" s="15" t="inlineStr">
+      <c r="B82" s="16" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="81" ht="14.5" customHeight="1" s="40">
-      <c r="B81" s="37" t="inlineStr">
+    <row r="83" ht="27" customHeight="1" s="77">
+      <c r="A83" s="16" t="n">
+        <v>3</v>
+      </c>
+      <c r="B83" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" ht="14.5" customHeight="1" s="77">
+      <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="94" ht="14.5" customHeight="1" s="40">
-      <c r="B94" s="37" t="inlineStr">
+    <row r="101" ht="14.5" customHeight="1" s="77">
+      <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty Midcap 150 TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ICRON Research</dc:creator>
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>