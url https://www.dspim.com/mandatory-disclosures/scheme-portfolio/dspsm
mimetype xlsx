--- v1 (2025-12-07)
+++ v2 (2025-12-28)
@@ -1,80 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="MIDCAP" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
-    <numFmt numFmtId="166" formatCode="0.0%"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="24">
+  <fonts count="15">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -109,507 +103,378 @@
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="Arial"/>
-[...42 lines deleted...]
-    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Arial"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color indexed="8"/>
-[...4 lines deleted...]
-      <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="12">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...7 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...35 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="96">
+  <cellXfs count="70">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-[...22 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...66 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...12 lines deleted...]
-    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -656,116 +521,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>88</row>
+      <row>85</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2374900</colOff>
-[...1 lines deleted...]
-      <rowOff>31750</rowOff>
+      <colOff>2378075</colOff>
+      <row>94</row>
+      <rowOff>34924</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="15341600"/>
+          <a:off x="457200" y="14998700"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>102</row>
+      <row>99</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2374900</colOff>
-[...1 lines deleted...]
-      <rowOff>31750</rowOff>
+      <colOff>2378075</colOff>
+      <row>108</row>
+      <rowOff>34925</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="17754600"/>
+          <a:off x="457200" y="17411700"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1002,2423 +867,2373 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L101"/>
+  <dimension ref="A1:L98"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="50.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="12.1796875" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="28.7265625" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="28.7265625" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="77">
-[...1 lines deleted...]
-      <c r="B1" s="76" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="49">
+      <c r="A1" s="48" t="n"/>
+      <c r="B1" s="48" t="inlineStr">
         <is>
           <t>DSP Mid Cap Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on November 30, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Coforge Limited</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE591G01025</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E8" s="6" t="n">
+      <c r="E8" s="5" t="n">
         <v>4941275</v>
       </c>
-      <c r="F8" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G8" s="8" t="n">
+      <c r="F8" s="6" t="n">
+        <v>94314.12</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.0475</v>
+      </c>
+      <c r="J8" s="6" t="n"/>
+      <c r="K8" s="3" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="3" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>IPCA Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>INE571A01038</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E9" s="5" t="n">
+        <v>4637728</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>67390.83</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.0339</v>
+      </c>
+      <c r="J9" s="6" t="n"/>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L9" s="7" t="n">
+        <v>0.09370000000000001</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;T Finance Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>INE498L01015</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E10" s="5" t="n">
+        <v>18785417</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>58676.25</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0296</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L10" s="7" t="n">
+        <v>0.08459999999999999</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>AU Small Finance Bank Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>INE949L01017</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="n">
+        <v>6002560</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>57339.45</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0289</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.0843</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Coromandel International Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>INE169A01031</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="n">
+        <v>2282965</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>54382.51</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0274</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.0835</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Max Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE180A01020</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="n">
+        <v>2946419</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>50151</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0253</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0677</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Voltas Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE226A01021</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="n">
+        <v>3639527</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>50090.81</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0252</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.06370000000000001</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Fortis Healthcare Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE061F01013</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="n">
+        <v>5152245</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>47354.28</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0239</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.049</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE397D01024</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="n">
+        <v>2246053</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>47203.05</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0238</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
         <v>0.0448</v>
       </c>
-      <c r="J8" s="7" t="n"/>
-[...25 lines deleted...]
-      <c r="D9" s="2" t="inlineStr">
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>The Phoenix Mills Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE211B01039</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="n">
+        <v>2637188</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>45802.68</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0231</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
+        <v>0.0418</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Jindal Steel Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE749A01030</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="n">
+        <v>4374445</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>45686.7</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.023</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L18" s="7" t="n">
+        <v>0.0349</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Alkem Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE540L01014</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
-      <c r="E9" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K9" s="2" t="inlineStr">
+      <c r="E19" s="5" t="n">
+        <v>748010</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>42524.37</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0214</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L19" s="7" t="n">
+        <v>0.0291</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE134E01011</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="n">
+        <v>11595035</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>42055.19</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0212</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="L20" s="7" t="n">
+        <v>0.0267</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Polycab India Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE455K01017</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="n">
+        <v>557747</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>41663.7</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.021</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L21" s="7" t="n">
+        <v>0.0253</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Schaeffler India Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE513A01022</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Auto Components</t>
         </is>
       </c>
-      <c r="L9" s="8" t="n">
-[...17 lines deleted...]
-      <c r="D10" s="2" t="inlineStr">
+      <c r="E22" s="5" t="n">
+        <v>1054097</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>41103.46</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0207</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L22" s="7" t="n">
+        <v>0.0238</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>The Federal Bank Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE171A01029</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="n">
+        <v>15691347</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>40471.12</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0204</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L23" s="7" t="n">
+        <v>0.0237</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Nippon Life India Asset Management Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE298J01013</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="n">
+        <v>4541962</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>39769.42</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="L24" s="7" t="n">
+        <v>0.0231</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Supreme Industries Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE195A01028</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="n">
+        <v>1135100</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>38498.05</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0194</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L25" s="7" t="n">
+        <v>0.023</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Dixon Technologies (India) Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE935N01020</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="n">
+        <v>260559</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>38044.22</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0192</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="L26" s="7" t="n">
+        <v>0.0183</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>KPIT Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE04I401011</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="n">
+        <v>3106845</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>37978.07</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0191</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L27" s="7" t="n">
+        <v>0.0181</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Page Industries Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE761H01022</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="n">
+        <v>94931</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>36377.56</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0183</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="L28" s="7" t="n">
+        <v>0.0158</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>UNO Minda Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE405E01023</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="n">
+        <v>2763183</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>36109.28</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0182</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="L29" s="7" t="n">
+        <v>0.0149</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE094A01015</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="n">
+        <v>7845468</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>35893.02</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0181</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L30" s="7" t="n">
+        <v>0.0108</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>MphasiS Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE356A01018</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="n">
+        <v>1246962</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>35057.09</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0177</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="L31" s="7" t="n">
+        <v>0.0104</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Forge Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE465A01025</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="n">
+        <v>2437971</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>34955.63</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0176</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L32" s="7" t="n">
+        <v>0.008</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>KEI Industries Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE878B01027</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="n">
+        <v>834168</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>34581.27</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0174</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="L33" s="7" t="n">
+        <v>0.008</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Jubilant Ingrevia Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE0BY001018</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="n">
+        <v>4469774</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>31648.23</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0159</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L34" s="7" t="n">
+        <v>0.0078</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Apollo Tyres Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE438A01022</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="n">
+        <v>6148780</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>31604.73</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.0159</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="L35" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>JK Cement Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE823G01014</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="n">
+        <v>546273</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>31454.4</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0158</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="L36" s="7" t="n">
+        <v>0.0052</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Atul Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE100A01010</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="n">
+        <v>521497</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>30632.73</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0154</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="L37" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Techno Electric &amp; Engineering Company Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE285K01026</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="n">
+        <v>2450232</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>29532.65</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0149</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L38" s="7" t="n">
+        <v>0.0518</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Multi Commodity Exchange of India Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE745G01035</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="n">
+        <v>293089</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>29524.32</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.0149</v>
+      </c>
+      <c r="J39" s="6" t="n"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Kirloskar Oil Engines Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE146L01010</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="n">
+        <v>2548022</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>28661.43</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0144</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Bank of India</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE084A01016</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="n">
+        <v>19384361</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>28522.15</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0144</v>
+      </c>
+      <c r="J41" s="6" t="n"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Hero MotoCorp Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE158A01026</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="n">
+        <v>399123</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>24643.85</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.0124</v>
+      </c>
+      <c r="J42" s="6" t="n"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>APL Apollo Tubes Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE702C01027</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="n">
+        <v>1426865</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>24526.38</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0124</v>
+      </c>
+      <c r="J43" s="6" t="n"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Cholamandalam Financial Holdings Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>INE149A01033</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="E10" s="6" t="n">
-[...32 lines deleted...]
-      <c r="D11" s="2" t="inlineStr">
+      <c r="E44" s="5" t="n">
+        <v>1321849</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>24403.98</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.0123</v>
+      </c>
+      <c r="J44" s="6" t="n"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="n">
+        <v>20019604</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>23284.8</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.0117</v>
+      </c>
+      <c r="J45" s="6" t="n"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Vishal Mega Mart Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>INE01EA01019</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="n">
+        <v>17027683</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>23123.59</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0116</v>
+      </c>
+      <c r="J46" s="6" t="n"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>PI Industries Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>INE603J01030</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="n">
+        <v>666400</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>22628.28</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0114</v>
+      </c>
+      <c r="J47" s="6" t="n"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>INE101A01026</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="n">
+        <v>599611</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>22529.18</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.0113</v>
+      </c>
+      <c r="J48" s="6" t="n"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Emami Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>INE548C01032</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="n">
+        <v>4058472</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>21530.19</v>
+      </c>
+      <c r="G49" s="7" t="n">
+        <v>0.0108</v>
+      </c>
+      <c r="J49" s="6" t="n"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Eternal Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>INE758T01015</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="n">
+        <v>6949300</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>20854.85</v>
+      </c>
+      <c r="G50" s="7" t="n">
+        <v>0.0105</v>
+      </c>
+      <c r="J50" s="6" t="n"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Gujarat Fluorochemicals Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>INE09N301011</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="n">
+        <v>607640</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>20802.56</v>
+      </c>
+      <c r="G51" s="7" t="n">
+        <v>0.0105</v>
+      </c>
+      <c r="J51" s="6" t="n"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="1" t="n">
+        <v>45</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>INE121A01024</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="n">
+        <v>1192642</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>20704.27</v>
+      </c>
+      <c r="G52" s="7" t="n">
+        <v>0.0104</v>
+      </c>
+      <c r="J52" s="6" t="n"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="1" t="n">
+        <v>46</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Oil India Limited</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>INE274J01014</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="n">
+        <v>4977903</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>20568.7</v>
+      </c>
+      <c r="G53" s="7" t="n">
+        <v>0.0104</v>
+      </c>
+      <c r="J53" s="6" t="n"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="1" t="n">
+        <v>47</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Dhanuka Agritech Limited</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>INE435G01025</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="n">
+        <v>1637906</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>20254.35</v>
+      </c>
+      <c r="G54" s="7" t="n">
+        <v>0.0102</v>
+      </c>
+      <c r="J54" s="6" t="n"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>HDB Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>INE756I01012</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="n">
+        <v>2593679</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>19898.71</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="J55" s="6" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="1" t="n">
+        <v>49</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Alembic Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>INE901L01018</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="n">
+        <v>2122883</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>19258.79</v>
+      </c>
+      <c r="G56" s="7" t="n">
+        <v>0.0097</v>
+      </c>
+      <c r="J56" s="6" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Tube Investments of India Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>INE974X01010</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="n">
+        <v>686975</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>19128.13</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.009599999999999999</v>
+      </c>
+      <c r="J57" s="6" t="n"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="1" t="n">
+        <v>51</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Cyient Limited</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>INE136B01020</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="n">
+        <v>1418197</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>15934.86</v>
+      </c>
+      <c r="G58" s="7" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="J58" s="6" t="n"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="1" t="n">
+        <v>52</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Apar Industries Limited</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>INE372A01015</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="n">
+        <v>172370</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>15788.23</v>
+      </c>
+      <c r="G59" s="7" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="J59" s="6" t="n"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="1" t="n">
+        <v>53</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>INE129A01019</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="n">
+        <v>8846302</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>15577.45</v>
+      </c>
+      <c r="G60" s="7" t="n">
+        <v>0.0078</v>
+      </c>
+      <c r="J60" s="6" t="n"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="1" t="n">
+        <v>54</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Westlife Foodworld Limited</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>INE274F01020</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="n">
+        <v>1850439</v>
+      </c>
+      <c r="F61" s="6" t="n">
+        <v>10495.69</v>
+      </c>
+      <c r="G61" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="J61" s="6" t="n"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="1" t="n">
+        <v>55</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Syngene International Limited</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>INE398R01022</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
         <is>
           <t>Healthcare Services</t>
         </is>
       </c>
-      <c r="E11" s="6" t="n">
-[...70 lines deleted...]
-      <c r="D13" s="2" t="inlineStr">
+      <c r="E62" s="5" t="n">
+        <v>1586541</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>10285.55</v>
+      </c>
+      <c r="G62" s="7" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="J62" s="6" t="n"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="1" t="n">
+        <v>56</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Hatsun Agro Product Limited</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>INE473B01035</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="n">
+        <v>975877</v>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>10263.3</v>
+      </c>
+      <c r="G63" s="7" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="J63" s="6" t="n"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="1" t="n">
+        <v>57</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Lenskart Solutions Limited</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>INE956O01016</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="n">
+        <v>2238796</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>9189.139999999999</v>
+      </c>
+      <c r="G64" s="7" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="J64" s="6" t="n"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="1" t="n">
+        <v>58</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Container Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>INE111A01025</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="n">
+        <v>1129389</v>
+      </c>
+      <c r="F65" s="6" t="n">
+        <v>5774</v>
+      </c>
+      <c r="G65" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J65" s="6" t="n"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="1" t="n">
+        <v>59</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Cipla Limited</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>INE059A01026</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="n">
+        <v>346343</v>
+      </c>
+      <c r="F66" s="6" t="n">
+        <v>5303.55</v>
+      </c>
+      <c r="G66" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J66" s="6" t="n"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="1" t="n">
+        <v>60</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>LG Electronics India Limited</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>INE324D01010</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
         <is>
           <t>Consumer Durables</t>
         </is>
       </c>
-      <c r="E13" s="6" t="n">
-[...1836 lines deleted...]
-      <c r="J67" s="7" t="n"/>
+      <c r="E67" s="5" t="n">
+        <v>44919</v>
+      </c>
+      <c r="F67" s="6" t="n">
+        <v>745.34</v>
+      </c>
+      <c r="G67" s="7" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="J67" s="6" t="n"/>
     </row>
     <row r="68">
-      <c r="A68" s="2" t="n">
+      <c r="A68" s="8" t="n"/>
+      <c r="B68" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C68" s="8" t="n"/>
+      <c r="D68" s="8" t="n"/>
+      <c r="E68" s="8" t="n"/>
+      <c r="F68" s="9" t="n">
+        <v>1882551.49</v>
+      </c>
+      <c r="G68" s="10" t="n">
+        <v>0.9482</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="B70" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="1" t="n">
         <v>61</v>
       </c>
-      <c r="B68" s="2" t="inlineStr">
-[...27 lines deleted...]
-      <c r="B69" s="9" t="inlineStr">
+      <c r="B71" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>101476.64</v>
+      </c>
+      <c r="G71" s="7" t="n">
+        <v>0.0511</v>
+      </c>
+      <c r="H71" s="11" t="n">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="8" t="n"/>
+      <c r="B72" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C69" s="9" t="n"/>
-[...37 lines deleted...]
-      <c r="B73" s="9" t="inlineStr">
+      <c r="C72" s="8" t="n"/>
+      <c r="D72" s="8" t="n"/>
+      <c r="E72" s="8" t="n"/>
+      <c r="F72" s="9" t="n">
+        <v>101476.64</v>
+      </c>
+      <c r="G72" s="10" t="n">
+        <v>0.0511</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="B74" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="75">
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="n"/>
+      <c r="F75" s="6" t="n">
+        <v>1434.21</v>
+      </c>
+      <c r="G75" s="7" t="n">
+        <v>0.0007</v>
+      </c>
+      <c r="J75" s="6" t="n"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="8" t="n"/>
+      <c r="B76" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C73" s="9" t="n"/>
-[...45 lines deleted...]
-        <v>-0.0004</v>
+      <c r="C76" s="8" t="n"/>
+      <c r="D76" s="8" t="n"/>
+      <c r="E76" s="8" t="n"/>
+      <c r="F76" s="9" t="n">
+        <v>1434.21</v>
+      </c>
+      <c r="G76" s="10" t="n">
+        <v>0.0007</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="4" t="n"/>
+      <c r="B78" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C78" s="4" t="n"/>
+      <c r="D78" s="4" t="n"/>
+      <c r="E78" s="4" t="n"/>
+      <c r="F78" s="12" t="n">
+        <v>1985462.34</v>
+      </c>
+      <c r="G78" s="13" t="n">
+        <v>1</v>
       </c>
     </row>
     <row r="79">
-      <c r="A79" s="5" t="n"/>
-[...11 lines deleted...]
-      <c r="G79" s="14" t="n">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="15" t="n">
         <v>1</v>
       </c>
-    </row>
-[...21 lines deleted...]
-      <c r="B82" s="16" t="inlineStr">
+      <c r="B80" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="83" ht="27" customHeight="1" s="77">
-[...10 lines deleted...]
-      <c r="B87" s="1" t="inlineStr">
+    <row r="84" ht="14.5" customHeight="1" s="49">
+      <c r="B84" s="38" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="101" ht="14.5" customHeight="1" s="77">
-      <c r="B101" s="1" t="inlineStr">
+    <row r="98" ht="14.5" customHeight="1" s="49">
+      <c r="B98" s="38" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty Midcap 150 TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>