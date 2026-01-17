--- v2 (2025-12-28)
+++ v3 (2026-01-17)
@@ -1,74 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="920" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="MIDCAP" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="3">
-[...2 lines deleted...]
-    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="15">
+  <fonts count="17">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -103,93 +108,102 @@
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="Trebuchet MS"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
-      <color indexed="8"/>
+      <b val="1"/>
+      <color theme="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
-      <name val="trebuchet MS"/>
-[...1 lines deleted...]
-      <b val="1"/>
+      <name val="Libre Franklin"/>
       <color theme="1"/>
       <sz val="10"/>
-      <u val="single"/>
+    </font>
+    <font>
+      <name val="Libre Franklin"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -274,207 +288,198 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="70">
+  <cellXfs count="73">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...6 lines deleted...]
-    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="13" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...10 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment vertical="top"/>
-[...19 lines deleted...]
-    </xf>
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...36 lines deleted...]
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="43" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="4" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -526,111 +531,111 @@
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
       <row>85</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2378075</colOff>
+      <colOff>2374900</colOff>
       <row>94</row>
-      <rowOff>34924</rowOff>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="14998700"/>
+          <a:off x="457200" y="14827250"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>99</row>
+      <row>97</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2378075</colOff>
-[...1 lines deleted...]
-      <rowOff>34925</rowOff>
+      <colOff>2374900</colOff>
+      <row>106</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="17411700"/>
+          <a:off x="457200" y="17240250"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -872,2346 +877,2326 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L98"/>
+  <dimension ref="A1:L96"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="50.26953125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="12.1796875" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="28.7265625" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="12.1796875" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="28.7265625" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="49">
-[...1 lines deleted...]
-      <c r="B1" s="48" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="41">
+      <c r="A1" s="40" t="n"/>
+      <c r="B1" s="40" t="inlineStr">
         <is>
           <t>DSP Mid Cap Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on November 30, 2025</t>
+      <c r="B2" s="65" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="65" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="65" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="1" t="n">
+      <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Coforge Limited</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C8" s="2" t="inlineStr">
         <is>
           <t>INE591G01025</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D8" s="2" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E8" s="5" t="n">
+      <c r="E8" s="10" t="n">
         <v>4941275</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>94314.12</v>
-[...2 lines deleted...]
-        <v>0.0475</v>
+        <v>82173.39999999999</v>
+      </c>
+      <c r="G8" s="66" t="n">
+        <v>0.042</v>
       </c>
       <c r="J8" s="6" t="n"/>
-      <c r="K8" s="3" t="inlineStr">
+      <c r="K8" s="65" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="65" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="2" t="inlineStr">
         <is>
           <t>IPCA Laboratories Limited</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C9" s="2" t="inlineStr">
         <is>
           <t>INE571A01038</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
-      <c r="E9" s="5" t="n">
+      <c r="E9" s="10" t="n">
         <v>4637728</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>67390.83</v>
-[...2 lines deleted...]
-        <v>0.0339</v>
+        <v>65804.72</v>
+      </c>
+      <c r="G9" s="66" t="n">
+        <v>0.0336</v>
       </c>
       <c r="J9" s="6" t="n"/>
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K9" s="2" t="inlineStr">
         <is>
           <t>Auto Components</t>
         </is>
       </c>
-      <c r="L9" s="7" t="n">
-        <v>0.09370000000000001</v>
+      <c r="L9" s="66" t="n">
+        <v>0.09520000000000001</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="1" t="n">
+      <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B10" s="2" t="inlineStr">
+        <is>
+          <t>AU Small Finance Bank Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="2" t="inlineStr">
+        <is>
+          <t>INE949L01017</t>
+        </is>
+      </c>
+      <c r="D10" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E10" s="10" t="n">
+        <v>6002560</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>59695.46</v>
+      </c>
+      <c r="G10" s="66" t="n">
+        <v>0.0305</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
+      <c r="K10" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L10" s="66" t="n">
+        <v>0.09180000000000001</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="2" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="2" t="inlineStr">
+        <is>
+          <t>Coromandel International Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="2" t="inlineStr">
+        <is>
+          <t>INE169A01031</t>
+        </is>
+      </c>
+      <c r="D11" s="2" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E11" s="10" t="n">
+        <v>2282965</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>51741.12</v>
+      </c>
+      <c r="G11" s="66" t="n">
+        <v>0.0264</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L11" s="66" t="n">
+        <v>0.08989999999999999</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="2" t="inlineStr">
+        <is>
+          <t>Fortis Healthcare Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="2" t="inlineStr">
+        <is>
+          <t>INE061F01013</t>
+        </is>
+      </c>
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E12" s="10" t="n">
+        <v>5671639</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>50137.29</v>
+      </c>
+      <c r="G12" s="66" t="n">
+        <v>0.0256</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L12" s="66" t="n">
+        <v>0.0784</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="2" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="2" t="inlineStr">
+        <is>
+          <t>Voltas Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="2" t="inlineStr">
+        <is>
+          <t>INE226A01021</t>
+        </is>
+      </c>
+      <c r="D13" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E13" s="10" t="n">
+        <v>3639527</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>49541.24</v>
+      </c>
+      <c r="G13" s="66" t="n">
+        <v>0.0253</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="L13" s="66" t="n">
+        <v>0.06610000000000001</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>Max Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>INE180A01020</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E14" s="10" t="n">
+        <v>2946419</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>49258.23</v>
+      </c>
+      <c r="G14" s="66" t="n">
+        <v>0.0252</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L14" s="66" t="n">
+        <v>0.0638</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="2" t="inlineStr">
         <is>
           <t>L&amp;T Finance Limited</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C15" s="2" t="inlineStr">
         <is>
           <t>INE498L01015</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="E10" s="5" t="n">
-[...9 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+      <c r="E15" s="10" t="n">
+        <v>15565471</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>49179.11</v>
+      </c>
+      <c r="G15" s="66" t="n">
+        <v>0.0251</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="2" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="L15" s="66" t="n">
+        <v>0.0473</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>The Phoenix Mills Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
+        <is>
+          <t>INE211B01039</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E16" s="10" t="n">
+        <v>2637188</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>48880.28</v>
+      </c>
+      <c r="G16" s="66" t="n">
+        <v>0.025</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L16" s="66" t="n">
+        <v>0.0442</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="2" t="inlineStr">
+        <is>
+          <t>INE397D01024</t>
+        </is>
+      </c>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E17" s="10" t="n">
+        <v>2246053</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>47292.89</v>
+      </c>
+      <c r="G17" s="66" t="n">
+        <v>0.0241</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L17" s="66" t="n">
+        <v>0.0439</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="2" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="2" t="inlineStr">
+        <is>
+          <t>Jindal Steel Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="2" t="inlineStr">
+        <is>
+          <t>INE749A01030</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E18" s="10" t="n">
+        <v>4374445</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>46097.9</v>
+      </c>
+      <c r="G18" s="66" t="n">
+        <v>0.0235</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L18" s="66" t="n">
+        <v>0.0371</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="2" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>Schaeffler India Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>INE513A01022</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E19" s="10" t="n">
+        <v>1107727</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>42968.73</v>
+      </c>
+      <c r="G19" s="66" t="n">
+        <v>0.0219</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L19" s="66" t="n">
+        <v>0.0309</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>Polycab India Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>INE455K01017</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
-      <c r="L10" s="7" t="n">
-[...17 lines deleted...]
-      <c r="D11" s="1" t="inlineStr">
+      <c r="E20" s="10" t="n">
+        <v>557747</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>42494.74</v>
+      </c>
+      <c r="G20" s="66" t="n">
+        <v>0.0217</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="L20" s="66" t="n">
+        <v>0.0288</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="2" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>The Federal Bank Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <t>INE171A01029</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E11" s="5" t="n">
-[...9 lines deleted...]
-      <c r="K11" s="1" t="inlineStr">
+      <c r="E21" s="10" t="n">
+        <v>15691347</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>41911.59</v>
+      </c>
+      <c r="G21" s="66" t="n">
+        <v>0.0214</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L21" s="66" t="n">
+        <v>0.0252</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <t>INE134E01011</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E22" s="10" t="n">
+        <v>11595035</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>41208.75</v>
+      </c>
+      <c r="G22" s="66" t="n">
+        <v>0.021</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="L22" s="66" t="n">
+        <v>0.025</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="2" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <t>Alkem Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="2" t="inlineStr">
+        <is>
+          <t>INE540L01014</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E23" s="10" t="n">
+        <v>748010</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>41189.17</v>
+      </c>
+      <c r="G23" s="66" t="n">
+        <v>0.021</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L23" s="66" t="n">
+        <v>0.0241</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="2" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <t>Nippon Life India Asset Management Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="2" t="inlineStr">
+        <is>
+          <t>INE298J01013</t>
+        </is>
+      </c>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E24" s="10" t="n">
+        <v>4541962</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>39953.37</v>
+      </c>
+      <c r="G24" s="66" t="n">
+        <v>0.0204</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L24" s="66" t="n">
+        <v>0.0235</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="2" t="inlineStr">
+        <is>
+          <t>INE094A01015</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E25" s="10" t="n">
+        <v>7845468</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>39152.81</v>
+      </c>
+      <c r="G25" s="66" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+      <c r="K25" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L25" s="66" t="n">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="2" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>Supreme Industries Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <t>INE195A01028</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E26" s="10" t="n">
+        <v>1135100</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>38068.98</v>
+      </c>
+      <c r="G26" s="66" t="n">
+        <v>0.0194</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+      <c r="K26" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="L26" s="66" t="n">
+        <v>0.0164</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>KEI Industries Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="2" t="inlineStr">
+        <is>
+          <t>INE878B01027</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E27" s="10" t="n">
+        <v>834168</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>37205.56</v>
+      </c>
+      <c r="G27" s="66" t="n">
+        <v>0.019</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+      <c r="K27" s="2" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="L27" s="66" t="n">
+        <v>0.0151</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="2" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="2" t="inlineStr">
+        <is>
+          <t>Dixon Technologies (India) Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="2" t="inlineStr">
+        <is>
+          <t>INE935N01020</t>
+        </is>
+      </c>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E28" s="10" t="n">
+        <v>301347</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>36469.01</v>
+      </c>
+      <c r="G28" s="66" t="n">
+        <v>0.0186</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+      <c r="K28" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="L28" s="66" t="n">
+        <v>0.0135</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="2" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="2" t="inlineStr">
+        <is>
+          <t>KPIT Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="2" t="inlineStr">
+        <is>
+          <t>INE04I401011</t>
+        </is>
+      </c>
+      <c r="D29" s="2" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="L11" s="7" t="n">
-[...17 lines deleted...]
-      <c r="D12" s="1" t="inlineStr">
+      <c r="E29" s="10" t="n">
+        <v>3106845</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>36427.76</v>
+      </c>
+      <c r="G29" s="66" t="n">
+        <v>0.0186</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+      <c r="K29" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L29" s="66" t="n">
+        <v>0.0114</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="2" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <t>Bharat Forge Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="2" t="inlineStr">
+        <is>
+          <t>INE465A01025</t>
+        </is>
+      </c>
+      <c r="D30" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E30" s="10" t="n">
+        <v>2413073</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>35481.83</v>
+      </c>
+      <c r="G30" s="66" t="n">
+        <v>0.0181</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+      <c r="K30" s="2" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L30" s="66" t="n">
+        <v>0.011</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="2" t="inlineStr">
+        <is>
+          <t>MphasiS Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="2" t="inlineStr">
+        <is>
+          <t>INE356A01018</t>
+        </is>
+      </c>
+      <c r="D31" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E31" s="10" t="n">
+        <v>1246962</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>34805.2</v>
+      </c>
+      <c r="G31" s="66" t="n">
+        <v>0.0178</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+      <c r="K31" s="2" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="L31" s="66" t="n">
+        <v>0.0108</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="2" t="inlineStr">
+        <is>
+          <t>Multi Commodity Exchange of India Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="2" t="inlineStr">
+        <is>
+          <t>INE745G01035</t>
+        </is>
+      </c>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E32" s="10" t="n">
+        <v>293089</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>32638.39</v>
+      </c>
+      <c r="G32" s="66" t="n">
+        <v>0.0167</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+      <c r="K32" s="2" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L32" s="66" t="n">
+        <v>0.0081</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>UNO Minda Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <t>INE405E01023</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E33" s="10" t="n">
+        <v>2511636</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>32294.62</v>
+      </c>
+      <c r="G33" s="66" t="n">
+        <v>0.0165</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+      <c r="K33" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L33" s="66" t="n">
+        <v>0.0078</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="2" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <t>JK Cement Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="2" t="inlineStr">
+        <is>
+          <t>INE823G01014</t>
+        </is>
+      </c>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E34" s="10" t="n">
+        <v>579497</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>32051.98</v>
+      </c>
+      <c r="G34" s="66" t="n">
+        <v>0.0164</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+      <c r="K34" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="L34" s="66" t="n">
+        <v>0.0074</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <t>Atul Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="2" t="inlineStr">
+        <is>
+          <t>INE100A01010</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E35" s="10" t="n">
+        <v>521497</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>32025.13</v>
+      </c>
+      <c r="G35" s="66" t="n">
+        <v>0.0164</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+      <c r="K35" s="2" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="L35" s="66" t="n">
+        <v>0.0053</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="2" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <t>Jubilant Ingrevia Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="2" t="inlineStr">
+        <is>
+          <t>INE0BY001018</t>
+        </is>
+      </c>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E36" s="10" t="n">
+        <v>4469774</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>31442.63</v>
+      </c>
+      <c r="G36" s="66" t="n">
+        <v>0.0161</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+      <c r="K36" s="2" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="L36" s="66" t="n">
+        <v>0.003</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>Kirloskar Oil Engines Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <t>INE146L01010</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E37" s="10" t="n">
+        <v>2548022</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>31055.29</v>
+      </c>
+      <c r="G37" s="66" t="n">
+        <v>0.0159</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+      <c r="K37" s="2" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="L37" s="66" t="n">
+        <v>0.0011</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="2" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>Apollo Tyres Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <t>INE438A01022</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E38" s="10" t="n">
+        <v>6148780</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>30743.9</v>
+      </c>
+      <c r="G38" s="66" t="n">
+        <v>0.0157</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+      <c r="K38" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L38" s="66" t="n">
+        <v>0.0539</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <t>INE121A01024</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E39" s="10" t="n">
+        <v>1762518</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>30001.58</v>
+      </c>
+      <c r="G39" s="66" t="n">
+        <v>0.0153</v>
+      </c>
+      <c r="J39" s="6" t="n"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="2" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="2" t="inlineStr">
+        <is>
+          <t>Page Industries Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="2" t="inlineStr">
+        <is>
+          <t>INE761H01022</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="E40" s="10" t="n">
+        <v>81778</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>29476.88</v>
+      </c>
+      <c r="G40" s="66" t="n">
+        <v>0.0151</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="2" t="inlineStr">
+        <is>
+          <t>Bank of India</t>
+        </is>
+      </c>
+      <c r="C41" s="2" t="inlineStr">
+        <is>
+          <t>INE084A01016</t>
+        </is>
+      </c>
+      <c r="D41" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E41" s="10" t="n">
+        <v>19384361</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>27884.4</v>
+      </c>
+      <c r="G41" s="66" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="J41" s="6" t="n"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="2" t="inlineStr">
+        <is>
+          <t>APL Apollo Tubes Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="2" t="inlineStr">
+        <is>
+          <t>INE702C01027</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E42" s="10" t="n">
+        <v>1426865</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>27310.2</v>
+      </c>
+      <c r="G42" s="66" t="n">
+        <v>0.0139</v>
+      </c>
+      <c r="J42" s="6" t="n"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="2" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="2" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E43" s="10" t="n">
+        <v>22527131</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>27019.04</v>
+      </c>
+      <c r="G43" s="66" t="n">
+        <v>0.0138</v>
+      </c>
+      <c r="J43" s="6" t="n"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="2" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="2" t="inlineStr">
+        <is>
+          <t>Techno Electric &amp; Engineering Company Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="2" t="inlineStr">
+        <is>
+          <t>INE285K01026</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E44" s="10" t="n">
+        <v>2450232</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>26513.96</v>
+      </c>
+      <c r="G44" s="66" t="n">
+        <v>0.0135</v>
+      </c>
+      <c r="J44" s="6" t="n"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="2" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="2" t="inlineStr">
+        <is>
+          <t>Cholamandalam Financial Holdings Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="2" t="inlineStr">
+        <is>
+          <t>INE149A01033</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E45" s="10" t="n">
+        <v>1321849</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>23963.8</v>
+      </c>
+      <c r="G45" s="66" t="n">
+        <v>0.0122</v>
+      </c>
+      <c r="J45" s="6" t="n"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="2" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="2" t="inlineStr">
+        <is>
+          <t>Vishal Mega Mart Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="2" t="inlineStr">
+        <is>
+          <t>INE01EA01019</t>
+        </is>
+      </c>
+      <c r="D46" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E46" s="10" t="n">
+        <v>17027683</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>23220.65</v>
+      </c>
+      <c r="G46" s="66" t="n">
+        <v>0.0119</v>
+      </c>
+      <c r="J46" s="6" t="n"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="2" t="inlineStr">
+        <is>
+          <t>Eternal Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="2" t="inlineStr">
+        <is>
+          <t>INE758T01015</t>
+        </is>
+      </c>
+      <c r="D47" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E47" s="10" t="n">
+        <v>8258538</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>22962.86</v>
+      </c>
+      <c r="G47" s="66" t="n">
+        <v>0.0117</v>
+      </c>
+      <c r="J47" s="6" t="n"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="2" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="2" t="inlineStr">
+        <is>
+          <t>Gujarat Fluorochemicals Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="2" t="inlineStr">
+        <is>
+          <t>INE09N301011</t>
+        </is>
+      </c>
+      <c r="D48" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E48" s="10" t="n">
+        <v>607640</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>22277.91</v>
+      </c>
+      <c r="G48" s="66" t="n">
+        <v>0.0114</v>
+      </c>
+      <c r="J48" s="6" t="n"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" s="2" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="2" t="inlineStr">
+        <is>
+          <t>INE101A01026</t>
+        </is>
+      </c>
+      <c r="D49" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E49" s="10" t="n">
+        <v>599611</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>22240.77</v>
+      </c>
+      <c r="G49" s="66" t="n">
+        <v>0.0114</v>
+      </c>
+      <c r="J49" s="6" t="n"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="2" t="n">
+        <v>43</v>
+      </c>
+      <c r="B50" s="2" t="inlineStr">
+        <is>
+          <t>PI Industries Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="2" t="inlineStr">
+        <is>
+          <t>INE603J01030</t>
+        </is>
+      </c>
+      <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Fertilizers &amp; Agrochemicals</t>
         </is>
       </c>
-      <c r="E12" s="5" t="n">
-[...9 lines deleted...]
-      <c r="K12" s="1" t="inlineStr">
+      <c r="E50" s="10" t="n">
+        <v>666400</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>21579.36</v>
+      </c>
+      <c r="G50" s="66" t="n">
+        <v>0.011</v>
+      </c>
+      <c r="J50" s="6" t="n"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="2" t="n">
+        <v>44</v>
+      </c>
+      <c r="B51" s="2" t="inlineStr">
+        <is>
+          <t>Emami Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="2" t="inlineStr">
+        <is>
+          <t>INE548C01032</t>
+        </is>
+      </c>
+      <c r="D51" s="2" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E51" s="10" t="n">
+        <v>4058472</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>21453.08</v>
+      </c>
+      <c r="G51" s="66" t="n">
+        <v>0.011</v>
+      </c>
+      <c r="J51" s="6" t="n"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="B52" s="2" t="inlineStr">
+        <is>
+          <t>Oil India Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="2" t="inlineStr">
+        <is>
+          <t>INE274J01014</t>
+        </is>
+      </c>
+      <c r="D52" s="2" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E52" s="10" t="n">
+        <v>4977903</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>21123.73</v>
+      </c>
+      <c r="G52" s="66" t="n">
+        <v>0.0108</v>
+      </c>
+      <c r="J52" s="6" t="n"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="2" t="n">
+        <v>46</v>
+      </c>
+      <c r="B53" s="2" t="inlineStr">
+        <is>
+          <t>HDB Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C53" s="2" t="inlineStr">
+        <is>
+          <t>INE756I01012</t>
+        </is>
+      </c>
+      <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="L12" s="7" t="n">
-[...32 lines deleted...]
-      <c r="K13" s="1" t="inlineStr">
+      <c r="E53" s="10" t="n">
+        <v>2593679</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>19855.91</v>
+      </c>
+      <c r="G53" s="66" t="n">
+        <v>0.0101</v>
+      </c>
+      <c r="J53" s="6" t="n"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="2" t="n">
+        <v>47</v>
+      </c>
+      <c r="B54" s="2" t="inlineStr">
+        <is>
+          <t>Dhanuka Agritech Limited</t>
+        </is>
+      </c>
+      <c r="C54" s="2" t="inlineStr">
+        <is>
+          <t>INE435G01025</t>
+        </is>
+      </c>
+      <c r="D54" s="2" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E54" s="10" t="n">
+        <v>1637906</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>19324.01</v>
+      </c>
+      <c r="G54" s="66" t="n">
+        <v>0.009900000000000001</v>
+      </c>
+      <c r="J54" s="6" t="n"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="2" t="n">
+        <v>48</v>
+      </c>
+      <c r="B55" s="2" t="inlineStr">
+        <is>
+          <t>Alembic Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="2" t="inlineStr">
+        <is>
+          <t>INE901L01018</t>
+        </is>
+      </c>
+      <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
-      <c r="L13" s="7" t="n">
-[...17 lines deleted...]
-      <c r="D14" s="1" t="inlineStr">
+      <c r="E55" s="10" t="n">
+        <v>2122883</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>17962.77</v>
+      </c>
+      <c r="G55" s="66" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="J55" s="6" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="2" t="n">
+        <v>49</v>
+      </c>
+      <c r="B56" s="2" t="inlineStr">
+        <is>
+          <t>Tube Investments of India Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="2" t="inlineStr">
+        <is>
+          <t>INE974X01010</t>
+        </is>
+      </c>
+      <c r="D56" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E56" s="10" t="n">
+        <v>686975</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>17958.21</v>
+      </c>
+      <c r="G56" s="66" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="J56" s="6" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="B57" s="2" t="inlineStr">
+        <is>
+          <t>Shriram Finance Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="2" t="inlineStr">
+        <is>
+          <t>INE721A01047</t>
+        </is>
+      </c>
+      <c r="D57" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E57" s="10" t="n">
+        <v>1600158</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>15940.77</v>
+      </c>
+      <c r="G57" s="66" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="J57" s="6" t="n"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="2" t="n">
+        <v>51</v>
+      </c>
+      <c r="B58" s="2" t="inlineStr">
+        <is>
+          <t>Cyient Limited</t>
+        </is>
+      </c>
+      <c r="C58" s="2" t="inlineStr">
+        <is>
+          <t>INE136B01020</t>
+        </is>
+      </c>
+      <c r="D58" s="2" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E58" s="10" t="n">
+        <v>1418197</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>15852.61</v>
+      </c>
+      <c r="G58" s="66" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="J58" s="6" t="n"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="2" t="n">
+        <v>52</v>
+      </c>
+      <c r="B59" s="2" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited</t>
+        </is>
+      </c>
+      <c r="C59" s="2" t="inlineStr">
+        <is>
+          <t>INE129A01019</t>
+        </is>
+      </c>
+      <c r="D59" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E59" s="10" t="n">
+        <v>8846302</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>15229.79</v>
+      </c>
+      <c r="G59" s="66" t="n">
+        <v>0.0078</v>
+      </c>
+      <c r="J59" s="6" t="n"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="2" t="n">
+        <v>53</v>
+      </c>
+      <c r="B60" s="2" t="inlineStr">
+        <is>
+          <t>Apar Industries Limited</t>
+        </is>
+      </c>
+      <c r="C60" s="2" t="inlineStr">
+        <is>
+          <t>INE372A01015</t>
+        </is>
+      </c>
+      <c r="D60" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E60" s="10" t="n">
+        <v>172370</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>14423.06</v>
+      </c>
+      <c r="G60" s="66" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="J60" s="6" t="n"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="2" t="n">
+        <v>54</v>
+      </c>
+      <c r="B61" s="2" t="inlineStr">
+        <is>
+          <t>Westlife Foodworld Limited</t>
+        </is>
+      </c>
+      <c r="C61" s="2" t="inlineStr">
+        <is>
+          <t>INE274F01020</t>
+        </is>
+      </c>
+      <c r="D61" s="2" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E61" s="10" t="n">
+        <v>1850439</v>
+      </c>
+      <c r="F61" s="6" t="n">
+        <v>10372.64</v>
+      </c>
+      <c r="G61" s="66" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="J61" s="6" t="n"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="B62" s="2" t="inlineStr">
+        <is>
+          <t>Syngene International Limited</t>
+        </is>
+      </c>
+      <c r="C62" s="2" t="inlineStr">
+        <is>
+          <t>INE398R01022</t>
+        </is>
+      </c>
+      <c r="D62" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E62" s="10" t="n">
+        <v>1586541</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>10328.38</v>
+      </c>
+      <c r="G62" s="66" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="J62" s="6" t="n"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="2" t="n">
+        <v>56</v>
+      </c>
+      <c r="B63" s="2" t="inlineStr">
+        <is>
+          <t>Lenskart Solutions Limited</t>
+        </is>
+      </c>
+      <c r="C63" s="2" t="inlineStr">
+        <is>
+          <t>INE956O01016</t>
+        </is>
+      </c>
+      <c r="D63" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E63" s="10" t="n">
+        <v>2238796</v>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>10090.25</v>
+      </c>
+      <c r="G63" s="66" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="J63" s="6" t="n"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="2" t="n">
+        <v>57</v>
+      </c>
+      <c r="B64" s="2" t="inlineStr">
+        <is>
+          <t>Container Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C64" s="2" t="inlineStr">
+        <is>
+          <t>INE111A01025</t>
+        </is>
+      </c>
+      <c r="D64" s="2" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="E64" s="10" t="n">
+        <v>1129389</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>5928.73</v>
+      </c>
+      <c r="G64" s="66" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J64" s="6" t="n"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="2" t="n">
+        <v>58</v>
+      </c>
+      <c r="B65" s="2" t="inlineStr">
+        <is>
+          <t>Hatsun Agro Product Limited</t>
+        </is>
+      </c>
+      <c r="C65" s="2" t="inlineStr">
+        <is>
+          <t>INE473B01035</t>
+        </is>
+      </c>
+      <c r="D65" s="2" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E65" s="10" t="n">
+        <v>219619</v>
+      </c>
+      <c r="F65" s="6" t="n">
+        <v>2146.12</v>
+      </c>
+      <c r="G65" s="66" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="J65" s="6" t="n"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="2" t="n">
+        <v>59</v>
+      </c>
+      <c r="B66" s="2" t="inlineStr">
+        <is>
+          <t>LG Electronics India Limited</t>
+        </is>
+      </c>
+      <c r="C66" s="2" t="inlineStr">
+        <is>
+          <t>INE324D01010</t>
+        </is>
+      </c>
+      <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Consumer Durables</t>
         </is>
       </c>
-      <c r="E14" s="5" t="n">
-[...1760 lines deleted...]
-        <v>346343</v>
+      <c r="E66" s="10" t="n">
+        <v>44919</v>
       </c>
       <c r="F66" s="6" t="n">
-        <v>5303.55</v>
-[...2 lines deleted...]
-        <v>0.0027</v>
+        <v>683.4</v>
+      </c>
+      <c r="G66" s="66" t="n">
+        <v>0.0003</v>
       </c>
       <c r="J66" s="6" t="n"/>
     </row>
     <row r="67">
-      <c r="A67" s="1" t="n">
+      <c r="A67" s="11" t="n"/>
+      <c r="B67" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C67" s="11" t="n"/>
+      <c r="D67" s="11" t="n"/>
+      <c r="E67" s="11" t="n"/>
+      <c r="F67" s="12" t="n">
+        <v>1852515.95</v>
+      </c>
+      <c r="G67" s="13" t="n">
+        <v>0.9461000000000001</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="B69" s="65" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="2" t="n">
         <v>60</v>
       </c>
-      <c r="B67" s="1" t="inlineStr">
-[...27 lines deleted...]
-      <c r="B68" s="8" t="inlineStr">
+      <c r="B70" s="65" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F70" s="6" t="n">
+        <v>108750.13</v>
+      </c>
+      <c r="G70" s="66" t="n">
+        <v>0.0555</v>
+      </c>
+      <c r="H70" s="14" t="n">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="11" t="n"/>
+      <c r="B71" s="11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C68" s="8" t="n"/>
-[...37 lines deleted...]
-      <c r="B72" s="8" t="inlineStr">
+      <c r="C71" s="11" t="n"/>
+      <c r="D71" s="11" t="n"/>
+      <c r="E71" s="11" t="n"/>
+      <c r="F71" s="12" t="n">
+        <v>108750.13</v>
+      </c>
+      <c r="G71" s="13" t="n">
+        <v>0.0555</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="B73" s="65" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="74">
+      <c r="B74" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E74" s="10" t="n"/>
+      <c r="F74" s="6" t="n">
+        <v>-2706.1</v>
+      </c>
+      <c r="G74" s="66" t="n">
+        <v>-0.0016</v>
+      </c>
+      <c r="J74" s="6" t="n"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="11" t="n"/>
+      <c r="B75" s="11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C72" s="8" t="n"/>
-[...45 lines deleted...]
-        <v>0.0007</v>
+      <c r="C75" s="11" t="n"/>
+      <c r="D75" s="11" t="n"/>
+      <c r="E75" s="11" t="n"/>
+      <c r="F75" s="12" t="n">
+        <v>-2706.1</v>
+      </c>
+      <c r="G75" s="13" t="n">
+        <v>-0.0016</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="5" t="n"/>
+      <c r="B77" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C77" s="5" t="n"/>
+      <c r="D77" s="5" t="n"/>
+      <c r="E77" s="5" t="n"/>
+      <c r="F77" s="8" t="n">
+        <v>1958559.98</v>
+      </c>
+      <c r="G77" s="9" t="n">
+        <v>1</v>
       </c>
     </row>
     <row r="78">
-      <c r="A78" s="4" t="n"/>
-[...11 lines deleted...]
-      <c r="G78" s="13" t="n">
+      <c r="A78" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="16" t="n">
         <v>1</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="B80" s="15" t="inlineStr">
+      <c r="B79" s="16" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="84" ht="14.5" customHeight="1" s="49">
-      <c r="B84" s="38" t="inlineStr">
+    <row r="80" ht="27" customHeight="1" s="41">
+      <c r="A80" s="16" t="n">
+        <v>2</v>
+      </c>
+      <c r="B80" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" ht="14.5" customHeight="1" s="41">
+      <c r="B84" s="54" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="98" ht="14.5" customHeight="1" s="49">
-      <c r="B98" s="38" t="inlineStr">
+    <row r="96" ht="14.5" customHeight="1" s="41">
+      <c r="B96" s="54" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty Midcap 150 TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>