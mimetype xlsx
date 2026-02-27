--- v3 (2026-01-17)
+++ v4 (2026-02-27)
@@ -1,79 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="920" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="950" firstSheet="26" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="MIDCAP" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
-[...1 lines deleted...]
-    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="17">
+  <fonts count="16">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -92,118 +87,114 @@
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="9"/>
+    </font>
+    <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color theme="0"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
-    <font>
-[...8 lines deleted...]
-    </font>
   </fonts>
-  <fills count="6">
+  <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -288,198 +279,188 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="73">
+  <cellXfs count="65">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...13 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -550,92 +531,92 @@
       <colOff>0</colOff>
       <row>85</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
       <row>94</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="14827250"/>
+          <a:off x="457200" y="14998700"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>97</row>
+      <row>98</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>106</row>
+      <row>107</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="17240250"/>
+          <a:off x="457200" y="17411700"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -877,2326 +858,2406 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L96"/>
+  <dimension ref="A1:L97"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="50.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="14.453125" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="31.54296875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="13.453125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="26.7265625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="15.7265625" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="28.7265625" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="41">
-[...1 lines deleted...]
-      <c r="B1" s="40" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="45">
+      <c r="A1" s="44" t="n"/>
+      <c r="B1" s="44" t="inlineStr">
         <is>
           <t>DSP Mid Cap Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="65" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on January 31, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="65" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="65" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Coforge Limited</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE591G01025</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E8" s="10" t="n">
+      <c r="E8" s="5" t="n">
         <v>4941275</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>82173.39999999999</v>
-[...2 lines deleted...]
-        <v>0.042</v>
+        <v>81718.81</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.0429</v>
       </c>
       <c r="J8" s="6" t="n"/>
-      <c r="K8" s="65" t="inlineStr">
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="65" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>IPCA Laboratories Limited</t>
         </is>
       </c>
-      <c r="C9" s="2" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE571A01038</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
-      <c r="E9" s="10" t="n">
-        <v>4637728</v>
+      <c r="E9" s="5" t="n">
+        <v>4290936</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>65804.72</v>
-[...2 lines deleted...]
-        <v>0.0336</v>
+        <v>63111.09</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.0331</v>
       </c>
       <c r="J9" s="6" t="n"/>
-      <c r="K9" s="2" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Auto Components</t>
         </is>
       </c>
-      <c r="L9" s="66" t="n">
-        <v>0.09520000000000001</v>
+      <c r="L9" s="7" t="n">
+        <v>0.09569999999999999</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="n">
+      <c r="A10" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="2" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Coromandel International Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>INE169A01031</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E10" s="5" t="n">
+        <v>2282965</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>52110.96</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0274</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L10" s="7" t="n">
+        <v>0.0934</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Jindal Steel Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>INE749A01030</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="n">
+        <v>4374445</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>49518.72</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.026</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.09</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Fortis Healthcare Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>INE061F01013</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="n">
+        <v>5713758</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>48652.65</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0255</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.078</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Voltas Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE226A01021</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="n">
+        <v>3639527</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>48329.28</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0254</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0649</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Max Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE180A01020</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="n">
+        <v>2946419</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>47543.42</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.025</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.0641</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
         <is>
           <t>AU Small Finance Bank Limited</t>
         </is>
       </c>
-      <c r="C10" s="2" t="inlineStr">
+      <c r="C15" s="1" t="inlineStr">
         <is>
           <t>INE949L01017</t>
         </is>
       </c>
-      <c r="D10" s="2" t="inlineStr">
+      <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E10" s="10" t="n">
-[...9 lines deleted...]
-      <c r="K10" s="2" t="inlineStr">
+      <c r="E15" s="5" t="n">
+        <v>4756746</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>46727.89</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0245</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0482</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Schaeffler India Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE513A01022</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="n">
+        <v>1265170</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>45825.72</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0241</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.0422</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>The Federal Bank Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE171A01029</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="n">
+        <v>15691347</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>45151.85</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0237</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
+        <v>0.0416</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE397D01024</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="n">
+        <v>2246053</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>44218.05</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0232</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L18" s="7" t="n">
+        <v>0.0403</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>The Phoenix Mills Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE211B01039</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="n">
+        <v>2637188</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>44059.5</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0231</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L19" s="7" t="n">
+        <v>0.0321</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE134E01011</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="L10" s="66" t="n">
-[...17 lines deleted...]
-      <c r="D11" s="2" t="inlineStr">
+      <c r="E20" s="5" t="n">
+        <v>11595035</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>43985.77</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0231</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L20" s="7" t="n">
+        <v>0.0311</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Alkem Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE540L01014</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="n">
+        <v>748010</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>42468.27</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0223</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="L21" s="7" t="n">
+        <v>0.0301</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Nippon Life India Asset Management Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE298J01013</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="n">
+        <v>4541962</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>39882.97</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0209</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L22" s="7" t="n">
+        <v>0.026</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Supreme Industries Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE195A01028</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="n">
+        <v>1135100</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>39881.74</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0209</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L23" s="7" t="n">
+        <v>0.025</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE121A01024</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="n">
+        <v>2442840</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>39857.38</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0209</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="L24" s="7" t="n">
+        <v>0.0231</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Polycab India Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE455K01017</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="n">
+        <v>557747</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>39117.59</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0205</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="L25" s="7" t="n">
+        <v>0.0183</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;T Finance Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE498L01015</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="n">
+        <v>13113439</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>37550.33</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0197</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L26" s="7" t="n">
+        <v>0.0176</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Multi Commodity Exchange of India Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE745G01043</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="n">
+        <v>1465445</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>37046.45</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0194</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="L27" s="7" t="n">
+        <v>0.0142</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>JK Cement Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE823G01014</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="n">
+        <v>631425</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>34876.76</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0183</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="L28" s="7" t="n">
+        <v>0.0133</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Forge Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE465A01025</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="n">
+        <v>2413073</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>34782.03</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0183</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="L29" s="7" t="n">
+        <v>0.0125</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>MphasiS Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE356A01018</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="n">
+        <v>1246962</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>34403.68</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0181</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="L30" s="7" t="n">
+        <v>0.0117</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>KEI Industries Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE878B01027</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="n">
+        <v>834168</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>33542.73</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0176</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L31" s="7" t="n">
+        <v>0.0108</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE094A01015</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="n">
+        <v>7845468</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>33500.15</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0176</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L32" s="7" t="n">
+        <v>0.0103</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Atul Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE100A01010</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="n">
+        <v>521497</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>32398</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.017</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L33" s="7" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>KPIT Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE04I401011</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="n">
+        <v>3106845</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>32370.22</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.017</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L34" s="7" t="n">
+        <v>0.0078</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Bank of India</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE084A01016</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="n">
+        <v>19384361</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>31809.74</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.0167</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="L35" s="7" t="n">
+        <v>0.0048</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Dixon Technologies (India) Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE935N01020</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="n">
+        <v>301347</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>31478.71</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0165</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="L36" s="7" t="n">
+        <v>0.003</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Apollo Tyres Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE438A01022</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="n">
+        <v>6148780</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>30261.22</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0159</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="L37" s="7" t="n">
+        <v>0.0004</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Kirloskar Oil Engines Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE146L01010</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="n">
+        <v>2548022</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>29913.78</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0157</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L38" s="7" t="n">
+        <v>0.041</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>UNO Minda Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE405E01023</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="n">
+        <v>2511636</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>29695.07</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.0156</v>
+      </c>
+      <c r="J39" s="6" t="n"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>APL Apollo Tubes Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE702C01027</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="n">
+        <v>1426865</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>29189.38</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0153</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Jubilant Ingrevia Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE0BY001018</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="n">
+        <v>4469774</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>28394.24</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0149</v>
+      </c>
+      <c r="J41" s="6" t="n"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Page Industries Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE761H01022</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="n">
+        <v>81778</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>26982.65</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="J42" s="6" t="n"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Eternal Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE758T01015</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="n">
+        <v>9360757</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>25611.03</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0134</v>
+      </c>
+      <c r="J43" s="6" t="n"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="n">
+        <v>22527131</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>25433.13</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.0134</v>
+      </c>
+      <c r="J44" s="6" t="n"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Oil India Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INE274J01014</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="n">
+        <v>4977903</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>25389.79</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="J45" s="6" t="n"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Techno Electric &amp; Engineering Company Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>INE285K01026</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="n">
+        <v>2450232</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>23877.51</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0125</v>
+      </c>
+      <c r="J46" s="6" t="n"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Cholamandalam Financial Holdings Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>INE149A01033</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="n">
+        <v>1321849</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>21867.35</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0115</v>
+      </c>
+      <c r="J47" s="6" t="n"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Vishal Mega Mart Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>INE01EA01019</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="n">
+        <v>17027683</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>21446.37</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.0113</v>
+      </c>
+      <c r="J48" s="6" t="n"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>PI Industries Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>INE603J01030</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
         <is>
           <t>Fertilizers &amp; Agrochemicals</t>
         </is>
       </c>
-      <c r="E11" s="10" t="n">
-[...32 lines deleted...]
-      <c r="D12" s="2" t="inlineStr">
+      <c r="E49" s="5" t="n">
+        <v>666400</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>21294.15</v>
+      </c>
+      <c r="G49" s="7" t="n">
+        <v>0.0112</v>
+      </c>
+      <c r="J49" s="6" t="n"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>INE101A01026</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="n">
+        <v>599611</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>20577.45</v>
+      </c>
+      <c r="G50" s="7" t="n">
+        <v>0.0108</v>
+      </c>
+      <c r="J50" s="6" t="n"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Emami Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>INE548C01032</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="n">
+        <v>4058472</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>19634.89</v>
+      </c>
+      <c r="G51" s="7" t="n">
+        <v>0.0103</v>
+      </c>
+      <c r="J51" s="6" t="n"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="1" t="n">
+        <v>45</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Gujarat Fluorochemicals Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>INE09N301011</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="n">
+        <v>607640</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>18554.29</v>
+      </c>
+      <c r="G52" s="7" t="n">
+        <v>0.0097</v>
+      </c>
+      <c r="J52" s="6" t="n"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="1" t="n">
+        <v>46</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>HDB Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>INE756I01012</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="n">
+        <v>2593679</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>18347.69</v>
+      </c>
+      <c r="G53" s="7" t="n">
+        <v>0.009599999999999999</v>
+      </c>
+      <c r="J53" s="6" t="n"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="1" t="n">
+        <v>47</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Dhanuka Agritech Limited</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>INE435G01025</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="n">
+        <v>1637906</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>18323.25</v>
+      </c>
+      <c r="G54" s="7" t="n">
+        <v>0.009599999999999999</v>
+      </c>
+      <c r="J54" s="6" t="n"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Alembic Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>INE901L01018</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="n">
+        <v>2122883</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>16626.42</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.008699999999999999</v>
+      </c>
+      <c r="J55" s="6" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="1" t="n">
+        <v>49</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Shriram Finance Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>INE721A01047</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="n">
+        <v>1600158</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>16321.61</v>
+      </c>
+      <c r="G56" s="7" t="n">
+        <v>0.0086</v>
+      </c>
+      <c r="J56" s="6" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Cyient Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>INE136B01020</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="n">
+        <v>1418197</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>16140.5</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="J57" s="6" t="n"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="1" t="n">
+        <v>51</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Tube Investments of India Limited</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>INE974X01010</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="n">
+        <v>686975</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>16041.55</v>
+      </c>
+      <c r="G58" s="7" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="J58" s="6" t="n"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="1" t="n">
+        <v>52</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Indus Towers Limited</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>INE121J01017</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="n">
+        <v>3398163</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>15098.04</v>
+      </c>
+      <c r="G59" s="7" t="n">
+        <v>0.007900000000000001</v>
+      </c>
+      <c r="J59" s="6" t="n"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="1" t="n">
+        <v>53</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>INE129A01019</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="n">
+        <v>8846302</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>14798.98</v>
+      </c>
+      <c r="G60" s="7" t="n">
+        <v>0.0078</v>
+      </c>
+      <c r="J60" s="6" t="n"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="1" t="n">
+        <v>54</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Apar Industries Limited</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>INE372A01015</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="n">
+        <v>172370</v>
+      </c>
+      <c r="F61" s="6" t="n">
+        <v>13779.26</v>
+      </c>
+      <c r="G61" s="7" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="J61" s="6" t="n"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="1" t="n">
+        <v>55</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Lenskart Solutions Limited</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>INE956O01016</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="n">
+        <v>2238796</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>10239.13</v>
+      </c>
+      <c r="G62" s="7" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="J62" s="6" t="n"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="1" t="n">
+        <v>56</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Westlife Foodworld Limited</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>INE274F01020</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="n">
+        <v>1850439</v>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>9125.440000000001</v>
+      </c>
+      <c r="G63" s="7" t="n">
+        <v>0.0048</v>
+      </c>
+      <c r="J63" s="6" t="n"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="1" t="n">
+        <v>57</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Hitachi Energy India Limited</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>INE07Y701011</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="n">
+        <v>45579</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>8597.110000000001</v>
+      </c>
+      <c r="G64" s="7" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="J64" s="6" t="n"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="1" t="n">
+        <v>58</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Syngene International Limited</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>INE398R01022</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
         <is>
           <t>Healthcare Services</t>
         </is>
       </c>
-      <c r="E12" s="10" t="n">
-[...32 lines deleted...]
-      <c r="D13" s="2" t="inlineStr">
+      <c r="E65" s="5" t="n">
+        <v>1586541</v>
+      </c>
+      <c r="F65" s="6" t="n">
+        <v>7511.48</v>
+      </c>
+      <c r="G65" s="7" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="J65" s="6" t="n"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="1" t="n">
+        <v>59</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Container Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>INE111A01025</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="n">
+        <v>1129389</v>
+      </c>
+      <c r="F66" s="6" t="n">
+        <v>5672.36</v>
+      </c>
+      <c r="G66" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J66" s="6" t="n"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="1" t="n">
+        <v>60</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Aster DM Healthcare Limited</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>INE914M01019</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="n">
+        <v>915439</v>
+      </c>
+      <c r="F67" s="6" t="n">
+        <v>5054.6</v>
+      </c>
+      <c r="G67" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J67" s="6" t="n"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="1" t="n">
+        <v>61</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Hatsun Agro Product Limited</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>INE473B01035</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="n">
+        <v>81924</v>
+      </c>
+      <c r="F68" s="6" t="n">
+        <v>720.77</v>
+      </c>
+      <c r="G68" s="7" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="J68" s="6" t="n"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="1" t="n">
+        <v>62</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>LG Electronics India Limited</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>INE324D01010</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
         <is>
           <t>Consumer Durables</t>
         </is>
       </c>
-      <c r="E13" s="10" t="n">
-[...1797 lines deleted...]
-      <c r="E66" s="10" t="n">
+      <c r="E69" s="5" t="n">
         <v>44919</v>
       </c>
-      <c r="F66" s="6" t="n">
-[...2 lines deleted...]
-      <c r="G66" s="66" t="n">
+      <c r="F69" s="6" t="n">
+        <v>656.99</v>
+      </c>
+      <c r="G69" s="7" t="n">
         <v>0.0003</v>
       </c>
-      <c r="J66" s="6" t="n"/>
-[...3 lines deleted...]
-      <c r="B67" s="11" t="inlineStr">
+      <c r="J69" s="6" t="n"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="8" t="n"/>
+      <c r="B70" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C67" s="11" t="n"/>
-[...10 lines deleted...]
-      <c r="B69" s="65" t="inlineStr">
+      <c r="C70" s="8" t="n"/>
+      <c r="D70" s="8" t="n"/>
+      <c r="E70" s="8" t="n"/>
+      <c r="F70" s="9" t="n">
+        <v>1827097.94</v>
+      </c>
+      <c r="G70" s="10" t="n">
+        <v>0.959</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="B72" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
-    <row r="70">
-[...3 lines deleted...]
-      <c r="B70" s="65" t="inlineStr">
+    <row r="73">
+      <c r="A73" s="1" t="n">
+        <v>63</v>
+      </c>
+      <c r="B73" s="3" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F70" s="6" t="n">
-[...11 lines deleted...]
-      <c r="B71" s="11" t="inlineStr">
+      <c r="F73" s="6" t="n">
+        <v>76511.92999999999</v>
+      </c>
+      <c r="G73" s="7" t="n">
+        <v>0.0402</v>
+      </c>
+      <c r="H73" s="11" t="n">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="8" t="n"/>
+      <c r="B74" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C71" s="11" t="n"/>
-[...10 lines deleted...]
-      <c r="B73" s="65" t="inlineStr">
+      <c r="C74" s="8" t="n"/>
+      <c r="D74" s="8" t="n"/>
+      <c r="E74" s="8" t="n"/>
+      <c r="F74" s="9" t="n">
+        <v>76511.92999999999</v>
+      </c>
+      <c r="G74" s="10" t="n">
+        <v>0.0402</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="B76" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
-    <row r="74">
-      <c r="B74" s="2" t="inlineStr">
+    <row r="77">
+      <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E74" s="10" t="n"/>
-[...10 lines deleted...]
-      <c r="B75" s="11" t="inlineStr">
+      <c r="E77" s="5" t="n"/>
+      <c r="F77" s="6" t="n">
+        <v>1093.14</v>
+      </c>
+      <c r="G77" s="7" t="n">
+        <v>0.0008</v>
+      </c>
+      <c r="J77" s="6" t="n"/>
+    </row>
+    <row r="78">
+      <c r="A78" s="8" t="n"/>
+      <c r="B78" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C75" s="11" t="n"/>
-[...11 lines deleted...]
-      <c r="B77" s="5" t="inlineStr">
+      <c r="C78" s="8" t="n"/>
+      <c r="D78" s="8" t="n"/>
+      <c r="E78" s="8" t="n"/>
+      <c r="F78" s="9" t="n">
+        <v>1093.14</v>
+      </c>
+      <c r="G78" s="10" t="n">
+        <v>0.0008</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="4" t="n"/>
+      <c r="B80" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C77" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G77" s="9" t="n">
+      <c r="C80" s="4" t="n"/>
+      <c r="D80" s="4" t="n"/>
+      <c r="E80" s="4" t="n"/>
+      <c r="F80" s="12" t="n">
+        <v>1904703.01</v>
+      </c>
+      <c r="G80" s="13" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="78">
-      <c r="A78" s="2" t="inlineStr">
+    <row r="81">
+      <c r="A81" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="79">
-      <c r="A79" s="16" t="n">
+    <row r="82">
+      <c r="A82" s="15" t="n">
         <v>1</v>
       </c>
-      <c r="B79" s="16" t="inlineStr">
+      <c r="B82" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="80" ht="27" customHeight="1" s="41">
-[...10 lines deleted...]
-      <c r="B84" s="54" t="inlineStr">
+    <row r="84" ht="14.5" customHeight="1" s="45">
+      <c r="B84" s="39" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="96" ht="14.5" customHeight="1" s="41">
-      <c r="B96" s="54" t="inlineStr">
+    <row r="97" ht="14.5" customHeight="1" s="45">
+      <c r="B97" s="39" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty Midcap 150 TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>