--- v0 (2025-10-03)
+++ v1 (2025-10-26)
@@ -1,159 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="927" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="997" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="STR" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="20">
+  <fonts count="21">
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -326,307 +332,328 @@
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="98">
+  <cellXfs count="107">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-[...23 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...67 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
@@ -687,265 +714,231 @@
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
       <row>50</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
       <row>59</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="3" name="Picture 2"/>
+        <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="8655050"/>
+          <a:off x="457200" y="8826500"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
       <row>64</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
       <row>73</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="5" name="Picture 4"/>
+        <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="11068050"/>
+          <a:off x="457200" y="11239500"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -963,65 +956,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...5 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1042,124 +1035,104 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:M85"/>
+  <dimension ref="A1:L85"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="A3" sqref="A3"/>
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
     <col width="42.26953125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
     <col width="22.1796875" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
-    <col width="14.54296875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
-    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="14.54296875" customWidth="1" style="2" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
     <col width="30.1796875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="73">
-[...1 lines deleted...]
-      <c r="B1" s="72" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="74">
+      <c r="A1" s="73" t="n"/>
+      <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Strategic Bond Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="4" t="inlineStr">
         <is>
-          <t>Portfolio as on September 15, 2025</t>
+          <t>Portfolio as on October 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
@@ -1225,924 +1198,954 @@
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
         <v>1</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>State Bank of India**</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>INE062A08470</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>IND AAA</t>
         </is>
       </c>
       <c r="E9" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>5285.43</v>
+        <v>5371.44</v>
       </c>
       <c r="G9" s="7" t="n">
-        <v>0.0359</v>
+        <v>0.0367</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>51093</v>
       </c>
       <c r="J9" s="6" t="n">
-        <v>7.255</v>
+        <v>7.1275</v>
       </c>
       <c r="K9" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L9" s="7" t="n">
-        <v>0.6655</v>
+        <v>0.839</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
         <v>2</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Bank of India**</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>INE084A08185</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>IND AA+</t>
         </is>
       </c>
       <c r="E10" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>5219.13</v>
+        <v>5288.46</v>
       </c>
       <c r="G10" s="7" t="n">
-        <v>0.0355</v>
+        <v>0.0361</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>49144</v>
       </c>
       <c r="J10" s="6" t="n">
-        <v>7.39</v>
+        <v>7.2684</v>
       </c>
       <c r="K10" s="2" t="inlineStr">
         <is>
           <t>IND AAA</t>
         </is>
       </c>
       <c r="L10" s="7" t="n">
-        <v>0.0359</v>
+        <v>0.0367</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
         <v>3</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>State Bank of India**</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>INE062A08421</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E11" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>5124.26</v>
+        <v>5208.83</v>
       </c>
       <c r="G11" s="7" t="n">
-        <v>0.0348</v>
+        <v>0.0356</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>50948</v>
       </c>
       <c r="J11" s="6" t="n">
-        <v>7.255</v>
+        <v>7.1275</v>
       </c>
       <c r="K11" s="2" t="inlineStr">
         <is>
           <t>IND AA+</t>
         </is>
       </c>
       <c r="L11" s="7" t="n">
-        <v>0.0355</v>
-[...1 lines deleted...]
-      <c r="M11" s="7" t="n"/>
+        <v>0.0361</v>
+      </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
         <v>4</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>INE134E08NB7</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E12" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>5048.23</v>
+        <v>5123.78</v>
       </c>
       <c r="G12" s="7" t="n">
-        <v>0.0343</v>
+        <v>0.035</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>50966</v>
       </c>
       <c r="J12" s="6" t="n">
-        <v>7.265</v>
+        <v>7.1572</v>
       </c>
       <c r="K12" s="2" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
       <c r="L12" s="7" t="n">
-        <v>0.0348</v>
+        <v>0.0356</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="9" t="n"/>
       <c r="B13" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C13" s="9" t="n"/>
       <c r="D13" s="9" t="n"/>
       <c r="E13" s="9" t="n"/>
       <c r="F13" s="10" t="n">
-        <v>20677.05</v>
+        <v>20992.51</v>
       </c>
       <c r="G13" s="11" t="n">
-        <v>0.1405</v>
+        <v>0.1434</v>
       </c>
       <c r="K13" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="L13" s="7" t="n">
-        <v>0.0343</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="14">
       <c r="K14" s="2" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
       <c r="L14" s="7" t="n">
-        <v>0.0035</v>
+        <v>0.0036</v>
       </c>
     </row>
     <row r="15">
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
       <c r="K15" s="2" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L15" s="7" t="n">
-        <v>0.1905</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
         <v>5</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>6.90% GOI 2065</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>IN0020250018</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E16" s="12" t="n">
         <v>41000000</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>40233.82</v>
+        <v>39782.41</v>
       </c>
       <c r="G16" s="7" t="n">
-        <v>0.2734</v>
+        <v>0.2718</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>60372</v>
       </c>
       <c r="J16" s="6" t="n">
-        <v>7.2673</v>
+        <v>7.1273</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
         <v>6</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>6.75% GOI 2029</t>
+          <t>6.48% GOI 2035</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>IN0020240183</t>
+          <t>IN0020250091</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E17" s="12" t="n">
-        <v>16000000</v>
+        <v>27000000</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>16580.65</v>
+        <v>27161.54</v>
       </c>
       <c r="G17" s="7" t="n">
-        <v>0.1127</v>
+        <v>0.1856</v>
       </c>
       <c r="H17" s="8" t="n">
-        <v>47475</v>
+        <v>49588</v>
       </c>
       <c r="J17" s="6" t="n">
-        <v>6.1867</v>
+        <v>6.4222</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
         <v>7</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>7.17% GOI 2030</t>
+          <t>6.33% GOI 2035</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>IN0020230036</t>
+          <t>IN0020250026</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E18" s="12" t="n">
-        <v>10000000</v>
+        <v>21500000</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>10636.75</v>
+        <v>21876.68</v>
       </c>
       <c r="G18" s="7" t="n">
-        <v>0.0723</v>
+        <v>0.1495</v>
       </c>
       <c r="H18" s="8" t="n">
-        <v>47590</v>
+        <v>49434</v>
       </c>
       <c r="J18" s="6" t="n">
-        <v>6.3028</v>
+        <v>6.4826</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
         <v>8</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>6.33% GOI 2035</t>
+          <t>7.17% GOI 2030</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>IN0020250026</t>
+          <t>IN0020230036</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E19" s="12" t="n">
-        <v>9500000</v>
+        <v>10000000</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>9607.91</v>
+        <v>10761.5</v>
       </c>
       <c r="G19" s="7" t="n">
-        <v>0.0653</v>
+        <v>0.0735</v>
       </c>
       <c r="H19" s="8" t="n">
-        <v>49434</v>
+        <v>47590</v>
       </c>
       <c r="J19" s="6" t="n">
-        <v>6.4935</v>
+        <v>6.1271</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
         <v>9</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>8.30% GOI 2042</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>IN0020120062</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E20" s="12" t="n">
         <v>6000000</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>6925.78</v>
+        <v>6968.39</v>
       </c>
       <c r="G20" s="7" t="n">
-        <v>0.0471</v>
+        <v>0.0476</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>52231</v>
       </c>
       <c r="J20" s="6" t="n">
-        <v>6.9288</v>
+        <v>6.9239</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
         <v>10</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>4.59% GOI 2031</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>IN0020180041</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E21" s="12" t="n">
         <v>5000000</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>5177.02</v>
+        <v>5205.04</v>
       </c>
       <c r="G21" s="7" t="n">
-        <v>0.0352</v>
+        <v>0.0356</v>
       </c>
       <c r="H21" s="8" t="n">
         <v>48189</v>
       </c>
       <c r="J21" s="6" t="n">
-        <v>6.183</v>
+        <v>6.16</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
         <v>11</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
           <t>7.30% GOI 2053</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>IN0020230051</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E22" s="12" t="n">
         <v>4500000</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>4616.5</v>
+        <v>4732.76</v>
       </c>
       <c r="G22" s="7" t="n">
-        <v>0.0314</v>
+        <v>0.0323</v>
       </c>
       <c r="H22" s="8" t="n">
         <v>56054</v>
       </c>
       <c r="J22" s="6" t="n">
-        <v>7.2294</v>
+        <v>7.067</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
         <v>12</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>7.32% GOI 2030</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>IN0020230135</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E23" s="12" t="n">
         <v>2000000</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>2135.18</v>
+        <v>2158.57</v>
       </c>
       <c r="G23" s="7" t="n">
-        <v>0.0145</v>
+        <v>0.0147</v>
       </c>
       <c r="H23" s="8" t="n">
         <v>47800</v>
       </c>
       <c r="J23" s="6" t="n">
-        <v>6.3365</v>
+        <v>6.1975</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
         <v>13</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>7.25% GOI 2063</t>
+          <t>7.02% GOI 2031</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>IN0020230044</t>
+          <t>IN0020240076</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E24" s="12" t="n">
-        <v>1000000</v>
+        <v>2000000</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>1012.91</v>
+        <v>2114.55</v>
       </c>
       <c r="G24" s="7" t="n">
-        <v>0.0069</v>
+        <v>0.0144</v>
       </c>
       <c r="H24" s="8" t="n">
-        <v>59699</v>
+        <v>48017</v>
       </c>
       <c r="J24" s="6" t="n">
-        <v>7.2958</v>
+        <v>6.2898</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
         <v>14</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>7.09% GOI 2054</t>
+          <t>7.25% GOI 2063</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>IN0020240118</t>
+          <t>IN0020230044</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E25" s="12" t="n">
         <v>1000000</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>991.72</v>
+        <v>1035.52</v>
       </c>
       <c r="G25" s="7" t="n">
-        <v>0.0067</v>
+        <v>0.0071</v>
       </c>
       <c r="H25" s="8" t="n">
+        <v>59699</v>
+      </c>
+      <c r="J25" s="6" t="n">
+        <v>7.1676</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>7.09% GOI 2054</t>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <t>IN0020240118</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E26" s="12" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>1016.1</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="H26" s="8" t="n">
         <v>56466</v>
       </c>
-      <c r="J25" s="6" t="n">
-[...5 lines deleted...]
-      <c r="B26" s="9" t="inlineStr">
+      <c r="J26" s="6" t="n">
+        <v>7.0715</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="9" t="n"/>
+      <c r="B27" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C26" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B28" s="4" t="inlineStr">
+      <c r="C27" s="9" t="n"/>
+      <c r="D27" s="9" t="n"/>
+      <c r="E27" s="9" t="n"/>
+      <c r="F27" s="10" t="n">
+        <v>122813.06</v>
+      </c>
+      <c r="G27" s="11" t="n">
+        <v>0.839</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="B29" s="4" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
-    <row r="29">
-[...3 lines deleted...]
-      <c r="B29" s="4" t="inlineStr">
+    <row r="30">
+      <c r="A30" s="2" t="n">
+        <v>16</v>
+      </c>
+      <c r="B30" s="4" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F29" s="6" t="n">
-[...11 lines deleted...]
-      <c r="B30" s="9" t="inlineStr">
+      <c r="F30" s="6" t="n">
+        <v>1675.94</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0115</v>
+      </c>
+      <c r="H30" s="8" t="n">
+        <v>45946</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="9" t="n"/>
+      <c r="B31" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C30" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B32" s="4" t="inlineStr">
+      <c r="C31" s="9" t="n"/>
+      <c r="D31" s="9" t="n"/>
+      <c r="E31" s="9" t="n"/>
+      <c r="F31" s="10" t="n">
+        <v>1675.94</v>
+      </c>
+      <c r="G31" s="11" t="n">
+        <v>0.0115</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="B33" s="4" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
     </row>
-    <row r="33">
-[...3 lines deleted...]
-      <c r="B33" s="2" t="inlineStr">
+    <row r="34">
+      <c r="A34" s="2" t="n">
+        <v>17</v>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
         <is>
           <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
         </is>
       </c>
-      <c r="C33" s="2" t="inlineStr">
+      <c r="C34" s="2" t="inlineStr">
         <is>
           <t>INF0RQ622028</t>
         </is>
       </c>
-      <c r="E33" s="12" t="n">
+      <c r="E34" s="12" t="n">
         <v>4556.045</v>
       </c>
-      <c r="F33" s="6" t="n">
-[...9 lines deleted...]
-      <c r="B34" s="9" t="inlineStr">
+      <c r="F34" s="6" t="n">
+        <v>520.16</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="9" t="n"/>
+      <c r="B35" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C34" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B36" s="4" t="inlineStr">
+      <c r="C35" s="9" t="n"/>
+      <c r="D35" s="9" t="n"/>
+      <c r="E35" s="9" t="n"/>
+      <c r="F35" s="10" t="n">
+        <v>520.16</v>
+      </c>
+      <c r="G35" s="11" t="n">
+        <v>0.0036</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="B37" s="4" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
-    <row r="37">
-      <c r="B37" s="2" t="inlineStr">
+    <row r="38">
+      <c r="B38" s="2" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E37" s="12" t="n"/>
-[...10 lines deleted...]
-      <c r="B38" s="9" t="inlineStr">
+      <c r="E38" s="12" t="n"/>
+      <c r="F38" s="6" t="n">
+        <v>362.49</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0025</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="9" t="n"/>
+      <c r="B39" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C38" s="9" t="n"/>
-[...11 lines deleted...]
-      <c r="B40" s="5" t="inlineStr">
+      <c r="C39" s="9" t="n"/>
+      <c r="D39" s="9" t="n"/>
+      <c r="E39" s="9" t="n"/>
+      <c r="F39" s="10" t="n">
+        <v>362.49</v>
+      </c>
+      <c r="G39" s="11" t="n">
+        <v>0.0025</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="5" t="n"/>
+      <c r="B41" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C40" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G40" s="14" t="n">
+      <c r="C41" s="5" t="n"/>
+      <c r="D41" s="5" t="n"/>
+      <c r="E41" s="5" t="n"/>
+      <c r="F41" s="13" t="n">
+        <v>146364.16</v>
+      </c>
+      <c r="G41" s="14" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="41">
-      <c r="A41" s="2" t="inlineStr">
+    <row r="42">
+      <c r="A42" s="2" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="42">
-      <c r="A42" s="2" t="n">
+    <row r="43">
+      <c r="A43" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="B42" s="2" t="inlineStr">
+      <c r="B43" s="2" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
-    <row r="43">
-      <c r="A43" s="15" t="n">
+    <row r="44">
+      <c r="A44" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B43" s="15" t="inlineStr">
+      <c r="B44" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="44" ht="27" customHeight="1" s="73">
-      <c r="A44" s="15" t="n">
+    <row r="45" ht="27" customHeight="1" s="74">
+      <c r="A45" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B44" s="15" t="inlineStr">
+      <c r="B45" s="15" t="inlineStr">
         <is>
           <t>Net Assets does not include unit activity for the day of the Portfolio</t>
         </is>
       </c>
     </row>
-    <row r="45">
-[...3 lines deleted...]
-    <row r="46" ht="75.5" customHeight="1" s="73">
+    <row r="46" ht="143.25" customHeight="1" s="74">
       <c r="A46" s="2" t="n">
         <v>4</v>
       </c>
-      <c r="B46" s="89" t="inlineStr">
-[...5 lines deleted...]
-    <row r="49" ht="14.5" customHeight="1" s="73">
+      <c r="B46" s="75" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" ht="14.5" customHeight="1" s="74">
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="63" ht="14.5" customHeight="1" s="73">
+    <row r="63" ht="14.5" customHeight="1" s="74">
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Dynamic Bond A-III Index</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="B78" s="16" t="n"/>
       <c r="C78" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="B79" s="16" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
       <c r="C79" s="18" t="inlineStr">
         <is>
           <t>DSP Strategic Bond Fund</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="B80" s="16" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
       <c r="C80" s="19" t="n"/>
     </row>
     <row r="81">
       <c r="B81" s="16" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
       <c r="C81" s="20" t="n">
-        <v>0.0668</v>
+        <v>0.0682</v>
       </c>
     </row>
     <row r="82">
       <c r="B82" s="16" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
       <c r="C82" s="19" t="n">
-        <v>7.01</v>
+        <v>8.81</v>
       </c>
     </row>
     <row r="83">
       <c r="B83" s="16" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
       <c r="C83" s="19" t="n">
-        <v>16.48</v>
+        <v>18.72</v>
       </c>
     </row>
     <row r="84">
       <c r="B84" s="16" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
       <c r="C84" s="21" t="n">
-        <v>45915</v>
+        <v>45945</v>
       </c>
     </row>
     <row r="85">
       <c r="B85" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
       <c r="C85" s="18" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
+    <mergeCell ref="B46:C46"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="B46:G46"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Rahul Jain</dc:creator>
+  <dc:creator>ICRON Research</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>