--- v1 (2025-10-26)
+++ v2 (2025-11-18)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="997" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="945" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="STR" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="22">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
@@ -157,50 +157,57 @@
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
@@ -334,66 +341,67 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="107">
+  <cellXfs count="101">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -449,212 +457,195 @@
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="10" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...40 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -703,116 +694,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>50</row>
+      <row>49</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>59</row>
+      <row>58</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="8826500"/>
+          <a:off x="457200" y="8655050"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>64</row>
+      <row>63</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>73</row>
+      <row>72</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="11239500"/>
+          <a:off x="457200" y="11068050"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1049,90 +1040,90 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L85"/>
+  <dimension ref="A1:L87"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
     <col width="42.26953125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
     <col width="22.1796875" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
     <col width="14.1796875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
-    <col width="14.54296875" customWidth="1" style="2" min="5" max="5"/>
+    <col width="14.453125" customWidth="1" style="2" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
     <col width="30.1796875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
     <row r="1" ht="19" customHeight="1" s="74">
       <c r="A1" s="73" t="n"/>
       <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Strategic Bond Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="4" t="inlineStr">
         <is>
-          <t>Portfolio as on October 15, 2025</t>
+          <t>Portfolio as on October 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
@@ -1181,971 +1172,928 @@
       </c>
     </row>
     <row r="8">
       <c r="B8" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
         <v>1</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>State Bank of India**</t>
+          <t>State Bank of India</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>INE062A08470</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>IND AAA</t>
         </is>
       </c>
       <c r="E9" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>5371.44</v>
+        <v>5351.73</v>
       </c>
       <c r="G9" s="7" t="n">
-        <v>0.0367</v>
+        <v>0.0373</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>51093</v>
       </c>
       <c r="J9" s="6" t="n">
-        <v>7.1275</v>
+        <v>7.21</v>
       </c>
       <c r="K9" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L9" s="7" t="n">
-        <v>0.839</v>
+        <v>0.8641</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
         <v>2</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Bank of India**</t>
+          <t>State Bank of India**</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>INE084A08185</t>
+          <t>INE062A08421</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>IND AA+</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E10" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>5288.46</v>
+        <v>5188.96</v>
       </c>
       <c r="G10" s="7" t="n">
-        <v>0.0361</v>
+        <v>0.0362</v>
       </c>
       <c r="H10" s="8" t="n">
-        <v>49144</v>
+        <v>50948</v>
       </c>
       <c r="J10" s="6" t="n">
-        <v>7.2684</v>
+        <v>7.21</v>
       </c>
       <c r="K10" s="2" t="inlineStr">
         <is>
           <t>IND AAA</t>
         </is>
       </c>
       <c r="L10" s="7" t="n">
-        <v>0.0367</v>
+        <v>0.0373</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
         <v>3</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>State Bank of India**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>INE062A08421</t>
+          <t>INE134E08NB7</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E11" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>5208.83</v>
+        <v>5148.94</v>
       </c>
       <c r="G11" s="7" t="n">
-        <v>0.0356</v>
+        <v>0.0359</v>
       </c>
       <c r="H11" s="8" t="n">
-        <v>50948</v>
+        <v>50966</v>
       </c>
       <c r="J11" s="6" t="n">
-        <v>7.1275</v>
+        <v>7.1349</v>
       </c>
       <c r="K11" s="2" t="inlineStr">
         <is>
-          <t>IND AA+</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="L11" s="7" t="n">
-        <v>0.0361</v>
+        <v>0.0362</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
         <v>4</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Bank of India**</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>INE134E08NB7</t>
+          <t>INE084A08185</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
+          <t>IND AA+</t>
+        </is>
+      </c>
+      <c r="E12" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>2656.32</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0185</v>
+      </c>
+      <c r="H12" s="8" t="n">
+        <v>49144</v>
+      </c>
+      <c r="J12" s="6" t="n">
+        <v>7.2437</v>
+      </c>
+      <c r="K12" s="2" t="inlineStr">
+        <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="E12" s="12" t="n">
-[...18 lines deleted...]
-      </c>
       <c r="L12" s="7" t="n">
-        <v>0.0356</v>
+        <v>0.0359</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="9" t="n"/>
       <c r="B13" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C13" s="9" t="n"/>
       <c r="D13" s="9" t="n"/>
       <c r="E13" s="9" t="n"/>
       <c r="F13" s="10" t="n">
-        <v>20992.51</v>
+        <v>18345.95</v>
       </c>
       <c r="G13" s="11" t="n">
-        <v>0.1434</v>
+        <v>0.1279</v>
       </c>
       <c r="K13" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>IND AA+</t>
         </is>
       </c>
       <c r="L13" s="7" t="n">
-        <v>0.035</v>
+        <v>0.0185</v>
       </c>
     </row>
     <row r="14">
       <c r="K14" s="2" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
       <c r="L14" s="7" t="n">
         <v>0.0036</v>
       </c>
     </row>
     <row r="15">
       <c r="B15" s="4" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
       <c r="K15" s="2" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L15" s="7" t="n">
-        <v>0.014</v>
+        <v>0.0044</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
         <v>5</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>6.90% GOI 2065</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>IN0020250018</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E16" s="12" t="n">
         <v>41000000</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>39782.41</v>
+        <v>39051.79</v>
       </c>
       <c r="G16" s="7" t="n">
-        <v>0.2718</v>
+        <v>0.2722</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>60372</v>
       </c>
       <c r="J16" s="6" t="n">
-        <v>7.1273</v>
+        <v>7.2917</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
         <v>6</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>6.48% GOI 2035</t>
+          <t>6.33% GOI 2035</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>IN0020250091</t>
+          <t>IN0020250026</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E17" s="12" t="n">
-        <v>27000000</v>
+        <v>29000000</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>27161.54</v>
+        <v>29487.83</v>
       </c>
       <c r="G17" s="7" t="n">
-        <v>0.1856</v>
+        <v>0.2055</v>
       </c>
       <c r="H17" s="8" t="n">
-        <v>49588</v>
+        <v>49434</v>
       </c>
       <c r="J17" s="6" t="n">
-        <v>6.4222</v>
+        <v>6.5329</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
         <v>7</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>6.33% GOI 2035</t>
+          <t>6.48% GOI 2035</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>IN0020250026</t>
+          <t>IN0020250091</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E18" s="12" t="n">
-        <v>21500000</v>
+        <v>27000000</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>21876.68</v>
+        <v>27142.78</v>
       </c>
       <c r="G18" s="7" t="n">
-        <v>0.1495</v>
+        <v>0.1892</v>
       </c>
       <c r="H18" s="8" t="n">
-        <v>49434</v>
+        <v>49588</v>
       </c>
       <c r="J18" s="6" t="n">
-        <v>6.4826</v>
+        <v>6.4683</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
         <v>8</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>7.17% GOI 2030</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>IN0020230036</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E19" s="12" t="n">
         <v>10000000</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>10761.5</v>
+        <v>10388.32</v>
       </c>
       <c r="G19" s="7" t="n">
-        <v>0.0735</v>
+        <v>0.07240000000000001</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>47590</v>
       </c>
       <c r="J19" s="6" t="n">
-        <v>6.1271</v>
+        <v>6.2311</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
         <v>9</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>8.30% GOI 2042</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>IN0020120062</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E20" s="12" t="n">
         <v>6000000</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>6968.39</v>
+        <v>6937.3</v>
       </c>
       <c r="G20" s="7" t="n">
-        <v>0.0476</v>
+        <v>0.0484</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>52231</v>
       </c>
       <c r="J20" s="6" t="n">
-        <v>6.9239</v>
+        <v>7.0021</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
         <v>10</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>4.59% GOI 2031</t>
+          <t>7.30% GOI 2053</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>IN0020180041</t>
+          <t>IN0020230051</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E21" s="12" t="n">
-        <v>5000000</v>
+        <v>4500000</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>5205.04</v>
+        <v>4665.41</v>
       </c>
       <c r="G21" s="7" t="n">
-        <v>0.0356</v>
+        <v>0.0325</v>
       </c>
       <c r="H21" s="8" t="n">
-        <v>48189</v>
+        <v>56054</v>
       </c>
       <c r="J21" s="6" t="n">
-        <v>6.16</v>
+        <v>7.215</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
         <v>11</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>7.30% GOI 2053</t>
+          <t>7.32% GOI 2030</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>IN0020230051</t>
+          <t>IN0020230135</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E22" s="12" t="n">
-        <v>4500000</v>
+        <v>2000000</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>4732.76</v>
+        <v>2162.6</v>
       </c>
       <c r="G22" s="7" t="n">
-        <v>0.0323</v>
+        <v>0.0151</v>
       </c>
       <c r="H22" s="8" t="n">
-        <v>56054</v>
+        <v>47800</v>
       </c>
       <c r="J22" s="6" t="n">
-        <v>7.067</v>
+        <v>6.2142</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
         <v>12</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>7.32% GOI 2030</t>
+          <t>7.02% GOI 2031</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>IN0020230135</t>
+          <t>IN0020240076</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E23" s="12" t="n">
         <v>2000000</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>2158.57</v>
+        <v>2112.78</v>
       </c>
       <c r="G23" s="7" t="n">
         <v>0.0147</v>
       </c>
       <c r="H23" s="8" t="n">
-        <v>47800</v>
+        <v>48017</v>
       </c>
       <c r="J23" s="6" t="n">
-        <v>6.1975</v>
+        <v>6.3657</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
         <v>13</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>7.02% GOI 2031</t>
+          <t>7.25% GOI 2063</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>IN0020240076</t>
+          <t>IN0020230044</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E24" s="12" t="n">
-        <v>2000000</v>
+        <v>1000000</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>2114.55</v>
+        <v>1018.35</v>
       </c>
       <c r="G24" s="7" t="n">
-        <v>0.0144</v>
+        <v>0.0071</v>
       </c>
       <c r="H24" s="8" t="n">
-        <v>48017</v>
+        <v>59699</v>
       </c>
       <c r="J24" s="6" t="n">
-        <v>6.2898</v>
+        <v>7.3248</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
         <v>14</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>7.25% GOI 2063</t>
+          <t>7.09% GOI 2054</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>IN0020230044</t>
+          <t>IN0020240118</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E25" s="12" t="n">
         <v>1000000</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>1035.52</v>
+        <v>998.9</v>
       </c>
       <c r="G25" s="7" t="n">
-        <v>0.0071</v>
+        <v>0.007</v>
       </c>
       <c r="H25" s="8" t="n">
-        <v>59699</v>
+        <v>56466</v>
       </c>
       <c r="J25" s="6" t="n">
-        <v>7.1676</v>
+        <v>7.2387</v>
       </c>
     </row>
     <row r="26">
-      <c r="A26" s="2" t="n">
+      <c r="A26" s="9" t="n"/>
+      <c r="B26" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C26" s="9" t="n"/>
+      <c r="D26" s="9" t="n"/>
+      <c r="E26" s="9" t="n"/>
+      <c r="F26" s="10" t="n">
+        <v>123966.06</v>
+      </c>
+      <c r="G26" s="11" t="n">
+        <v>0.8641</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="B28" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="2" t="n">
         <v>15</v>
       </c>
-      <c r="B26" s="2" t="inlineStr">
-[...32 lines deleted...]
-      <c r="B27" s="9" t="inlineStr">
+      <c r="B29" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>3933.51</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0275</v>
+      </c>
+      <c r="H29" s="8" t="n">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="9" t="n"/>
+      <c r="B30" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C27" s="9" t="n"/>
-[...17 lines deleted...]
-      <c r="A30" s="2" t="n">
+      <c r="C30" s="9" t="n"/>
+      <c r="D30" s="9" t="n"/>
+      <c r="E30" s="9" t="n"/>
+      <c r="F30" s="10" t="n">
+        <v>3933.51</v>
+      </c>
+      <c r="G30" s="11" t="n">
+        <v>0.0275</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="B32" s="4" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="2" t="n">
         <v>16</v>
       </c>
-      <c r="B30" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="B31" s="9" t="inlineStr">
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E33" s="12" t="n">
+        <v>4556.045</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>521.25</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="9" t="n"/>
+      <c r="B34" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C31" s="9" t="n"/>
-[...36 lines deleted...]
-      <c r="G34" s="7" t="n">
+      <c r="C34" s="9" t="n"/>
+      <c r="D34" s="9" t="n"/>
+      <c r="E34" s="9" t="n"/>
+      <c r="F34" s="10" t="n">
+        <v>521.25</v>
+      </c>
+      <c r="G34" s="11" t="n">
         <v>0.0036</v>
       </c>
-      <c r="J34" s="6" t="n"/>
-[...3 lines deleted...]
-      <c r="B35" s="9" t="inlineStr">
+    </row>
+    <row r="36">
+      <c r="B36" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E37" s="12" t="n"/>
+      <c r="F37" s="6" t="n">
+        <v>-3288.05</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>-0.0231</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="9" t="n"/>
+      <c r="B38" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C35" s="9" t="n"/>
-[...45 lines deleted...]
-        <v>0.0025</v>
+      <c r="C38" s="9" t="n"/>
+      <c r="D38" s="9" t="n"/>
+      <c r="E38" s="9" t="n"/>
+      <c r="F38" s="10" t="n">
+        <v>-3288.05</v>
+      </c>
+      <c r="G38" s="11" t="n">
+        <v>-0.0231</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="5" t="n"/>
+      <c r="B40" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C40" s="5" t="n"/>
+      <c r="D40" s="5" t="n"/>
+      <c r="E40" s="5" t="n"/>
+      <c r="F40" s="13" t="n">
+        <v>143478.72</v>
+      </c>
+      <c r="G40" s="14" t="n">
+        <v>1</v>
       </c>
     </row>
     <row r="41">
-      <c r="A41" s="5" t="n"/>
-[...11 lines deleted...]
-      <c r="G41" s="14" t="n">
+      <c r="A41" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="2" t="n">
         <v>1</v>
       </c>
-    </row>
-[...3 lines deleted...]
-          <t>Notes:</t>
+      <c r="B42" s="2" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
     <row r="43">
-      <c r="A43" s="2" t="n">
-[...9 lines deleted...]
-      <c r="A44" s="15" t="n">
+      <c r="A43" s="16" t="n">
         <v>2</v>
       </c>
-      <c r="B44" s="15" t="inlineStr">
+      <c r="B43" s="16" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="45" ht="27" customHeight="1" s="74">
-      <c r="A45" s="15" t="n">
+    <row r="44" ht="27" customHeight="1" s="74">
+      <c r="A44" s="16" t="n">
         <v>3</v>
       </c>
-      <c r="B45" s="15" t="inlineStr">
-[...16 lines deleted...]
-      <c r="B49" s="1" t="inlineStr">
+      <c r="B44" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="48" ht="14.5" customHeight="1" s="74">
+      <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="63" ht="14.5" customHeight="1" s="74">
-      <c r="B63" s="1" t="inlineStr">
+    <row r="62" ht="14.5" customHeight="1" s="74">
+      <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Dynamic Bond A-III Index</t>
         </is>
       </c>
     </row>
+    <row r="77">
+      <c r="B77" s="17" t="n"/>
+      <c r="C77" s="19" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
     <row r="78">
-      <c r="B78" s="16" t="n"/>
-[...2 lines deleted...]
-          <t>Portfolio Information</t>
+      <c r="B78" s="17" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C78" s="19" t="inlineStr">
+        <is>
+          <t>DSP Strategic Bond Fund</t>
         </is>
       </c>
     </row>
     <row r="79">
-      <c r="B79" s="16" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="B79" s="17" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C79" s="20" t="n"/>
     </row>
     <row r="80">
-      <c r="B80" s="16" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C80" s="19" t="n"/>
+      <c r="B80" s="17" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C80" s="21" t="n">
+        <v>0.0693</v>
+      </c>
     </row>
     <row r="81">
-      <c r="B81" s="16" t="inlineStr">
-[...1 lines deleted...]
-          <t>Annualised Portfolio YTM*:</t>
+      <c r="B81" s="17" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
         </is>
       </c>
       <c r="C81" s="20" t="n">
-        <v>0.0682</v>
+        <v>9.050000000000001</v>
       </c>
     </row>
     <row r="82">
-      <c r="B82" s="16" t="inlineStr">
-[...5 lines deleted...]
-        <v>8.81</v>
+      <c r="B82" s="17" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C82" s="20" t="n">
+        <v>18.93</v>
       </c>
     </row>
     <row r="83">
-      <c r="B83" s="16" t="inlineStr">
-[...5 lines deleted...]
-        <v>18.72</v>
+      <c r="B83" s="17" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C83" s="22" t="n">
+        <v>45961</v>
       </c>
     </row>
     <row r="84">
-      <c r="B84" s="16" t="inlineStr">
-[...9 lines deleted...]
-      <c r="B85" s="17" t="inlineStr">
+      <c r="B84" s="18" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C85" s="18" t="n"/>
+      <c r="C84" s="19" t="n"/>
+    </row>
+    <row r="87">
+      <c r="B87" s="4" t="n"/>
     </row>
   </sheetData>
-  <mergeCells count="2">
-    <mergeCell ref="B46:C46"/>
+  <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ICRON Research</dc:creator>
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>