--- v2 (2025-11-18)
+++ v3 (2025-12-08)
@@ -1,79 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="945" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="922" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="STR" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="166" formatCode="0.000"/>
   </numFmts>
-  <fonts count="22">
+  <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -336,316 +331,333 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="101">
+  <cellXfs count="106">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...35 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...5 lines deleted...]
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -694,116 +706,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>49</row>
+      <row>45</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>58</row>
+      <row>54</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="8655050"/>
+          <a:off x="457200" y="8483600"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>63</row>
+      <row>58</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>72</row>
+      <row>67</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="11068050"/>
+          <a:off x="457200" y="10896600"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1045,1055 +1057,1002 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L87"/>
+  <dimension ref="A1:L79"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="25.1796875" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="13.453125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="73">
+      <c r="A1" s="72" t="n"/>
+      <c r="B1" s="72" t="inlineStr">
         <is>
           <t>DSP Strategic Bond Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on November 30, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="B8" s="4" t="inlineStr">
+      <c r="B8" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K8" s="4" t="inlineStr">
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C9" s="2" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>State Bank of India**</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>INE062A08421</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E9" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F9" s="5" t="n">
+        <v>5235.9</v>
+      </c>
+      <c r="G9" s="6" t="n">
+        <v>0.0383</v>
+      </c>
+      <c r="H9" s="7" t="n">
+        <v>50948</v>
+      </c>
+      <c r="J9" s="5" t="n">
+        <v>7.17</v>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L9" s="6" t="n">
+        <v>0.8769</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08NB7</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E10" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F10" s="5" t="n">
+        <v>5164.85</v>
+      </c>
+      <c r="G10" s="6" t="n">
+        <v>0.0378</v>
+      </c>
+      <c r="H10" s="7" t="n">
+        <v>50966</v>
+      </c>
+      <c r="J10" s="5" t="n">
+        <v>7.1659</v>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="L10" s="6" t="n">
+        <v>0.0383</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>State Bank of India**</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
         <is>
           <t>INE062A08470</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
+      <c r="D11" s="1" t="inlineStr">
         <is>
           <t>IND AAA</t>
         </is>
       </c>
-      <c r="E9" s="12" t="n">
+      <c r="E11" s="11" t="n">
         <v>5000</v>
       </c>
-      <c r="F9" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H9" s="8" t="n">
+      <c r="F11" s="5" t="n">
+        <v>5037.43</v>
+      </c>
+      <c r="G11" s="6" t="n">
+        <v>0.0368</v>
+      </c>
+      <c r="H11" s="7" t="n">
         <v>51093</v>
       </c>
-      <c r="J9" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K9" s="2" t="inlineStr">
+      <c r="J11" s="5" t="n">
+        <v>7.17</v>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L11" s="6" t="n">
+        <v>0.0378</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="8" t="n"/>
+      <c r="B12" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C12" s="8" t="n"/>
+      <c r="D12" s="8" t="n"/>
+      <c r="E12" s="8" t="n"/>
+      <c r="F12" s="9" t="n">
+        <v>15438.18</v>
+      </c>
+      <c r="G12" s="10" t="n">
+        <v>0.1129</v>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="L12" s="6" t="n">
+        <v>0.0368</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L13" s="6" t="n">
+        <v>0.0038</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="B14" s="3" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L14" s="6" t="n">
+        <v>0.0064</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>6.48% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250091</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L9" s="7" t="n">
-[...4 lines deleted...]
-      <c r="A10" s="2" t="n">
+      <c r="E15" s="11" t="n">
+        <v>39500000</v>
+      </c>
+      <c r="F15" s="5" t="n">
+        <v>39823.98</v>
+      </c>
+      <c r="G15" s="6" t="n">
+        <v>0.2912</v>
+      </c>
+      <c r="H15" s="7" t="n">
+        <v>49588</v>
+      </c>
+      <c r="J15" s="5" t="n">
+        <v>6.5021</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>6.90% GOI 2065</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250018</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E16" s="11" t="n">
+        <v>38500000</v>
+      </c>
+      <c r="F16" s="5" t="n">
+        <v>36437.43</v>
+      </c>
+      <c r="G16" s="6" t="n">
+        <v>0.2664</v>
+      </c>
+      <c r="H16" s="7" t="n">
+        <v>60372</v>
+      </c>
+      <c r="J16" s="5" t="n">
+        <v>7.3881</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>6.33% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250026</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E17" s="11" t="n">
+        <v>17500000</v>
+      </c>
+      <c r="F17" s="5" t="n">
+        <v>17318.99</v>
+      </c>
+      <c r="G17" s="6" t="n">
+        <v>0.1266</v>
+      </c>
+      <c r="H17" s="7" t="n">
+        <v>49434</v>
+      </c>
+      <c r="J17" s="5" t="n">
+        <v>6.5436</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>7.17% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230036</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E18" s="11" t="n">
+        <v>10000000</v>
+      </c>
+      <c r="F18" s="5" t="n">
+        <v>10459.83</v>
+      </c>
+      <c r="G18" s="6" t="n">
+        <v>0.0765</v>
+      </c>
+      <c r="H18" s="7" t="n">
+        <v>47590</v>
+      </c>
+      <c r="J18" s="5" t="n">
+        <v>6.1839</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>6.68% GOI 2040</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250042</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E19" s="11" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F19" s="5" t="n">
+        <v>5019.08</v>
+      </c>
+      <c r="G19" s="6" t="n">
+        <v>0.0367</v>
+      </c>
+      <c r="H19" s="7" t="n">
+        <v>51324</v>
+      </c>
+      <c r="J19" s="5" t="n">
+        <v>6.9309</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>7.30% GOI 2053</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230051</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E20" s="11" t="n">
+        <v>4500000</v>
+      </c>
+      <c r="F20" s="5" t="n">
+        <v>4646.93</v>
+      </c>
+      <c r="G20" s="6" t="n">
+        <v>0.034</v>
+      </c>
+      <c r="H20" s="7" t="n">
+        <v>56054</v>
+      </c>
+      <c r="J20" s="5" t="n">
+        <v>7.3012</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>7.02% GOI 2031</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>IN0020240076</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E21" s="11" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F21" s="5" t="n">
+        <v>2121.11</v>
+      </c>
+      <c r="G21" s="6" t="n">
+        <v>0.0155</v>
+      </c>
+      <c r="H21" s="7" t="n">
+        <v>48017</v>
+      </c>
+      <c r="J21" s="5" t="n">
+        <v>6.3948</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>7.32% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230135</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E22" s="11" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F22" s="5" t="n">
+        <v>2095.32</v>
+      </c>
+      <c r="G22" s="6" t="n">
+        <v>0.0153</v>
+      </c>
+      <c r="H22" s="7" t="n">
+        <v>47800</v>
+      </c>
+      <c r="J22" s="5" t="n">
+        <v>6.2711</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>7.25% GOI 2063</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230044</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E23" s="11" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F23" s="5" t="n">
+        <v>1016.13</v>
+      </c>
+      <c r="G23" s="6" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="H23" s="7" t="n">
+        <v>59699</v>
+      </c>
+      <c r="J23" s="5" t="n">
+        <v>7.3913</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>7.09% GOI 2054</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>IN0020240118</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E24" s="11" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F24" s="5" t="n">
+        <v>996.63</v>
+      </c>
+      <c r="G24" s="6" t="n">
+        <v>0.0073</v>
+      </c>
+      <c r="H24" s="7" t="n">
+        <v>56466</v>
+      </c>
+      <c r="J24" s="5" t="n">
+        <v>7.3084</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="8" t="n"/>
+      <c r="B25" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C25" s="8" t="n"/>
+      <c r="D25" s="8" t="n"/>
+      <c r="E25" s="8" t="n"/>
+      <c r="F25" s="9" t="n">
+        <v>119935.43</v>
+      </c>
+      <c r="G25" s="10" t="n">
+        <v>0.8769</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="B27" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F28" s="5" t="n">
+        <v>1036.89</v>
+      </c>
+      <c r="G28" s="6" t="n">
+        <v>0.0076</v>
+      </c>
+      <c r="H28" s="7" t="n">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="8" t="n"/>
+      <c r="B29" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C29" s="8" t="n"/>
+      <c r="D29" s="8" t="n"/>
+      <c r="E29" s="8" t="n"/>
+      <c r="F29" s="9" t="n">
+        <v>1036.89</v>
+      </c>
+      <c r="G29" s="10" t="n">
+        <v>0.0076</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="B31" s="3" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E32" s="11" t="n">
+        <v>4556.045</v>
+      </c>
+      <c r="F32" s="5" t="n">
+        <v>523.66</v>
+      </c>
+      <c r="G32" s="6" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="J32" s="5" t="n"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="8" t="n"/>
+      <c r="B33" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C33" s="8" t="n"/>
+      <c r="D33" s="8" t="n"/>
+      <c r="E33" s="8" t="n"/>
+      <c r="F33" s="9" t="n">
+        <v>523.66</v>
+      </c>
+      <c r="G33" s="10" t="n">
+        <v>0.0038</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="B35" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E36" s="11" t="n"/>
+      <c r="F36" s="5" t="n">
+        <v>-153.99</v>
+      </c>
+      <c r="G36" s="6" t="n">
+        <v>-0.0012</v>
+      </c>
+      <c r="J36" s="5" t="n"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="8" t="n"/>
+      <c r="B37" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C37" s="8" t="n"/>
+      <c r="D37" s="8" t="n"/>
+      <c r="E37" s="8" t="n"/>
+      <c r="F37" s="9" t="n">
+        <v>-153.99</v>
+      </c>
+      <c r="G37" s="10" t="n">
+        <v>-0.0012</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="4" t="n"/>
+      <c r="B39" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C39" s="4" t="n"/>
+      <c r="D39" s="4" t="n"/>
+      <c r="E39" s="4" t="n"/>
+      <c r="F39" s="12" t="n">
+        <v>136780.17</v>
+      </c>
+      <c r="G39" s="13" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B10" s="2" t="inlineStr">
-[...710 lines deleted...]
-      <c r="B43" s="16" t="inlineStr">
+      <c r="B42" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="44" ht="27" customHeight="1" s="74">
-[...10 lines deleted...]
-      <c r="B48" s="1" t="inlineStr">
+    <row r="44" ht="14.5" customHeight="1" s="73">
+      <c r="B44" s="69" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="62" ht="14.5" customHeight="1" s="74">
-      <c r="B62" s="1" t="inlineStr">
+    <row r="57" ht="14.5" customHeight="1" s="73">
+      <c r="B57" s="69" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Dynamic Bond A-III Index</t>
         </is>
       </c>
     </row>
+    <row r="70">
+      <c r="B70" s="16" t="n"/>
+      <c r="C70" s="18" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
+    <row r="71">
+      <c r="B71" s="16" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C71" s="18" t="inlineStr">
+        <is>
+          <t>DSP Strategic Bond Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="72">
+      <c r="B72" s="16" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C72" s="19" t="n"/>
+    </row>
+    <row r="73">
+      <c r="B73" s="16" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C73" s="20" t="n">
+        <v>0.0694</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="B74" s="16" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C74" s="19" t="n">
+        <v>8.94</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="B75" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C75" s="19" t="n">
+        <v>18.57</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="B76" s="16" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C76" s="21" t="n">
+        <v>45991</v>
+      </c>
+    </row>
     <row r="77">
-      <c r="B77" s="17" t="n"/>
-[...67 lines deleted...]
-      <c r="B84" s="18" t="inlineStr">
+      <c r="B77" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C84" s="19" t="n"/>
-[...2 lines deleted...]
-      <c r="B87" s="4" t="n"/>
+      <c r="C77" s="18" t="n"/>
+    </row>
+    <row r="79" ht="14.5" customHeight="1" s="73">
+      <c r="B79" s="71" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>