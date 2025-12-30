--- v3 (2025-12-08)
+++ v4 (2025-12-30)
@@ -1,74 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="922" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="993" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="STR" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="3">
+  <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
-    <numFmt numFmtId="166" formatCode="0.000"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="23">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -77,57 +82,57 @@
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
@@ -144,50 +149,56 @@
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -331,333 +342,319 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="106">
+  <cellXfs count="102">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...13 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...22 lines deleted...]
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -706,57 +703,57 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>45</row>
+      <row>46</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>54</row>
+      <row>55</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="8483600"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
@@ -1059,982 +1056,989 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:L79"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="92" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="92" min="2" max="2"/>
+    <col width="22.1796875" bestFit="1" customWidth="1" style="92" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="92" min="4" max="4"/>
+    <col width="11.81640625" bestFit="1" customWidth="1" style="92" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="92" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="92" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="92" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="92" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="92" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="92" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="92" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="92" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="73">
-[...1 lines deleted...]
-      <c r="B1" s="72" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="68">
+      <c r="A1" s="67" t="n"/>
+      <c r="B1" s="67" t="inlineStr">
         <is>
           <t>DSP Strategic Bond Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on November 30, 2025</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="B8" s="3" t="inlineStr">
+      <c r="B8" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K8" s="3" t="inlineStr">
+      <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="92" t="n">
         <v>1</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="92" t="inlineStr">
         <is>
           <t>State Bank of India**</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C9" s="92" t="inlineStr">
         <is>
           <t>INE062A08421</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D9" s="92" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
-      <c r="E9" s="11" t="n">
+      <c r="E9" s="12" t="n">
         <v>5000</v>
       </c>
-      <c r="F9" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H9" s="7" t="n">
+      <c r="F9" s="6" t="n">
+        <v>5201.79</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="H9" s="8" t="n">
         <v>50948</v>
       </c>
-      <c r="J9" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K9" s="1" t="inlineStr">
+      <c r="J9" s="6" t="n">
+        <v>7.285</v>
+      </c>
+      <c r="K9" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L9" s="6" t="n">
-        <v>0.8769</v>
+      <c r="L9" s="7" t="n">
+        <v>0.8672</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="1" t="n">
+      <c r="A10" s="92" t="n">
         <v>2</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B10" s="92" t="inlineStr">
         <is>
           <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C10" s="92" t="inlineStr">
         <is>
           <t>INE134E08NB7</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D10" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="E10" s="11" t="n">
+      <c r="E10" s="12" t="n">
         <v>5000</v>
       </c>
-      <c r="F10" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H10" s="7" t="n">
+      <c r="F10" s="6" t="n">
+        <v>5124.6</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0395</v>
+      </c>
+      <c r="H10" s="8" t="n">
         <v>50966</v>
       </c>
-      <c r="J10" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+      <c r="J10" s="6" t="n">
+        <v>7.2949</v>
+      </c>
+      <c r="K10" s="92" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
-      <c r="L10" s="6" t="n">
-        <v>0.0383</v>
+      <c r="L10" s="7" t="n">
+        <v>0.04</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="1" t="n">
+      <c r="A11" s="92" t="n">
         <v>3</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B11" s="92" t="inlineStr">
         <is>
           <t>State Bank of India**</t>
         </is>
       </c>
-      <c r="C11" s="1" t="inlineStr">
+      <c r="C11" s="92" t="inlineStr">
         <is>
           <t>INE062A08470</t>
         </is>
       </c>
-      <c r="D11" s="1" t="inlineStr">
+      <c r="D11" s="92" t="inlineStr">
         <is>
           <t>IND AAA</t>
         </is>
       </c>
-      <c r="E11" s="11" t="n">
+      <c r="E11" s="12" t="n">
         <v>5000</v>
       </c>
-      <c r="F11" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H11" s="7" t="n">
+      <c r="F11" s="6" t="n">
+        <v>5002.31</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0385</v>
+      </c>
+      <c r="H11" s="8" t="n">
         <v>51093</v>
       </c>
-      <c r="J11" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K11" s="1" t="inlineStr">
+      <c r="J11" s="6" t="n">
+        <v>7.285</v>
+      </c>
+      <c r="K11" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="L11" s="6" t="n">
-        <v>0.0378</v>
+      <c r="L11" s="7" t="n">
+        <v>0.0395</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="8" t="n"/>
-      <c r="B12" s="8" t="inlineStr">
+      <c r="A12" s="9" t="n"/>
+      <c r="B12" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C12" s="8" t="n"/>
-[...8 lines deleted...]
-      <c r="K12" s="1" t="inlineStr">
+      <c r="C12" s="9" t="n"/>
+      <c r="D12" s="9" t="n"/>
+      <c r="E12" s="9" t="n"/>
+      <c r="F12" s="10" t="n">
+        <v>15328.7</v>
+      </c>
+      <c r="G12" s="11" t="n">
+        <v>0.118</v>
+      </c>
+      <c r="K12" s="92" t="inlineStr">
         <is>
           <t>IND AAA</t>
         </is>
       </c>
-      <c r="L12" s="6" t="n">
-        <v>0.0368</v>
+      <c r="L12" s="7" t="n">
+        <v>0.0385</v>
       </c>
     </row>
     <row r="13">
-      <c r="K13" s="1" t="inlineStr">
+      <c r="K13" s="92" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
-      <c r="L13" s="6" t="n">
-        <v>0.0038</v>
+      <c r="L13" s="7" t="n">
+        <v>0.004</v>
       </c>
     </row>
     <row r="14">
-      <c r="B14" s="3" t="inlineStr">
+      <c r="B14" s="4" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
-      <c r="K14" s="1" t="inlineStr">
+      <c r="K14" s="92" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L14" s="6" t="n">
-        <v>0.0064</v>
+      <c r="L14" s="7" t="n">
+        <v>0.0108</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="1" t="n">
+      <c r="A15" s="92" t="n">
         <v>4</v>
       </c>
-      <c r="B15" s="1" t="inlineStr">
+      <c r="B15" s="92" t="inlineStr">
         <is>
           <t>6.48% GOI 2035</t>
         </is>
       </c>
-      <c r="C15" s="1" t="inlineStr">
+      <c r="C15" s="92" t="inlineStr">
         <is>
           <t>IN0020250091</t>
         </is>
       </c>
-      <c r="D15" s="1" t="inlineStr">
+      <c r="D15" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E15" s="11" t="n">
-[...8 lines deleted...]
-      <c r="H15" s="7" t="n">
+      <c r="E15" s="12" t="n">
+        <v>43500000</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>43696.75</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.3364</v>
+      </c>
+      <c r="H15" s="8" t="n">
         <v>49588</v>
       </c>
-      <c r="J15" s="5" t="n">
-        <v>6.5021</v>
+      <c r="J15" s="6" t="n">
+        <v>6.5914</v>
       </c>
     </row>
     <row r="16">
-      <c r="A16" s="1" t="n">
+      <c r="A16" s="92" t="n">
         <v>5</v>
       </c>
-      <c r="B16" s="1" t="inlineStr">
+      <c r="B16" s="92" t="inlineStr">
         <is>
           <t>6.90% GOI 2065</t>
         </is>
       </c>
-      <c r="C16" s="1" t="inlineStr">
+      <c r="C16" s="92" t="inlineStr">
         <is>
           <t>IN0020250018</t>
         </is>
       </c>
-      <c r="D16" s="1" t="inlineStr">
+      <c r="D16" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E16" s="11" t="n">
+      <c r="E16" s="12" t="n">
         <v>38500000</v>
       </c>
-      <c r="F16" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H16" s="7" t="n">
+      <c r="F16" s="6" t="n">
+        <v>36582.34</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.2816</v>
+      </c>
+      <c r="H16" s="8" t="n">
         <v>60372</v>
       </c>
-      <c r="J16" s="5" t="n">
-        <v>7.3881</v>
+      <c r="J16" s="6" t="n">
+        <v>7.3807</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17" s="1" t="n">
+      <c r="A17" s="92" t="n">
         <v>6</v>
       </c>
-      <c r="B17" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D17" s="1" t="inlineStr">
+      <c r="B17" s="92" t="inlineStr">
+        <is>
+          <t>7.17% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C17" s="92" t="inlineStr">
+        <is>
+          <t>IN0020230036</t>
+        </is>
+      </c>
+      <c r="D17" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E17" s="11" t="n">
-[...12 lines deleted...]
-        <v>6.5436</v>
+      <c r="E17" s="12" t="n">
+        <v>10000000</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>10448.92</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0804</v>
+      </c>
+      <c r="H17" s="8" t="n">
+        <v>47590</v>
+      </c>
+      <c r="J17" s="6" t="n">
+        <v>6.2818</v>
       </c>
     </row>
     <row r="18">
-      <c r="A18" s="1" t="n">
+      <c r="A18" s="92" t="n">
         <v>7</v>
       </c>
-      <c r="B18" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D18" s="1" t="inlineStr">
+      <c r="B18" s="92" t="inlineStr">
+        <is>
+          <t>7.24% GOI 2055</t>
+        </is>
+      </c>
+      <c r="C18" s="92" t="inlineStr">
+        <is>
+          <t>IN0020250075</t>
+        </is>
+      </c>
+      <c r="D18" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E18" s="11" t="n">
-[...12 lines deleted...]
-        <v>6.1839</v>
+      <c r="E18" s="12" t="n">
+        <v>6000000</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>6096.25</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0469</v>
+      </c>
+      <c r="H18" s="8" t="n">
+        <v>56844</v>
+      </c>
+      <c r="J18" s="6" t="n">
+        <v>7.3025</v>
       </c>
     </row>
     <row r="19">
-      <c r="A19" s="1" t="n">
+      <c r="A19" s="92" t="n">
         <v>8</v>
       </c>
-      <c r="B19" s="1" t="inlineStr">
+      <c r="B19" s="92" t="inlineStr">
         <is>
           <t>6.68% GOI 2040</t>
         </is>
       </c>
-      <c r="C19" s="1" t="inlineStr">
+      <c r="C19" s="92" t="inlineStr">
         <is>
           <t>IN0020250042</t>
         </is>
       </c>
-      <c r="D19" s="1" t="inlineStr">
+      <c r="D19" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E19" s="11" t="n">
+      <c r="E19" s="12" t="n">
         <v>5000000</v>
       </c>
-      <c r="F19" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H19" s="7" t="n">
+      <c r="F19" s="6" t="n">
+        <v>4994.51</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0385</v>
+      </c>
+      <c r="H19" s="8" t="n">
         <v>51324</v>
       </c>
-      <c r="J19" s="5" t="n">
-        <v>6.9309</v>
+      <c r="J19" s="6" t="n">
+        <v>7.0183</v>
       </c>
     </row>
     <row r="20">
-      <c r="A20" s="1" t="n">
+      <c r="A20" s="92" t="n">
         <v>9</v>
       </c>
-      <c r="B20" s="1" t="inlineStr">
+      <c r="B20" s="92" t="inlineStr">
         <is>
           <t>7.30% GOI 2053</t>
         </is>
       </c>
-      <c r="C20" s="1" t="inlineStr">
+      <c r="C20" s="92" t="inlineStr">
         <is>
           <t>IN0020230051</t>
         </is>
       </c>
-      <c r="D20" s="1" t="inlineStr">
+      <c r="D20" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E20" s="11" t="n">
+      <c r="E20" s="12" t="n">
         <v>4500000</v>
       </c>
-      <c r="F20" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H20" s="7" t="n">
+      <c r="F20" s="6" t="n">
+        <v>4649.38</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0358</v>
+      </c>
+      <c r="H20" s="8" t="n">
         <v>56054</v>
       </c>
-      <c r="J20" s="5" t="n">
-        <v>7.3012</v>
+      <c r="J20" s="6" t="n">
+        <v>7.3228</v>
       </c>
     </row>
     <row r="21">
-      <c r="A21" s="1" t="n">
+      <c r="A21" s="92" t="n">
         <v>10</v>
       </c>
-      <c r="B21" s="1" t="inlineStr">
+      <c r="B21" s="92" t="inlineStr">
         <is>
           <t>7.02% GOI 2031</t>
         </is>
       </c>
-      <c r="C21" s="1" t="inlineStr">
+      <c r="C21" s="92" t="inlineStr">
         <is>
           <t>IN0020240076</t>
         </is>
       </c>
-      <c r="D21" s="1" t="inlineStr">
+      <c r="D21" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E21" s="11" t="n">
+      <c r="E21" s="12" t="n">
         <v>2000000</v>
       </c>
-      <c r="F21" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H21" s="7" t="n">
+      <c r="F21" s="6" t="n">
+        <v>2118.42</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0163</v>
+      </c>
+      <c r="H21" s="8" t="n">
         <v>48017</v>
       </c>
-      <c r="J21" s="5" t="n">
-        <v>6.3948</v>
+      <c r="J21" s="6" t="n">
+        <v>6.4836</v>
       </c>
     </row>
     <row r="22">
-      <c r="A22" s="1" t="n">
+      <c r="A22" s="92" t="n">
         <v>11</v>
       </c>
-      <c r="B22" s="1" t="inlineStr">
+      <c r="B22" s="92" t="inlineStr">
         <is>
           <t>7.32% GOI 2030</t>
         </is>
       </c>
-      <c r="C22" s="1" t="inlineStr">
+      <c r="C22" s="92" t="inlineStr">
         <is>
           <t>IN0020230135</t>
         </is>
       </c>
-      <c r="D22" s="1" t="inlineStr">
+      <c r="D22" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E22" s="11" t="n">
+      <c r="E22" s="12" t="n">
         <v>2000000</v>
       </c>
-      <c r="F22" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H22" s="7" t="n">
+      <c r="F22" s="6" t="n">
+        <v>2090.82</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0161</v>
+      </c>
+      <c r="H22" s="8" t="n">
         <v>47800</v>
       </c>
-      <c r="J22" s="5" t="n">
-        <v>6.2711</v>
+      <c r="J22" s="6" t="n">
+        <v>6.387</v>
       </c>
     </row>
     <row r="23">
-      <c r="A23" s="1" t="n">
+      <c r="A23" s="92" t="n">
         <v>12</v>
       </c>
-      <c r="B23" s="1" t="inlineStr">
+      <c r="B23" s="92" t="inlineStr">
+        <is>
+          <t>7.09% GOI 2054</t>
+        </is>
+      </c>
+      <c r="C23" s="92" t="inlineStr">
+        <is>
+          <t>IN0020240118</t>
+        </is>
+      </c>
+      <c r="D23" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E23" s="12" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>998.39</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0077</v>
+      </c>
+      <c r="H23" s="8" t="n">
+        <v>56466</v>
+      </c>
+      <c r="J23" s="6" t="n">
+        <v>7.3189</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="92" t="n">
+        <v>13</v>
+      </c>
+      <c r="B24" s="92" t="inlineStr">
         <is>
           <t>7.25% GOI 2063</t>
         </is>
       </c>
-      <c r="C23" s="1" t="inlineStr">
+      <c r="C24" s="92" t="inlineStr">
         <is>
           <t>IN0020230044</t>
         </is>
       </c>
-      <c r="D23" s="1" t="inlineStr">
+      <c r="D24" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E23" s="11" t="n">
+      <c r="E24" s="12" t="n">
         <v>1000000</v>
       </c>
-      <c r="F23" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H23" s="7" t="n">
+      <c r="F24" s="6" t="n">
+        <v>980.3099999999999</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0075</v>
+      </c>
+      <c r="H24" s="8" t="n">
         <v>59699</v>
       </c>
-      <c r="J23" s="5" t="n">
-[...35 lines deleted...]
-        <v>7.3084</v>
+      <c r="J24" s="6" t="n">
+        <v>7.4124</v>
       </c>
     </row>
     <row r="25">
-      <c r="A25" s="8" t="n"/>
-      <c r="B25" s="8" t="inlineStr">
+      <c r="A25" s="9" t="n"/>
+      <c r="B25" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C25" s="8" t="n"/>
-[...6 lines deleted...]
-        <v>0.8769</v>
+      <c r="C25" s="9" t="n"/>
+      <c r="D25" s="9" t="n"/>
+      <c r="E25" s="9" t="n"/>
+      <c r="F25" s="10" t="n">
+        <v>112656.09</v>
+      </c>
+      <c r="G25" s="11" t="n">
+        <v>0.8672</v>
       </c>
     </row>
     <row r="27">
-      <c r="B27" s="3" t="inlineStr">
+      <c r="B27" s="4" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="28">
-      <c r="A28" s="1" t="n">
+      <c r="A28" s="92" t="n">
         <v>14</v>
       </c>
-      <c r="B28" s="1" t="inlineStr">
+      <c r="B28" s="4" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F28" s="5" t="n">
-[...6 lines deleted...]
-        <v>45992</v>
+      <c r="F28" s="6" t="n">
+        <v>1238.9</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.009599999999999999</v>
+      </c>
+      <c r="H28" s="8" t="n">
+        <v>46007</v>
       </c>
     </row>
     <row r="29">
-      <c r="A29" s="8" t="n"/>
-      <c r="B29" s="8" t="inlineStr">
+      <c r="A29" s="9" t="n"/>
+      <c r="B29" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C29" s="8" t="n"/>
-[...6 lines deleted...]
-        <v>0.0076</v>
+      <c r="C29" s="9" t="n"/>
+      <c r="D29" s="9" t="n"/>
+      <c r="E29" s="9" t="n"/>
+      <c r="F29" s="10" t="n">
+        <v>1238.9</v>
+      </c>
+      <c r="G29" s="11" t="n">
+        <v>0.009599999999999999</v>
       </c>
     </row>
     <row r="31">
-      <c r="B31" s="3" t="inlineStr">
+      <c r="B31" s="4" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
     </row>
     <row r="32">
-      <c r="A32" s="1" t="n">
+      <c r="A32" s="92" t="n">
         <v>15</v>
       </c>
-      <c r="B32" s="1" t="inlineStr">
+      <c r="B32" s="92" t="inlineStr">
         <is>
           <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
         </is>
       </c>
-      <c r="C32" s="1" t="inlineStr">
+      <c r="C32" s="92" t="inlineStr">
         <is>
           <t>INF0RQ622028</t>
         </is>
       </c>
-      <c r="E32" s="11" t="n">
+      <c r="E32" s="12" t="n">
         <v>4556.045</v>
       </c>
-      <c r="F32" s="5" t="n">
-[...5 lines deleted...]
-      <c r="J32" s="5" t="n"/>
+      <c r="F32" s="6" t="n">
+        <v>524.8099999999999</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
     </row>
     <row r="33">
-      <c r="A33" s="8" t="n"/>
-      <c r="B33" s="8" t="inlineStr">
+      <c r="A33" s="9" t="n"/>
+      <c r="B33" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C33" s="8" t="n"/>
-[...6 lines deleted...]
-        <v>0.0038</v>
+      <c r="C33" s="9" t="n"/>
+      <c r="D33" s="9" t="n"/>
+      <c r="E33" s="9" t="n"/>
+      <c r="F33" s="10" t="n">
+        <v>524.8099999999999</v>
+      </c>
+      <c r="G33" s="11" t="n">
+        <v>0.004</v>
       </c>
     </row>
     <row r="35">
-      <c r="B35" s="3" t="inlineStr">
+      <c r="B35" s="4" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="36">
-      <c r="B36" s="1" t="inlineStr">
+      <c r="B36" s="92" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E36" s="11" t="n"/>
-[...6 lines deleted...]
-      <c r="J36" s="5" t="n"/>
+      <c r="E36" s="12" t="n"/>
+      <c r="F36" s="6" t="n">
+        <v>143.77</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
     </row>
     <row r="37">
-      <c r="A37" s="8" t="n"/>
-      <c r="B37" s="8" t="inlineStr">
+      <c r="A37" s="9" t="n"/>
+      <c r="B37" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C37" s="8" t="n"/>
-[...6 lines deleted...]
-        <v>-0.0012</v>
+      <c r="C37" s="9" t="n"/>
+      <c r="D37" s="9" t="n"/>
+      <c r="E37" s="9" t="n"/>
+      <c r="F37" s="10" t="n">
+        <v>143.77</v>
+      </c>
+      <c r="G37" s="11" t="n">
+        <v>0.0012</v>
       </c>
     </row>
     <row r="39">
-      <c r="A39" s="4" t="n"/>
-      <c r="B39" s="4" t="inlineStr">
+      <c r="A39" s="5" t="n"/>
+      <c r="B39" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C39" s="4" t="n"/>
-[...5 lines deleted...]
-      <c r="G39" s="13" t="n">
+      <c r="C39" s="5" t="n"/>
+      <c r="D39" s="5" t="n"/>
+      <c r="E39" s="5" t="n"/>
+      <c r="F39" s="13" t="n">
+        <v>129892.27</v>
+      </c>
+      <c r="G39" s="14" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="40">
-      <c r="A40" s="1" t="inlineStr">
+      <c r="A40" s="92" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="41">
-      <c r="A41" s="1" t="n">
+      <c r="A41" s="92" t="n">
         <v>1</v>
       </c>
-      <c r="B41" s="1" t="inlineStr">
+      <c r="B41" s="92" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="15" t="n">
         <v>2</v>
       </c>
       <c r="B42" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="44" ht="14.5" customHeight="1" s="73">
-      <c r="B44" s="69" t="inlineStr">
+    <row r="43" ht="27" customHeight="1" s="68">
+      <c r="A43" s="15" t="n">
+        <v>3</v>
+      </c>
+      <c r="B43" s="15" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="45" ht="14.5" customHeight="1" s="68">
+      <c r="B45" s="91" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="57" ht="14.5" customHeight="1" s="73">
-      <c r="B57" s="69" t="inlineStr">
+    <row r="57" ht="14.5" customHeight="1" s="68">
+      <c r="B57" s="91" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Dynamic Bond A-III Index</t>
         </is>
       </c>
     </row>
-    <row r="70">
-[...1 lines deleted...]
-      <c r="C70" s="18" t="inlineStr">
+    <row r="72">
+      <c r="B72" s="16" t="n"/>
+      <c r="C72" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
-    </row>
-[...18 lines deleted...]
-      <c r="C72" s="19" t="n"/>
     </row>
     <row r="73">
       <c r="B73" s="16" t="inlineStr">
         <is>
-          <t>Annualised Portfolio YTM*:</t>
-[...3 lines deleted...]
-        <v>0.0694</v>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C73" s="18" t="inlineStr">
+        <is>
+          <t>DSP Strategic Bond Fund</t>
+        </is>
       </c>
     </row>
     <row r="74">
       <c r="B74" s="16" t="inlineStr">
         <is>
-          <t>Macaulay Duration</t>
-[...4 lines deleted...]
-      </c>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C74" s="19" t="n"/>
     </row>
     <row r="75">
       <c r="B75" s="16" t="inlineStr">
         <is>
-          <t>Residual Maturity</t>
-[...3 lines deleted...]
-        <v>18.57</v>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C75" s="20" t="n">
+        <v>0.0704</v>
       </c>
     </row>
     <row r="76">
       <c r="B76" s="16" t="inlineStr">
         <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C76" s="19" t="n">
+        <v>9.210000000000001</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="B77" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C77" s="19" t="n">
+        <v>19.96</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="B78" s="16" t="inlineStr">
+        <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C76" s="21" t="n">
-[...4 lines deleted...]
-      <c r="B77" s="17" t="inlineStr">
+      <c r="C78" s="21" t="n">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="B79" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C77" s="18" t="n"/>
-[...2 lines deleted...]
-      <c r="B79" s="71" t="n"/>
+      <c r="C79" s="18" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>