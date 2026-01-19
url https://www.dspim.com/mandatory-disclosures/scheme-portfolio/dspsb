--- v4 (2025-12-30)
+++ v5 (2026-01-19)
@@ -1,79 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr/>
+  <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="993" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="883" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="STR" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="23">
+  <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -110,56 +104,50 @@
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
-      <sz val="10"/>
-[...4 lines deleted...]
-      <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -342,319 +330,320 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="102">
+  <cellXfs count="101">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...93 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...29 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment vertical="center" wrapText="1"/>
-[...25 lines deleted...]
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -703,116 +692,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>46</row>
+      <row>49</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>55</row>
+      <row>58</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="8483600"/>
+          <a:off x="457200" y="8655050"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>58</row>
+      <row>61</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>67</row>
-      <rowOff>31750</rowOff>
+      <row>70</row>
+      <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="10896600"/>
+          <a:off x="457200" y="11068050"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1050,995 +1039,1033 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr>
+  <sheetPr codeName="Sheet6">
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L79"/>
+  <dimension ref="A1:L85"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="92" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="92" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="46.7265625" customWidth="1" style="1" min="2" max="2"/>
+    <col width="22.1796875" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="68">
-[...1 lines deleted...]
-      <c r="B1" s="67" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="74">
+      <c r="A1" s="73" t="n"/>
+      <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Strategic Bond Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 15, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="B8" s="4" t="inlineStr">
+      <c r="B8" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K8" s="4" t="inlineStr">
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="92" t="n">
+      <c r="A9" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B9" s="92" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>State Bank of India**</t>
         </is>
       </c>
-      <c r="C9" s="92" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE062A08421</t>
         </is>
       </c>
-      <c r="D9" s="92" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
-      <c r="E9" s="12" t="n">
+      <c r="E9" s="11" t="n">
         <v>5000</v>
       </c>
-      <c r="F9" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H9" s="8" t="n">
+      <c r="F9" s="5" t="n">
+        <v>5234.8</v>
+      </c>
+      <c r="G9" s="6" t="n">
+        <v>0.0424</v>
+      </c>
+      <c r="H9" s="7" t="n">
         <v>50948</v>
       </c>
-      <c r="J9" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K9" s="92" t="inlineStr">
+      <c r="J9" s="5" t="n">
+        <v>7.245</v>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L9" s="7" t="n">
-        <v>0.8672</v>
+      <c r="L9" s="6" t="n">
+        <v>0.8248</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="92" t="n">
+      <c r="A10" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B10" s="92" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
-      <c r="C10" s="92" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE134E08NB7</t>
         </is>
       </c>
-      <c r="D10" s="92" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="E10" s="12" t="n">
+      <c r="E10" s="11" t="n">
         <v>5000</v>
       </c>
-      <c r="F10" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H10" s="8" t="n">
+      <c r="F10" s="5" t="n">
+        <v>5157.35</v>
+      </c>
+      <c r="G10" s="6" t="n">
+        <v>0.0418</v>
+      </c>
+      <c r="H10" s="7" t="n">
         <v>50966</v>
       </c>
-      <c r="J10" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K10" s="92" t="inlineStr">
+      <c r="J10" s="5" t="n">
+        <v>7.2549</v>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
-      <c r="L10" s="7" t="n">
-        <v>0.04</v>
+      <c r="L10" s="6" t="n">
+        <v>0.0424</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="92" t="n">
+      <c r="A11" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="B11" s="92" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>State Bank of India**</t>
         </is>
       </c>
-      <c r="C11" s="92" t="inlineStr">
+      <c r="C11" s="1" t="inlineStr">
         <is>
           <t>INE062A08470</t>
         </is>
       </c>
-      <c r="D11" s="92" t="inlineStr">
+      <c r="D11" s="1" t="inlineStr">
         <is>
           <t>IND AAA</t>
         </is>
       </c>
-      <c r="E11" s="12" t="n">
+      <c r="E11" s="11" t="n">
         <v>5000</v>
       </c>
-      <c r="F11" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H11" s="8" t="n">
+      <c r="F11" s="5" t="n">
+        <v>5034.86</v>
+      </c>
+      <c r="G11" s="6" t="n">
+        <v>0.0408</v>
+      </c>
+      <c r="H11" s="7" t="n">
         <v>51093</v>
       </c>
-      <c r="J11" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K11" s="92" t="inlineStr">
+      <c r="J11" s="5" t="n">
+        <v>7.245</v>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="L11" s="7" t="n">
-        <v>0.0395</v>
+      <c r="L11" s="6" t="n">
+        <v>0.0418</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="9" t="n"/>
-      <c r="B12" s="9" t="inlineStr">
+      <c r="A12" s="8" t="n"/>
+      <c r="B12" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C12" s="9" t="n"/>
-[...8 lines deleted...]
-      <c r="K12" s="92" t="inlineStr">
+      <c r="C12" s="8" t="n"/>
+      <c r="D12" s="8" t="n"/>
+      <c r="E12" s="8" t="n"/>
+      <c r="F12" s="9" t="n">
+        <v>15427.01</v>
+      </c>
+      <c r="G12" s="10" t="n">
+        <v>0.125</v>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
         <is>
           <t>IND AAA</t>
         </is>
       </c>
-      <c r="L12" s="7" t="n">
-        <v>0.0385</v>
+      <c r="L12" s="6" t="n">
+        <v>0.0408</v>
       </c>
     </row>
     <row r="13">
-      <c r="K13" s="92" t="inlineStr">
+      <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
-      <c r="L13" s="7" t="n">
-        <v>0.004</v>
+      <c r="L13" s="6" t="n">
+        <v>0.0043</v>
       </c>
     </row>
     <row r="14">
-      <c r="B14" s="4" t="inlineStr">
+      <c r="B14" s="3" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
-      <c r="K14" s="92" t="inlineStr">
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L14" s="7" t="n">
-        <v>0.0108</v>
+      <c r="L14" s="6" t="n">
+        <v>0.0459</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="92" t="n">
+      <c r="A15" s="1" t="n">
         <v>4</v>
       </c>
-      <c r="B15" s="92" t="inlineStr">
+      <c r="B15" s="1" t="inlineStr">
         <is>
           <t>6.48% GOI 2035</t>
         </is>
       </c>
-      <c r="C15" s="92" t="inlineStr">
+      <c r="C15" s="1" t="inlineStr">
         <is>
           <t>IN0020250091</t>
         </is>
       </c>
-      <c r="D15" s="92" t="inlineStr">
+      <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E15" s="12" t="n">
-[...8 lines deleted...]
-      <c r="H15" s="8" t="n">
+      <c r="E15" s="11" t="n">
+        <v>35000000</v>
+      </c>
+      <c r="F15" s="5" t="n">
+        <v>35233.06</v>
+      </c>
+      <c r="G15" s="6" t="n">
+        <v>0.2855</v>
+      </c>
+      <c r="H15" s="7" t="n">
         <v>49588</v>
       </c>
-      <c r="J15" s="6" t="n">
-        <v>6.5914</v>
+      <c r="J15" s="5" t="n">
+        <v>6.5996</v>
       </c>
     </row>
     <row r="16">
-      <c r="A16" s="92" t="n">
+      <c r="A16" s="1" t="n">
         <v>5</v>
       </c>
-      <c r="B16" s="92" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>6.90% GOI 2065</t>
         </is>
       </c>
-      <c r="C16" s="92" t="inlineStr">
+      <c r="C16" s="1" t="inlineStr">
         <is>
           <t>IN0020250018</t>
         </is>
       </c>
-      <c r="D16" s="92" t="inlineStr">
+      <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E16" s="12" t="n">
-[...8 lines deleted...]
-      <c r="H16" s="8" t="n">
+      <c r="E16" s="11" t="n">
+        <v>30000000</v>
+      </c>
+      <c r="F16" s="5" t="n">
+        <v>28745.12</v>
+      </c>
+      <c r="G16" s="6" t="n">
+        <v>0.2329</v>
+      </c>
+      <c r="H16" s="7" t="n">
         <v>60372</v>
       </c>
-      <c r="J16" s="6" t="n">
-        <v>7.3807</v>
+      <c r="J16" s="5" t="n">
+        <v>7.3386</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17" s="92" t="n">
+      <c r="A17" s="1" t="n">
         <v>6</v>
       </c>
-      <c r="B17" s="92" t="inlineStr">
+      <c r="B17" s="1" t="inlineStr">
         <is>
           <t>7.17% GOI 2030</t>
         </is>
       </c>
-      <c r="C17" s="92" t="inlineStr">
+      <c r="C17" s="1" t="inlineStr">
         <is>
           <t>IN0020230036</t>
         </is>
       </c>
-      <c r="D17" s="92" t="inlineStr">
+      <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E17" s="12" t="n">
+      <c r="E17" s="11" t="n">
         <v>10000000</v>
       </c>
-      <c r="F17" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H17" s="8" t="n">
+      <c r="F17" s="5" t="n">
+        <v>10461.36</v>
+      </c>
+      <c r="G17" s="6" t="n">
+        <v>0.0848</v>
+      </c>
+      <c r="H17" s="7" t="n">
         <v>47590</v>
       </c>
-      <c r="J17" s="6" t="n">
-        <v>6.2818</v>
+      <c r="J17" s="5" t="n">
+        <v>6.3201</v>
       </c>
     </row>
     <row r="18">
-      <c r="A18" s="92" t="n">
+      <c r="A18" s="1" t="n">
         <v>7</v>
       </c>
-      <c r="B18" s="92" t="inlineStr">
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>7.30% GOI 2053</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230051</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E18" s="11" t="n">
+        <v>9500000</v>
+      </c>
+      <c r="F18" s="5" t="n">
+        <v>9539.92</v>
+      </c>
+      <c r="G18" s="6" t="n">
+        <v>0.07729999999999999</v>
+      </c>
+      <c r="H18" s="7" t="n">
+        <v>56054</v>
+      </c>
+      <c r="J18" s="5" t="n">
+        <v>7.2847</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
         <is>
           <t>7.24% GOI 2055</t>
         </is>
       </c>
-      <c r="C18" s="92" t="inlineStr">
+      <c r="C19" s="1" t="inlineStr">
         <is>
           <t>IN0020250075</t>
         </is>
       </c>
-      <c r="D18" s="92" t="inlineStr">
+      <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E18" s="12" t="n">
+      <c r="E19" s="11" t="n">
         <v>6000000</v>
       </c>
-      <c r="F18" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H18" s="8" t="n">
+      <c r="F19" s="5" t="n">
+        <v>6144.12</v>
+      </c>
+      <c r="G19" s="6" t="n">
+        <v>0.0498</v>
+      </c>
+      <c r="H19" s="7" t="n">
         <v>56844</v>
       </c>
-      <c r="J18" s="6" t="n">
-[...7 lines deleted...]
-      <c r="B19" s="92" t="inlineStr">
+      <c r="J19" s="5" t="n">
+        <v>7.2615</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
         <is>
           <t>6.68% GOI 2040</t>
         </is>
       </c>
-      <c r="C19" s="92" t="inlineStr">
+      <c r="C20" s="1" t="inlineStr">
         <is>
           <t>IN0020250042</t>
         </is>
       </c>
-      <c r="D19" s="92" t="inlineStr">
+      <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E19" s="12" t="n">
+      <c r="E20" s="11" t="n">
         <v>5000000</v>
       </c>
-      <c r="F19" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H19" s="8" t="n">
+      <c r="F20" s="5" t="n">
+        <v>5016.65</v>
+      </c>
+      <c r="G20" s="6" t="n">
+        <v>0.0406</v>
+      </c>
+      <c r="H20" s="7" t="n">
         <v>51324</v>
       </c>
-      <c r="J19" s="6" t="n">
-[...17 lines deleted...]
-      <c r="D20" s="92" t="inlineStr">
+      <c r="J20" s="5" t="n">
+        <v>7.0007</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>7.32% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230135</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E20" s="12" t="n">
-[...19 lines deleted...]
-      <c r="B21" s="92" t="inlineStr">
+      <c r="E21" s="11" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F21" s="5" t="n">
+        <v>2096.47</v>
+      </c>
+      <c r="G21" s="6" t="n">
+        <v>0.017</v>
+      </c>
+      <c r="H21" s="7" t="n">
+        <v>47800</v>
+      </c>
+      <c r="J21" s="5" t="n">
+        <v>6.3851</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
         <is>
           <t>7.02% GOI 2031</t>
         </is>
       </c>
-      <c r="C21" s="92" t="inlineStr">
+      <c r="C22" s="1" t="inlineStr">
         <is>
           <t>IN0020240076</t>
         </is>
       </c>
-      <c r="D21" s="92" t="inlineStr">
+      <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E21" s="12" t="n">
+      <c r="E22" s="11" t="n">
         <v>2000000</v>
       </c>
-      <c r="F21" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H21" s="8" t="n">
+      <c r="F22" s="5" t="n">
+        <v>2054.07</v>
+      </c>
+      <c r="G22" s="6" t="n">
+        <v>0.0166</v>
+      </c>
+      <c r="H22" s="7" t="n">
         <v>48017</v>
       </c>
-      <c r="J21" s="6" t="n">
-[...17 lines deleted...]
-      <c r="D22" s="92" t="inlineStr">
+      <c r="J22" s="5" t="n">
+        <v>6.4796</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>7.09% GOI 2054</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>IN0020240118</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E22" s="12" t="n">
-[...29 lines deleted...]
-      <c r="D23" s="92" t="inlineStr">
+      <c r="E23" s="11" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F23" s="5" t="n">
+        <v>1006.45</v>
+      </c>
+      <c r="G23" s="6" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="H23" s="7" t="n">
+        <v>56466</v>
+      </c>
+      <c r="J23" s="5" t="n">
+        <v>7.2756</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>7.25% GOI 2063</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230044</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E23" s="12" t="n">
+      <c r="E24" s="11" t="n">
         <v>1000000</v>
       </c>
-      <c r="F23" s="6" t="n">
-[...26 lines deleted...]
-      <c r="D24" s="92" t="inlineStr">
+      <c r="F24" s="5" t="n">
+        <v>991.16</v>
+      </c>
+      <c r="G24" s="6" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="H24" s="7" t="n">
+        <v>59699</v>
+      </c>
+      <c r="J24" s="5" t="n">
+        <v>7.3493</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>7.34% GOI 2064</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>IN0020240035</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E24" s="12" t="n">
-[...17 lines deleted...]
-      <c r="B25" s="9" t="inlineStr">
+      <c r="E25" s="11" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F25" s="5" t="n">
+        <v>505.53</v>
+      </c>
+      <c r="G25" s="6" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="H25" s="7" t="n">
+        <v>60014</v>
+      </c>
+      <c r="J25" s="5" t="n">
+        <v>7.3624</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="8" t="n"/>
+      <c r="B26" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C25" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B27" s="4" t="inlineStr">
+      <c r="C26" s="8" t="n"/>
+      <c r="D26" s="8" t="n"/>
+      <c r="E26" s="8" t="n"/>
+      <c r="F26" s="9" t="n">
+        <v>101793.91</v>
+      </c>
+      <c r="G26" s="10" t="n">
+        <v>0.8248</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="B28" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
-    <row r="28">
-[...3 lines deleted...]
-      <c r="B28" s="4" t="inlineStr">
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B29" s="3" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F28" s="6" t="n">
-[...11 lines deleted...]
-      <c r="B29" s="9" t="inlineStr">
+      <c r="F29" s="5" t="n">
+        <v>5458.19</v>
+      </c>
+      <c r="G29" s="6" t="n">
+        <v>0.0443</v>
+      </c>
+      <c r="H29" s="7" t="n">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="8" t="n"/>
+      <c r="B30" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C29" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B31" s="4" t="inlineStr">
+      <c r="C30" s="8" t="n"/>
+      <c r="D30" s="8" t="n"/>
+      <c r="E30" s="8" t="n"/>
+      <c r="F30" s="9" t="n">
+        <v>5458.19</v>
+      </c>
+      <c r="G30" s="10" t="n">
+        <v>0.0443</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="B32" s="3" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
     </row>
-    <row r="32">
-[...3 lines deleted...]
-      <c r="B32" s="92" t="inlineStr">
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
         <is>
           <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
         </is>
       </c>
-      <c r="C32" s="92" t="inlineStr">
+      <c r="C33" s="1" t="inlineStr">
         <is>
           <t>INF0RQ622028</t>
         </is>
       </c>
-      <c r="E32" s="12" t="n">
+      <c r="E33" s="11" t="n">
         <v>4556.045</v>
       </c>
-      <c r="F32" s="6" t="n">
-[...9 lines deleted...]
-      <c r="B33" s="9" t="inlineStr">
+      <c r="F33" s="5" t="n">
+        <v>526.4</v>
+      </c>
+      <c r="G33" s="6" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="J33" s="5" t="n"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="8" t="n"/>
+      <c r="B34" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C33" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B35" s="4" t="inlineStr">
+      <c r="C34" s="8" t="n"/>
+      <c r="D34" s="8" t="n"/>
+      <c r="E34" s="8" t="n"/>
+      <c r="F34" s="9" t="n">
+        <v>526.4</v>
+      </c>
+      <c r="G34" s="10" t="n">
+        <v>0.0043</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="B36" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
-    <row r="36">
-      <c r="B36" s="92" t="inlineStr">
+    <row r="37">
+      <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E36" s="12" t="n"/>
-[...10 lines deleted...]
-      <c r="B37" s="9" t="inlineStr">
+      <c r="E37" s="11" t="n"/>
+      <c r="F37" s="5" t="n">
+        <v>219.5</v>
+      </c>
+      <c r="G37" s="6" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J37" s="5" t="n"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="8" t="n"/>
+      <c r="B38" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C37" s="9" t="n"/>
-[...11 lines deleted...]
-      <c r="B39" s="5" t="inlineStr">
+      <c r="C38" s="8" t="n"/>
+      <c r="D38" s="8" t="n"/>
+      <c r="E38" s="8" t="n"/>
+      <c r="F38" s="9" t="n">
+        <v>219.5</v>
+      </c>
+      <c r="G38" s="10" t="n">
+        <v>0.0016</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="4" t="n"/>
+      <c r="B40" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C39" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G39" s="14" t="n">
+      <c r="C40" s="4" t="n"/>
+      <c r="D40" s="4" t="n"/>
+      <c r="E40" s="4" t="n"/>
+      <c r="F40" s="12" t="n">
+        <v>123425.01</v>
+      </c>
+      <c r="G40" s="13" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="40">
-      <c r="A40" s="92" t="inlineStr">
+    <row r="41">
+      <c r="A41" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="41">
-      <c r="A41" s="92" t="n">
+    <row r="42">
+      <c r="A42" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B41" s="92" t="inlineStr">
+      <c r="B42" s="1" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
-    <row r="42">
-      <c r="A42" s="15" t="n">
+    <row r="43">
+      <c r="A43" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B42" s="15" t="inlineStr">
+      <c r="B43" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="43" ht="27" customHeight="1" s="68">
-      <c r="A43" s="15" t="n">
+    <row r="44" ht="27" customHeight="1" s="74">
+      <c r="A44" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B43" s="15" t="inlineStr">
+      <c r="B44" s="15" t="inlineStr">
         <is>
           <t>Net Assets does not include unit activity for the last day of the month</t>
         </is>
       </c>
     </row>
-    <row r="45" ht="14.5" customHeight="1" s="68">
-      <c r="B45" s="91" t="inlineStr">
+    <row r="48" ht="14.5" customHeight="1" s="74">
+      <c r="B48" s="95" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="57" ht="14.5" customHeight="1" s="68">
-      <c r="B57" s="91" t="inlineStr">
+    <row r="60" ht="14.5" customHeight="1" s="74">
+      <c r="B60" s="95" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Dynamic Bond A-III Index</t>
         </is>
       </c>
     </row>
-    <row r="72">
-[...1 lines deleted...]
-      <c r="C72" s="18" t="inlineStr">
+    <row r="75">
+      <c r="B75" s="16" t="n"/>
+      <c r="C75" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
-      </c>
-[...28 lines deleted...]
-        <v>0.0704</v>
       </c>
     </row>
     <row r="76">
       <c r="B76" s="16" t="inlineStr">
         <is>
-          <t>Macaulay Duration</t>
-[...3 lines deleted...]
-        <v>9.210000000000001</v>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C76" s="18" t="inlineStr">
+        <is>
+          <t>DSP Strategic Bond Fund</t>
+        </is>
       </c>
     </row>
     <row r="77">
       <c r="B77" s="16" t="inlineStr">
         <is>
-          <t>Residual Maturity</t>
-[...4 lines deleted...]
-      </c>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C77" s="19" t="n"/>
     </row>
     <row r="78">
       <c r="B78" s="16" t="inlineStr">
         <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C78" s="20" t="n">
+        <v>0.0699</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="B79" s="16" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C79" s="19" t="n">
+        <v>8.9</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="B80" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C80" s="19" t="n">
+        <v>19.07</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="B81" s="16" t="inlineStr">
+        <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C78" s="21" t="n">
-[...4 lines deleted...]
-      <c r="B79" s="17" t="inlineStr">
+      <c r="C81" s="21" t="n">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="B82" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C79" s="18" t="n"/>
+      <c r="C82" s="18" t="n"/>
+    </row>
+    <row r="85" ht="19" customHeight="1" s="74">
+      <c r="B85" s="72" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>