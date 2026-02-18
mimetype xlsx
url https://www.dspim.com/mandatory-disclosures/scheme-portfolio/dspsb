--- v5 (2026-01-19)
+++ v6 (2026-02-18)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="883" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="14880" tabRatio="917" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="STR" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
   <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -107,75 +107,73 @@
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
-    </font>
-[...6 lines deleted...]
-      <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -335,66 +333,65 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="101">
+  <cellXfs count="107">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -405,245 +402,266 @@
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...9 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -692,117 +710,117 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>49</row>
+      <row>64</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>58</row>
+      <row>73</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="2" name="Picture 1"/>
+        <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="8655050"/>
+          <a:off x="457200" y="11582400"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
-      <colOff>0</colOff>
-      <row>61</row>
+      <colOff>2</colOff>
+      <row>51</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2374900</colOff>
-[...1 lines deleted...]
-      <rowOff>31749</rowOff>
+      <colOff>2374902</colOff>
+      <row>60</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="3" name="Picture 2"/>
+        <cNvPr id="4" name="Picture 3"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="11068050"/>
-          <a:ext cx="2374900" cy="1574800"/>
+          <a:off x="437031" y="9782735"/>
+          <a:ext cx="2374900" cy="1746250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1043,85 +1061,85 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr codeName="Sheet6">
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L85"/>
+  <dimension ref="A1:L82"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7109375" defaultRowHeight="15"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...4 lines deleted...]
-    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="6.5703125" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="45.5703125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="23.7109375" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="14.140625" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="12.5703125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.85546875" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
-    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="12.5703125" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
-    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
-[...2 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="7.5703125" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30.140625" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.5703125" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7109375" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="18.75" customHeight="1" s="83">
+      <c r="A1" s="82" t="n"/>
+      <c r="B1" s="82" t="inlineStr">
         <is>
           <t>DSP Strategic Bond Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="3" t="inlineStr">
         <is>
-          <t>Portfolio as on December 31, 2025</t>
+          <t>Portfolio as on January 31, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
@@ -1187,885 +1205,982 @@
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>State Bank of India**</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE062A08421</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E9" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F9" s="5" t="n">
-        <v>5234.8</v>
+        <v>5186.51</v>
       </c>
       <c r="G9" s="6" t="n">
-        <v>0.0424</v>
+        <v>0.056</v>
       </c>
       <c r="H9" s="7" t="n">
         <v>50948</v>
       </c>
       <c r="J9" s="5" t="n">
-        <v>7.245</v>
+        <v>7.4349</v>
       </c>
       <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L9" s="6" t="n">
-        <v>0.8248</v>
+        <v>0.6833</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="n">
         <v>2</v>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE134E08NB7</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E10" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F10" s="5" t="n">
-        <v>5157.35</v>
+        <v>5100.43</v>
       </c>
       <c r="G10" s="6" t="n">
-        <v>0.0418</v>
+        <v>0.0551</v>
       </c>
       <c r="H10" s="7" t="n">
         <v>50966</v>
       </c>
       <c r="J10" s="5" t="n">
-        <v>7.2549</v>
+        <v>7.465</v>
       </c>
       <c r="K10" s="1" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="L10" s="6" t="n">
-        <v>0.0424</v>
+        <v>0.0655</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="n">
         <v>3</v>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>State Bank of India**</t>
+          <t>Torrent Pharmaceuticals Limited**</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>INE062A08470</t>
+          <t>INE685A07173</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>IND AAA</t>
+          <t>ICRA AA+</t>
         </is>
       </c>
       <c r="E11" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F11" s="5" t="n">
-        <v>5034.86</v>
+        <v>5041.61</v>
       </c>
       <c r="G11" s="6" t="n">
-        <v>0.0408</v>
+        <v>0.0545</v>
       </c>
       <c r="H11" s="7" t="n">
+        <v>47865</v>
+      </c>
+      <c r="J11" s="5" t="n">
+        <v>7.6593</v>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="L11" s="6" t="n">
+        <v>0.056</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>State Bank of India**</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>INE062A08470</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="E12" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F12" s="5" t="n">
+        <v>4984.63</v>
+      </c>
+      <c r="G12" s="6" t="n">
+        <v>0.0538</v>
+      </c>
+      <c r="H12" s="7" t="n">
         <v>51093</v>
       </c>
-      <c r="J11" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K11" s="1" t="inlineStr">
+      <c r="J12" s="5" t="n">
+        <v>7.4349</v>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="L11" s="6" t="n">
-[...5 lines deleted...]
-      <c r="B12" s="8" t="inlineStr">
+      <c r="L12" s="6" t="n">
+        <v>0.0551</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="8" t="n"/>
+      <c r="B13" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C12" s="8" t="n"/>
-[...8 lines deleted...]
-      <c r="K12" s="1" t="inlineStr">
+      <c r="C13" s="8" t="n"/>
+      <c r="D13" s="8" t="n"/>
+      <c r="E13" s="8" t="n"/>
+      <c r="F13" s="9" t="n">
+        <v>20313.18</v>
+      </c>
+      <c r="G13" s="10" t="n">
+        <v>0.2194</v>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="L13" s="6" t="n">
+        <v>0.0545</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>IND AAA</t>
         </is>
       </c>
-      <c r="L12" s="6" t="n">
-[...4 lines deleted...]
-      <c r="K13" s="1" t="inlineStr">
+      <c r="L14" s="6" t="n">
+        <v>0.0538</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="B15" s="3" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
-      <c r="L13" s="6" t="n">
-[...50 lines deleted...]
-        <v>6.5996</v>
+      <c r="L15" s="6" t="n">
+        <v>0.0057</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="n">
         <v>5</v>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>6.90% GOI 2065</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>IN0020250018</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E16" s="11" t="n">
-        <v>30000000</v>
+        <v>29500000</v>
       </c>
       <c r="F16" s="5" t="n">
-        <v>28745.12</v>
+        <v>28190.22</v>
       </c>
       <c r="G16" s="6" t="n">
-        <v>0.2329</v>
+        <v>0.3045</v>
       </c>
       <c r="H16" s="7" t="n">
         <v>60372</v>
       </c>
       <c r="J16" s="5" t="n">
-        <v>7.3386</v>
+        <v>7.4076</v>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L16" s="6" t="n">
+        <v>0.0261</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="n">
         <v>6</v>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>7.17% GOI 2030</t>
+          <t>6.01% GOI 2030</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>IN0020230036</t>
+          <t>IN0020250067</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E17" s="11" t="n">
-        <v>10000000</v>
+        <v>12157100</v>
       </c>
       <c r="F17" s="5" t="n">
-        <v>10461.36</v>
+        <v>12013.91</v>
       </c>
       <c r="G17" s="6" t="n">
-        <v>0.0848</v>
+        <v>0.1298</v>
       </c>
       <c r="H17" s="7" t="n">
-        <v>47590</v>
+        <v>47685</v>
       </c>
       <c r="J17" s="5" t="n">
-        <v>6.3201</v>
+        <v>6.3632</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="n">
         <v>7</v>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>7.30% GOI 2053</t>
+          <t>7.24% GOI 2055</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>IN0020230051</t>
+          <t>IN0020250075</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E18" s="11" t="n">
-        <v>9500000</v>
+        <v>6000000</v>
       </c>
       <c r="F18" s="5" t="n">
-        <v>9539.92</v>
+        <v>6114.85</v>
       </c>
       <c r="G18" s="6" t="n">
-        <v>0.07729999999999999</v>
+        <v>0.06610000000000001</v>
       </c>
       <c r="H18" s="7" t="n">
-        <v>56054</v>
+        <v>56844</v>
       </c>
       <c r="J18" s="5" t="n">
-        <v>7.2847</v>
+        <v>7.3533</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="n">
         <v>8</v>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>7.24% GOI 2055</t>
+          <t>7.17% GOI 2030</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>IN0020250075</t>
+          <t>IN0020230036</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E19" s="11" t="n">
-        <v>6000000</v>
+        <v>5000000</v>
       </c>
       <c r="F19" s="5" t="n">
-        <v>6144.12</v>
+        <v>5247.09</v>
       </c>
       <c r="G19" s="6" t="n">
-        <v>0.0498</v>
+        <v>0.0567</v>
       </c>
       <c r="H19" s="7" t="n">
-        <v>56844</v>
+        <v>47590</v>
       </c>
       <c r="J19" s="5" t="n">
-        <v>7.2615</v>
+        <v>6.3782</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="n">
         <v>9</v>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>6.68% GOI 2040</t>
+          <t>6.48% GOI 2035</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>IN0020250042</t>
+          <t>IN0020250091</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E20" s="11" t="n">
         <v>5000000</v>
       </c>
       <c r="F20" s="5" t="n">
-        <v>5016.65</v>
+        <v>5028.03</v>
       </c>
       <c r="G20" s="6" t="n">
-        <v>0.0406</v>
+        <v>0.0543</v>
       </c>
       <c r="H20" s="7" t="n">
-        <v>51324</v>
+        <v>49588</v>
       </c>
       <c r="J20" s="5" t="n">
-        <v>7.0007</v>
+        <v>6.6952</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="n">
         <v>10</v>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>7.32% GOI 2030</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>IN0020230135</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E21" s="11" t="n">
         <v>2000000</v>
       </c>
       <c r="F21" s="5" t="n">
-        <v>2096.47</v>
+        <v>2105.1</v>
       </c>
       <c r="G21" s="6" t="n">
-        <v>0.017</v>
+        <v>0.0227</v>
       </c>
       <c r="H21" s="7" t="n">
         <v>47800</v>
       </c>
       <c r="J21" s="5" t="n">
-        <v>6.3851</v>
+        <v>6.4136</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="n">
         <v>11</v>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>7.02% GOI 2031</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>IN0020240076</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E22" s="11" t="n">
         <v>2000000</v>
       </c>
       <c r="F22" s="5" t="n">
-        <v>2054.07</v>
+        <v>2060.96</v>
       </c>
       <c r="G22" s="6" t="n">
-        <v>0.0166</v>
+        <v>0.0223</v>
       </c>
       <c r="H22" s="7" t="n">
         <v>48017</v>
       </c>
       <c r="J22" s="5" t="n">
-        <v>6.4796</v>
+        <v>6.5242</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="n">
         <v>12</v>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>7.09% GOI 2054</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t>IN0020240118</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E23" s="11" t="n">
         <v>1000000</v>
       </c>
       <c r="F23" s="5" t="n">
-        <v>1006.45</v>
+        <v>1000.66</v>
       </c>
       <c r="G23" s="6" t="n">
-        <v>0.008200000000000001</v>
+        <v>0.0108</v>
       </c>
       <c r="H23" s="7" t="n">
         <v>56466</v>
       </c>
       <c r="J23" s="5" t="n">
-        <v>7.2756</v>
+        <v>7.3772</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="n">
         <v>13</v>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>7.25% GOI 2063</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
           <t>IN0020230044</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E24" s="11" t="n">
         <v>1000000</v>
       </c>
       <c r="F24" s="5" t="n">
-        <v>991.16</v>
+        <v>986.62</v>
       </c>
       <c r="G24" s="6" t="n">
-        <v>0.008</v>
+        <v>0.0107</v>
       </c>
       <c r="H24" s="7" t="n">
         <v>59699</v>
       </c>
       <c r="J24" s="5" t="n">
-        <v>7.3493</v>
+        <v>7.4339</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="n">
         <v>14</v>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>7.34% GOI 2064</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
           <t>IN0020240035</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E25" s="11" t="n">
         <v>500000</v>
       </c>
       <c r="F25" s="5" t="n">
-        <v>505.53</v>
+        <v>504.49</v>
       </c>
       <c r="G25" s="6" t="n">
-        <v>0.0041</v>
+        <v>0.0054</v>
       </c>
       <c r="H25" s="7" t="n">
         <v>60014</v>
       </c>
       <c r="J25" s="5" t="n">
-        <v>7.3624</v>
+        <v>7.4273</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="8" t="n"/>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C26" s="8" t="n"/>
       <c r="D26" s="8" t="n"/>
       <c r="E26" s="8" t="n"/>
       <c r="F26" s="9" t="n">
-        <v>101793.91</v>
+        <v>63251.93</v>
       </c>
       <c r="G26" s="10" t="n">
-        <v>0.8248</v>
+        <v>0.6833</v>
       </c>
     </row>
     <row r="28">
       <c r="B28" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="29">
-      <c r="A29" s="1" t="n">
+      <c r="B29" s="3" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
         <v>15</v>
       </c>
-      <c r="B29" s="3" t="inlineStr">
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BX0</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E30" s="11" t="n">
+        <v>800</v>
+      </c>
+      <c r="F30" s="5" t="n">
+        <v>3733.4</v>
+      </c>
+      <c r="G30" s="6" t="n">
+        <v>0.0403</v>
+      </c>
+      <c r="H30" s="7" t="n">
+        <v>46416</v>
+      </c>
+      <c r="J30" s="5" t="n">
+        <v>7.2</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE261F16AF6</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E31" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F31" s="5" t="n">
+        <v>2336.49</v>
+      </c>
+      <c r="G31" s="6" t="n">
+        <v>0.0252</v>
+      </c>
+      <c r="H31" s="7" t="n">
+        <v>46409</v>
+      </c>
+      <c r="J31" s="5" t="n">
+        <v>7.1954</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="8" t="n"/>
+      <c r="B32" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C32" s="8" t="n"/>
+      <c r="D32" s="8" t="n"/>
+      <c r="E32" s="8" t="n"/>
+      <c r="F32" s="9" t="n">
+        <v>6069.89</v>
+      </c>
+      <c r="G32" s="10" t="n">
+        <v>0.0655</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B34" s="3" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F29" s="5" t="n">
-[...11 lines deleted...]
-      <c r="B30" s="8" t="inlineStr">
+      <c r="F34" s="5" t="n">
+        <v>22209.45</v>
+      </c>
+      <c r="G34" s="6" t="n">
+        <v>0.2399</v>
+      </c>
+      <c r="H34" s="7" t="n">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="8" t="n"/>
+      <c r="B35" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C30" s="8" t="n"/>
-[...10 lines deleted...]
-      <c r="B32" s="3" t="inlineStr">
+      <c r="C35" s="8" t="n"/>
+      <c r="D35" s="8" t="n"/>
+      <c r="E35" s="8" t="n"/>
+      <c r="F35" s="9" t="n">
+        <v>22209.45</v>
+      </c>
+      <c r="G35" s="10" t="n">
+        <v>0.2399</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="B37" s="3" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
     </row>
-    <row r="33">
-[...3 lines deleted...]
-      <c r="B33" s="1" t="inlineStr">
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
         <is>
           <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
         </is>
       </c>
-      <c r="C33" s="1" t="inlineStr">
+      <c r="C38" s="1" t="inlineStr">
         <is>
           <t>INF0RQ622028</t>
         </is>
       </c>
-      <c r="E33" s="11" t="n">
+      <c r="E38" s="11" t="n">
         <v>4556.045</v>
       </c>
-      <c r="F33" s="5" t="n">
-[...9 lines deleted...]
-      <c r="B34" s="8" t="inlineStr">
+      <c r="F38" s="5" t="n">
+        <v>528.45</v>
+      </c>
+      <c r="G38" s="6" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="J38" s="5" t="n"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="8" t="n"/>
+      <c r="B39" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C34" s="8" t="n"/>
-[...10 lines deleted...]
-      <c r="B36" s="3" t="inlineStr">
+      <c r="C39" s="8" t="n"/>
+      <c r="D39" s="8" t="n"/>
+      <c r="E39" s="8" t="n"/>
+      <c r="F39" s="9" t="n">
+        <v>528.45</v>
+      </c>
+      <c r="G39" s="10" t="n">
+        <v>0.0057</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="B41" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
-    <row r="37">
-      <c r="B37" s="1" t="inlineStr">
+    <row r="42">
+      <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E37" s="11" t="n"/>
-[...10 lines deleted...]
-      <c r="B38" s="8" t="inlineStr">
+      <c r="E42" s="11" t="n"/>
+      <c r="F42" s="5" t="n">
+        <v>-19796.1</v>
+      </c>
+      <c r="G42" s="6" t="n">
+        <v>-0.2138</v>
+      </c>
+      <c r="J42" s="5" t="n"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="8" t="n"/>
+      <c r="B43" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C38" s="8" t="n"/>
-[...11 lines deleted...]
-      <c r="B40" s="4" t="inlineStr">
+      <c r="C43" s="8" t="n"/>
+      <c r="D43" s="8" t="n"/>
+      <c r="E43" s="8" t="n"/>
+      <c r="F43" s="9" t="n">
+        <v>-19796.1</v>
+      </c>
+      <c r="G43" s="10" t="n">
+        <v>-0.2138</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="4" t="n"/>
+      <c r="B45" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C40" s="4" t="n"/>
-[...5 lines deleted...]
-      <c r="G40" s="13" t="n">
+      <c r="C45" s="4" t="n"/>
+      <c r="D45" s="4" t="n"/>
+      <c r="E45" s="4" t="n"/>
+      <c r="F45" s="12" t="n">
+        <v>92576.8</v>
+      </c>
+      <c r="G45" s="13" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="41">
-      <c r="A41" s="1" t="inlineStr">
+    <row r="46">
+      <c r="A46" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="42">
-      <c r="A42" s="1" t="n">
+    <row r="47">
+      <c r="A47" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B42" s="1" t="inlineStr">
+      <c r="B47" s="1" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
-    <row r="43">
-      <c r="A43" s="15" t="n">
+    <row r="48">
+      <c r="A48" s="14" t="n">
         <v>2</v>
       </c>
-      <c r="B43" s="15" t="inlineStr">
+      <c r="B48" s="14" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="44" ht="27" customHeight="1" s="74">
-[...10 lines deleted...]
-      <c r="B48" s="95" t="inlineStr">
+    <row r="50" ht="16.5" customHeight="1" s="83">
+      <c r="B50" s="75" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="60" ht="14.5" customHeight="1" s="74">
-      <c r="B60" s="95" t="inlineStr">
+    <row r="63" ht="16.5" customHeight="1" s="83">
+      <c r="B63" s="75" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Dynamic Bond A-III Index</t>
         </is>
       </c>
     </row>
     <row r="75">
-      <c r="B75" s="16" t="n"/>
-      <c r="C75" s="18" t="inlineStr">
+      <c r="B75" s="15" t="n"/>
+      <c r="C75" s="17" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
     <row r="76">
-      <c r="B76" s="16" t="inlineStr">
+      <c r="B76" s="15" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C76" s="18" t="inlineStr">
+      <c r="C76" s="17" t="inlineStr">
         <is>
           <t>DSP Strategic Bond Fund</t>
         </is>
       </c>
     </row>
     <row r="77">
-      <c r="B77" s="16" t="inlineStr">
+      <c r="B77" s="15" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C77" s="19" t="n"/>
+      <c r="C77" s="18" t="n"/>
     </row>
     <row r="78">
-      <c r="B78" s="16" t="inlineStr">
+      <c r="B78" s="15" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C78" s="20" t="n">
-        <v>0.0699</v>
+      <c r="C78" s="19" t="n">
+        <v>0.0718</v>
       </c>
     </row>
     <row r="79">
-      <c r="B79" s="16" t="inlineStr">
+      <c r="B79" s="15" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C79" s="19" t="n">
-        <v>8.9</v>
+      <c r="C79" s="18" t="n">
+        <v>8.15</v>
       </c>
     </row>
     <row r="80">
-      <c r="B80" s="16" t="inlineStr">
+      <c r="B80" s="15" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C80" s="19" t="n">
-        <v>19.07</v>
+      <c r="C80" s="18" t="n">
+        <v>18.96</v>
       </c>
     </row>
     <row r="81">
-      <c r="B81" s="16" t="inlineStr">
+      <c r="B81" s="15" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C81" s="21" t="n">
-        <v>46022</v>
+      <c r="C81" s="20" t="n">
+        <v>46053</v>
       </c>
     </row>
     <row r="82">
-      <c r="B82" s="17" t="inlineStr">
+      <c r="B82" s="16" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C82" s="18" t="n"/>
-[...2 lines deleted...]
-      <c r="B85" s="72" t="n"/>
+      <c r="C82" s="17" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>