--- v0 (2025-10-06)
+++ v1 (2025-10-28)
@@ -1,73 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="965" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="997" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="OVERNIGHT" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="19">
+  <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -82,111 +88,118 @@
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
-      <color rgb="FF000000"/>
-[...11 lines deleted...]
-      <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -316,328 +329,332 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="103">
+  <cellXfs count="107">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...45 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
-    </xf>
-[...72 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -686,116 +703,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>27</row>
+      <row>41</row>
       <rowOff>0</rowOff>
     </from>
     <to>
-      <col>2</col>
-[...2 lines deleted...]
-      <rowOff>34925</rowOff>
+      <col>1</col>
+      <colOff>2374900</colOff>
+      <row>50</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="5568950"/>
+          <a:off x="457200" y="7283450"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>40</row>
+      <row>55</row>
       <rowOff>0</rowOff>
     </from>
     <to>
-      <col>2</col>
-[...2 lines deleted...]
-      <rowOff>34925</rowOff>
+      <col>1</col>
+      <colOff>2374900</colOff>
+      <row>64</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="7981950"/>
+          <a:off x="457200" y="9696450"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1037,552 +1054,788 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L61"/>
+  <dimension ref="A1:L76"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="18.81640625" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="14.54296875" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="15.81640625" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="75">
-[...1 lines deleted...]
-      <c r="B1" s="74" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="74">
+      <c r="A1" s="73" t="n"/>
+      <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Overnight Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on September 30, 2025</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on October 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="B8" s="2" t="inlineStr">
+        <is>
+          <t>Indian Bank</t>
+        </is>
+      </c>
+      <c r="C8" s="2" t="inlineStr">
+        <is>
+          <t>INE562A16PC3</t>
+        </is>
+      </c>
+      <c r="D8" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E8" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>25000</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.07489999999999999</v>
+      </c>
+      <c r="H8" s="8" t="n">
+        <v>45946</v>
+      </c>
+      <c r="J8" s="6" t="n">
+        <v>5.4393</v>
+      </c>
+      <c r="K8" s="4" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="4" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="9" t="n"/>
+      <c r="B9" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C9" s="9" t="n"/>
+      <c r="D9" s="9" t="n"/>
+      <c r="E9" s="9" t="n"/>
+      <c r="F9" s="10" t="n">
+        <v>25000</v>
+      </c>
+      <c r="G9" s="11" t="n">
+        <v>0.07489999999999999</v>
+      </c>
+      <c r="K9" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L9" s="7" t="n">
+        <v>0.2473</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="K10" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L10" s="7" t="n">
+        <v>0.0419</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="B11" s="4" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+      <c r="K11" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.7108</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="B12" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="2" t="n">
+        <v>2</v>
+      </c>
+      <c r="B13" s="2" t="inlineStr">
+        <is>
+          <t>Tata Communications Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="2" t="inlineStr">
+        <is>
+          <t>INE151A14180</t>
+        </is>
+      </c>
+      <c r="D13" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E13" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>25000</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.07489999999999999</v>
+      </c>
+      <c r="H13" s="8" t="n">
+        <v>45946</v>
+      </c>
+      <c r="J13" s="6" t="n">
+        <v>5.3663</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Securities Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>INE700G14PB3</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E14" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>20000</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.06</v>
+      </c>
+      <c r="H14" s="8" t="n">
+        <v>45946</v>
+      </c>
+      <c r="J14" s="6" t="n">
+        <v>5.4393</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="n">
+        <v>4</v>
+      </c>
+      <c r="B15" s="2" t="inlineStr">
+        <is>
+          <t>Nuvama Wealth and Investment Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="2" t="inlineStr">
+        <is>
+          <t>INE523L14AC9</t>
+        </is>
+      </c>
+      <c r="D15" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E15" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>12500</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0375</v>
+      </c>
+      <c r="H15" s="8" t="n">
+        <v>45946</v>
+      </c>
+      <c r="J15" s="6" t="n">
+        <v>6.4982</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="9" t="n"/>
+      <c r="B16" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C16" s="9" t="n"/>
+      <c r="D16" s="9" t="n"/>
+      <c r="E16" s="9" t="n"/>
+      <c r="F16" s="10" t="n">
+        <v>57500</v>
+      </c>
+      <c r="G16" s="11" t="n">
+        <v>0.1724</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="B18" s="4" t="inlineStr">
         <is>
           <t>Treasury Bill</t>
         </is>
       </c>
     </row>
-    <row r="8">
-      <c r="A8" s="1" t="n">
+    <row r="19">
+      <c r="A19" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>91 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>IN002025X190</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E19" s="12" t="n">
+        <v>4000000</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>3987.62</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.012</v>
+      </c>
+      <c r="H19" s="8" t="n">
+        <v>45967</v>
+      </c>
+      <c r="J19" s="6" t="n">
+        <v>5.3979</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="n">
+        <v>6</v>
+      </c>
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>182 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>IN002025Y073</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E20" s="12" t="n">
+        <v>3500000</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>3485.56</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0104</v>
+      </c>
+      <c r="H20" s="8" t="n">
+        <v>45974</v>
+      </c>
+      <c r="J20" s="6" t="n">
+        <v>5.3995</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <t>IN002024Z289</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E21" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>2497.4</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0075</v>
+      </c>
+      <c r="H21" s="8" t="n">
+        <v>45953</v>
+      </c>
+      <c r="J21" s="6" t="n">
+        <v>5.439</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>91 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <t>IN002025X166</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E22" s="12" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>2000</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="H22" s="8" t="n">
+        <v>45946</v>
+      </c>
+      <c r="J22" s="6" t="n">
+        <v>5.4606</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="2" t="n">
+        <v>9</v>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C23" s="2" t="inlineStr">
+        <is>
+          <t>IN002024Z297</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E23" s="12" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>1995.83</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="H23" s="8" t="n">
+        <v>45960</v>
+      </c>
+      <c r="J23" s="6" t="n">
+        <v>5.4446</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="9" t="n"/>
+      <c r="B24" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C24" s="9" t="n"/>
+      <c r="D24" s="9" t="n"/>
+      <c r="E24" s="9" t="n"/>
+      <c r="F24" s="10" t="n">
+        <v>13966.41</v>
+      </c>
+      <c r="G24" s="11" t="n">
+        <v>0.0419</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="B26" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>236140.94</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.7079</v>
+      </c>
+      <c r="H26" s="8" t="n">
+        <v>45946</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="9" t="n"/>
+      <c r="B27" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C27" s="9" t="n"/>
+      <c r="D27" s="9" t="n"/>
+      <c r="E27" s="9" t="n"/>
+      <c r="F27" s="10" t="n">
+        <v>236140.94</v>
+      </c>
+      <c r="G27" s="11" t="n">
+        <v>0.7079</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="B29" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E30" s="12" t="n"/>
+      <c r="F30" s="6" t="n">
+        <v>971.02</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+    </row>
+    <row r="31">
+      <c r="A31" s="9" t="n"/>
+      <c r="B31" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C31" s="9" t="n"/>
+      <c r="D31" s="9" t="n"/>
+      <c r="E31" s="9" t="n"/>
+      <c r="F31" s="10" t="n">
+        <v>971.02</v>
+      </c>
+      <c r="G31" s="11" t="n">
+        <v>0.0029</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="5" t="n"/>
+      <c r="B33" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C33" s="5" t="n"/>
+      <c r="D33" s="5" t="n"/>
+      <c r="E33" s="5" t="n"/>
+      <c r="F33" s="13" t="n">
+        <v>333578.37</v>
+      </c>
+      <c r="G33" s="14" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
-[...41 lines deleted...]
-      <c r="A9" s="1" t="n">
+    </row>
+    <row r="34">
+      <c r="A34" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="15" t="n">
+        <v>1</v>
+      </c>
+      <c r="B35" s="15" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" ht="27" customHeight="1" s="74">
+      <c r="A36" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
-[...253 lines deleted...]
-      <c r="B26" s="66" t="inlineStr">
+      <c r="B36" s="15" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the day of the Portfolio</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" ht="14.5" customHeight="1" s="74">
+      <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="39" ht="14.5" customHeight="1" s="75">
-      <c r="B39" s="66" t="inlineStr">
+    <row r="54" ht="14.5" customHeight="1" s="74">
+      <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Liquid Overnight Index</t>
         </is>
       </c>
     </row>
-    <row r="52">
-[...1 lines deleted...]
-      <c r="C52" s="17" t="inlineStr">
+    <row r="69">
+      <c r="B69" s="16" t="n"/>
+      <c r="C69" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="53">
-      <c r="B53" s="15" t="inlineStr">
+    <row r="70">
+      <c r="B70" s="16" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C53" s="17" t="inlineStr">
+      <c r="C70" s="18" t="inlineStr">
         <is>
           <t>DSP Overnight Fund</t>
         </is>
       </c>
     </row>
-    <row r="54">
-      <c r="B54" s="15" t="inlineStr">
+    <row r="71">
+      <c r="B71" s="16" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C54" s="18" t="n"/>
-[...2 lines deleted...]
-      <c r="B55" s="15" t="inlineStr">
+      <c r="C71" s="19" t="n"/>
+    </row>
+    <row r="72">
+      <c r="B72" s="16" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C55" s="19" t="n">
-[...4 lines deleted...]
-      <c r="B56" s="15" t="inlineStr">
+      <c r="C72" s="20" t="n">
+        <v>0.0446</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="B73" s="16" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C56" s="73" t="n">
+      <c r="C73" s="95" t="n">
         <v>0</v>
       </c>
     </row>
-    <row r="57">
-      <c r="B57" s="15" t="inlineStr">
+    <row r="74">
+      <c r="B74" s="16" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C57" s="73" t="n">
+      <c r="C74" s="95" t="n">
         <v>0</v>
       </c>
     </row>
-    <row r="58">
-      <c r="B58" s="15" t="inlineStr">
+    <row r="75">
+      <c r="B75" s="16" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C58" s="20" t="n">
-[...4 lines deleted...]
-      <c r="B59" s="16" t="inlineStr">
+      <c r="C75" s="21" t="n">
+        <v>45945</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="B76" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C59" s="17" t="n"/>
-[...2 lines deleted...]
-      <c r="B61" s="71" t="n"/>
+      <c r="C76" s="18" t="n"/>
     </row>
   </sheetData>
-  <mergeCells count="2">
-    <mergeCell ref="B24:C24"/>
+  <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 