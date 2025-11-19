--- v1 (2025-10-28)
+++ v2 (2025-11-19)
@@ -1,79 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="997" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="600" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="OVERNIGHT" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="22">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -157,50 +151,65 @@
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
@@ -329,332 +338,295 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="107">
+  <cellXfs count="94">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...35 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
-    </xf>
-[...61 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -703,116 +675,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>41</row>
+      <row>43</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>50</row>
+      <row>52</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="7283450"/>
+          <a:off x="457200" y="7626350"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>55</row>
+      <row>57</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>64</row>
+      <row>66</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="9696450"/>
+          <a:off x="457200" y="10039350"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1049,808 +1021,886 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L76"/>
+  <dimension ref="A1:L78"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="18.81640625" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="12.26953125" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="15.81640625" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="72">
+      <c r="A1" s="71" t="n"/>
+      <c r="B1" s="71" t="inlineStr">
         <is>
           <t>DSP Overnight Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 15, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on November 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Certificate of Deposit</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C8" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16JP0</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E8" s="11" t="n">
+        <v>4500</v>
+      </c>
+      <c r="F8" s="5" t="n">
+        <v>22496.65</v>
+      </c>
+      <c r="G8" s="6" t="n">
+        <v>0.09569999999999999</v>
+      </c>
+      <c r="H8" s="7" t="n">
+        <v>45978</v>
+      </c>
+      <c r="J8" s="5" t="n">
+        <v>5.4393</v>
+      </c>
+      <c r="K8" s="3" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="3" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="8" t="n"/>
+      <c r="B9" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C9" s="8" t="n"/>
+      <c r="D9" s="8" t="n"/>
+      <c r="E9" s="8" t="n"/>
+      <c r="F9" s="9" t="n">
+        <v>22496.65</v>
+      </c>
+      <c r="G9" s="10" t="n">
+        <v>0.09569999999999999</v>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
-      <c r="E8" s="12" t="n">
+      <c r="L9" s="6" t="n">
+        <v>0.3935</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="L10" s="6" t="n">
+        <v>0.09569999999999999</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="B11" s="3" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L11" s="6" t="n">
+        <v>0.0743</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="B12" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L12" s="6" t="n">
+        <v>0.4365</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE514E14SJ0</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E13" s="11" t="n">
+        <v>6500</v>
+      </c>
+      <c r="F13" s="5" t="n">
+        <v>32495.06</v>
+      </c>
+      <c r="G13" s="6" t="n">
+        <v>0.1383</v>
+      </c>
+      <c r="H13" s="7" t="n">
+        <v>45978</v>
+      </c>
+      <c r="J13" s="5" t="n">
+        <v>5.5488</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>PNB Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE572E14JZ3</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E14" s="11" t="n">
         <v>5000</v>
       </c>
-      <c r="F8" s="6" t="n">
-[...24 lines deleted...]
-      <c r="B9" s="9" t="inlineStr">
+      <c r="F14" s="5" t="n">
+        <v>24996.18</v>
+      </c>
+      <c r="G14" s="6" t="n">
+        <v>0.1064</v>
+      </c>
+      <c r="H14" s="7" t="n">
+        <v>45978</v>
+      </c>
+      <c r="J14" s="5" t="n">
+        <v>5.5854</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Nuvoco Vistas Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE118D14910</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E15" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F15" s="5" t="n">
+        <v>14997.68</v>
+      </c>
+      <c r="G15" s="6" t="n">
+        <v>0.0638</v>
+      </c>
+      <c r="H15" s="7" t="n">
+        <v>45978</v>
+      </c>
+      <c r="J15" s="5" t="n">
+        <v>5.6584</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Credila Financial Services Private Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE539K14BW3</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E16" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F16" s="5" t="n">
+        <v>9998.41</v>
+      </c>
+      <c r="G16" s="6" t="n">
+        <v>0.0425</v>
+      </c>
+      <c r="H16" s="7" t="n">
+        <v>45978</v>
+      </c>
+      <c r="J16" s="5" t="n">
+        <v>5.8044</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Piramal Finance Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE202B14OW0</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E17" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F17" s="5" t="n">
+        <v>9998.4</v>
+      </c>
+      <c r="G17" s="6" t="n">
+        <v>0.0425</v>
+      </c>
+      <c r="H17" s="7" t="n">
+        <v>45978</v>
+      </c>
+      <c r="J17" s="5" t="n">
+        <v>5.8409</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="8" t="n"/>
+      <c r="B18" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C9" s="9" t="n"/>
-[...18 lines deleted...]
-      <c r="K10" s="2" t="inlineStr">
+      <c r="C18" s="8" t="n"/>
+      <c r="D18" s="8" t="n"/>
+      <c r="E18" s="8" t="n"/>
+      <c r="F18" s="9" t="n">
+        <v>92485.73</v>
+      </c>
+      <c r="G18" s="10" t="n">
+        <v>0.3935</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="B20" s="3" t="inlineStr">
+        <is>
+          <t>Treasury Bill</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>IN002024Z347</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L10" s="7" t="n">
-[...26 lines deleted...]
-      <c r="A13" s="2" t="n">
+      <c r="E21" s="11" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F21" s="5" t="n">
+        <v>4986.96</v>
+      </c>
+      <c r="G21" s="6" t="n">
+        <v>0.0212</v>
+      </c>
+      <c r="H21" s="7" t="n">
+        <v>45995</v>
+      </c>
+      <c r="J21" s="5" t="n">
+        <v>5.3002</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>91 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>IN002025X240</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E22" s="11" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F22" s="5" t="n">
+        <v>4981.92</v>
+      </c>
+      <c r="G22" s="6" t="n">
+        <v>0.0212</v>
+      </c>
+      <c r="H22" s="7" t="n">
+        <v>46002</v>
+      </c>
+      <c r="J22" s="5" t="n">
+        <v>5.3</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>IN002024Z339</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E23" s="11" t="n">
+        <v>4000000</v>
+      </c>
+      <c r="F23" s="5" t="n">
+        <v>3993.62</v>
+      </c>
+      <c r="G23" s="6" t="n">
+        <v>0.017</v>
+      </c>
+      <c r="H23" s="7" t="n">
+        <v>45988</v>
+      </c>
+      <c r="J23" s="5" t="n">
+        <v>5.3059</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>182 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>IN002025Y099</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E24" s="11" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F24" s="5" t="n">
+        <v>1996.81</v>
+      </c>
+      <c r="G24" s="6" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="H24" s="7" t="n">
+        <v>45988</v>
+      </c>
+      <c r="J24" s="5" t="n">
+        <v>5.3059</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>182 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>IN002025Y081</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E25" s="11" t="n">
+        <v>1500000</v>
+      </c>
+      <c r="F25" s="5" t="n">
+        <v>1499.13</v>
+      </c>
+      <c r="G25" s="6" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H25" s="7" t="n">
+        <v>45981</v>
+      </c>
+      <c r="J25" s="5" t="n">
+        <v>5.3047</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="8" t="n"/>
+      <c r="B26" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C26" s="8" t="n"/>
+      <c r="D26" s="8" t="n"/>
+      <c r="E26" s="8" t="n"/>
+      <c r="F26" s="9" t="n">
+        <v>17458.44</v>
+      </c>
+      <c r="G26" s="10" t="n">
+        <v>0.0743</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B28" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F28" s="5" t="n">
+        <v>102001.42</v>
+      </c>
+      <c r="G28" s="6" t="n">
+        <v>0.434</v>
+      </c>
+      <c r="H28" s="7" t="n">
+        <v>45978</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="8" t="n"/>
+      <c r="B29" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C29" s="8" t="n"/>
+      <c r="D29" s="8" t="n"/>
+      <c r="E29" s="8" t="n"/>
+      <c r="F29" s="9" t="n">
+        <v>102001.42</v>
+      </c>
+      <c r="G29" s="10" t="n">
+        <v>0.434</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="B31" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E32" s="11" t="n"/>
+      <c r="F32" s="5" t="n">
+        <v>591.46</v>
+      </c>
+      <c r="G32" s="6" t="n">
+        <v>0.0025</v>
+      </c>
+      <c r="J32" s="5" t="n"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="8" t="n"/>
+      <c r="B33" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C33" s="8" t="n"/>
+      <c r="D33" s="8" t="n"/>
+      <c r="E33" s="8" t="n"/>
+      <c r="F33" s="9" t="n">
+        <v>591.46</v>
+      </c>
+      <c r="G33" s="10" t="n">
+        <v>0.0025</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="4" t="n"/>
+      <c r="B35" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C35" s="4" t="n"/>
+      <c r="D35" s="4" t="n"/>
+      <c r="E35" s="4" t="n"/>
+      <c r="F35" s="12" t="n">
+        <v>235033.7</v>
+      </c>
+      <c r="G35" s="13" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="14" t="n">
+        <v>1</v>
+      </c>
+      <c r="B37" s="14" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="38" ht="27" customHeight="1" s="72">
+      <c r="A38" s="14" t="n">
         <v>2</v>
       </c>
-      <c r="B13" s="2" t="inlineStr">
-[...436 lines deleted...]
-      <c r="B40" s="1" t="inlineStr">
+      <c r="B38" s="14" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="42" ht="14.5" customHeight="1" s="72">
+      <c r="B42" s="69" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="54" ht="14.5" customHeight="1" s="74">
-      <c r="B54" s="1" t="inlineStr">
+    <row r="56" ht="14.5" customHeight="1" s="72">
+      <c r="B56" s="69" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Liquid Overnight Index</t>
         </is>
       </c>
     </row>
-    <row r="69">
-[...1 lines deleted...]
-      <c r="C69" s="18" t="inlineStr">
+    <row r="71">
+      <c r="B71" s="15" t="n"/>
+      <c r="C71" s="17" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="70">
-      <c r="B70" s="16" t="inlineStr">
+    <row r="72">
+      <c r="B72" s="15" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C70" s="18" t="inlineStr">
+      <c r="C72" s="17" t="inlineStr">
         <is>
           <t>DSP Overnight Fund</t>
         </is>
       </c>
     </row>
-    <row r="71">
-      <c r="B71" s="16" t="inlineStr">
+    <row r="73">
+      <c r="B73" s="15" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C71" s="19" t="n"/>
-[...2 lines deleted...]
-      <c r="B72" s="16" t="inlineStr">
+      <c r="C73" s="18" t="n"/>
+    </row>
+    <row r="74">
+      <c r="B74" s="15" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C72" s="20" t="n">
-[...4 lines deleted...]
-      <c r="B73" s="16" t="inlineStr">
+      <c r="C74" s="19" t="n">
+        <v>0.0554</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="B75" s="15" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C73" s="95" t="n">
+      <c r="C75" s="18" t="n">
         <v>0</v>
       </c>
     </row>
-    <row r="74">
-      <c r="B74" s="16" t="inlineStr">
+    <row r="76">
+      <c r="B76" s="15" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C74" s="95" t="n">
-[...4 lines deleted...]
-      <c r="B75" s="16" t="inlineStr">
+      <c r="C76" s="18" t="n">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="B77" s="15" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C75" s="21" t="n">
-[...4 lines deleted...]
-      <c r="B76" s="17" t="inlineStr">
+      <c r="C77" s="20" t="n">
+        <v>45976</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="B78" s="16" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C76" s="18" t="n"/>
+      <c r="C78" s="17" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ICRON Research</dc:creator>
+  <dc:creator>Koushik Chowdhury</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>