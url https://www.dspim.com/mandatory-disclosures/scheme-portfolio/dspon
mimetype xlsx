--- v2 (2025-11-19)
+++ v3 (2025-12-11)
@@ -1,67 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="600" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="922" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="OVERNIGHT" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="166" formatCode="0.000"/>
   </numFmts>
-  <fonts count="22">
+  <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
@@ -152,58 +153,50 @@
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
-    </font>
-[...6 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
@@ -343,65 +336,66 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="94">
+  <cellXfs count="106">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -516,117 +510,154 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
     <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...19 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -675,116 +706,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>43</row>
+      <row>36</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>52</row>
+      <row>45</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="7626350"/>
+          <a:off x="457200" y="6940550"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>57</row>
+      <row>49</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>66</row>
+      <row>58</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="10039350"/>
+          <a:off x="457200" y="9353550"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1026,85 +1057,85 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L78"/>
+  <dimension ref="A1:L70"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
     <col width="42.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
-    <col width="18.81640625" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="20.26953125" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
     <col width="14.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
-    <col width="12.26953125" customWidth="1" style="1" min="5" max="5"/>
+    <col width="11.54296875" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
     <col width="15.81640625" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="72">
-[...1 lines deleted...]
-      <c r="B1" s="71" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="73">
+      <c r="A1" s="72" t="n"/>
+      <c r="B1" s="72" t="inlineStr">
         <is>
           <t>DSP Overnight Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="3" t="inlineStr">
         <is>
-          <t>Portfolio as on November 15, 2025</t>
+          <t>Portfolio as on November 30, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
@@ -1136,771 +1167,616 @@
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Certificate of Deposit</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bank of Baroda</t>
+          <t>AU Small Finance Bank Limited</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>INE028A16JP0</t>
+          <t>INE949L16DD3</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E8" s="11" t="n">
-        <v>4500</v>
+        <v>1000</v>
       </c>
       <c r="F8" s="5" t="n">
-        <v>22496.65</v>
+        <v>5000</v>
       </c>
       <c r="G8" s="6" t="n">
-        <v>0.09569999999999999</v>
+        <v>0.019</v>
       </c>
       <c r="H8" s="7" t="n">
-        <v>45978</v>
+        <v>45992</v>
       </c>
       <c r="J8" s="5" t="n">
-        <v>5.4393</v>
+        <v>5.7454</v>
       </c>
       <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="8" t="n"/>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C9" s="8" t="n"/>
       <c r="D9" s="8" t="n"/>
       <c r="E9" s="8" t="n"/>
       <c r="F9" s="9" t="n">
-        <v>22496.65</v>
+        <v>5000</v>
       </c>
       <c r="G9" s="10" t="n">
-        <v>0.09569999999999999</v>
+        <v>0.019</v>
       </c>
       <c r="K9" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="L9" s="6" t="n">
-        <v>0.3935</v>
+        <v>0.0664</v>
       </c>
     </row>
     <row r="10">
       <c r="K10" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>Sovereign</t>
         </is>
       </c>
       <c r="L10" s="6" t="n">
-        <v>0.09569999999999999</v>
+        <v>0.0663</v>
       </c>
     </row>
     <row r="11">
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>Commercial Papers</t>
         </is>
       </c>
       <c r="K11" s="1" t="inlineStr">
         <is>
-          <t>Sovereign</t>
+          <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L11" s="6" t="n">
-        <v>0.0743</v>
+        <v>0.8673</v>
       </c>
     </row>
     <row r="12">
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
-      </c>
-[...6 lines deleted...]
-        <v>0.4365</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="n">
         <v>2</v>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Export-Import Bank of India</t>
+          <t>Barclays Invest &amp; Loans India Limited</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>INE514E14SJ0</t>
+          <t>INE704I14KH9</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E13" s="11" t="n">
-        <v>6500</v>
+        <v>1500</v>
       </c>
       <c r="F13" s="5" t="n">
-        <v>32495.06</v>
+        <v>7500</v>
       </c>
       <c r="G13" s="6" t="n">
-        <v>0.1383</v>
+        <v>0.0284</v>
       </c>
       <c r="H13" s="7" t="n">
-        <v>45978</v>
+        <v>45992</v>
       </c>
       <c r="J13" s="5" t="n">
-        <v>5.5488</v>
+        <v>5.7454</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="n">
         <v>3</v>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>PNB Housing Finance Limited</t>
+          <t>Indian Oil Corporation Limited</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>INE572E14JZ3</t>
+          <t>INE242A14YH8</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E14" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F14" s="5" t="n">
         <v>5000</v>
       </c>
-      <c r="F14" s="5" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G14" s="6" t="n">
-        <v>0.1064</v>
+        <v>0.019</v>
       </c>
       <c r="H14" s="7" t="n">
-        <v>45978</v>
+        <v>45992</v>
       </c>
       <c r="J14" s="5" t="n">
-        <v>5.5854</v>
+        <v>5.5668</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="1" t="n">
+      <c r="A15" s="8" t="n"/>
+      <c r="B15" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C15" s="8" t="n"/>
+      <c r="D15" s="8" t="n"/>
+      <c r="E15" s="8" t="n"/>
+      <c r="F15" s="9" t="n">
+        <v>12500</v>
+      </c>
+      <c r="G15" s="10" t="n">
+        <v>0.0474</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="B17" s="3" t="inlineStr">
+        <is>
+          <t>Treasury Bill</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
         <v>4</v>
       </c>
-      <c r="B15" s="1" t="inlineStr">
-[...31 lines deleted...]
-      <c r="A16" s="1" t="n">
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>IN002024Z347</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E18" s="11" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F18" s="5" t="n">
+        <v>4997.82</v>
+      </c>
+      <c r="G18" s="6" t="n">
+        <v>0.019</v>
+      </c>
+      <c r="H18" s="7" t="n">
+        <v>45995</v>
+      </c>
+      <c r="J18" s="5" t="n">
+        <v>5.2948</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
         <v>5</v>
       </c>
-      <c r="B16" s="1" t="inlineStr">
-[...31 lines deleted...]
-      <c r="A17" s="1" t="n">
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>91 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>IN002025X240</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E19" s="11" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F19" s="5" t="n">
+        <v>4992.82</v>
+      </c>
+      <c r="G19" s="6" t="n">
+        <v>0.0189</v>
+      </c>
+      <c r="H19" s="7" t="n">
+        <v>46002</v>
+      </c>
+      <c r="J19" s="5" t="n">
+        <v>5.2508</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
         <v>6</v>
       </c>
-      <c r="B17" s="1" t="inlineStr">
-[...51 lines deleted...]
-        </is>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>182 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>IN002025Y131</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E20" s="11" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F20" s="5" t="n">
+        <v>4982.86</v>
+      </c>
+      <c r="G20" s="6" t="n">
+        <v>0.0189</v>
+      </c>
+      <c r="H20" s="7" t="n">
+        <v>46016</v>
+      </c>
+      <c r="J20" s="5" t="n">
+        <v>5.2298</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="n">
         <v>7</v>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>364 DAYS T-BILL 2025</t>
+          <t>91 DAYS T-BILL 2025</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>IN002024Z347</t>
+          <t>IN002025X257</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E21" s="11" t="n">
-        <v>5000000</v>
+        <v>2500000</v>
       </c>
       <c r="F21" s="5" t="n">
-        <v>4986.96</v>
+        <v>2493.87</v>
       </c>
       <c r="G21" s="6" t="n">
-        <v>0.0212</v>
+        <v>0.0095</v>
       </c>
       <c r="H21" s="7" t="n">
-        <v>45995</v>
+        <v>46009</v>
       </c>
       <c r="J21" s="5" t="n">
-        <v>5.3002</v>
+        <v>5.2797</v>
       </c>
     </row>
     <row r="22">
-      <c r="A22" s="1" t="n">
-[...65 lines deleted...]
-        <v>5.3059</v>
+      <c r="A22" s="8" t="n"/>
+      <c r="B22" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C22" s="8" t="n"/>
+      <c r="D22" s="8" t="n"/>
+      <c r="E22" s="8" t="n"/>
+      <c r="F22" s="9" t="n">
+        <v>17467.37</v>
+      </c>
+      <c r="G22" s="10" t="n">
+        <v>0.0663</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="n">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>182 DAYS T-BILL 2025</t>
-[...13 lines deleted...]
-        <v>2000000</v>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
       </c>
       <c r="F24" s="5" t="n">
-        <v>1996.81</v>
+        <v>228131.51</v>
       </c>
       <c r="G24" s="6" t="n">
-        <v>0.008500000000000001</v>
+        <v>0.8651</v>
       </c>
       <c r="H24" s="7" t="n">
-        <v>45988</v>
-[...2 lines deleted...]
-        <v>5.3059</v>
+        <v>45992</v>
       </c>
     </row>
     <row r="25">
-      <c r="A25" s="1" t="n">
-[...35 lines deleted...]
-      <c r="B26" s="8" t="inlineStr">
+      <c r="A25" s="8" t="n"/>
+      <c r="B25" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C26" s="8" t="n"/>
-[...6 lines deleted...]
-        <v>0.0743</v>
+      <c r="C25" s="8" t="n"/>
+      <c r="D25" s="8" t="n"/>
+      <c r="E25" s="8" t="n"/>
+      <c r="F25" s="9" t="n">
+        <v>228131.51</v>
+      </c>
+      <c r="G25" s="10" t="n">
+        <v>0.8651</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="B27" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
       </c>
     </row>
     <row r="28">
-      <c r="A28" s="1" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E28" s="11" t="n"/>
       <c r="F28" s="5" t="n">
-        <v>102001.42</v>
+        <v>605.91</v>
       </c>
       <c r="G28" s="6" t="n">
-        <v>0.434</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.0022</v>
+      </c>
+      <c r="J28" s="5" t="n"/>
     </row>
     <row r="29">
       <c r="A29" s="8" t="n"/>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C29" s="8" t="n"/>
       <c r="D29" s="8" t="n"/>
       <c r="E29" s="8" t="n"/>
       <c r="F29" s="9" t="n">
-        <v>102001.42</v>
+        <v>605.91</v>
       </c>
       <c r="G29" s="10" t="n">
-        <v>0.434</v>
+        <v>0.0022</v>
       </c>
     </row>
     <row r="31">
-      <c r="B31" s="3" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A31" s="4" t="n"/>
+      <c r="B31" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C31" s="4" t="n"/>
+      <c r="D31" s="4" t="n"/>
+      <c r="E31" s="4" t="n"/>
+      <c r="F31" s="12" t="n">
+        <v>263704.79</v>
+      </c>
+      <c r="G31" s="13" t="n">
+        <v>1</v>
       </c>
     </row>
     <row r="32">
-      <c r="B32" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="J32" s="5" t="n"/>
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
     </row>
     <row r="33">
-      <c r="A33" s="8" t="n"/>
-[...28 lines deleted...]
-      <c r="G35" s="13" t="n">
+      <c r="A33" s="15" t="n">
         <v>1</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="B37" s="14" t="inlineStr">
+      <c r="B33" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="38" ht="27" customHeight="1" s="72">
-[...10 lines deleted...]
-      <c r="B42" s="69" t="inlineStr">
+    <row r="35" ht="14.5" customHeight="1" s="73">
+      <c r="B35" s="69" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="56" ht="14.5" customHeight="1" s="72">
-      <c r="B56" s="69" t="inlineStr">
+    <row r="48" ht="14.5" customHeight="1" s="73">
+      <c r="B48" s="69" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Liquid Overnight Index</t>
         </is>
       </c>
     </row>
-    <row r="71">
-[...1 lines deleted...]
-      <c r="C71" s="17" t="inlineStr">
+    <row r="61">
+      <c r="B61" s="16" t="n"/>
+      <c r="C61" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="72">
-      <c r="B72" s="15" t="inlineStr">
+    <row r="62">
+      <c r="B62" s="16" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C72" s="17" t="inlineStr">
+      <c r="C62" s="18" t="inlineStr">
         <is>
           <t>DSP Overnight Fund</t>
         </is>
       </c>
     </row>
-    <row r="73">
-      <c r="B73" s="15" t="inlineStr">
+    <row r="63">
+      <c r="B63" s="16" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C73" s="18" t="n"/>
-[...2 lines deleted...]
-      <c r="B74" s="15" t="inlineStr">
+      <c r="C63" s="19" t="n"/>
+    </row>
+    <row r="64">
+      <c r="B64" s="16" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C74" s="19" t="n">
-[...4 lines deleted...]
-      <c r="B75" s="15" t="inlineStr">
+      <c r="C64" s="20" t="n">
+        <v>0.0558</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="B65" s="16" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C75" s="18" t="n">
+      <c r="C65" s="104" t="n">
         <v>0</v>
       </c>
     </row>
-    <row r="76">
-      <c r="B76" s="15" t="inlineStr">
+    <row r="66">
+      <c r="B66" s="16" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C76" s="18" t="n">
+      <c r="C66" s="19" t="n">
         <v>0.01</v>
       </c>
     </row>
-    <row r="77">
-      <c r="B77" s="15" t="inlineStr">
+    <row r="67">
+      <c r="B67" s="16" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C77" s="20" t="n">
-[...4 lines deleted...]
-      <c r="B78" s="16" t="inlineStr">
+      <c r="C67" s="21" t="n">
+        <v>45991</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="B68" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C78" s="17" t="n"/>
+      <c r="C68" s="18" t="n"/>
+    </row>
+    <row r="70" ht="14.5" customHeight="1" s="73">
+      <c r="B70" s="71" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Koushik Chowdhury</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>