--- v3 (2025-12-11)
+++ v4 (2026-01-01)
@@ -1,74 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="922" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="993" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="OVERNIGHT" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="3">
+  <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
-    <numFmt numFmtId="166" formatCode="0.000"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="23">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -77,57 +82,57 @@
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
@@ -144,50 +149,56 @@
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -331,333 +342,319 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="106">
+  <cellXfs count="102">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...13 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...22 lines deleted...]
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -713,109 +710,109 @@
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
       <row>36</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
       <row>45</row>
-      <rowOff>31750</rowOff>
+      <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="6940550"/>
+          <a:off x="457200" y="6597650"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>49</row>
+      <row>48</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>58</row>
-      <rowOff>31750</rowOff>
+      <row>57</row>
+      <rowOff>31751</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="9353550"/>
+          <a:off x="457200" y="9010650"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1057,708 +1054,724 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L70"/>
+  <dimension ref="A1:L69"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="92" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="92" min="2" max="2"/>
+    <col width="18.81640625" bestFit="1" customWidth="1" style="92" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="92" min="4" max="4"/>
+    <col width="10.81640625" bestFit="1" customWidth="1" style="92" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="92" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="92" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="92" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="92" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="92" min="10" max="10"/>
+    <col width="15.81640625" bestFit="1" customWidth="1" style="92" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="92" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="92" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="73">
-[...1 lines deleted...]
-      <c r="B1" s="72" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="68">
+      <c r="A1" s="67" t="n"/>
+      <c r="B1" s="67" t="inlineStr">
         <is>
           <t>DSP Overnight Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on November 30, 2025</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Certificate of Deposit</t>
+      <c r="B7" s="4" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="1" t="n">
+      <c r="B8" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+      <c r="K8" s="4" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="4" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="92" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D8" s="1" t="inlineStr">
+      <c r="B9" s="92" t="inlineStr">
+        <is>
+          <t>Godrej Consumer Products Limited</t>
+        </is>
+      </c>
+      <c r="C9" s="92" t="inlineStr">
+        <is>
+          <t>INE102D14BI4</t>
+        </is>
+      </c>
+      <c r="D9" s="92" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
-      <c r="E8" s="11" t="n">
+      <c r="E9" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>20000</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.0766</v>
+      </c>
+      <c r="H9" s="8" t="n">
+        <v>46007</v>
+      </c>
+      <c r="J9" s="6" t="n">
+        <v>5.2933</v>
+      </c>
+      <c r="K9" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L9" s="7" t="n">
+        <v>0.249</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="92" t="n">
+        <v>2</v>
+      </c>
+      <c r="B10" s="92" t="inlineStr">
+        <is>
+          <t>Kotak Securities Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="92" t="inlineStr">
+        <is>
+          <t>INE028E14SV6</t>
+        </is>
+      </c>
+      <c r="D10" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E10" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>20000</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0766</v>
+      </c>
+      <c r="H10" s="8" t="n">
+        <v>46007</v>
+      </c>
+      <c r="J10" s="6" t="n">
+        <v>5.2933</v>
+      </c>
+      <c r="K10" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L10" s="7" t="n">
+        <v>0.065</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="92" t="n">
+        <v>3</v>
+      </c>
+      <c r="B11" s="92" t="inlineStr">
+        <is>
+          <t>Bajaj Financial Securities Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="92" t="inlineStr">
+        <is>
+          <t>INE01C314CT1</t>
+        </is>
+      </c>
+      <c r="D11" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E11" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>20000</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0766</v>
+      </c>
+      <c r="H11" s="8" t="n">
+        <v>46007</v>
+      </c>
+      <c r="J11" s="6" t="n">
+        <v>5.2933</v>
+      </c>
+      <c r="K11" s="92" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.6860000000000001</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="92" t="n">
+        <v>4</v>
+      </c>
+      <c r="B12" s="92" t="inlineStr">
+        <is>
+          <t>Redington Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="92" t="inlineStr">
+        <is>
+          <t>INE891D14A87</t>
+        </is>
+      </c>
+      <c r="D12" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E12" s="12" t="n">
         <v>1000</v>
       </c>
-      <c r="F8" s="5" t="n">
+      <c r="F12" s="6" t="n">
         <v>5000</v>
       </c>
-      <c r="G8" s="6" t="n">
-[...21 lines deleted...]
-      <c r="B9" s="8" t="inlineStr">
+      <c r="G12" s="7" t="n">
+        <v>0.0192</v>
+      </c>
+      <c r="H12" s="8" t="n">
+        <v>46007</v>
+      </c>
+      <c r="J12" s="6" t="n">
+        <v>5.3663</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="9" t="n"/>
+      <c r="B13" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C9" s="8" t="n"/>
-[...18 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+      <c r="C13" s="9" t="n"/>
+      <c r="D13" s="9" t="n"/>
+      <c r="E13" s="9" t="n"/>
+      <c r="F13" s="10" t="n">
+        <v>65000</v>
+      </c>
+      <c r="G13" s="11" t="n">
+        <v>0.249</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="B15" s="4" t="inlineStr">
+        <is>
+          <t>Treasury Bill</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="92" t="n">
+        <v>5</v>
+      </c>
+      <c r="B16" s="92" t="inlineStr">
+        <is>
+          <t>91 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C16" s="92" t="inlineStr">
+        <is>
+          <t>IN002025X257</t>
+        </is>
+      </c>
+      <c r="D16" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L10" s="6" t="n">
-[...26 lines deleted...]
-      <c r="A13" s="1" t="n">
+      <c r="E16" s="12" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>4998.54</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0192</v>
+      </c>
+      <c r="H16" s="8" t="n">
+        <v>46009</v>
+      </c>
+      <c r="J16" s="6" t="n">
+        <v>5.3488</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="92" t="n">
+        <v>6</v>
+      </c>
+      <c r="B17" s="92" t="inlineStr">
+        <is>
+          <t>182 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C17" s="92" t="inlineStr">
+        <is>
+          <t>IN002025Y131</t>
+        </is>
+      </c>
+      <c r="D17" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E17" s="12" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>4993.5</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0191</v>
+      </c>
+      <c r="H17" s="8" t="n">
+        <v>46016</v>
+      </c>
+      <c r="J17" s="6" t="n">
+        <v>5.2771</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="92" t="n">
+        <v>7</v>
+      </c>
+      <c r="B18" s="92" t="inlineStr">
+        <is>
+          <t>91 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C18" s="92" t="inlineStr">
+        <is>
+          <t>IN002025X281</t>
+        </is>
+      </c>
+      <c r="D18" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E18" s="12" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>4983.52</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0191</v>
+      </c>
+      <c r="H18" s="8" t="n">
+        <v>46030</v>
+      </c>
+      <c r="J18" s="6" t="n">
+        <v>5.2495</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="92" t="n">
+        <v>8</v>
+      </c>
+      <c r="B19" s="92" t="inlineStr">
+        <is>
+          <t>91 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C19" s="92" t="inlineStr">
+        <is>
+          <t>IN002025X273</t>
+        </is>
+      </c>
+      <c r="D19" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E19" s="12" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>1995.18</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0076</v>
+      </c>
+      <c r="H19" s="8" t="n">
+        <v>46024</v>
+      </c>
+      <c r="J19" s="6" t="n">
+        <v>5.1923</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="9" t="n"/>
+      <c r="B20" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C20" s="9" t="n"/>
+      <c r="D20" s="9" t="n"/>
+      <c r="E20" s="9" t="n"/>
+      <c r="F20" s="10" t="n">
+        <v>16970.74</v>
+      </c>
+      <c r="G20" s="11" t="n">
+        <v>0.065</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="92" t="n">
+        <v>9</v>
+      </c>
+      <c r="B22" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>179583.25</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.6881</v>
+      </c>
+      <c r="H22" s="8" t="n">
+        <v>46007</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="9" t="n"/>
+      <c r="B23" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C23" s="9" t="n"/>
+      <c r="D23" s="9" t="n"/>
+      <c r="E23" s="9" t="n"/>
+      <c r="F23" s="10" t="n">
+        <v>179583.25</v>
+      </c>
+      <c r="G23" s="11" t="n">
+        <v>0.6881</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="B25" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="B26" s="92" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E26" s="12" t="n"/>
+      <c r="F26" s="6" t="n">
+        <v>-566.4</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>-0.0021</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+    </row>
+    <row r="27">
+      <c r="A27" s="9" t="n"/>
+      <c r="B27" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C27" s="9" t="n"/>
+      <c r="D27" s="9" t="n"/>
+      <c r="E27" s="9" t="n"/>
+      <c r="F27" s="10" t="n">
+        <v>-566.4</v>
+      </c>
+      <c r="G27" s="11" t="n">
+        <v>-0.0021</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="5" t="n"/>
+      <c r="B29" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C29" s="5" t="n"/>
+      <c r="D29" s="5" t="n"/>
+      <c r="E29" s="5" t="n"/>
+      <c r="F29" s="13" t="n">
+        <v>260987.59</v>
+      </c>
+      <c r="G29" s="14" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="92" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="15" t="n">
+        <v>1</v>
+      </c>
+      <c r="B31" s="15" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" ht="27" customHeight="1" s="68">
+      <c r="A32" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
-[...356 lines deleted...]
-      <c r="B35" s="69" t="inlineStr">
+      <c r="B32" s="15" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" ht="14.5" customHeight="1" s="68">
+      <c r="B35" s="91" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="48" ht="14.5" customHeight="1" s="73">
-      <c r="B48" s="69" t="inlineStr">
+    <row r="47" ht="14.5" customHeight="1" s="68">
+      <c r="B47" s="91" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Liquid Overnight Index</t>
         </is>
       </c>
     </row>
-    <row r="61">
-[...1 lines deleted...]
-      <c r="C61" s="18" t="inlineStr">
+    <row r="62">
+      <c r="B62" s="16" t="n"/>
+      <c r="C62" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
-        </is>
-[...10 lines deleted...]
-          <t>DSP Overnight Fund</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="B63" s="16" t="inlineStr">
         <is>
-          <t>Description (if any)</t>
-[...2 lines deleted...]
-      <c r="C63" s="19" t="n"/>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C63" s="18" t="inlineStr">
+        <is>
+          <t>DSP Overnight Fund</t>
+        </is>
+      </c>
     </row>
     <row r="64">
       <c r="B64" s="16" t="inlineStr">
         <is>
-          <t>Annualised Portfolio YTM*:</t>
-[...4 lines deleted...]
-      </c>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C64" s="19" t="n"/>
     </row>
     <row r="65">
       <c r="B65" s="16" t="inlineStr">
         <is>
-          <t>Macaulay Duration</t>
-[...3 lines deleted...]
-        <v>0</v>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C65" s="20" t="n">
+        <v>0.053</v>
       </c>
     </row>
     <row r="66">
       <c r="B66" s="16" t="inlineStr">
         <is>
-          <t>Residual Maturity</t>
-[...3 lines deleted...]
-        <v>0.01</v>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C66" s="99" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="67">
       <c r="B67" s="16" t="inlineStr">
         <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C67" s="99" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="B68" s="16" t="inlineStr">
+        <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C67" s="21" t="n">
-[...4 lines deleted...]
-      <c r="B68" s="17" t="inlineStr">
+      <c r="C68" s="21" t="n">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="B69" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C68" s="18" t="n"/>
-[...2 lines deleted...]
-      <c r="B70" s="71" t="n"/>
+      <c r="C69" s="18" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>