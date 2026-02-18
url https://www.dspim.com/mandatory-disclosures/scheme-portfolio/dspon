--- v4 (2026-01-01)
+++ v5 (2026-02-18)
@@ -1,79 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr/>
+  <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="993" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="14880" tabRatio="917" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="OVERNIGHT" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="23">
+  <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -136,58 +130,50 @@
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
-    </font>
-[...6 lines deleted...]
-      <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -342,319 +328,340 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="102">
+  <cellXfs count="107">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...5 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...59 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
-    </xf>
-[...52 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -703,117 +710,117 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>36</row>
+      <row>50</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>45</row>
-      <rowOff>31749</rowOff>
+      <row>59</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="2" name="Picture 1"/>
+        <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="6597650"/>
+          <a:off x="457200" y="9182100"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
-      <col>1</col>
-[...2 lines deleted...]
-      <rowOff>0</rowOff>
+      <col>0</col>
+      <colOff>392206</colOff>
+      <row>36</row>
+      <rowOff>179294</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2374900</colOff>
-[...1 lines deleted...]
-      <rowOff>31751</rowOff>
+      <colOff>2330077</colOff>
+      <row>46</row>
+      <rowOff>20544</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="3" name="Picture 2"/>
+        <cNvPr id="4" name="Picture 3"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="9010650"/>
-          <a:ext cx="2374900" cy="1574800"/>
+          <a:off x="392206" y="7104529"/>
+          <a:ext cx="2374900" cy="1746250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1050,728 +1057,752 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr>
+  <sheetPr codeName="Sheet16">
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:L69"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7109375" defaultRowHeight="15"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="92" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="92" min="13" max="16384"/>
+    <col width="6.5703125" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="42.28515625" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="18.85546875" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="14.140625" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="10.85546875" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.85546875" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.5703125" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.5703125" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="15.85546875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.5703125" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7109375" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="68">
-[...1 lines deleted...]
-      <c r="B1" s="67" t="inlineStr">
+    <row r="1" ht="18.75" customHeight="1" s="83">
+      <c r="A1" s="82" t="n"/>
+      <c r="B1" s="82" t="inlineStr">
         <is>
           <t>DSP Overnight Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 15, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on January 31, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Indian Bank</t>
+        </is>
+      </c>
+      <c r="C8" s="1" t="inlineStr">
+        <is>
+          <t>INE562A16PS9</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E8" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F8" s="5" t="n">
+        <v>9998.51</v>
+      </c>
+      <c r="G8" s="6" t="n">
+        <v>0.0384</v>
+      </c>
+      <c r="H8" s="7" t="n">
+        <v>46055</v>
+      </c>
+      <c r="J8" s="5" t="n">
+        <v>5.4393</v>
+      </c>
+      <c r="K8" s="3" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="3" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Union Bank of India</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>INE692A16KD7</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E9" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F9" s="5" t="n">
+        <v>9998.49</v>
+      </c>
+      <c r="G9" s="6" t="n">
+        <v>0.0384</v>
+      </c>
+      <c r="H9" s="7" t="n">
+        <v>46055</v>
+      </c>
+      <c r="J9" s="5" t="n">
+        <v>5.5123</v>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L9" s="6" t="n">
+        <v>0.2497</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="8" t="n"/>
+      <c r="B10" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C10" s="8" t="n"/>
+      <c r="D10" s="8" t="n"/>
+      <c r="E10" s="8" t="n"/>
+      <c r="F10" s="9" t="n">
+        <v>19997</v>
+      </c>
+      <c r="G10" s="10" t="n">
+        <v>0.07679999999999999</v>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L10" s="6" t="n">
+        <v>0.0422</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="L11" s="6" t="n">
+        <v>0.0384</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="B12" s="3" t="inlineStr">
         <is>
           <t>Commercial Papers</t>
         </is>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B8" s="4" t="inlineStr">
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L12" s="6" t="n">
+        <v>0.6697</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K8" s="4" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A9" s="92" t="n">
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Hero Fincorp Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE957N14JF9</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E14" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F14" s="5" t="n">
+        <v>24996.1</v>
+      </c>
+      <c r="G14" s="6" t="n">
+        <v>0.0961</v>
+      </c>
+      <c r="H14" s="7" t="n">
+        <v>46055</v>
+      </c>
+      <c r="J14" s="5" t="n">
+        <v>5.6949</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE338I14LF8</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E15" s="11" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F15" s="5" t="n">
+        <v>19996.86</v>
+      </c>
+      <c r="G15" s="6" t="n">
+        <v>0.07679999999999999</v>
+      </c>
+      <c r="H15" s="7" t="n">
+        <v>46055</v>
+      </c>
+      <c r="J15" s="5" t="n">
+        <v>5.7314</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Credila Financial Services Private Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE539K14BV5</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E16" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F16" s="5" t="n">
+        <v>9998.440000000001</v>
+      </c>
+      <c r="G16" s="6" t="n">
+        <v>0.0384</v>
+      </c>
+      <c r="H16" s="7" t="n">
+        <v>46055</v>
+      </c>
+      <c r="J16" s="5" t="n">
+        <v>5.6949</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="8" t="n"/>
+      <c r="B17" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C17" s="8" t="n"/>
+      <c r="D17" s="8" t="n"/>
+      <c r="E17" s="8" t="n"/>
+      <c r="F17" s="9" t="n">
+        <v>54991.4</v>
+      </c>
+      <c r="G17" s="10" t="n">
+        <v>0.2113</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="B19" s="3" t="inlineStr">
+        <is>
+          <t>Treasury Bill</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>IN002024Z446</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E20" s="11" t="n">
+        <v>4500000</v>
+      </c>
+      <c r="F20" s="5" t="n">
+        <v>4493.09</v>
+      </c>
+      <c r="G20" s="6" t="n">
+        <v>0.0173</v>
+      </c>
+      <c r="H20" s="7" t="n">
+        <v>46065</v>
+      </c>
+      <c r="J20" s="5" t="n">
+        <v>5.1012</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>IN002024Z453</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E21" s="11" t="n">
+        <v>3500000</v>
+      </c>
+      <c r="F21" s="5" t="n">
+        <v>3490.73</v>
+      </c>
+      <c r="G21" s="6" t="n">
+        <v>0.0134</v>
+      </c>
+      <c r="H21" s="7" t="n">
+        <v>46073</v>
+      </c>
+      <c r="J21" s="5" t="n">
+        <v>5.1005</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>182 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>IN002025Y198</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E22" s="11" t="n">
+        <v>3000000</v>
+      </c>
+      <c r="F22" s="5" t="n">
+        <v>2998.33</v>
+      </c>
+      <c r="G22" s="6" t="n">
+        <v>0.0115</v>
+      </c>
+      <c r="H22" s="7" t="n">
+        <v>46058</v>
+      </c>
+      <c r="J22" s="5" t="n">
+        <v>5.0763</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="8" t="n"/>
+      <c r="B23" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C23" s="8" t="n"/>
+      <c r="D23" s="8" t="n"/>
+      <c r="E23" s="8" t="n"/>
+      <c r="F23" s="9" t="n">
+        <v>10982.15</v>
+      </c>
+      <c r="G23" s="10" t="n">
+        <v>0.0422</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B25" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F25" s="5" t="n">
+        <v>177193.43</v>
+      </c>
+      <c r="G25" s="6" t="n">
+        <v>0.6808999999999999</v>
+      </c>
+      <c r="H25" s="7" t="n">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="8" t="n"/>
+      <c r="B26" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C26" s="8" t="n"/>
+      <c r="D26" s="8" t="n"/>
+      <c r="E26" s="8" t="n"/>
+      <c r="F26" s="9" t="n">
+        <v>177193.43</v>
+      </c>
+      <c r="G26" s="10" t="n">
+        <v>0.6808999999999999</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="B28" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E29" s="11" t="n"/>
+      <c r="F29" s="5" t="n">
+        <v>-2943.52</v>
+      </c>
+      <c r="G29" s="6" t="n">
+        <v>-0.0112</v>
+      </c>
+      <c r="J29" s="5" t="n"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="8" t="n"/>
+      <c r="B30" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C30" s="8" t="n"/>
+      <c r="D30" s="8" t="n"/>
+      <c r="E30" s="8" t="n"/>
+      <c r="F30" s="9" t="n">
+        <v>-2943.52</v>
+      </c>
+      <c r="G30" s="10" t="n">
+        <v>-0.0112</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="4" t="n"/>
+      <c r="B32" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C32" s="4" t="n"/>
+      <c r="D32" s="4" t="n"/>
+      <c r="E32" s="4" t="n"/>
+      <c r="F32" s="12" t="n">
+        <v>260220.46</v>
+      </c>
+      <c r="G32" s="13" t="n">
         <v>1</v>
       </c>
-      <c r="B9" s="92" t="inlineStr">
-[...428 lines deleted...]
-      <c r="G29" s="14" t="n">
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="14" t="n">
         <v>1</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="B31" s="15" t="inlineStr">
+      <c r="B34" s="14" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="32" ht="27" customHeight="1" s="68">
-[...10 lines deleted...]
-      <c r="B35" s="91" t="inlineStr">
+    <row r="36" ht="16.5" customHeight="1" s="83">
+      <c r="B36" s="75" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="47" ht="14.5" customHeight="1" s="68">
-      <c r="B47" s="91" t="inlineStr">
+    <row r="49" ht="16.5" customHeight="1" s="83">
+      <c r="B49" s="75" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Liquid Overnight Index</t>
         </is>
       </c>
     </row>
     <row r="62">
-      <c r="B62" s="16" t="n"/>
-      <c r="C62" s="18" t="inlineStr">
+      <c r="B62" s="15" t="n"/>
+      <c r="C62" s="17" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
     <row r="63">
-      <c r="B63" s="16" t="inlineStr">
+      <c r="B63" s="15" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C63" s="18" t="inlineStr">
+      <c r="C63" s="17" t="inlineStr">
         <is>
           <t>DSP Overnight Fund</t>
         </is>
       </c>
     </row>
     <row r="64">
-      <c r="B64" s="16" t="inlineStr">
+      <c r="B64" s="15" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C64" s="19" t="n"/>
+      <c r="C64" s="18" t="n"/>
     </row>
     <row r="65">
-      <c r="B65" s="16" t="inlineStr">
+      <c r="B65" s="15" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C65" s="20" t="n">
-        <v>0.053</v>
+      <c r="C65" s="19" t="n">
+        <v>0.0545</v>
       </c>
     </row>
     <row r="66">
-      <c r="B66" s="16" t="inlineStr">
+      <c r="B66" s="15" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C66" s="99" t="n">
+      <c r="C66" s="80" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="67">
-      <c r="B67" s="16" t="inlineStr">
+      <c r="B67" s="15" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C67" s="99" t="n">
-        <v>0</v>
+      <c r="C67" s="18" t="n">
+        <v>0.01</v>
       </c>
     </row>
     <row r="68">
-      <c r="B68" s="16" t="inlineStr">
+      <c r="B68" s="15" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C68" s="21" t="n">
-        <v>46006</v>
+      <c r="C68" s="20" t="n">
+        <v>46053</v>
       </c>
     </row>
     <row r="69">
-      <c r="B69" s="17" t="inlineStr">
+      <c r="B69" s="16" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C69" s="18" t="n"/>
+      <c r="C69" s="17" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>