--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1,73 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="965" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="997" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="BSE Liquid Rate ETF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="19">
+  <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -82,111 +88,118 @@
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
-      <color rgb="FF000000"/>
-[...11 lines deleted...]
-      <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -316,328 +329,332 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="103">
+  <cellXfs count="107">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...45 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
-    </xf>
-[...72 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -686,116 +703,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>25</row>
+      <row>26</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>2</col>
-      <colOff>146050</colOff>
-[...1 lines deleted...]
-      <rowOff>31750</rowOff>
+      <colOff>196850</colOff>
+      <row>35</row>
+      <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="4368800"/>
+          <a:off x="457200" y="4197350"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>38</row>
+      <row>40</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>2</col>
-      <colOff>146050</colOff>
-      <row>47</row>
+      <colOff>196850</colOff>
+      <row>49</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="6781800"/>
+          <a:off x="457200" y="6610350"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1037,422 +1054,416 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L59"/>
+  <dimension ref="A1:L61"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="31.1796875" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="21.81640625" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="14.54296875" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="15.81640625" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="75">
-[...1 lines deleted...]
-      <c r="B1" s="74" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="74">
+      <c r="A1" s="73" t="n"/>
+      <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP BSE Liquid Rate ETF</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on September 30, 2025</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on October 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="A7" s="1" t="n">
+      <c r="A7" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F7" s="5" t="n">
-[...2 lines deleted...]
-      <c r="G7" s="6" t="n">
+      <c r="F7" s="6" t="n">
+        <v>230570.57</v>
+      </c>
+      <c r="G7" s="7" t="n">
         <v>0.9942</v>
       </c>
-      <c r="H7" s="7" t="n">
-        <v>45931</v>
+      <c r="H7" s="8" t="n">
+        <v>45946</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="8" t="n"/>
-      <c r="B8" s="8" t="inlineStr">
+      <c r="A8" s="9" t="n"/>
+      <c r="B8" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C8" s="8" t="n"/>
-[...5 lines deleted...]
-      <c r="G8" s="10" t="n">
+      <c r="C8" s="9" t="n"/>
+      <c r="D8" s="9" t="n"/>
+      <c r="E8" s="9" t="n"/>
+      <c r="F8" s="10" t="n">
+        <v>230570.57</v>
+      </c>
+      <c r="G8" s="11" t="n">
         <v>0.9942</v>
       </c>
-      <c r="K8" s="3" t="inlineStr">
+      <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K9" s="2" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L9" s="6" t="n">
+      <c r="L9" s="7" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="10">
-      <c r="B10" s="3" t="inlineStr">
+      <c r="B10" s="4" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="11">
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E11" s="11" t="n"/>
-[...3 lines deleted...]
-      <c r="G11" s="6" t="n">
+      <c r="E11" s="12" t="n"/>
+      <c r="F11" s="6" t="n">
+        <v>1349.93</v>
+      </c>
+      <c r="G11" s="7" t="n">
         <v>0.0058</v>
       </c>
-      <c r="J11" s="5" t="n"/>
+      <c r="J11" s="6" t="n"/>
     </row>
     <row r="12">
-      <c r="A12" s="8" t="n"/>
-      <c r="B12" s="8" t="inlineStr">
+      <c r="A12" s="9" t="n"/>
+      <c r="B12" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C12" s="8" t="n"/>
-[...5 lines deleted...]
-      <c r="G12" s="10" t="n">
+      <c r="C12" s="9" t="n"/>
+      <c r="D12" s="9" t="n"/>
+      <c r="E12" s="9" t="n"/>
+      <c r="F12" s="10" t="n">
+        <v>1349.93</v>
+      </c>
+      <c r="G12" s="11" t="n">
         <v>0.0058</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="4" t="n"/>
-      <c r="B14" s="4" t="inlineStr">
+      <c r="A14" s="5" t="n"/>
+      <c r="B14" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C14" s="4" t="n"/>
-[...5 lines deleted...]
-      <c r="G14" s="13" t="n">
+      <c r="C14" s="5" t="n"/>
+      <c r="D14" s="5" t="n"/>
+      <c r="E14" s="5" t="n"/>
+      <c r="F14" s="13" t="n">
+        <v>231920.5</v>
+      </c>
+      <c r="G14" s="14" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="1" t="inlineStr">
+      <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="16" ht="27" customHeight="1" s="75">
-      <c r="A16" s="14" t="n">
+    <row r="16">
+      <c r="A16" s="15" t="n">
         <v>1</v>
       </c>
-      <c r="B16" s="14" t="inlineStr">
+      <c r="B16" s="99" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="17" ht="31.5" customHeight="1" s="75">
-      <c r="A17" s="14" t="n">
+    <row r="17">
+      <c r="A17" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B17" s="101" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A18" s="14" t="n">
+      <c r="B17" s="99" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the day of the Portfolio</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" ht="52.5" customHeight="1" s="74">
+      <c r="A18" t="n">
         <v>3</v>
       </c>
       <c r="B18" s="100" t="inlineStr">
         <is>
-          <t>As per SEBI circular dated 31st December, 2024  SEBI/HO/IMD/PoD2/P/CIR/2024/183 details of disclosure of "Debt Index Replication Factor (DIRF)"</t>
-[...10 lines deleted...]
-      <c r="B20" s="58" t="inlineStr">
+          <t>As per SEBI circular dated 16th March, 2025  SEBI/HO/IMD/PoD2/P/CIR/2024/183 details of disclosure of "Debt Index Replication Factor (DIRF)"</t>
+        </is>
+      </c>
+    </row>
+    <row r="19" ht="14.5" customHeight="1" s="74">
+      <c r="B19" s="70" t="n"/>
+      <c r="C19" s="71" t="n"/>
+    </row>
+    <row r="20" ht="14.5" customHeight="1" s="74">
+      <c r="B20" s="67" t="inlineStr">
         <is>
           <t>Scheme</t>
         </is>
       </c>
-      <c r="C20" s="58" t="inlineStr">
+      <c r="C20" s="67" t="inlineStr">
         <is>
           <t>DIRF</t>
         </is>
       </c>
     </row>
-    <row r="21" ht="14.5" customHeight="1" s="75">
-      <c r="B21" s="59" t="inlineStr">
+    <row r="21" ht="14.5" customHeight="1" s="74">
+      <c r="B21" s="68" t="inlineStr">
         <is>
           <t>DSP BSE LIQUID RATE ETF</t>
         </is>
       </c>
-      <c r="C21" s="67" t="n">
+      <c r="C21" s="69" t="n">
         <v>0.9942</v>
       </c>
     </row>
-    <row r="24" ht="14.5" customHeight="1" s="75">
-      <c r="B24" s="66" t="inlineStr">
+    <row r="25" ht="14.5" customHeight="1" s="74">
+      <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="37" ht="14.5" customHeight="1" s="75">
-      <c r="B37" s="66" t="inlineStr">
+    <row r="39" ht="14.5" customHeight="1" s="74">
+      <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: BSE Liquid Rate Index</t>
         </is>
       </c>
     </row>
-    <row r="50">
-[...1 lines deleted...]
-      <c r="C50" s="17" t="inlineStr">
+    <row r="54">
+      <c r="B54" s="16" t="n"/>
+      <c r="C54" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="51">
-      <c r="B51" s="15" t="inlineStr">
+    <row r="55">
+      <c r="B55" s="16" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C51" s="17" t="inlineStr">
+      <c r="C55" s="18" t="inlineStr">
         <is>
           <t>DSP BSE Liquid Rate ETF</t>
         </is>
       </c>
     </row>
-    <row r="52">
-      <c r="B52" s="15" t="inlineStr">
+    <row r="56">
+      <c r="B56" s="16" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C52" s="18" t="n"/>
-[...39 lines deleted...]
-      </c>
+      <c r="C56" s="19" t="n"/>
     </row>
     <row r="57">
       <c r="B57" s="16" t="inlineStr">
         <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C57" s="20" t="n">
+        <v>0.0525</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="B58" s="16" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C58" s="95" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="B59" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C59" s="95" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="B60" s="16" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C60" s="21" t="n">
+        <v>45945</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="B61" s="17" t="inlineStr">
+        <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C57" s="17" t="n"/>
-[...2 lines deleted...]
-      <c r="B59" s="71" t="n"/>
+      <c r="C61" s="18" t="n"/>
     </row>
   </sheetData>
-  <mergeCells count="3">
+  <mergeCells count="2">
     <mergeCell ref="B18:C18"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="B17:C17"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>