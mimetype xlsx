--- v1 (2025-10-27)
+++ v2 (2025-11-25)
@@ -1,79 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="997" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="938" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="BSE Liquid Rate ETF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="22">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -157,50 +151,65 @@
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
@@ -329,332 +338,299 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="107">
+  <cellXfs count="96">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...35 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -703,116 +679,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>26</row>
+      <row>25</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>2</col>
-      <colOff>196850</colOff>
-[...1 lines deleted...]
-      <rowOff>31749</rowOff>
+      <colOff>190500</colOff>
+      <row>34</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="4197350"/>
+          <a:off x="457200" y="4368800"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>40</row>
+      <row>39</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>2</col>
-      <colOff>196850</colOff>
-[...1 lines deleted...]
-      <rowOff>31750</rowOff>
+      <colOff>190500</colOff>
+      <row>48</row>
+      <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="6610350"/>
+          <a:off x="457200" y="6781800"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1049,435 +1025,425 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L61"/>
+  <dimension ref="A1:L60"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="31.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="21.81640625" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="12.26953125" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="15.81640625" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="72">
+      <c r="A1" s="71" t="n"/>
+      <c r="B1" s="71" t="inlineStr">
         <is>
           <t>DSP BSE Liquid Rate ETF</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 15, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on November 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="A7" s="2" t="n">
+      <c r="A7" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F7" s="6" t="n">
-[...6 lines deleted...]
-        <v>45946</v>
+      <c r="F7" s="5" t="n">
+        <v>205165.88</v>
+      </c>
+      <c r="G7" s="6" t="n">
+        <v>0.9937</v>
+      </c>
+      <c r="H7" s="7" t="n">
+        <v>45978</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="9" t="n"/>
-      <c r="B8" s="9" t="inlineStr">
+      <c r="A8" s="8" t="n"/>
+      <c r="B8" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C8" s="9" t="n"/>
-[...8 lines deleted...]
-      <c r="K8" s="4" t="inlineStr">
+      <c r="C8" s="8" t="n"/>
+      <c r="D8" s="8" t="n"/>
+      <c r="E8" s="8" t="n"/>
+      <c r="F8" s="9" t="n">
+        <v>205165.88</v>
+      </c>
+      <c r="G8" s="10" t="n">
+        <v>0.9937</v>
+      </c>
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="K9" s="2" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L9" s="7" t="n">
+      <c r="L9" s="6" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="10">
-      <c r="B10" s="4" t="inlineStr">
+      <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="11">
-      <c r="B11" s="2" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E11" s="12" t="n"/>
-[...6 lines deleted...]
-      <c r="J11" s="6" t="n"/>
+      <c r="E11" s="11" t="n"/>
+      <c r="F11" s="5" t="n">
+        <v>1299.49</v>
+      </c>
+      <c r="G11" s="6" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="J11" s="5" t="n"/>
     </row>
     <row r="12">
-      <c r="A12" s="9" t="n"/>
-      <c r="B12" s="9" t="inlineStr">
+      <c r="A12" s="8" t="n"/>
+      <c r="B12" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C12" s="9" t="n"/>
-[...6 lines deleted...]
-        <v>0.0058</v>
+      <c r="C12" s="8" t="n"/>
+      <c r="D12" s="8" t="n"/>
+      <c r="E12" s="8" t="n"/>
+      <c r="F12" s="9" t="n">
+        <v>1299.49</v>
+      </c>
+      <c r="G12" s="10" t="n">
+        <v>0.0063</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="5" t="n"/>
-      <c r="B14" s="5" t="inlineStr">
+      <c r="A14" s="4" t="n"/>
+      <c r="B14" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C14" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G14" s="14" t="n">
+      <c r="C14" s="4" t="n"/>
+      <c r="D14" s="4" t="n"/>
+      <c r="E14" s="4" t="n"/>
+      <c r="F14" s="12" t="n">
+        <v>206465.37</v>
+      </c>
+      <c r="G14" s="13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="2" t="inlineStr">
+      <c r="A15" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="16">
-      <c r="A16" s="15" t="n">
+    <row r="16" ht="27" customHeight="1" s="72">
+      <c r="A16" s="14" t="n">
         <v>1</v>
       </c>
-      <c r="B16" s="99" t="inlineStr">
+      <c r="B16" s="14" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="17">
-      <c r="A17" s="15" t="n">
+    <row r="17" ht="48" customHeight="1" s="72">
+      <c r="A17" t="n">
         <v>2</v>
       </c>
-      <c r="B17" s="99" t="inlineStr">
-[...20 lines deleted...]
-      <c r="B20" s="67" t="inlineStr">
+      <c r="B17" s="87" t="inlineStr">
+        <is>
+          <t>As per SEBI circular dated 31st December, 2024  SEBI/HO/IMD/PoD2/P/CIR/2024/183 details of disclosure of "Debt Index Replication Factor (DIRF)"</t>
+        </is>
+      </c>
+    </row>
+    <row r="18" ht="14.5" customHeight="1" s="72">
+      <c r="B18" s="65" t="n"/>
+      <c r="C18" s="66" t="n"/>
+    </row>
+    <row r="19" ht="14.5" customHeight="1" s="72">
+      <c r="B19" s="62" t="inlineStr">
         <is>
           <t>Scheme</t>
         </is>
       </c>
-      <c r="C20" s="67" t="inlineStr">
+      <c r="C19" s="62" t="inlineStr">
         <is>
           <t>DIRF</t>
         </is>
       </c>
     </row>
-    <row r="21" ht="14.5" customHeight="1" s="74">
-      <c r="B21" s="68" t="inlineStr">
+    <row r="20" ht="14.5" customHeight="1" s="72">
+      <c r="B20" s="63" t="inlineStr">
         <is>
           <t>DSP BSE LIQUID RATE ETF</t>
         </is>
       </c>
-      <c r="C21" s="69" t="n">
-[...4 lines deleted...]
-      <c r="B25" s="1" t="inlineStr">
+      <c r="C20" s="68" t="n">
+        <v>0.9937</v>
+      </c>
+    </row>
+    <row r="24" ht="14.5" customHeight="1" s="72">
+      <c r="B24" s="69" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="39" ht="14.5" customHeight="1" s="74">
-      <c r="B39" s="1" t="inlineStr">
+    <row r="38" ht="14.5" customHeight="1" s="72">
+      <c r="B38" s="69" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: BSE Liquid Rate Index</t>
         </is>
       </c>
     </row>
+    <row r="53">
+      <c r="B53" s="15" t="n"/>
+      <c r="C53" s="17" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
     <row r="54">
-      <c r="B54" s="16" t="n"/>
-[...2 lines deleted...]
-          <t>Portfolio Information</t>
+      <c r="B54" s="15" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C54" s="17" t="inlineStr">
+        <is>
+          <t>DSP BSE Liquid Rate ETF</t>
         </is>
       </c>
     </row>
     <row r="55">
-      <c r="B55" s="16" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="B55" s="15" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C55" s="18" t="n"/>
     </row>
     <row r="56">
-      <c r="B56" s="16" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C56" s="19" t="n"/>
+      <c r="B56" s="15" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C56" s="19" t="n">
+        <v>0.0542</v>
+      </c>
     </row>
     <row r="57">
-      <c r="B57" s="16" t="inlineStr">
-[...5 lines deleted...]
-        <v>0.0525</v>
+      <c r="B57" s="15" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C57" s="89" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="58">
-      <c r="B58" s="16" t="inlineStr">
-[...5 lines deleted...]
-        <v>0</v>
+      <c r="B58" s="15" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C58" s="18" t="n">
+        <v>0.01</v>
       </c>
     </row>
     <row r="59">
-      <c r="B59" s="16" t="inlineStr">
-[...5 lines deleted...]
-        <v>0</v>
+      <c r="B59" s="15" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C59" s="20" t="n">
+        <v>45976</v>
       </c>
     </row>
     <row r="60">
       <c r="B60" s="16" t="inlineStr">
         <is>
-          <t>As on (Date)</t>
-[...8 lines deleted...]
-        <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C61" s="18" t="n"/>
+      <c r="C60" s="17" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="B18:C18"/>
     <mergeCell ref="B1:F1"/>
+    <mergeCell ref="B17:C17"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ICRON Research</dc:creator>
+  <dc:creator>Koushik Chowdhury</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>