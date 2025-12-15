--- v2 (2025-11-25)
+++ v3 (2025-12-15)
@@ -1,67 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="938" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="922" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="BSE Liquid Rate ETF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="166" formatCode="0.000"/>
   </numFmts>
-  <fonts count="22">
+  <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
@@ -152,58 +153,50 @@
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
-    </font>
-[...6 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
@@ -343,65 +336,66 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="96">
+  <cellXfs count="106">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -516,121 +510,154 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
     <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...29 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -679,99 +706,99 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>25</row>
+      <row>24</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>2</col>
       <colOff>190500</colOff>
-      <row>34</row>
+      <row>33</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="4368800"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>39</row>
+      <row>38</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>2</col>
       <colOff>190500</colOff>
-      <row>48</row>
-      <rowOff>31749</rowOff>
+      <row>47</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="6781800"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
@@ -1030,85 +1057,85 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L60"/>
+  <dimension ref="A1:L61"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
     <col width="31.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
-    <col width="21.81640625" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="24.26953125" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
     <col width="14.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
-    <col width="12.26953125" customWidth="1" style="1" min="5" max="5"/>
+    <col width="9.453125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
     <col width="15.81640625" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="72">
-[...1 lines deleted...]
-      <c r="B1" s="71" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="73">
+      <c r="A1" s="72" t="n"/>
+      <c r="B1" s="72" t="inlineStr">
         <is>
           <t>DSP BSE Liquid Rate ETF</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="3" t="inlineStr">
         <is>
-          <t>Portfolio as on November 15, 2025</t>
+          <t>Portfolio as on November 30, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
@@ -1131,319 +1158,323 @@
           <t>Maturity Date</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="1" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
       <c r="F7" s="5" t="n">
-        <v>205165.88</v>
+        <v>201252.77</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0.9937</v>
       </c>
       <c r="H7" s="7" t="n">
-        <v>45978</v>
+        <v>45992</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="8" t="n"/>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C8" s="8" t="n"/>
       <c r="D8" s="8" t="n"/>
       <c r="E8" s="8" t="n"/>
       <c r="F8" s="9" t="n">
-        <v>205165.88</v>
+        <v>201252.77</v>
       </c>
       <c r="G8" s="10" t="n">
         <v>0.9937</v>
       </c>
       <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L9" s="6" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="10">
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
       <c r="E11" s="11" t="n"/>
       <c r="F11" s="5" t="n">
-        <v>1299.49</v>
+        <v>1273.1</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0.0063</v>
       </c>
       <c r="J11" s="5" t="n"/>
     </row>
     <row r="12">
       <c r="A12" s="8" t="n"/>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C12" s="8" t="n"/>
       <c r="D12" s="8" t="n"/>
       <c r="E12" s="8" t="n"/>
       <c r="F12" s="9" t="n">
-        <v>1299.49</v>
+        <v>1273.1</v>
       </c>
       <c r="G12" s="10" t="n">
         <v>0.0063</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="4" t="n"/>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
       <c r="C14" s="4" t="n"/>
       <c r="D14" s="4" t="n"/>
       <c r="E14" s="4" t="n"/>
       <c r="F14" s="12" t="n">
-        <v>206465.37</v>
+        <v>202525.87</v>
       </c>
       <c r="G14" s="13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="16" ht="27" customHeight="1" s="72">
-      <c r="A16" s="14" t="n">
+    <row r="16">
+      <c r="A16" s="15" t="n">
         <v>1</v>
       </c>
-      <c r="B16" s="14" t="inlineStr">
+      <c r="B16" s="103" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="17" ht="48" customHeight="1" s="72">
+    <row r="17" ht="53.5" customHeight="1" s="73">
       <c r="A17" t="n">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="B17" s="87" t="inlineStr">
+        <v>3</v>
+      </c>
+      <c r="B17" s="100" t="inlineStr">
         <is>
           <t>As per SEBI circular dated 31st December, 2024  SEBI/HO/IMD/PoD2/P/CIR/2024/183 details of disclosure of "Debt Index Replication Factor (DIRF)"</t>
         </is>
       </c>
     </row>
-    <row r="18" ht="14.5" customHeight="1" s="72">
-[...4 lines deleted...]
-      <c r="B19" s="62" t="inlineStr">
+    <row r="18" ht="14.5" customHeight="1" s="73">
+      <c r="B18" s="66" t="n"/>
+      <c r="C18" s="67" t="n"/>
+    </row>
+    <row r="19" ht="14.5" customHeight="1" s="73">
+      <c r="B19" s="63" t="inlineStr">
         <is>
           <t>Scheme</t>
         </is>
       </c>
-      <c r="C19" s="62" t="inlineStr">
+      <c r="C19" s="63" t="inlineStr">
         <is>
           <t>DIRF</t>
         </is>
       </c>
     </row>
-    <row r="20" ht="14.5" customHeight="1" s="72">
-      <c r="B20" s="63" t="inlineStr">
+    <row r="20" ht="14.5" customHeight="1" s="73">
+      <c r="B20" s="64" t="inlineStr">
         <is>
           <t>DSP BSE LIQUID RATE ETF</t>
         </is>
       </c>
-      <c r="C20" s="68" t="n">
+      <c r="C20" s="65" t="n">
         <v>0.9937</v>
       </c>
     </row>
-    <row r="24" ht="14.5" customHeight="1" s="72">
-      <c r="B24" s="69" t="inlineStr">
+    <row r="23" ht="14.5" customHeight="1" s="73">
+      <c r="B23" s="69" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="38" ht="14.5" customHeight="1" s="72">
-      <c r="B38" s="69" t="inlineStr">
+    <row r="37" ht="14.5" customHeight="1" s="73">
+      <c r="B37" s="69" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: BSE Liquid Rate Index</t>
         </is>
       </c>
     </row>
+    <row r="52">
+      <c r="B52" s="16" t="n"/>
+      <c r="C52" s="18" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
     <row r="53">
-      <c r="B53" s="15" t="n"/>
-[...2 lines deleted...]
-          <t>Portfolio Information</t>
+      <c r="B53" s="16" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C53" s="18" t="inlineStr">
+        <is>
+          <t>DSP BSE Liquid Rate ETF</t>
         </is>
       </c>
     </row>
     <row r="54">
-      <c r="B54" s="15" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="B54" s="16" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C54" s="19" t="n"/>
     </row>
     <row r="55">
-      <c r="B55" s="15" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C55" s="18" t="n"/>
+      <c r="B55" s="16" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C55" s="20" t="n">
+        <v>0.054</v>
+      </c>
     </row>
     <row r="56">
-      <c r="B56" s="15" t="inlineStr">
-[...5 lines deleted...]
-        <v>0.0542</v>
+      <c r="B56" s="16" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C56" s="104" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="57">
-      <c r="B57" s="15" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C57" s="89" t="n">
+      <c r="B57" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C57" s="104" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="58">
-      <c r="B58" s="15" t="inlineStr">
-[...5 lines deleted...]
-        <v>0.01</v>
+      <c r="B58" s="16" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C58" s="21" t="n">
+        <v>45991</v>
       </c>
     </row>
     <row r="59">
-      <c r="B59" s="15" t="inlineStr">
-[...9 lines deleted...]
-      <c r="B60" s="16" t="inlineStr">
+      <c r="B59" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C60" s="17" t="n"/>
+      <c r="C59" s="18" t="n"/>
+    </row>
+    <row r="61" ht="14.5" customHeight="1" s="73">
+      <c r="B61" s="71" t="n"/>
     </row>
   </sheetData>
-  <mergeCells count="2">
+  <mergeCells count="3">
+    <mergeCell ref="B16:C16"/>
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="B17:C17"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Koushik Chowdhury</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>