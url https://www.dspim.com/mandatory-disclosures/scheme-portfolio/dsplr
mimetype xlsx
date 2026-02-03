--- v3 (2025-12-15)
+++ v4 (2026-02-03)
@@ -1,193 +1,198 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="922" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="960" firstSheet="10" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="BSE Liquid Rate ETF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="3">
+  <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
-    <numFmt numFmtId="166" formatCode="0.000"/>
   </numFmts>
-  <fonts count="21">
-[...1 lines deleted...]
-      <name val="Calibri"/>
+  <fonts count="22">
+    <font>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <color indexed="8"/>
-[...4 lines deleted...]
-      <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Calibri"/>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -336,126 +341,122 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="106">
+  <cellXfs count="103">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...31 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -492,173 +493,170 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
     <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...6 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
-[...17 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
@@ -706,242 +704,276 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>24</row>
+      <row>23</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>2</col>
-      <colOff>190500</colOff>
-      <row>33</row>
+      <colOff>196850</colOff>
+      <row>32</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="2" name="Picture 1"/>
+        <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="4368800"/>
+          <a:off x="457200" y="4197350"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>38</row>
+      <row>37</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>2</col>
-      <colOff>190500</colOff>
-      <row>47</row>
+      <colOff>196850</colOff>
+      <row>46</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="3" name="Picture 2"/>
+        <cNvPr id="5" name="Picture 4"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="6781800"/>
+          <a:off x="457200" y="6610350"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -959,65 +991,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1038,104 +1070,124 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L61"/>
+  <dimension ref="A1:L58"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-    <col width="31.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
-    <col width="24.26953125" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="31.1796875" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="21.81640625" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
     <col width="14.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
-    <col width="9.453125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="8.26953125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
     <col width="15.81640625" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
-    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="73">
-[...1 lines deleted...]
-      <c r="B1" s="72" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="70">
+      <c r="A1" s="69" t="n"/>
+      <c r="B1" s="69" t="inlineStr">
         <is>
           <t>DSP BSE Liquid Rate ETF</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="3" t="inlineStr">
         <is>
-          <t>Portfolio as on November 30, 2025</t>
+          <t>Portfolio as on January 15, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
@@ -1158,323 +1210,321 @@
           <t>Maturity Date</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B7" s="1" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
       <c r="F7" s="5" t="n">
-        <v>201252.77</v>
+        <v>186587.36</v>
       </c>
       <c r="G7" s="6" t="n">
-        <v>0.9937</v>
+        <v>0.9938</v>
       </c>
       <c r="H7" s="7" t="n">
-        <v>45992</v>
+        <v>46038</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="8" t="n"/>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C8" s="8" t="n"/>
       <c r="D8" s="8" t="n"/>
       <c r="E8" s="8" t="n"/>
       <c r="F8" s="9" t="n">
-        <v>201252.77</v>
+        <v>186587.36</v>
       </c>
       <c r="G8" s="10" t="n">
-        <v>0.9937</v>
+        <v>0.9938</v>
       </c>
       <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L9" s="6" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="10">
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
       <c r="E11" s="11" t="n"/>
       <c r="F11" s="5" t="n">
-        <v>1273.1</v>
+        <v>1160.52</v>
       </c>
       <c r="G11" s="6" t="n">
-        <v>0.0063</v>
+        <v>0.0062</v>
       </c>
       <c r="J11" s="5" t="n"/>
     </row>
     <row r="12">
       <c r="A12" s="8" t="n"/>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C12" s="8" t="n"/>
       <c r="D12" s="8" t="n"/>
       <c r="E12" s="8" t="n"/>
       <c r="F12" s="9" t="n">
-        <v>1273.1</v>
+        <v>1160.52</v>
       </c>
       <c r="G12" s="10" t="n">
-        <v>0.0063</v>
+        <v>0.0062</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="4" t="n"/>
       <c r="B14" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
       <c r="C14" s="4" t="n"/>
       <c r="D14" s="4" t="n"/>
       <c r="E14" s="4" t="n"/>
       <c r="F14" s="12" t="n">
-        <v>202525.87</v>
+        <v>187747.88</v>
       </c>
       <c r="G14" s="13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="16">
-      <c r="A16" s="15" t="n">
+    <row r="16" ht="27" customHeight="1" s="70">
+      <c r="A16" s="14" t="n">
         <v>1</v>
       </c>
-      <c r="B16" s="103" t="inlineStr">
+      <c r="B16" s="14" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="17" ht="53.5" customHeight="1" s="73">
-[...3 lines deleted...]
-      <c r="B17" s="100" t="inlineStr">
+    <row r="17" ht="46" customHeight="1" s="70">
+      <c r="A17" s="14" t="n">
+        <v>2</v>
+      </c>
+      <c r="B17" s="98" t="inlineStr">
         <is>
           <t>As per SEBI circular dated 31st December, 2024  SEBI/HO/IMD/PoD2/P/CIR/2024/183 details of disclosure of "Debt Index Replication Factor (DIRF)"</t>
         </is>
       </c>
-    </row>
-    <row r="18" ht="14.5" customHeight="1" s="73">
+      <c r="C17" s="102" t="n"/>
+    </row>
+    <row r="18" ht="14.5" customHeight="1" s="70">
+      <c r="A18" s="14" t="n"/>
       <c r="B18" s="66" t="n"/>
       <c r="C18" s="67" t="n"/>
     </row>
-    <row r="19" ht="14.5" customHeight="1" s="73">
+    <row r="19" ht="14.5" customHeight="1" s="70">
       <c r="B19" s="63" t="inlineStr">
         <is>
           <t>Scheme</t>
         </is>
       </c>
       <c r="C19" s="63" t="inlineStr">
         <is>
           <t>DIRF</t>
         </is>
       </c>
     </row>
-    <row r="20" ht="14.5" customHeight="1" s="73">
+    <row r="20" ht="14.5" customHeight="1" s="70">
       <c r="B20" s="64" t="inlineStr">
         <is>
           <t>DSP BSE LIQUID RATE ETF</t>
         </is>
       </c>
       <c r="C20" s="65" t="n">
-        <v>0.9937</v>
-[...3 lines deleted...]
-      <c r="B23" s="69" t="inlineStr">
+        <v>0.9938</v>
+      </c>
+    </row>
+    <row r="22" ht="14.5" customHeight="1" s="70">
+      <c r="B22" s="68" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="37" ht="14.5" customHeight="1" s="73">
-      <c r="B37" s="69" t="inlineStr">
+    <row r="36" ht="14.5" customHeight="1" s="70">
+      <c r="B36" s="68" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: BSE Liquid Rate Index</t>
         </is>
       </c>
     </row>
+    <row r="51">
+      <c r="B51" s="15" t="n"/>
+      <c r="C51" s="17" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
     <row r="52">
-      <c r="B52" s="16" t="n"/>
-[...2 lines deleted...]
-          <t>Portfolio Information</t>
+      <c r="B52" s="15" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C52" s="17" t="inlineStr">
+        <is>
+          <t>DSP BSE Liquid Rate ETF</t>
         </is>
       </c>
     </row>
     <row r="53">
-      <c r="B53" s="16" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="B53" s="15" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C53" s="18" t="n"/>
     </row>
     <row r="54">
-      <c r="B54" s="16" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C54" s="19" t="n"/>
+      <c r="B54" s="15" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C54" s="19" t="n">
+        <v>0.0523</v>
+      </c>
     </row>
     <row r="55">
-      <c r="B55" s="16" t="inlineStr">
-[...5 lines deleted...]
-        <v>0.054</v>
+      <c r="B55" s="15" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C55" s="101" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="56">
-      <c r="B56" s="16" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C56" s="104" t="n">
+      <c r="B56" s="15" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C56" s="101" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="57">
-      <c r="B57" s="16" t="inlineStr">
-[...5 lines deleted...]
-        <v>0</v>
+      <c r="B57" s="15" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C57" s="20" t="n">
+        <v>46037</v>
       </c>
     </row>
     <row r="58">
       <c r="B58" s="16" t="inlineStr">
         <is>
-          <t>As on (Date)</t>
-[...8 lines deleted...]
-        <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C59" s="18" t="n"/>
-[...2 lines deleted...]
-      <c r="B61" s="71" t="n"/>
+      <c r="C58" s="17" t="n"/>
     </row>
   </sheetData>
-  <mergeCells count="3">
-    <mergeCell ref="B16:C16"/>
+  <mergeCells count="2">
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="B17:C17"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Rohit Pandey</dc:creator>
+  <dc:creator>Rahul Jain</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>