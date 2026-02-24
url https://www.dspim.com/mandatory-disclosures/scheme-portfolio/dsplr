--- v4 (2026-02-03)
+++ v5 (2026-02-24)
@@ -1,142 +1,149 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="960" firstSheet="10" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="990" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="BSE Liquid Rate ETF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="166" formatCode="0.000%"/>
   </numFmts>
-  <fonts count="22">
-[...1 lines deleted...]
-      <name val="Aptos Narrow"/>
+  <fonts count="24">
+    <font>
+      <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
@@ -158,50 +165,58 @@
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+      <u val="single"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
@@ -336,327 +351,285 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="103">
+  <cellXfs count="91">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...18 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
-[...76 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
@@ -704,276 +677,242 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>23</row>
+      <row>25</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>2</col>
-      <colOff>196850</colOff>
-[...1 lines deleted...]
-      <rowOff>31750</rowOff>
+      <colOff>62380</colOff>
+      <row>34</row>
+      <rowOff>31751</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="3" name="Picture 2"/>
+        <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="4197350"/>
+          <a:off x="457200" y="3854450"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>37</row>
+      <row>39</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>2</col>
-      <colOff>196850</colOff>
-[...1 lines deleted...]
-      <rowOff>31750</rowOff>
+      <colOff>62380</colOff>
+      <row>48</row>
+      <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="5" name="Picture 4"/>
+        <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="6610350"/>
+          <a:off x="457200" y="6267450"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -991,65 +930,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...5 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1070,461 +1009,443 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L58"/>
+  <dimension ref="A1:L60"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="84" min="1" max="1"/>
+    <col width="33.1796875" customWidth="1" style="84" min="2" max="2"/>
+    <col width="21.81640625" bestFit="1" customWidth="1" style="84" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="84" min="4" max="4"/>
+    <col width="8.26953125" bestFit="1" customWidth="1" style="84" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="84" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="84" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="84" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="84" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="84" min="10" max="10"/>
+    <col width="15.81640625" bestFit="1" customWidth="1" style="84" min="11" max="11"/>
+    <col width="11.26953125" customWidth="1" style="84" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="84" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="70">
-[...1 lines deleted...]
-      <c r="B1" s="69" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="62">
+      <c r="A1" s="61" t="n"/>
+      <c r="B1" s="61" t="inlineStr">
         <is>
           <t>DSP BSE Liquid Rate ETF</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on January 15, 2026</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on February 15, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="A7" s="1" t="n">
+      <c r="A7" s="84" t="n">
         <v>1</v>
       </c>
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F7" s="5" t="n">
-[...2 lines deleted...]
-      <c r="G7" s="6" t="n">
+      <c r="F7" s="6" t="n">
+        <v>185030.32</v>
+      </c>
+      <c r="G7" s="7" t="n">
         <v>0.9938</v>
       </c>
-      <c r="H7" s="7" t="n">
-        <v>46038</v>
+      <c r="H7" s="8" t="n">
+        <v>46069</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="8" t="n"/>
-      <c r="B8" s="8" t="inlineStr">
+      <c r="A8" s="9" t="n"/>
+      <c r="B8" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C8" s="8" t="n"/>
-[...5 lines deleted...]
-      <c r="G8" s="10" t="n">
+      <c r="C8" s="9" t="n"/>
+      <c r="D8" s="9" t="n"/>
+      <c r="E8" s="9" t="n"/>
+      <c r="F8" s="10" t="n">
+        <v>185030.32</v>
+      </c>
+      <c r="G8" s="11" t="n">
         <v>0.9938</v>
       </c>
-      <c r="K8" s="3" t="inlineStr">
+      <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K9" s="84" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L9" s="6" t="n">
+      <c r="L9" s="7" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="10">
-      <c r="B10" s="3" t="inlineStr">
+      <c r="B10" s="4" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="11">
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B11" s="84" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E11" s="11" t="n"/>
-[...3 lines deleted...]
-      <c r="G11" s="6" t="n">
+      <c r="E11" s="12" t="n"/>
+      <c r="F11" s="6" t="n">
+        <v>1154.77</v>
+      </c>
+      <c r="G11" s="7" t="n">
         <v>0.0062</v>
       </c>
-      <c r="J11" s="5" t="n"/>
+      <c r="J11" s="6" t="n"/>
     </row>
     <row r="12">
-      <c r="A12" s="8" t="n"/>
-      <c r="B12" s="8" t="inlineStr">
+      <c r="A12" s="9" t="n"/>
+      <c r="B12" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C12" s="8" t="n"/>
-[...5 lines deleted...]
-      <c r="G12" s="10" t="n">
+      <c r="C12" s="9" t="n"/>
+      <c r="D12" s="9" t="n"/>
+      <c r="E12" s="9" t="n"/>
+      <c r="F12" s="10" t="n">
+        <v>1154.77</v>
+      </c>
+      <c r="G12" s="11" t="n">
         <v>0.0062</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="4" t="n"/>
-      <c r="B14" s="4" t="inlineStr">
+      <c r="A14" s="5" t="n"/>
+      <c r="B14" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C14" s="4" t="n"/>
-[...5 lines deleted...]
-      <c r="G14" s="13" t="n">
+      <c r="C14" s="5" t="n"/>
+      <c r="D14" s="5" t="n"/>
+      <c r="E14" s="5" t="n"/>
+      <c r="F14" s="13" t="n">
+        <v>186185.09</v>
+      </c>
+      <c r="G14" s="14" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="1" t="inlineStr">
+      <c r="A15" s="81" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="16" ht="27" customHeight="1" s="70">
-      <c r="A16" s="14" t="n">
+    <row r="16" ht="14.5" customHeight="1" s="62">
+      <c r="A16" s="15" t="n">
         <v>1</v>
       </c>
-      <c r="B16" s="14" t="inlineStr">
+      <c r="B16" s="87" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="17" ht="46" customHeight="1" s="70">
-      <c r="A17" s="14" t="n">
+    <row r="17" ht="52" customHeight="1" s="62">
+      <c r="A17" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B17" s="98" t="inlineStr">
+      <c r="B17" s="87" t="inlineStr">
         <is>
           <t>As per SEBI circular dated 31st December, 2024  SEBI/HO/IMD/PoD2/P/CIR/2024/183 details of disclosure of "Debt Index Replication Factor (DIRF)"</t>
         </is>
       </c>
-      <c r="C17" s="102" t="n"/>
-[...7 lines deleted...]
-      <c r="B19" s="63" t="inlineStr">
+    </row>
+    <row r="18" ht="14.5" customHeight="1" s="62">
+      <c r="A18" s="15" t="n"/>
+      <c r="B18" s="59" t="n"/>
+      <c r="C18" s="60" t="n"/>
+    </row>
+    <row r="19" ht="14.5" customHeight="1" s="62">
+      <c r="A19" s="15" t="n"/>
+      <c r="B19" s="56" t="inlineStr">
         <is>
           <t>Scheme</t>
         </is>
       </c>
-      <c r="C19" s="63" t="inlineStr">
+      <c r="C19" s="56" t="inlineStr">
         <is>
           <t>DIRF</t>
         </is>
       </c>
     </row>
-    <row r="20" ht="14.5" customHeight="1" s="70">
-      <c r="B20" s="64" t="inlineStr">
+    <row r="20" ht="14.5" customHeight="1" s="62">
+      <c r="A20" s="15" t="n"/>
+      <c r="B20" s="57" t="inlineStr">
         <is>
           <t>DSP BSE LIQUID RATE ETF</t>
         </is>
       </c>
-      <c r="C20" s="65" t="n">
-[...4 lines deleted...]
-      <c r="B22" s="68" t="inlineStr">
+      <c r="C20" s="58" t="n">
+        <v>0.9939</v>
+      </c>
+    </row>
+    <row r="24" ht="14.5" customHeight="1" s="62">
+      <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="36" ht="14.5" customHeight="1" s="70">
-      <c r="B36" s="68" t="inlineStr">
+    <row r="38" ht="14.5" customHeight="1" s="62">
+      <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: BSE Liquid Rate Index</t>
         </is>
       </c>
     </row>
-    <row r="51">
-[...1 lines deleted...]
-      <c r="C51" s="17" t="inlineStr">
+    <row r="53">
+      <c r="B53" s="16" t="n"/>
+      <c r="C53" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="52">
-      <c r="B52" s="15" t="inlineStr">
+    <row r="54">
+      <c r="B54" s="16" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C52" s="17" t="inlineStr">
+      <c r="C54" s="18" t="inlineStr">
         <is>
           <t>DSP BSE Liquid Rate ETF</t>
         </is>
       </c>
     </row>
-    <row r="53">
-      <c r="B53" s="15" t="inlineStr">
+    <row r="55">
+      <c r="B55" s="16" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C53" s="18" t="n"/>
-[...2 lines deleted...]
-      <c r="B54" s="15" t="inlineStr">
+      <c r="C55" s="19" t="n"/>
+    </row>
+    <row r="56">
+      <c r="B56" s="16" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C54" s="19" t="n">
-[...4 lines deleted...]
-      <c r="B55" s="15" t="inlineStr">
+      <c r="C56" s="20" t="n">
+        <v>0.0487</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="B57" s="16" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C55" s="101" t="n">
+      <c r="C57" s="19" t="n">
         <v>0</v>
-      </c>
-[...18 lines deleted...]
-        <v>46037</v>
       </c>
     </row>
     <row r="58">
       <c r="B58" s="16" t="inlineStr">
         <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C58" s="19" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="B59" s="16" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C59" s="21" t="n">
+        <v>46068</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="B60" s="17" t="inlineStr">
+        <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C58" s="17" t="n"/>
+      <c r="C60" s="18" t="n"/>
     </row>
   </sheetData>
-  <mergeCells count="2">
+  <mergeCells count="3">
+    <mergeCell ref="B16:C16"/>
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="B17:C17"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Rahul Jain</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>