--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,73 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="965" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="997" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="LIQUID" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="19">
+  <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -82,111 +88,118 @@
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
-      <color rgb="FF000000"/>
-[...11 lines deleted...]
-      <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -316,325 +329,332 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="102">
+  <cellXfs count="107">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-[...42 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...76 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -683,116 +703,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>130</row>
+      <row>129</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2378075</colOff>
-[...1 lines deleted...]
-      <rowOff>34925</rowOff>
+      <colOff>2374900</colOff>
+      <row>138</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="23228300"/>
+          <a:off x="457200" y="22713950"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
       <row>143</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2378075</colOff>
+      <colOff>2374900</colOff>
       <row>152</row>
-      <rowOff>34925</rowOff>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="25641300"/>
+          <a:off x="457200" y="25126950"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1036,3663 +1056,3551 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:L164"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="45.7265625" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="18.81640625" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="14.54296875" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="73">
-[...1 lines deleted...]
-      <c r="B1" s="72" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="74">
+      <c r="A1" s="73" t="n"/>
+      <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Liquidity Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on September 30, 2025</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on October 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="B8" s="3" t="inlineStr">
+      <c r="B8" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K8" s="3" t="inlineStr">
+      <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Titan Company Limited**</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C9" s="2" t="inlineStr">
         <is>
           <t>INE280A08015</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D9" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="E9" s="11" t="n">
+      <c r="E9" s="12" t="n">
         <v>10000</v>
       </c>
-      <c r="F9" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H9" s="7" t="n">
+      <c r="F9" s="6" t="n">
+        <v>10742.74</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="H9" s="8" t="n">
         <v>45964</v>
       </c>
-      <c r="J9" s="5" t="n">
-[...8 lines deleted...]
-        <v>0.7504999999999999</v>
+      <c r="J9" s="6" t="n">
+        <v>6.0901</v>
+      </c>
+      <c r="K9" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L9" s="7" t="n">
+        <v>0.6355</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="1" t="n">
+      <c r="A10" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B10" s="2" t="inlineStr">
         <is>
           <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C10" s="2" t="inlineStr">
         <is>
           <t>INE115A07QD5</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D10" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="E10" s="11" t="n">
+      <c r="E10" s="12" t="n">
         <v>500</v>
       </c>
-      <c r="F10" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H10" s="7" t="n">
+      <c r="F10" s="6" t="n">
+        <v>5352.79</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="H10" s="8" t="n">
         <v>45989</v>
       </c>
-      <c r="J10" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+      <c r="J10" s="6" t="n">
+        <v>6.0598</v>
+      </c>
+      <c r="K10" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L10" s="6" t="n">
-        <v>0.1759</v>
+      <c r="L10" s="7" t="n">
+        <v>0.1754</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="1" t="n">
+      <c r="A11" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
-      <c r="C11" s="1" t="inlineStr">
+      <c r="C11" s="2" t="inlineStr">
         <is>
           <t>INE134E08LU1</t>
         </is>
       </c>
-      <c r="D11" s="1" t="inlineStr">
+      <c r="D11" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="E11" s="11" t="n">
+      <c r="E11" s="12" t="n">
         <v>250</v>
       </c>
-      <c r="F11" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H11" s="7" t="n">
+      <c r="F11" s="6" t="n">
+        <v>2681.83</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="H11" s="8" t="n">
         <v>45964</v>
       </c>
-      <c r="J11" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K11" s="1" t="inlineStr">
+      <c r="J11" s="6" t="n">
+        <v>5.9904</v>
+      </c>
+      <c r="K11" s="2" t="inlineStr">
         <is>
           <t>IND A1+</t>
         </is>
       </c>
-      <c r="L11" s="6" t="n">
-        <v>0.0872</v>
+      <c r="L11" s="7" t="n">
+        <v>0.0641</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="8" t="n"/>
-      <c r="B12" s="8" t="inlineStr">
+      <c r="A12" s="9" t="n"/>
+      <c r="B12" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C12" s="8" t="n"/>
-[...8 lines deleted...]
-      <c r="K12" s="1" t="inlineStr">
+      <c r="C12" s="9" t="n"/>
+      <c r="D12" s="9" t="n"/>
+      <c r="E12" s="9" t="n"/>
+      <c r="F12" s="10" t="n">
+        <v>18777.36</v>
+      </c>
+      <c r="G12" s="11" t="n">
+        <v>0.0108</v>
+      </c>
+      <c r="K12" s="2" t="inlineStr">
         <is>
           <t>ICRA A1+</t>
         </is>
       </c>
-      <c r="L12" s="6" t="n">
-        <v>0.054</v>
+      <c r="L12" s="7" t="n">
+        <v>0.0583</v>
       </c>
     </row>
     <row r="13">
-      <c r="K13" s="1" t="inlineStr">
+      <c r="K13" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="L13" s="6" t="n">
-        <v>0.0113</v>
+      <c r="L13" s="7" t="n">
+        <v>0.0108</v>
       </c>
     </row>
     <row r="14">
-      <c r="B14" s="3" t="inlineStr">
+      <c r="B14" s="4" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
-      <c r="K14" s="1" t="inlineStr">
+      <c r="K14" s="2" t="inlineStr">
         <is>
           <t>CARE A1+</t>
         </is>
       </c>
-      <c r="L14" s="6" t="n">
-        <v>0.006</v>
+      <c r="L14" s="7" t="n">
+        <v>0.0057</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="1" t="n">
+      <c r="A15" s="2" t="n">
         <v>4</v>
       </c>
-      <c r="B15" s="1" t="inlineStr">
+      <c r="B15" s="2" t="inlineStr">
         <is>
           <t>5.15% GOI 2025</t>
         </is>
       </c>
-      <c r="C15" s="1" t="inlineStr">
+      <c r="C15" s="2" t="inlineStr">
         <is>
           <t>IN0020200278</t>
         </is>
       </c>
-      <c r="D15" s="1" t="inlineStr">
+      <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E15" s="11" t="n">
-[...8 lines deleted...]
-      <c r="H15" s="7" t="n">
+      <c r="E15" s="12" t="n">
+        <v>130500000</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>133395.11</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0765</v>
+      </c>
+      <c r="H15" s="8" t="n">
         <v>45970</v>
       </c>
-      <c r="J15" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K15" s="1" t="inlineStr">
+      <c r="J15" s="6" t="n">
+        <v>5.3045</v>
+      </c>
+      <c r="K15" s="2" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
-      <c r="L15" s="6" t="n">
+      <c r="L15" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>7.59% GOI 2026</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
+        <is>
+          <t>IN0020150093</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E16" s="12" t="n">
+        <v>30000000</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>30738.88</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0176</v>
+      </c>
+      <c r="H16" s="8" t="n">
+        <v>46033</v>
+      </c>
+      <c r="J16" s="6" t="n">
+        <v>5.4543</v>
+      </c>
+      <c r="K16" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.0475</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="9" t="n"/>
+      <c r="B17" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C17" s="9" t="n"/>
+      <c r="D17" s="9" t="n"/>
+      <c r="E17" s="9" t="n"/>
+      <c r="F17" s="10" t="n">
+        <v>164133.99</v>
+      </c>
+      <c r="G17" s="11" t="n">
+        <v>0.0941</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="B19" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="B20" s="4" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="2" t="n">
+        <v>6</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <t>INE476A16ZT9</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E21" s="12" t="n">
+        <v>11000</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>54454.84</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0312</v>
+      </c>
+      <c r="H21" s="8" t="n">
+        <v>46009</v>
+      </c>
+      <c r="J21" s="6" t="n">
+        <v>5.8002</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <t>INE238AD6AX9</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E22" s="12" t="n">
+        <v>10500</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>51994.74</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0298</v>
+      </c>
+      <c r="H22" s="8" t="n">
+        <v>46007</v>
+      </c>
+      <c r="J22" s="6" t="n">
+        <v>5.8149</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C23" s="2" t="inlineStr">
+        <is>
+          <t>INE040A16HQ7</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E23" s="12" t="n">
+        <v>9500</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>46999.64</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.027</v>
+      </c>
+      <c r="H23" s="8" t="n">
+        <v>46013</v>
+      </c>
+      <c r="J23" s="6" t="n">
+        <v>5.7998</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="2" t="n">
+        <v>9</v>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C24" s="2" t="inlineStr">
+        <is>
+          <t>INE562A16NQ8</t>
+        </is>
+      </c>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E24" s="12" t="n">
+        <v>8400</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>41676.35</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0239</v>
+      </c>
+      <c r="H24" s="8" t="n">
+        <v>45995</v>
+      </c>
+      <c r="J24" s="6" t="n">
+        <v>5.7851</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <t>Union Bank of India</t>
+        </is>
+      </c>
+      <c r="C25" s="2" t="inlineStr">
+        <is>
+          <t>INE692A16II0</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E25" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>37128.34</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0213</v>
+      </c>
+      <c r="H25" s="8" t="n">
+        <v>46009</v>
+      </c>
+      <c r="J25" s="6" t="n">
+        <v>5.7996</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="2" t="n">
+        <v>11</v>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <t>INE476A16D88</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E26" s="12" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>29802.72</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0171</v>
+      </c>
+      <c r="H26" s="8" t="n">
+        <v>45988</v>
+      </c>
+      <c r="J26" s="6" t="n">
+        <v>5.7527</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="2" t="n">
+        <v>12</v>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C27" s="2" t="inlineStr">
+        <is>
+          <t>INE040A16HI4</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E27" s="12" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>29772.9</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0171</v>
+      </c>
+      <c r="H27" s="8" t="n">
+        <v>45994</v>
+      </c>
+      <c r="J27" s="6" t="n">
+        <v>5.8003</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="2" t="n">
+        <v>13</v>
+      </c>
+      <c r="B28" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C28" s="2" t="inlineStr">
+        <is>
+          <t>INE028A16JE4</t>
+        </is>
+      </c>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E28" s="12" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>29740.08</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0171</v>
+      </c>
+      <c r="H28" s="8" t="n">
+        <v>46001</v>
+      </c>
+      <c r="J28" s="6" t="n">
+        <v>5.8</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="2" t="n">
+        <v>14</v>
+      </c>
+      <c r="B29" s="2" t="inlineStr">
+        <is>
+          <t>Punjab National Bank**</t>
+        </is>
+      </c>
+      <c r="C29" s="2" t="inlineStr">
+        <is>
+          <t>INE160A16SP2</t>
+        </is>
+      </c>
+      <c r="D29" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E29" s="12" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>29712.48</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.017</v>
+      </c>
+      <c r="H29" s="8" t="n">
+        <v>46007</v>
+      </c>
+      <c r="J29" s="6" t="n">
+        <v>5.7902</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C30" s="2" t="inlineStr">
+        <is>
+          <t>INE238AD6BH0</t>
+        </is>
+      </c>
+      <c r="D30" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E30" s="12" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>29701.89</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.017</v>
+      </c>
+      <c r="H30" s="8" t="n">
+        <v>46009</v>
+      </c>
+      <c r="J30" s="6" t="n">
+        <v>5.8149</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="2" t="n">
+        <v>16</v>
+      </c>
+      <c r="B31" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C31" s="2" t="inlineStr">
+        <is>
+          <t>INE028A16HY6</t>
+        </is>
+      </c>
+      <c r="D31" s="2" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E31" s="12" t="n">
+        <v>5500</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>27253.16</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0156</v>
+      </c>
+      <c r="H31" s="8" t="n">
+        <v>46003</v>
+      </c>
+      <c r="J31" s="6" t="n">
+        <v>5.7998</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="2" t="n">
+        <v>17</v>
+      </c>
+      <c r="B32" s="2" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C32" s="2" t="inlineStr">
+        <is>
+          <t>INE562A16PL4</t>
+        </is>
+      </c>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E32" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>24791.75</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="H32" s="8" t="n">
+        <v>45999</v>
+      </c>
+      <c r="J32" s="6" t="n">
+        <v>5.7849</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <t>INE562A16PM2</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E33" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>24756.72</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="H33" s="8" t="n">
+        <v>46008</v>
+      </c>
+      <c r="J33" s="6" t="n">
+        <v>5.7853</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="2" t="n">
+        <v>19</v>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C34" s="2" t="inlineStr">
+        <is>
+          <t>INE092T16YO8</t>
+        </is>
+      </c>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E34" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>24749.78</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="H34" s="8" t="n">
+        <v>46009</v>
+      </c>
+      <c r="J34" s="6" t="n">
+        <v>5.8575</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C35" s="2" t="inlineStr">
+        <is>
+          <t>INE238AD6AA7</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E35" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>19896.04</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.0114</v>
+      </c>
+      <c r="H35" s="8" t="n">
+        <v>45979</v>
+      </c>
+      <c r="J35" s="6" t="n">
+        <v>5.7799</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="2" t="n">
+        <v>21</v>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="2" t="inlineStr">
+        <is>
+          <t>INE040A16FY5</t>
+        </is>
+      </c>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E36" s="12" t="n">
+        <v>3500</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>17364.78</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="H36" s="8" t="n">
+        <v>45995</v>
+      </c>
+      <c r="J36" s="6" t="n">
+        <v>5.8006</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="2" t="n">
+        <v>22</v>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>Bank of India**</t>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <t>INE084A16EG3</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E37" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>14856.76</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="H37" s="8" t="n">
+        <v>46006</v>
+      </c>
+      <c r="J37" s="6" t="n">
+        <v>5.865</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="2" t="n">
+        <v>23</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <t>INE476A16ZU7</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E38" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>14849</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="H38" s="8" t="n">
+        <v>46010</v>
+      </c>
+      <c r="J38" s="6" t="n">
+        <v>5.8</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <t>INE040A16GA3</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E39" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>12376.11</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H39" s="8" t="n">
+        <v>46009</v>
+      </c>
+      <c r="J39" s="6" t="n">
+        <v>5.7996</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="B40" s="2" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C40" s="2" t="inlineStr">
+        <is>
+          <t>INE237A160Z6</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E40" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>9911.799999999999</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="H40" s="8" t="n">
+        <v>46002</v>
+      </c>
+      <c r="J40" s="6" t="n">
+        <v>5.8002</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="B41" s="2" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C41" s="2" t="inlineStr">
+        <is>
+          <t>INE238AD6AY7</t>
+        </is>
+      </c>
+      <c r="D41" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E41" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>9902.200000000001</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="H41" s="8" t="n">
+        <v>46008</v>
+      </c>
+      <c r="J41" s="6" t="n">
+        <v>5.8147</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="2" t="n">
+        <v>27</v>
+      </c>
+      <c r="B42" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C42" s="2" t="inlineStr">
+        <is>
+          <t>INE556F16AX2</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E42" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>7440.68</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="H42" s="8" t="n">
+        <v>45996</v>
+      </c>
+      <c r="J42" s="6" t="n">
+        <v>5.8203</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="B43" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C43" s="2" t="inlineStr">
+        <is>
+          <t>INE028A16ID8</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E43" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>7428</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="H43" s="8" t="n">
+        <v>46007</v>
+      </c>
+      <c r="J43" s="6" t="n">
+        <v>5.7999</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="2" t="n">
+        <v>29</v>
+      </c>
+      <c r="B44" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C44" s="2" t="inlineStr">
+        <is>
+          <t>INE028A16JP0</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E44" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>4974.92</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="H44" s="8" t="n">
+        <v>45978</v>
+      </c>
+      <c r="J44" s="6" t="n">
+        <v>5.7502</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="B45" s="2" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C45" s="2" t="inlineStr">
+        <is>
+          <t>INE476A16ZP7</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E45" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>4960.58</v>
+      </c>
+      <c r="G45" s="7" t="n">
         <v>0.0028</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B16" s="8" t="inlineStr">
+      <c r="H45" s="8" t="n">
+        <v>45996</v>
+      </c>
+      <c r="J45" s="6" t="n">
+        <v>5.8003</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="2" t="n">
+        <v>31</v>
+      </c>
+      <c r="B46" s="2" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="2" t="inlineStr">
+        <is>
+          <t>INE237A168Y2</t>
+        </is>
+      </c>
+      <c r="D46" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E46" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>2480.68</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="H46" s="8" t="n">
+        <v>45995</v>
+      </c>
+      <c r="J46" s="6" t="n">
+        <v>5.8006</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="B47" s="2" t="inlineStr">
+        <is>
+          <t>Union Bank of India</t>
+        </is>
+      </c>
+      <c r="C47" s="2" t="inlineStr">
+        <is>
+          <t>INE692A16ID1</t>
+        </is>
+      </c>
+      <c r="D47" s="2" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E47" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>2480.29</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="H47" s="8" t="n">
+        <v>45996</v>
+      </c>
+      <c r="J47" s="6" t="n">
+        <v>5.8003</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="9" t="n"/>
+      <c r="B48" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C16" s="8" t="n"/>
-[...50 lines deleted...]
-      <c r="E20" s="11" t="n">
+      <c r="C48" s="9" t="n"/>
+      <c r="D48" s="9" t="n"/>
+      <c r="E48" s="9" t="n"/>
+      <c r="F48" s="10" t="n">
+        <v>611457.23</v>
+      </c>
+      <c r="G48" s="11" t="n">
+        <v>0.3507</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="B50" s="4" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="B51" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="2" t="n">
+        <v>33</v>
+      </c>
+      <c r="B52" s="2" t="inlineStr">
+        <is>
+          <t>Indian Oil Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C52" s="2" t="inlineStr">
+        <is>
+          <t>INE242A14YO4</t>
+        </is>
+      </c>
+      <c r="D52" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E52" s="12" t="n">
         <v>11000</v>
       </c>
-      <c r="F20" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H20" s="7" t="n">
+      <c r="F52" s="6" t="n">
+        <v>54467.93</v>
+      </c>
+      <c r="G52" s="7" t="n">
+        <v>0.0312</v>
+      </c>
+      <c r="H52" s="8" t="n">
+        <v>46007</v>
+      </c>
+      <c r="J52" s="6" t="n">
+        <v>5.8451</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="B53" s="2" t="inlineStr">
+        <is>
+          <t>Reliance Retail Ventures Limited**</t>
+        </is>
+      </c>
+      <c r="C53" s="2" t="inlineStr">
+        <is>
+          <t>INE929O14EC4</t>
+        </is>
+      </c>
+      <c r="D53" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E53" s="12" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>49609.55</v>
+      </c>
+      <c r="G53" s="7" t="n">
+        <v>0.0285</v>
+      </c>
+      <c r="H53" s="8" t="n">
+        <v>45995</v>
+      </c>
+      <c r="J53" s="6" t="n">
+        <v>5.8627</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="B54" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C54" s="2" t="inlineStr">
+        <is>
+          <t>INE296A14C22</t>
+        </is>
+      </c>
+      <c r="D54" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E54" s="12" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>49532.85</v>
+      </c>
+      <c r="G54" s="7" t="n">
+        <v>0.0284</v>
+      </c>
+      <c r="H54" s="8" t="n">
+        <v>46000</v>
+      </c>
+      <c r="J54" s="6" t="n">
+        <v>6.3751</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="B55" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C55" s="2" t="inlineStr">
+        <is>
+          <t>INE763G14ZW6</t>
+        </is>
+      </c>
+      <c r="D55" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E55" s="12" t="n">
+        <v>8000</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>39844.48</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.0229</v>
+      </c>
+      <c r="H55" s="8" t="n">
+        <v>45968</v>
+      </c>
+      <c r="J55" s="6" t="n">
+        <v>6.4757</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="2" t="n">
+        <v>37</v>
+      </c>
+      <c r="B56" s="2" t="inlineStr">
+        <is>
+          <t>Reliance Retail Ventures Limited**</t>
+        </is>
+      </c>
+      <c r="C56" s="2" t="inlineStr">
+        <is>
+          <t>INE929O14DT0</t>
+        </is>
+      </c>
+      <c r="D56" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E56" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>37338.94</v>
+      </c>
+      <c r="G56" s="7" t="n">
+        <v>0.0214</v>
+      </c>
+      <c r="H56" s="8" t="n">
+        <v>45973</v>
+      </c>
+      <c r="J56" s="6" t="n">
+        <v>5.8312</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="2" t="n">
+        <v>38</v>
+      </c>
+      <c r="B57" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C57" s="2" t="inlineStr">
+        <is>
+          <t>INE556F14LK1</t>
+        </is>
+      </c>
+      <c r="D57" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E57" s="12" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>29729.34</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.017</v>
+      </c>
+      <c r="H57" s="8" t="n">
+        <v>46003</v>
+      </c>
+      <c r="J57" s="6" t="n">
+        <v>5.8302</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="2" t="n">
+        <v>39</v>
+      </c>
+      <c r="B58" s="2" t="inlineStr">
+        <is>
+          <t>Tata Housing Development Company Limited**</t>
+        </is>
+      </c>
+      <c r="C58" s="2" t="inlineStr">
+        <is>
+          <t>INE582L14IU0</t>
+        </is>
+      </c>
+      <c r="D58" s="2" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E58" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>24826.75</v>
+      </c>
+      <c r="G58" s="7" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="H58" s="8" t="n">
+        <v>45988</v>
+      </c>
+      <c r="J58" s="6" t="n">
+        <v>6.065</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="B59" s="2" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited**</t>
+        </is>
+      </c>
+      <c r="C59" s="2" t="inlineStr">
+        <is>
+          <t>INE081A14GE4</t>
+        </is>
+      </c>
+      <c r="D59" s="2" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E59" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>24772.15</v>
+      </c>
+      <c r="G59" s="7" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="H59" s="8" t="n">
+        <v>46002</v>
+      </c>
+      <c r="J59" s="6" t="n">
+        <v>5.995</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="2" t="n">
+        <v>41</v>
+      </c>
+      <c r="B60" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C60" s="2" t="inlineStr">
+        <is>
+          <t>INE403D14544</t>
+        </is>
+      </c>
+      <c r="D60" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E60" s="12" t="n">
+        <v>4500</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>22495.82</v>
+      </c>
+      <c r="G60" s="7" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="H60" s="8" t="n">
+        <v>45947</v>
+      </c>
+      <c r="J60" s="6" t="n">
+        <v>6.8085</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="B61" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C61" s="2" t="inlineStr">
+        <is>
+          <t>INE700G14PE7</t>
+        </is>
+      </c>
+      <c r="D61" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E61" s="12" t="n">
+        <v>4500</v>
+      </c>
+      <c r="F61" s="6" t="n">
+        <v>22484.97</v>
+      </c>
+      <c r="G61" s="7" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="H61" s="8" t="n">
+        <v>45950</v>
+      </c>
+      <c r="J61" s="6" t="n">
+        <v>6.0996</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="2" t="n">
+        <v>43</v>
+      </c>
+      <c r="B62" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C62" s="2" t="inlineStr">
+        <is>
+          <t>INE763G14ZV8</t>
+        </is>
+      </c>
+      <c r="D62" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E62" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>19932.82</v>
+      </c>
+      <c r="G62" s="7" t="n">
+        <v>0.0114</v>
+      </c>
+      <c r="H62" s="8" t="n">
+        <v>45965</v>
+      </c>
+      <c r="J62" s="6" t="n">
+        <v>6.4755</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="2" t="n">
+        <v>44</v>
+      </c>
+      <c r="B63" s="2" t="inlineStr">
+        <is>
+          <t>Infina Finance Private Limited**</t>
+        </is>
+      </c>
+      <c r="C63" s="2" t="inlineStr">
+        <is>
+          <t>INE879F14JW6</t>
+        </is>
+      </c>
+      <c r="D63" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E63" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>19909.32</v>
+      </c>
+      <c r="G63" s="7" t="n">
+        <v>0.0114</v>
+      </c>
+      <c r="H63" s="8" t="n">
+        <v>45971</v>
+      </c>
+      <c r="J63" s="6" t="n">
+        <v>6.6498</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="B64" s="2" t="inlineStr">
+        <is>
+          <t>Tata Realty And Infrastructure Limited**</t>
+        </is>
+      </c>
+      <c r="C64" s="2" t="inlineStr">
+        <is>
+          <t>INE371K14DA3</t>
+        </is>
+      </c>
+      <c r="D64" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E64" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>19812.5</v>
+      </c>
+      <c r="G64" s="7" t="n">
+        <v>0.0114</v>
+      </c>
+      <c r="H64" s="8" t="n">
+        <v>46003</v>
+      </c>
+      <c r="J64" s="6" t="n">
+        <v>6.0601</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="2" t="n">
+        <v>46</v>
+      </c>
+      <c r="B65" s="2" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C65" s="2" t="inlineStr">
+        <is>
+          <t>INE338I14LA9</t>
+        </is>
+      </c>
+      <c r="D65" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E65" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F65" s="6" t="n">
+        <v>19804.56</v>
+      </c>
+      <c r="G65" s="7" t="n">
+        <v>0.0114</v>
+      </c>
+      <c r="H65" s="8" t="n">
+        <v>46000</v>
+      </c>
+      <c r="J65" s="6" t="n">
+        <v>6.6703</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="2" t="n">
+        <v>47</v>
+      </c>
+      <c r="B66" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Securities Limited</t>
+        </is>
+      </c>
+      <c r="C66" s="2" t="inlineStr">
+        <is>
+          <t>INE700G14PB3</t>
+        </is>
+      </c>
+      <c r="D66" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E66" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F66" s="6" t="n">
+        <v>15000</v>
+      </c>
+      <c r="G66" s="7" t="n">
+        <v>0.0086</v>
+      </c>
+      <c r="H66" s="8" t="n">
+        <v>45946</v>
+      </c>
+      <c r="J66" s="6" t="n">
+        <v>5.4393</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="2" t="n">
+        <v>48</v>
+      </c>
+      <c r="B67" s="2" t="inlineStr">
+        <is>
+          <t>Godrej Consumer Products Limited**</t>
+        </is>
+      </c>
+      <c r="C67" s="2" t="inlineStr">
+        <is>
+          <t>INE102D14BE3</t>
+        </is>
+      </c>
+      <c r="D67" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E67" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F67" s="6" t="n">
+        <v>14954.78</v>
+      </c>
+      <c r="G67" s="7" t="n">
+        <v>0.0086</v>
+      </c>
+      <c r="H67" s="8" t="n">
+        <v>45965</v>
+      </c>
+      <c r="J67" s="6" t="n">
+        <v>5.8095</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="2" t="n">
+        <v>49</v>
+      </c>
+      <c r="B68" s="2" t="inlineStr">
+        <is>
+          <t>Godrej Properties Limited**</t>
+        </is>
+      </c>
+      <c r="C68" s="2" t="inlineStr">
+        <is>
+          <t>INE484J14YF1</t>
+        </is>
+      </c>
+      <c r="D68" s="2" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E68" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F68" s="6" t="n">
+        <v>14952.99</v>
+      </c>
+      <c r="G68" s="7" t="n">
+        <v>0.0086</v>
+      </c>
+      <c r="H68" s="8" t="n">
+        <v>45965</v>
+      </c>
+      <c r="J68" s="6" t="n">
+        <v>6.0395</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="B69" s="2" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C69" s="2" t="inlineStr">
+        <is>
+          <t>INE338I14KV7</t>
+        </is>
+      </c>
+      <c r="D69" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E69" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F69" s="6" t="n">
+        <v>14910.56</v>
+      </c>
+      <c r="G69" s="7" t="n">
+        <v>0.0086</v>
+      </c>
+      <c r="H69" s="8" t="n">
+        <v>45979</v>
+      </c>
+      <c r="J69" s="6" t="n">
+        <v>6.635</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="2" t="n">
+        <v>51</v>
+      </c>
+      <c r="B70" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C70" s="2" t="inlineStr">
+        <is>
+          <t>INE763G14A14</t>
+        </is>
+      </c>
+      <c r="D70" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E70" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F70" s="6" t="n">
+        <v>14894.32</v>
+      </c>
+      <c r="G70" s="7" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="H70" s="8" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J70" s="6" t="n">
+        <v>6.4746</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="2" t="n">
+        <v>52</v>
+      </c>
+      <c r="B71" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C71" s="2" t="inlineStr">
+        <is>
+          <t>INE700G14PN8</t>
+        </is>
+      </c>
+      <c r="D71" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E71" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>14888.98</v>
+      </c>
+      <c r="G71" s="7" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="H71" s="8" t="n">
+        <v>45988</v>
+      </c>
+      <c r="J71" s="6" t="n">
+        <v>6.4802</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="2" t="n">
+        <v>53</v>
+      </c>
+      <c r="B72" s="2" t="inlineStr">
+        <is>
+          <t>Network18 Media &amp; Investments Limited**</t>
+        </is>
+      </c>
+      <c r="C72" s="2" t="inlineStr">
+        <is>
+          <t>INE870H14VX4</t>
+        </is>
+      </c>
+      <c r="D72" s="2" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E72" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F72" s="6" t="n">
+        <v>14867.94</v>
+      </c>
+      <c r="G72" s="7" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="H72" s="8" t="n">
+        <v>46001</v>
+      </c>
+      <c r="J72" s="6" t="n">
+        <v>5.8946</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="2" t="n">
+        <v>54</v>
+      </c>
+      <c r="B73" s="2" t="inlineStr">
+        <is>
+          <t>Shree Cement Limited**</t>
+        </is>
+      </c>
+      <c r="C73" s="2" t="inlineStr">
+        <is>
+          <t>INE070A14851</t>
+        </is>
+      </c>
+      <c r="D73" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E73" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F73" s="6" t="n">
+        <v>14847.06</v>
+      </c>
+      <c r="G73" s="7" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="H73" s="8" t="n">
+        <v>46010</v>
+      </c>
+      <c r="J73" s="6" t="n">
+        <v>5.8748</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="B74" s="2" t="inlineStr">
+        <is>
+          <t>L&amp;T Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C74" s="2" t="inlineStr">
+        <is>
+          <t>INE498L14ES2</t>
+        </is>
+      </c>
+      <c r="D74" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E74" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F74" s="6" t="n">
+        <v>14838.94</v>
+      </c>
+      <c r="G74" s="7" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="H74" s="8" t="n">
+        <v>46008</v>
+      </c>
+      <c r="J74" s="6" t="n">
+        <v>6.3899</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="2" t="n">
+        <v>56</v>
+      </c>
+      <c r="B75" s="2" t="inlineStr">
+        <is>
+          <t>Sikka Ports &amp; Terminals Limited**</t>
+        </is>
+      </c>
+      <c r="C75" s="2" t="inlineStr">
+        <is>
+          <t>INE941D14725</t>
+        </is>
+      </c>
+      <c r="D75" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E75" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F75" s="6" t="n">
+        <v>9966.49</v>
+      </c>
+      <c r="G75" s="7" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="H75" s="8" t="n">
+        <v>45967</v>
+      </c>
+      <c r="J75" s="6" t="n">
+        <v>5.8448</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="2" t="n">
+        <v>57</v>
+      </c>
+      <c r="B76" s="2" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C76" s="2" t="inlineStr">
+        <is>
+          <t>INE514E14SI2</t>
+        </is>
+      </c>
+      <c r="D76" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E76" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F76" s="6" t="n">
+        <v>9960.77</v>
+      </c>
+      <c r="G76" s="7" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="H76" s="8" t="n">
+        <v>45971</v>
+      </c>
+      <c r="J76" s="6" t="n">
+        <v>5.7501</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="2" t="n">
+        <v>58</v>
+      </c>
+      <c r="B77" s="2" t="inlineStr">
+        <is>
+          <t>The India Cements Limited**</t>
+        </is>
+      </c>
+      <c r="C77" s="2" t="inlineStr">
+        <is>
+          <t>INE383A14064</t>
+        </is>
+      </c>
+      <c r="D77" s="2" t="inlineStr">
+        <is>
+          <t>CARE A1+</t>
+        </is>
+      </c>
+      <c r="E77" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F77" s="6" t="n">
+        <v>9958.610000000001</v>
+      </c>
+      <c r="G77" s="7" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="H77" s="8" t="n">
+        <v>45972</v>
+      </c>
+      <c r="J77" s="6" t="n">
+        <v>5.8354</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="2" t="n">
+        <v>59</v>
+      </c>
+      <c r="B78" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C78" s="2" t="inlineStr">
+        <is>
+          <t>INE763G14ZJ3</t>
+        </is>
+      </c>
+      <c r="D78" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E78" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F78" s="6" t="n">
+        <v>9924.299999999999</v>
+      </c>
+      <c r="G78" s="7" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="H78" s="8" t="n">
+        <v>45989</v>
+      </c>
+      <c r="J78" s="6" t="n">
+        <v>6.4747</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="B79" s="2" t="inlineStr">
+        <is>
+          <t>HSBC Investdirect Financial Services (India) Limited**</t>
+        </is>
+      </c>
+      <c r="C79" s="2" t="inlineStr">
+        <is>
+          <t>INE790I14GL8</t>
+        </is>
+      </c>
+      <c r="D79" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E79" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F79" s="6" t="n">
+        <v>9911.450000000001</v>
+      </c>
+      <c r="G79" s="7" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="H79" s="8" t="n">
+        <v>45995</v>
+      </c>
+      <c r="J79" s="6" t="n">
+        <v>6.655</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="2" t="n">
+        <v>61</v>
+      </c>
+      <c r="B80" s="2" t="inlineStr">
+        <is>
+          <t>Titan Company Limited**</t>
+        </is>
+      </c>
+      <c r="C80" s="2" t="inlineStr">
+        <is>
+          <t>INE280A14492</t>
+        </is>
+      </c>
+      <c r="D80" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E80" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F80" s="6" t="n">
+        <v>9910.9</v>
+      </c>
+      <c r="G80" s="7" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="H80" s="8" t="n">
+        <v>46002</v>
+      </c>
+      <c r="J80" s="6" t="n">
+        <v>5.86</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="2" t="n">
+        <v>62</v>
+      </c>
+      <c r="B81" s="2" t="inlineStr">
+        <is>
+          <t>Kotak Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C81" s="2" t="inlineStr">
+        <is>
+          <t>INE028E14SU8</t>
+        </is>
+      </c>
+      <c r="D81" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E81" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F81" s="6" t="n">
+        <v>9899.48</v>
+      </c>
+      <c r="G81" s="7" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="H81" s="8" t="n">
+        <v>46003</v>
+      </c>
+      <c r="J81" s="6" t="n">
+        <v>6.5025</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="B82" s="2" t="inlineStr">
+        <is>
+          <t>CEAT Limited**</t>
+        </is>
+      </c>
+      <c r="C82" s="2" t="inlineStr">
+        <is>
+          <t>INE482A14EQ3</t>
+        </is>
+      </c>
+      <c r="D82" s="2" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E82" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F82" s="6" t="n">
+        <v>9897.84</v>
+      </c>
+      <c r="G82" s="7" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="H82" s="8" t="n">
         <v>46009</v>
       </c>
-      <c r="J20" s="5" t="n">
-[...101 lines deleted...]
-      <c r="H23" s="7" t="n">
+      <c r="J82" s="6" t="n">
+        <v>5.9799</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="2" t="n">
+        <v>64</v>
+      </c>
+      <c r="B83" s="2" t="inlineStr">
+        <is>
+          <t>Welspun Corp Limited**</t>
+        </is>
+      </c>
+      <c r="C83" s="2" t="inlineStr">
+        <is>
+          <t>INE191B14754</t>
+        </is>
+      </c>
+      <c r="D83" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E83" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F83" s="6" t="n">
+        <v>9849.33</v>
+      </c>
+      <c r="G83" s="7" t="n">
+        <v>0.0056</v>
+      </c>
+      <c r="H83" s="8" t="n">
+        <v>46034</v>
+      </c>
+      <c r="J83" s="6" t="n">
+        <v>6.345</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="B84" s="2" t="inlineStr">
+        <is>
+          <t>Network18 Media &amp; Investments Limited**</t>
+        </is>
+      </c>
+      <c r="C84" s="2" t="inlineStr">
+        <is>
+          <t>INE870H14VR6</t>
+        </is>
+      </c>
+      <c r="D84" s="2" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E84" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F84" s="6" t="n">
+        <v>7468.72</v>
+      </c>
+      <c r="G84" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="H84" s="8" t="n">
+        <v>45972</v>
+      </c>
+      <c r="J84" s="6" t="n">
+        <v>5.8793</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="2" t="n">
+        <v>66</v>
+      </c>
+      <c r="B85" s="2" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C85" s="2" t="inlineStr">
+        <is>
+          <t>INE338I14KU9</t>
+        </is>
+      </c>
+      <c r="D85" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E85" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F85" s="6" t="n">
+        <v>7462.02</v>
+      </c>
+      <c r="G85" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="H85" s="8" t="n">
+        <v>45974</v>
+      </c>
+      <c r="J85" s="6" t="n">
+        <v>6.6355</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="2" t="n">
+        <v>67</v>
+      </c>
+      <c r="B86" s="2" t="inlineStr">
+        <is>
+          <t>Mahindra Lifespace Developers Limited**</t>
+        </is>
+      </c>
+      <c r="C86" s="2" t="inlineStr">
+        <is>
+          <t>INE813A14367</t>
+        </is>
+      </c>
+      <c r="D86" s="2" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E86" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F86" s="6" t="n">
+        <v>7428.94</v>
+      </c>
+      <c r="G86" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="H86" s="8" t="n">
+        <v>46003</v>
+      </c>
+      <c r="J86" s="6" t="n">
+        <v>6.125</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="B87" s="2" t="inlineStr">
+        <is>
+          <t>Julius Baer Capital (India) Private Limited</t>
+        </is>
+      </c>
+      <c r="C87" s="2" t="inlineStr">
+        <is>
+          <t>INE824H14SA5</t>
+        </is>
+      </c>
+      <c r="D87" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E87" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F87" s="6" t="n">
+        <v>4996.66</v>
+      </c>
+      <c r="G87" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="H87" s="8" t="n">
+        <v>45950</v>
+      </c>
+      <c r="J87" s="6" t="n">
+        <v>6.0996</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="2" t="n">
+        <v>69</v>
+      </c>
+      <c r="B88" s="2" t="inlineStr">
+        <is>
+          <t>Godrej Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C88" s="2" t="inlineStr">
+        <is>
+          <t>INE02JD14617</t>
+        </is>
+      </c>
+      <c r="D88" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E88" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F88" s="6" t="n">
+        <v>4993.46</v>
+      </c>
+      <c r="G88" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="H88" s="8" t="n">
+        <v>45954</v>
+      </c>
+      <c r="J88" s="6" t="n">
+        <v>5.9801</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="B89" s="2" t="inlineStr">
+        <is>
+          <t>Kotak Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C89" s="2" t="inlineStr">
+        <is>
+          <t>INE028E14SE2</t>
+        </is>
+      </c>
+      <c r="D89" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E89" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F89" s="6" t="n">
+        <v>4975.32</v>
+      </c>
+      <c r="G89" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="H89" s="8" t="n">
+        <v>45974</v>
+      </c>
+      <c r="J89" s="6" t="n">
+        <v>6.467</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="2" t="n">
+        <v>71</v>
+      </c>
+      <c r="B90" s="2" t="inlineStr">
+        <is>
+          <t>Tata Projects Limited**</t>
+        </is>
+      </c>
+      <c r="C90" s="2" t="inlineStr">
+        <is>
+          <t>INE725H14CO9</t>
+        </is>
+      </c>
+      <c r="D90" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E90" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F90" s="6" t="n">
+        <v>4953.43</v>
+      </c>
+      <c r="G90" s="7" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="H90" s="8" t="n">
+        <v>46003</v>
+      </c>
+      <c r="J90" s="6" t="n">
+        <v>6.0203</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="2" t="n">
+        <v>72</v>
+      </c>
+      <c r="B91" s="2" t="inlineStr">
+        <is>
+          <t>Axis Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C91" s="2" t="inlineStr">
+        <is>
+          <t>INE110O14GK9</t>
+        </is>
+      </c>
+      <c r="D91" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E91" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F91" s="6" t="n">
+        <v>4952.48</v>
+      </c>
+      <c r="G91" s="7" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="H91" s="8" t="n">
+        <v>46000</v>
+      </c>
+      <c r="J91" s="6" t="n">
+        <v>6.485</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="2" t="n">
+        <v>73</v>
+      </c>
+      <c r="B92" s="2" t="inlineStr">
+        <is>
+          <t>Axis Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C92" s="2" t="inlineStr">
+        <is>
+          <t>INE110O14GL7</t>
+        </is>
+      </c>
+      <c r="D92" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E92" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F92" s="6" t="n">
+        <v>4951.62</v>
+      </c>
+      <c r="G92" s="7" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="H92" s="8" t="n">
+        <v>46001</v>
+      </c>
+      <c r="J92" s="6" t="n">
+        <v>6.4848</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="2" t="n">
+        <v>74</v>
+      </c>
+      <c r="B93" s="2" t="inlineStr">
+        <is>
+          <t>Welspun Corp Limited**</t>
+        </is>
+      </c>
+      <c r="C93" s="2" t="inlineStr">
+        <is>
+          <t>INE191B14747</t>
+        </is>
+      </c>
+      <c r="D93" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E93" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F93" s="6" t="n">
+        <v>4947.13</v>
+      </c>
+      <c r="G93" s="7" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="H93" s="8" t="n">
+        <v>46010</v>
+      </c>
+      <c r="J93" s="6" t="n">
+        <v>6.0952</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="B94" s="2" t="inlineStr">
+        <is>
+          <t>Welspun Corp Limited**</t>
+        </is>
+      </c>
+      <c r="C94" s="2" t="inlineStr">
+        <is>
+          <t>INE191B14713</t>
+        </is>
+      </c>
+      <c r="D94" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E94" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F94" s="6" t="n">
+        <v>4943.86</v>
+      </c>
+      <c r="G94" s="7" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="H94" s="8" t="n">
+        <v>46014</v>
+      </c>
+      <c r="J94" s="6" t="n">
+        <v>6.095</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="9" t="n"/>
+      <c r="B95" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C95" s="9" t="n"/>
+      <c r="D95" s="9" t="n"/>
+      <c r="E95" s="9" t="n"/>
+      <c r="F95" s="10" t="n">
+        <v>720070.36</v>
+      </c>
+      <c r="G95" s="11" t="n">
+        <v>0.4129</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="B97" s="4" t="inlineStr">
+        <is>
+          <t>Treasury Bill</t>
+        </is>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="2" t="n">
+        <v>76</v>
+      </c>
+      <c r="B98" s="2" t="inlineStr">
+        <is>
+          <t>91 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C98" s="2" t="inlineStr">
+        <is>
+          <t>IN002025X216</t>
+        </is>
+      </c>
+      <c r="D98" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E98" s="12" t="n">
+        <v>45000000</v>
+      </c>
+      <c r="F98" s="6" t="n">
+        <v>44768.2</v>
+      </c>
+      <c r="G98" s="7" t="n">
+        <v>0.0257</v>
+      </c>
+      <c r="H98" s="8" t="n">
+        <v>45981</v>
+      </c>
+      <c r="J98" s="6" t="n">
+        <v>5.3996</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="B99" s="2" t="inlineStr">
+        <is>
+          <t>91 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C99" s="2" t="inlineStr">
+        <is>
+          <t>IN002025X190</t>
+        </is>
+      </c>
+      <c r="D99" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E99" s="12" t="n">
+        <v>25500000</v>
+      </c>
+      <c r="F99" s="6" t="n">
+        <v>25421.05</v>
+      </c>
+      <c r="G99" s="7" t="n">
+        <v>0.0146</v>
+      </c>
+      <c r="H99" s="8" t="n">
+        <v>45967</v>
+      </c>
+      <c r="J99" s="6" t="n">
+        <v>5.3979</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="2" t="n">
+        <v>78</v>
+      </c>
+      <c r="B100" s="2" t="inlineStr">
+        <is>
+          <t>91 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C100" s="2" t="inlineStr">
+        <is>
+          <t>IN002025X174</t>
+        </is>
+      </c>
+      <c r="D100" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E100" s="12" t="n">
+        <v>20000000</v>
+      </c>
+      <c r="F100" s="6" t="n">
+        <v>19979.14</v>
+      </c>
+      <c r="G100" s="7" t="n">
+        <v>0.0115</v>
+      </c>
+      <c r="H100" s="8" t="n">
+        <v>45953</v>
+      </c>
+      <c r="J100" s="6" t="n">
+        <v>5.4442</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="2" t="n">
+        <v>79</v>
+      </c>
+      <c r="B101" s="2" t="inlineStr">
+        <is>
+          <t>91 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C101" s="2" t="inlineStr">
+        <is>
+          <t>IN002025X224</t>
+        </is>
+      </c>
+      <c r="D101" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E101" s="12" t="n">
+        <v>20000000</v>
+      </c>
+      <c r="F101" s="6" t="n">
+        <v>19873.1</v>
+      </c>
+      <c r="G101" s="7" t="n">
+        <v>0.0114</v>
+      </c>
+      <c r="H101" s="8" t="n">
+        <v>45989</v>
+      </c>
+      <c r="J101" s="6" t="n">
+        <v>5.4203</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="B102" s="2" t="inlineStr">
+        <is>
+          <t>91 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C102" s="2" t="inlineStr">
+        <is>
+          <t>IN002025X232</t>
+        </is>
+      </c>
+      <c r="D102" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E102" s="12" t="n">
+        <v>19394800</v>
+      </c>
+      <c r="F102" s="6" t="n">
+        <v>19255.18</v>
+      </c>
+      <c r="G102" s="7" t="n">
+        <v>0.011</v>
+      </c>
+      <c r="H102" s="8" t="n">
         <v>45995</v>
       </c>
-      <c r="J23" s="5" t="n">
-[...915 lines deleted...]
-      <c r="B50" s="8" t="inlineStr">
+      <c r="J102" s="6" t="n">
+        <v>5.4014</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="2" t="n">
+        <v>81</v>
+      </c>
+      <c r="B103" s="2" t="inlineStr">
+        <is>
+          <t>91 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C103" s="2" t="inlineStr">
+        <is>
+          <t>IN002025X166</t>
+        </is>
+      </c>
+      <c r="D103" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E103" s="12" t="n">
+        <v>7000000</v>
+      </c>
+      <c r="F103" s="6" t="n">
+        <v>7000</v>
+      </c>
+      <c r="G103" s="7" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H103" s="8" t="n">
+        <v>45946</v>
+      </c>
+      <c r="J103" s="6" t="n">
+        <v>5.4606</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="2" t="n">
+        <v>82</v>
+      </c>
+      <c r="B104" s="2" t="inlineStr">
+        <is>
+          <t>182 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C104" s="2" t="inlineStr">
+        <is>
+          <t>IN002025Y156</t>
+        </is>
+      </c>
+      <c r="D104" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E104" s="12" t="n">
+        <v>4500000</v>
+      </c>
+      <c r="F104" s="6" t="n">
+        <v>4444.56</v>
+      </c>
+      <c r="G104" s="7" t="n">
+        <v>0.0025</v>
+      </c>
+      <c r="H104" s="8" t="n">
+        <v>46030</v>
+      </c>
+      <c r="J104" s="6" t="n">
+        <v>5.4201</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="2" t="n">
+        <v>83</v>
+      </c>
+      <c r="B105" s="2" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C105" s="2" t="inlineStr">
+        <is>
+          <t>IN002024Z313</t>
+        </is>
+      </c>
+      <c r="D105" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E105" s="12" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F105" s="6" t="n">
+        <v>995.88</v>
+      </c>
+      <c r="G105" s="7" t="n">
+        <v>0.0005999999999999999</v>
+      </c>
+      <c r="H105" s="8" t="n">
+        <v>45974</v>
+      </c>
+      <c r="J105" s="6" t="n">
+        <v>5.3995</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="9" t="n"/>
+      <c r="B106" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C50" s="8" t="n"/>
-[...646 lines deleted...]
-      <c r="H71" s="7" t="n">
+      <c r="C106" s="9" t="n"/>
+      <c r="D106" s="9" t="n"/>
+      <c r="E106" s="9" t="n"/>
+      <c r="F106" s="10" t="n">
+        <v>141737.11</v>
+      </c>
+      <c r="G106" s="11" t="n">
+        <v>0.0813</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="2" t="n">
+        <v>84</v>
+      </c>
+      <c r="B108" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F108" s="6" t="n">
+        <v>112976.29</v>
+      </c>
+      <c r="G108" s="7" t="n">
+        <v>0.0648</v>
+      </c>
+      <c r="H108" s="8" t="n">
         <v>45946</v>
       </c>
-      <c r="J71" s="5" t="n">
-[...915 lines deleted...]
-      <c r="B98" s="8" t="inlineStr">
+    </row>
+    <row r="109">
+      <c r="A109" s="9" t="n"/>
+      <c r="B109" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C98" s="8" t="n"/>
-[...227 lines deleted...]
-      <c r="A107" s="1" t="n">
+      <c r="C109" s="9" t="n"/>
+      <c r="D109" s="9" t="n"/>
+      <c r="E109" s="9" t="n"/>
+      <c r="F109" s="10" t="n">
+        <v>112976.29</v>
+      </c>
+      <c r="G109" s="11" t="n">
+        <v>0.0648</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="B111" s="4" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="2" t="n">
         <v>85</v>
       </c>
-      <c r="B107" s="1" t="inlineStr">
-[...67 lines deleted...]
-      <c r="B109" s="8" t="inlineStr">
+      <c r="B112" s="2" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C112" s="2" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E112" s="12" t="n">
+        <v>40721.088</v>
+      </c>
+      <c r="F112" s="6" t="n">
+        <v>4649.12</v>
+      </c>
+      <c r="G112" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J112" s="6" t="n"/>
+    </row>
+    <row r="113">
+      <c r="A113" s="9" t="n"/>
+      <c r="B113" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C109" s="8" t="n"/>
-[...30 lines deleted...]
-      <c r="B112" s="8" t="inlineStr">
+      <c r="C113" s="9" t="n"/>
+      <c r="D113" s="9" t="n"/>
+      <c r="E113" s="9" t="n"/>
+      <c r="F113" s="10" t="n">
+        <v>4649.12</v>
+      </c>
+      <c r="G113" s="11" t="n">
+        <v>0.0027</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="B115" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="116">
+      <c r="B116" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E116" s="12" t="n"/>
+      <c r="F116" s="6" t="n">
+        <v>-30112.19</v>
+      </c>
+      <c r="G116" s="7" t="n">
+        <v>-0.0173</v>
+      </c>
+      <c r="J116" s="6" t="n"/>
+    </row>
+    <row r="117">
+      <c r="A117" s="9" t="n"/>
+      <c r="B117" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C112" s="8" t="n"/>
-[...62 lines deleted...]
-        </is>
+      <c r="C117" s="9" t="n"/>
+      <c r="D117" s="9" t="n"/>
+      <c r="E117" s="9" t="n"/>
+      <c r="F117" s="10" t="n">
+        <v>-30112.19</v>
+      </c>
+      <c r="G117" s="11" t="n">
+        <v>-0.0173</v>
       </c>
     </row>
     <row r="119">
-      <c r="B119" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="J119" s="5" t="n"/>
+      <c r="A119" s="5" t="n"/>
+      <c r="B119" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C119" s="5" t="n"/>
+      <c r="D119" s="5" t="n"/>
+      <c r="E119" s="5" t="n"/>
+      <c r="F119" s="13" t="n">
+        <v>1743689.27</v>
+      </c>
+      <c r="G119" s="14" t="n">
+        <v>1</v>
+      </c>
     </row>
     <row r="120">
-      <c r="A120" s="8" t="n"/>
-[...28 lines deleted...]
-      <c r="G122" s="13" t="n">
+      <c r="A120" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="2" t="n">
         <v>1</v>
       </c>
+      <c r="B121" s="2" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" ht="40.5" customHeight="1" s="74">
+      <c r="A122" s="15" t="n">
+        <v>2</v>
+      </c>
+      <c r="B122" s="15" t="inlineStr">
+        <is>
+          <t>As on  October 15, 2025, the aggregate investments by the schemes of DSP Mutual Fund in DSP Liquidity Fund is ₹ 1,426.92 Lakhs.</t>
+        </is>
+      </c>
     </row>
     <row r="123">
-      <c r="A123" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A126" s="14" t="n">
+      <c r="A123" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B126" s="14" t="inlineStr">
+      <c r="B123" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="127" ht="27" customHeight="1" s="73">
-      <c r="A127" s="14" t="n">
+    <row r="124" ht="27" customHeight="1" s="74">
+      <c r="A124" s="15" t="n">
         <v>4</v>
       </c>
-      <c r="B127" s="14" t="inlineStr">
-[...6 lines deleted...]
-      <c r="B129" s="66" t="inlineStr">
+      <c r="B124" s="15" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the day of the Portfolio</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" ht="14.5" customHeight="1" s="74">
+      <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="142" ht="14.5" customHeight="1" s="73">
-      <c r="B142" s="66" t="inlineStr">
+    <row r="142" ht="14.5" customHeight="1" s="74">
+      <c r="B142" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Liquid Debt A-I Index</t>
         </is>
       </c>
     </row>
-    <row r="155">
-[...1 lines deleted...]
-      <c r="C155" s="17" t="inlineStr">
+    <row r="157">
+      <c r="B157" s="16" t="n"/>
+      <c r="C157" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="156">
-      <c r="B156" s="15" t="inlineStr">
+    <row r="158">
+      <c r="B158" s="16" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C156" s="17" t="inlineStr">
+      <c r="C158" s="18" t="inlineStr">
         <is>
           <t>DSP Liquidity Fund</t>
         </is>
       </c>
     </row>
-    <row r="157">
-      <c r="B157" s="15" t="inlineStr">
+    <row r="159">
+      <c r="B159" s="16" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C157" s="18" t="n"/>
-[...2 lines deleted...]
-      <c r="B158" s="15" t="inlineStr">
+      <c r="C159" s="19" t="n"/>
+    </row>
+    <row r="160">
+      <c r="B160" s="16" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C158" s="19" t="n">
-[...4 lines deleted...]
-      <c r="B159" s="15" t="inlineStr">
+      <c r="C160" s="20" t="n">
+        <v>0.0586</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="B161" s="16" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C159" s="18" t="n">
-[...20 lines deleted...]
-        <v>45930</v>
+      <c r="C161" s="19" t="n">
+        <v>0.12</v>
       </c>
     </row>
     <row r="162">
       <c r="B162" s="16" t="inlineStr">
         <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C162" s="19" t="n">
+        <v>0.12</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="B163" s="16" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C163" s="21" t="n">
+        <v>45945</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="B164" s="17" t="inlineStr">
+        <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C162" s="17" t="n"/>
-[...7 lines deleted...]
-      <c r="C164" s="71" t="n"/>
+      <c r="C164" s="18" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>