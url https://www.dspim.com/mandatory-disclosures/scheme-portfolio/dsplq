--- v1 (2025-10-25)
+++ v2 (2025-11-24)
@@ -1,79 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="997" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="938" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="LIQUID" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="22">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -157,50 +151,65 @@
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
@@ -329,332 +338,299 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="107">
+  <cellXfs count="96">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...35 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -703,116 +679,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>129</row>
+      <row>161</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>138</row>
+      <row>170</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="22713950"/>
+          <a:off x="457200" y="28200350"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>143</row>
+      <row>175</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>152</row>
+      <row>184</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="25126950"/>
+          <a:off x="457200" y="30613350"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1049,3570 +1025,4615 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L164"/>
+  <dimension ref="A1:L196"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="51.54296875" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="18.81640625" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="13.7265625" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="72">
+      <c r="A1" s="71" t="n"/>
+      <c r="B1" s="71" t="inlineStr">
         <is>
           <t>DSP Liquidity Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 15, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on November 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="B8" s="4" t="inlineStr">
+      <c r="B8" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K8" s="4" t="inlineStr">
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>INE403D08157</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E9" s="11" t="n">
+        <v>1750</v>
+      </c>
+      <c r="F9" s="5" t="n">
+        <v>18957.86</v>
+      </c>
+      <c r="G9" s="6" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="H9" s="7" t="n">
+        <v>45996</v>
+      </c>
+      <c r="J9" s="5" t="n">
+        <v>6.5502</v>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L9" s="6" t="n">
+        <v>0.6301</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07QD5</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E10" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F10" s="5" t="n">
+        <v>5380.44</v>
+      </c>
+      <c r="G10" s="6" t="n">
+        <v>0.0023</v>
+      </c>
+      <c r="H10" s="7" t="n">
+        <v>45989</v>
+      </c>
+      <c r="J10" s="5" t="n">
+        <v>5.9697</v>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L10" s="6" t="n">
+        <v>0.1118</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07QB9</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E11" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F11" s="5" t="n">
+        <v>5307.44</v>
+      </c>
+      <c r="G11" s="6" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="H11" s="7" t="n">
+        <v>46065</v>
+      </c>
+      <c r="J11" s="5" t="n">
+        <v>6.1401</v>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="L11" s="6" t="n">
+        <v>0.07240000000000001</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>INE377Y07391</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E12" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F12" s="5" t="n">
+        <v>2683.15</v>
+      </c>
+      <c r="G12" s="6" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="H12" s="7" t="n">
+        <v>46003</v>
+      </c>
+      <c r="J12" s="5" t="n">
+        <v>6.03</v>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="L12" s="6" t="n">
+        <v>0.0516</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07RO8</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E13" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F13" s="5" t="n">
+        <v>2632.31</v>
+      </c>
+      <c r="G13" s="6" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="H13" s="7" t="n">
+        <v>46015</v>
+      </c>
+      <c r="J13" s="5" t="n">
+        <v>6.4551</v>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L13" s="6" t="n">
+        <v>0.0147</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="8" t="n"/>
+      <c r="B14" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C14" s="8" t="n"/>
+      <c r="D14" s="8" t="n"/>
+      <c r="E14" s="8" t="n"/>
+      <c r="F14" s="9" t="n">
+        <v>34961.2</v>
+      </c>
+      <c r="G14" s="10" t="n">
+        <v>0.0147</v>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L14" s="6" t="n">
+        <v>0.002</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L15" s="6" t="n">
+        <v>0.1174</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="B16" s="3" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>7.59% GOI 2026</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>IN0020150093</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E17" s="11" t="n">
+        <v>162500000</v>
+      </c>
+      <c r="F17" s="5" t="n">
+        <v>167280.45</v>
+      </c>
+      <c r="G17" s="6" t="n">
+        <v>0.0707</v>
+      </c>
+      <c r="H17" s="7" t="n">
+        <v>46033</v>
+      </c>
+      <c r="J17" s="5" t="n">
+        <v>5.402</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="8" t="n"/>
+      <c r="B18" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C18" s="8" t="n"/>
+      <c r="D18" s="8" t="n"/>
+      <c r="E18" s="8" t="n"/>
+      <c r="F18" s="9" t="n">
+        <v>167280.45</v>
+      </c>
+      <c r="G18" s="10" t="n">
+        <v>0.0707</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="B20" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="B21" s="3" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE476A16ZT9</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E22" s="11" t="n">
+        <v>11000</v>
+      </c>
+      <c r="F22" s="5" t="n">
+        <v>54722.69</v>
+      </c>
+      <c r="G22" s="6" t="n">
+        <v>0.0231</v>
+      </c>
+      <c r="H22" s="7" t="n">
+        <v>46009</v>
+      </c>
+      <c r="J22" s="5" t="n">
+        <v>5.7802</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6AX9</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E23" s="11" t="n">
+        <v>10500</v>
+      </c>
+      <c r="F23" s="5" t="n">
+        <v>52251.31</v>
+      </c>
+      <c r="G23" s="6" t="n">
+        <v>0.0221</v>
+      </c>
+      <c r="H23" s="7" t="n">
+        <v>46007</v>
+      </c>
+      <c r="J23" s="5" t="n">
+        <v>5.7908</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HQ7</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E24" s="11" t="n">
+        <v>9500</v>
+      </c>
+      <c r="F24" s="5" t="n">
+        <v>47230.3</v>
+      </c>
+      <c r="G24" s="6" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="H24" s="7" t="n">
+        <v>46013</v>
+      </c>
+      <c r="J24" s="5" t="n">
+        <v>5.7902</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6AA7</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E25" s="11" t="n">
+        <v>8000</v>
+      </c>
+      <c r="F25" s="5" t="n">
+        <v>39987.52</v>
+      </c>
+      <c r="G25" s="6" t="n">
+        <v>0.0169</v>
+      </c>
+      <c r="H25" s="7" t="n">
+        <v>45979</v>
+      </c>
+      <c r="J25" s="5" t="n">
+        <v>5.7049</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE692A16II0</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E26" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F26" s="5" t="n">
+        <v>37310.78</v>
+      </c>
+      <c r="G26" s="6" t="n">
+        <v>0.0158</v>
+      </c>
+      <c r="H26" s="7" t="n">
+        <v>46009</v>
+      </c>
+      <c r="J26" s="5" t="n">
+        <v>5.7854</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Indian Bank</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE562A16NQ8</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E27" s="11" t="n">
+        <v>7400</v>
+      </c>
+      <c r="F27" s="5" t="n">
+        <v>36895.36</v>
+      </c>
+      <c r="G27" s="6" t="n">
+        <v>0.0156</v>
+      </c>
+      <c r="H27" s="7" t="n">
+        <v>45995</v>
+      </c>
+      <c r="J27" s="5" t="n">
+        <v>5.7508</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE476A16D88</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E28" s="11" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F28" s="5" t="n">
+        <v>29948.55</v>
+      </c>
+      <c r="G28" s="6" t="n">
+        <v>0.0127</v>
+      </c>
+      <c r="H28" s="7" t="n">
+        <v>45988</v>
+      </c>
+      <c r="J28" s="5" t="n">
+        <v>5.7005</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HI4</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E29" s="11" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F29" s="5" t="n">
+        <v>29919.87</v>
+      </c>
+      <c r="G29" s="6" t="n">
+        <v>0.0127</v>
+      </c>
+      <c r="H29" s="7" t="n">
+        <v>45994</v>
+      </c>
+      <c r="J29" s="5" t="n">
+        <v>5.7502</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16JE4</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E30" s="11" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F30" s="5" t="n">
+        <v>29886.81</v>
+      </c>
+      <c r="G30" s="6" t="n">
+        <v>0.0126</v>
+      </c>
+      <c r="H30" s="7" t="n">
+        <v>46001</v>
+      </c>
+      <c r="J30" s="5" t="n">
+        <v>5.7598</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Punjab National Bank**</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE160A16SP2</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E31" s="11" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F31" s="5" t="n">
+        <v>29858.4</v>
+      </c>
+      <c r="G31" s="6" t="n">
+        <v>0.0126</v>
+      </c>
+      <c r="H31" s="7" t="n">
+        <v>46007</v>
+      </c>
+      <c r="J31" s="5" t="n">
+        <v>5.7705</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6BH0</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E32" s="11" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F32" s="5" t="n">
+        <v>29848.5</v>
+      </c>
+      <c r="G32" s="6" t="n">
+        <v>0.0126</v>
+      </c>
+      <c r="H32" s="7" t="n">
+        <v>46009</v>
+      </c>
+      <c r="J32" s="5" t="n">
+        <v>5.79</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16HY6</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E33" s="11" t="n">
+        <v>5500</v>
+      </c>
+      <c r="F33" s="5" t="n">
+        <v>27387.64</v>
+      </c>
+      <c r="G33" s="6" t="n">
+        <v>0.0116</v>
+      </c>
+      <c r="H33" s="7" t="n">
+        <v>46003</v>
+      </c>
+      <c r="J33" s="5" t="n">
+        <v>5.7596</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE562A16PJ8</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E34" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F34" s="5" t="n">
+        <v>24992.22</v>
+      </c>
+      <c r="G34" s="6" t="n">
+        <v>0.0106</v>
+      </c>
+      <c r="H34" s="7" t="n">
+        <v>45979</v>
+      </c>
+      <c r="J34" s="5" t="n">
+        <v>5.6866</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Indian Bank</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE562A16PL4</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E35" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F35" s="5" t="n">
+        <v>24913.5</v>
+      </c>
+      <c r="G35" s="6" t="n">
+        <v>0.0105</v>
+      </c>
+      <c r="H35" s="7" t="n">
+        <v>45999</v>
+      </c>
+      <c r="J35" s="5" t="n">
+        <v>5.7604</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE562A16PM2</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E36" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F36" s="5" t="n">
+        <v>24877.78</v>
+      </c>
+      <c r="G36" s="6" t="n">
+        <v>0.0105</v>
+      </c>
+      <c r="H36" s="7" t="n">
+        <v>46008</v>
+      </c>
+      <c r="J36" s="5" t="n">
+        <v>5.7847</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE476A16E53</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E37" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F37" s="5" t="n">
+        <v>24644.4</v>
+      </c>
+      <c r="G37" s="6" t="n">
+        <v>0.0104</v>
+      </c>
+      <c r="H37" s="7" t="n">
+        <v>46065</v>
+      </c>
+      <c r="J37" s="5" t="n">
+        <v>5.9849</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Union Bank of India</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE692A16IP5</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E38" s="11" t="n">
+        <v>4500</v>
+      </c>
+      <c r="F38" s="5" t="n">
+        <v>22209.19</v>
+      </c>
+      <c r="G38" s="6" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="H38" s="7" t="n">
+        <v>46056</v>
+      </c>
+      <c r="J38" s="5" t="n">
+        <v>6.0499</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HV7</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E39" s="11" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F39" s="5" t="n">
+        <v>19715.08</v>
+      </c>
+      <c r="G39" s="6" t="n">
+        <v>0.0083</v>
+      </c>
+      <c r="H39" s="7" t="n">
+        <v>46065</v>
+      </c>
+      <c r="J39" s="5" t="n">
+        <v>5.9945</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16GA3</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E40" s="11" t="n">
+        <v>3500</v>
+      </c>
+      <c r="F40" s="5" t="n">
+        <v>17411.62</v>
+      </c>
+      <c r="G40" s="6" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="H40" s="7" t="n">
+        <v>46009</v>
+      </c>
+      <c r="J40" s="5" t="n">
+        <v>5.79</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16FY5</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E41" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F41" s="5" t="n">
+        <v>14957.58</v>
+      </c>
+      <c r="G41" s="6" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H41" s="7" t="n">
+        <v>45995</v>
+      </c>
+      <c r="J41" s="5" t="n">
+        <v>5.7508</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE476A16ZP7</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E42" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F42" s="5" t="n">
+        <v>14955.21</v>
+      </c>
+      <c r="G42" s="6" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H42" s="7" t="n">
+        <v>45996</v>
+      </c>
+      <c r="J42" s="5" t="n">
+        <v>5.7544</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Bank of India**</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE084A16EG3</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E43" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F43" s="5" t="n">
+        <v>14931.02</v>
+      </c>
+      <c r="G43" s="6" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H43" s="7" t="n">
+        <v>46006</v>
+      </c>
+      <c r="J43" s="5" t="n">
+        <v>5.8151</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>INE476A16ZU7</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E44" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F44" s="5" t="n">
+        <v>14922.02</v>
+      </c>
+      <c r="G44" s="6" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H44" s="7" t="n">
+        <v>46010</v>
+      </c>
+      <c r="J44" s="5" t="n">
+        <v>5.7805</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Indian Bank</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INE562A16PI0</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E45" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F45" s="5" t="n">
+        <v>12498.15</v>
+      </c>
+      <c r="G45" s="6" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="H45" s="7" t="n">
+        <v>45978</v>
+      </c>
+      <c r="J45" s="5" t="n">
+        <v>5.4028</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Karur Vysya Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>INE036D16IV7</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E46" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F46" s="5" t="n">
+        <v>12491.86</v>
+      </c>
+      <c r="G46" s="6" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="H46" s="7" t="n">
+        <v>45981</v>
+      </c>
+      <c r="J46" s="5" t="n">
+        <v>5.9488</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>IndusInd Bank Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>INE095A16X93</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E47" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F47" s="5" t="n">
+        <v>12360.22</v>
+      </c>
+      <c r="G47" s="6" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="H47" s="7" t="n">
+        <v>46042</v>
+      </c>
+      <c r="J47" s="5" t="n">
+        <v>6.3501</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>INE692A16IN0</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E48" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F48" s="5" t="n">
+        <v>12349.28</v>
+      </c>
+      <c r="G48" s="6" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="H48" s="7" t="n">
+        <v>46051</v>
+      </c>
+      <c r="J48" s="5" t="n">
+        <v>6.0201</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>INE237A160Z6</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E49" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F49" s="5" t="n">
+        <v>9960.780000000001</v>
+      </c>
+      <c r="G49" s="6" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H49" s="7" t="n">
+        <v>46002</v>
+      </c>
+      <c r="J49" s="5" t="n">
+        <v>5.7487</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16ID8</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E50" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F50" s="5" t="n">
+        <v>9952.68</v>
+      </c>
+      <c r="G50" s="6" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H50" s="7" t="n">
+        <v>46007</v>
+      </c>
+      <c r="J50" s="5" t="n">
+        <v>5.7846</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6AY7</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E51" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F51" s="5" t="n">
+        <v>9951.07</v>
+      </c>
+      <c r="G51" s="6" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H51" s="7" t="n">
+        <v>46008</v>
+      </c>
+      <c r="J51" s="5" t="n">
+        <v>5.79</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Union Bank of India</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>INE692A16IK6</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E52" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F52" s="5" t="n">
+        <v>9900.389999999999</v>
+      </c>
+      <c r="G52" s="6" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H52" s="7" t="n">
+        <v>46038</v>
+      </c>
+      <c r="J52" s="5" t="n">
+        <v>6.0202</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>INE476A16A24</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E53" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F53" s="5" t="n">
+        <v>9872.120000000001</v>
+      </c>
+      <c r="G53" s="6" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H53" s="7" t="n">
+        <v>46056</v>
+      </c>
+      <c r="J53" s="5" t="n">
+        <v>5.9852</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16AX2</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E54" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F54" s="5" t="n">
+        <v>7477.58</v>
+      </c>
+      <c r="G54" s="6" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="H54" s="7" t="n">
+        <v>45996</v>
+      </c>
+      <c r="J54" s="5" t="n">
+        <v>5.7592</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6AM2</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E55" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F55" s="5" t="n">
+        <v>7402.49</v>
+      </c>
+      <c r="G55" s="6" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="H55" s="7" t="n">
+        <v>46057</v>
+      </c>
+      <c r="J55" s="5" t="n">
+        <v>6.0098</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Canara Bank</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>INE476A16ZQ5</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E56" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F56" s="5" t="n">
+        <v>4979.57</v>
+      </c>
+      <c r="G56" s="6" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="H56" s="7" t="n">
+        <v>46003</v>
+      </c>
+      <c r="J56" s="5" t="n">
+        <v>5.7596</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16HJ7</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E57" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F57" s="5" t="n">
+        <v>4955.9</v>
+      </c>
+      <c r="G57" s="6" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="H57" s="7" t="n">
+        <v>46031</v>
+      </c>
+      <c r="J57" s="5" t="n">
+        <v>6.0154</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>INE476A16A32</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E58" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F58" s="5" t="n">
+        <v>4935.26</v>
+      </c>
+      <c r="G58" s="6" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="H58" s="7" t="n">
+        <v>46057</v>
+      </c>
+      <c r="J58" s="5" t="n">
+        <v>5.985</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>INE237A168Y2</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E59" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F59" s="5" t="n">
+        <v>2492.94</v>
+      </c>
+      <c r="G59" s="6" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="H59" s="7" t="n">
+        <v>45995</v>
+      </c>
+      <c r="J59" s="5" t="n">
+        <v>5.7457</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="1" t="n">
+        <v>45</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Union Bank of India</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>INE692A16ID1</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E60" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F60" s="5" t="n">
+        <v>2492.53</v>
+      </c>
+      <c r="G60" s="6" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="H60" s="7" t="n">
+        <v>45996</v>
+      </c>
+      <c r="J60" s="5" t="n">
+        <v>5.7592</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="1" t="n">
+        <v>46</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16GF2</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E61" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F61" s="5" t="n">
+        <v>2466.78</v>
+      </c>
+      <c r="G61" s="6" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="H61" s="7" t="n">
+        <v>46059</v>
+      </c>
+      <c r="J61" s="5" t="n">
+        <v>5.9944</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="1" t="n">
+        <v>47</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Punjab National Bank**</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>INE160A16QS0</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E62" s="11" t="n">
+        <v>200</v>
+      </c>
+      <c r="F62" s="5" t="n">
+        <v>994.8099999999999</v>
+      </c>
+      <c r="G62" s="6" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="H62" s="7" t="n">
+        <v>46010</v>
+      </c>
+      <c r="J62" s="5" t="n">
+        <v>5.7704</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="8" t="n"/>
+      <c r="B63" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C63" s="8" t="n"/>
+      <c r="D63" s="8" t="n"/>
+      <c r="E63" s="8" t="n"/>
+      <c r="F63" s="9" t="n">
+        <v>801311.76</v>
+      </c>
+      <c r="G63" s="10" t="n">
+        <v>0.3388</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="B65" s="3" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="66">
+      <c r="B66" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>INE556F14LQ8</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E67" s="11" t="n">
+        <v>12000</v>
+      </c>
+      <c r="F67" s="5" t="n">
+        <v>59139.54</v>
+      </c>
+      <c r="G67" s="6" t="n">
+        <v>0.025</v>
+      </c>
+      <c r="H67" s="7" t="n">
+        <v>46065</v>
+      </c>
+      <c r="J67" s="5" t="n">
+        <v>6.035</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="1" t="n">
+        <v>49</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Indian Oil Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>INE242A14YO4</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E68" s="11" t="n">
+        <v>11000</v>
+      </c>
+      <c r="F68" s="5" t="n">
+        <v>54737.7</v>
+      </c>
+      <c r="G68" s="6" t="n">
+        <v>0.0232</v>
+      </c>
+      <c r="H68" s="7" t="n">
+        <v>46007</v>
+      </c>
+      <c r="J68" s="5" t="n">
+        <v>5.8301</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Reliance Retail Ventures Limited**</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>INE929O14EC4</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E69" s="11" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F69" s="5" t="n">
+        <v>49856.45</v>
+      </c>
+      <c r="G69" s="6" t="n">
+        <v>0.0211</v>
+      </c>
+      <c r="H69" s="7" t="n">
+        <v>45995</v>
+      </c>
+      <c r="J69" s="5" t="n">
+        <v>5.8395</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="1" t="n">
+        <v>51</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>INE296A14C22</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E70" s="11" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F70" s="5" t="n">
+        <v>49802.9</v>
+      </c>
+      <c r="G70" s="6" t="n">
+        <v>0.0211</v>
+      </c>
+      <c r="H70" s="7" t="n">
+        <v>46000</v>
+      </c>
+      <c r="J70" s="5" t="n">
+        <v>6.2805</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="1" t="n">
+        <v>52</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>INE556F14LK1</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E71" s="11" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F71" s="5" t="n">
+        <v>29877</v>
+      </c>
+      <c r="G71" s="6" t="n">
+        <v>0.0126</v>
+      </c>
+      <c r="H71" s="7" t="n">
+        <v>46003</v>
+      </c>
+      <c r="J71" s="5" t="n">
+        <v>5.7795</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="1" t="n">
+        <v>53</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>INE556F14LO3</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E72" s="11" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F72" s="5" t="n">
+        <v>29646.18</v>
+      </c>
+      <c r="G72" s="6" t="n">
+        <v>0.0125</v>
+      </c>
+      <c r="H72" s="7" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J72" s="5" t="n">
+        <v>6.0503</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="1" t="n">
+        <v>54</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Tata Housing Development Company Limited**</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>INE582L14IU0</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E73" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F73" s="5" t="n">
+        <v>24954.92</v>
+      </c>
+      <c r="G73" s="6" t="n">
+        <v>0.0106</v>
+      </c>
+      <c r="H73" s="7" t="n">
+        <v>45988</v>
+      </c>
+      <c r="J73" s="5" t="n">
+        <v>5.9952</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="1" t="n">
+        <v>55</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited**</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>INE081A14GE4</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E74" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F74" s="5" t="n">
+        <v>24900.4</v>
+      </c>
+      <c r="G74" s="6" t="n">
+        <v>0.0105</v>
+      </c>
+      <c r="H74" s="7" t="n">
+        <v>46002</v>
+      </c>
+      <c r="J74" s="5" t="n">
+        <v>5.8399</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="1" t="n">
+        <v>56</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited**</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>INE775A14798</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E75" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F75" s="5" t="n">
+        <v>24874.82</v>
+      </c>
+      <c r="G75" s="6" t="n">
+        <v>0.0105</v>
+      </c>
+      <c r="H75" s="7" t="n">
+        <v>46008</v>
+      </c>
+      <c r="J75" s="5" t="n">
+        <v>5.925</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="1" t="n">
+        <v>57</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>INE377Y14BT5</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E76" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F76" s="5" t="n">
+        <v>24751.4</v>
+      </c>
+      <c r="G76" s="6" t="n">
+        <v>0.0105</v>
+      </c>
+      <c r="H76" s="7" t="n">
+        <v>46037</v>
+      </c>
+      <c r="J76" s="5" t="n">
+        <v>6.11</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="1" t="n">
+        <v>58</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>INE763G14WO0</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E77" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F77" s="5" t="n">
+        <v>24726.22</v>
+      </c>
+      <c r="G77" s="6" t="n">
+        <v>0.0105</v>
+      </c>
+      <c r="H77" s="7" t="n">
+        <v>46038</v>
+      </c>
+      <c r="J77" s="5" t="n">
+        <v>6.6252</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="1" t="n">
+        <v>59</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Julius Baer Capital (India) Private Limited**</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>INE824H14SN8</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E78" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F78" s="5" t="n">
+        <v>24721.22</v>
+      </c>
+      <c r="G78" s="6" t="n">
+        <v>0.0105</v>
+      </c>
+      <c r="H78" s="7" t="n">
+        <v>46037</v>
+      </c>
+      <c r="J78" s="5" t="n">
+        <v>6.86</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="1" t="n">
+        <v>60</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>INE700G14QQ9</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E79" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F79" s="5" t="n">
+        <v>24697.62</v>
+      </c>
+      <c r="G79" s="6" t="n">
+        <v>0.0104</v>
+      </c>
+      <c r="H79" s="7" t="n">
+        <v>46044</v>
+      </c>
+      <c r="J79" s="5" t="n">
+        <v>6.67</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="1" t="n">
+        <v>61</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>INE028E14TL5</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E80" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F80" s="5" t="n">
+        <v>24632.88</v>
+      </c>
+      <c r="G80" s="6" t="n">
+        <v>0.0104</v>
+      </c>
+      <c r="H80" s="7" t="n">
+        <v>46059</v>
+      </c>
+      <c r="J80" s="5" t="n">
+        <v>6.6343</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="1" t="n">
+        <v>62</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited**</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>INE081A14GC8</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E81" s="11" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F81" s="5" t="n">
+        <v>19962.2</v>
+      </c>
+      <c r="G81" s="6" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="H81" s="7" t="n">
+        <v>45989</v>
+      </c>
+      <c r="J81" s="5" t="n">
+        <v>5.7596</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="1" t="n">
+        <v>63</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>INE338I14LA9</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E82" s="11" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F82" s="5" t="n">
+        <v>19917.04</v>
+      </c>
+      <c r="G82" s="6" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="H82" s="7" t="n">
+        <v>46000</v>
+      </c>
+      <c r="J82" s="5" t="n">
+        <v>6.6101</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="1" t="n">
+        <v>64</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Tata Realty And Infrastructure Limited**</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>INE371K14DA3</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E83" s="11" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F83" s="5" t="n">
+        <v>19914.32</v>
+      </c>
+      <c r="G83" s="6" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="H83" s="7" t="n">
+        <v>46003</v>
+      </c>
+      <c r="J83" s="5" t="n">
+        <v>6.04</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="1" t="n">
+        <v>65</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>INE028E14SK9</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E84" s="11" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F84" s="5" t="n">
+        <v>19754.74</v>
+      </c>
+      <c r="G84" s="6" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="H84" s="7" t="n">
+        <v>46045</v>
+      </c>
+      <c r="J84" s="5" t="n">
+        <v>6.6643</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="1" t="n">
+        <v>66</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Securities Primary Dealership Limited**</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t>INE849D14HW8</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E85" s="11" t="n">
+        <v>3500</v>
+      </c>
+      <c r="F85" s="5" t="n">
+        <v>17231.27</v>
+      </c>
+      <c r="G85" s="6" t="n">
+        <v>0.0073</v>
+      </c>
+      <c r="H85" s="7" t="n">
+        <v>46063</v>
+      </c>
+      <c r="J85" s="5" t="n">
+        <v>6.619</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="1" t="n">
+        <v>67</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Securities Limited</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>INE700G14QN6</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E86" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F86" s="5" t="n">
+        <v>14997.76</v>
+      </c>
+      <c r="G86" s="6" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H86" s="7" t="n">
+        <v>45978</v>
+      </c>
+      <c r="J86" s="5" t="n">
+        <v>5.4393</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="1" t="n">
+        <v>68</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>INE338I14KV7</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E87" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F87" s="5" t="n">
+        <v>14994.75</v>
+      </c>
+      <c r="G87" s="6" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H87" s="7" t="n">
+        <v>45979</v>
+      </c>
+      <c r="J87" s="5" t="n">
+        <v>6.3989</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="1" t="n">
+        <v>69</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Securities Limited</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>INE700G14PL2</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E88" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F88" s="5" t="n">
+        <v>14992.66</v>
+      </c>
+      <c r="G88" s="6" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H88" s="7" t="n">
+        <v>45980</v>
+      </c>
+      <c r="J88" s="5" t="n">
+        <v>5.9524</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="1" t="n">
+        <v>70</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C89" s="1" t="inlineStr">
+        <is>
+          <t>INE763G14A14</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E89" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F89" s="5" t="n">
+        <v>14976.64</v>
+      </c>
+      <c r="G89" s="6" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H89" s="7" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J89" s="5" t="n">
+        <v>6.3243</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="1" t="n">
+        <v>71</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C90" s="1" t="inlineStr">
+        <is>
+          <t>INE700G14PN8</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E90" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F90" s="5" t="n">
+        <v>14971.52</v>
+      </c>
+      <c r="G90" s="6" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H90" s="7" t="n">
+        <v>45988</v>
+      </c>
+      <c r="J90" s="5" t="n">
+        <v>6.3149</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="1" t="n">
+        <v>72</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Nuvoco Vistas Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>INE118D14977</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E91" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F91" s="5" t="n">
+        <v>14968.02</v>
+      </c>
+      <c r="G91" s="6" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H91" s="7" t="n">
+        <v>45989</v>
+      </c>
+      <c r="J91" s="5" t="n">
+        <v>6.5</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="1" t="n">
+        <v>73</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Network18 Media &amp; Investments Limited**</t>
+        </is>
+      </c>
+      <c r="C92" s="1" t="inlineStr">
+        <is>
+          <t>INE870H14VX4</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E92" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F92" s="5" t="n">
+        <v>14942.04</v>
+      </c>
+      <c r="G92" s="6" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H92" s="7" t="n">
+        <v>46001</v>
+      </c>
+      <c r="J92" s="5" t="n">
+        <v>5.9001</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="1" t="n">
+        <v>74</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Redington Limited**</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>INE891D14A87</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E93" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F93" s="5" t="n">
+        <v>14925.98</v>
+      </c>
+      <c r="G93" s="6" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H93" s="7" t="n">
+        <v>46007</v>
+      </c>
+      <c r="J93" s="5" t="n">
+        <v>6.0346</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="1" t="n">
+        <v>75</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Kisetsu Saison Finance (India) Private Limited**</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>INE0DZE14255</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E94" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F94" s="5" t="n">
+        <v>14921.76</v>
+      </c>
+      <c r="G94" s="6" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H94" s="7" t="n">
+        <v>46006</v>
+      </c>
+      <c r="J94" s="5" t="n">
+        <v>6.5994</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="1" t="n">
+        <v>76</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Shree Cement Limited**</t>
+        </is>
+      </c>
+      <c r="C95" s="1" t="inlineStr">
+        <is>
+          <t>INE070A14851</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E95" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F95" s="5" t="n">
+        <v>14920.08</v>
+      </c>
+      <c r="G95" s="6" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H95" s="7" t="n">
+        <v>46010</v>
+      </c>
+      <c r="J95" s="5" t="n">
+        <v>5.9252</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="1" t="n">
+        <v>77</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;T Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>INE498L14ES2</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E96" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F96" s="5" t="n">
+        <v>14919.82</v>
+      </c>
+      <c r="G96" s="6" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H96" s="7" t="n">
+        <v>46008</v>
+      </c>
+      <c r="J96" s="5" t="n">
+        <v>6.3271</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="1" t="n">
+        <v>78</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Tata Capital Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C97" s="1" t="inlineStr">
+        <is>
+          <t>INE033L14NP4</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E97" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F97" s="5" t="n">
+        <v>14848.38</v>
+      </c>
+      <c r="G97" s="6" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H97" s="7" t="n">
+        <v>46038</v>
+      </c>
+      <c r="J97" s="5" t="n">
+        <v>6.11</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="1" t="n">
+        <v>79</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Godrej Properties Limited**</t>
+        </is>
+      </c>
+      <c r="C98" s="1" t="inlineStr">
+        <is>
+          <t>INE484J14ZH4</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E98" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F98" s="5" t="n">
+        <v>14802.81</v>
+      </c>
+      <c r="G98" s="6" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H98" s="7" t="n">
+        <v>46056</v>
+      </c>
+      <c r="J98" s="5" t="n">
+        <v>6.1549</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="1" t="n">
+        <v>80</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C99" s="1" t="inlineStr">
+        <is>
+          <t>INE121A14XZ8</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E99" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F99" s="5" t="n">
+        <v>14767.92</v>
+      </c>
+      <c r="G99" s="6" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="H99" s="7" t="n">
+        <v>46063</v>
+      </c>
+      <c r="J99" s="5" t="n">
+        <v>6.67</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="1" t="n">
+        <v>81</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Network18 Media &amp; Investments Limited**</t>
+        </is>
+      </c>
+      <c r="C100" s="1" t="inlineStr">
+        <is>
+          <t>INE870H14WD4</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E100" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F100" s="5" t="n">
+        <v>12337.91</v>
+      </c>
+      <c r="G100" s="6" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="H100" s="7" t="n">
+        <v>46056</v>
+      </c>
+      <c r="J100" s="5" t="n">
+        <v>6.0698</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="1" t="n">
+        <v>82</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>INE338I14LJ0</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E101" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F101" s="5" t="n">
+        <v>12293.42</v>
+      </c>
+      <c r="G101" s="6" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="H101" s="7" t="n">
+        <v>46065</v>
+      </c>
+      <c r="J101" s="5" t="n">
+        <v>6.9699</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="1" t="n">
+        <v>83</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C102" s="1" t="inlineStr">
+        <is>
+          <t>INE763G14ZJ3</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E102" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F102" s="5" t="n">
+        <v>9979.25</v>
+      </c>
+      <c r="G102" s="6" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H102" s="7" t="n">
+        <v>45989</v>
+      </c>
+      <c r="J102" s="5" t="n">
+        <v>6.3261</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="1" t="n">
+        <v>84</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>HSBC Investdirect Financial Services (India) Limited**</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>INE790I14GL8</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E103" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F103" s="5" t="n">
+        <v>9967.629999999999</v>
+      </c>
+      <c r="G103" s="6" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H103" s="7" t="n">
+        <v>45995</v>
+      </c>
+      <c r="J103" s="5" t="n">
+        <v>6.5852</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="1" t="n">
+        <v>85</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Titan Company Limited**</t>
         </is>
       </c>
-      <c r="C9" s="2" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A10" s="2" t="n">
+      <c r="C104" s="1" t="inlineStr">
+        <is>
+          <t>INE280A14492</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E104" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F104" s="5" t="n">
+        <v>9960.01</v>
+      </c>
+      <c r="G104" s="6" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H104" s="7" t="n">
+        <v>46002</v>
+      </c>
+      <c r="J104" s="5" t="n">
+        <v>5.8627</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="1" t="n">
+        <v>86</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>INE028E14SU8</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E105" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F105" s="5" t="n">
+        <v>9954.41</v>
+      </c>
+      <c r="G105" s="6" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H105" s="7" t="n">
+        <v>46003</v>
+      </c>
+      <c r="J105" s="5" t="n">
+        <v>6.4294</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="1" t="n">
+        <v>87</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>CEAT Limited**</t>
+        </is>
+      </c>
+      <c r="C106" s="1" t="inlineStr">
+        <is>
+          <t>INE482A14EQ3</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E106" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F106" s="5" t="n">
+        <v>9946.98</v>
+      </c>
+      <c r="G106" s="6" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H106" s="7" t="n">
+        <v>46009</v>
+      </c>
+      <c r="J106" s="5" t="n">
+        <v>6.0798</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="1" t="n">
+        <v>88</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Welspun Corp Limited**</t>
+        </is>
+      </c>
+      <c r="C107" s="1" t="inlineStr">
+        <is>
+          <t>INE191B14754</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E107" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F107" s="5" t="n">
+        <v>9900.74</v>
+      </c>
+      <c r="G107" s="6" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H107" s="7" t="n">
+        <v>46034</v>
+      </c>
+      <c r="J107" s="5" t="n">
+        <v>6.4202</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="1" t="n">
+        <v>89</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C108" s="1" t="inlineStr">
+        <is>
+          <t>INE414G14UC9</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E108" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F108" s="5" t="n">
+        <v>9887.309999999999</v>
+      </c>
+      <c r="G108" s="6" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H108" s="7" t="n">
+        <v>46038</v>
+      </c>
+      <c r="J108" s="5" t="n">
+        <v>6.8201</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="1" t="n">
+        <v>90</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Birla Group Holdings Private Limited**</t>
+        </is>
+      </c>
+      <c r="C109" s="1" t="inlineStr">
+        <is>
+          <t>INE09OL14IB2</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E109" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F109" s="5" t="n">
+        <v>9867.26</v>
+      </c>
+      <c r="G109" s="6" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H109" s="7" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J109" s="5" t="n">
+        <v>6.82</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="1" t="n">
+        <v>91</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Aditya Birla Money Limited**</t>
+        </is>
+      </c>
+      <c r="C110" s="1" t="inlineStr">
+        <is>
+          <t>INE865C14OP6</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E110" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F110" s="5" t="n">
+        <v>9864.76</v>
+      </c>
+      <c r="G110" s="6" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H110" s="7" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J110" s="5" t="n">
+        <v>6.9499</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="1" t="n">
+        <v>92</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Aditya Birla Real Estate Limited**</t>
+        </is>
+      </c>
+      <c r="C111" s="1" t="inlineStr">
+        <is>
+          <t>INE055A14KJ9</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E111" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F111" s="5" t="n">
+        <v>9836.950000000001</v>
+      </c>
+      <c r="G111" s="6" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H111" s="7" t="n">
+        <v>46063</v>
+      </c>
+      <c r="J111" s="5" t="n">
+        <v>7.0351</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="1" t="n">
+        <v>93</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Mahindra Lifespace Developers Limited**</t>
+        </is>
+      </c>
+      <c r="C112" s="1" t="inlineStr">
+        <is>
+          <t>INE813A14367</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E112" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F112" s="5" t="n">
+        <v>7467.53</v>
+      </c>
+      <c r="G112" s="6" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="H112" s="7" t="n">
+        <v>46003</v>
+      </c>
+      <c r="J112" s="5" t="n">
+        <v>6.1044</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="1" t="n">
+        <v>94</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Mahindra Lifespace Developers Limited**</t>
+        </is>
+      </c>
+      <c r="C113" s="1" t="inlineStr">
+        <is>
+          <t>INE813A14375</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E113" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F113" s="5" t="n">
+        <v>7399.27</v>
+      </c>
+      <c r="G113" s="6" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="H113" s="7" t="n">
+        <v>46056</v>
+      </c>
+      <c r="J113" s="5" t="n">
+        <v>6.2899</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="1" t="n">
+        <v>95</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited</t>
+        </is>
+      </c>
+      <c r="C114" s="1" t="inlineStr">
+        <is>
+          <t>INE763G14ZL9</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E114" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F114" s="5" t="n">
+        <v>7398.9</v>
+      </c>
+      <c r="G114" s="6" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="H114" s="7" t="n">
+        <v>46052</v>
+      </c>
+      <c r="J114" s="5" t="n">
+        <v>6.6499</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="1" t="n">
+        <v>96</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Godrej Industries Limited**</t>
+        </is>
+      </c>
+      <c r="C115" s="1" t="inlineStr">
+        <is>
+          <t>INE233A145B2</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E115" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F115" s="5" t="n">
+        <v>7398.2</v>
+      </c>
+      <c r="G115" s="6" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="H115" s="7" t="n">
+        <v>46059</v>
+      </c>
+      <c r="J115" s="5" t="n">
+        <v>6.125</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="1" t="n">
+        <v>97</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Mirae Asset Financial Services (India) Private Limited**</t>
+        </is>
+      </c>
+      <c r="C116" s="1" t="inlineStr">
+        <is>
+          <t>INE0JRU14321</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E116" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F116" s="5" t="n">
+        <v>7397.49</v>
+      </c>
+      <c r="G116" s="6" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="H116" s="7" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J116" s="5" t="n">
+        <v>7.0249</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="1" t="n">
+        <v>98</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India</t>
+        </is>
+      </c>
+      <c r="C117" s="1" t="inlineStr">
+        <is>
+          <t>INE514E14SJ0</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E117" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F117" s="5" t="n">
+        <v>4999.24</v>
+      </c>
+      <c r="G117" s="6" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="H117" s="7" t="n">
+        <v>45978</v>
+      </c>
+      <c r="J117" s="5" t="n">
+        <v>5.5488</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="1" t="n">
+        <v>99</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Investments Limited**</t>
+        </is>
+      </c>
+      <c r="C118" s="1" t="inlineStr">
+        <is>
+          <t>INE975F14C41</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E118" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F118" s="5" t="n">
+        <v>4995.5</v>
+      </c>
+      <c r="G118" s="6" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="H118" s="7" t="n">
+        <v>45982</v>
+      </c>
+      <c r="J118" s="5" t="n">
+        <v>6.57</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="1" t="n">
+        <v>100</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Piramal Finance Limited</t>
+        </is>
+      </c>
+      <c r="C119" s="1" t="inlineStr">
+        <is>
+          <t>INE202B14PJ4</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E119" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F119" s="5" t="n">
+        <v>4992.62</v>
+      </c>
+      <c r="G119" s="6" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="H119" s="7" t="n">
+        <v>45985</v>
+      </c>
+      <c r="J119" s="5" t="n">
+        <v>6.7488</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="1" t="n">
+        <v>101</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Axis Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C120" s="1" t="inlineStr">
+        <is>
+          <t>INE110O14GK9</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E120" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F120" s="5" t="n">
+        <v>4979.76</v>
+      </c>
+      <c r="G120" s="6" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="H120" s="7" t="n">
+        <v>46000</v>
+      </c>
+      <c r="J120" s="5" t="n">
+        <v>6.4501</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="1" t="n">
+        <v>102</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C121" s="1" t="inlineStr">
+        <is>
+          <t>INE414G14TV1</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E121" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F121" s="5" t="n">
+        <v>4978.9</v>
+      </c>
+      <c r="G121" s="6" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="H121" s="7" t="n">
+        <v>46000</v>
+      </c>
+      <c r="J121" s="5" t="n">
+        <v>6.7253</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="1" t="n">
+        <v>103</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Axis Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C122" s="1" t="inlineStr">
+        <is>
+          <t>INE110O14GL7</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E122" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F122" s="5" t="n">
+        <v>4978.88</v>
+      </c>
+      <c r="G122" s="6" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="H122" s="7" t="n">
+        <v>46001</v>
+      </c>
+      <c r="J122" s="5" t="n">
+        <v>6.4497</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="1" t="n">
+        <v>104</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Tata Projects Limited**</t>
+        </is>
+      </c>
+      <c r="C123" s="1" t="inlineStr">
+        <is>
+          <t>INE725H14CO9</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E123" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F123" s="5" t="n">
+        <v>4978.7</v>
+      </c>
+      <c r="G123" s="6" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="H123" s="7" t="n">
+        <v>46003</v>
+      </c>
+      <c r="J123" s="5" t="n">
+        <v>6.0053</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="1" t="n">
+        <v>105</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Welspun Corp Limited**</t>
+        </is>
+      </c>
+      <c r="C124" s="1" t="inlineStr">
+        <is>
+          <t>INE191B14747</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E124" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F124" s="5" t="n">
+        <v>4972.38</v>
+      </c>
+      <c r="G124" s="6" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="H124" s="7" t="n">
+        <v>46010</v>
+      </c>
+      <c r="J124" s="5" t="n">
+        <v>6.1455</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="1" t="n">
+        <v>106</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Welspun Corp Limited**</t>
+        </is>
+      </c>
+      <c r="C125" s="1" t="inlineStr">
+        <is>
+          <t>INE191B14713</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E125" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F125" s="5" t="n">
+        <v>4969.04</v>
+      </c>
+      <c r="G125" s="6" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="H125" s="7" t="n">
+        <v>46014</v>
+      </c>
+      <c r="J125" s="5" t="n">
+        <v>6.1454</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="8" t="n"/>
+      <c r="B126" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C126" s="8" t="n"/>
+      <c r="D126" s="8" t="n"/>
+      <c r="E126" s="8" t="n"/>
+      <c r="F126" s="9" t="n">
+        <v>982752</v>
+      </c>
+      <c r="G126" s="10" t="n">
+        <v>0.4153</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="B128" s="3" t="inlineStr">
+        <is>
+          <t>Treasury Bill</t>
+        </is>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="1" t="n">
+        <v>107</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>91 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C129" s="1" t="inlineStr">
+        <is>
+          <t>IN002025X216</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E129" s="11" t="n">
+        <v>45000000</v>
+      </c>
+      <c r="F129" s="5" t="n">
+        <v>44973.86</v>
+      </c>
+      <c r="G129" s="6" t="n">
+        <v>0.019</v>
+      </c>
+      <c r="H129" s="7" t="n">
+        <v>45981</v>
+      </c>
+      <c r="J129" s="5" t="n">
+        <v>5.3047</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="1" t="n">
+        <v>108</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C130" s="1" t="inlineStr">
+        <is>
+          <t>IN002024Z370</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E130" s="11" t="n">
+        <v>20000000</v>
+      </c>
+      <c r="F130" s="5" t="n">
+        <v>19884.24</v>
+      </c>
+      <c r="G130" s="6" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="H130" s="7" t="n">
+        <v>46017</v>
+      </c>
+      <c r="J130" s="5" t="n">
+        <v>5.3128</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="1" t="n">
+        <v>109</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>91 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C131" s="1" t="inlineStr">
+        <is>
+          <t>IN002025X232</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E131" s="11" t="n">
+        <v>14394800</v>
+      </c>
+      <c r="F131" s="5" t="n">
+        <v>14357.27</v>
+      </c>
+      <c r="G131" s="6" t="n">
+        <v>0.0061</v>
+      </c>
+      <c r="H131" s="7" t="n">
+        <v>45995</v>
+      </c>
+      <c r="J131" s="5" t="n">
+        <v>5.3002</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="1" t="n">
+        <v>110</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>91 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C132" s="1" t="inlineStr">
+        <is>
+          <t>IN002025X224</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E132" s="11" t="n">
+        <v>13500000</v>
+      </c>
+      <c r="F132" s="5" t="n">
+        <v>13476.46</v>
+      </c>
+      <c r="G132" s="6" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="H132" s="7" t="n">
+        <v>45989</v>
+      </c>
+      <c r="J132" s="5" t="n">
+        <v>5.3139</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="1" t="n">
+        <v>111</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>182 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C133" s="1" t="inlineStr">
+        <is>
+          <t>IN002025Y156</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E133" s="11" t="n">
+        <v>4500000</v>
+      </c>
+      <c r="F133" s="5" t="n">
+        <v>4465.07</v>
+      </c>
+      <c r="G133" s="6" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="H133" s="7" t="n">
+        <v>46030</v>
+      </c>
+      <c r="J133" s="5" t="n">
+        <v>5.3873</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="8" t="n"/>
+      <c r="B134" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C134" s="8" t="n"/>
+      <c r="D134" s="8" t="n"/>
+      <c r="E134" s="8" t="n"/>
+      <c r="F134" s="9" t="n">
+        <v>97156.89999999999</v>
+      </c>
+      <c r="G134" s="10" t="n">
+        <v>0.0411</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="B136" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" s="1" t="n">
+        <v>112</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="D137" s="11" t="n"/>
+      <c r="E137" s="1" t="n">
+        <v>24069400522</v>
+      </c>
+      <c r="F137" s="5" t="n">
+        <v>240718.56</v>
+      </c>
+      <c r="G137" s="6" t="n">
+        <v>0.1018</v>
+      </c>
+      <c r="H137" s="7" t="n">
+        <v>45978</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" s="1" t="n">
+        <v>113</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="D138" s="11" t="n"/>
+      <c r="E138" s="1" t="n">
+        <v>1449910287</v>
+      </c>
+      <c r="F138" s="5" t="n">
+        <v>14514.36</v>
+      </c>
+      <c r="G138" s="6" t="n">
+        <v>0.0061</v>
+      </c>
+      <c r="H138" s="7" t="n">
+        <v>46062</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" s="1" t="n">
+        <v>114</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="D139" s="11" t="n"/>
+      <c r="E139" s="1" t="n">
+        <v>1299761353</v>
+      </c>
+      <c r="F139" s="5" t="n">
+        <v>13007.18</v>
+      </c>
+      <c r="G139" s="6" t="n">
+        <v>0.0055</v>
+      </c>
+      <c r="H139" s="7" t="n">
+        <v>45979</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" s="1" t="n">
+        <v>115</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="D140" s="11" t="n"/>
+      <c r="E140" s="1" t="n">
+        <v>699938568</v>
+      </c>
+      <c r="F140" s="5" t="n">
+        <v>7005.95</v>
+      </c>
+      <c r="G140" s="6" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="H140" s="7" t="n">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" s="8" t="n"/>
+      <c r="B141" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C141" s="8" t="n"/>
+      <c r="D141" s="8" t="n"/>
+      <c r="E141" s="9" t="n"/>
+      <c r="F141" s="9" t="n">
+        <v>275246.05</v>
+      </c>
+      <c r="G141" s="10" t="n">
+        <v>0.1164</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="B143" s="3" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" s="1" t="n">
+        <v>116</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C144" s="1" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E144" s="11" t="n">
+        <v>40721.088</v>
+      </c>
+      <c r="F144" s="5" t="n">
+        <v>4668.86</v>
+      </c>
+      <c r="G144" s="6" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J144" s="5" t="n"/>
+    </row>
+    <row r="145">
+      <c r="A145" s="8" t="n"/>
+      <c r="B145" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C145" s="8" t="n"/>
+      <c r="D145" s="8" t="n"/>
+      <c r="E145" s="8" t="n"/>
+      <c r="F145" s="9" t="n">
+        <v>4668.86</v>
+      </c>
+      <c r="G145" s="10" t="n">
+        <v>0.002</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="B147" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="148">
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E148" s="11" t="n"/>
+      <c r="F148" s="5" t="n">
+        <v>1077.07</v>
+      </c>
+      <c r="G148" s="6" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="J148" s="5" t="n"/>
+    </row>
+    <row r="149">
+      <c r="A149" s="8" t="n"/>
+      <c r="B149" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C149" s="8" t="n"/>
+      <c r="D149" s="8" t="n"/>
+      <c r="E149" s="8" t="n"/>
+      <c r="F149" s="9" t="n">
+        <v>1077.07</v>
+      </c>
+      <c r="G149" s="10" t="n">
+        <v>0.001</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" s="4" t="n"/>
+      <c r="B151" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C151" s="4" t="n"/>
+      <c r="D151" s="4" t="n"/>
+      <c r="E151" s="4" t="n"/>
+      <c r="F151" s="12" t="n">
+        <v>2364454.29</v>
+      </c>
+      <c r="G151" s="13" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="154" ht="40.5" customHeight="1" s="72">
+      <c r="A154" s="14" t="n">
         <v>2</v>
       </c>
-      <c r="B10" s="2" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A11" s="2" t="n">
+      <c r="B154" s="14" t="inlineStr">
+        <is>
+          <t>As on  November 15, 2025, the aggregate investments by the schemes of DSP Mutual Fund in DSP Liquidity Fund is ₹ 1,553.93 Lakhs.</t>
+        </is>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" s="14" t="n">
         <v>3</v>
       </c>
-      <c r="B11" s="2" t="inlineStr">
-[...3179 lines deleted...]
-      <c r="B123" s="15" t="inlineStr">
+      <c r="B155" s="14" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="124" ht="27" customHeight="1" s="74">
-[...10 lines deleted...]
-      <c r="B128" s="1" t="inlineStr">
+    <row r="156">
+      <c r="A156" s="14" t="n"/>
+      <c r="B156" s="14" t="n"/>
+    </row>
+    <row r="160" ht="14.5" customHeight="1" s="72">
+      <c r="B160" s="69" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="142" ht="14.5" customHeight="1" s="74">
-      <c r="B142" s="1" t="inlineStr">
+    <row r="174" ht="14.5" customHeight="1" s="72">
+      <c r="B174" s="69" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Liquid Debt A-I Index</t>
         </is>
       </c>
     </row>
-    <row r="157">
-[...1 lines deleted...]
-      <c r="C157" s="18" t="inlineStr">
+    <row r="189">
+      <c r="B189" s="15" t="n"/>
+      <c r="C189" s="17" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="158">
-      <c r="B158" s="16" t="inlineStr">
+    <row r="190">
+      <c r="B190" s="15" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C158" s="18" t="inlineStr">
+      <c r="C190" s="17" t="inlineStr">
         <is>
           <t>DSP Liquidity Fund</t>
         </is>
       </c>
     </row>
-    <row r="159">
-      <c r="B159" s="16" t="inlineStr">
+    <row r="191">
+      <c r="B191" s="15" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C159" s="19" t="n"/>
-[...2 lines deleted...]
-      <c r="B160" s="16" t="inlineStr">
+      <c r="C191" s="18" t="n"/>
+    </row>
+    <row r="192">
+      <c r="B192" s="15" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C160" s="20" t="n">
-[...4 lines deleted...]
-      <c r="B161" s="16" t="inlineStr">
+      <c r="C192" s="19" t="n">
+        <v>0.059</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="B193" s="15" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C161" s="19" t="n">
-[...4 lines deleted...]
-      <c r="B162" s="16" t="inlineStr">
+      <c r="C193" s="18" t="n">
+        <v>0.09</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="B194" s="15" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C162" s="19" t="n">
-[...4 lines deleted...]
-      <c r="B163" s="16" t="inlineStr">
+      <c r="C194" s="89" t="n">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="B195" s="15" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C163" s="21" t="n">
-[...4 lines deleted...]
-      <c r="B164" s="17" t="inlineStr">
+      <c r="C195" s="20" t="n">
+        <v>45976</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="B196" s="16" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C164" s="18" t="n"/>
+      <c r="C196" s="17" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ICRON Research</dc:creator>
+  <dc:creator>Koushik Chowdhury</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>