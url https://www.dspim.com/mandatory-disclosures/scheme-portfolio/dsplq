--- v2 (2025-11-24)
+++ v3 (2025-12-16)
@@ -1,67 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="938" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="922" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="LIQUID" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="166" formatCode="0.000"/>
   </numFmts>
-  <fonts count="22">
+  <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
@@ -152,58 +153,50 @@
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
-    </font>
-[...6 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
@@ -343,65 +336,66 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="96">
+  <cellXfs count="106">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -516,121 +510,154 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
     <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...29 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -679,116 +706,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>161</row>
+      <row>155</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>170</row>
+      <row>164</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="28200350"/>
+          <a:off x="457200" y="27857450"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>175</row>
+      <row>168</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>184</row>
+      <row>177</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="30613350"/>
+          <a:off x="457200" y="30270450"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1030,85 +1057,85 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L196"/>
+  <dimension ref="A1:L190"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
     <col width="51.54296875" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
-    <col width="18.81640625" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="21.453125" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
     <col width="14.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
-    <col width="13.7265625" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="14.54296875" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
     <col width="30.1796875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="72">
-[...1 lines deleted...]
-      <c r="B1" s="71" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="73">
+      <c r="A1" s="72" t="n"/>
+      <c r="B1" s="72" t="inlineStr">
         <is>
           <t>DSP Liquidity Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="3" t="inlineStr">
         <is>
-          <t>Portfolio as on November 15, 2025</t>
+          <t>Portfolio as on November 30, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
@@ -1174,4466 +1201,4350 @@
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Bharti Telecom Limited**</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE403D08157</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E9" s="11" t="n">
         <v>1750</v>
       </c>
       <c r="F9" s="5" t="n">
-        <v>18957.86</v>
+        <v>19008.81</v>
       </c>
       <c r="G9" s="6" t="n">
-        <v>0.008</v>
+        <v>0.0089</v>
       </c>
       <c r="H9" s="7" t="n">
         <v>45996</v>
       </c>
       <c r="J9" s="5" t="n">
-        <v>6.5502</v>
+        <v>6.5729</v>
       </c>
       <c r="K9" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="L9" s="6" t="n">
-        <v>0.6301</v>
+        <v>0.6909999999999999</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="n">
         <v>2</v>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>INE115A07QD5</t>
+          <t>INE115A07QB9</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E10" s="11" t="n">
         <v>500</v>
       </c>
       <c r="F10" s="5" t="n">
-        <v>5380.44</v>
+        <v>5320.4</v>
       </c>
       <c r="G10" s="6" t="n">
-        <v>0.0023</v>
+        <v>0.0025</v>
       </c>
       <c r="H10" s="7" t="n">
-        <v>45989</v>
+        <v>46065</v>
       </c>
       <c r="J10" s="5" t="n">
-        <v>5.9697</v>
+        <v>6.165</v>
       </c>
       <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L10" s="6" t="n">
-        <v>0.1118</v>
+        <v>0.109</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="n">
         <v>3</v>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>LIC Housing Finance Limited</t>
+          <t>Bajaj Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>INE115A07QB9</t>
+          <t>INE377Y07391</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E11" s="11" t="n">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="F11" s="5" t="n">
-        <v>5307.44</v>
+        <v>2689.87</v>
       </c>
       <c r="G11" s="6" t="n">
-        <v>0.0022</v>
+        <v>0.0013</v>
       </c>
       <c r="H11" s="7" t="n">
-        <v>46065</v>
+        <v>46003</v>
       </c>
       <c r="J11" s="5" t="n">
-        <v>6.1401</v>
+        <v>5.9373</v>
       </c>
       <c r="K11" s="1" t="inlineStr">
         <is>
           <t>ICRA A1+</t>
         </is>
       </c>
       <c r="L11" s="6" t="n">
-        <v>0.07240000000000001</v>
+        <v>0.07920000000000001</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="n">
         <v>4</v>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Housing Finance Limited**</t>
+          <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>INE377Y07391</t>
+          <t>INE296A07RO8</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E12" s="11" t="n">
         <v>250</v>
       </c>
       <c r="F12" s="5" t="n">
-        <v>2683.15</v>
+        <v>2639.18</v>
       </c>
       <c r="G12" s="6" t="n">
-        <v>0.0011</v>
+        <v>0.0012</v>
       </c>
       <c r="H12" s="7" t="n">
-        <v>46003</v>
+        <v>46015</v>
       </c>
       <c r="J12" s="5" t="n">
-        <v>6.03</v>
+        <v>6.5051</v>
       </c>
       <c r="K12" s="1" t="inlineStr">
         <is>
           <t>IND A1+</t>
         </is>
       </c>
       <c r="L12" s="6" t="n">
-        <v>0.0516</v>
+        <v>0.0503</v>
       </c>
     </row>
     <row r="13">
-      <c r="A13" s="1" t="n">
+      <c r="A13" s="8" t="n"/>
+      <c r="B13" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C13" s="8" t="n"/>
+      <c r="D13" s="8" t="n"/>
+      <c r="E13" s="8" t="n"/>
+      <c r="F13" s="9" t="n">
+        <v>29658.26</v>
+      </c>
+      <c r="G13" s="10" t="n">
+        <v>0.0139</v>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L13" s="6" t="n">
+        <v>0.0139</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L14" s="6" t="n">
+        <v>0.0022</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="B15" s="3" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L15" s="6" t="n">
+        <v>0.0544</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
         <v>5</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
-[...40 lines deleted...]
-      <c r="B14" s="8" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>7.59% GOI 2026</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>IN0020150093</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E16" s="11" t="n">
+        <v>153000000</v>
+      </c>
+      <c r="F16" s="5" t="n">
+        <v>157873.15</v>
+      </c>
+      <c r="G16" s="6" t="n">
+        <v>0.074</v>
+      </c>
+      <c r="H16" s="7" t="n">
+        <v>46033</v>
+      </c>
+      <c r="J16" s="5" t="n">
+        <v>5.2627</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="8" t="n"/>
+      <c r="B17" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C14" s="8" t="n"/>
-[...83 lines deleted...]
-        <v>0.0707</v>
+      <c r="C17" s="8" t="n"/>
+      <c r="D17" s="8" t="n"/>
+      <c r="E17" s="8" t="n"/>
+      <c r="F17" s="9" t="n">
+        <v>157873.15</v>
+      </c>
+      <c r="G17" s="10" t="n">
+        <v>0.074</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="B19" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
       </c>
     </row>
     <row r="20">
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>MONEY MARKET INSTRUMENTS</t>
+          <t>Certificate of Deposit</t>
         </is>
       </c>
     </row>
     <row r="21">
-      <c r="B21" s="3" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A21" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Canara Bank</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE476A16ZT9</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E21" s="11" t="n">
+        <v>11000</v>
+      </c>
+      <c r="F21" s="5" t="n">
+        <v>54850.56</v>
+      </c>
+      <c r="G21" s="6" t="n">
+        <v>0.0257</v>
+      </c>
+      <c r="H21" s="7" t="n">
+        <v>46009</v>
+      </c>
+      <c r="J21" s="5" t="n">
+        <v>5.8495</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="n">
         <v>7</v>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Canara Bank**</t>
+          <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>INE476A16ZT9</t>
+          <t>INE040A16HZ8</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E22" s="11" t="n">
         <v>11000</v>
       </c>
       <c r="F22" s="5" t="n">
-        <v>54722.69</v>
+        <v>54305.35</v>
       </c>
       <c r="G22" s="6" t="n">
-        <v>0.0231</v>
+        <v>0.0254</v>
       </c>
       <c r="H22" s="7" t="n">
-        <v>46009</v>
+        <v>46071</v>
       </c>
       <c r="J22" s="5" t="n">
-        <v>5.7802</v>
+        <v>5.91</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="n">
         <v>8</v>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited**</t>
+          <t>Axis Bank Limited</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t>INE238AD6AX9</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E23" s="11" t="n">
         <v>10500</v>
       </c>
       <c r="F23" s="5" t="n">
-        <v>52251.31</v>
+        <v>52374.05</v>
       </c>
       <c r="G23" s="6" t="n">
-        <v>0.0221</v>
+        <v>0.0245</v>
       </c>
       <c r="H23" s="7" t="n">
         <v>46007</v>
       </c>
       <c r="J23" s="5" t="n">
-        <v>5.7908</v>
+        <v>5.8516</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="n">
         <v>9</v>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
           <t>INE040A16HQ7</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E24" s="11" t="n">
         <v>9500</v>
       </c>
       <c r="F24" s="5" t="n">
-        <v>47230.3</v>
+        <v>47340.68</v>
       </c>
       <c r="G24" s="6" t="n">
-        <v>0.02</v>
+        <v>0.0222</v>
       </c>
       <c r="H24" s="7" t="n">
         <v>46013</v>
       </c>
       <c r="J24" s="5" t="n">
-        <v>5.7902</v>
+        <v>5.8501</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="n">
         <v>10</v>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited**</t>
+          <t>Union Bank of India</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>INE238AD6AA7</t>
+          <t>INE692A16II0</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E25" s="11" t="n">
-        <v>8000</v>
+        <v>7500</v>
       </c>
       <c r="F25" s="5" t="n">
-        <v>39987.52</v>
+        <v>37398.11</v>
       </c>
       <c r="G25" s="6" t="n">
-        <v>0.0169</v>
+        <v>0.0175</v>
       </c>
       <c r="H25" s="7" t="n">
-        <v>45979</v>
+        <v>46009</v>
       </c>
       <c r="J25" s="5" t="n">
-        <v>5.7049</v>
+        <v>5.8495</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="n">
         <v>11</v>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Union Bank of India**</t>
+          <t>Bank of India**</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>INE692A16II0</t>
+          <t>INE084A16ET6</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E26" s="11" t="n">
-        <v>7500</v>
+        <v>7000</v>
       </c>
       <c r="F26" s="5" t="n">
-        <v>37310.78</v>
+        <v>34555.96</v>
       </c>
       <c r="G26" s="6" t="n">
-        <v>0.0158</v>
+        <v>0.0162</v>
       </c>
       <c r="H26" s="7" t="n">
-        <v>46009</v>
+        <v>46071</v>
       </c>
       <c r="J26" s="5" t="n">
-        <v>5.7854</v>
+        <v>5.937</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="n">
         <v>12</v>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Indian Bank</t>
+          <t>Union Bank of India**</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>INE562A16NQ8</t>
+          <t>INE692A16IP5</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E27" s="11" t="n">
-        <v>7400</v>
+        <v>6500</v>
       </c>
       <c r="F27" s="5" t="n">
-        <v>36895.36</v>
+        <v>32159.53</v>
       </c>
       <c r="G27" s="6" t="n">
-        <v>0.0156</v>
+        <v>0.0151</v>
       </c>
       <c r="H27" s="7" t="n">
-        <v>45995</v>
+        <v>46056</v>
       </c>
       <c r="J27" s="5" t="n">
-        <v>5.7508</v>
+        <v>6.0381</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="n">
         <v>13</v>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Canara Bank**</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>INE476A16D88</t>
+          <t>INE040A16HI4</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E28" s="11" t="n">
         <v>6000</v>
       </c>
       <c r="F28" s="5" t="n">
-        <v>29948.55</v>
+        <v>29990.46</v>
       </c>
       <c r="G28" s="6" t="n">
-        <v>0.0127</v>
+        <v>0.0141</v>
       </c>
       <c r="H28" s="7" t="n">
-        <v>45988</v>
+        <v>45994</v>
       </c>
       <c r="J28" s="5" t="n">
-        <v>5.7005</v>
+        <v>5.8053</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="n">
         <v>14</v>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Bank of Baroda**</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>INE040A16HI4</t>
+          <t>INE028A16JE4</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E29" s="11" t="n">
         <v>6000</v>
       </c>
       <c r="F29" s="5" t="n">
-        <v>29919.87</v>
+        <v>29956.8</v>
       </c>
       <c r="G29" s="6" t="n">
-        <v>0.0127</v>
+        <v>0.014</v>
       </c>
       <c r="H29" s="7" t="n">
-        <v>45994</v>
+        <v>46001</v>
       </c>
       <c r="J29" s="5" t="n">
-        <v>5.7502</v>
+        <v>5.8484</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="n">
         <v>15</v>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bank of Baroda**</t>
+          <t>Punjab National Bank**</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>INE028A16JE4</t>
+          <t>INE160A16SP2</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E30" s="11" t="n">
         <v>6000</v>
       </c>
       <c r="F30" s="5" t="n">
-        <v>29886.81</v>
+        <v>29927.43</v>
       </c>
       <c r="G30" s="6" t="n">
-        <v>0.0126</v>
+        <v>0.014</v>
       </c>
       <c r="H30" s="7" t="n">
-        <v>46001</v>
+        <v>46007</v>
       </c>
       <c r="J30" s="5" t="n">
-        <v>5.7598</v>
+        <v>5.9005</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="n">
         <v>16</v>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Punjab National Bank**</t>
+          <t>Axis Bank Limited**</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>INE160A16SP2</t>
+          <t>INE238AD6BH0</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E31" s="11" t="n">
         <v>6000</v>
       </c>
       <c r="F31" s="5" t="n">
-        <v>29858.4</v>
+        <v>29918.73</v>
       </c>
       <c r="G31" s="6" t="n">
-        <v>0.0126</v>
+        <v>0.014</v>
       </c>
       <c r="H31" s="7" t="n">
-        <v>46007</v>
+        <v>46009</v>
       </c>
       <c r="J31" s="5" t="n">
-        <v>5.7705</v>
+        <v>5.8333</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="n">
         <v>17</v>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited**</t>
+          <t>Bank of Baroda**</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>INE238AD6BH0</t>
+          <t>INE028A16HY6</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E32" s="11" t="n">
-        <v>6000</v>
+        <v>5500</v>
       </c>
       <c r="F32" s="5" t="n">
-        <v>29848.5</v>
+        <v>27451.6</v>
       </c>
       <c r="G32" s="6" t="n">
-        <v>0.0126</v>
+        <v>0.0129</v>
       </c>
       <c r="H32" s="7" t="n">
-        <v>46009</v>
+        <v>46003</v>
       </c>
       <c r="J32" s="5" t="n">
-        <v>5.79</v>
+        <v>5.8503</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="n">
         <v>18</v>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bank of Baroda</t>
+          <t>Indian Bank**</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>INE028A16HY6</t>
+          <t>INE562A16PL4</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E33" s="11" t="n">
-        <v>5500</v>
+        <v>5000</v>
       </c>
       <c r="F33" s="5" t="n">
-        <v>27387.64</v>
+        <v>24971.88</v>
       </c>
       <c r="G33" s="6" t="n">
-        <v>0.0116</v>
+        <v>0.0117</v>
       </c>
       <c r="H33" s="7" t="n">
-        <v>46003</v>
+        <v>45999</v>
       </c>
       <c r="J33" s="5" t="n">
-        <v>5.7596</v>
+        <v>5.8753</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="n">
         <v>19</v>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Indian Bank**</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>INE562A16PJ8</t>
+          <t>INE562A16PM2</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E34" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F34" s="5" t="n">
-        <v>24992.22</v>
+        <v>24935.78</v>
       </c>
       <c r="G34" s="6" t="n">
-        <v>0.0106</v>
+        <v>0.0117</v>
       </c>
       <c r="H34" s="7" t="n">
-        <v>45979</v>
+        <v>46008</v>
       </c>
       <c r="J34" s="5" t="n">
-        <v>5.6866</v>
+        <v>5.8756</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="n">
         <v>20</v>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Indian Bank</t>
+          <t>Canara Bank**</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>INE562A16PL4</t>
+          <t>INE476A16E53</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E35" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F35" s="5" t="n">
-        <v>24913.5</v>
+        <v>24702.35</v>
       </c>
       <c r="G35" s="6" t="n">
-        <v>0.0105</v>
+        <v>0.0116</v>
       </c>
       <c r="H35" s="7" t="n">
-        <v>45999</v>
+        <v>46065</v>
       </c>
       <c r="J35" s="5" t="n">
-        <v>5.7604</v>
+        <v>6.025</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="n">
         <v>21</v>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Indian Bank**</t>
+          <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>INE562A16PM2</t>
+          <t>INE261F16959</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E36" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F36" s="5" t="n">
-        <v>24877.78</v>
+        <v>24687.72</v>
       </c>
       <c r="G36" s="6" t="n">
-        <v>0.0105</v>
+        <v>0.0116</v>
       </c>
       <c r="H36" s="7" t="n">
-        <v>46008</v>
+        <v>46070</v>
       </c>
       <c r="J36" s="5" t="n">
-        <v>5.7847</v>
+        <v>5.9193</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="n">
         <v>22</v>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Canara Bank**</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>INE476A16E53</t>
+          <t>INE040A16HV7</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E37" s="11" t="n">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="F37" s="5" t="n">
-        <v>24644.4</v>
+        <v>19761.28</v>
       </c>
       <c r="G37" s="6" t="n">
-        <v>0.0104</v>
+        <v>0.009299999999999999</v>
       </c>
       <c r="H37" s="7" t="n">
         <v>46065</v>
       </c>
       <c r="J37" s="5" t="n">
-        <v>5.9849</v>
+        <v>6.0401</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="n">
         <v>23</v>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Union Bank of India</t>
+          <t>Kotak Mahindra Bank Limited**</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>INE692A16IP5</t>
+          <t>INE237A165Z5</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E38" s="11" t="n">
-        <v>4500</v>
+        <v>4000</v>
       </c>
       <c r="F38" s="5" t="n">
-        <v>22209.19</v>
+        <v>19749.14</v>
       </c>
       <c r="G38" s="6" t="n">
-        <v>0.0094</v>
+        <v>0.009299999999999999</v>
       </c>
       <c r="H38" s="7" t="n">
-        <v>46056</v>
+        <v>46071</v>
       </c>
       <c r="J38" s="5" t="n">
-        <v>6.0499</v>
+        <v>5.869</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="n">
         <v>24</v>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>INE040A16HV7</t>
+          <t>INE040A16GA3</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E39" s="11" t="n">
-        <v>4000</v>
+        <v>3500</v>
       </c>
       <c r="F39" s="5" t="n">
-        <v>19715.08</v>
+        <v>17452.45</v>
       </c>
       <c r="G39" s="6" t="n">
-        <v>0.0083</v>
+        <v>0.008200000000000001</v>
       </c>
       <c r="H39" s="7" t="n">
-        <v>46065</v>
+        <v>46009</v>
       </c>
       <c r="J39" s="5" t="n">
-        <v>5.9945</v>
+        <v>5.8495</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="n">
         <v>25</v>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Indian Bank**</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>INE040A16GA3</t>
+          <t>INE562A16NQ8</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E40" s="11" t="n">
-        <v>3500</v>
+        <v>3400</v>
       </c>
       <c r="F40" s="5" t="n">
-        <v>17411.62</v>
+        <v>16991.89</v>
       </c>
       <c r="G40" s="6" t="n">
-        <v>0.0074</v>
+        <v>0.008</v>
       </c>
       <c r="H40" s="7" t="n">
-        <v>46009</v>
+        <v>45995</v>
       </c>
       <c r="J40" s="5" t="n">
-        <v>5.79</v>
+        <v>5.8063</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="n">
         <v>26</v>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
           <t>INE040A16FY5</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E41" s="11" t="n">
         <v>3000</v>
       </c>
       <c r="F41" s="5" t="n">
-        <v>14957.58</v>
+        <v>14992.84</v>
       </c>
       <c r="G41" s="6" t="n">
-        <v>0.0063</v>
+        <v>0.007</v>
       </c>
       <c r="H41" s="7" t="n">
         <v>45995</v>
       </c>
       <c r="J41" s="5" t="n">
-        <v>5.7508</v>
+        <v>5.8063</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="n">
         <v>27</v>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Canara Bank**</t>
+          <t>Canara Bank</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
           <t>INE476A16ZP7</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E42" s="11" t="n">
         <v>3000</v>
       </c>
       <c r="F42" s="5" t="n">
-        <v>14955.21</v>
+        <v>14990.38</v>
       </c>
       <c r="G42" s="6" t="n">
-        <v>0.0063</v>
+        <v>0.007</v>
       </c>
       <c r="H42" s="7" t="n">
         <v>45996</v>
       </c>
       <c r="J42" s="5" t="n">
-        <v>5.7544</v>
+        <v>5.8529</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="n">
         <v>28</v>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Bank of India**</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
           <t>INE084A16EG3</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E43" s="11" t="n">
         <v>3000</v>
       </c>
       <c r="F43" s="5" t="n">
-        <v>14931.02</v>
+        <v>14966.14</v>
       </c>
       <c r="G43" s="6" t="n">
-        <v>0.0063</v>
+        <v>0.007</v>
       </c>
       <c r="H43" s="7" t="n">
         <v>46006</v>
       </c>
       <c r="J43" s="5" t="n">
-        <v>5.8151</v>
+        <v>5.8989</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="n">
         <v>29</v>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Canara Bank**</t>
+          <t>Canara Bank</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
           <t>INE476A16ZU7</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E44" s="11" t="n">
         <v>3000</v>
       </c>
       <c r="F44" s="5" t="n">
-        <v>14922.02</v>
+        <v>14956.86</v>
       </c>
       <c r="G44" s="6" t="n">
-        <v>0.0063</v>
+        <v>0.007</v>
       </c>
       <c r="H44" s="7" t="n">
         <v>46010</v>
       </c>
       <c r="J44" s="5" t="n">
-        <v>5.7805</v>
+        <v>5.8487</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="n">
         <v>30</v>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Indian Bank</t>
+          <t>IndusInd Bank Limited**</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>INE562A16PI0</t>
+          <t>INE095A16X93</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E45" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F45" s="5" t="n">
-        <v>12498.15</v>
+        <v>12394.72</v>
       </c>
       <c r="G45" s="6" t="n">
-        <v>0.0053</v>
+        <v>0.0058</v>
       </c>
       <c r="H45" s="7" t="n">
-        <v>45978</v>
+        <v>46042</v>
       </c>
       <c r="J45" s="5" t="n">
-        <v>5.4028</v>
+        <v>6.2003</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="n">
         <v>31</v>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Karur Vysya Bank Limited**</t>
+          <t>Union Bank of India**</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>INE036D16IV7</t>
+          <t>INE692A16IN0</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E46" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F46" s="5" t="n">
-        <v>12491.86</v>
+        <v>12378.35</v>
       </c>
       <c r="G46" s="6" t="n">
-        <v>0.0053</v>
+        <v>0.0058</v>
       </c>
       <c r="H46" s="7" t="n">
-        <v>45981</v>
+        <v>46051</v>
       </c>
       <c r="J46" s="5" t="n">
-        <v>5.9488</v>
+        <v>6.0798</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="n">
         <v>32</v>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>IndusInd Bank Limited</t>
+          <t>Kotak Mahindra Bank Limited**</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>INE095A16X93</t>
+          <t>INE237A160Z6</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E47" s="11" t="n">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="F47" s="5" t="n">
-        <v>12360.22</v>
+        <v>9984.07</v>
       </c>
       <c r="G47" s="6" t="n">
-        <v>0.0052</v>
+        <v>0.0047</v>
       </c>
       <c r="H47" s="7" t="n">
-        <v>46042</v>
+        <v>46002</v>
       </c>
       <c r="J47" s="5" t="n">
-        <v>6.3501</v>
+        <v>5.8237</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="n">
         <v>33</v>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Union Bank of India**</t>
+          <t>Bank of Baroda**</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>INE692A16IN0</t>
+          <t>INE028A16ID8</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E48" s="11" t="n">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="F48" s="5" t="n">
-        <v>12349.28</v>
+        <v>9976.02</v>
       </c>
       <c r="G48" s="6" t="n">
-        <v>0.0052</v>
+        <v>0.0047</v>
       </c>
       <c r="H48" s="7" t="n">
-        <v>46051</v>
+        <v>46007</v>
       </c>
       <c r="J48" s="5" t="n">
-        <v>6.0201</v>
+        <v>5.8492</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="n">
         <v>34</v>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank Limited</t>
+          <t>Axis Bank Limited</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>INE237A160Z6</t>
+          <t>INE238AD6AY7</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E49" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F49" s="5" t="n">
-        <v>9960.780000000001</v>
+        <v>9974.639999999999</v>
       </c>
       <c r="G49" s="6" t="n">
-        <v>0.0042</v>
+        <v>0.0047</v>
       </c>
       <c r="H49" s="7" t="n">
-        <v>46002</v>
+        <v>46008</v>
       </c>
       <c r="J49" s="5" t="n">
-        <v>5.7487</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="n">
         <v>35</v>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bank of Baroda**</t>
+          <t>Canara Bank**</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>INE028A16ID8</t>
+          <t>INE476A16A24</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E50" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F50" s="5" t="n">
-        <v>9952.68</v>
+        <v>9895.459999999999</v>
       </c>
       <c r="G50" s="6" t="n">
-        <v>0.0042</v>
+        <v>0.0046</v>
       </c>
       <c r="H50" s="7" t="n">
-        <v>46007</v>
+        <v>46056</v>
       </c>
       <c r="J50" s="5" t="n">
-        <v>5.7846</v>
+        <v>6.025</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="n">
         <v>36</v>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited**</t>
+          <t>IndusInd Bank Limited**</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>INE238AD6AY7</t>
+          <t>INE095A163B2</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E51" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F51" s="5" t="n">
-        <v>9951.07</v>
+        <v>9868.43</v>
       </c>
       <c r="G51" s="6" t="n">
-        <v>0.0042</v>
+        <v>0.0046</v>
       </c>
       <c r="H51" s="7" t="n">
-        <v>46008</v>
+        <v>46071</v>
       </c>
       <c r="J51" s="5" t="n">
-        <v>5.79</v>
+        <v>6.1599</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="n">
         <v>37</v>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Union Bank of India</t>
+          <t>ICICI Bank Limited**</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
-          <t>INE692A16IK6</t>
+          <t>INE090AD6253</t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
           <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E52" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F52" s="5" t="n">
-        <v>9900.389999999999</v>
+        <v>9866.33</v>
       </c>
       <c r="G52" s="6" t="n">
-        <v>0.0042</v>
+        <v>0.0046</v>
       </c>
       <c r="H52" s="7" t="n">
-        <v>46038</v>
+        <v>46076</v>
       </c>
       <c r="J52" s="5" t="n">
-        <v>6.0202</v>
+        <v>5.887</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="n">
         <v>38</v>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Canara Bank**</t>
+          <t>IDBI Bank Limited**</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
-          <t>INE476A16A24</t>
+          <t>INE008A16X99</t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E53" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F53" s="5" t="n">
-        <v>9872.120000000001</v>
+        <v>9863.870000000001</v>
       </c>
       <c r="G53" s="6" t="n">
-        <v>0.0042</v>
+        <v>0.0046</v>
       </c>
       <c r="H53" s="7" t="n">
-        <v>46056</v>
+        <v>46076</v>
       </c>
       <c r="J53" s="5" t="n">
-        <v>5.9852</v>
+        <v>5.9968</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="n">
         <v>39</v>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India</t>
+          <t>Axis Bank Limited**</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
-          <t>INE556F16AX2</t>
+          <t>INE238AD6AE9</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E54" s="11" t="n">
-        <v>1500</v>
+        <v>1800</v>
       </c>
       <c r="F54" s="5" t="n">
-        <v>7477.58</v>
+        <v>8943.299999999999</v>
       </c>
       <c r="G54" s="6" t="n">
-        <v>0.0032</v>
+        <v>0.0042</v>
       </c>
       <c r="H54" s="7" t="n">
-        <v>45996</v>
+        <v>46030</v>
       </c>
       <c r="J54" s="5" t="n">
-        <v>5.7592</v>
+        <v>6.0902</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="n">
         <v>40</v>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited**</t>
+          <t>Small Industries Development Bank of India</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
-          <t>INE238AD6AM2</t>
+          <t>INE556F16AX2</t>
         </is>
       </c>
       <c r="D55" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E55" s="11" t="n">
         <v>1500</v>
       </c>
       <c r="F55" s="5" t="n">
-        <v>7402.49</v>
+        <v>7495.16</v>
       </c>
       <c r="G55" s="6" t="n">
-        <v>0.0031</v>
+        <v>0.0035</v>
       </c>
       <c r="H55" s="7" t="n">
-        <v>46057</v>
+        <v>45996</v>
       </c>
       <c r="J55" s="5" t="n">
-        <v>6.0098</v>
+        <v>5.8986</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="n">
         <v>41</v>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Canara Bank</t>
+          <t>Axis Bank Limited**</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
-          <t>INE476A16ZQ5</t>
+          <t>INE238AD6AM2</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E56" s="11" t="n">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="F56" s="5" t="n">
-        <v>4979.57</v>
+        <v>7420.12</v>
       </c>
       <c r="G56" s="6" t="n">
-        <v>0.0021</v>
+        <v>0.0035</v>
       </c>
       <c r="H56" s="7" t="n">
-        <v>46003</v>
+        <v>46057</v>
       </c>
       <c r="J56" s="5" t="n">
-        <v>5.7596</v>
+        <v>6.045</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="n">
         <v>42</v>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bank of Baroda**</t>
+          <t>Canara Bank**</t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
-          <t>INE028A16HJ7</t>
+          <t>INE476A16ZQ5</t>
         </is>
       </c>
       <c r="D57" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E57" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F57" s="5" t="n">
-        <v>4955.9</v>
+        <v>4991.2</v>
       </c>
       <c r="G57" s="6" t="n">
-        <v>0.0021</v>
+        <v>0.0023</v>
       </c>
       <c r="H57" s="7" t="n">
-        <v>46031</v>
+        <v>46003</v>
       </c>
       <c r="J57" s="5" t="n">
-        <v>6.0154</v>
+        <v>5.8503</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="n">
         <v>43</v>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Canara Bank**</t>
         </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
           <t>INE476A16A32</t>
         </is>
       </c>
       <c r="D58" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E58" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F58" s="5" t="n">
-        <v>4935.26</v>
+        <v>4946.92</v>
       </c>
       <c r="G58" s="6" t="n">
-        <v>0.0021</v>
+        <v>0.0023</v>
       </c>
       <c r="H58" s="7" t="n">
         <v>46057</v>
       </c>
       <c r="J58" s="5" t="n">
-        <v>5.985</v>
+        <v>6.025</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="n">
         <v>44</v>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Kotak Mahindra Bank Limited**</t>
         </is>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
           <t>INE237A168Y2</t>
         </is>
       </c>
       <c r="D59" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E59" s="11" t="n">
         <v>500</v>
       </c>
       <c r="F59" s="5" t="n">
-        <v>2492.94</v>
+        <v>2498.81</v>
       </c>
       <c r="G59" s="6" t="n">
-        <v>0.0011</v>
+        <v>0.0012</v>
       </c>
       <c r="H59" s="7" t="n">
         <v>45995</v>
       </c>
       <c r="J59" s="5" t="n">
-        <v>5.7457</v>
+        <v>5.7819</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="n">
         <v>45</v>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Union Bank of India</t>
         </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
           <t>INE692A16ID1</t>
         </is>
       </c>
       <c r="D60" s="1" t="inlineStr">
         <is>
           <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E60" s="11" t="n">
         <v>500</v>
       </c>
       <c r="F60" s="5" t="n">
-        <v>2492.53</v>
+        <v>2498.41</v>
       </c>
       <c r="G60" s="6" t="n">
-        <v>0.0011</v>
+        <v>0.0012</v>
       </c>
       <c r="H60" s="7" t="n">
         <v>45996</v>
       </c>
       <c r="J60" s="5" t="n">
-        <v>5.7592</v>
+        <v>5.7981</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="n">
         <v>46</v>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
           <t>INE040A16GF2</t>
         </is>
       </c>
       <c r="D61" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E61" s="11" t="n">
         <v>500</v>
       </c>
       <c r="F61" s="5" t="n">
-        <v>2466.78</v>
+        <v>2472.76</v>
       </c>
       <c r="G61" s="6" t="n">
-        <v>0.001</v>
+        <v>0.0012</v>
       </c>
       <c r="H61" s="7" t="n">
         <v>46059</v>
       </c>
       <c r="J61" s="5" t="n">
-        <v>5.9944</v>
+        <v>6.0002</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="n">
         <v>47</v>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Punjab National Bank**</t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
           <t>INE160A16QS0</t>
         </is>
       </c>
       <c r="D62" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E62" s="11" t="n">
         <v>200</v>
       </c>
       <c r="F62" s="5" t="n">
-        <v>994.8099999999999</v>
+        <v>997.1</v>
       </c>
       <c r="G62" s="6" t="n">
-        <v>0.0004</v>
+        <v>0.0005</v>
       </c>
       <c r="H62" s="7" t="n">
         <v>46010</v>
       </c>
       <c r="J62" s="5" t="n">
-        <v>5.7704</v>
+        <v>5.9007</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="8" t="n"/>
       <c r="B63" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C63" s="8" t="n"/>
       <c r="D63" s="8" t="n"/>
       <c r="E63" s="8" t="n"/>
       <c r="F63" s="9" t="n">
-        <v>801311.76</v>
+        <v>829853.64</v>
       </c>
       <c r="G63" s="10" t="n">
-        <v>0.3388</v>
+        <v>0.389</v>
       </c>
     </row>
     <row r="65">
       <c r="B65" s="3" t="inlineStr">
         <is>
           <t>Commercial Papers</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="B66" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="n">
         <v>48</v>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
           <t>INE556F14LQ8</t>
         </is>
       </c>
       <c r="D67" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E67" s="11" t="n">
-        <v>12000</v>
+        <v>11500</v>
       </c>
       <c r="F67" s="5" t="n">
-        <v>59139.54</v>
+        <v>56806.44</v>
       </c>
       <c r="G67" s="6" t="n">
-        <v>0.025</v>
+        <v>0.0266</v>
       </c>
       <c r="H67" s="7" t="n">
         <v>46065</v>
       </c>
       <c r="J67" s="5" t="n">
-        <v>6.035</v>
+        <v>6.1046</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="n">
         <v>49</v>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Indian Oil Corporation Limited**</t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
           <t>INE242A14YO4</t>
         </is>
       </c>
       <c r="D68" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E68" s="11" t="n">
         <v>11000</v>
       </c>
       <c r="F68" s="5" t="n">
-        <v>54737.7</v>
+        <v>54866.18</v>
       </c>
       <c r="G68" s="6" t="n">
-        <v>0.0232</v>
+        <v>0.0257</v>
       </c>
       <c r="H68" s="7" t="n">
         <v>46007</v>
       </c>
       <c r="J68" s="5" t="n">
-        <v>5.8301</v>
+        <v>5.9347</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="n">
         <v>50</v>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Reliance Retail Ventures Limited**</t>
         </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
           <t>INE929O14EC4</t>
         </is>
       </c>
       <c r="D69" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E69" s="11" t="n">
         <v>10000</v>
       </c>
       <c r="F69" s="5" t="n">
-        <v>49856.45</v>
+        <v>49976.05</v>
       </c>
       <c r="G69" s="6" t="n">
-        <v>0.0211</v>
+        <v>0.0234</v>
       </c>
       <c r="H69" s="7" t="n">
         <v>45995</v>
       </c>
       <c r="J69" s="5" t="n">
-        <v>5.8395</v>
+        <v>5.8306</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="n">
         <v>51</v>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
           <t>INE296A14C22</t>
         </is>
       </c>
       <c r="D70" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E70" s="11" t="n">
         <v>10000</v>
       </c>
       <c r="F70" s="5" t="n">
-        <v>49802.9</v>
+        <v>49932.6</v>
       </c>
       <c r="G70" s="6" t="n">
-        <v>0.0211</v>
+        <v>0.0234</v>
       </c>
       <c r="H70" s="7" t="n">
         <v>46000</v>
       </c>
       <c r="J70" s="5" t="n">
-        <v>6.2805</v>
+        <v>6.1586</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="n">
         <v>52</v>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
           <t>INE556F14LK1</t>
         </is>
       </c>
       <c r="D71" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E71" s="11" t="n">
         <v>6000</v>
       </c>
       <c r="F71" s="5" t="n">
-        <v>29877</v>
+        <v>29946.99</v>
       </c>
       <c r="G71" s="6" t="n">
-        <v>0.0126</v>
+        <v>0.014</v>
       </c>
       <c r="H71" s="7" t="n">
         <v>46003</v>
       </c>
       <c r="J71" s="5" t="n">
-        <v>5.7795</v>
+        <v>5.8753</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="n">
         <v>53</v>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
           <t>INE556F14LO3</t>
         </is>
       </c>
       <c r="D72" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E72" s="11" t="n">
         <v>6000</v>
       </c>
       <c r="F72" s="5" t="n">
-        <v>29646.18</v>
+        <v>29715.33</v>
       </c>
       <c r="G72" s="6" t="n">
-        <v>0.0125</v>
+        <v>0.0139</v>
       </c>
       <c r="H72" s="7" t="n">
         <v>46049</v>
       </c>
       <c r="J72" s="5" t="n">
-        <v>6.0503</v>
+        <v>6.1348</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="n">
         <v>54</v>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Tata Housing Development Company Limited**</t>
+          <t>Tata Steel Limited**</t>
         </is>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
-          <t>INE582L14IU0</t>
+          <t>INE081A14GE4</t>
         </is>
       </c>
       <c r="D73" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E73" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F73" s="5" t="n">
-        <v>24954.92</v>
+        <v>24960</v>
       </c>
       <c r="G73" s="6" t="n">
-        <v>0.0106</v>
+        <v>0.0117</v>
       </c>
       <c r="H73" s="7" t="n">
-        <v>45988</v>
+        <v>46002</v>
       </c>
       <c r="J73" s="5" t="n">
-        <v>5.9952</v>
+        <v>5.8494</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="n">
         <v>55</v>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Tata Steel Limited**</t>
+          <t>Samvardhana Motherson International Limited**</t>
         </is>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
-          <t>INE081A14GE4</t>
+          <t>INE775A14798</t>
         </is>
       </c>
       <c r="D74" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E74" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F74" s="5" t="n">
-        <v>24900.4</v>
+        <v>24935.18</v>
       </c>
       <c r="G74" s="6" t="n">
-        <v>0.0105</v>
+        <v>0.0117</v>
       </c>
       <c r="H74" s="7" t="n">
-        <v>46002</v>
+        <v>46008</v>
       </c>
       <c r="J74" s="5" t="n">
-        <v>5.8399</v>
+        <v>5.9307</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="n">
         <v>56</v>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Samvardhana Motherson International Limited**</t>
+          <t>Bajaj Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
-          <t>INE775A14798</t>
+          <t>INE377Y14BT5</t>
         </is>
       </c>
       <c r="D75" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E75" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F75" s="5" t="n">
-        <v>24874.82</v>
+        <v>24812.02</v>
       </c>
       <c r="G75" s="6" t="n">
-        <v>0.0105</v>
+        <v>0.0116</v>
       </c>
       <c r="H75" s="7" t="n">
-        <v>46008</v>
+        <v>46037</v>
       </c>
       <c r="J75" s="5" t="n">
-        <v>5.925</v>
+        <v>6.1449</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="n">
         <v>57</v>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Housing Finance Limited**</t>
+          <t>ICICI Securities Limited**</t>
         </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
-          <t>INE377Y14BT5</t>
+          <t>INE763G14WO0</t>
         </is>
       </c>
       <c r="D76" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E76" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F76" s="5" t="n">
-        <v>24751.4</v>
+        <v>24792.08</v>
       </c>
       <c r="G76" s="6" t="n">
-        <v>0.0105</v>
+        <v>0.0116</v>
       </c>
       <c r="H76" s="7" t="n">
-        <v>46037</v>
+        <v>46038</v>
       </c>
       <c r="J76" s="5" t="n">
-        <v>6.11</v>
+        <v>6.6551</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="n">
         <v>58</v>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>ICICI Securities Limited**</t>
+          <t>Julius Baer Capital (India) Private Limited**</t>
         </is>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
-          <t>INE763G14WO0</t>
+          <t>INE824H14SN8</t>
         </is>
       </c>
       <c r="D77" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E77" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F77" s="5" t="n">
-        <v>24726.22</v>
+        <v>24790.35</v>
       </c>
       <c r="G77" s="6" t="n">
-        <v>0.0105</v>
+        <v>0.0116</v>
       </c>
       <c r="H77" s="7" t="n">
-        <v>46038</v>
+        <v>46037</v>
       </c>
       <c r="J77" s="5" t="n">
-        <v>6.6252</v>
+        <v>6.8599</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="n">
         <v>59</v>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Julius Baer Capital (India) Private Limited**</t>
+          <t>HDFC Securities Limited**</t>
         </is>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
-          <t>INE824H14SN8</t>
+          <t>INE700G14QQ9</t>
         </is>
       </c>
       <c r="D78" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E78" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F78" s="5" t="n">
-        <v>24721.22</v>
+        <v>24764.68</v>
       </c>
       <c r="G78" s="6" t="n">
-        <v>0.0105</v>
+        <v>0.0116</v>
       </c>
       <c r="H78" s="7" t="n">
-        <v>46037</v>
+        <v>46044</v>
       </c>
       <c r="J78" s="5" t="n">
-        <v>6.86</v>
+        <v>6.67</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="n">
         <v>60</v>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>HDFC Securities Limited**</t>
+          <t>Kotak Securities Limited**</t>
         </is>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
-          <t>INE700G14QQ9</t>
+          <t>INE028E14TL5</t>
         </is>
       </c>
       <c r="D79" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E79" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F79" s="5" t="n">
-        <v>24697.62</v>
+        <v>24700.98</v>
       </c>
       <c r="G79" s="6" t="n">
-        <v>0.0104</v>
+        <v>0.0116</v>
       </c>
       <c r="H79" s="7" t="n">
-        <v>46044</v>
+        <v>46059</v>
       </c>
       <c r="J79" s="5" t="n">
-        <v>6.67</v>
+        <v>6.5949</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="n">
         <v>61</v>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kotak Securities Limited**</t>
+          <t>Motilal Oswal Financial Services Limited**</t>
         </is>
       </c>
       <c r="C80" s="1" t="inlineStr">
         <is>
-          <t>INE028E14TL5</t>
+          <t>INE338I14LA9</t>
         </is>
       </c>
       <c r="D80" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E80" s="11" t="n">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="F80" s="5" t="n">
-        <v>24632.88</v>
+        <v>19971.5</v>
       </c>
       <c r="G80" s="6" t="n">
-        <v>0.0104</v>
+        <v>0.0094</v>
       </c>
       <c r="H80" s="7" t="n">
-        <v>46059</v>
+        <v>46000</v>
       </c>
       <c r="J80" s="5" t="n">
-        <v>6.6343</v>
+        <v>6.5108</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="n">
         <v>62</v>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Tata Steel Limited**</t>
+          <t>Tata Realty And Infrastructure Limited**</t>
         </is>
       </c>
       <c r="C81" s="1" t="inlineStr">
         <is>
-          <t>INE081A14GC8</t>
+          <t>INE371K14DA3</t>
         </is>
       </c>
       <c r="D81" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E81" s="11" t="n">
         <v>4000</v>
       </c>
       <c r="F81" s="5" t="n">
-        <v>19962.2</v>
+        <v>19963.48</v>
       </c>
       <c r="G81" s="6" t="n">
-        <v>0.008399999999999999</v>
+        <v>0.0094</v>
       </c>
       <c r="H81" s="7" t="n">
-        <v>45989</v>
+        <v>46003</v>
       </c>
       <c r="J81" s="5" t="n">
-        <v>5.7596</v>
+        <v>6.0701</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="n">
         <v>63</v>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Motilal Oswal Financial Services Limited**</t>
+          <t>Kotak Securities Limited**</t>
         </is>
       </c>
       <c r="C82" s="1" t="inlineStr">
         <is>
-          <t>INE338I14LA9</t>
+          <t>INE028E14SK9</t>
         </is>
       </c>
       <c r="D82" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E82" s="11" t="n">
         <v>4000</v>
       </c>
       <c r="F82" s="5" t="n">
-        <v>19917.04</v>
+        <v>19808.44</v>
       </c>
       <c r="G82" s="6" t="n">
-        <v>0.008399999999999999</v>
+        <v>0.009299999999999999</v>
       </c>
       <c r="H82" s="7" t="n">
-        <v>46000</v>
+        <v>46045</v>
       </c>
       <c r="J82" s="5" t="n">
-        <v>6.6101</v>
+        <v>6.66</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="n">
         <v>64</v>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Tata Realty And Infrastructure Limited**</t>
+          <t>Reliance Retail Ventures Limited**</t>
         </is>
       </c>
       <c r="C83" s="1" t="inlineStr">
         <is>
-          <t>INE371K14DA3</t>
+          <t>INE929O14EJ9</t>
         </is>
       </c>
       <c r="D83" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E83" s="11" t="n">
         <v>4000</v>
       </c>
       <c r="F83" s="5" t="n">
-        <v>19914.32</v>
+        <v>19738.94</v>
       </c>
       <c r="G83" s="6" t="n">
-        <v>0.008399999999999999</v>
+        <v>0.0092</v>
       </c>
       <c r="H83" s="7" t="n">
-        <v>46003</v>
+        <v>46073</v>
       </c>
       <c r="J83" s="5" t="n">
-        <v>6.04</v>
+        <v>5.9599</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="n">
         <v>65</v>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Kotak Securities Limited**</t>
         </is>
       </c>
       <c r="C84" s="1" t="inlineStr">
         <is>
-          <t>INE028E14SK9</t>
+          <t>INE028E14TQ4</t>
         </is>
       </c>
       <c r="D84" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E84" s="11" t="n">
         <v>4000</v>
       </c>
       <c r="F84" s="5" t="n">
-        <v>19754.74</v>
+        <v>19724.76</v>
       </c>
       <c r="G84" s="6" t="n">
-        <v>0.008399999999999999</v>
+        <v>0.0092</v>
       </c>
       <c r="H84" s="7" t="n">
-        <v>46045</v>
+        <v>46070</v>
       </c>
       <c r="J84" s="5" t="n">
-        <v>6.6643</v>
+        <v>6.53</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="n">
         <v>66</v>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>ICICI Securities Primary Dealership Limited**</t>
         </is>
       </c>
       <c r="C85" s="1" t="inlineStr">
         <is>
           <t>INE849D14HW8</t>
         </is>
       </c>
       <c r="D85" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E85" s="11" t="n">
         <v>3500</v>
       </c>
       <c r="F85" s="5" t="n">
-        <v>17231.27</v>
+        <v>17279.01</v>
       </c>
       <c r="G85" s="6" t="n">
-        <v>0.0073</v>
+        <v>0.0081</v>
       </c>
       <c r="H85" s="7" t="n">
         <v>46063</v>
       </c>
       <c r="J85" s="5" t="n">
-        <v>6.619</v>
+        <v>6.5752</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="n">
         <v>67</v>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>HDFC Securities Limited</t>
+          <t>Network18 Media &amp; Investments Limited**</t>
         </is>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
-          <t>INE700G14QN6</t>
+          <t>INE870H14VX4</t>
         </is>
       </c>
       <c r="D86" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E86" s="11" t="n">
         <v>3000</v>
       </c>
       <c r="F86" s="5" t="n">
-        <v>14997.76</v>
+        <v>14978.16</v>
       </c>
       <c r="G86" s="6" t="n">
-        <v>0.0063</v>
+        <v>0.007</v>
       </c>
       <c r="H86" s="7" t="n">
-        <v>45978</v>
+        <v>46001</v>
       </c>
       <c r="J86" s="5" t="n">
-        <v>5.4393</v>
+        <v>5.9155</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="n">
         <v>68</v>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Motilal Oswal Financial Services Limited**</t>
+          <t>Redington Limited**</t>
         </is>
       </c>
       <c r="C87" s="1" t="inlineStr">
         <is>
-          <t>INE338I14KV7</t>
+          <t>INE891D14A87</t>
         </is>
       </c>
       <c r="D87" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E87" s="11" t="n">
         <v>3000</v>
       </c>
       <c r="F87" s="5" t="n">
-        <v>14994.75</v>
+        <v>14962.86</v>
       </c>
       <c r="G87" s="6" t="n">
-        <v>0.0063</v>
+        <v>0.007</v>
       </c>
       <c r="H87" s="7" t="n">
-        <v>45979</v>
+        <v>46007</v>
       </c>
       <c r="J87" s="5" t="n">
-        <v>6.3989</v>
+        <v>6.0399</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="n">
         <v>69</v>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>HDFC Securities Limited</t>
+          <t>Kisetsu Saison Finance (India) Private Limited**</t>
         </is>
       </c>
       <c r="C88" s="1" t="inlineStr">
         <is>
-          <t>INE700G14PL2</t>
+          <t>INE0DZE14255</t>
         </is>
       </c>
       <c r="D88" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E88" s="11" t="n">
         <v>3000</v>
       </c>
       <c r="F88" s="5" t="n">
-        <v>14992.66</v>
+        <v>14962.7</v>
       </c>
       <c r="G88" s="6" t="n">
-        <v>0.0063</v>
+        <v>0.007</v>
       </c>
       <c r="H88" s="7" t="n">
-        <v>45980</v>
+        <v>46006</v>
       </c>
       <c r="J88" s="5" t="n">
-        <v>5.9524</v>
+        <v>6.5001</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="n">
         <v>70</v>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>ICICI Securities Limited**</t>
+          <t>L&amp;T Finance Limited**</t>
         </is>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
-          <t>INE763G14A14</t>
+          <t>INE498L14ES2</t>
         </is>
       </c>
       <c r="D89" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E89" s="11" t="n">
         <v>3000</v>
       </c>
       <c r="F89" s="5" t="n">
-        <v>14976.64</v>
+        <v>14958.26</v>
       </c>
       <c r="G89" s="6" t="n">
-        <v>0.0063</v>
+        <v>0.007</v>
       </c>
       <c r="H89" s="7" t="n">
-        <v>45986</v>
+        <v>46008</v>
       </c>
       <c r="J89" s="5" t="n">
-        <v>6.3243</v>
+        <v>6.3664</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="n">
         <v>71</v>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>HDFC Securities Limited**</t>
+          <t>Shree Cement Limited**</t>
         </is>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
-          <t>INE700G14PN8</t>
+          <t>INE070A14851</t>
         </is>
       </c>
       <c r="D90" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E90" s="11" t="n">
         <v>3000</v>
       </c>
       <c r="F90" s="5" t="n">
-        <v>14971.52</v>
+        <v>14956.26</v>
       </c>
       <c r="G90" s="6" t="n">
-        <v>0.0063</v>
+        <v>0.007</v>
       </c>
       <c r="H90" s="7" t="n">
-        <v>45988</v>
+        <v>46010</v>
       </c>
       <c r="J90" s="5" t="n">
-        <v>6.3149</v>
+        <v>5.9303</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1" t="n">
         <v>72</v>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Nuvoco Vistas Corporation Limited**</t>
         </is>
       </c>
       <c r="C91" s="1" t="inlineStr">
         <is>
-          <t>INE118D14977</t>
+          <t>INE118D14AA9</t>
         </is>
       </c>
       <c r="D91" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E91" s="11" t="n">
         <v>3000</v>
       </c>
       <c r="F91" s="5" t="n">
-        <v>14968.02</v>
+        <v>14939.74</v>
       </c>
       <c r="G91" s="6" t="n">
-        <v>0.0063</v>
+        <v>0.007</v>
       </c>
       <c r="H91" s="7" t="n">
-        <v>45989</v>
+        <v>46015</v>
       </c>
       <c r="J91" s="5" t="n">
-        <v>6.5</v>
+        <v>6.4</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="n">
         <v>73</v>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Network18 Media &amp; Investments Limited**</t>
+          <t>Tata Capital Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
-          <t>INE870H14VX4</t>
+          <t>INE033L14NP4</t>
         </is>
       </c>
       <c r="D92" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E92" s="11" t="n">
         <v>3000</v>
       </c>
       <c r="F92" s="5" t="n">
-        <v>14942.04</v>
+        <v>14884.35</v>
       </c>
       <c r="G92" s="6" t="n">
-        <v>0.0063</v>
+        <v>0.007</v>
       </c>
       <c r="H92" s="7" t="n">
-        <v>46001</v>
+        <v>46038</v>
       </c>
       <c r="J92" s="5" t="n">
-        <v>5.9001</v>
+        <v>6.1653</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="n">
         <v>74</v>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Redington Limited**</t>
+          <t>Godrej Properties Limited**</t>
         </is>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
-          <t>INE891D14A87</t>
+          <t>INE484J14ZH4</t>
         </is>
       </c>
       <c r="D93" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E93" s="11" t="n">
         <v>3000</v>
       </c>
       <c r="F93" s="5" t="n">
-        <v>14925.98</v>
+        <v>14838.3</v>
       </c>
       <c r="G93" s="6" t="n">
-        <v>0.0063</v>
+        <v>0.007</v>
       </c>
       <c r="H93" s="7" t="n">
-        <v>46007</v>
+        <v>46056</v>
       </c>
       <c r="J93" s="5" t="n">
-        <v>6.0346</v>
+        <v>6.215</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="n">
         <v>75</v>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kisetsu Saison Finance (India) Private Limited**</t>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
         </is>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
-          <t>INE0DZE14255</t>
+          <t>INE121A14XZ8</t>
         </is>
       </c>
       <c r="D94" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E94" s="11" t="n">
         <v>3000</v>
       </c>
       <c r="F94" s="5" t="n">
-        <v>14921.76</v>
+        <v>14809.02</v>
       </c>
       <c r="G94" s="6" t="n">
-        <v>0.0063</v>
+        <v>0.0069</v>
       </c>
       <c r="H94" s="7" t="n">
-        <v>46006</v>
+        <v>46063</v>
       </c>
       <c r="J94" s="5" t="n">
-        <v>6.5994</v>
+        <v>6.63</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="n">
         <v>76</v>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Shree Cement Limited**</t>
+          <t>Network18 Media &amp; Investments Limited**</t>
         </is>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
-          <t>INE070A14851</t>
+          <t>INE870H14WD4</t>
         </is>
       </c>
       <c r="D95" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E95" s="11" t="n">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="F95" s="5" t="n">
-        <v>14920.08</v>
+        <v>12367.5</v>
       </c>
       <c r="G95" s="6" t="n">
-        <v>0.0063</v>
+        <v>0.0058</v>
       </c>
       <c r="H95" s="7" t="n">
-        <v>46010</v>
+        <v>46056</v>
       </c>
       <c r="J95" s="5" t="n">
-        <v>5.9252</v>
+        <v>6.1101</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="n">
         <v>77</v>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>L&amp;T Finance Limited**</t>
+          <t>Motilal Oswal Financial Services Limited**</t>
         </is>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
-          <t>INE498L14ES2</t>
+          <t>INE338I14LJ0</t>
         </is>
       </c>
       <c r="D96" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E96" s="11" t="n">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="F96" s="5" t="n">
-        <v>14919.82</v>
+        <v>12330.21</v>
       </c>
       <c r="G96" s="6" t="n">
-        <v>0.0063</v>
+        <v>0.0058</v>
       </c>
       <c r="H96" s="7" t="n">
-        <v>46008</v>
+        <v>46065</v>
       </c>
       <c r="J96" s="5" t="n">
-        <v>6.3271</v>
+        <v>6.885</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="n">
         <v>78</v>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Tata Capital Housing Finance Limited**</t>
+          <t>Bajaj Financial Securities Limited**</t>
         </is>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
-          <t>INE033L14NP4</t>
+          <t>INE01C314DM4</t>
         </is>
       </c>
       <c r="D97" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E97" s="11" t="n">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="F97" s="5" t="n">
-        <v>14848.38</v>
+        <v>12312.2</v>
       </c>
       <c r="G97" s="6" t="n">
-        <v>0.0063</v>
+        <v>0.0058</v>
       </c>
       <c r="H97" s="7" t="n">
-        <v>46038</v>
+        <v>46077</v>
       </c>
       <c r="J97" s="5" t="n">
-        <v>6.11</v>
+        <v>6.5499</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="n">
         <v>79</v>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Godrej Properties Limited**</t>
+          <t>HSBC Investdirect Financial Services (India) Limited**</t>
         </is>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
-          <t>INE484J14ZH4</t>
+          <t>INE790I14GL8</t>
         </is>
       </c>
       <c r="D98" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E98" s="11" t="n">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="F98" s="5" t="n">
-        <v>14802.81</v>
+        <v>9994.67</v>
       </c>
       <c r="G98" s="6" t="n">
-        <v>0.0063</v>
+        <v>0.0047</v>
       </c>
       <c r="H98" s="7" t="n">
-        <v>46056</v>
+        <v>45995</v>
       </c>
       <c r="J98" s="5" t="n">
-        <v>6.1549</v>
+        <v>6.4883</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1" t="n">
         <v>80</v>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Cholamandalam Investment and Finance Company Limited**</t>
+          <t>Titan Company Limited**</t>
         </is>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
-          <t>INE121A14XZ8</t>
+          <t>INE280A14492</t>
         </is>
       </c>
       <c r="D99" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E99" s="11" t="n">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="F99" s="5" t="n">
-        <v>14767.92</v>
+        <v>9983.84</v>
       </c>
       <c r="G99" s="6" t="n">
-        <v>0.0062</v>
+        <v>0.0047</v>
       </c>
       <c r="H99" s="7" t="n">
-        <v>46063</v>
+        <v>46002</v>
       </c>
       <c r="J99" s="5" t="n">
-        <v>6.67</v>
+        <v>5.9079</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="n">
         <v>81</v>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Network18 Media &amp; Investments Limited**</t>
+          <t>Kotak Securities Limited**</t>
         </is>
       </c>
       <c r="C100" s="1" t="inlineStr">
         <is>
-          <t>INE870H14WD4</t>
+          <t>INE028E14SU8</t>
         </is>
       </c>
       <c r="D100" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E100" s="11" t="n">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="F100" s="5" t="n">
-        <v>12337.91</v>
+        <v>9981.17</v>
       </c>
       <c r="G100" s="6" t="n">
-        <v>0.0052</v>
+        <v>0.0047</v>
       </c>
       <c r="H100" s="7" t="n">
-        <v>46056</v>
+        <v>46003</v>
       </c>
       <c r="J100" s="5" t="n">
-        <v>6.0698</v>
+        <v>6.2599</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="n">
         <v>82</v>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Motilal Oswal Financial Services Limited**</t>
+          <t>CEAT Limited**</t>
         </is>
       </c>
       <c r="C101" s="1" t="inlineStr">
         <is>
-          <t>INE338I14LJ0</t>
+          <t>INE482A14EQ3</t>
         </is>
       </c>
       <c r="D101" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E101" s="11" t="n">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="F101" s="5" t="n">
-        <v>12293.42</v>
+        <v>9971.74</v>
       </c>
       <c r="G101" s="6" t="n">
-        <v>0.0052</v>
+        <v>0.0047</v>
       </c>
       <c r="H101" s="7" t="n">
-        <v>46065</v>
+        <v>46009</v>
       </c>
       <c r="J101" s="5" t="n">
-        <v>6.9699</v>
+        <v>6.0859</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="n">
         <v>83</v>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>ICICI Securities Limited**</t>
+          <t>Welspun Corp Limited**</t>
         </is>
       </c>
       <c r="C102" s="1" t="inlineStr">
         <is>
-          <t>INE763G14ZJ3</t>
+          <t>INE191B14754</t>
         </is>
       </c>
       <c r="D102" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E102" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F102" s="5" t="n">
-        <v>9979.25</v>
+        <v>9926.049999999999</v>
       </c>
       <c r="G102" s="6" t="n">
-        <v>0.0042</v>
+        <v>0.0047</v>
       </c>
       <c r="H102" s="7" t="n">
-        <v>45989</v>
+        <v>46034</v>
       </c>
       <c r="J102" s="5" t="n">
-        <v>6.3261</v>
+        <v>6.4749</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="n">
         <v>84</v>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>HSBC Investdirect Financial Services (India) Limited**</t>
+          <t>Muthoot Finance Limited**</t>
         </is>
       </c>
       <c r="C103" s="1" t="inlineStr">
         <is>
-          <t>INE790I14GL8</t>
+          <t>INE414G14UC9</t>
         </is>
       </c>
       <c r="D103" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E103" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F103" s="5" t="n">
-        <v>9967.629999999999</v>
+        <v>9915.709999999999</v>
       </c>
       <c r="G103" s="6" t="n">
-        <v>0.0042</v>
+        <v>0.0046</v>
       </c>
       <c r="H103" s="7" t="n">
-        <v>45995</v>
+        <v>46038</v>
       </c>
       <c r="J103" s="5" t="n">
-        <v>6.5852</v>
+        <v>6.7451</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="n">
         <v>85</v>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Titan Company Limited**</t>
+          <t>Birla Group Holdings Private Limited**</t>
         </is>
       </c>
       <c r="C104" s="1" t="inlineStr">
         <is>
-          <t>INE280A14492</t>
+          <t>INE09OL14IB2</t>
         </is>
       </c>
       <c r="D104" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E104" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F104" s="5" t="n">
-        <v>9960.01</v>
+        <v>9894.24</v>
       </c>
       <c r="G104" s="6" t="n">
-        <v>0.0042</v>
+        <v>0.0046</v>
       </c>
       <c r="H104" s="7" t="n">
-        <v>46002</v>
+        <v>46049</v>
       </c>
       <c r="J104" s="5" t="n">
-        <v>5.8627</v>
+        <v>6.8451</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="n">
         <v>86</v>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kotak Securities Limited**</t>
+          <t>Aditya Birla Money Limited**</t>
         </is>
       </c>
       <c r="C105" s="1" t="inlineStr">
         <is>
-          <t>INE028E14SU8</t>
+          <t>INE865C14OP6</t>
         </is>
       </c>
       <c r="D105" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E105" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F105" s="5" t="n">
-        <v>9954.41</v>
+        <v>9893.17</v>
       </c>
       <c r="G105" s="6" t="n">
-        <v>0.0042</v>
+        <v>0.0046</v>
       </c>
       <c r="H105" s="7" t="n">
-        <v>46003</v>
+        <v>46049</v>
       </c>
       <c r="J105" s="5" t="n">
-        <v>6.4294</v>
+        <v>6.9147</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="n">
         <v>87</v>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>CEAT Limited**</t>
+          <t>Jamnagar Utilities &amp; Power Private Limited**</t>
         </is>
       </c>
       <c r="C106" s="1" t="inlineStr">
         <is>
-          <t>INE482A14EQ3</t>
+          <t>INE936D14394</t>
         </is>
       </c>
       <c r="D106" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E106" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F106" s="5" t="n">
-        <v>9946.98</v>
+        <v>9873.610000000001</v>
       </c>
       <c r="G106" s="6" t="n">
-        <v>0.0042</v>
+        <v>0.0046</v>
       </c>
       <c r="H106" s="7" t="n">
-        <v>46009</v>
+        <v>46070</v>
       </c>
       <c r="J106" s="5" t="n">
-        <v>6.0798</v>
+        <v>5.9901</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1" t="n">
         <v>88</v>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Welspun Corp Limited**</t>
+          <t>Aditya Birla Real Estate Limited**</t>
         </is>
       </c>
       <c r="C107" s="1" t="inlineStr">
         <is>
-          <t>INE191B14754</t>
+          <t>INE055A14KJ9</t>
         </is>
       </c>
       <c r="D107" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E107" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F107" s="5" t="n">
-        <v>9900.74</v>
+        <v>9863.870000000001</v>
       </c>
       <c r="G107" s="6" t="n">
-        <v>0.0042</v>
+        <v>0.0046</v>
       </c>
       <c r="H107" s="7" t="n">
-        <v>46034</v>
+        <v>46063</v>
       </c>
       <c r="J107" s="5" t="n">
-        <v>6.4202</v>
+        <v>7.0951</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1" t="n">
         <v>89</v>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Muthoot Finance Limited**</t>
+          <t>ICICI Securities Limited**</t>
         </is>
       </c>
       <c r="C108" s="1" t="inlineStr">
         <is>
-          <t>INE414G14UC9</t>
+          <t>INE763G14D11</t>
         </is>
       </c>
       <c r="D108" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E108" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F108" s="5" t="n">
-        <v>9887.309999999999</v>
+        <v>9862.58</v>
       </c>
       <c r="G108" s="6" t="n">
-        <v>0.0042</v>
+        <v>0.0046</v>
       </c>
       <c r="H108" s="7" t="n">
-        <v>46038</v>
+        <v>46070</v>
       </c>
       <c r="J108" s="5" t="n">
-        <v>6.8201</v>
+        <v>6.5202</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="1" t="n">
         <v>90</v>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Birla Group Holdings Private Limited**</t>
+          <t>Mahindra Lifespace Developers Limited**</t>
         </is>
       </c>
       <c r="C109" s="1" t="inlineStr">
         <is>
-          <t>INE09OL14IB2</t>
+          <t>INE813A14367</t>
         </is>
       </c>
       <c r="D109" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E109" s="11" t="n">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="F109" s="5" t="n">
-        <v>9867.26</v>
+        <v>7486.12</v>
       </c>
       <c r="G109" s="6" t="n">
-        <v>0.0042</v>
+        <v>0.0035</v>
       </c>
       <c r="H109" s="7" t="n">
-        <v>46049</v>
+        <v>46003</v>
       </c>
       <c r="J109" s="5" t="n">
-        <v>6.82</v>
+        <v>6.15</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1" t="n">
         <v>91</v>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Aditya Birla Money Limited**</t>
+          <t>ICICI Securities Limited**</t>
         </is>
       </c>
       <c r="C110" s="1" t="inlineStr">
         <is>
-          <t>INE865C14OP6</t>
+          <t>INE763G14ZL9</t>
         </is>
       </c>
       <c r="D110" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E110" s="11" t="n">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="F110" s="5" t="n">
-        <v>9864.76</v>
+        <v>7418.84</v>
       </c>
       <c r="G110" s="6" t="n">
-        <v>0.0042</v>
+        <v>0.0035</v>
       </c>
       <c r="H110" s="7" t="n">
-        <v>46049</v>
+        <v>46052</v>
       </c>
       <c r="J110" s="5" t="n">
-        <v>6.9499</v>
+        <v>6.6551</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1" t="n">
         <v>92</v>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Aditya Birla Real Estate Limited**</t>
+          <t>Mirae Asset Financial Services (India) Private Limited**</t>
         </is>
       </c>
       <c r="C111" s="1" t="inlineStr">
         <is>
-          <t>INE055A14KJ9</t>
+          <t>INE0JRU14321</t>
         </is>
       </c>
       <c r="D111" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E111" s="11" t="n">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="F111" s="5" t="n">
-        <v>9836.950000000001</v>
+        <v>7418.38</v>
       </c>
       <c r="G111" s="6" t="n">
-        <v>0.0042</v>
+        <v>0.0035</v>
       </c>
       <c r="H111" s="7" t="n">
-        <v>46063</v>
+        <v>46049</v>
       </c>
       <c r="J111" s="5" t="n">
-        <v>7.0351</v>
+        <v>7.045</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="n">
         <v>93</v>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Mahindra Lifespace Developers Limited**</t>
         </is>
       </c>
       <c r="C112" s="1" t="inlineStr">
         <is>
-          <t>INE813A14367</t>
+          <t>INE813A14375</t>
         </is>
       </c>
       <c r="D112" s="1" t="inlineStr">
         <is>
           <t>IND A1+</t>
         </is>
       </c>
       <c r="E112" s="11" t="n">
         <v>1500</v>
       </c>
       <c r="F112" s="5" t="n">
-        <v>7467.53</v>
+        <v>7417.54</v>
       </c>
       <c r="G112" s="6" t="n">
-        <v>0.0032</v>
+        <v>0.0035</v>
       </c>
       <c r="H112" s="7" t="n">
-        <v>46003</v>
+        <v>46056</v>
       </c>
       <c r="J112" s="5" t="n">
-        <v>6.1044</v>
+        <v>6.34</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="1" t="n">
         <v>94</v>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Mahindra Lifespace Developers Limited**</t>
+          <t>Godrej Industries Limited**</t>
         </is>
       </c>
       <c r="C113" s="1" t="inlineStr">
         <is>
-          <t>INE813A14375</t>
+          <t>INE233A145B2</t>
         </is>
       </c>
       <c r="D113" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E113" s="11" t="n">
         <v>1500</v>
       </c>
       <c r="F113" s="5" t="n">
-        <v>7399.27</v>
+        <v>7415.6</v>
       </c>
       <c r="G113" s="6" t="n">
-        <v>0.0031</v>
+        <v>0.0035</v>
       </c>
       <c r="H113" s="7" t="n">
-        <v>46056</v>
+        <v>46059</v>
       </c>
       <c r="J113" s="5" t="n">
-        <v>6.2899</v>
+        <v>6.2001</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="n">
         <v>95</v>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>ICICI Securities Limited</t>
+          <t>Godrej Properties Limited**</t>
         </is>
       </c>
       <c r="C114" s="1" t="inlineStr">
         <is>
-          <t>INE763G14ZL9</t>
+          <t>INE484J14ZQ5</t>
         </is>
       </c>
       <c r="D114" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E114" s="11" t="n">
         <v>1500</v>
       </c>
       <c r="F114" s="5" t="n">
-        <v>7398.9</v>
+        <v>7393.04</v>
       </c>
       <c r="G114" s="6" t="n">
-        <v>0.0031</v>
+        <v>0.0035</v>
       </c>
       <c r="H114" s="7" t="n">
-        <v>46052</v>
+        <v>46079</v>
       </c>
       <c r="J114" s="5" t="n">
-        <v>6.6499</v>
+        <v>6.0701</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="n">
         <v>96</v>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Godrej Industries Limited**</t>
+          <t>Bajaj Auto Credit Limited**</t>
         </is>
       </c>
       <c r="C115" s="1" t="inlineStr">
         <is>
-          <t>INE233A145B2</t>
+          <t>INE18UV14026</t>
         </is>
       </c>
       <c r="D115" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E115" s="11" t="n">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="F115" s="5" t="n">
-        <v>7398.2</v>
+        <v>4996.5</v>
       </c>
       <c r="G115" s="6" t="n">
-        <v>0.0031</v>
+        <v>0.0023</v>
       </c>
       <c r="H115" s="7" t="n">
-        <v>46059</v>
+        <v>45996</v>
       </c>
       <c r="J115" s="5" t="n">
-        <v>6.125</v>
+        <v>6.392</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1" t="n">
         <v>97</v>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Mirae Asset Financial Services (India) Private Limited**</t>
+          <t>Axis Securities Limited**</t>
         </is>
       </c>
       <c r="C116" s="1" t="inlineStr">
         <is>
-          <t>INE0JRU14321</t>
+          <t>INE110O14GK9</t>
         </is>
       </c>
       <c r="D116" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E116" s="11" t="n">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="F116" s="5" t="n">
-        <v>7397.49</v>
+        <v>4993.11</v>
       </c>
       <c r="G116" s="6" t="n">
-        <v>0.0031</v>
+        <v>0.0023</v>
       </c>
       <c r="H116" s="7" t="n">
-        <v>46049</v>
+        <v>46000</v>
       </c>
       <c r="J116" s="5" t="n">
-        <v>7.0249</v>
+        <v>6.2958</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="n">
         <v>98</v>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Export-Import Bank of India</t>
+          <t>Muthoot Finance Limited**</t>
         </is>
       </c>
       <c r="C117" s="1" t="inlineStr">
         <is>
-          <t>INE514E14SJ0</t>
+          <t>INE414G14TV1</t>
         </is>
       </c>
       <c r="D117" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E117" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F117" s="5" t="n">
-        <v>4999.24</v>
+        <v>4992.77</v>
       </c>
       <c r="G117" s="6" t="n">
-        <v>0.0021</v>
+        <v>0.0023</v>
       </c>
       <c r="H117" s="7" t="n">
-        <v>45978</v>
+        <v>46000</v>
       </c>
       <c r="J117" s="5" t="n">
-        <v>5.5488</v>
+        <v>6.6092</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="n">
         <v>99</v>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Investments Limited**</t>
+          <t>Axis Securities Limited**</t>
         </is>
       </c>
       <c r="C118" s="1" t="inlineStr">
         <is>
-          <t>INE975F14C41</t>
+          <t>INE110O14GL7</t>
         </is>
       </c>
       <c r="D118" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E118" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F118" s="5" t="n">
-        <v>4995.5</v>
+        <v>4992.25</v>
       </c>
       <c r="G118" s="6" t="n">
-        <v>0.0021</v>
+        <v>0.0023</v>
       </c>
       <c r="H118" s="7" t="n">
-        <v>45982</v>
+        <v>46001</v>
       </c>
       <c r="J118" s="5" t="n">
-        <v>6.57</v>
+        <v>6.2959</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1" t="n">
         <v>100</v>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Piramal Finance Limited</t>
+          <t>Tata Projects Limited**</t>
         </is>
       </c>
       <c r="C119" s="1" t="inlineStr">
         <is>
-          <t>INE202B14PJ4</t>
+          <t>INE725H14CO9</t>
         </is>
       </c>
       <c r="D119" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E119" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F119" s="5" t="n">
-        <v>4992.62</v>
+        <v>4990.88</v>
       </c>
       <c r="G119" s="6" t="n">
-        <v>0.0021</v>
+        <v>0.0023</v>
       </c>
       <c r="H119" s="7" t="n">
-        <v>45985</v>
+        <v>46003</v>
       </c>
       <c r="J119" s="5" t="n">
-        <v>6.7488</v>
+        <v>6.0601</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1" t="n">
         <v>101</v>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Axis Securities Limited**</t>
+          <t>Welspun Corp Limited**</t>
         </is>
       </c>
       <c r="C120" s="1" t="inlineStr">
         <is>
-          <t>INE110O14GK9</t>
+          <t>INE191B14747</t>
         </is>
       </c>
       <c r="D120" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E120" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F120" s="5" t="n">
-        <v>4979.76</v>
+        <v>4984.96</v>
       </c>
       <c r="G120" s="6" t="n">
-        <v>0.0021</v>
+        <v>0.0023</v>
       </c>
       <c r="H120" s="7" t="n">
-        <v>46000</v>
+        <v>46010</v>
       </c>
       <c r="J120" s="5" t="n">
-        <v>6.4501</v>
+        <v>6.12</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1" t="n">
         <v>102</v>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Muthoot Finance Limited**</t>
+          <t>Welspun Corp Limited**</t>
         </is>
       </c>
       <c r="C121" s="1" t="inlineStr">
         <is>
-          <t>INE414G14TV1</t>
+          <t>INE191B14713</t>
         </is>
       </c>
       <c r="D121" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E121" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F121" s="5" t="n">
-        <v>4978.9</v>
+        <v>4981.62</v>
       </c>
       <c r="G121" s="6" t="n">
-        <v>0.0021</v>
+        <v>0.0023</v>
       </c>
       <c r="H121" s="7" t="n">
-        <v>46000</v>
+        <v>46014</v>
       </c>
       <c r="J121" s="5" t="n">
-        <v>6.7253</v>
+        <v>6.1196</v>
       </c>
     </row>
     <row r="122">
-      <c r="A122" s="1" t="n">
-[...65 lines deleted...]
-        <v>6.0053</v>
+      <c r="A122" s="8" t="n"/>
+      <c r="B122" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C122" s="8" t="n"/>
+      <c r="D122" s="8" t="n"/>
+      <c r="E122" s="8" t="n"/>
+      <c r="F122" s="9" t="n">
+        <v>921426.83</v>
+      </c>
+      <c r="G122" s="10" t="n">
+        <v>0.4315</v>
       </c>
     </row>
     <row r="124">
-      <c r="A124" s="1" t="n">
-[...30 lines deleted...]
-        <v>6.1455</v>
+      <c r="B124" s="3" t="inlineStr">
+        <is>
+          <t>Treasury Bill</t>
+        </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1" t="n">
+        <v>103</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>182 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C125" s="1" t="inlineStr">
+        <is>
+          <t>IN002025Y214</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E125" s="11" t="n">
+        <v>26500000</v>
+      </c>
+      <c r="F125" s="5" t="n">
+        <v>26194.56</v>
+      </c>
+      <c r="G125" s="6" t="n">
+        <v>0.0123</v>
+      </c>
+      <c r="H125" s="7" t="n">
+        <v>46072</v>
+      </c>
+      <c r="J125" s="5" t="n">
+        <v>5.3201</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="1" t="n">
+        <v>104</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C126" s="1" t="inlineStr">
+        <is>
+          <t>IN002024Z370</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E126" s="11" t="n">
+        <v>20000000</v>
+      </c>
+      <c r="F126" s="5" t="n">
+        <v>19927.94</v>
+      </c>
+      <c r="G126" s="6" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+      <c r="H126" s="7" t="n">
+        <v>46017</v>
+      </c>
+      <c r="J126" s="5" t="n">
+        <v>5.2794</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="1" t="n">
+        <v>105</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>91 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C127" s="1" t="inlineStr">
+        <is>
+          <t>IN002025X232</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E127" s="11" t="n">
+        <v>14394800</v>
+      </c>
+      <c r="F127" s="5" t="n">
+        <v>14388.54</v>
+      </c>
+      <c r="G127" s="6" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H127" s="7" t="n">
+        <v>45995</v>
+      </c>
+      <c r="J127" s="5" t="n">
+        <v>5.2948</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="1" t="n">
         <v>106</v>
       </c>
-      <c r="B125" s="1" t="inlineStr">
-[...51 lines deleted...]
-        </is>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>182 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C128" s="1" t="inlineStr">
+        <is>
+          <t>IN002025Y131</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E128" s="11" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F128" s="5" t="n">
+        <v>4982.86</v>
+      </c>
+      <c r="G128" s="6" t="n">
+        <v>0.0023</v>
+      </c>
+      <c r="H128" s="7" t="n">
+        <v>46016</v>
+      </c>
+      <c r="J128" s="5" t="n">
+        <v>5.2298</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1" t="n">
         <v>107</v>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>91 DAYS T-BILL 2025</t>
+          <t>91 DAYS T-BILL 2026</t>
         </is>
       </c>
       <c r="C129" s="1" t="inlineStr">
         <is>
-          <t>IN002025X216</t>
+          <t>IN002025X349</t>
         </is>
       </c>
       <c r="D129" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E129" s="11" t="n">
-        <v>45000000</v>
+        <v>5000000</v>
       </c>
       <c r="F129" s="5" t="n">
-        <v>44973.86</v>
+        <v>4942.37</v>
       </c>
       <c r="G129" s="6" t="n">
-        <v>0.019</v>
+        <v>0.0023</v>
       </c>
       <c r="H129" s="7" t="n">
-        <v>45981</v>
+        <v>46072</v>
       </c>
       <c r="J129" s="5" t="n">
-        <v>5.3047</v>
+        <v>5.3201</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1" t="n">
         <v>108</v>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>364 DAYS T-BILL 2025</t>
+          <t>182 DAYS T-BILL 2026</t>
         </is>
       </c>
       <c r="C130" s="1" t="inlineStr">
         <is>
-          <t>IN002024Z370</t>
+          <t>IN002025Y156</t>
         </is>
       </c>
       <c r="D130" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E130" s="11" t="n">
-        <v>20000000</v>
+        <v>4500000</v>
       </c>
       <c r="F130" s="5" t="n">
-        <v>19884.24</v>
+        <v>4474.93</v>
       </c>
       <c r="G130" s="6" t="n">
-        <v>0.008399999999999999</v>
+        <v>0.0021</v>
       </c>
       <c r="H130" s="7" t="n">
-        <v>46017</v>
+        <v>46030</v>
       </c>
       <c r="J130" s="5" t="n">
-        <v>5.3128</v>
+        <v>5.3811</v>
       </c>
     </row>
     <row r="131">
-      <c r="A131" s="1" t="n">
+      <c r="A131" s="8" t="n"/>
+      <c r="B131" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C131" s="8" t="n"/>
+      <c r="D131" s="8" t="n"/>
+      <c r="E131" s="8" t="n"/>
+      <c r="F131" s="9" t="n">
+        <v>74911.2</v>
+      </c>
+      <c r="G131" s="10" t="n">
+        <v>0.035</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="1" t="n">
         <v>109</v>
       </c>
-      <c r="B131" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D131" s="1" t="inlineStr">
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="D134" s="11" t="n"/>
+      <c r="E134" s="1" t="n">
+        <v>8842539301</v>
+      </c>
+      <c r="F134" s="5" t="n">
+        <v>88462.10000000001</v>
+      </c>
+      <c r="G134" s="6" t="n">
+        <v>0.0415</v>
+      </c>
+      <c r="H134" s="7" t="n">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="1" t="n">
+        <v>110</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="D135" s="11" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E131" s="11" t="n">
-[...29 lines deleted...]
-      <c r="D132" s="1" t="inlineStr">
+      <c r="E135" s="1" t="n">
+        <v>1449910287</v>
+      </c>
+      <c r="F135" s="5" t="n">
+        <v>14549.92</v>
+      </c>
+      <c r="G135" s="6" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H135" s="7" t="n">
+        <v>46062</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" s="1" t="n">
+        <v>111</v>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="D136" s="11" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E132" s="11" t="n">
-[...52 lines deleted...]
-      <c r="B134" s="8" t="inlineStr">
+      <c r="E136" s="1" t="n">
+        <v>699938568</v>
+      </c>
+      <c r="F136" s="5" t="n">
+        <v>7021.01</v>
+      </c>
+      <c r="G136" s="6" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="H136" s="7" t="n">
+        <v>46009</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" s="8" t="n"/>
+      <c r="B137" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C134" s="8" t="n"/>
-[...59 lines deleted...]
-        <v>46062</v>
+      <c r="C137" s="8" t="n"/>
+      <c r="D137" s="8" t="n"/>
+      <c r="E137" s="9" t="n"/>
+      <c r="F137" s="9" t="n">
+        <v>110033.03</v>
+      </c>
+      <c r="G137" s="10" t="n">
+        <v>0.0516</v>
       </c>
     </row>
     <row r="139">
-      <c r="A139" s="1" t="n">
-[...18 lines deleted...]
-        <v>45979</v>
+      <c r="B139" s="3" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1" t="n">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>TREPS / Reverse Repo Investments</t>
-[...4 lines deleted...]
-        <v>699938568</v>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C140" s="1" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E140" s="11" t="n">
+        <v>40721.088</v>
       </c>
       <c r="F140" s="5" t="n">
-        <v>7005.95</v>
+        <v>4680.35</v>
       </c>
       <c r="G140" s="6" t="n">
-        <v>0.003</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.0022</v>
+      </c>
+      <c r="J140" s="5" t="n"/>
     </row>
     <row r="141">
       <c r="A141" s="8" t="n"/>
       <c r="B141" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C141" s="8" t="n"/>
       <c r="D141" s="8" t="n"/>
-      <c r="E141" s="9" t="n"/>
+      <c r="E141" s="8" t="n"/>
       <c r="F141" s="9" t="n">
-        <v>275246.05</v>
+        <v>4680.35</v>
       </c>
       <c r="G141" s="10" t="n">
-        <v>0.1164</v>
+        <v>0.0022</v>
       </c>
     </row>
     <row r="143">
       <c r="B143" s="3" t="inlineStr">
         <is>
-          <t>Alternative Investment Funds (AIF)</t>
+          <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="144">
-      <c r="A144" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
-[...9 lines deleted...]
-      </c>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E144" s="11" t="n"/>
       <c r="F144" s="5" t="n">
-        <v>4668.86</v>
+        <v>5998.02</v>
       </c>
       <c r="G144" s="6" t="n">
-        <v>0.002</v>
+        <v>0.0028</v>
       </c>
       <c r="J144" s="5" t="n"/>
     </row>
     <row r="145">
       <c r="A145" s="8" t="n"/>
       <c r="B145" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C145" s="8" t="n"/>
       <c r="D145" s="8" t="n"/>
       <c r="E145" s="8" t="n"/>
       <c r="F145" s="9" t="n">
-        <v>4668.86</v>
+        <v>5998.02</v>
       </c>
       <c r="G145" s="10" t="n">
-        <v>0.002</v>
+        <v>0.0028</v>
       </c>
     </row>
     <row r="147">
-      <c r="B147" s="3" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A147" s="4" t="n"/>
+      <c r="B147" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C147" s="4" t="n"/>
+      <c r="D147" s="4" t="n"/>
+      <c r="E147" s="4" t="n"/>
+      <c r="F147" s="12" t="n">
+        <v>2134434.48</v>
+      </c>
+      <c r="G147" s="13" t="n">
+        <v>1</v>
       </c>
     </row>
     <row r="148">
-      <c r="B148" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="J148" s="5" t="n"/>
+      <c r="A148" s="3" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
     </row>
     <row r="149">
-      <c r="A149" s="8" t="n"/>
-[...12 lines deleted...]
-        <v>0.001</v>
+      <c r="A149" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="150" ht="40.5" customHeight="1" s="73">
+      <c r="A150" s="15" t="n">
+        <v>2</v>
+      </c>
+      <c r="B150" s="15" t="inlineStr">
+        <is>
+          <t>As on  November 30, 2025, the aggregate investments by the schemes of DSP Mutual Fund in DSP Liquidity Fund is ₹ 1,557.90 Lakhs.</t>
+        </is>
       </c>
     </row>
     <row r="151">
-      <c r="A151" s="4" t="n"/>
-[...12 lines deleted...]
-        <v>1</v>
+      <c r="A151" s="15" t="n">
+        <v>3</v>
+      </c>
+      <c r="B151" s="15" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
       </c>
     </row>
     <row r="152">
-      <c r="A152" s="1" t="inlineStr">
-[...40 lines deleted...]
-      <c r="B160" s="69" t="inlineStr">
+      <c r="A152" s="15" t="n"/>
+      <c r="B152" s="15" t="n"/>
+    </row>
+    <row r="154" ht="14.5" customHeight="1" s="73">
+      <c r="B154" s="69" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="174" ht="14.5" customHeight="1" s="72">
-      <c r="B174" s="69" t="inlineStr">
+    <row r="167" ht="14.5" customHeight="1" s="73">
+      <c r="B167" s="69" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Liquid Debt A-I Index</t>
         </is>
       </c>
     </row>
-    <row r="189">
-[...1 lines deleted...]
-      <c r="C189" s="17" t="inlineStr">
+    <row r="180">
+      <c r="B180" s="16" t="n"/>
+      <c r="C180" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="190">
-      <c r="B190" s="15" t="inlineStr">
+    <row r="181">
+      <c r="B181" s="16" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C190" s="17" t="inlineStr">
+      <c r="C181" s="18" t="inlineStr">
         <is>
           <t>DSP Liquidity Fund</t>
         </is>
       </c>
     </row>
-    <row r="191">
-      <c r="B191" s="15" t="inlineStr">
+    <row r="182">
+      <c r="B182" s="16" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C191" s="18" t="n"/>
-[...2 lines deleted...]
-      <c r="B192" s="15" t="inlineStr">
+      <c r="C182" s="19" t="n"/>
+    </row>
+    <row r="183">
+      <c r="B183" s="16" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C192" s="19" t="n">
-[...4 lines deleted...]
-      <c r="B193" s="15" t="inlineStr">
+      <c r="C183" s="20" t="n">
+        <v>0.0598</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="B184" s="16" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C193" s="18" t="n">
+      <c r="C184" s="95" t="n">
         <v>0.09</v>
       </c>
     </row>
-    <row r="194">
-      <c r="B194" s="15" t="inlineStr">
+    <row r="185">
+      <c r="B185" s="16" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C194" s="89" t="n">
+      <c r="C185" s="96" t="n">
         <v>0.1</v>
       </c>
     </row>
-    <row r="195">
-      <c r="B195" s="15" t="inlineStr">
+    <row r="186">
+      <c r="B186" s="16" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C195" s="20" t="n">
-[...4 lines deleted...]
-      <c r="B196" s="16" t="inlineStr">
+      <c r="C186" s="21" t="n">
+        <v>45991</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="B187" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C196" s="17" t="n"/>
+      <c r="C187" s="18" t="n"/>
+    </row>
+    <row r="190" ht="14.5" customHeight="1" s="73">
+      <c r="A190" s="71" t="n"/>
+      <c r="B190" s="71" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Koushik Chowdhury</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>