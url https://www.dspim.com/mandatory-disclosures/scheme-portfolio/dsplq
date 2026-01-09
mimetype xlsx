--- v3 (2025-12-16)
+++ v4 (2026-01-09)
@@ -1,66 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr/>
+  <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="922" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="883" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="LIQUID" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="3">
+  <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
-    <numFmt numFmtId="166" formatCode="0.000"/>
   </numFmts>
   <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
@@ -77,117 +76,117 @@
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
-      <sz val="10"/>
-[...4 lines deleted...]
-      <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -336,328 +335,315 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="106">
+  <cellXfs count="101">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...129 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -706,116 +692,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>155</row>
+      <row>158</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>164</row>
-      <rowOff>31750</rowOff>
+      <row>167</row>
+      <rowOff>31751</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="27857450"/>
+          <a:off x="457200" y="28028900"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>168</row>
+      <row>170</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>177</row>
+      <row>179</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="30270450"/>
+          <a:off x="457200" y="30441900"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1053,89 +1039,89 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr>
+  <sheetPr codeName="Sheet1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L190"/>
+  <dimension ref="A1:L194"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
     <col width="51.54296875" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
-    <col width="21.453125" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="18.81640625" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
     <col width="14.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
-    <col width="14.54296875" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="13.7265625" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
     <col width="30.1796875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="73">
-[...1 lines deleted...]
-      <c r="B1" s="72" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="74">
+      <c r="A1" s="73" t="n"/>
+      <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Liquidity Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="3" t="inlineStr">
         <is>
-          <t>Portfolio as on November 30, 2025</t>
+          <t>Portfolio as on December 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
@@ -1184,4349 +1170,4407 @@
       </c>
     </row>
     <row r="8">
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
       <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bharti Telecom Limited**</t>
+          <t>Export-Import Bank of India**</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>INE403D08157</t>
+          <t>INE514E08GA6</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E9" s="11" t="n">
-        <v>1750</v>
+        <v>1000</v>
       </c>
       <c r="F9" s="5" t="n">
-        <v>19008.81</v>
+        <v>10298.23</v>
       </c>
       <c r="G9" s="6" t="n">
-        <v>0.0089</v>
+        <v>0.0058</v>
       </c>
       <c r="H9" s="7" t="n">
-        <v>45996</v>
+        <v>46099</v>
       </c>
       <c r="J9" s="5" t="n">
-        <v>6.5729</v>
+        <v>6.0496</v>
       </c>
       <c r="K9" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="L9" s="6" t="n">
-        <v>0.6909999999999999</v>
+        <v>0.7855</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="n">
         <v>2</v>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE115A07QB9</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E10" s="11" t="n">
         <v>500</v>
       </c>
       <c r="F10" s="5" t="n">
-        <v>5320.4</v>
+        <v>5347.95</v>
       </c>
       <c r="G10" s="6" t="n">
-        <v>0.0025</v>
+        <v>0.003</v>
       </c>
       <c r="H10" s="7" t="n">
         <v>46065</v>
       </c>
       <c r="J10" s="5" t="n">
-        <v>6.165</v>
+        <v>6.1847</v>
       </c>
       <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L10" s="6" t="n">
-        <v>0.109</v>
+        <v>0.1905</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="n">
         <v>3</v>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Housing Finance Limited**</t>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>INE377Y07391</t>
+          <t>INE121A07RQ3</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AA+</t>
         </is>
       </c>
       <c r="E11" s="11" t="n">
-        <v>250</v>
+        <v>400000</v>
       </c>
       <c r="F11" s="5" t="n">
-        <v>2689.87</v>
+        <v>4313.32</v>
       </c>
       <c r="G11" s="6" t="n">
-        <v>0.0013</v>
+        <v>0.0024</v>
       </c>
       <c r="H11" s="7" t="n">
-        <v>46003</v>
+        <v>46053</v>
       </c>
       <c r="J11" s="5" t="n">
-        <v>5.9373</v>
+        <v>6.9623</v>
       </c>
       <c r="K11" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="L11" s="6" t="n">
-        <v>0.07920000000000001</v>
+        <v>0.09619999999999999</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="n">
         <v>4</v>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited**</t>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>INE296A07RO8</t>
+          <t>INE121A07QR3</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AA+</t>
         </is>
       </c>
       <c r="E12" s="11" t="n">
         <v>250</v>
       </c>
       <c r="F12" s="5" t="n">
-        <v>2639.18</v>
+        <v>2691.25</v>
       </c>
       <c r="G12" s="6" t="n">
-        <v>0.0012</v>
+        <v>0.0015</v>
       </c>
       <c r="H12" s="7" t="n">
-        <v>46015</v>
+        <v>46036</v>
       </c>
       <c r="J12" s="5" t="n">
-        <v>6.5051</v>
+        <v>7.0875</v>
       </c>
       <c r="K12" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="L12" s="6" t="n">
-        <v>0.0503</v>
+        <v>0.08359999999999999</v>
       </c>
     </row>
     <row r="13">
-      <c r="A13" s="8" t="n"/>
-      <c r="B13" s="8" t="inlineStr">
+      <c r="A13" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE377Y07375</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E13" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F13" s="5" t="n">
+        <v>2665.35</v>
+      </c>
+      <c r="G13" s="6" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="H13" s="7" t="n">
+        <v>46097</v>
+      </c>
+      <c r="J13" s="5" t="n">
+        <v>6.0602</v>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L13" s="6" t="n">
+        <v>0.0103</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="8" t="n"/>
+      <c r="B14" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C13" s="8" t="n"/>
-[...17 lines deleted...]
-    <row r="14">
+      <c r="C14" s="8" t="n"/>
+      <c r="D14" s="8" t="n"/>
+      <c r="E14" s="8" t="n"/>
+      <c r="F14" s="9" t="n">
+        <v>25316.1</v>
+      </c>
+      <c r="G14" s="10" t="n">
+        <v>0.0142</v>
+      </c>
       <c r="K14" s="1" t="inlineStr">
         <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="L14" s="6" t="n">
+        <v>0.0039</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="K15" s="1" t="inlineStr">
+        <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
-      <c r="L14" s="6" t="n">
-[...4 lines deleted...]
-      <c r="B15" s="3" t="inlineStr">
+      <c r="L15" s="6" t="n">
+        <v>0.0026</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="B16" s="3" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
-      <c r="K15" s="1" t="inlineStr">
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L15" s="6" t="n">
-[...7 lines deleted...]
-      <c r="B16" s="1" t="inlineStr">
+      <c r="L16" s="6" t="n">
+        <v>-0.1726</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
         <is>
           <t>7.59% GOI 2026</t>
         </is>
       </c>
-      <c r="C16" s="1" t="inlineStr">
+      <c r="C17" s="1" t="inlineStr">
         <is>
           <t>IN0020150093</t>
         </is>
       </c>
-      <c r="D16" s="1" t="inlineStr">
+      <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E16" s="11" t="n">
-[...8 lines deleted...]
-      <c r="H16" s="7" t="n">
+      <c r="E17" s="11" t="n">
+        <v>213000000</v>
+      </c>
+      <c r="F17" s="5" t="n">
+        <v>220763.57</v>
+      </c>
+      <c r="G17" s="6" t="n">
+        <v>0.1242</v>
+      </c>
+      <c r="H17" s="7" t="n">
         <v>46033</v>
       </c>
-      <c r="J16" s="5" t="n">
-[...5 lines deleted...]
-      <c r="B17" s="8" t="inlineStr">
+      <c r="J17" s="5" t="n">
+        <v>5.2872</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="8" t="n"/>
+      <c r="B18" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C17" s="8" t="n"/>
-[...13 lines deleted...]
-        </is>
+      <c r="C18" s="8" t="n"/>
+      <c r="D18" s="8" t="n"/>
+      <c r="E18" s="8" t="n"/>
+      <c r="F18" s="9" t="n">
+        <v>220763.57</v>
+      </c>
+      <c r="G18" s="10" t="n">
+        <v>0.1242</v>
       </c>
     </row>
     <row r="20">
       <c r="B20" s="3" t="inlineStr">
         <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="B21" s="3" t="inlineStr">
+        <is>
           <t>Certificate of Deposit</t>
         </is>
-      </c>
-[...33 lines deleted...]
-        <v>5.8495</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="n">
         <v>7</v>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>INE040A16HZ8</t>
+          <t>INE040A16GS5</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E22" s="11" t="n">
-        <v>11000</v>
+        <v>16000</v>
       </c>
       <c r="F22" s="5" t="n">
-        <v>54305.35</v>
+        <v>78951.75999999999</v>
       </c>
       <c r="G22" s="6" t="n">
-        <v>0.0254</v>
+        <v>0.0444</v>
       </c>
       <c r="H22" s="7" t="n">
-        <v>46071</v>
+        <v>46105</v>
       </c>
       <c r="J22" s="5" t="n">
-        <v>5.91</v>
+        <v>5.9099</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="n">
         <v>8</v>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>INE238AD6AX9</t>
+          <t>INE040A16HZ8</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E23" s="11" t="n">
-        <v>10500</v>
+        <v>11000</v>
       </c>
       <c r="F23" s="5" t="n">
-        <v>52374.05</v>
+        <v>54572.98</v>
       </c>
       <c r="G23" s="6" t="n">
-        <v>0.0245</v>
+        <v>0.0307</v>
       </c>
       <c r="H23" s="7" t="n">
-        <v>46007</v>
+        <v>46071</v>
       </c>
       <c r="J23" s="5" t="n">
-        <v>5.8516</v>
+        <v>5.9501</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="n">
         <v>9</v>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Punjab National Bank</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>INE040A16HQ7</t>
+          <t>INE160A16RK5</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E24" s="11" t="n">
-        <v>9500</v>
+        <v>10000</v>
       </c>
       <c r="F24" s="5" t="n">
-        <v>47340.68</v>
+        <v>49392.05</v>
       </c>
       <c r="G24" s="6" t="n">
-        <v>0.0222</v>
+        <v>0.0278</v>
       </c>
       <c r="H24" s="7" t="n">
-        <v>46013</v>
+        <v>46099</v>
       </c>
       <c r="J24" s="5" t="n">
-        <v>5.8501</v>
+        <v>5.9114</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="n">
         <v>10</v>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Union Bank of India</t>
+          <t>Bank of Baroda**</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>INE692A16II0</t>
+          <t>INE028A16KL7</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E25" s="11" t="n">
-        <v>7500</v>
+        <v>9000</v>
       </c>
       <c r="F25" s="5" t="n">
-        <v>37398.11</v>
+        <v>44566.7</v>
       </c>
       <c r="G25" s="6" t="n">
-        <v>0.0175</v>
+        <v>0.0251</v>
       </c>
       <c r="H25" s="7" t="n">
-        <v>46009</v>
+        <v>46083</v>
       </c>
       <c r="J25" s="5" t="n">
-        <v>5.8495</v>
+        <v>5.9149</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="n">
         <v>11</v>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bank of India**</t>
+          <t>Bank of Baroda**</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>INE084A16ET6</t>
+          <t>INE028A16HW0</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E26" s="11" t="n">
-        <v>7000</v>
+        <v>8500</v>
       </c>
       <c r="F26" s="5" t="n">
-        <v>34555.96</v>
+        <v>42063.74</v>
       </c>
       <c r="G26" s="6" t="n">
-        <v>0.0162</v>
+        <v>0.0237</v>
       </c>
       <c r="H26" s="7" t="n">
-        <v>46071</v>
+        <v>46087</v>
       </c>
       <c r="J26" s="5" t="n">
-        <v>5.937</v>
+        <v>5.915</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="n">
         <v>12</v>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Union Bank of India**</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>INE692A16IP5</t>
+          <t>INE692A16JB3</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
           <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E27" s="11" t="n">
-        <v>6500</v>
+        <v>8500</v>
       </c>
       <c r="F27" s="5" t="n">
-        <v>32159.53</v>
+        <v>42063.02</v>
       </c>
       <c r="G27" s="6" t="n">
-        <v>0.0151</v>
+        <v>0.0237</v>
       </c>
       <c r="H27" s="7" t="n">
-        <v>46056</v>
+        <v>46087</v>
       </c>
       <c r="J27" s="5" t="n">
-        <v>6.0381</v>
+        <v>5.9249</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="n">
         <v>13</v>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Punjab National Bank**</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>INE040A16HI4</t>
+          <t>INE160A16TS4</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E28" s="11" t="n">
-        <v>6000</v>
+        <v>7500</v>
       </c>
       <c r="F28" s="5" t="n">
-        <v>29990.46</v>
+        <v>37121.14</v>
       </c>
       <c r="G28" s="6" t="n">
-        <v>0.0141</v>
+        <v>0.0209</v>
       </c>
       <c r="H28" s="7" t="n">
-        <v>45994</v>
+        <v>46086</v>
       </c>
       <c r="J28" s="5" t="n">
-        <v>5.8053</v>
+        <v>5.9134</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="n">
         <v>14</v>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bank of Baroda**</t>
+          <t>Bank of India**</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>INE028A16JE4</t>
+          <t>INE084A16ET6</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E29" s="11" t="n">
-        <v>6000</v>
+        <v>7000</v>
       </c>
       <c r="F29" s="5" t="n">
-        <v>29956.8</v>
+        <v>34726.68</v>
       </c>
       <c r="G29" s="6" t="n">
-        <v>0.014</v>
+        <v>0.0195</v>
       </c>
       <c r="H29" s="7" t="n">
-        <v>46001</v>
+        <v>46071</v>
       </c>
       <c r="J29" s="5" t="n">
-        <v>5.8484</v>
+        <v>5.9852</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="n">
         <v>15</v>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Punjab National Bank**</t>
+          <t>Axis Bank Limited**</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>INE160A16SP2</t>
+          <t>INE238AD6BT5</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E30" s="11" t="n">
-        <v>6000</v>
+        <v>6500</v>
       </c>
       <c r="F30" s="5" t="n">
-        <v>29927.43</v>
+        <v>32069.02</v>
       </c>
       <c r="G30" s="6" t="n">
-        <v>0.014</v>
+        <v>0.018</v>
       </c>
       <c r="H30" s="7" t="n">
-        <v>46007</v>
+        <v>46106</v>
       </c>
       <c r="J30" s="5" t="n">
-        <v>5.9005</v>
+        <v>5.91</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="n">
         <v>16</v>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited**</t>
+          <t>Bank of Baroda**</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>INE238AD6BH0</t>
+          <t>INE028A16KP8</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E31" s="11" t="n">
         <v>6000</v>
       </c>
       <c r="F31" s="5" t="n">
-        <v>29918.73</v>
+        <v>29696.82</v>
       </c>
       <c r="G31" s="6" t="n">
-        <v>0.014</v>
+        <v>0.0167</v>
       </c>
       <c r="H31" s="7" t="n">
-        <v>46009</v>
+        <v>46086</v>
       </c>
       <c r="J31" s="5" t="n">
-        <v>5.8333</v>
+        <v>5.9151</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="n">
         <v>17</v>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bank of Baroda**</t>
+          <t>Bank of India**</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>INE028A16HY6</t>
+          <t>INE084A16FC9</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E32" s="11" t="n">
-        <v>5500</v>
+        <v>6000</v>
       </c>
       <c r="F32" s="5" t="n">
-        <v>27451.6</v>
+        <v>29693.28</v>
       </c>
       <c r="G32" s="6" t="n">
-        <v>0.0129</v>
+        <v>0.0167</v>
       </c>
       <c r="H32" s="7" t="n">
-        <v>46003</v>
+        <v>46086</v>
       </c>
       <c r="J32" s="5" t="n">
-        <v>5.8503</v>
+        <v>5.9849</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="n">
         <v>18</v>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Indian Bank**</t>
+          <t>Punjab National Bank**</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>INE562A16PL4</t>
+          <t>INE160A16TT2</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E33" s="11" t="n">
-        <v>5000</v>
+        <v>6000</v>
       </c>
       <c r="F33" s="5" t="n">
-        <v>24971.88</v>
+        <v>29677.86</v>
       </c>
       <c r="G33" s="6" t="n">
-        <v>0.0117</v>
+        <v>0.0167</v>
       </c>
       <c r="H33" s="7" t="n">
-        <v>45999</v>
+        <v>46090</v>
       </c>
       <c r="J33" s="5" t="n">
-        <v>5.8753</v>
+        <v>5.9133</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="n">
         <v>19</v>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Indian Bank**</t>
+          <t>Bank of Baroda**</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>INE562A16PM2</t>
+          <t>INE028A16IC0</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E34" s="11" t="n">
-        <v>5000</v>
+        <v>6000</v>
       </c>
       <c r="F34" s="5" t="n">
-        <v>24935.78</v>
+        <v>29658.75</v>
       </c>
       <c r="G34" s="6" t="n">
-        <v>0.0117</v>
+        <v>0.0167</v>
       </c>
       <c r="H34" s="7" t="n">
-        <v>46008</v>
+        <v>46094</v>
       </c>
       <c r="J34" s="5" t="n">
-        <v>5.8756</v>
+        <v>5.915</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="n">
         <v>20</v>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Canara Bank**</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
           <t>INE476A16E53</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E35" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F35" s="5" t="n">
-        <v>24702.35</v>
+        <v>24830.72</v>
       </c>
       <c r="G35" s="6" t="n">
-        <v>0.0116</v>
+        <v>0.014</v>
       </c>
       <c r="H35" s="7" t="n">
         <v>46065</v>
       </c>
       <c r="J35" s="5" t="n">
-        <v>6.025</v>
+        <v>5.9249</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="n">
         <v>21</v>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
           <t>INE261F16959</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E36" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F36" s="5" t="n">
-        <v>24687.72</v>
+        <v>24809.78</v>
       </c>
       <c r="G36" s="6" t="n">
-        <v>0.0116</v>
+        <v>0.014</v>
       </c>
       <c r="H36" s="7" t="n">
         <v>46070</v>
       </c>
       <c r="J36" s="5" t="n">
-        <v>5.9193</v>
+        <v>5.9548</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="n">
         <v>22</v>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
           <t>INE040A16HV7</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E37" s="11" t="n">
         <v>4000</v>
       </c>
       <c r="F37" s="5" t="n">
-        <v>19761.28</v>
+        <v>19865.14</v>
       </c>
       <c r="G37" s="6" t="n">
-        <v>0.009299999999999999</v>
+        <v>0.0112</v>
       </c>
       <c r="H37" s="7" t="n">
         <v>46065</v>
       </c>
       <c r="J37" s="5" t="n">
-        <v>6.0401</v>
+        <v>5.8998</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="n">
         <v>23</v>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank Limited**</t>
+          <t>Kotak Mahindra Bank Limited</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
           <t>INE237A165Z5</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E38" s="11" t="n">
         <v>4000</v>
       </c>
       <c r="F38" s="5" t="n">
-        <v>19749.14</v>
+        <v>19845.64</v>
       </c>
       <c r="G38" s="6" t="n">
-        <v>0.009299999999999999</v>
+        <v>0.0112</v>
       </c>
       <c r="H38" s="7" t="n">
         <v>46071</v>
       </c>
       <c r="J38" s="5" t="n">
-        <v>5.869</v>
+        <v>5.9149</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="n">
         <v>24</v>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited</t>
+          <t>Punjab National Bank**</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>INE040A16GA3</t>
+          <t>INE160A16TR6</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E39" s="11" t="n">
-        <v>3500</v>
+        <v>4000</v>
       </c>
       <c r="F39" s="5" t="n">
-        <v>17452.45</v>
+        <v>19804.28</v>
       </c>
       <c r="G39" s="6" t="n">
-        <v>0.008200000000000001</v>
+        <v>0.0111</v>
       </c>
       <c r="H39" s="7" t="n">
-        <v>46009</v>
+        <v>46084</v>
       </c>
       <c r="J39" s="5" t="n">
-        <v>5.8495</v>
+        <v>5.9134</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="n">
         <v>25</v>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Indian Bank**</t>
+          <t>Union Bank of India**</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>INE562A16NQ8</t>
+          <t>INE692A16IY7</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E40" s="11" t="n">
-        <v>3400</v>
+        <v>4000</v>
       </c>
       <c r="F40" s="5" t="n">
-        <v>16991.89</v>
+        <v>19797.54</v>
       </c>
       <c r="G40" s="6" t="n">
-        <v>0.008</v>
+        <v>0.0111</v>
       </c>
       <c r="H40" s="7" t="n">
-        <v>45995</v>
+        <v>46086</v>
       </c>
       <c r="J40" s="5" t="n">
-        <v>5.8063</v>
+        <v>5.9252</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="n">
         <v>26</v>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited</t>
+          <t>Bank of India**</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>INE040A16FY5</t>
+          <t>INE084A16EK5</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E41" s="11" t="n">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="F41" s="5" t="n">
-        <v>14992.84</v>
+        <v>19779.46</v>
       </c>
       <c r="G41" s="6" t="n">
-        <v>0.007</v>
+        <v>0.0111</v>
       </c>
       <c r="H41" s="7" t="n">
-        <v>45995</v>
+        <v>46091</v>
       </c>
       <c r="J41" s="5" t="n">
-        <v>5.8063</v>
+        <v>5.9849</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="n">
         <v>27</v>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Canara Bank</t>
+          <t>Punjab National Bank**</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>INE476A16ZP7</t>
+          <t>INE160A16TU0</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E42" s="11" t="n">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="F42" s="5" t="n">
-        <v>14990.38</v>
+        <v>19772.56</v>
       </c>
       <c r="G42" s="6" t="n">
-        <v>0.007</v>
+        <v>0.0111</v>
       </c>
       <c r="H42" s="7" t="n">
-        <v>45996</v>
+        <v>46094</v>
       </c>
       <c r="J42" s="5" t="n">
-        <v>5.8529</v>
+        <v>5.9134</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="n">
         <v>28</v>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bank of India**</t>
+          <t>Export-Import Bank of India</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>INE084A16EG3</t>
+          <t>INE514E16CJ9</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E43" s="11" t="n">
-        <v>3000</v>
+        <v>2800</v>
       </c>
       <c r="F43" s="5" t="n">
-        <v>14966.14</v>
+        <v>13860.97</v>
       </c>
       <c r="G43" s="6" t="n">
-        <v>0.007</v>
+        <v>0.0078</v>
       </c>
       <c r="H43" s="7" t="n">
-        <v>46006</v>
+        <v>46085</v>
       </c>
       <c r="J43" s="5" t="n">
-        <v>5.8989</v>
+        <v>5.9051</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="n">
         <v>29</v>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Canara Bank</t>
+          <t>Indian Bank**</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>INE476A16ZU7</t>
+          <t>INE562A16QA5</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E44" s="11" t="n">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="F44" s="5" t="n">
-        <v>14956.86</v>
+        <v>12373.89</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0.007</v>
       </c>
       <c r="H44" s="7" t="n">
-        <v>46010</v>
+        <v>46086</v>
       </c>
       <c r="J44" s="5" t="n">
-        <v>5.8487</v>
+        <v>5.9048</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="n">
         <v>30</v>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>IndusInd Bank Limited**</t>
+          <t>Punjab National Bank**</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>INE095A16X93</t>
+          <t>INE160A16TH7</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E45" s="11" t="n">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="F45" s="5" t="n">
-        <v>12394.72</v>
+        <v>9930.82</v>
       </c>
       <c r="G45" s="6" t="n">
-        <v>0.0058</v>
+        <v>0.0056</v>
       </c>
       <c r="H45" s="7" t="n">
-        <v>46042</v>
+        <v>46066</v>
       </c>
       <c r="J45" s="5" t="n">
-        <v>6.2003</v>
+        <v>5.9132</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="n">
         <v>31</v>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Union Bank of India**</t>
+          <t>IndusInd Bank Limited**</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>INE692A16IN0</t>
+          <t>INE095A163B2</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E46" s="11" t="n">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="F46" s="5" t="n">
-        <v>12378.35</v>
+        <v>9919.389999999999</v>
       </c>
       <c r="G46" s="6" t="n">
-        <v>0.0058</v>
+        <v>0.0056</v>
       </c>
       <c r="H46" s="7" t="n">
-        <v>46051</v>
+        <v>46071</v>
       </c>
       <c r="J46" s="5" t="n">
-        <v>6.0798</v>
+        <v>6.1795</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="n">
         <v>32</v>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank Limited**</t>
+          <t>ICICI Bank Limited**</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>INE237A160Z6</t>
+          <t>INE090AD6253</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E47" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F47" s="5" t="n">
-        <v>9984.07</v>
+        <v>9914.85</v>
       </c>
       <c r="G47" s="6" t="n">
-        <v>0.0047</v>
+        <v>0.0056</v>
       </c>
       <c r="H47" s="7" t="n">
-        <v>46002</v>
+        <v>46076</v>
       </c>
       <c r="J47" s="5" t="n">
-        <v>5.8237</v>
+        <v>5.9148</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="n">
         <v>33</v>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bank of Baroda**</t>
+          <t>IDBI Bank Limited**</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>INE028A16ID8</t>
+          <t>INE008A16X99</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E48" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F48" s="5" t="n">
-        <v>9976.02</v>
+        <v>9913.49</v>
       </c>
       <c r="G48" s="6" t="n">
-        <v>0.0047</v>
+        <v>0.0056</v>
       </c>
       <c r="H48" s="7" t="n">
-        <v>46007</v>
+        <v>46076</v>
       </c>
       <c r="J48" s="5" t="n">
-        <v>5.8492</v>
+        <v>6.0098</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="n">
         <v>34</v>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>INE238AD6AY7</t>
+          <t>INE040A16HM6</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E49" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F49" s="5" t="n">
-        <v>9974.639999999999</v>
+        <v>9892.860000000001</v>
       </c>
       <c r="G49" s="6" t="n">
-        <v>0.0047</v>
+        <v>0.0056</v>
       </c>
       <c r="H49" s="7" t="n">
-        <v>46008</v>
+        <v>46090</v>
       </c>
       <c r="J49" s="5" t="n">
-        <v>5.8</v>
+        <v>5.8999</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="n">
         <v>35</v>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Canara Bank**</t>
+          <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>INE476A16A24</t>
+          <t>INE261F16975</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E50" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F50" s="5" t="n">
-        <v>9895.459999999999</v>
+        <v>9889.639999999999</v>
       </c>
       <c r="G50" s="6" t="n">
-        <v>0.0046</v>
+        <v>0.0056</v>
       </c>
       <c r="H50" s="7" t="n">
-        <v>46056</v>
+        <v>46091</v>
       </c>
       <c r="J50" s="5" t="n">
-        <v>6.025</v>
+        <v>5.9898</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="n">
         <v>36</v>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>IndusInd Bank Limited**</t>
+          <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>INE095A163B2</t>
+          <t>INE040A16GN6</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E51" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F51" s="5" t="n">
-        <v>9868.43</v>
+        <v>9887.559999999999</v>
       </c>
       <c r="G51" s="6" t="n">
-        <v>0.0046</v>
+        <v>0.0056</v>
       </c>
       <c r="H51" s="7" t="n">
-        <v>46071</v>
+        <v>46093</v>
       </c>
       <c r="J51" s="5" t="n">
-        <v>6.1599</v>
+        <v>5.9299</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="n">
         <v>37</v>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>ICICI Bank Limited**</t>
+          <t>Axis Bank Limited**</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
-          <t>INE090AD6253</t>
+          <t>INE238AD6AM2</t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E52" s="11" t="n">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="F52" s="5" t="n">
-        <v>9866.33</v>
+        <v>7458.94</v>
       </c>
       <c r="G52" s="6" t="n">
-        <v>0.0046</v>
+        <v>0.0042</v>
       </c>
       <c r="H52" s="7" t="n">
-        <v>46076</v>
+        <v>46057</v>
       </c>
       <c r="J52" s="5" t="n">
-        <v>5.887</v>
+        <v>5.9099</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="n">
         <v>38</v>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>IDBI Bank Limited**</t>
+          <t>Indian Bank**</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
-          <t>INE008A16X99</t>
+          <t>INE562A16OG7</t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E53" s="11" t="n">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="F53" s="5" t="n">
-        <v>9863.870000000001</v>
+        <v>7423.15</v>
       </c>
       <c r="G53" s="6" t="n">
-        <v>0.0046</v>
+        <v>0.0042</v>
       </c>
       <c r="H53" s="7" t="n">
-        <v>46076</v>
+        <v>46087</v>
       </c>
       <c r="J53" s="5" t="n">
-        <v>5.9968</v>
+        <v>5.9048</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="n">
         <v>39</v>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited**</t>
+          <t>Union Bank of India**</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
-          <t>INE238AD6AE9</t>
+          <t>INE692A16IX9</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E54" s="11" t="n">
-        <v>1800</v>
+        <v>1000</v>
       </c>
       <c r="F54" s="5" t="n">
-        <v>8943.299999999999</v>
+        <v>4954.16</v>
       </c>
       <c r="G54" s="6" t="n">
-        <v>0.0042</v>
+        <v>0.0028</v>
       </c>
       <c r="H54" s="7" t="n">
-        <v>46030</v>
+        <v>46080</v>
       </c>
       <c r="J54" s="5" t="n">
-        <v>6.0902</v>
+        <v>5.9251</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="n">
         <v>40</v>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India</t>
+          <t>Export-Import Bank of India</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
-          <t>INE556F16AX2</t>
+          <t>INE514E16CK7</t>
         </is>
       </c>
       <c r="D55" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E55" s="11" t="n">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="F55" s="5" t="n">
-        <v>7495.16</v>
+        <v>4937.64</v>
       </c>
       <c r="G55" s="6" t="n">
-        <v>0.0035</v>
+        <v>0.0028</v>
       </c>
       <c r="H55" s="7" t="n">
-        <v>45996</v>
+        <v>46101</v>
       </c>
       <c r="J55" s="5" t="n">
-        <v>5.8986</v>
+        <v>5.91</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="n">
         <v>41</v>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited**</t>
+          <t>IndusInd Bank Limited**</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
-          <t>INE238AD6AM2</t>
+          <t>INE095A16X93</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E56" s="11" t="n">
-        <v>1500</v>
+        <v>500</v>
       </c>
       <c r="F56" s="5" t="n">
-        <v>7420.12</v>
+        <v>2491.89</v>
       </c>
       <c r="G56" s="6" t="n">
-        <v>0.0035</v>
+        <v>0.0014</v>
       </c>
       <c r="H56" s="7" t="n">
-        <v>46057</v>
+        <v>46042</v>
       </c>
       <c r="J56" s="5" t="n">
-        <v>6.045</v>
+        <v>6.2502</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="n">
         <v>42</v>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Canara Bank**</t>
+          <t>Union Bank of India**</t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
-          <t>INE476A16ZQ5</t>
+          <t>INE692A16IN0</t>
         </is>
       </c>
       <c r="D57" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E57" s="11" t="n">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="F57" s="5" t="n">
-        <v>4991.2</v>
+        <v>2488.48</v>
       </c>
       <c r="G57" s="6" t="n">
-        <v>0.0023</v>
+        <v>0.0014</v>
       </c>
       <c r="H57" s="7" t="n">
-        <v>46003</v>
+        <v>46051</v>
       </c>
       <c r="J57" s="5" t="n">
-        <v>5.8503</v>
+        <v>6.0347</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="n">
         <v>43</v>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Canara Bank**</t>
         </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
           <t>INE476A16A32</t>
         </is>
       </c>
       <c r="D58" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E58" s="11" t="n">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="F58" s="5" t="n">
-        <v>4946.92</v>
+        <v>2486.28</v>
       </c>
       <c r="G58" s="6" t="n">
-        <v>0.0023</v>
+        <v>0.0014</v>
       </c>
       <c r="H58" s="7" t="n">
         <v>46057</v>
       </c>
       <c r="J58" s="5" t="n">
-        <v>6.025</v>
+        <v>5.9251</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="n">
         <v>44</v>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank Limited**</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
-          <t>INE237A168Y2</t>
+          <t>INE040A16GE5</t>
         </is>
       </c>
       <c r="D59" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E59" s="11" t="n">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="F59" s="5" t="n">
-        <v>2498.81</v>
+        <v>1491.8</v>
       </c>
       <c r="G59" s="6" t="n">
-        <v>0.0012</v>
+        <v>0.0008</v>
       </c>
       <c r="H59" s="7" t="n">
-        <v>45995</v>
+        <v>46057</v>
       </c>
       <c r="J59" s="5" t="n">
-        <v>5.7819</v>
+        <v>5.9002</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="n">
         <v>45</v>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Union Bank of India</t>
+          <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
-          <t>INE692A16ID1</t>
+          <t>INE040A16GF2</t>
         </is>
       </c>
       <c r="D60" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E60" s="11" t="n">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="F60" s="5" t="n">
-        <v>2498.41</v>
+        <v>994.22</v>
       </c>
       <c r="G60" s="6" t="n">
-        <v>0.0012</v>
+        <v>0.0005999999999999999</v>
       </c>
       <c r="H60" s="7" t="n">
-        <v>45996</v>
+        <v>46059</v>
       </c>
       <c r="J60" s="5" t="n">
-        <v>5.7981</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="61">
-      <c r="A61" s="1" t="n">
+      <c r="A61" s="8" t="n"/>
+      <c r="B61" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C61" s="8" t="n"/>
+      <c r="D61" s="8" t="n"/>
+      <c r="E61" s="8" t="n"/>
+      <c r="F61" s="9" t="n">
+        <v>833068.95</v>
+      </c>
+      <c r="G61" s="10" t="n">
+        <v>0.469</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="B63" s="3" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="64">
+      <c r="B64" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="1" t="n">
         <v>46</v>
       </c>
-      <c r="B61" s="1" t="inlineStr">
-[...31 lines deleted...]
-      <c r="A62" s="1" t="n">
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>INE556F14LQ8</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E65" s="11" t="n">
+        <v>11500</v>
+      </c>
+      <c r="F65" s="5" t="n">
+        <v>57106.41</v>
+      </c>
+      <c r="G65" s="6" t="n">
+        <v>0.0321</v>
+      </c>
+      <c r="H65" s="7" t="n">
+        <v>46065</v>
+      </c>
+      <c r="J65" s="5" t="n">
+        <v>5.9901</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="1" t="n">
         <v>47</v>
       </c>
-      <c r="B62" s="1" t="inlineStr">
-[...58 lines deleted...]
-        </is>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>INE556F14LV8</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E66" s="11" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F66" s="5" t="n">
+        <v>49447.75</v>
+      </c>
+      <c r="G66" s="6" t="n">
+        <v>0.0278</v>
+      </c>
+      <c r="H66" s="7" t="n">
+        <v>46091</v>
+      </c>
+      <c r="J66" s="5" t="n">
+        <v>5.9951</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="n">
         <v>48</v>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>ICICI Securities Limited**</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
-          <t>INE556F14LQ8</t>
+          <t>INE763G14D60</t>
         </is>
       </c>
       <c r="D67" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E67" s="11" t="n">
-        <v>11500</v>
+        <v>8000</v>
       </c>
       <c r="F67" s="5" t="n">
-        <v>56806.44</v>
+        <v>39509</v>
       </c>
       <c r="G67" s="6" t="n">
-        <v>0.0266</v>
+        <v>0.0222</v>
       </c>
       <c r="H67" s="7" t="n">
-        <v>46065</v>
+        <v>46093</v>
       </c>
       <c r="J67" s="5" t="n">
-        <v>6.1046</v>
+        <v>6.4801</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="n">
         <v>49</v>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Indian Oil Corporation Limited**</t>
+          <t>Export-Import Bank of India**</t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
-          <t>INE242A14YO4</t>
+          <t>INE514E14TA7</t>
         </is>
       </c>
       <c r="D68" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E68" s="11" t="n">
-        <v>11000</v>
+        <v>6000</v>
       </c>
       <c r="F68" s="5" t="n">
-        <v>54866.18</v>
+        <v>29664.09</v>
       </c>
       <c r="G68" s="6" t="n">
-        <v>0.0257</v>
+        <v>0.0167</v>
       </c>
       <c r="H68" s="7" t="n">
-        <v>46007</v>
+        <v>46093</v>
       </c>
       <c r="J68" s="5" t="n">
-        <v>5.9347</v>
+        <v>5.9048</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="n">
         <v>50</v>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Reliance Retail Ventures Limited**</t>
+          <t>ICICI Securities Limited**</t>
         </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
-          <t>INE929O14EC4</t>
+          <t>INE763G14XX9</t>
         </is>
       </c>
       <c r="D69" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E69" s="11" t="n">
-        <v>10000</v>
+        <v>6000</v>
       </c>
       <c r="F69" s="5" t="n">
-        <v>49976.05</v>
+        <v>29662.95</v>
       </c>
       <c r="G69" s="6" t="n">
-        <v>0.0234</v>
+        <v>0.0167</v>
       </c>
       <c r="H69" s="7" t="n">
-        <v>45995</v>
+        <v>46087</v>
       </c>
       <c r="J69" s="5" t="n">
-        <v>5.8306</v>
+        <v>6.4803</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="n">
         <v>51</v>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited**</t>
+          <t>HDFC Securities Limited**</t>
         </is>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
-          <t>INE296A14C22</t>
+          <t>INE700G14RG8</t>
         </is>
       </c>
       <c r="D70" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E70" s="11" t="n">
-        <v>10000</v>
+        <v>6000</v>
       </c>
       <c r="F70" s="5" t="n">
-        <v>49932.6</v>
+        <v>29642.16</v>
       </c>
       <c r="G70" s="6" t="n">
-        <v>0.0234</v>
+        <v>0.0167</v>
       </c>
       <c r="H70" s="7" t="n">
-        <v>46000</v>
+        <v>46091</v>
       </c>
       <c r="J70" s="5" t="n">
-        <v>6.1586</v>
+        <v>6.4798</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="n">
         <v>52</v>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Bajaj Financial Securities Limited**</t>
         </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
-          <t>INE556F14LK1</t>
+          <t>INE01C314DS1</t>
         </is>
       </c>
       <c r="D71" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E71" s="11" t="n">
         <v>6000</v>
       </c>
       <c r="F71" s="5" t="n">
-        <v>29946.99</v>
+        <v>29626.83</v>
       </c>
       <c r="G71" s="6" t="n">
-        <v>0.014</v>
+        <v>0.0167</v>
       </c>
       <c r="H71" s="7" t="n">
-        <v>46003</v>
+        <v>46094</v>
       </c>
       <c r="J71" s="5" t="n">
-        <v>5.8753</v>
+        <v>6.4752</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="n">
         <v>53</v>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Bajaj Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
-          <t>INE556F14LO3</t>
+          <t>INE377Y14BT5</t>
         </is>
       </c>
       <c r="D72" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E72" s="11" t="n">
-        <v>6000</v>
+        <v>5000</v>
       </c>
       <c r="F72" s="5" t="n">
-        <v>29715.33</v>
+        <v>24941.65</v>
       </c>
       <c r="G72" s="6" t="n">
-        <v>0.0139</v>
+        <v>0.014</v>
       </c>
       <c r="H72" s="7" t="n">
-        <v>46049</v>
+        <v>46037</v>
       </c>
       <c r="J72" s="5" t="n">
-        <v>6.1348</v>
+        <v>6.0993</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="n">
         <v>54</v>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Tata Steel Limited**</t>
+          <t>Julius Baer Capital (India) Private Limited**</t>
         </is>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
-          <t>INE081A14GE4</t>
+          <t>INE824H14SN8</t>
         </is>
       </c>
       <c r="D73" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E73" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F73" s="5" t="n">
-        <v>24960</v>
+        <v>24936.02</v>
       </c>
       <c r="G73" s="6" t="n">
-        <v>0.0117</v>
+        <v>0.014</v>
       </c>
       <c r="H73" s="7" t="n">
-        <v>46002</v>
+        <v>46037</v>
       </c>
       <c r="J73" s="5" t="n">
-        <v>5.8494</v>
+        <v>6.6888</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="n">
         <v>55</v>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Samvardhana Motherson International Limited**</t>
+          <t>ICICI Securities Limited**</t>
         </is>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
-          <t>INE775A14798</t>
+          <t>INE763G14WO0</t>
         </is>
       </c>
       <c r="D74" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E74" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F74" s="5" t="n">
-        <v>24935.18</v>
+        <v>24933.6</v>
       </c>
       <c r="G74" s="6" t="n">
-        <v>0.0117</v>
+        <v>0.014</v>
       </c>
       <c r="H74" s="7" t="n">
-        <v>46008</v>
+        <v>46038</v>
       </c>
       <c r="J74" s="5" t="n">
-        <v>5.9307</v>
+        <v>6.4801</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="n">
         <v>56</v>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Housing Finance Limited**</t>
+          <t>Kotak Securities Limited**</t>
         </is>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
-          <t>INE377Y14BT5</t>
+          <t>INE028E14TL5</t>
         </is>
       </c>
       <c r="D75" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E75" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F75" s="5" t="n">
-        <v>24812.02</v>
+        <v>24841.22</v>
       </c>
       <c r="G75" s="6" t="n">
-        <v>0.0116</v>
+        <v>0.014</v>
       </c>
       <c r="H75" s="7" t="n">
-        <v>46037</v>
+        <v>46059</v>
       </c>
       <c r="J75" s="5" t="n">
-        <v>6.1449</v>
+        <v>6.4804</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="n">
         <v>57</v>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>ICICI Securities Limited**</t>
+          <t>Kotak Securities Limited**</t>
         </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
-          <t>INE763G14WO0</t>
+          <t>INE028E14SK9</t>
         </is>
       </c>
       <c r="D76" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E76" s="11" t="n">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="F76" s="5" t="n">
-        <v>24792.08</v>
+        <v>19922.18</v>
       </c>
       <c r="G76" s="6" t="n">
-        <v>0.0116</v>
+        <v>0.0112</v>
       </c>
       <c r="H76" s="7" t="n">
-        <v>46038</v>
+        <v>46045</v>
       </c>
       <c r="J76" s="5" t="n">
-        <v>6.6551</v>
+        <v>6.4807</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="n">
         <v>58</v>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Julius Baer Capital (India) Private Limited**</t>
+          <t>Reliance Retail Ventures Limited**</t>
         </is>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
-          <t>INE824H14SN8</t>
+          <t>INE929O14EJ9</t>
         </is>
       </c>
       <c r="D77" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E77" s="11" t="n">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="F77" s="5" t="n">
-        <v>24790.35</v>
+        <v>19837.64</v>
       </c>
       <c r="G77" s="6" t="n">
-        <v>0.0116</v>
+        <v>0.0112</v>
       </c>
       <c r="H77" s="7" t="n">
-        <v>46037</v>
+        <v>46073</v>
       </c>
       <c r="J77" s="5" t="n">
-        <v>6.8599</v>
+        <v>5.975</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="n">
         <v>59</v>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>HDFC Securities Limited**</t>
+          <t>Kotak Securities Limited**</t>
         </is>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
-          <t>INE700G14QQ9</t>
+          <t>INE028E14TQ4</t>
         </is>
       </c>
       <c r="D78" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E78" s="11" t="n">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="F78" s="5" t="n">
-        <v>24764.68</v>
+        <v>19834.5</v>
       </c>
       <c r="G78" s="6" t="n">
-        <v>0.0116</v>
+        <v>0.0112</v>
       </c>
       <c r="H78" s="7" t="n">
-        <v>46044</v>
+        <v>46070</v>
       </c>
       <c r="J78" s="5" t="n">
-        <v>6.67</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="n">
         <v>60</v>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kotak Securities Limited**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
-          <t>INE028E14TL5</t>
+          <t>INE556F14LU0</t>
         </is>
       </c>
       <c r="D79" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E79" s="11" t="n">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="F79" s="5" t="n">
-        <v>24700.98</v>
+        <v>19791.96</v>
       </c>
       <c r="G79" s="6" t="n">
-        <v>0.0116</v>
+        <v>0.0111</v>
       </c>
       <c r="H79" s="7" t="n">
-        <v>46059</v>
+        <v>46087</v>
       </c>
       <c r="J79" s="5" t="n">
-        <v>6.5949</v>
+        <v>5.995</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="n">
         <v>61</v>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Motilal Oswal Financial Services Limited**</t>
+          <t>Tata Steel Limited**</t>
         </is>
       </c>
       <c r="C80" s="1" t="inlineStr">
         <is>
-          <t>INE338I14LA9</t>
+          <t>INE081A14GK1</t>
         </is>
       </c>
       <c r="D80" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E80" s="11" t="n">
         <v>4000</v>
       </c>
       <c r="F80" s="5" t="n">
-        <v>19971.5</v>
+        <v>19791.62</v>
       </c>
       <c r="G80" s="6" t="n">
-        <v>0.0094</v>
+        <v>0.0111</v>
       </c>
       <c r="H80" s="7" t="n">
-        <v>46000</v>
+        <v>46087</v>
       </c>
       <c r="J80" s="5" t="n">
-        <v>6.5108</v>
+        <v>6.0049</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="n">
         <v>62</v>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Tata Realty And Infrastructure Limited**</t>
+          <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C81" s="1" t="inlineStr">
         <is>
-          <t>INE371K14DA3</t>
+          <t>INE296A14D88</t>
         </is>
       </c>
       <c r="D81" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E81" s="11" t="n">
         <v>4000</v>
       </c>
       <c r="F81" s="5" t="n">
-        <v>19963.48</v>
+        <v>19782.68</v>
       </c>
       <c r="G81" s="6" t="n">
-        <v>0.0094</v>
+        <v>0.0111</v>
       </c>
       <c r="H81" s="7" t="n">
-        <v>46003</v>
+        <v>46086</v>
       </c>
       <c r="J81" s="5" t="n">
-        <v>6.0701</v>
+        <v>6.3648</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="n">
         <v>63</v>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kotak Securities Limited**</t>
+          <t>Titan Company Limited**</t>
         </is>
       </c>
       <c r="C82" s="1" t="inlineStr">
         <is>
-          <t>INE028E14SK9</t>
+          <t>INE280A14500</t>
         </is>
       </c>
       <c r="D82" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E82" s="11" t="n">
         <v>4000</v>
       </c>
       <c r="F82" s="5" t="n">
-        <v>19808.44</v>
+        <v>19780.7</v>
       </c>
       <c r="G82" s="6" t="n">
-        <v>0.009299999999999999</v>
+        <v>0.0111</v>
       </c>
       <c r="H82" s="7" t="n">
-        <v>46045</v>
+        <v>46090</v>
       </c>
       <c r="J82" s="5" t="n">
-        <v>6.66</v>
+        <v>6.04</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="n">
         <v>64</v>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Reliance Retail Ventures Limited**</t>
+          <t>Tata Realty And Infrastructure Limited**</t>
         </is>
       </c>
       <c r="C83" s="1" t="inlineStr">
         <is>
-          <t>INE929O14EJ9</t>
+          <t>INE371K14DD7</t>
         </is>
       </c>
       <c r="D83" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E83" s="11" t="n">
         <v>4000</v>
       </c>
       <c r="F83" s="5" t="n">
-        <v>19738.94</v>
+        <v>19759.96</v>
       </c>
       <c r="G83" s="6" t="n">
-        <v>0.0092</v>
+        <v>0.0111</v>
       </c>
       <c r="H83" s="7" t="n">
-        <v>46073</v>
+        <v>46094</v>
       </c>
       <c r="J83" s="5" t="n">
-        <v>5.9599</v>
+        <v>6.245</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="n">
         <v>65</v>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kotak Securities Limited**</t>
+          <t>ICICI Securities Primary Dealership Limited**</t>
         </is>
       </c>
       <c r="C84" s="1" t="inlineStr">
         <is>
-          <t>INE028E14TQ4</t>
+          <t>INE849D14HW8</t>
         </is>
       </c>
       <c r="D84" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E84" s="11" t="n">
-        <v>4000</v>
+        <v>3500</v>
       </c>
       <c r="F84" s="5" t="n">
-        <v>19724.76</v>
+        <v>17376.89</v>
       </c>
       <c r="G84" s="6" t="n">
-        <v>0.0092</v>
+        <v>0.0098</v>
       </c>
       <c r="H84" s="7" t="n">
-        <v>46070</v>
+        <v>46063</v>
       </c>
       <c r="J84" s="5" t="n">
-        <v>6.53</v>
+        <v>6.4649</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="n">
         <v>66</v>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>ICICI Securities Primary Dealership Limited**</t>
+          <t>Tata Capital Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C85" s="1" t="inlineStr">
         <is>
-          <t>INE849D14HW8</t>
+          <t>INE033L14NP4</t>
         </is>
       </c>
       <c r="D85" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E85" s="11" t="n">
-        <v>3500</v>
+        <v>3000</v>
       </c>
       <c r="F85" s="5" t="n">
-        <v>17279.01</v>
+        <v>14962.53</v>
       </c>
       <c r="G85" s="6" t="n">
-        <v>0.0081</v>
+        <v>0.008399999999999999</v>
       </c>
       <c r="H85" s="7" t="n">
-        <v>46063</v>
+        <v>46038</v>
       </c>
       <c r="J85" s="5" t="n">
-        <v>6.5752</v>
+        <v>6.0949</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="n">
         <v>67</v>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Network18 Media &amp; Investments Limited**</t>
+          <t>Godrej Properties Limited**</t>
         </is>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
-          <t>INE870H14VX4</t>
+          <t>INE484J14ZH4</t>
         </is>
       </c>
       <c r="D86" s="1" t="inlineStr">
         <is>
           <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E86" s="11" t="n">
         <v>3000</v>
       </c>
       <c r="F86" s="5" t="n">
-        <v>14978.16</v>
+        <v>14916.86</v>
       </c>
       <c r="G86" s="6" t="n">
-        <v>0.007</v>
+        <v>0.008399999999999999</v>
       </c>
       <c r="H86" s="7" t="n">
-        <v>46001</v>
+        <v>46056</v>
       </c>
       <c r="J86" s="5" t="n">
-        <v>5.9155</v>
+        <v>6.1651</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="n">
         <v>68</v>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Redington Limited**</t>
+          <t>Sikka Ports &amp; Terminals Limited**</t>
         </is>
       </c>
       <c r="C87" s="1" t="inlineStr">
         <is>
-          <t>INE891D14A87</t>
+          <t>INE941D14733</t>
         </is>
       </c>
       <c r="D87" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E87" s="11" t="n">
         <v>3000</v>
       </c>
       <c r="F87" s="5" t="n">
-        <v>14962.86</v>
+        <v>14912.13</v>
       </c>
       <c r="G87" s="6" t="n">
-        <v>0.007</v>
+        <v>0.008399999999999999</v>
       </c>
       <c r="H87" s="7" t="n">
-        <v>46007</v>
+        <v>46058</v>
       </c>
       <c r="J87" s="5" t="n">
-        <v>6.0399</v>
+        <v>6.1451</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="n">
         <v>69</v>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kisetsu Saison Finance (India) Private Limited**</t>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
         </is>
       </c>
       <c r="C88" s="1" t="inlineStr">
         <is>
-          <t>INE0DZE14255</t>
+          <t>INE121A14XZ8</t>
         </is>
       </c>
       <c r="D88" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E88" s="11" t="n">
         <v>3000</v>
       </c>
       <c r="F88" s="5" t="n">
-        <v>14962.7</v>
+        <v>14894</v>
       </c>
       <c r="G88" s="6" t="n">
-        <v>0.007</v>
+        <v>0.008399999999999999</v>
       </c>
       <c r="H88" s="7" t="n">
-        <v>46006</v>
+        <v>46063</v>
       </c>
       <c r="J88" s="5" t="n">
-        <v>6.5001</v>
+        <v>6.495</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="n">
         <v>70</v>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>L&amp;T Finance Limited**</t>
+          <t>Network18 Media &amp; Investments Limited**</t>
         </is>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
-          <t>INE498L14ES2</t>
+          <t>INE870H14WK9</t>
         </is>
       </c>
       <c r="D89" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E89" s="11" t="n">
         <v>3000</v>
       </c>
       <c r="F89" s="5" t="n">
-        <v>14958.26</v>
+        <v>14831.22</v>
       </c>
       <c r="G89" s="6" t="n">
-        <v>0.007</v>
+        <v>0.0083</v>
       </c>
       <c r="H89" s="7" t="n">
-        <v>46008</v>
+        <v>46092</v>
       </c>
       <c r="J89" s="5" t="n">
-        <v>6.3664</v>
+        <v>6.0199</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="n">
         <v>71</v>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Shree Cement Limited**</t>
+          <t>Motilal Oswal Financial Services Limited**</t>
         </is>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
-          <t>INE070A14851</t>
+          <t>INE338I14KT1</t>
         </is>
       </c>
       <c r="D90" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E90" s="11" t="n">
         <v>3000</v>
       </c>
       <c r="F90" s="5" t="n">
-        <v>14956.26</v>
+        <v>14822.1</v>
       </c>
       <c r="G90" s="6" t="n">
-        <v>0.007</v>
+        <v>0.0083</v>
       </c>
       <c r="H90" s="7" t="n">
-        <v>46010</v>
+        <v>46087</v>
       </c>
       <c r="J90" s="5" t="n">
-        <v>5.9303</v>
+        <v>6.8451</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1" t="n">
         <v>72</v>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Nuvoco Vistas Corporation Limited**</t>
+          <t>Network18 Media &amp; Investments Limited**</t>
         </is>
       </c>
       <c r="C91" s="1" t="inlineStr">
         <is>
-          <t>INE118D14AA9</t>
+          <t>INE870H14WD4</t>
         </is>
       </c>
       <c r="D91" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E91" s="11" t="n">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="F91" s="5" t="n">
-        <v>14939.74</v>
+        <v>12432.34</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0.007</v>
       </c>
       <c r="H91" s="7" t="n">
-        <v>46015</v>
+        <v>46056</v>
       </c>
       <c r="J91" s="5" t="n">
-        <v>6.4</v>
+        <v>6.0197</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="n">
         <v>73</v>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Tata Capital Housing Finance Limited**</t>
+          <t>Motilal Oswal Financial Services Limited**</t>
         </is>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
-          <t>INE033L14NP4</t>
+          <t>INE338I14LJ0</t>
         </is>
       </c>
       <c r="D92" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E92" s="11" t="n">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="F92" s="5" t="n">
-        <v>14884.35</v>
+        <v>12402.31</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0.007</v>
       </c>
       <c r="H92" s="7" t="n">
-        <v>46038</v>
+        <v>46065</v>
       </c>
       <c r="J92" s="5" t="n">
-        <v>6.1653</v>
+        <v>6.8451</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="n">
         <v>74</v>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Godrej Properties Limited**</t>
+          <t>Bajaj Financial Securities Limited**</t>
         </is>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
-          <t>INE484J14ZH4</t>
+          <t>INE01C314DM4</t>
         </is>
       </c>
       <c r="D93" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E93" s="11" t="n">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="F93" s="5" t="n">
-        <v>14838.3</v>
+        <v>12381.39</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0.007</v>
       </c>
       <c r="H93" s="7" t="n">
-        <v>46056</v>
+        <v>46077</v>
       </c>
       <c r="J93" s="5" t="n">
-        <v>6.215</v>
+        <v>6.4753</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="n">
         <v>75</v>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Cholamandalam Investment and Finance Company Limited**</t>
+          <t>Kotak Securities Limited**</t>
         </is>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
-          <t>INE121A14XZ8</t>
+          <t>INE028E14TY8</t>
         </is>
       </c>
       <c r="D94" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E94" s="11" t="n">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="F94" s="5" t="n">
-        <v>14809.02</v>
+        <v>12350.9</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0.0069</v>
       </c>
       <c r="H94" s="7" t="n">
-        <v>46063</v>
+        <v>46091</v>
       </c>
       <c r="J94" s="5" t="n">
-        <v>6.63</v>
+        <v>6.4798</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="n">
         <v>76</v>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Network18 Media &amp; Investments Limited**</t>
+          <t>Pilani Investments and Industries Corporation Limited**</t>
         </is>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
-          <t>INE870H14WD4</t>
+          <t>INE417C14AI0</t>
         </is>
       </c>
       <c r="D95" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E95" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F95" s="5" t="n">
-        <v>12367.5</v>
+        <v>12339.08</v>
       </c>
       <c r="G95" s="6" t="n">
-        <v>0.0058</v>
+        <v>0.0069</v>
       </c>
       <c r="H95" s="7" t="n">
-        <v>46056</v>
+        <v>46094</v>
       </c>
       <c r="J95" s="5" t="n">
-        <v>6.1101</v>
+        <v>6.7049</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="n">
         <v>77</v>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Motilal Oswal Financial Services Limited**</t>
+          <t>Welspun Corp Limited**</t>
         </is>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
-          <t>INE338I14LJ0</t>
+          <t>INE191B14754</t>
         </is>
       </c>
       <c r="D96" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E96" s="11" t="n">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="F96" s="5" t="n">
-        <v>12330.21</v>
+        <v>9980.92</v>
       </c>
       <c r="G96" s="6" t="n">
-        <v>0.0058</v>
+        <v>0.0056</v>
       </c>
       <c r="H96" s="7" t="n">
-        <v>46065</v>
+        <v>46034</v>
       </c>
       <c r="J96" s="5" t="n">
-        <v>6.885</v>
+        <v>6.3449</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="n">
         <v>78</v>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Financial Securities Limited**</t>
+          <t>Muthoot Finance Limited**</t>
         </is>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
-          <t>INE01C314DM4</t>
+          <t>INE414G14UC9</t>
         </is>
       </c>
       <c r="D97" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E97" s="11" t="n">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="F97" s="5" t="n">
-        <v>12312.2</v>
+        <v>9972.6</v>
       </c>
       <c r="G97" s="6" t="n">
-        <v>0.0058</v>
+        <v>0.0056</v>
       </c>
       <c r="H97" s="7" t="n">
-        <v>46077</v>
+        <v>46038</v>
       </c>
       <c r="J97" s="5" t="n">
-        <v>6.5499</v>
+        <v>6.6857</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="n">
         <v>79</v>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>HSBC Investdirect Financial Services (India) Limited**</t>
+          <t>Birla Group Holdings Private Limited**</t>
         </is>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
-          <t>INE790I14GL8</t>
+          <t>INE09OL14IB2</t>
         </is>
       </c>
       <c r="D98" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E98" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F98" s="5" t="n">
-        <v>9994.67</v>
+        <v>9952.780000000001</v>
       </c>
       <c r="G98" s="6" t="n">
-        <v>0.0047</v>
+        <v>0.0056</v>
       </c>
       <c r="H98" s="7" t="n">
-        <v>45995</v>
+        <v>46049</v>
       </c>
       <c r="J98" s="5" t="n">
-        <v>6.4883</v>
+        <v>6.6604</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1" t="n">
         <v>80</v>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Titan Company Limited**</t>
+          <t>Aditya Birla Money Limited**</t>
         </is>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
-          <t>INE280A14492</t>
+          <t>INE865C14OP6</t>
         </is>
       </c>
       <c r="D99" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E99" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F99" s="5" t="n">
-        <v>9983.84</v>
+        <v>9952.4</v>
       </c>
       <c r="G99" s="6" t="n">
-        <v>0.0047</v>
+        <v>0.0056</v>
       </c>
       <c r="H99" s="7" t="n">
-        <v>46002</v>
+        <v>46049</v>
       </c>
       <c r="J99" s="5" t="n">
-        <v>5.9079</v>
+        <v>6.715</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="n">
         <v>81</v>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kotak Securities Limited**</t>
+          <t>Aditya Birla Real Estate Limited**</t>
         </is>
       </c>
       <c r="C100" s="1" t="inlineStr">
         <is>
-          <t>INE028E14SU8</t>
+          <t>INE055A14KJ9</t>
         </is>
       </c>
       <c r="D100" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E100" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F100" s="5" t="n">
-        <v>9981.17</v>
+        <v>9925.66</v>
       </c>
       <c r="G100" s="6" t="n">
-        <v>0.0047</v>
+        <v>0.0056</v>
       </c>
       <c r="H100" s="7" t="n">
-        <v>46003</v>
+        <v>46063</v>
       </c>
       <c r="J100" s="5" t="n">
-        <v>6.2599</v>
+        <v>6.8348</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="n">
         <v>82</v>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>CEAT Limited**</t>
+          <t>Jamnagar Utilities &amp; Power Private Limited**</t>
         </is>
       </c>
       <c r="C101" s="1" t="inlineStr">
         <is>
-          <t>INE482A14EQ3</t>
+          <t>INE936D14394</t>
         </is>
       </c>
       <c r="D101" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E101" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F101" s="5" t="n">
-        <v>9971.74</v>
+        <v>9920.93</v>
       </c>
       <c r="G101" s="6" t="n">
-        <v>0.0047</v>
+        <v>0.0056</v>
       </c>
       <c r="H101" s="7" t="n">
-        <v>46009</v>
+        <v>46070</v>
       </c>
       <c r="J101" s="5" t="n">
-        <v>6.0859</v>
+        <v>6.1899</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="n">
         <v>83</v>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Welspun Corp Limited**</t>
+          <t>ICICI Securities Limited**</t>
         </is>
       </c>
       <c r="C102" s="1" t="inlineStr">
         <is>
-          <t>INE191B14754</t>
+          <t>INE763G14D11</t>
         </is>
       </c>
       <c r="D102" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E102" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F102" s="5" t="n">
-        <v>9926.049999999999</v>
+        <v>9917.25</v>
       </c>
       <c r="G102" s="6" t="n">
-        <v>0.0047</v>
+        <v>0.0056</v>
       </c>
       <c r="H102" s="7" t="n">
-        <v>46034</v>
+        <v>46070</v>
       </c>
       <c r="J102" s="5" t="n">
-        <v>6.4749</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="n">
         <v>84</v>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Muthoot Finance Limited**</t>
+          <t>Shriram Pistons &amp; Rings Limited**</t>
         </is>
       </c>
       <c r="C103" s="1" t="inlineStr">
         <is>
-          <t>INE414G14UC9</t>
+          <t>INE526E14086</t>
         </is>
       </c>
       <c r="D103" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E103" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F103" s="5" t="n">
-        <v>9915.709999999999</v>
+        <v>9908.459999999999</v>
       </c>
       <c r="G103" s="6" t="n">
-        <v>0.0046</v>
+        <v>0.0056</v>
       </c>
       <c r="H103" s="7" t="n">
-        <v>46038</v>
+        <v>46077</v>
       </c>
       <c r="J103" s="5" t="n">
-        <v>6.7451</v>
+        <v>6.2449</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="n">
         <v>85</v>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Birla Group Holdings Private Limited**</t>
+          <t>Reliance Retail Ventures Limited**</t>
         </is>
       </c>
       <c r="C104" s="1" t="inlineStr">
         <is>
-          <t>INE09OL14IB2</t>
+          <t>INE929O14EL5</t>
         </is>
       </c>
       <c r="D104" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E104" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F104" s="5" t="n">
-        <v>9894.24</v>
+        <v>9891.24</v>
       </c>
       <c r="G104" s="6" t="n">
-        <v>0.0046</v>
+        <v>0.0056</v>
       </c>
       <c r="H104" s="7" t="n">
-        <v>46049</v>
+        <v>46090</v>
       </c>
       <c r="J104" s="5" t="n">
-        <v>6.8451</v>
+        <v>5.9901</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="n">
         <v>86</v>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Aditya Birla Money Limited**</t>
+          <t>Aditya Birla Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C105" s="1" t="inlineStr">
         <is>
-          <t>INE865C14OP6</t>
+          <t>INE831R14FP4</t>
         </is>
       </c>
       <c r="D105" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E105" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F105" s="5" t="n">
-        <v>9893.17</v>
+        <v>9889.450000000001</v>
       </c>
       <c r="G105" s="6" t="n">
-        <v>0.0046</v>
+        <v>0.0056</v>
       </c>
       <c r="H105" s="7" t="n">
-        <v>46049</v>
+        <v>46091</v>
       </c>
       <c r="J105" s="5" t="n">
-        <v>6.9147</v>
+        <v>6.0003</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="n">
         <v>87</v>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Jamnagar Utilities &amp; Power Private Limited**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C106" s="1" t="inlineStr">
         <is>
-          <t>INE936D14394</t>
+          <t>INE556F14LO3</t>
         </is>
       </c>
       <c r="D106" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E106" s="11" t="n">
-        <v>2000</v>
+        <v>1900</v>
       </c>
       <c r="F106" s="5" t="n">
-        <v>9873.610000000001</v>
+        <v>9458.639999999999</v>
       </c>
       <c r="G106" s="6" t="n">
-        <v>0.0046</v>
+        <v>0.0053</v>
       </c>
       <c r="H106" s="7" t="n">
-        <v>46070</v>
+        <v>46049</v>
       </c>
       <c r="J106" s="5" t="n">
-        <v>5.9901</v>
+        <v>6.1398</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1" t="n">
         <v>88</v>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Aditya Birla Real Estate Limited**</t>
+          <t>Mirae Asset Financial Services (India) Private Limited**</t>
         </is>
       </c>
       <c r="C107" s="1" t="inlineStr">
         <is>
-          <t>INE055A14KJ9</t>
+          <t>INE0JRU14321</t>
         </is>
       </c>
       <c r="D107" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E107" s="11" t="n">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="F107" s="5" t="n">
-        <v>9863.870000000001</v>
+        <v>7463.66</v>
       </c>
       <c r="G107" s="6" t="n">
-        <v>0.0046</v>
+        <v>0.0042</v>
       </c>
       <c r="H107" s="7" t="n">
-        <v>46063</v>
+        <v>46049</v>
       </c>
       <c r="J107" s="5" t="n">
-        <v>7.0951</v>
+        <v>6.8347</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1" t="n">
         <v>89</v>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
           <t>ICICI Securities Limited**</t>
         </is>
       </c>
       <c r="C108" s="1" t="inlineStr">
         <is>
-          <t>INE763G14D11</t>
+          <t>INE763G14ZL9</t>
         </is>
       </c>
       <c r="D108" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E108" s="11" t="n">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="F108" s="5" t="n">
-        <v>9862.58</v>
+        <v>7461.58</v>
       </c>
       <c r="G108" s="6" t="n">
-        <v>0.0046</v>
+        <v>0.0042</v>
       </c>
       <c r="H108" s="7" t="n">
-        <v>46070</v>
+        <v>46052</v>
       </c>
       <c r="J108" s="5" t="n">
-        <v>6.5202</v>
+        <v>6.4798</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="1" t="n">
         <v>90</v>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Mahindra Lifespace Developers Limited**</t>
         </is>
       </c>
       <c r="C109" s="1" t="inlineStr">
         <is>
-          <t>INE813A14367</t>
+          <t>INE813A14375</t>
         </is>
       </c>
       <c r="D109" s="1" t="inlineStr">
         <is>
           <t>IND A1+</t>
         </is>
       </c>
       <c r="E109" s="11" t="n">
         <v>1500</v>
       </c>
       <c r="F109" s="5" t="n">
-        <v>7486.12</v>
+        <v>7457.56</v>
       </c>
       <c r="G109" s="6" t="n">
-        <v>0.0035</v>
+        <v>0.0042</v>
       </c>
       <c r="H109" s="7" t="n">
-        <v>46003</v>
+        <v>46056</v>
       </c>
       <c r="J109" s="5" t="n">
-        <v>6.15</v>
+        <v>6.2954</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1" t="n">
         <v>91</v>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>ICICI Securities Limited**</t>
+          <t>Godrej Industries Limited**</t>
         </is>
       </c>
       <c r="C110" s="1" t="inlineStr">
         <is>
-          <t>INE763G14ZL9</t>
+          <t>INE233A145B2</t>
         </is>
       </c>
       <c r="D110" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E110" s="11" t="n">
         <v>1500</v>
       </c>
       <c r="F110" s="5" t="n">
-        <v>7418.84</v>
+        <v>7454.93</v>
       </c>
       <c r="G110" s="6" t="n">
-        <v>0.0035</v>
+        <v>0.0042</v>
       </c>
       <c r="H110" s="7" t="n">
-        <v>46052</v>
+        <v>46059</v>
       </c>
       <c r="J110" s="5" t="n">
-        <v>6.6551</v>
+        <v>6.1298</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1" t="n">
         <v>92</v>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Mirae Asset Financial Services (India) Private Limited**</t>
+          <t>Godrej Properties Limited**</t>
         </is>
       </c>
       <c r="C111" s="1" t="inlineStr">
         <is>
-          <t>INE0JRU14321</t>
+          <t>INE484J14ZQ5</t>
         </is>
       </c>
       <c r="D111" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E111" s="11" t="n">
         <v>1500</v>
       </c>
       <c r="F111" s="5" t="n">
-        <v>7418.38</v>
+        <v>7429.72</v>
       </c>
       <c r="G111" s="6" t="n">
-        <v>0.0035</v>
+        <v>0.0042</v>
       </c>
       <c r="H111" s="7" t="n">
-        <v>46049</v>
+        <v>46079</v>
       </c>
       <c r="J111" s="5" t="n">
-        <v>7.045</v>
+        <v>6.165</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="n">
         <v>93</v>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Mahindra Lifespace Developers Limited**</t>
+          <t>ICICI Securities Limited**</t>
         </is>
       </c>
       <c r="C112" s="1" t="inlineStr">
         <is>
-          <t>INE813A14375</t>
+          <t>INE763G14XI0</t>
         </is>
       </c>
       <c r="D112" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E112" s="11" t="n">
         <v>1500</v>
       </c>
       <c r="F112" s="5" t="n">
-        <v>7417.54</v>
+        <v>7424.86</v>
       </c>
       <c r="G112" s="6" t="n">
-        <v>0.0035</v>
+        <v>0.0042</v>
       </c>
       <c r="H112" s="7" t="n">
-        <v>46056</v>
+        <v>46080</v>
       </c>
       <c r="J112" s="5" t="n">
-        <v>6.34</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="1" t="n">
         <v>94</v>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Godrej Industries Limited**</t>
+          <t>Kotak Securities Limited**</t>
         </is>
       </c>
       <c r="C113" s="1" t="inlineStr">
         <is>
-          <t>INE233A145B2</t>
+          <t>INE028E14TV4</t>
         </is>
       </c>
       <c r="D113" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E113" s="11" t="n">
         <v>1500</v>
       </c>
       <c r="F113" s="5" t="n">
-        <v>7415.6</v>
+        <v>7420.95</v>
       </c>
       <c r="G113" s="6" t="n">
-        <v>0.0035</v>
+        <v>0.0042</v>
       </c>
       <c r="H113" s="7" t="n">
-        <v>46059</v>
+        <v>46083</v>
       </c>
       <c r="J113" s="5" t="n">
-        <v>6.2001</v>
+        <v>6.4801</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="n">
         <v>95</v>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Godrej Properties Limited**</t>
+          <t>Godrej Industries Limited**</t>
         </is>
       </c>
       <c r="C114" s="1" t="inlineStr">
         <is>
-          <t>INE484J14ZQ5</t>
+          <t>INE233A145R8</t>
         </is>
       </c>
       <c r="D114" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E114" s="11" t="n">
         <v>1500</v>
       </c>
       <c r="F114" s="5" t="n">
-        <v>7393.04</v>
+        <v>7414.9</v>
       </c>
       <c r="G114" s="6" t="n">
-        <v>0.0035</v>
+        <v>0.0042</v>
       </c>
       <c r="H114" s="7" t="n">
-        <v>46079</v>
+        <v>46091</v>
       </c>
       <c r="J114" s="5" t="n">
-        <v>6.0701</v>
+        <v>6.16</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="n">
         <v>96</v>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Auto Credit Limited**</t>
+          <t>Godrej Industries Limited**</t>
         </is>
       </c>
       <c r="C115" s="1" t="inlineStr">
         <is>
-          <t>INE18UV14026</t>
+          <t>INE233A145Q0</t>
         </is>
       </c>
       <c r="D115" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E115" s="11" t="n">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="F115" s="5" t="n">
-        <v>4996.5</v>
+        <v>7413.67</v>
       </c>
       <c r="G115" s="6" t="n">
-        <v>0.0023</v>
+        <v>0.0042</v>
       </c>
       <c r="H115" s="7" t="n">
-        <v>45996</v>
+        <v>46092</v>
       </c>
       <c r="J115" s="5" t="n">
-        <v>6.392</v>
+        <v>6.1601</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1" t="n">
         <v>97</v>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Axis Securities Limited**</t>
+          <t>Mahindra Lifespace Developers Limited**</t>
         </is>
       </c>
       <c r="C116" s="1" t="inlineStr">
         <is>
-          <t>INE110O14GK9</t>
+          <t>INE813A14409</t>
         </is>
       </c>
       <c r="D116" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E116" s="11" t="n">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="F116" s="5" t="n">
-        <v>4993.11</v>
+        <v>7409.28</v>
       </c>
       <c r="G116" s="6" t="n">
-        <v>0.0023</v>
+        <v>0.0042</v>
       </c>
       <c r="H116" s="7" t="n">
-        <v>46000</v>
+        <v>46094</v>
       </c>
       <c r="J116" s="5" t="n">
-        <v>6.2958</v>
+        <v>6.2948</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="n">
         <v>98</v>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Muthoot Finance Limited**</t>
+          <t>HDB Financial Services Limited**</t>
         </is>
       </c>
       <c r="C117" s="1" t="inlineStr">
         <is>
-          <t>INE414G14TV1</t>
+          <t>INE756I14EZ4</t>
         </is>
       </c>
       <c r="D117" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E117" s="11" t="n">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="F117" s="5" t="n">
-        <v>4992.77</v>
+        <v>2467.9</v>
       </c>
       <c r="G117" s="6" t="n">
-        <v>0.0023</v>
+        <v>0.0014</v>
       </c>
       <c r="H117" s="7" t="n">
-        <v>46000</v>
+        <v>46097</v>
       </c>
       <c r="J117" s="5" t="n">
-        <v>6.6092</v>
+        <v>6.4151</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="n">
         <v>99</v>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Axis Securities Limited**</t>
+          <t>ICICI Securities Limited**</t>
         </is>
       </c>
       <c r="C118" s="1" t="inlineStr">
         <is>
-          <t>INE110O14GL7</t>
+          <t>INE763G14XS9</t>
         </is>
       </c>
       <c r="D118" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E118" s="11" t="n">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="F118" s="5" t="n">
-        <v>4992.25</v>
+        <v>2467.15</v>
       </c>
       <c r="G118" s="6" t="n">
-        <v>0.0023</v>
+        <v>0.0014</v>
       </c>
       <c r="H118" s="7" t="n">
-        <v>46001</v>
+        <v>46098</v>
       </c>
       <c r="J118" s="5" t="n">
-        <v>6.2959</v>
+        <v>6.4799</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1" t="n">
         <v>100</v>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Tata Projects Limited**</t>
+          <t>ICICI Securities Limited**</t>
         </is>
       </c>
       <c r="C119" s="1" t="inlineStr">
         <is>
-          <t>INE725H14CO9</t>
+          <t>INE763G14XY7</t>
         </is>
       </c>
       <c r="D119" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E119" s="11" t="n">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="F119" s="5" t="n">
-        <v>4990.88</v>
+        <v>2465.85</v>
       </c>
       <c r="G119" s="6" t="n">
-        <v>0.0023</v>
+        <v>0.0014</v>
       </c>
       <c r="H119" s="7" t="n">
-        <v>46003</v>
+        <v>46101</v>
       </c>
       <c r="J119" s="5" t="n">
-        <v>6.0601</v>
+        <v>6.4802</v>
       </c>
     </row>
     <row r="120">
-      <c r="A120" s="1" t="n">
+      <c r="A120" s="8" t="n"/>
+      <c r="B120" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C120" s="8" t="n"/>
+      <c r="D120" s="8" t="n"/>
+      <c r="E120" s="8" t="n"/>
+      <c r="F120" s="9" t="n">
+        <v>881957.01</v>
+      </c>
+      <c r="G120" s="10" t="n">
+        <v>0.4963</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="B122" s="3" t="inlineStr">
+        <is>
+          <t>Treasury Bill</t>
+        </is>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="1" t="n">
         <v>101</v>
       </c>
-      <c r="B120" s="1" t="inlineStr">
-[...31 lines deleted...]
-      <c r="A121" s="1" t="n">
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>91 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C123" s="1" t="inlineStr">
+        <is>
+          <t>IN002025X380</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E123" s="11" t="n">
+        <v>77500000</v>
+      </c>
+      <c r="F123" s="5" t="n">
+        <v>76657.5</v>
+      </c>
+      <c r="G123" s="6" t="n">
+        <v>0.0431</v>
+      </c>
+      <c r="H123" s="7" t="n">
+        <v>46100</v>
+      </c>
+      <c r="J123" s="5" t="n">
+        <v>5.2098</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="1" t="n">
         <v>102</v>
       </c>
-      <c r="B121" s="1" t="inlineStr">
-[...51 lines deleted...]
-        </is>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>182 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C124" s="1" t="inlineStr">
+        <is>
+          <t>IN002025Y214</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E124" s="11" t="n">
+        <v>27000000</v>
+      </c>
+      <c r="F124" s="5" t="n">
+        <v>26813.16</v>
+      </c>
+      <c r="G124" s="6" t="n">
+        <v>0.0151</v>
+      </c>
+      <c r="H124" s="7" t="n">
+        <v>46072</v>
+      </c>
+      <c r="J124" s="5" t="n">
+        <v>5.191</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1" t="n">
         <v>103</v>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>182 DAYS T-BILL 2026</t>
+          <t>91 DAYS T-BILL 2026</t>
         </is>
       </c>
       <c r="C125" s="1" t="inlineStr">
         <is>
-          <t>IN002025Y214</t>
+          <t>IN002025X349</t>
         </is>
       </c>
       <c r="D125" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E125" s="11" t="n">
-        <v>26500000</v>
+        <v>5000000</v>
       </c>
       <c r="F125" s="5" t="n">
-        <v>26194.56</v>
+        <v>4965.4</v>
       </c>
       <c r="G125" s="6" t="n">
-        <v>0.0123</v>
+        <v>0.0028</v>
       </c>
       <c r="H125" s="7" t="n">
         <v>46072</v>
       </c>
       <c r="J125" s="5" t="n">
-        <v>5.3201</v>
+        <v>5.191</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1" t="n">
         <v>104</v>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>364 DAYS T-BILL 2025</t>
+          <t>182 DAYS T-BILL 2026</t>
         </is>
       </c>
       <c r="C126" s="1" t="inlineStr">
         <is>
-          <t>IN002024Z370</t>
+          <t>IN002025Y156</t>
         </is>
       </c>
       <c r="D126" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E126" s="11" t="n">
-        <v>20000000</v>
+        <v>4500000</v>
       </c>
       <c r="F126" s="5" t="n">
-        <v>19927.94</v>
+        <v>4495.47</v>
       </c>
       <c r="G126" s="6" t="n">
-        <v>0.009299999999999999</v>
+        <v>0.0025</v>
       </c>
       <c r="H126" s="7" t="n">
-        <v>46017</v>
+        <v>46030</v>
       </c>
       <c r="J126" s="5" t="n">
-        <v>5.2794</v>
+        <v>5.2509</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="n">
         <v>105</v>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>91 DAYS T-BILL 2025</t>
+          <t>182 DAYS T-BILL 2026</t>
         </is>
       </c>
       <c r="C127" s="1" t="inlineStr">
         <is>
-          <t>IN002025X232</t>
+          <t>IN002025Y164</t>
         </is>
       </c>
       <c r="D127" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E127" s="11" t="n">
-        <v>14394800</v>
+        <v>4000000</v>
       </c>
       <c r="F127" s="5" t="n">
-        <v>14388.54</v>
+        <v>3991.96</v>
       </c>
       <c r="G127" s="6" t="n">
-        <v>0.0067</v>
+        <v>0.0022</v>
       </c>
       <c r="H127" s="7" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="J127" s="5" t="n">
-        <v>5.2948</v>
+        <v>5.2509</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="n">
         <v>106</v>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>182 DAYS T-BILL 2025</t>
+          <t>182 DAYS T-BILL 2026</t>
         </is>
       </c>
       <c r="C128" s="1" t="inlineStr">
         <is>
-          <t>IN002025Y131</t>
+          <t>IN002025Y198</t>
         </is>
       </c>
       <c r="D128" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E128" s="11" t="n">
-        <v>5000000</v>
+        <v>500000</v>
       </c>
       <c r="F128" s="5" t="n">
-        <v>4982.86</v>
+        <v>497.52</v>
       </c>
       <c r="G128" s="6" t="n">
-        <v>0.0023</v>
+        <v>0.0003</v>
       </c>
       <c r="H128" s="7" t="n">
-        <v>46016</v>
+        <v>46058</v>
       </c>
       <c r="J128" s="5" t="n">
-        <v>5.2298</v>
+        <v>5.2005</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1" t="n">
         <v>107</v>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>91 DAYS T-BILL 2026</t>
+          <t>182 DAYS T-BILL 2026</t>
         </is>
       </c>
       <c r="C129" s="1" t="inlineStr">
         <is>
-          <t>IN002025X349</t>
+          <t>IN002025Y255</t>
         </is>
       </c>
       <c r="D129" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E129" s="11" t="n">
-        <v>5000000</v>
+        <v>500000</v>
       </c>
       <c r="F129" s="5" t="n">
-        <v>4942.37</v>
+        <v>494.6</v>
       </c>
       <c r="G129" s="6" t="n">
-        <v>0.0023</v>
+        <v>0.0003</v>
       </c>
       <c r="H129" s="7" t="n">
-        <v>46072</v>
+        <v>46100</v>
       </c>
       <c r="J129" s="5" t="n">
-        <v>5.3201</v>
+        <v>5.1768</v>
       </c>
     </row>
     <row r="130">
-      <c r="A130" s="1" t="n">
+      <c r="A130" s="8" t="n"/>
+      <c r="B130" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C130" s="8" t="n"/>
+      <c r="D130" s="8" t="n"/>
+      <c r="E130" s="8" t="n"/>
+      <c r="F130" s="9" t="n">
+        <v>117915.61</v>
+      </c>
+      <c r="G130" s="10" t="n">
+        <v>0.0663</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="B132" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="1" t="n">
         <v>108</v>
       </c>
-      <c r="B130" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D130" s="1" t="inlineStr">
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="D133" s="11" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E130" s="11" t="n">
-[...36 lines deleted...]
-        </is>
+      <c r="F133" s="5" t="n">
+        <v>14617.27</v>
+      </c>
+      <c r="G133" s="6" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="H133" s="7" t="n">
+        <v>46062</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1" t="n">
         <v>109</v>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="D134" s="11" t="n"/>
-[...1 lines deleted...]
-        <v>8842539301</v>
+      <c r="D134" s="11" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
       </c>
       <c r="F134" s="5" t="n">
-        <v>88462.10000000001</v>
+        <v>8038.56</v>
       </c>
       <c r="G134" s="6" t="n">
-        <v>0.0415</v>
+        <v>0.0045</v>
       </c>
       <c r="H134" s="7" t="n">
-        <v>45992</v>
+        <v>46041</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1" t="n">
         <v>110</v>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
       <c r="D135" s="11" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E135" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F135" s="5" t="n">
-        <v>14549.92</v>
+        <v>8038.04</v>
       </c>
       <c r="G135" s="6" t="n">
-        <v>0.0068</v>
+        <v>0.0045</v>
       </c>
       <c r="H135" s="7" t="n">
-        <v>46062</v>
+        <v>46034</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1" t="n">
         <v>111</v>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
       <c r="D136" s="11" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E136" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="F136" s="5" t="n">
-        <v>7021.01</v>
+        <v>3013.19</v>
       </c>
       <c r="G136" s="6" t="n">
-        <v>0.0033</v>
+        <v>0.0017</v>
       </c>
       <c r="H136" s="7" t="n">
-        <v>46009</v>
+        <v>46029</v>
       </c>
     </row>
     <row r="137">
-      <c r="A137" s="8" t="n"/>
-      <c r="B137" s="8" t="inlineStr">
+      <c r="A137" s="1" t="n">
+        <v>112</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="D137" s="11" t="n"/>
+      <c r="F137" s="5" t="n">
+        <v>-1499.77</v>
+      </c>
+      <c r="G137" s="6" t="n">
+        <v>-0.0008</v>
+      </c>
+      <c r="H137" s="7" t="n">
+        <v>46024</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" s="1" t="n">
+        <v>113</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="D138" s="11" t="n"/>
+      <c r="F138" s="5" t="n">
+        <v>-134415.59</v>
+      </c>
+      <c r="G138" s="6" t="n">
+        <v>-0.0756</v>
+      </c>
+      <c r="H138" s="7" t="n">
+        <v>46027</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" s="1" t="n">
+        <v>114</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="D139" s="11" t="n"/>
+      <c r="F139" s="5" t="n">
+        <v>-202618.27</v>
+      </c>
+      <c r="G139" s="6" t="n">
+        <v>-0.114</v>
+      </c>
+      <c r="H139" s="7" t="n">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" s="8" t="n"/>
+      <c r="B140" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C137" s="8" t="n"/>
-[...10 lines deleted...]
-      <c r="B139" s="3" t="inlineStr">
+      <c r="C140" s="8" t="n"/>
+      <c r="D140" s="8" t="n"/>
+      <c r="E140" s="9" t="n"/>
+      <c r="F140" s="9" t="n">
+        <v>-304826.57</v>
+      </c>
+      <c r="G140" s="10" t="n">
+        <v>-0.1715</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="B142" s="3" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
     </row>
-    <row r="140">
-[...3 lines deleted...]
-      <c r="B140" s="1" t="inlineStr">
+    <row r="143">
+      <c r="A143" s="1" t="n">
+        <v>115</v>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
         <is>
           <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
         </is>
       </c>
-      <c r="C140" s="1" t="inlineStr">
+      <c r="C143" s="1" t="inlineStr">
         <is>
           <t>INF0RQ622028</t>
         </is>
       </c>
-      <c r="E140" s="11" t="n">
+      <c r="E143" s="11" t="n">
         <v>40721.088</v>
       </c>
-      <c r="F140" s="5" t="n">
-[...9 lines deleted...]
-      <c r="B141" s="8" t="inlineStr">
+      <c r="F143" s="5" t="n">
+        <v>4704.83</v>
+      </c>
+      <c r="G143" s="6" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="J143" s="5" t="n"/>
+    </row>
+    <row r="144">
+      <c r="A144" s="8" t="n"/>
+      <c r="B144" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C141" s="8" t="n"/>
-[...10 lines deleted...]
-      <c r="B143" s="3" t="inlineStr">
+      <c r="C144" s="8" t="n"/>
+      <c r="D144" s="8" t="n"/>
+      <c r="E144" s="8" t="n"/>
+      <c r="F144" s="9" t="n">
+        <v>4704.83</v>
+      </c>
+      <c r="G144" s="10" t="n">
+        <v>0.0026</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="B146" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
-    <row r="144">
-      <c r="B144" s="1" t="inlineStr">
+    <row r="147">
+      <c r="B147" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E144" s="11" t="n"/>
-[...10 lines deleted...]
-      <c r="B145" s="8" t="inlineStr">
+      <c r="E147" s="11" t="n"/>
+      <c r="F147" s="5" t="n">
+        <v>-1204.62</v>
+      </c>
+      <c r="G147" s="6" t="n">
+        <v>-0.0011</v>
+      </c>
+      <c r="J147" s="5" t="n"/>
+    </row>
+    <row r="148">
+      <c r="A148" s="8" t="n"/>
+      <c r="B148" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C145" s="8" t="n"/>
-[...11 lines deleted...]
-      <c r="B147" s="4" t="inlineStr">
+      <c r="C148" s="8" t="n"/>
+      <c r="D148" s="8" t="n"/>
+      <c r="E148" s="8" t="n"/>
+      <c r="F148" s="9" t="n">
+        <v>-1204.62</v>
+      </c>
+      <c r="G148" s="10" t="n">
+        <v>-0.0011</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" s="4" t="n"/>
+      <c r="B150" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C147" s="4" t="n"/>
-[...5 lines deleted...]
-      <c r="G147" s="13" t="n">
+      <c r="C150" s="4" t="n"/>
+      <c r="D150" s="4" t="n"/>
+      <c r="E150" s="4" t="n"/>
+      <c r="F150" s="12" t="n">
+        <v>1777694.88</v>
+      </c>
+      <c r="G150" s="13" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="148">
-      <c r="A148" s="3" t="inlineStr">
+    <row r="151">
+      <c r="A151" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="149">
-      <c r="A149" s="1" t="n">
+    <row r="152">
+      <c r="A152" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B149" s="1" t="inlineStr">
+      <c r="B152" s="1" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
-    <row r="150" ht="40.5" customHeight="1" s="73">
-      <c r="A150" s="15" t="n">
+    <row r="153" ht="40.5" customHeight="1" s="74">
+      <c r="A153" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B150" s="15" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A151" s="15" t="n">
+      <c r="B153" s="15" t="inlineStr">
+        <is>
+          <t>As on  December 31, 2025, the aggregate investments by the schemes of DSP Mutual Fund in DSP Liquidity Fund is ₹ 36,174.87 Lakhs.</t>
+        </is>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B151" s="15" t="inlineStr">
+      <c r="B154" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="152">
-[...4 lines deleted...]
-      <c r="B154" s="69" t="inlineStr">
+    <row r="155" ht="27" customHeight="1" s="74">
+      <c r="A155" s="15" t="n">
+        <v>4</v>
+      </c>
+      <c r="B155" s="15" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" ht="14.5" customHeight="1" s="74">
+      <c r="B157" s="95" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="167" ht="14.5" customHeight="1" s="73">
-      <c r="B167" s="69" t="inlineStr">
+    <row r="169" ht="14.5" customHeight="1" s="74">
+      <c r="B169" s="95" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Liquid Debt A-I Index</t>
         </is>
       </c>
     </row>
-    <row r="180">
-[...1 lines deleted...]
-      <c r="C180" s="18" t="inlineStr">
+    <row r="184">
+      <c r="B184" s="16" t="n"/>
+      <c r="C184" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
-      </c>
-[...38 lines deleted...]
-        <v>0.09</v>
       </c>
     </row>
     <row r="185">
       <c r="B185" s="16" t="inlineStr">
         <is>
-          <t>Residual Maturity</t>
-[...3 lines deleted...]
-        <v>0.1</v>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C185" s="18" t="inlineStr">
+        <is>
+          <t>DSP Liquidity Fund</t>
+        </is>
       </c>
     </row>
     <row r="186">
       <c r="B186" s="16" t="inlineStr">
         <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C186" s="19" t="n"/>
+    </row>
+    <row r="187">
+      <c r="B187" s="16" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C187" s="20" t="n">
+        <v>0.0609</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="B188" s="16" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C188" s="19" t="n">
+        <v>0.16</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="B189" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C189" s="19" t="n">
+        <v>0.17</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="B190" s="16" t="inlineStr">
+        <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C186" s="21" t="n">
-[...4 lines deleted...]
-      <c r="B187" s="17" t="inlineStr">
+      <c r="C190" s="21" t="n">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="B191" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C187" s="18" t="n"/>
-[...3 lines deleted...]
-      <c r="B190" s="71" t="n"/>
+      <c r="C191" s="18" t="n"/>
+    </row>
+    <row r="194" ht="14.5" customHeight="1" s="74">
+      <c r="B194" s="72" t="n"/>
+      <c r="C194" s="72" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>