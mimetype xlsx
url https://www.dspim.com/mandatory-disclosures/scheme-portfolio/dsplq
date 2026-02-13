--- v4 (2026-01-09)
+++ v5 (2026-02-13)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="883" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="14880" tabRatio="917" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="LIQUID" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
   <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -107,75 +107,73 @@
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
-    </font>
-[...6 lines deleted...]
-      <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -335,66 +333,65 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="101">
+  <cellXfs count="107">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -405,245 +402,266 @@
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...9 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -692,116 +710,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>158</row>
+      <row>140</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>167</row>
-      <rowOff>31751</rowOff>
+      <row>149</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="28028900"/>
-          <a:ext cx="2374900" cy="1574800"/>
+          <a:off x="437029" y="27118235"/>
+          <a:ext cx="2374900" cy="1746250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>170</row>
+      <row>152</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>179</row>
+      <row>161</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="30441900"/>
+          <a:off x="457200" y="27184350"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1043,85 +1061,85 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr codeName="Sheet1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L194"/>
+  <dimension ref="A1:L174"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7109375" defaultRowHeight="15"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...4 lines deleted...]
-    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="6.5703125" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="51.5703125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="18.85546875" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="14.140625" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="15.85546875" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.85546875" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
-    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="12.5703125" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
-    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
-[...2 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="7.5703125" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30.140625" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.5703125" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7109375" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="18.75" customHeight="1" s="83">
+      <c r="A1" s="82" t="n"/>
+      <c r="B1" s="82" t="inlineStr">
         <is>
           <t>DSP Liquidity Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="3" t="inlineStr">
         <is>
-          <t>Portfolio as on December 31, 2025</t>
+          <t>Portfolio as on January 31, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
@@ -1170,4407 +1188,3858 @@
       </c>
     </row>
     <row r="8">
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
       <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Export-Import Bank of India**</t>
+          <t>Export-Import Bank of India</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE514E08GA6</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E9" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F9" s="5" t="n">
-        <v>10298.23</v>
+        <v>10343.78</v>
       </c>
       <c r="G9" s="6" t="n">
-        <v>0.0058</v>
+        <v>0.0062</v>
       </c>
       <c r="H9" s="7" t="n">
         <v>46099</v>
       </c>
       <c r="J9" s="5" t="n">
-        <v>6.0496</v>
+        <v>6.5998</v>
       </c>
       <c r="K9" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="L9" s="6" t="n">
-        <v>0.7855</v>
+        <v>0.7202</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="n">
         <v>2</v>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE115A07QB9</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E10" s="11" t="n">
         <v>500</v>
       </c>
       <c r="F10" s="5" t="n">
-        <v>5347.95</v>
+        <v>5375.02</v>
       </c>
       <c r="G10" s="6" t="n">
-        <v>0.003</v>
+        <v>0.0032</v>
       </c>
       <c r="H10" s="7" t="n">
         <v>46065</v>
       </c>
       <c r="J10" s="5" t="n">
-        <v>6.1847</v>
+        <v>6.7848</v>
       </c>
       <c r="K10" s="1" t="inlineStr">
         <is>
-          <t>Sovereign</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="L10" s="6" t="n">
-        <v>0.1905</v>
+        <v>0.1241</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="n">
         <v>3</v>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Cholamandalam Investment and Finance Company Limited**</t>
+          <t>Bajaj Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>INE121A07RQ3</t>
+          <t>INE377Y07375</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>ICRA AA+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E11" s="11" t="n">
-        <v>400000</v>
+        <v>250</v>
       </c>
       <c r="F11" s="5" t="n">
-        <v>4313.32</v>
+        <v>2676.45</v>
       </c>
       <c r="G11" s="6" t="n">
-        <v>0.0024</v>
+        <v>0.0016</v>
       </c>
       <c r="H11" s="7" t="n">
-        <v>46053</v>
+        <v>46097</v>
       </c>
       <c r="J11" s="5" t="n">
-        <v>6.9623</v>
+        <v>6.8649</v>
       </c>
       <c r="K11" s="1" t="inlineStr">
         <is>
           <t>IND A1+</t>
         </is>
       </c>
       <c r="L11" s="6" t="n">
-        <v>0.09619999999999999</v>
+        <v>0.124</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="1" t="n">
+      <c r="A12" s="8" t="n"/>
+      <c r="B12" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C12" s="8" t="n"/>
+      <c r="D12" s="8" t="n"/>
+      <c r="E12" s="8" t="n"/>
+      <c r="F12" s="9" t="n">
+        <v>18395.25</v>
+      </c>
+      <c r="G12" s="10" t="n">
+        <v>0.011</v>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L12" s="6" t="n">
+        <v>0.1192</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L13" s="6" t="n">
+        <v>0.011</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="B14" s="3" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L14" s="6" t="n">
+        <v>0.0029</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
         <v>4</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A13" s="1" t="n">
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>5.63% GOI 2026</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>IN0020210012</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E15" s="11" t="n">
+        <v>60500000</v>
+      </c>
+      <c r="F15" s="5" t="n">
+        <v>61560.41</v>
+      </c>
+      <c r="G15" s="6" t="n">
+        <v>0.037</v>
+      </c>
+      <c r="H15" s="7" t="n">
+        <v>46124</v>
+      </c>
+      <c r="J15" s="5" t="n">
+        <v>5.4435</v>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L15" s="6" t="n">
+        <v>-0.1014</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="8" t="n"/>
+      <c r="B16" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C16" s="8" t="n"/>
+      <c r="D16" s="8" t="n"/>
+      <c r="E16" s="8" t="n"/>
+      <c r="F16" s="9" t="n">
+        <v>61560.41</v>
+      </c>
+      <c r="G16" s="10" t="n">
+        <v>0.037</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="B18" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="B19" s="3" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
         <v>5</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
-[...89 lines deleted...]
-      <c r="A17" s="1" t="n">
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16GS5</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E20" s="11" t="n">
+        <v>16000</v>
+      </c>
+      <c r="F20" s="5" t="n">
+        <v>79258</v>
+      </c>
+      <c r="G20" s="6" t="n">
+        <v>0.0477</v>
+      </c>
+      <c r="H20" s="7" t="n">
+        <v>46105</v>
+      </c>
+      <c r="J20" s="5" t="n">
+        <v>6.7001</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
         <v>6</v>
       </c>
-      <c r="B17" s="1" t="inlineStr">
-[...58 lines deleted...]
-        </is>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HZ8</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E21" s="11" t="n">
+        <v>11000</v>
+      </c>
+      <c r="F21" s="5" t="n">
+        <v>54833.46</v>
+      </c>
+      <c r="G21" s="6" t="n">
+        <v>0.033</v>
+      </c>
+      <c r="H21" s="7" t="n">
+        <v>46071</v>
+      </c>
+      <c r="J21" s="5" t="n">
+        <v>6.5221</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="n">
         <v>7</v>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited</t>
+          <t>Punjab National Bank</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>INE040A16GS5</t>
+          <t>INE160A16RK5</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E22" s="11" t="n">
-        <v>16000</v>
+        <v>10000</v>
       </c>
       <c r="F22" s="5" t="n">
-        <v>78951.75999999999</v>
+        <v>49592.15</v>
       </c>
       <c r="G22" s="6" t="n">
-        <v>0.0444</v>
+        <v>0.0298</v>
       </c>
       <c r="H22" s="7" t="n">
-        <v>46105</v>
+        <v>46099</v>
       </c>
       <c r="J22" s="5" t="n">
-        <v>5.9099</v>
+        <v>6.6706</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="n">
         <v>8</v>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Union Bank of India</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>INE040A16HZ8</t>
+          <t>INE692A16KR7</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E23" s="11" t="n">
-        <v>11000</v>
+        <v>10000</v>
       </c>
       <c r="F23" s="5" t="n">
-        <v>54572.98</v>
+        <v>49411.15</v>
       </c>
       <c r="G23" s="6" t="n">
-        <v>0.0307</v>
+        <v>0.0297</v>
       </c>
       <c r="H23" s="7" t="n">
-        <v>46071</v>
+        <v>46114</v>
       </c>
       <c r="J23" s="5" t="n">
-        <v>5.9501</v>
+        <v>7.2497</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="n">
         <v>9</v>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Punjab National Bank</t>
+          <t>Bank of Baroda**</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>INE160A16RK5</t>
+          <t>INE028A16KL7</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E24" s="11" t="n">
-        <v>10000</v>
+        <v>9000</v>
       </c>
       <c r="F24" s="5" t="n">
-        <v>49392.05</v>
+        <v>44764.2</v>
       </c>
       <c r="G24" s="6" t="n">
-        <v>0.0278</v>
+        <v>0.0269</v>
       </c>
       <c r="H24" s="7" t="n">
-        <v>46099</v>
+        <v>46083</v>
       </c>
       <c r="J24" s="5" t="n">
-        <v>5.9114</v>
+        <v>6.6299</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="n">
         <v>10</v>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bank of Baroda**</t>
+          <t>Bank of Baroda</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>INE028A16KL7</t>
+          <t>INE028A16HW0</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
           <t>IND A1+</t>
         </is>
       </c>
       <c r="E25" s="11" t="n">
-        <v>9000</v>
+        <v>8500</v>
       </c>
       <c r="F25" s="5" t="n">
-        <v>44566.7</v>
+        <v>42246.78</v>
       </c>
       <c r="G25" s="6" t="n">
-        <v>0.0251</v>
+        <v>0.0254</v>
       </c>
       <c r="H25" s="7" t="n">
-        <v>46083</v>
+        <v>46087</v>
       </c>
       <c r="J25" s="5" t="n">
-        <v>5.9149</v>
+        <v>6.6294</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="n">
         <v>11</v>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bank of Baroda**</t>
+          <t>Union Bank of India**</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>INE028A16HW0</t>
+          <t>INE692A16JB3</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E26" s="11" t="n">
         <v>8500</v>
       </c>
       <c r="F26" s="5" t="n">
-        <v>42063.74</v>
+        <v>42245.6</v>
       </c>
       <c r="G26" s="6" t="n">
-        <v>0.0237</v>
+        <v>0.0254</v>
       </c>
       <c r="H26" s="7" t="n">
         <v>46087</v>
       </c>
       <c r="J26" s="5" t="n">
-        <v>5.915</v>
+        <v>6.6613</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="n">
         <v>12</v>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Union Bank of India**</t>
+          <t>Punjab National Bank**</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>INE692A16JB3</t>
+          <t>INE160A16TS4</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E27" s="11" t="n">
-        <v>8500</v>
+        <v>7500</v>
       </c>
       <c r="F27" s="5" t="n">
-        <v>42063.02</v>
+        <v>37281.98</v>
       </c>
       <c r="G27" s="6" t="n">
-        <v>0.0237</v>
+        <v>0.0224</v>
       </c>
       <c r="H27" s="7" t="n">
-        <v>46087</v>
+        <v>46086</v>
       </c>
       <c r="J27" s="5" t="n">
-        <v>5.9249</v>
+        <v>6.6704</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="n">
         <v>13</v>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Punjab National Bank**</t>
+          <t>Axis Bank Limited**</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>INE160A16TS4</t>
+          <t>INE238AD6BT5</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E28" s="11" t="n">
-        <v>7500</v>
+        <v>6500</v>
       </c>
       <c r="F28" s="5" t="n">
-        <v>37121.14</v>
+        <v>32192.74</v>
       </c>
       <c r="G28" s="6" t="n">
-        <v>0.0209</v>
+        <v>0.0194</v>
       </c>
       <c r="H28" s="7" t="n">
-        <v>46086</v>
+        <v>46106</v>
       </c>
       <c r="J28" s="5" t="n">
-        <v>5.9134</v>
+        <v>6.6997</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="n">
         <v>14</v>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bank of India**</t>
+          <t>Bank of Baroda</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>INE084A16ET6</t>
+          <t>INE028A16KP8</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E29" s="11" t="n">
-        <v>7000</v>
+        <v>6000</v>
       </c>
       <c r="F29" s="5" t="n">
-        <v>34726.68</v>
+        <v>29826.63</v>
       </c>
       <c r="G29" s="6" t="n">
-        <v>0.0195</v>
+        <v>0.018</v>
       </c>
       <c r="H29" s="7" t="n">
-        <v>46071</v>
+        <v>46086</v>
       </c>
       <c r="J29" s="5" t="n">
-        <v>5.9852</v>
+        <v>6.63</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="n">
         <v>15</v>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited**</t>
+          <t>Bank of India**</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>INE238AD6BT5</t>
+          <t>INE084A16FC9</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E30" s="11" t="n">
-        <v>6500</v>
+        <v>6000</v>
       </c>
       <c r="F30" s="5" t="n">
-        <v>32069.02</v>
+        <v>29824.44</v>
       </c>
       <c r="G30" s="6" t="n">
-        <v>0.018</v>
+        <v>0.0179</v>
       </c>
       <c r="H30" s="7" t="n">
-        <v>46106</v>
+        <v>46086</v>
       </c>
       <c r="J30" s="5" t="n">
-        <v>5.91</v>
+        <v>6.7148</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="n">
         <v>16</v>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bank of Baroda**</t>
+          <t>Punjab National Bank**</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>INE028A16KP8</t>
+          <t>INE160A16TT2</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E31" s="11" t="n">
         <v>6000</v>
       </c>
       <c r="F31" s="5" t="n">
-        <v>29696.82</v>
+        <v>29803.92</v>
       </c>
       <c r="G31" s="6" t="n">
-        <v>0.0167</v>
+        <v>0.0179</v>
       </c>
       <c r="H31" s="7" t="n">
-        <v>46086</v>
+        <v>46090</v>
       </c>
       <c r="J31" s="5" t="n">
-        <v>5.9151</v>
+        <v>6.6704</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="n">
         <v>17</v>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bank of India**</t>
+          <t>Bank of Baroda**</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>INE084A16FC9</t>
+          <t>INE028A16IC0</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E32" s="11" t="n">
         <v>6000</v>
       </c>
       <c r="F32" s="5" t="n">
-        <v>29693.28</v>
+        <v>29783.61</v>
       </c>
       <c r="G32" s="6" t="n">
-        <v>0.0167</v>
+        <v>0.0179</v>
       </c>
       <c r="H32" s="7" t="n">
-        <v>46086</v>
+        <v>46094</v>
       </c>
       <c r="J32" s="5" t="n">
-        <v>5.9849</v>
+        <v>6.6297</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="n">
         <v>18</v>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Punjab National Bank**</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>INE160A16TT2</t>
+          <t>INE160A16UB8</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E33" s="11" t="n">
         <v>6000</v>
       </c>
       <c r="F33" s="5" t="n">
-        <v>29677.86</v>
+        <v>29648.37</v>
       </c>
       <c r="G33" s="6" t="n">
-        <v>0.0167</v>
+        <v>0.0178</v>
       </c>
       <c r="H33" s="7" t="n">
-        <v>46090</v>
+        <v>46114</v>
       </c>
       <c r="J33" s="5" t="n">
-        <v>5.9133</v>
+        <v>7.2148</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="n">
         <v>19</v>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bank of Baroda**</t>
+          <t>Punjab National Bank**</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>INE028A16IC0</t>
+          <t>INE160A16TU0</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E34" s="11" t="n">
-        <v>6000</v>
+        <v>5000</v>
       </c>
       <c r="F34" s="5" t="n">
-        <v>29658.75</v>
+        <v>24818.58</v>
       </c>
       <c r="G34" s="6" t="n">
-        <v>0.0167</v>
+        <v>0.0149</v>
       </c>
       <c r="H34" s="7" t="n">
         <v>46094</v>
       </c>
       <c r="J34" s="5" t="n">
-        <v>5.915</v>
+        <v>6.6704</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="n">
         <v>20</v>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Canara Bank**</t>
+          <t>Kotak Mahindra Bank Limited</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>INE476A16E53</t>
+          <t>INE237A165Z5</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E35" s="11" t="n">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="F35" s="5" t="n">
-        <v>24830.72</v>
+        <v>19940.12</v>
       </c>
       <c r="G35" s="6" t="n">
-        <v>0.014</v>
+        <v>0.012</v>
       </c>
       <c r="H35" s="7" t="n">
-        <v>46065</v>
+        <v>46071</v>
       </c>
       <c r="J35" s="5" t="n">
-        <v>5.9249</v>
+        <v>6.4476</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="n">
         <v>21</v>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development**</t>
+          <t>Punjab National Bank**</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>INE261F16959</t>
+          <t>INE160A16TR6</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E36" s="11" t="n">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="F36" s="5" t="n">
-        <v>24809.78</v>
+        <v>19890.96</v>
       </c>
       <c r="G36" s="6" t="n">
-        <v>0.014</v>
+        <v>0.012</v>
       </c>
       <c r="H36" s="7" t="n">
-        <v>46070</v>
+        <v>46084</v>
       </c>
       <c r="J36" s="5" t="n">
-        <v>5.9548</v>
+        <v>6.6702</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="n">
         <v>22</v>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Union Bank of India</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>INE040A16HV7</t>
+          <t>INE692A16IY7</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E37" s="11" t="n">
         <v>4000</v>
       </c>
       <c r="F37" s="5" t="n">
-        <v>19865.14</v>
+        <v>19883.72</v>
       </c>
       <c r="G37" s="6" t="n">
-        <v>0.0112</v>
+        <v>0.012</v>
       </c>
       <c r="H37" s="7" t="n">
-        <v>46065</v>
+        <v>46086</v>
       </c>
       <c r="J37" s="5" t="n">
-        <v>5.8998</v>
+        <v>6.6704</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="n">
         <v>23</v>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank Limited</t>
+          <t>Bank of India**</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>INE237A165Z5</t>
+          <t>INE084A16EK5</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E38" s="11" t="n">
         <v>4000</v>
       </c>
       <c r="F38" s="5" t="n">
-        <v>19845.64</v>
+        <v>19864.78</v>
       </c>
       <c r="G38" s="6" t="n">
-        <v>0.0112</v>
+        <v>0.012</v>
       </c>
       <c r="H38" s="7" t="n">
-        <v>46071</v>
+        <v>46091</v>
       </c>
       <c r="J38" s="5" t="n">
-        <v>5.9149</v>
+        <v>6.715</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="n">
         <v>24</v>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Punjab National Bank**</t>
+          <t>State Bank of India**</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>INE160A16TR6</t>
+          <t>INE062A16614</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E39" s="11" t="n">
         <v>4000</v>
       </c>
       <c r="F39" s="5" t="n">
-        <v>19804.28</v>
+        <v>19806.76</v>
       </c>
       <c r="G39" s="6" t="n">
-        <v>0.0111</v>
+        <v>0.0119</v>
       </c>
       <c r="H39" s="7" t="n">
-        <v>46084</v>
+        <v>46108</v>
       </c>
       <c r="J39" s="5" t="n">
-        <v>5.9134</v>
+        <v>6.5949</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="n">
         <v>25</v>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Union Bank of India**</t>
+          <t>Bank of Baroda**</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>INE692A16IY7</t>
+          <t>INE028A16JQ8</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E40" s="11" t="n">
         <v>4000</v>
       </c>
       <c r="F40" s="5" t="n">
-        <v>19797.54</v>
+        <v>19742.62</v>
       </c>
       <c r="G40" s="6" t="n">
-        <v>0.0111</v>
+        <v>0.0119</v>
       </c>
       <c r="H40" s="7" t="n">
-        <v>46086</v>
+        <v>46120</v>
       </c>
       <c r="J40" s="5" t="n">
-        <v>5.9252</v>
+        <v>7.21</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="n">
         <v>26</v>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bank of India**</t>
+          <t>Bank of Baroda**</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>INE084A16EK5</t>
+          <t>INE028A16JG9</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E41" s="11" t="n">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="F41" s="5" t="n">
-        <v>19779.46</v>
+        <v>14812.74</v>
       </c>
       <c r="G41" s="6" t="n">
-        <v>0.0111</v>
+        <v>0.0089</v>
       </c>
       <c r="H41" s="7" t="n">
-        <v>46091</v>
+        <v>46118</v>
       </c>
       <c r="J41" s="5" t="n">
-        <v>5.9849</v>
+        <v>7.2101</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="n">
         <v>27</v>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Punjab National Bank**</t>
+          <t>Export-Import Bank of India**</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>INE160A16TU0</t>
+          <t>INE514E16CJ9</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E42" s="11" t="n">
-        <v>4000</v>
+        <v>2800</v>
       </c>
       <c r="F42" s="5" t="n">
-        <v>19772.56</v>
+        <v>13921.38</v>
       </c>
       <c r="G42" s="6" t="n">
-        <v>0.0111</v>
+        <v>0.008399999999999999</v>
       </c>
       <c r="H42" s="7" t="n">
-        <v>46094</v>
+        <v>46085</v>
       </c>
       <c r="J42" s="5" t="n">
-        <v>5.9134</v>
+        <v>6.6497</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="n">
         <v>28</v>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Export-Import Bank of India</t>
+          <t>Indian Bank**</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>INE514E16CJ9</t>
+          <t>INE562A16QA5</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E43" s="11" t="n">
-        <v>2800</v>
+        <v>2500</v>
       </c>
       <c r="F43" s="5" t="n">
-        <v>13860.97</v>
+        <v>12427.75</v>
       </c>
       <c r="G43" s="6" t="n">
-        <v>0.0078</v>
+        <v>0.0075</v>
       </c>
       <c r="H43" s="7" t="n">
-        <v>46085</v>
+        <v>46086</v>
       </c>
       <c r="J43" s="5" t="n">
-        <v>5.9051</v>
+        <v>6.6311</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="n">
         <v>29</v>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Indian Bank**</t>
+          <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>INE562A16QA5</t>
+          <t>INE040A16HM6</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E44" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F44" s="5" t="n">
-        <v>12373.89</v>
+        <v>12417.94</v>
       </c>
       <c r="G44" s="6" t="n">
-        <v>0.007</v>
+        <v>0.0075</v>
       </c>
       <c r="H44" s="7" t="n">
-        <v>46086</v>
+        <v>46090</v>
       </c>
       <c r="J44" s="5" t="n">
-        <v>5.9048</v>
+        <v>6.7002</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="n">
         <v>30</v>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Punjab National Bank**</t>
+          <t>IndusInd Bank Limited**</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>INE160A16TH7</t>
+          <t>INE095A163B2</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E45" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F45" s="5" t="n">
-        <v>9930.82</v>
+        <v>9969.15</v>
       </c>
       <c r="G45" s="6" t="n">
-        <v>0.0056</v>
+        <v>0.006</v>
       </c>
       <c r="H45" s="7" t="n">
-        <v>46066</v>
+        <v>46071</v>
       </c>
       <c r="J45" s="5" t="n">
-        <v>5.9132</v>
+        <v>6.6453</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="n">
         <v>31</v>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>IndusInd Bank Limited**</t>
+          <t>ICICI Bank Limited**</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>INE095A163B2</t>
+          <t>INE090AD6253</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E46" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F46" s="5" t="n">
-        <v>9919.389999999999</v>
+        <v>9961.120000000001</v>
       </c>
       <c r="G46" s="6" t="n">
-        <v>0.0056</v>
+        <v>0.006</v>
       </c>
       <c r="H46" s="7" t="n">
-        <v>46071</v>
+        <v>46076</v>
       </c>
       <c r="J46" s="5" t="n">
-        <v>6.1795</v>
+        <v>6.4757</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="n">
         <v>32</v>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>ICICI Bank Limited**</t>
+          <t>IDBI Bank Limited</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>INE090AD6253</t>
+          <t>INE008A16X99</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E47" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F47" s="5" t="n">
-        <v>9914.85</v>
+        <v>9960.379999999999</v>
       </c>
       <c r="G47" s="6" t="n">
-        <v>0.0056</v>
+        <v>0.006</v>
       </c>
       <c r="H47" s="7" t="n">
         <v>46076</v>
       </c>
       <c r="J47" s="5" t="n">
-        <v>5.9148</v>
+        <v>6.5995</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="n">
         <v>33</v>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>IDBI Bank Limited**</t>
+          <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>INE008A16X99</t>
+          <t>INE261F16975</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E48" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F48" s="5" t="n">
-        <v>9913.49</v>
+        <v>9933.040000000001</v>
       </c>
       <c r="G48" s="6" t="n">
-        <v>0.0056</v>
+        <v>0.006</v>
       </c>
       <c r="H48" s="7" t="n">
-        <v>46076</v>
+        <v>46091</v>
       </c>
       <c r="J48" s="5" t="n">
-        <v>6.0098</v>
+        <v>6.65</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="n">
         <v>34</v>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>INE040A16HM6</t>
+          <t>INE040A16GN6</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E49" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F49" s="5" t="n">
-        <v>9892.860000000001</v>
+        <v>9929.34</v>
       </c>
       <c r="G49" s="6" t="n">
-        <v>0.0056</v>
+        <v>0.006</v>
       </c>
       <c r="H49" s="7" t="n">
-        <v>46090</v>
+        <v>46093</v>
       </c>
       <c r="J49" s="5" t="n">
-        <v>5.8999</v>
+        <v>6.6601</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="n">
         <v>35</v>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development</t>
+          <t>Indian Bank**</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>INE261F16975</t>
+          <t>INE562A16OG7</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E50" s="11" t="n">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="F50" s="5" t="n">
-        <v>9889.639999999999</v>
+        <v>7455.3</v>
       </c>
       <c r="G50" s="6" t="n">
-        <v>0.0056</v>
+        <v>0.0045</v>
       </c>
       <c r="H50" s="7" t="n">
-        <v>46091</v>
+        <v>46087</v>
       </c>
       <c r="J50" s="5" t="n">
-        <v>5.9898</v>
+        <v>6.6316</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="n">
         <v>36</v>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited</t>
+          <t>Union Bank of India</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>INE040A16GN6</t>
+          <t>INE692A16IX9</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E51" s="11" t="n">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="F51" s="5" t="n">
-        <v>9887.559999999999</v>
+        <v>4977.03</v>
       </c>
       <c r="G51" s="6" t="n">
-        <v>0.0056</v>
+        <v>0.003</v>
       </c>
       <c r="H51" s="7" t="n">
-        <v>46093</v>
+        <v>46080</v>
       </c>
       <c r="J51" s="5" t="n">
-        <v>5.9299</v>
+        <v>6.479</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="n">
         <v>37</v>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited**</t>
+          <t>Export-Import Bank of India</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
-          <t>INE238AD6AM2</t>
+          <t>INE514E16CK7</t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E52" s="11" t="n">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="F52" s="5" t="n">
-        <v>7458.94</v>
+        <v>4957.55</v>
       </c>
       <c r="G52" s="6" t="n">
-        <v>0.0042</v>
+        <v>0.003</v>
       </c>
       <c r="H52" s="7" t="n">
-        <v>46057</v>
+        <v>46101</v>
       </c>
       <c r="J52" s="5" t="n">
-        <v>5.9099</v>
+        <v>6.6498</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="n">
         <v>38</v>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Indian Bank**</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
-          <t>INE562A16OG7</t>
+          <t>INE040A16HC7</t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E53" s="11" t="n">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="F53" s="5" t="n">
-        <v>7423.15</v>
+        <v>4941.23</v>
       </c>
       <c r="G53" s="6" t="n">
-        <v>0.0042</v>
+        <v>0.003</v>
       </c>
       <c r="H53" s="7" t="n">
-        <v>46087</v>
+        <v>46114</v>
       </c>
       <c r="J53" s="5" t="n">
-        <v>5.9048</v>
+        <v>7.2351</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="n">
         <v>39</v>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Union Bank of India**</t>
+          <t>Canara Bank**</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
-          <t>INE692A16IX9</t>
+          <t>INE476A16A32</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E54" s="11" t="n">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="F54" s="5" t="n">
-        <v>4954.16</v>
+        <v>2498.69</v>
       </c>
       <c r="G54" s="6" t="n">
-        <v>0.0028</v>
+        <v>0.0015</v>
       </c>
       <c r="H54" s="7" t="n">
-        <v>46080</v>
+        <v>46057</v>
       </c>
       <c r="J54" s="5" t="n">
-        <v>5.9251</v>
+        <v>6.3969</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="n">
         <v>40</v>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Export-Import Bank of India</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
-          <t>INE514E16CK7</t>
+          <t>INE040A16GE5</t>
         </is>
       </c>
       <c r="D55" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E55" s="11" t="n">
-        <v>1000</v>
+        <v>300</v>
       </c>
       <c r="F55" s="5" t="n">
-        <v>4937.64</v>
+        <v>1499.2</v>
       </c>
       <c r="G55" s="6" t="n">
-        <v>0.0028</v>
+        <v>0.0009</v>
       </c>
       <c r="H55" s="7" t="n">
-        <v>46101</v>
+        <v>46057</v>
       </c>
       <c r="J55" s="5" t="n">
-        <v>5.91</v>
+        <v>6.4518</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="n">
         <v>41</v>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>IndusInd Bank Limited**</t>
+          <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
-          <t>INE095A16X93</t>
+          <t>INE040A16GF2</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E56" s="11" t="n">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="F56" s="5" t="n">
-        <v>2491.89</v>
+        <v>999.12</v>
       </c>
       <c r="G56" s="6" t="n">
-        <v>0.0014</v>
+        <v>0.0005999999999999999</v>
       </c>
       <c r="H56" s="7" t="n">
-        <v>46042</v>
+        <v>46059</v>
       </c>
       <c r="J56" s="5" t="n">
-        <v>6.2502</v>
+        <v>6.4443</v>
       </c>
     </row>
     <row r="57">
-      <c r="A57" s="1" t="n">
+      <c r="A57" s="8" t="n"/>
+      <c r="B57" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C57" s="8" t="n"/>
+      <c r="D57" s="8" t="n"/>
+      <c r="E57" s="8" t="n"/>
+      <c r="F57" s="9" t="n">
+        <v>855321.53</v>
+      </c>
+      <c r="G57" s="10" t="n">
+        <v>0.5147</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="B59" s="3" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="60">
+      <c r="B60" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="1" t="n">
         <v>42</v>
       </c>
-      <c r="B57" s="1" t="inlineStr">
-[...31 lines deleted...]
-      <c r="A58" s="1" t="n">
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>INE556F14LQ8</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E61" s="11" t="n">
+        <v>11500</v>
+      </c>
+      <c r="F61" s="5" t="n">
+        <v>57387.01</v>
+      </c>
+      <c r="G61" s="6" t="n">
+        <v>0.0345</v>
+      </c>
+      <c r="H61" s="7" t="n">
+        <v>46065</v>
+      </c>
+      <c r="J61" s="5" t="n">
+        <v>6.5347</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="1" t="n">
         <v>43</v>
       </c>
-      <c r="B58" s="1" t="inlineStr">
-[...31 lines deleted...]
-      <c r="A59" s="1" t="n">
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>INE556F14LV8</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E62" s="11" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F62" s="5" t="n">
+        <v>49660.2</v>
+      </c>
+      <c r="G62" s="6" t="n">
+        <v>0.0299</v>
+      </c>
+      <c r="H62" s="7" t="n">
+        <v>46091</v>
+      </c>
+      <c r="J62" s="5" t="n">
+        <v>6.75</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="1" t="n">
         <v>44</v>
       </c>
-      <c r="B59" s="1" t="inlineStr">
-[...31 lines deleted...]
-      <c r="A60" s="1" t="n">
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>INE763G14D60</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E63" s="11" t="n">
+        <v>8000</v>
+      </c>
+      <c r="F63" s="5" t="n">
+        <v>39696.72</v>
+      </c>
+      <c r="G63" s="6" t="n">
+        <v>0.0239</v>
+      </c>
+      <c r="H63" s="7" t="n">
+        <v>46093</v>
+      </c>
+      <c r="J63" s="5" t="n">
+        <v>7.1502</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="1" t="n">
         <v>45</v>
       </c>
-      <c r="B60" s="1" t="inlineStr">
-[...58 lines deleted...]
-        </is>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>INE763G14XX9</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E64" s="11" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F64" s="5" t="n">
+        <v>29807.31</v>
+      </c>
+      <c r="G64" s="6" t="n">
+        <v>0.0179</v>
+      </c>
+      <c r="H64" s="7" t="n">
+        <v>46087</v>
+      </c>
+      <c r="J64" s="5" t="n">
+        <v>7.1502</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="n">
         <v>46</v>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Export-Import Bank of India**</t>
         </is>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
-          <t>INE556F14LQ8</t>
+          <t>INE514E14TA7</t>
         </is>
       </c>
       <c r="D65" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E65" s="11" t="n">
-        <v>11500</v>
+        <v>6000</v>
       </c>
       <c r="F65" s="5" t="n">
-        <v>57106.41</v>
+        <v>29787.54</v>
       </c>
       <c r="G65" s="6" t="n">
-        <v>0.0321</v>
+        <v>0.0179</v>
       </c>
       <c r="H65" s="7" t="n">
-        <v>46065</v>
+        <v>46093</v>
       </c>
       <c r="J65" s="5" t="n">
-        <v>5.9901</v>
+        <v>6.6753</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1" t="n">
         <v>47</v>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>HDFC Securities Limited**</t>
         </is>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
-          <t>INE556F14LV8</t>
+          <t>INE700G14RG8</t>
         </is>
       </c>
       <c r="D66" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E66" s="11" t="n">
-        <v>10000</v>
+        <v>6000</v>
       </c>
       <c r="F66" s="5" t="n">
-        <v>49447.75</v>
+        <v>29784.42</v>
       </c>
       <c r="G66" s="6" t="n">
-        <v>0.0278</v>
+        <v>0.0179</v>
       </c>
       <c r="H66" s="7" t="n">
         <v>46091</v>
       </c>
       <c r="J66" s="5" t="n">
-        <v>5.9951</v>
+        <v>7.1402</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="n">
         <v>48</v>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>ICICI Securities Limited**</t>
+          <t>Bajaj Financial Securities Limited**</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
-          <t>INE763G14D60</t>
+          <t>INE01C314DS1</t>
         </is>
       </c>
       <c r="D67" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E67" s="11" t="n">
-        <v>8000</v>
+        <v>6000</v>
       </c>
       <c r="F67" s="5" t="n">
-        <v>39509</v>
+        <v>29765.13</v>
       </c>
       <c r="G67" s="6" t="n">
-        <v>0.0222</v>
+        <v>0.0179</v>
       </c>
       <c r="H67" s="7" t="n">
-        <v>46093</v>
+        <v>46094</v>
       </c>
       <c r="J67" s="5" t="n">
-        <v>6.4801</v>
+        <v>7.2003</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="n">
         <v>49</v>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Export-Import Bank of India**</t>
+          <t>Panatone Finvest Limited**</t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
-          <t>INE514E14TA7</t>
+          <t>INE116F14224</t>
         </is>
       </c>
       <c r="D68" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E68" s="11" t="n">
-        <v>6000</v>
+        <v>5000</v>
       </c>
       <c r="F68" s="5" t="n">
-        <v>29664.09</v>
+        <v>24814.68</v>
       </c>
       <c r="G68" s="6" t="n">
-        <v>0.0167</v>
+        <v>0.0149</v>
       </c>
       <c r="H68" s="7" t="n">
         <v>46093</v>
       </c>
       <c r="J68" s="5" t="n">
-        <v>5.9048</v>
+        <v>6.9901</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="n">
         <v>50</v>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>ICICI Securities Limited**</t>
+          <t>Kotak Securities Limited**</t>
         </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
-          <t>INE763G14XX9</t>
+          <t>INE028E14TQ4</t>
         </is>
       </c>
       <c r="D69" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E69" s="11" t="n">
-        <v>6000</v>
+        <v>4000</v>
       </c>
       <c r="F69" s="5" t="n">
-        <v>29662.95</v>
+        <v>19937.42</v>
       </c>
       <c r="G69" s="6" t="n">
-        <v>0.0167</v>
+        <v>0.012</v>
       </c>
       <c r="H69" s="7" t="n">
-        <v>46087</v>
+        <v>46070</v>
       </c>
       <c r="J69" s="5" t="n">
-        <v>6.4803</v>
+        <v>7.1604</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="n">
         <v>51</v>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>HDFC Securities Limited**</t>
+          <t>Reliance Retail Ventures Limited**</t>
         </is>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
-          <t>INE700G14RG8</t>
+          <t>INE929O14EJ9</t>
         </is>
       </c>
       <c r="D70" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E70" s="11" t="n">
-        <v>6000</v>
+        <v>4000</v>
       </c>
       <c r="F70" s="5" t="n">
-        <v>29642.16</v>
+        <v>19931.6</v>
       </c>
       <c r="G70" s="6" t="n">
-        <v>0.0167</v>
+        <v>0.012</v>
       </c>
       <c r="H70" s="7" t="n">
-        <v>46091</v>
+        <v>46073</v>
       </c>
       <c r="J70" s="5" t="n">
-        <v>6.4798</v>
+        <v>6.5935</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="n">
         <v>52</v>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Financial Securities Limited**</t>
+          <t>Small Industries Development Bank of India</t>
         </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
-          <t>INE01C314DS1</t>
+          <t>INE556F14LU0</t>
         </is>
       </c>
       <c r="D71" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E71" s="11" t="n">
-        <v>6000</v>
+        <v>4000</v>
       </c>
       <c r="F71" s="5" t="n">
-        <v>29626.83</v>
+        <v>19878.68</v>
       </c>
       <c r="G71" s="6" t="n">
-        <v>0.0167</v>
+        <v>0.012</v>
       </c>
       <c r="H71" s="7" t="n">
-        <v>46094</v>
+        <v>46087</v>
       </c>
       <c r="J71" s="5" t="n">
-        <v>6.4752</v>
+        <v>6.7503</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="n">
         <v>53</v>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Housing Finance Limited**</t>
+          <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
-          <t>INE377Y14BT5</t>
+          <t>INE296A14D88</t>
         </is>
       </c>
       <c r="D72" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E72" s="11" t="n">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="F72" s="5" t="n">
-        <v>24941.65</v>
+        <v>19876.28</v>
       </c>
       <c r="G72" s="6" t="n">
-        <v>0.014</v>
+        <v>0.012</v>
       </c>
       <c r="H72" s="7" t="n">
-        <v>46037</v>
+        <v>46086</v>
       </c>
       <c r="J72" s="5" t="n">
-        <v>6.0993</v>
+        <v>7.0998</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="n">
         <v>54</v>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Julius Baer Capital (India) Private Limited**</t>
+          <t>Tata Steel Limited**</t>
         </is>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
-          <t>INE824H14SN8</t>
+          <t>INE081A14GK1</t>
         </is>
       </c>
       <c r="D73" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E73" s="11" t="n">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="F73" s="5" t="n">
-        <v>24936.02</v>
+        <v>19876.28</v>
       </c>
       <c r="G73" s="6" t="n">
-        <v>0.014</v>
+        <v>0.012</v>
       </c>
       <c r="H73" s="7" t="n">
-        <v>46037</v>
+        <v>46087</v>
       </c>
       <c r="J73" s="5" t="n">
-        <v>6.6888</v>
+        <v>6.8852</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="n">
         <v>55</v>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>ICICI Securities Limited**</t>
+          <t>Titan Company Limited**</t>
         </is>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
-          <t>INE763G14WO0</t>
+          <t>INE280A14500</t>
         </is>
       </c>
       <c r="D74" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E74" s="11" t="n">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="F74" s="5" t="n">
-        <v>24933.6</v>
+        <v>19868.08</v>
       </c>
       <c r="G74" s="6" t="n">
-        <v>0.014</v>
+        <v>0.012</v>
       </c>
       <c r="H74" s="7" t="n">
-        <v>46038</v>
+        <v>46090</v>
       </c>
       <c r="J74" s="5" t="n">
-        <v>6.4801</v>
+        <v>6.7325</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="n">
         <v>56</v>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kotak Securities Limited**</t>
+          <t>Tata Realty And Infrastructure Limited**</t>
         </is>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
-          <t>INE028E14TL5</t>
+          <t>INE371K14DD7</t>
         </is>
       </c>
       <c r="D75" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E75" s="11" t="n">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="F75" s="5" t="n">
-        <v>24841.22</v>
+        <v>19847.76</v>
       </c>
       <c r="G75" s="6" t="n">
-        <v>0.014</v>
+        <v>0.0119</v>
       </c>
       <c r="H75" s="7" t="n">
-        <v>46059</v>
+        <v>46094</v>
       </c>
       <c r="J75" s="5" t="n">
-        <v>6.4804</v>
+        <v>6.9997</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="n">
         <v>57</v>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kotak Securities Limited**</t>
+          <t>Godrej Consumer Products Limited**</t>
         </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
-          <t>INE028E14SK9</t>
+          <t>INE102D14BN4</t>
         </is>
       </c>
       <c r="D76" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E76" s="11" t="n">
         <v>4000</v>
       </c>
       <c r="F76" s="5" t="n">
-        <v>19922.18</v>
+        <v>19841.74</v>
       </c>
       <c r="G76" s="6" t="n">
-        <v>0.0112</v>
+        <v>0.0119</v>
       </c>
       <c r="H76" s="7" t="n">
-        <v>46045</v>
+        <v>46097</v>
       </c>
       <c r="J76" s="5" t="n">
-        <v>6.4807</v>
+        <v>6.7704</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="n">
         <v>58</v>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Reliance Retail Ventures Limited**</t>
+          <t>ICICI Securities Primary Dealership Limited</t>
         </is>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
-          <t>INE929O14EJ9</t>
+          <t>INE849D14HW8</t>
         </is>
       </c>
       <c r="D77" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E77" s="11" t="n">
-        <v>4000</v>
+        <v>3500</v>
       </c>
       <c r="F77" s="5" t="n">
-        <v>19837.64</v>
+        <v>17470.88</v>
       </c>
       <c r="G77" s="6" t="n">
-        <v>0.0112</v>
+        <v>0.0105</v>
       </c>
       <c r="H77" s="7" t="n">
-        <v>46073</v>
+        <v>46063</v>
       </c>
       <c r="J77" s="5" t="n">
-        <v>5.975</v>
+        <v>6.7597</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="n">
         <v>59</v>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kotak Securities Limited**</t>
+          <t>Godrej Properties Limited**</t>
         </is>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
-          <t>INE028E14TQ4</t>
+          <t>INE484J14ZH4</t>
         </is>
       </c>
       <c r="D78" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E78" s="11" t="n">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="F78" s="5" t="n">
-        <v>19834.5</v>
+        <v>14994.58</v>
       </c>
       <c r="G78" s="6" t="n">
-        <v>0.0112</v>
+        <v>0.008999999999999999</v>
       </c>
       <c r="H78" s="7" t="n">
-        <v>46070</v>
+        <v>46056</v>
       </c>
       <c r="J78" s="5" t="n">
-        <v>6.48</v>
+        <v>6.5998</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="n">
         <v>60</v>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Sikka Ports &amp; Terminals Limited**</t>
         </is>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
-          <t>INE556F14LU0</t>
+          <t>INE941D14733</t>
         </is>
       </c>
       <c r="D79" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E79" s="11" t="n">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="F79" s="5" t="n">
-        <v>19791.96</v>
+        <v>14989.05</v>
       </c>
       <c r="G79" s="6" t="n">
-        <v>0.0111</v>
+        <v>0.008999999999999999</v>
       </c>
       <c r="H79" s="7" t="n">
-        <v>46087</v>
+        <v>46058</v>
       </c>
       <c r="J79" s="5" t="n">
-        <v>5.995</v>
+        <v>6.6707</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="n">
         <v>61</v>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Tata Steel Limited**</t>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
         </is>
       </c>
       <c r="C80" s="1" t="inlineStr">
         <is>
-          <t>INE081A14GK1</t>
+          <t>INE121A14XZ8</t>
         </is>
       </c>
       <c r="D80" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E80" s="11" t="n">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="F80" s="5" t="n">
-        <v>19791.62</v>
+        <v>14973.8</v>
       </c>
       <c r="G80" s="6" t="n">
-        <v>0.0111</v>
+        <v>0.008999999999999999</v>
       </c>
       <c r="H80" s="7" t="n">
-        <v>46087</v>
+        <v>46063</v>
       </c>
       <c r="J80" s="5" t="n">
-        <v>6.0049</v>
+        <v>7.0975</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="n">
         <v>62</v>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited**</t>
+          <t>Motilal Oswal Financial Services Limited**</t>
         </is>
       </c>
       <c r="C81" s="1" t="inlineStr">
         <is>
-          <t>INE296A14D88</t>
+          <t>INE338I14KT1</t>
         </is>
       </c>
       <c r="D81" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E81" s="11" t="n">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="F81" s="5" t="n">
-        <v>19782.68</v>
+        <v>14898.44</v>
       </c>
       <c r="G81" s="6" t="n">
-        <v>0.0111</v>
+        <v>0.008999999999999999</v>
       </c>
       <c r="H81" s="7" t="n">
-        <v>46086</v>
+        <v>46087</v>
       </c>
       <c r="J81" s="5" t="n">
-        <v>6.3648</v>
+        <v>7.5402</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="n">
         <v>63</v>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Titan Company Limited**</t>
+          <t>Network18 Media &amp; Investments Limited**</t>
         </is>
       </c>
       <c r="C82" s="1" t="inlineStr">
         <is>
-          <t>INE280A14500</t>
+          <t>INE870H14WK9</t>
         </is>
       </c>
       <c r="D82" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E82" s="11" t="n">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="F82" s="5" t="n">
-        <v>19780.7</v>
+        <v>14895.02</v>
       </c>
       <c r="G82" s="6" t="n">
-        <v>0.0111</v>
+        <v>0.008999999999999999</v>
       </c>
       <c r="H82" s="7" t="n">
-        <v>46090</v>
+        <v>46092</v>
       </c>
       <c r="J82" s="5" t="n">
-        <v>6.04</v>
+        <v>6.7701</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="n">
         <v>64</v>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Tata Realty And Infrastructure Limited**</t>
+          <t>Network18 Media &amp; Investments Limited**</t>
         </is>
       </c>
       <c r="C83" s="1" t="inlineStr">
         <is>
-          <t>INE371K14DD7</t>
+          <t>INE870H14WD4</t>
         </is>
       </c>
       <c r="D83" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E83" s="11" t="n">
-        <v>4000</v>
+        <v>2500</v>
       </c>
       <c r="F83" s="5" t="n">
-        <v>19759.96</v>
+        <v>12495.52</v>
       </c>
       <c r="G83" s="6" t="n">
-        <v>0.0111</v>
+        <v>0.0075</v>
       </c>
       <c r="H83" s="7" t="n">
-        <v>46094</v>
+        <v>46056</v>
       </c>
       <c r="J83" s="5" t="n">
-        <v>6.245</v>
+        <v>6.5358</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="n">
         <v>65</v>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>ICICI Securities Primary Dealership Limited**</t>
+          <t>Motilal Oswal Financial Services Limited**</t>
         </is>
       </c>
       <c r="C84" s="1" t="inlineStr">
         <is>
-          <t>INE849D14HW8</t>
+          <t>INE338I14LJ0</t>
         </is>
       </c>
       <c r="D84" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E84" s="11" t="n">
-        <v>3500</v>
+        <v>2500</v>
       </c>
       <c r="F84" s="5" t="n">
-        <v>17376.89</v>
+        <v>12472.6</v>
       </c>
       <c r="G84" s="6" t="n">
-        <v>0.0098</v>
+        <v>0.0075</v>
       </c>
       <c r="H84" s="7" t="n">
-        <v>46063</v>
+        <v>46065</v>
       </c>
       <c r="J84" s="5" t="n">
-        <v>6.4649</v>
+        <v>7.2894</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="n">
         <v>66</v>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Tata Capital Housing Finance Limited**</t>
+          <t>Bajaj Financial Securities Limited**</t>
         </is>
       </c>
       <c r="C85" s="1" t="inlineStr">
         <is>
-          <t>INE033L14NP4</t>
+          <t>INE01C314DM4</t>
         </is>
       </c>
       <c r="D85" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E85" s="11" t="n">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="F85" s="5" t="n">
-        <v>14962.53</v>
+        <v>12443.66</v>
       </c>
       <c r="G85" s="6" t="n">
-        <v>0.008399999999999999</v>
+        <v>0.0075</v>
       </c>
       <c r="H85" s="7" t="n">
-        <v>46038</v>
+        <v>46077</v>
       </c>
       <c r="J85" s="5" t="n">
-        <v>6.0949</v>
+        <v>7.1848</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="n">
         <v>67</v>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Godrej Properties Limited**</t>
+          <t>Julius Baer Capital (India) Private Limited**</t>
         </is>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
-          <t>INE484J14ZH4</t>
+          <t>INE824H14SX7</t>
         </is>
       </c>
       <c r="D86" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E86" s="11" t="n">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="F86" s="5" t="n">
-        <v>14916.86</v>
+        <v>12441.02</v>
       </c>
       <c r="G86" s="6" t="n">
-        <v>0.008399999999999999</v>
+        <v>0.0075</v>
       </c>
       <c r="H86" s="7" t="n">
-        <v>46056</v>
+        <v>46078</v>
       </c>
       <c r="J86" s="5" t="n">
-        <v>6.1651</v>
+        <v>7.2101</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="n">
         <v>68</v>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sikka Ports &amp; Terminals Limited**</t>
+          <t>Kotak Securities Limited**</t>
         </is>
       </c>
       <c r="C87" s="1" t="inlineStr">
         <is>
-          <t>INE941D14733</t>
+          <t>INE028E14TY8</t>
         </is>
       </c>
       <c r="D87" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E87" s="11" t="n">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="F87" s="5" t="n">
-        <v>14912.13</v>
+        <v>12409.75</v>
       </c>
       <c r="G87" s="6" t="n">
-        <v>0.008399999999999999</v>
+        <v>0.0075</v>
       </c>
       <c r="H87" s="7" t="n">
-        <v>46058</v>
+        <v>46091</v>
       </c>
       <c r="J87" s="5" t="n">
-        <v>6.1451</v>
+        <v>7.1747</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="n">
         <v>69</v>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Cholamandalam Investment and Finance Company Limited**</t>
+          <t>Pilani Investments and Industries Corporation Limited**</t>
         </is>
       </c>
       <c r="C88" s="1" t="inlineStr">
         <is>
-          <t>INE121A14XZ8</t>
+          <t>INE417C14AI0</t>
         </is>
       </c>
       <c r="D88" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E88" s="11" t="n">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="F88" s="5" t="n">
-        <v>14894</v>
+        <v>12399.79</v>
       </c>
       <c r="G88" s="6" t="n">
-        <v>0.008399999999999999</v>
+        <v>0.0075</v>
       </c>
       <c r="H88" s="7" t="n">
-        <v>46063</v>
+        <v>46094</v>
       </c>
       <c r="J88" s="5" t="n">
-        <v>6.495</v>
+        <v>7.3751</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="n">
         <v>70</v>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Network18 Media &amp; Investments Limited**</t>
+          <t>Aditya Birla Real Estate Limited**</t>
         </is>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
-          <t>INE870H14WK9</t>
+          <t>INE055A14KJ9</t>
         </is>
       </c>
       <c r="D89" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E89" s="11" t="n">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="F89" s="5" t="n">
-        <v>14831.22</v>
+        <v>9981.67</v>
       </c>
       <c r="G89" s="6" t="n">
-        <v>0.0083</v>
+        <v>0.006</v>
       </c>
       <c r="H89" s="7" t="n">
-        <v>46092</v>
+        <v>46063</v>
       </c>
       <c r="J89" s="5" t="n">
-        <v>6.0199</v>
+        <v>7.4495</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="n">
         <v>71</v>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Motilal Oswal Financial Services Limited**</t>
+          <t>Jamnagar Utilities &amp; Power Private Limited**</t>
         </is>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
-          <t>INE338I14KT1</t>
+          <t>INE936D14394</t>
         </is>
       </c>
       <c r="D90" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E90" s="11" t="n">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="F90" s="5" t="n">
-        <v>14822.1</v>
+        <v>9970.26</v>
       </c>
       <c r="G90" s="6" t="n">
-        <v>0.0083</v>
+        <v>0.006</v>
       </c>
       <c r="H90" s="7" t="n">
-        <v>46087</v>
+        <v>46070</v>
       </c>
       <c r="J90" s="5" t="n">
-        <v>6.8451</v>
+        <v>6.8047</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1" t="n">
         <v>72</v>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Network18 Media &amp; Investments Limited**</t>
+          <t>ICICI Securities Limited**</t>
         </is>
       </c>
       <c r="C91" s="1" t="inlineStr">
         <is>
-          <t>INE870H14WD4</t>
+          <t>INE763G14D11</t>
         </is>
       </c>
       <c r="D91" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E91" s="11" t="n">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="F91" s="5" t="n">
-        <v>12432.34</v>
+        <v>9968.32</v>
       </c>
       <c r="G91" s="6" t="n">
-        <v>0.007</v>
+        <v>0.006</v>
       </c>
       <c r="H91" s="7" t="n">
-        <v>46056</v>
+        <v>46070</v>
       </c>
       <c r="J91" s="5" t="n">
-        <v>6.0197</v>
+        <v>7.25</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="n">
         <v>73</v>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Motilal Oswal Financial Services Limited**</t>
+          <t>Shriram Pistons &amp; Rings Limited**</t>
         </is>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
-          <t>INE338I14LJ0</t>
+          <t>INE526E14086</t>
         </is>
       </c>
       <c r="D92" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E92" s="11" t="n">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="F92" s="5" t="n">
-        <v>12402.31</v>
+        <v>9956.959999999999</v>
       </c>
       <c r="G92" s="6" t="n">
-        <v>0.007</v>
+        <v>0.006</v>
       </c>
       <c r="H92" s="7" t="n">
-        <v>46065</v>
+        <v>46077</v>
       </c>
       <c r="J92" s="5" t="n">
-        <v>6.8451</v>
+        <v>6.8598</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="n">
         <v>74</v>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Financial Securities Limited**</t>
+          <t>Reliance Retail Ventures Limited**</t>
         </is>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
-          <t>INE01C314DM4</t>
+          <t>INE929O14EL5</t>
         </is>
       </c>
       <c r="D93" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E93" s="11" t="n">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="F93" s="5" t="n">
-        <v>12381.39</v>
+        <v>9934.030000000001</v>
       </c>
       <c r="G93" s="6" t="n">
-        <v>0.007</v>
+        <v>0.006</v>
       </c>
       <c r="H93" s="7" t="n">
-        <v>46077</v>
+        <v>46090</v>
       </c>
       <c r="J93" s="5" t="n">
-        <v>6.4753</v>
+        <v>6.7336</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="n">
         <v>75</v>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kotak Securities Limited**</t>
+          <t>Aditya Birla Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
-          <t>INE028E14TY8</t>
+          <t>INE831R14FP4</t>
         </is>
       </c>
       <c r="D94" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E94" s="11" t="n">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="F94" s="5" t="n">
-        <v>12350.9</v>
+        <v>9931.790000000001</v>
       </c>
       <c r="G94" s="6" t="n">
-        <v>0.0069</v>
+        <v>0.006</v>
       </c>
       <c r="H94" s="7" t="n">
         <v>46091</v>
       </c>
       <c r="J94" s="5" t="n">
-        <v>6.4798</v>
+        <v>6.775</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="n">
         <v>76</v>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Pilani Investments and Industries Corporation Limited**</t>
+          <t>TATA CONSUMER PRODUCTS LIMITED**</t>
         </is>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
-          <t>INE417C14AI0</t>
+          <t>INE192A14853</t>
         </is>
       </c>
       <c r="D95" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E95" s="11" t="n">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="F95" s="5" t="n">
-        <v>12339.08</v>
+        <v>9926.35</v>
       </c>
       <c r="G95" s="6" t="n">
-        <v>0.0069</v>
+        <v>0.006</v>
       </c>
       <c r="H95" s="7" t="n">
         <v>46094</v>
       </c>
       <c r="J95" s="5" t="n">
-        <v>6.7049</v>
+        <v>6.7704</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="n">
         <v>77</v>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Welspun Corp Limited**</t>
+          <t>Mahindra Lifespace Developers Limited**</t>
         </is>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
-          <t>INE191B14754</t>
+          <t>INE813A14375</t>
         </is>
       </c>
       <c r="D96" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E96" s="11" t="n">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="F96" s="5" t="n">
-        <v>9980.92</v>
+        <v>7497.2</v>
       </c>
       <c r="G96" s="6" t="n">
-        <v>0.0056</v>
+        <v>0.0045</v>
       </c>
       <c r="H96" s="7" t="n">
-        <v>46034</v>
+        <v>46056</v>
       </c>
       <c r="J96" s="5" t="n">
-        <v>6.3449</v>
+        <v>6.8189</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="n">
         <v>78</v>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Muthoot Finance Limited**</t>
+          <t>Godrej Industries Limited**</t>
         </is>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
-          <t>INE414G14UC9</t>
+          <t>INE233A145B2</t>
         </is>
       </c>
       <c r="D97" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E97" s="11" t="n">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="F97" s="5" t="n">
-        <v>9972.6</v>
+        <v>7493.22</v>
       </c>
       <c r="G97" s="6" t="n">
-        <v>0.0056</v>
+        <v>0.0045</v>
       </c>
       <c r="H97" s="7" t="n">
-        <v>46038</v>
+        <v>46059</v>
       </c>
       <c r="J97" s="5" t="n">
-        <v>6.6857</v>
+        <v>6.6052</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="n">
         <v>79</v>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Birla Group Holdings Private Limited**</t>
+          <t>Godrej Properties Limited**</t>
         </is>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
-          <t>INE09OL14IB2</t>
+          <t>INE484J14ZQ5</t>
         </is>
       </c>
       <c r="D98" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E98" s="11" t="n">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="F98" s="5" t="n">
-        <v>9952.780000000001</v>
+        <v>7465.82</v>
       </c>
       <c r="G98" s="6" t="n">
-        <v>0.0056</v>
+        <v>0.0045</v>
       </c>
       <c r="H98" s="7" t="n">
-        <v>46049</v>
+        <v>46079</v>
       </c>
       <c r="J98" s="5" t="n">
-        <v>6.6604</v>
+        <v>6.6852</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1" t="n">
         <v>80</v>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Aditya Birla Money Limited**</t>
+          <t>ICICI Securities Limited**</t>
         </is>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
-          <t>INE865C14OP6</t>
+          <t>INE763G14XI0</t>
         </is>
       </c>
       <c r="D99" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E99" s="11" t="n">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="F99" s="5" t="n">
-        <v>9952.4</v>
+        <v>7461.47</v>
       </c>
       <c r="G99" s="6" t="n">
-        <v>0.0056</v>
+        <v>0.0045</v>
       </c>
       <c r="H99" s="7" t="n">
-        <v>46049</v>
+        <v>46080</v>
       </c>
       <c r="J99" s="5" t="n">
-        <v>6.715</v>
+        <v>7.2495</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="n">
         <v>81</v>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Aditya Birla Real Estate Limited**</t>
+          <t>Kotak Securities Limited**</t>
         </is>
       </c>
       <c r="C100" s="1" t="inlineStr">
         <is>
-          <t>INE055A14KJ9</t>
+          <t>INE028E14TV4</t>
         </is>
       </c>
       <c r="D100" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E100" s="11" t="n">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="F100" s="5" t="n">
-        <v>9925.66</v>
+        <v>7457.49</v>
       </c>
       <c r="G100" s="6" t="n">
-        <v>0.0056</v>
+        <v>0.0045</v>
       </c>
       <c r="H100" s="7" t="n">
-        <v>46063</v>
+        <v>46083</v>
       </c>
       <c r="J100" s="5" t="n">
-        <v>6.8348</v>
+        <v>7.1752</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="n">
         <v>82</v>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Jamnagar Utilities &amp; Power Private Limited**</t>
+          <t>Godrej Industries Limited**</t>
         </is>
       </c>
       <c r="C101" s="1" t="inlineStr">
         <is>
-          <t>INE936D14394</t>
+          <t>INE233A145R8</t>
         </is>
       </c>
       <c r="D101" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E101" s="11" t="n">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="F101" s="5" t="n">
-        <v>9920.93</v>
+        <v>7447.82</v>
       </c>
       <c r="G101" s="6" t="n">
-        <v>0.0056</v>
+        <v>0.0045</v>
       </c>
       <c r="H101" s="7" t="n">
-        <v>46070</v>
+        <v>46091</v>
       </c>
       <c r="J101" s="5" t="n">
-        <v>6.1899</v>
+        <v>6.9121</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="n">
         <v>83</v>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>ICICI Securities Limited**</t>
+          <t>Godrej Industries Limited**</t>
         </is>
       </c>
       <c r="C102" s="1" t="inlineStr">
         <is>
-          <t>INE763G14D11</t>
+          <t>INE233A145Q0</t>
         </is>
       </c>
       <c r="D102" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E102" s="11" t="n">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="F102" s="5" t="n">
-        <v>9917.25</v>
+        <v>7446.41</v>
       </c>
       <c r="G102" s="6" t="n">
-        <v>0.0056</v>
+        <v>0.0045</v>
       </c>
       <c r="H102" s="7" t="n">
-        <v>46070</v>
+        <v>46092</v>
       </c>
       <c r="J102" s="5" t="n">
-        <v>6.48</v>
+        <v>6.9123</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="n">
         <v>84</v>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Shriram Pistons &amp; Rings Limited**</t>
+          <t>Mahindra Lifespace Developers Limited**</t>
         </is>
       </c>
       <c r="C103" s="1" t="inlineStr">
         <is>
-          <t>INE526E14086</t>
+          <t>INE813A14409</t>
         </is>
       </c>
       <c r="D103" s="1" t="inlineStr">
         <is>
           <t>IND A1+</t>
         </is>
       </c>
       <c r="E103" s="11" t="n">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="F103" s="5" t="n">
-        <v>9908.459999999999</v>
+        <v>7442.5</v>
       </c>
       <c r="G103" s="6" t="n">
-        <v>0.0056</v>
+        <v>0.0045</v>
       </c>
       <c r="H103" s="7" t="n">
-        <v>46077</v>
+        <v>46094</v>
       </c>
       <c r="J103" s="5" t="n">
-        <v>6.2449</v>
+        <v>7.0502</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="n">
         <v>85</v>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Reliance Retail Ventures Limited**</t>
+          <t>HDB Financial Services Limited**</t>
         </is>
       </c>
       <c r="C104" s="1" t="inlineStr">
         <is>
-          <t>INE929O14EL5</t>
+          <t>INE756I14EZ4</t>
         </is>
       </c>
       <c r="D104" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E104" s="11" t="n">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="F104" s="5" t="n">
-        <v>9891.24</v>
+        <v>2479.44</v>
       </c>
       <c r="G104" s="6" t="n">
-        <v>0.0056</v>
+        <v>0.0015</v>
       </c>
       <c r="H104" s="7" t="n">
-        <v>46090</v>
+        <v>46097</v>
       </c>
       <c r="J104" s="5" t="n">
-        <v>5.9901</v>
+        <v>7.04</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="n">
         <v>86</v>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Aditya Birla Housing Finance Limited**</t>
+          <t>ICICI Securities Limited**</t>
         </is>
       </c>
       <c r="C105" s="1" t="inlineStr">
         <is>
-          <t>INE831R14FP4</t>
+          <t>INE763G14XS9</t>
         </is>
       </c>
       <c r="D105" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E105" s="11" t="n">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="F105" s="5" t="n">
-        <v>9889.450000000001</v>
+        <v>2478.64</v>
       </c>
       <c r="G105" s="6" t="n">
-        <v>0.0056</v>
+        <v>0.0015</v>
       </c>
       <c r="H105" s="7" t="n">
-        <v>46091</v>
+        <v>46098</v>
       </c>
       <c r="J105" s="5" t="n">
-        <v>6.0003</v>
+        <v>7.1504</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="n">
         <v>87</v>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>ICICI Securities Limited**</t>
         </is>
       </c>
       <c r="C106" s="1" t="inlineStr">
         <is>
-          <t>INE556F14LO3</t>
+          <t>INE763G14XY7</t>
         </is>
       </c>
       <c r="D106" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E106" s="11" t="n">
-        <v>1900</v>
+        <v>500</v>
       </c>
       <c r="F106" s="5" t="n">
-        <v>9458.639999999999</v>
+        <v>2477.19</v>
       </c>
       <c r="G106" s="6" t="n">
-        <v>0.0053</v>
+        <v>0.0015</v>
       </c>
       <c r="H106" s="7" t="n">
-        <v>46049</v>
+        <v>46101</v>
       </c>
       <c r="J106" s="5" t="n">
-        <v>6.1398</v>
+        <v>7.1501</v>
       </c>
     </row>
     <row r="107">
-      <c r="A107" s="1" t="n">
-[...65 lines deleted...]
-        <v>6.4798</v>
+      <c r="A107" s="8" t="n"/>
+      <c r="B107" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C107" s="8" t="n"/>
+      <c r="D107" s="8" t="n"/>
+      <c r="E107" s="8" t="n"/>
+      <c r="F107" s="9" t="n">
+        <v>753461.54</v>
+      </c>
+      <c r="G107" s="10" t="n">
+        <v>0.4536</v>
       </c>
     </row>
     <row r="109">
-      <c r="A109" s="1" t="n">
-[...30 lines deleted...]
-        <v>6.2954</v>
+      <c r="B109" s="3" t="inlineStr">
+        <is>
+          <t>Treasury Bill</t>
+        </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1" t="n">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Godrej Industries Limited**</t>
+          <t>91 DAYS T-BILL 2026</t>
         </is>
       </c>
       <c r="C110" s="1" t="inlineStr">
         <is>
-          <t>INE233A145B2</t>
+          <t>IN002025X380</t>
         </is>
       </c>
       <c r="D110" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>Sovereign</t>
         </is>
       </c>
       <c r="E110" s="11" t="n">
-        <v>1500</v>
+        <v>77500000</v>
       </c>
       <c r="F110" s="5" t="n">
-        <v>7454.93</v>
+        <v>76989.35000000001</v>
       </c>
       <c r="G110" s="6" t="n">
-        <v>0.0042</v>
+        <v>0.0463</v>
       </c>
       <c r="H110" s="7" t="n">
-        <v>46059</v>
+        <v>46100</v>
       </c>
       <c r="J110" s="5" t="n">
-        <v>6.1298</v>
+        <v>5.2629</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1" t="n">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Godrej Properties Limited**</t>
+          <t>182 DAYS T-BILL 2026</t>
         </is>
       </c>
       <c r="C111" s="1" t="inlineStr">
         <is>
-          <t>INE484J14ZQ5</t>
+          <t>IN002025Y214</t>
         </is>
       </c>
       <c r="D111" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>Sovereign</t>
         </is>
       </c>
       <c r="E111" s="11" t="n">
-        <v>1500</v>
+        <v>27000000</v>
       </c>
       <c r="F111" s="5" t="n">
-        <v>7429.72</v>
+        <v>26932.26</v>
       </c>
       <c r="G111" s="6" t="n">
-        <v>0.0042</v>
+        <v>0.0162</v>
       </c>
       <c r="H111" s="7" t="n">
-        <v>46079</v>
+        <v>46072</v>
       </c>
       <c r="J111" s="5" t="n">
-        <v>6.165</v>
+        <v>5.1005</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="n">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>ICICI Securities Limited**</t>
+          <t>91 DAYS T-BILL 2026</t>
         </is>
       </c>
       <c r="C112" s="1" t="inlineStr">
         <is>
-          <t>INE763G14XI0</t>
+          <t>IN002025X422</t>
         </is>
       </c>
       <c r="D112" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>Sovereign</t>
         </is>
       </c>
       <c r="E112" s="11" t="n">
-        <v>1500</v>
+        <v>21567000</v>
       </c>
       <c r="F112" s="5" t="n">
-        <v>7424.86</v>
+        <v>21310.55</v>
       </c>
       <c r="G112" s="6" t="n">
-        <v>0.0042</v>
+        <v>0.0128</v>
       </c>
       <c r="H112" s="7" t="n">
-        <v>46080</v>
+        <v>46135</v>
       </c>
       <c r="J112" s="5" t="n">
-        <v>6.48</v>
+        <v>5.423</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="1" t="n">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kotak Securities Limited**</t>
+          <t>91 DAYS T-BILL 2026</t>
         </is>
       </c>
       <c r="C113" s="1" t="inlineStr">
         <is>
-          <t>INE028E14TV4</t>
+          <t>IN002025X349</t>
         </is>
       </c>
       <c r="D113" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>Sovereign</t>
         </is>
       </c>
       <c r="E113" s="11" t="n">
-        <v>1500</v>
+        <v>5000000</v>
       </c>
       <c r="F113" s="5" t="n">
-        <v>7420.95</v>
+        <v>4987.46</v>
       </c>
       <c r="G113" s="6" t="n">
-        <v>0.0042</v>
+        <v>0.003</v>
       </c>
       <c r="H113" s="7" t="n">
-        <v>46083</v>
+        <v>46072</v>
       </c>
       <c r="J113" s="5" t="n">
-        <v>6.4801</v>
+        <v>5.1005</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="n">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Godrej Industries Limited**</t>
+          <t>364 DAYS T-BILL 2026</t>
         </is>
       </c>
       <c r="C114" s="1" t="inlineStr">
         <is>
-          <t>INE233A145R8</t>
+          <t>IN002025Z021</t>
         </is>
       </c>
       <c r="D114" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>Sovereign</t>
         </is>
       </c>
       <c r="E114" s="11" t="n">
-        <v>1500</v>
+        <v>5000000</v>
       </c>
       <c r="F114" s="5" t="n">
-        <v>7414.9</v>
+        <v>4950.02</v>
       </c>
       <c r="G114" s="6" t="n">
-        <v>0.0042</v>
+        <v>0.003</v>
       </c>
       <c r="H114" s="7" t="n">
-        <v>46091</v>
+        <v>46122</v>
       </c>
       <c r="J114" s="5" t="n">
-        <v>6.16</v>
+        <v>5.4202</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="n">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Godrej Industries Limited**</t>
+          <t>182 DAYS T-BILL 2026</t>
         </is>
       </c>
       <c r="C115" s="1" t="inlineStr">
         <is>
-          <t>INE233A145Q0</t>
+          <t>IN002025Y198</t>
         </is>
       </c>
       <c r="D115" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>Sovereign</t>
         </is>
       </c>
       <c r="E115" s="11" t="n">
-        <v>1500</v>
+        <v>500000</v>
       </c>
       <c r="F115" s="5" t="n">
-        <v>7413.67</v>
+        <v>499.72</v>
       </c>
       <c r="G115" s="6" t="n">
-        <v>0.0042</v>
+        <v>0.0003</v>
       </c>
       <c r="H115" s="7" t="n">
-        <v>46092</v>
+        <v>46058</v>
       </c>
       <c r="J115" s="5" t="n">
-        <v>6.1601</v>
+        <v>5.0763</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1" t="n">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Mahindra Lifespace Developers Limited**</t>
+          <t>364 DAYS T-BILL 2026</t>
         </is>
       </c>
       <c r="C116" s="1" t="inlineStr">
         <is>
-          <t>INE813A14409</t>
+          <t>IN002024Z453</t>
         </is>
       </c>
       <c r="D116" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>Sovereign</t>
         </is>
       </c>
       <c r="E116" s="11" t="n">
-        <v>1500</v>
+        <v>500000</v>
       </c>
       <c r="F116" s="5" t="n">
-        <v>7409.28</v>
+        <v>498.68</v>
       </c>
       <c r="G116" s="6" t="n">
-        <v>0.0042</v>
+        <v>0.0003</v>
       </c>
       <c r="H116" s="7" t="n">
-        <v>46094</v>
+        <v>46073</v>
       </c>
       <c r="J116" s="5" t="n">
-        <v>6.2948</v>
+        <v>5.1005</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="n">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>HDB Financial Services Limited**</t>
+          <t>182 DAYS T-BILL 2026</t>
         </is>
       </c>
       <c r="C117" s="1" t="inlineStr">
         <is>
-          <t>INE756I14EZ4</t>
+          <t>IN002025Y255</t>
         </is>
       </c>
       <c r="D117" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>Sovereign</t>
         </is>
       </c>
       <c r="E117" s="11" t="n">
-        <v>500</v>
+        <v>500000</v>
       </c>
       <c r="F117" s="5" t="n">
-        <v>2467.9</v>
+        <v>496.71</v>
       </c>
       <c r="G117" s="6" t="n">
-        <v>0.0014</v>
+        <v>0.0003</v>
       </c>
       <c r="H117" s="7" t="n">
-        <v>46097</v>
+        <v>46100</v>
       </c>
       <c r="J117" s="5" t="n">
-        <v>6.4151</v>
+        <v>5.2629</v>
       </c>
     </row>
     <row r="118">
-      <c r="A118" s="1" t="n">
-[...65 lines deleted...]
-        <v>6.4802</v>
+      <c r="A118" s="8" t="n"/>
+      <c r="B118" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C118" s="8" t="n"/>
+      <c r="D118" s="8" t="n"/>
+      <c r="E118" s="8" t="n"/>
+      <c r="F118" s="9" t="n">
+        <v>136664.75</v>
+      </c>
+      <c r="G118" s="10" t="n">
+        <v>0.0822</v>
       </c>
     </row>
     <row r="120">
-      <c r="A120" s="8" t="n"/>
-      <c r="B120" s="8" t="inlineStr">
+      <c r="B120" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="1" t="n">
+        <v>96</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="D121" s="11" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E121" s="78" t="n"/>
+      <c r="F121" s="5" t="n">
+        <v>14685.13</v>
+      </c>
+      <c r="G121" s="6" t="n">
+        <v>0.008800000000000001</v>
+      </c>
+      <c r="H121" s="7" t="n">
+        <v>46062</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="1" t="n">
+        <v>97</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="D122" s="11" t="n"/>
+      <c r="E122" s="78" t="n"/>
+      <c r="F122" s="5" t="n">
+        <v>-184503.88</v>
+      </c>
+      <c r="G122" s="6" t="n">
+        <v>-0.111</v>
+      </c>
+      <c r="H122" s="7" t="n">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="8" t="n"/>
+      <c r="B123" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C120" s="8" t="n"/>
-[...83 lines deleted...]
-        <v>5.191</v>
+      <c r="C123" s="8" t="n"/>
+      <c r="D123" s="8" t="n"/>
+      <c r="E123" s="9" t="n"/>
+      <c r="F123" s="9" t="n">
+        <v>-169818.75</v>
+      </c>
+      <c r="G123" s="10" t="n">
+        <v>-0.1022</v>
       </c>
     </row>
     <row r="125">
-      <c r="A125" s="1" t="n">
-[...30 lines deleted...]
-        <v>5.191</v>
+      <c r="B125" s="3" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1" t="n">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>182 DAYS T-BILL 2026</t>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
         </is>
       </c>
       <c r="C126" s="1" t="inlineStr">
         <is>
-          <t>IN002025Y156</t>
-[...4 lines deleted...]
-          <t>Sovereign</t>
+          <t>INF0RQ622028</t>
         </is>
       </c>
       <c r="E126" s="11" t="n">
-        <v>4500000</v>
+        <v>41915.345</v>
       </c>
       <c r="F126" s="5" t="n">
-        <v>4495.47</v>
+        <v>4861.72</v>
       </c>
       <c r="G126" s="6" t="n">
-        <v>0.0025</v>
-[...6 lines deleted...]
-      </c>
+        <v>0.0029</v>
+      </c>
+      <c r="J126" s="5" t="n"/>
     </row>
     <row r="127">
-      <c r="A127" s="1" t="n">
-[...65 lines deleted...]
-        <v>5.2005</v>
+      <c r="A127" s="8" t="n"/>
+      <c r="B127" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C127" s="8" t="n"/>
+      <c r="D127" s="8" t="n"/>
+      <c r="E127" s="8" t="n"/>
+      <c r="F127" s="9" t="n">
+        <v>4861.72</v>
+      </c>
+      <c r="G127" s="10" t="n">
+        <v>0.0029</v>
       </c>
     </row>
     <row r="129">
-      <c r="A129" s="1" t="n">
-[...30 lines deleted...]
-        <v>5.1768</v>
+      <c r="B129" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
       </c>
     </row>
     <row r="130">
-      <c r="A130" s="8" t="n"/>
-      <c r="B130" s="8" t="inlineStr">
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E130" s="11" t="n"/>
+      <c r="F130" s="5" t="n">
+        <v>1162.96</v>
+      </c>
+      <c r="G130" s="6" t="n">
+        <v>0.0008</v>
+      </c>
+      <c r="J130" s="5" t="n"/>
+    </row>
+    <row r="131">
+      <c r="A131" s="8" t="n"/>
+      <c r="B131" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C130" s="8" t="n"/>
-[...13 lines deleted...]
-        </is>
+      <c r="C131" s="8" t="n"/>
+      <c r="D131" s="8" t="n"/>
+      <c r="E131" s="8" t="n"/>
+      <c r="F131" s="9" t="n">
+        <v>1162.96</v>
+      </c>
+      <c r="G131" s="10" t="n">
+        <v>0.0008</v>
       </c>
     </row>
     <row r="133">
-      <c r="A133" s="1" t="n">
-[...19 lines deleted...]
-        <v>46062</v>
+      <c r="A133" s="4" t="n"/>
+      <c r="B133" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C133" s="4" t="n"/>
+      <c r="D133" s="4" t="n"/>
+      <c r="E133" s="4" t="n"/>
+      <c r="F133" s="12" t="n">
+        <v>1661609.41</v>
+      </c>
+      <c r="G133" s="13" t="n">
+        <v>1</v>
       </c>
     </row>
     <row r="134">
-      <c r="A134" s="1" t="n">
-[...19 lines deleted...]
-        <v>46041</v>
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1" t="n">
-        <v>110</v>
+        <v>1</v>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>TREPS / Reverse Repo Investments</t>
-[...38 lines deleted...]
-        <v>46029</v>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="136" ht="45" customHeight="1" s="83">
+      <c r="A136" s="14" t="n">
+        <v>2</v>
+      </c>
+      <c r="B136" s="14" t="inlineStr">
+        <is>
+          <t>As on  January 31, 2026, the aggregate investments by the schemes of DSP Mutual Fund in DSP Liquidity Fund is ₹ 1,284.70 Lakhs.</t>
+        </is>
       </c>
     </row>
     <row r="137">
-      <c r="A137" s="1" t="n">
-[...208 lines deleted...]
-      <c r="A154" s="15" t="n">
+      <c r="A137" s="14" t="n">
         <v>3</v>
       </c>
-      <c r="B154" s="15" t="inlineStr">
+      <c r="B137" s="14" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="155" ht="27" customHeight="1" s="74">
-[...10 lines deleted...]
-      <c r="B157" s="95" t="inlineStr">
+    <row r="139" ht="16.5" customHeight="1" s="83">
+      <c r="B139" s="75" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="169" ht="14.5" customHeight="1" s="74">
-      <c r="B169" s="95" t="inlineStr">
+    <row r="151" ht="16.5" customHeight="1" s="83">
+      <c r="B151" s="75" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Liquid Debt A-I Index</t>
         </is>
       </c>
     </row>
-    <row r="184">
-[...1 lines deleted...]
-      <c r="C184" s="18" t="inlineStr">
+    <row r="164">
+      <c r="B164" s="15" t="n"/>
+      <c r="C164" s="17" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="185">
-      <c r="B185" s="16" t="inlineStr">
+    <row r="165">
+      <c r="B165" s="15" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C185" s="18" t="inlineStr">
+      <c r="C165" s="17" t="inlineStr">
         <is>
           <t>DSP Liquidity Fund</t>
         </is>
       </c>
     </row>
-    <row r="186">
-      <c r="B186" s="16" t="inlineStr">
+    <row r="166">
+      <c r="B166" s="15" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C186" s="19" t="n"/>
-[...2 lines deleted...]
-      <c r="B187" s="16" t="inlineStr">
+      <c r="C166" s="18" t="n"/>
+    </row>
+    <row r="167">
+      <c r="B167" s="15" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C187" s="20" t="n">
-[...4 lines deleted...]
-      <c r="B188" s="16" t="inlineStr">
+      <c r="C167" s="19" t="n">
+        <v>0.0684</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="B168" s="15" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C188" s="19" t="n">
-[...4 lines deleted...]
-      <c r="B189" s="16" t="inlineStr">
+      <c r="C168" s="18" t="n">
+        <v>0.11</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="B169" s="15" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C189" s="19" t="n">
-[...4 lines deleted...]
-      <c r="B190" s="16" t="inlineStr">
+      <c r="C169" s="18" t="n">
+        <v>0.11</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="B170" s="15" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C190" s="21" t="n">
-[...4 lines deleted...]
-      <c r="B191" s="17" t="inlineStr">
+      <c r="C170" s="20" t="n">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="B171" s="16" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C191" s="18" t="n"/>
-[...3 lines deleted...]
-      <c r="C194" s="72" t="n"/>
+      <c r="C171" s="17" t="n"/>
+    </row>
+    <row r="174">
+      <c r="C174" s="76" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>