--- v5 (2026-02-13)
+++ v6 (2026-03-10)
@@ -1,73 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr codeName="ThisWorkbook"/>
+  <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="14880" tabRatio="917" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="919" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="LIQUID" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="166" formatCode="0.000%"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="23">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -130,50 +137,58 @@
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+      <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -328,340 +343,318 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="107">
+  <cellXfs count="101">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
-[...100 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
-    </xf>
-[...61 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -710,116 +703,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>140</row>
+      <row>156</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>149</row>
+      <row>165</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="437029" y="27118235"/>
-          <a:ext cx="2374900" cy="1746250"/>
+          <a:off x="457200" y="27514550"/>
+          <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>152</row>
+      <row>170</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>161</row>
-      <rowOff>31750</rowOff>
+      <row>179</row>
+      <rowOff>31751</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="27184350"/>
+          <a:off x="457200" y="29927550"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1057,3989 +1050,4595 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr codeName="Sheet1">
+  <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L174"/>
+  <dimension ref="A1:L189"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7109375" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.5703125" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7109375" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="47.453125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="18.81640625" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="15.26953125" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="18.75" customHeight="1" s="83">
-[...1 lines deleted...]
-      <c r="B1" s="82" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="70">
+      <c r="A1" s="69" t="n"/>
+      <c r="B1" s="69" t="inlineStr">
         <is>
           <t>DSP Liquidity Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on January 31, 2026</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on February 28, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="B8" s="3" t="inlineStr">
+      <c r="B8" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K8" s="3" t="inlineStr">
+      <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="2" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C9" s="2" t="inlineStr">
+        <is>
+          <t>INE514E08GA6</t>
+        </is>
+      </c>
+      <c r="D9" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E9" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>10398.87</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.0049</v>
+      </c>
+      <c r="H9" s="8" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J9" s="6" t="n">
+        <v>6.0049</v>
+      </c>
+      <c r="K9" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L9" s="7" t="n">
+        <v>0.7119</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="2" t="n">
+        <v>2</v>
+      </c>
+      <c r="B10" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C10" s="2" t="inlineStr">
+        <is>
+          <t>INE377Y07375</t>
+        </is>
+      </c>
+      <c r="D10" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E10" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>2691.53</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="H10" s="8" t="n">
+        <v>46097</v>
+      </c>
+      <c r="J10" s="6" t="n">
+        <v>5.9348</v>
+      </c>
+      <c r="K10" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L10" s="7" t="n">
+        <v>0.1834</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="9" t="n"/>
+      <c r="B11" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C11" s="9" t="n"/>
+      <c r="D11" s="9" t="n"/>
+      <c r="E11" s="9" t="n"/>
+      <c r="F11" s="10" t="n">
+        <v>13090.4</v>
+      </c>
+      <c r="G11" s="11" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="K11" s="2" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.115</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="K12" s="2" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.0721</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="B13" s="4" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+      <c r="K13" s="2" t="inlineStr">
+        <is>
+          <t>CARE A1+</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>5.63% GOI 2026</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>IN0020210012</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E14" s="12" t="n">
+        <v>158900000</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>162384.53</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0771</v>
+      </c>
+      <c r="H14" s="8" t="n">
+        <v>46124</v>
+      </c>
+      <c r="J14" s="6" t="n">
+        <v>5.2903</v>
+      </c>
+      <c r="K14" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.0062</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="9" t="n"/>
+      <c r="B15" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C15" s="9" t="n"/>
+      <c r="D15" s="9" t="n"/>
+      <c r="E15" s="9" t="n"/>
+      <c r="F15" s="10" t="n">
+        <v>162384.53</v>
+      </c>
+      <c r="G15" s="11" t="n">
+        <v>0.0771</v>
+      </c>
+      <c r="K15" s="2" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0023</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="K16" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>-0.098</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="B17" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="B18" s="4" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="2" t="n">
+        <v>4</v>
+      </c>
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>INE040A16GS5</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E19" s="12" t="n">
+        <v>16000</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>79721.28</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0379</v>
+      </c>
+      <c r="H19" s="8" t="n">
+        <v>46105</v>
+      </c>
+      <c r="J19" s="6" t="n">
+        <v>5.5483</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>Punjab National Bank</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>INE160A16RK5</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E20" s="12" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>49870.75</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0237</v>
+      </c>
+      <c r="H20" s="8" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J20" s="6" t="n">
+        <v>5.5645</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="2" t="n">
+        <v>6</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <t>INE028A16HW0</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E21" s="12" t="n">
+        <v>8500</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>42468.17</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0202</v>
+      </c>
+      <c r="H21" s="8" t="n">
+        <v>46087</v>
+      </c>
+      <c r="J21" s="6" t="n">
+        <v>5.4718</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <t>INE692A16KZ0</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E22" s="12" t="n">
+        <v>8000</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>39488.04</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0188</v>
+      </c>
+      <c r="H22" s="8" t="n">
+        <v>46148</v>
+      </c>
+      <c r="J22" s="6" t="n">
+        <v>7.17</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <t>RBL Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C23" s="2" t="inlineStr">
+        <is>
+          <t>INE976G16OH4</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E23" s="12" t="n">
+        <v>8000</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>39454.96</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0187</v>
+      </c>
+      <c r="H23" s="8" t="n">
+        <v>46148</v>
+      </c>
+      <c r="J23" s="6" t="n">
+        <v>7.64</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="2" t="n">
+        <v>9</v>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <t>Union Bank of India</t>
+        </is>
+      </c>
+      <c r="C24" s="2" t="inlineStr">
+        <is>
+          <t>INE692A16KC9</t>
+        </is>
+      </c>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E24" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>36955.54</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0175</v>
+      </c>
+      <c r="H24" s="8" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J24" s="6" t="n">
+        <v>7.17</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C25" s="2" t="inlineStr">
+        <is>
+          <t>INE238AD6BT5</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E25" s="12" t="n">
+        <v>6500</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>32382.16</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0154</v>
+      </c>
+      <c r="H25" s="8" t="n">
+        <v>46106</v>
+      </c>
+      <c r="J25" s="6" t="n">
+        <v>5.5354</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="2" t="n">
+        <v>11</v>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>Punjab National Bank</t>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <t>INE160A16TT2</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E26" s="12" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>29963.55</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="H26" s="8" t="n">
+        <v>46090</v>
+      </c>
+      <c r="J26" s="6" t="n">
+        <v>5.5502</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="2" t="n">
+        <v>12</v>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C27" s="2" t="inlineStr">
+        <is>
+          <t>INE028A16IC0</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E27" s="12" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>29945.37</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="H27" s="8" t="n">
+        <v>46094</v>
+      </c>
+      <c r="J27" s="6" t="n">
+        <v>5.549</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="2" t="n">
+        <v>13</v>
+      </c>
+      <c r="B28" s="2" t="inlineStr">
+        <is>
+          <t>Punjab National Bank**</t>
+        </is>
+      </c>
+      <c r="C28" s="2" t="inlineStr">
+        <is>
+          <t>INE160A16UB8</t>
+        </is>
+      </c>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E28" s="12" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>29829.36</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="H28" s="8" t="n">
+        <v>46114</v>
+      </c>
+      <c r="J28" s="6" t="n">
+        <v>6.525</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="2" t="n">
+        <v>14</v>
+      </c>
+      <c r="B29" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C29" s="2" t="inlineStr">
+        <is>
+          <t>INE556F16BH3</t>
+        </is>
+      </c>
+      <c r="D29" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E29" s="12" t="n">
+        <v>5500</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>27149.48</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="H29" s="8" t="n">
+        <v>46147</v>
+      </c>
+      <c r="J29" s="6" t="n">
+        <v>7.2501</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="2" t="inlineStr">
+        <is>
+          <t>INE238AD6BZ2</t>
+        </is>
+      </c>
+      <c r="D30" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E30" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>24675.2</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0117</v>
+      </c>
+      <c r="H30" s="8" t="n">
+        <v>46148</v>
+      </c>
+      <c r="J30" s="6" t="n">
+        <v>7.2795</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="2" t="n">
+        <v>16</v>
+      </c>
+      <c r="B31" s="2" t="inlineStr">
+        <is>
+          <t>Punjab National Bank**</t>
+        </is>
+      </c>
+      <c r="C31" s="2" t="inlineStr">
+        <is>
+          <t>INE160A16UK9</t>
+        </is>
+      </c>
+      <c r="D31" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E31" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>24628.42</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0117</v>
+      </c>
+      <c r="H31" s="8" t="n">
+        <v>46160</v>
+      </c>
+      <c r="J31" s="6" t="n">
+        <v>7.0601</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="2" t="n">
+        <v>17</v>
+      </c>
+      <c r="B32" s="2" t="inlineStr">
+        <is>
+          <t>Punjab National Bank**</t>
+        </is>
+      </c>
+      <c r="C32" s="2" t="inlineStr">
+        <is>
+          <t>INE160A16TR6</t>
+        </is>
+      </c>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E32" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>19994.22</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0095</v>
+      </c>
+      <c r="H32" s="8" t="n">
+        <v>46084</v>
+      </c>
+      <c r="J32" s="6" t="n">
+        <v>5.2758</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>Bank of India**</t>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <t>INE084A16EK5</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E33" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>19972.34</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0095</v>
+      </c>
+      <c r="H33" s="8" t="n">
+        <v>46091</v>
+      </c>
+      <c r="J33" s="6" t="n">
+        <v>5.6186</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="2" t="n">
+        <v>19</v>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="2" t="inlineStr">
+        <is>
+          <t>INE040A16GN6</t>
+        </is>
+      </c>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E34" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>19966.6</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0095</v>
+      </c>
+      <c r="H34" s="8" t="n">
+        <v>46093</v>
+      </c>
+      <c r="J34" s="6" t="n">
+        <v>5.5506</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C35" s="2" t="inlineStr">
+        <is>
+          <t>INE261F16983</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E35" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>19963.46</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.0095</v>
+      </c>
+      <c r="H35" s="8" t="n">
+        <v>46094</v>
+      </c>
+      <c r="J35" s="6" t="n">
+        <v>5.5673</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="2" t="n">
+        <v>21</v>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <t>State Bank of India</t>
+        </is>
+      </c>
+      <c r="C36" s="2" t="inlineStr">
+        <is>
+          <t>INE062A16614</t>
+        </is>
+      </c>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E36" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>19921.08</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0095</v>
+      </c>
+      <c r="H36" s="8" t="n">
+        <v>46108</v>
+      </c>
+      <c r="J36" s="6" t="n">
+        <v>5.5615</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="2" t="n">
+        <v>22</v>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <t>INE028A16JQ8</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E37" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>19862.6</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="H37" s="8" t="n">
+        <v>46120</v>
+      </c>
+      <c r="J37" s="6" t="n">
+        <v>6.645</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="2" t="n">
+        <v>23</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <t>INE238AD6BK4</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E38" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>19764.3</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="H38" s="8" t="n">
+        <v>46142</v>
+      </c>
+      <c r="J38" s="6" t="n">
+        <v>7.2547</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <t>INE476A16G51</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E39" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>19739.48</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="H39" s="8" t="n">
+        <v>46149</v>
+      </c>
+      <c r="J39" s="6" t="n">
+        <v>7.1899</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="B40" s="2" t="inlineStr">
+        <is>
+          <t>Punjab National Bank**</t>
+        </is>
+      </c>
+      <c r="C40" s="2" t="inlineStr">
+        <is>
+          <t>INE160A16UF9</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E40" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>19738.58</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="H40" s="8" t="n">
+        <v>46149</v>
+      </c>
+      <c r="J40" s="6" t="n">
+        <v>7.2151</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="B41" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C41" s="2" t="inlineStr">
+        <is>
+          <t>INE040A16IN2</t>
+        </is>
+      </c>
+      <c r="D41" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E41" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>19737.52</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="H41" s="8" t="n">
+        <v>46149</v>
+      </c>
+      <c r="J41" s="6" t="n">
+        <v>7.245</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="2" t="n">
+        <v>27</v>
+      </c>
+      <c r="B42" s="2" t="inlineStr">
+        <is>
+          <t>Bank of India</t>
+        </is>
+      </c>
+      <c r="C42" s="2" t="inlineStr">
+        <is>
+          <t>INE084A16FL0</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E42" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>19733.76</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="H42" s="8" t="n">
+        <v>46149</v>
+      </c>
+      <c r="J42" s="6" t="n">
+        <v>7.3499</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="B43" s="2" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C43" s="2" t="inlineStr">
+        <is>
+          <t>INE562A16QK4</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E43" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>19719.36</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="H43" s="8" t="n">
+        <v>46154</v>
+      </c>
+      <c r="J43" s="6" t="n">
+        <v>7.2149</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="2" t="n">
+        <v>29</v>
+      </c>
+      <c r="B44" s="2" t="inlineStr">
+        <is>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C44" s="2" t="inlineStr">
+        <is>
+          <t>INE692A16LB9</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E44" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>19717.26</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="H44" s="8" t="n">
+        <v>46155</v>
+      </c>
+      <c r="J44" s="6" t="n">
+        <v>7.1699</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="B45" s="2" t="inlineStr">
+        <is>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C45" s="2" t="inlineStr">
+        <is>
+          <t>INE692A16LC7</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E45" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>19713.44</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="H45" s="8" t="n">
+        <v>46156</v>
+      </c>
+      <c r="J45" s="6" t="n">
+        <v>7.1699</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="2" t="n">
+        <v>31</v>
+      </c>
+      <c r="B46" s="2" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="2" t="inlineStr">
+        <is>
+          <t>INE238AD6BA5</t>
+        </is>
+      </c>
+      <c r="D46" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E46" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>19708.02</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="H46" s="8" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J46" s="6" t="n">
+        <v>7.2101</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="B47" s="2" t="inlineStr">
+        <is>
+          <t>Karur Vysya Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C47" s="2" t="inlineStr">
+        <is>
+          <t>INE036D16JU7</t>
+        </is>
+      </c>
+      <c r="D47" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E47" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>19704.78</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="H47" s="8" t="n">
+        <v>46156</v>
+      </c>
+      <c r="J47" s="6" t="n">
+        <v>7.3901</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="2" t="n">
+        <v>33</v>
+      </c>
+      <c r="B48" s="2" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C48" s="2" t="inlineStr">
+        <is>
+          <t>INE092T16YQ3</t>
+        </is>
+      </c>
+      <c r="D48" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E48" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>19696.52</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="H48" s="8" t="n">
+        <v>46160</v>
+      </c>
+      <c r="J48" s="6" t="n">
+        <v>7.2101</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="B49" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C49" s="2" t="inlineStr">
+        <is>
+          <t>INE040A16GW7</t>
+        </is>
+      </c>
+      <c r="D49" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E49" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>19694.06</v>
+      </c>
+      <c r="G49" s="7" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="H49" s="8" t="n">
+        <v>46161</v>
+      </c>
+      <c r="J49" s="6" t="n">
+        <v>7.1774</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="B50" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C50" s="2" t="inlineStr">
+        <is>
+          <t>INE556F16BI1</t>
+        </is>
+      </c>
+      <c r="D50" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E50" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>19687.16</v>
+      </c>
+      <c r="G50" s="7" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+      <c r="H50" s="8" t="n">
+        <v>46162</v>
+      </c>
+      <c r="J50" s="6" t="n">
+        <v>7.2501</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="B51" s="2" t="inlineStr">
+        <is>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C51" s="2" t="inlineStr">
+        <is>
+          <t>INE692A16KG0</t>
+        </is>
+      </c>
+      <c r="D51" s="2" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E51" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>19674.12</v>
+      </c>
+      <c r="G51" s="7" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+      <c r="H51" s="8" t="n">
+        <v>46168</v>
+      </c>
+      <c r="J51" s="6" t="n">
+        <v>7.03</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="2" t="n">
+        <v>37</v>
+      </c>
+      <c r="B52" s="2" t="inlineStr">
+        <is>
+          <t>Bank of India**</t>
+        </is>
+      </c>
+      <c r="C52" s="2" t="inlineStr">
+        <is>
+          <t>INE084A16EU4</t>
+        </is>
+      </c>
+      <c r="D52" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E52" s="12" t="n">
+        <v>3500</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>17232.22</v>
+      </c>
+      <c r="G52" s="7" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="H52" s="8" t="n">
+        <v>46161</v>
+      </c>
+      <c r="J52" s="6" t="n">
+        <v>7.18</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="2" t="n">
+        <v>38</v>
+      </c>
+      <c r="B53" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C53" s="2" t="inlineStr">
+        <is>
+          <t>INE028A16JG9</t>
+        </is>
+      </c>
+      <c r="D53" s="2" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E53" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>14902.34</v>
+      </c>
+      <c r="G53" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H53" s="8" t="n">
+        <v>46118</v>
+      </c>
+      <c r="J53" s="6" t="n">
+        <v>6.6447</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="2" t="n">
+        <v>39</v>
+      </c>
+      <c r="B54" s="2" t="inlineStr">
+        <is>
+          <t>IndusInd Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C54" s="2" t="inlineStr">
+        <is>
+          <t>INE095A169B9</t>
+        </is>
+      </c>
+      <c r="D54" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E54" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>14746.23</v>
+      </c>
+      <c r="G54" s="7" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="H54" s="8" t="n">
+        <v>46167</v>
+      </c>
+      <c r="J54" s="6" t="n">
+        <v>7.39</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="B55" s="2" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C55" s="2" t="inlineStr">
+        <is>
+          <t>INE261F16975</t>
+        </is>
+      </c>
+      <c r="D55" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E55" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>9986.290000000001</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H55" s="8" t="n">
+        <v>46091</v>
+      </c>
+      <c r="J55" s="6" t="n">
+        <v>5.5678</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="2" t="n">
+        <v>41</v>
+      </c>
+      <c r="B56" s="2" t="inlineStr">
+        <is>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C56" s="2" t="inlineStr">
+        <is>
+          <t>INE692A16KR7</t>
+        </is>
+      </c>
+      <c r="D56" s="2" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E56" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>9943.34</v>
+      </c>
+      <c r="G56" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H56" s="8" t="n">
+        <v>46114</v>
+      </c>
+      <c r="J56" s="6" t="n">
+        <v>6.4996</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="B57" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C57" s="2" t="inlineStr">
+        <is>
+          <t>INE028A16JV8</t>
+        </is>
+      </c>
+      <c r="D57" s="2" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E57" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>9867.639999999999</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H57" s="8" t="n">
+        <v>46150</v>
+      </c>
+      <c r="J57" s="6" t="n">
+        <v>7.1999</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="2" t="n">
+        <v>43</v>
+      </c>
+      <c r="B58" s="2" t="inlineStr">
         <is>
           <t>Export-Import Bank of India</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E9" s="11" t="n">
+      <c r="C58" s="2" t="inlineStr">
+        <is>
+          <t>INE514E16CL5</t>
+        </is>
+      </c>
+      <c r="D58" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E58" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>9833.57</v>
+      </c>
+      <c r="G58" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H58" s="8" t="n">
+        <v>46170</v>
+      </c>
+      <c r="J58" s="6" t="n">
+        <v>7.0199</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="2" t="n">
+        <v>44</v>
+      </c>
+      <c r="B59" s="2" t="inlineStr">
+        <is>
+          <t>Indian Bank</t>
+        </is>
+      </c>
+      <c r="C59" s="2" t="inlineStr">
+        <is>
+          <t>INE562A16OG7</t>
+        </is>
+      </c>
+      <c r="D59" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E59" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>7494.44</v>
+      </c>
+      <c r="G59" s="7" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="H59" s="8" t="n">
+        <v>46087</v>
+      </c>
+      <c r="J59" s="6" t="n">
+        <v>5.4206</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="B60" s="2" t="inlineStr">
+        <is>
+          <t>Bank of India**</t>
+        </is>
+      </c>
+      <c r="C60" s="2" t="inlineStr">
+        <is>
+          <t>INE084A16ES8</t>
+        </is>
+      </c>
+      <c r="D60" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E60" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>7386.66</v>
+      </c>
+      <c r="G60" s="7" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="H60" s="8" t="n">
+        <v>46160</v>
+      </c>
+      <c r="J60" s="6" t="n">
+        <v>7.1801</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="2" t="n">
+        <v>46</v>
+      </c>
+      <c r="B61" s="2" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India</t>
+        </is>
+      </c>
+      <c r="C61" s="2" t="inlineStr">
+        <is>
+          <t>INE514E16CK7</t>
+        </is>
+      </c>
+      <c r="D61" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E61" s="12" t="n">
         <v>1000</v>
       </c>
-      <c r="F9" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H9" s="7" t="n">
+      <c r="F61" s="6" t="n">
+        <v>4985.6</v>
+      </c>
+      <c r="G61" s="7" t="n">
+        <v>0.0024</v>
+      </c>
+      <c r="H61" s="8" t="n">
+        <v>46101</v>
+      </c>
+      <c r="J61" s="6" t="n">
+        <v>5.5505</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="2" t="n">
+        <v>47</v>
+      </c>
+      <c r="B62" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C62" s="2" t="inlineStr">
+        <is>
+          <t>INE040A16HC7</t>
+        </is>
+      </c>
+      <c r="D62" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E62" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>4970.3</v>
+      </c>
+      <c r="G62" s="7" t="n">
+        <v>0.0024</v>
+      </c>
+      <c r="H62" s="8" t="n">
+        <v>46114</v>
+      </c>
+      <c r="J62" s="6" t="n">
+        <v>6.8152</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="2" t="n">
+        <v>48</v>
+      </c>
+      <c r="B63" s="2" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C63" s="2" t="inlineStr">
+        <is>
+          <t>INE476A16E46</t>
+        </is>
+      </c>
+      <c r="D63" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E63" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>4931.04</v>
+      </c>
+      <c r="G63" s="7" t="n">
+        <v>0.0023</v>
+      </c>
+      <c r="H63" s="8" t="n">
+        <v>46153</v>
+      </c>
+      <c r="J63" s="6" t="n">
+        <v>7.1899</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="2" t="n">
+        <v>49</v>
+      </c>
+      <c r="B64" s="2" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C64" s="2" t="inlineStr">
+        <is>
+          <t>INE237AD6083</t>
+        </is>
+      </c>
+      <c r="D64" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E64" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>4919.66</v>
+      </c>
+      <c r="G64" s="7" t="n">
+        <v>0.0023</v>
+      </c>
+      <c r="H64" s="8" t="n">
+        <v>46167</v>
+      </c>
+      <c r="J64" s="6" t="n">
+        <v>7.0125</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="B65" s="2" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India</t>
+        </is>
+      </c>
+      <c r="C65" s="2" t="inlineStr">
+        <is>
+          <t>INE514E16CJ9</t>
+        </is>
+      </c>
+      <c r="D65" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E65" s="12" t="n">
+        <v>800</v>
+      </c>
+      <c r="F65" s="6" t="n">
+        <v>3998.22</v>
+      </c>
+      <c r="G65" s="7" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="H65" s="8" t="n">
+        <v>46085</v>
+      </c>
+      <c r="J65" s="6" t="n">
+        <v>5.4288</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="2" t="n">
+        <v>51</v>
+      </c>
+      <c r="B66" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C66" s="2" t="inlineStr">
+        <is>
+          <t>INE040A16HM6</t>
+        </is>
+      </c>
+      <c r="D66" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E66" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F66" s="6" t="n">
+        <v>2496.96</v>
+      </c>
+      <c r="G66" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="H66" s="8" t="n">
+        <v>46090</v>
+      </c>
+      <c r="J66" s="6" t="n">
+        <v>5.5502</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="2" t="n">
+        <v>52</v>
+      </c>
+      <c r="B67" s="2" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C67" s="2" t="inlineStr">
+        <is>
+          <t>INE238AD6BB3</t>
+        </is>
+      </c>
+      <c r="D67" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E67" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F67" s="6" t="n">
+        <v>2459.14</v>
+      </c>
+      <c r="G67" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="H67" s="8" t="n">
+        <v>46167</v>
+      </c>
+      <c r="J67" s="6" t="n">
+        <v>7.1349</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="2" t="n">
+        <v>53</v>
+      </c>
+      <c r="B68" s="2" t="inlineStr">
+        <is>
+          <t>IndusInd Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C68" s="2" t="inlineStr">
+        <is>
+          <t>INE095A166D1</t>
+        </is>
+      </c>
+      <c r="D68" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E68" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F68" s="6" t="n">
+        <v>2458.98</v>
+      </c>
+      <c r="G68" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="H68" s="8" t="n">
+        <v>46164</v>
+      </c>
+      <c r="J68" s="6" t="n">
+        <v>7.4252</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="9" t="n"/>
+      <c r="B69" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C69" s="9" t="n"/>
+      <c r="D69" s="9" t="n"/>
+      <c r="E69" s="9" t="n"/>
+      <c r="F69" s="10" t="n">
+        <v>1014853.57</v>
+      </c>
+      <c r="G69" s="11" t="n">
+        <v>0.4825</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="B71" s="4" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="72">
+      <c r="B72" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="2" t="n">
+        <v>54</v>
+      </c>
+      <c r="B73" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C73" s="2" t="inlineStr">
+        <is>
+          <t>INE556F14LV8</t>
+        </is>
+      </c>
+      <c r="D73" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E73" s="12" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F73" s="6" t="n">
+        <v>49930.45</v>
+      </c>
+      <c r="G73" s="7" t="n">
+        <v>0.0237</v>
+      </c>
+      <c r="H73" s="8" t="n">
+        <v>46091</v>
+      </c>
+      <c r="J73" s="6" t="n">
+        <v>5.6491</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="B74" s="2" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C74" s="2" t="inlineStr">
+        <is>
+          <t>INE261F14OR7</t>
+        </is>
+      </c>
+      <c r="D74" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E74" s="12" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F74" s="6" t="n">
+        <v>49329.1</v>
+      </c>
+      <c r="G74" s="7" t="n">
+        <v>0.0234</v>
+      </c>
+      <c r="H74" s="8" t="n">
+        <v>46150</v>
+      </c>
+      <c r="J74" s="6" t="n">
+        <v>7.3003</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="2" t="n">
+        <v>56</v>
+      </c>
+      <c r="B75" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C75" s="2" t="inlineStr">
+        <is>
+          <t>INE763G14D60</t>
+        </is>
+      </c>
+      <c r="D75" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E75" s="12" t="n">
+        <v>8000</v>
+      </c>
+      <c r="F75" s="6" t="n">
+        <v>39925.64</v>
+      </c>
+      <c r="G75" s="7" t="n">
+        <v>0.019</v>
+      </c>
+      <c r="H75" s="8" t="n">
+        <v>46093</v>
+      </c>
+      <c r="J75" s="6" t="n">
+        <v>6.18</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="2" t="n">
+        <v>57</v>
+      </c>
+      <c r="B76" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C76" s="2" t="inlineStr">
+        <is>
+          <t>INE556F14LG9</t>
+        </is>
+      </c>
+      <c r="D76" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E76" s="12" t="n">
+        <v>7000</v>
+      </c>
+      <c r="F76" s="6" t="n">
+        <v>34989.32</v>
+      </c>
+      <c r="G76" s="7" t="n">
+        <v>0.0166</v>
+      </c>
+      <c r="H76" s="8" t="n">
+        <v>46084</v>
+      </c>
+      <c r="J76" s="6" t="n">
+        <v>5.5771</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="2" t="n">
+        <v>58</v>
+      </c>
+      <c r="B77" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited</t>
+        </is>
+      </c>
+      <c r="C77" s="2" t="inlineStr">
+        <is>
+          <t>INE763G14XX9</t>
+        </is>
+      </c>
+      <c r="D77" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E77" s="12" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F77" s="6" t="n">
+        <v>29974.74</v>
+      </c>
+      <c r="G77" s="7" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="H77" s="8" t="n">
+        <v>46087</v>
+      </c>
+      <c r="J77" s="6" t="n">
+        <v>6.1518</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="2" t="n">
+        <v>59</v>
+      </c>
+      <c r="B78" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C78" s="2" t="inlineStr">
+        <is>
+          <t>INE700G14RG8</t>
+        </is>
+      </c>
+      <c r="D78" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E78" s="12" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F78" s="6" t="n">
+        <v>29954.64</v>
+      </c>
+      <c r="G78" s="7" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="H78" s="8" t="n">
+        <v>46091</v>
+      </c>
+      <c r="J78" s="6" t="n">
+        <v>6.1413</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="B79" s="2" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C79" s="2" t="inlineStr">
+        <is>
+          <t>INE514E14TA7</t>
+        </is>
+      </c>
+      <c r="D79" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E79" s="12" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F79" s="6" t="n">
+        <v>29949.99</v>
+      </c>
+      <c r="G79" s="7" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="H79" s="8" t="n">
+        <v>46093</v>
+      </c>
+      <c r="J79" s="6" t="n">
+        <v>5.5406</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="2" t="n">
+        <v>61</v>
+      </c>
+      <c r="B80" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Financial Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C80" s="2" t="inlineStr">
+        <is>
+          <t>INE01C314DS1</t>
+        </is>
+      </c>
+      <c r="D80" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E80" s="12" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F80" s="6" t="n">
+        <v>29939.82</v>
+      </c>
+      <c r="G80" s="7" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="H80" s="8" t="n">
+        <v>46094</v>
+      </c>
+      <c r="J80" s="6" t="n">
+        <v>6.1154</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="2" t="n">
+        <v>62</v>
+      </c>
+      <c r="B81" s="2" t="inlineStr">
+        <is>
+          <t>Panatone Finvest Limited**</t>
+        </is>
+      </c>
+      <c r="C81" s="2" t="inlineStr">
+        <is>
+          <t>INE116F14224</t>
+        </is>
+      </c>
+      <c r="D81" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E81" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F81" s="6" t="n">
+        <v>24954.78</v>
+      </c>
+      <c r="G81" s="7" t="n">
+        <v>0.0119</v>
+      </c>
+      <c r="H81" s="8" t="n">
+        <v>46093</v>
+      </c>
+      <c r="J81" s="6" t="n">
+        <v>6.0151</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="B82" s="2" t="inlineStr">
+        <is>
+          <t>Reliance Retail Ventures Limited**</t>
+        </is>
+      </c>
+      <c r="C82" s="2" t="inlineStr">
+        <is>
+          <t>INE929O14EQ4</t>
+        </is>
+      </c>
+      <c r="D82" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E82" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F82" s="6" t="n">
+        <v>24640.75</v>
+      </c>
+      <c r="G82" s="7" t="n">
+        <v>0.0117</v>
+      </c>
+      <c r="H82" s="8" t="n">
+        <v>46155</v>
+      </c>
+      <c r="J82" s="6" t="n">
+        <v>7.2898</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="2" t="n">
+        <v>64</v>
+      </c>
+      <c r="B83" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C83" s="2" t="inlineStr">
+        <is>
+          <t>INE296A14D88</t>
+        </is>
+      </c>
+      <c r="D83" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E83" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F83" s="6" t="n">
+        <v>19987.08</v>
+      </c>
+      <c r="G83" s="7" t="n">
+        <v>0.0095</v>
+      </c>
+      <c r="H83" s="8" t="n">
+        <v>46086</v>
+      </c>
+      <c r="J83" s="6" t="n">
+        <v>5.8986</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="B84" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C84" s="2" t="inlineStr">
+        <is>
+          <t>INE556F14LU0</t>
+        </is>
+      </c>
+      <c r="D84" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E84" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F84" s="6" t="n">
+        <v>19984.74</v>
+      </c>
+      <c r="G84" s="7" t="n">
+        <v>0.0095</v>
+      </c>
+      <c r="H84" s="8" t="n">
+        <v>46087</v>
+      </c>
+      <c r="J84" s="6" t="n">
+        <v>5.5742</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="2" t="n">
+        <v>66</v>
+      </c>
+      <c r="B85" s="2" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited**</t>
+        </is>
+      </c>
+      <c r="C85" s="2" t="inlineStr">
+        <is>
+          <t>INE081A14GK1</t>
+        </is>
+      </c>
+      <c r="D85" s="2" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E85" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F85" s="6" t="n">
+        <v>19984.4</v>
+      </c>
+      <c r="G85" s="7" t="n">
+        <v>0.0095</v>
+      </c>
+      <c r="H85" s="8" t="n">
+        <v>46087</v>
+      </c>
+      <c r="J85" s="6" t="n">
+        <v>5.7021</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="2" t="n">
+        <v>67</v>
+      </c>
+      <c r="B86" s="2" t="inlineStr">
+        <is>
+          <t>Titan Company Limited**</t>
+        </is>
+      </c>
+      <c r="C86" s="2" t="inlineStr">
+        <is>
+          <t>INE280A14500</t>
+        </is>
+      </c>
+      <c r="D86" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E86" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F86" s="6" t="n">
+        <v>19974.68</v>
+      </c>
+      <c r="G86" s="7" t="n">
+        <v>0.0095</v>
+      </c>
+      <c r="H86" s="8" t="n">
+        <v>46090</v>
+      </c>
+      <c r="J86" s="6" t="n">
+        <v>5.7857</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="B87" s="2" t="inlineStr">
+        <is>
+          <t>Tata Realty And Infrastructure Limited**</t>
+        </is>
+      </c>
+      <c r="C87" s="2" t="inlineStr">
+        <is>
+          <t>INE371K14DD7</t>
+        </is>
+      </c>
+      <c r="D87" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E87" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F87" s="6" t="n">
+        <v>19960.24</v>
+      </c>
+      <c r="G87" s="7" t="n">
+        <v>0.0095</v>
+      </c>
+      <c r="H87" s="8" t="n">
+        <v>46094</v>
+      </c>
+      <c r="J87" s="6" t="n">
+        <v>6.0589</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="2" t="n">
+        <v>69</v>
+      </c>
+      <c r="B88" s="2" t="inlineStr">
+        <is>
+          <t>Godrej Consumer Products Limited**</t>
+        </is>
+      </c>
+      <c r="C88" s="2" t="inlineStr">
+        <is>
+          <t>INE102D14BN4</t>
+        </is>
+      </c>
+      <c r="D88" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E88" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F88" s="6" t="n">
+        <v>19950.98</v>
+      </c>
+      <c r="G88" s="7" t="n">
+        <v>0.0095</v>
+      </c>
+      <c r="H88" s="8" t="n">
+        <v>46097</v>
+      </c>
+      <c r="J88" s="6" t="n">
+        <v>5.98</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="B89" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C89" s="2" t="inlineStr">
+        <is>
+          <t>INE763G14B54</t>
+        </is>
+      </c>
+      <c r="D89" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E89" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F89" s="6" t="n">
+        <v>19790.94</v>
+      </c>
+      <c r="G89" s="7" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="H89" s="8" t="n">
+        <v>46132</v>
+      </c>
+      <c r="J89" s="6" t="n">
+        <v>7.7113</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="2" t="n">
+        <v>71</v>
+      </c>
+      <c r="B90" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C90" s="2" t="inlineStr">
+        <is>
+          <t>INE296A14A32</t>
+        </is>
+      </c>
+      <c r="D90" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E90" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F90" s="6" t="n">
+        <v>19729.06</v>
+      </c>
+      <c r="G90" s="7" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="H90" s="8" t="n">
+        <v>46148</v>
+      </c>
+      <c r="J90" s="6" t="n">
+        <v>7.5951</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="2" t="n">
+        <v>72</v>
+      </c>
+      <c r="B91" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C91" s="2" t="inlineStr">
+        <is>
+          <t>INE763G14F19</t>
+        </is>
+      </c>
+      <c r="D91" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E91" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F91" s="6" t="n">
+        <v>19724.84</v>
+      </c>
+      <c r="G91" s="7" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="H91" s="8" t="n">
+        <v>46148</v>
+      </c>
+      <c r="J91" s="6" t="n">
+        <v>7.715</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="2" t="n">
+        <v>73</v>
+      </c>
+      <c r="B92" s="2" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C92" s="2" t="inlineStr">
+        <is>
+          <t>INE261F14OT3</t>
+        </is>
+      </c>
+      <c r="D92" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E92" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F92" s="6" t="n">
+        <v>19694.56</v>
+      </c>
+      <c r="G92" s="7" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="H92" s="8" t="n">
+        <v>46160</v>
+      </c>
+      <c r="J92" s="6" t="n">
+        <v>7.2576</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="2" t="n">
+        <v>74</v>
+      </c>
+      <c r="B93" s="2" t="inlineStr">
+        <is>
+          <t>Reliance Retail Ventures Limited**</t>
+        </is>
+      </c>
+      <c r="C93" s="2" t="inlineStr">
+        <is>
+          <t>INE929O14ES0</t>
+        </is>
+      </c>
+      <c r="D93" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E93" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F93" s="6" t="n">
+        <v>19691.84</v>
+      </c>
+      <c r="G93" s="7" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="H93" s="8" t="n">
+        <v>46162</v>
+      </c>
+      <c r="J93" s="6" t="n">
+        <v>7.1399</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="B94" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C94" s="2" t="inlineStr">
+        <is>
+          <t>INE700G14SL6</t>
+        </is>
+      </c>
+      <c r="D94" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E94" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F94" s="6" t="n">
+        <v>19681.2</v>
+      </c>
+      <c r="G94" s="7" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+      <c r="H94" s="8" t="n">
+        <v>46160</v>
+      </c>
+      <c r="J94" s="6" t="n">
+        <v>7.5799</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="2" t="n">
+        <v>76</v>
+      </c>
+      <c r="B95" s="2" t="inlineStr">
+        <is>
+          <t>Aditya Birla Capital Limited**</t>
+        </is>
+      </c>
+      <c r="C95" s="2" t="inlineStr">
+        <is>
+          <t>INE674K14BU2</t>
+        </is>
+      </c>
+      <c r="D95" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E95" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F95" s="6" t="n">
+        <v>19669.04</v>
+      </c>
+      <c r="G95" s="7" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+      <c r="H95" s="8" t="n">
+        <v>46164</v>
+      </c>
+      <c r="J95" s="6" t="n">
+        <v>7.49</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="B96" s="2" t="inlineStr">
+        <is>
+          <t>Axis Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C96" s="2" t="inlineStr">
+        <is>
+          <t>INE110O14GX2</t>
+        </is>
+      </c>
+      <c r="D96" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E96" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F96" s="6" t="n">
+        <v>19665.12</v>
+      </c>
+      <c r="G96" s="7" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+      <c r="H96" s="8" t="n">
+        <v>46164</v>
+      </c>
+      <c r="J96" s="6" t="n">
+        <v>7.58</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="2" t="n">
+        <v>78</v>
+      </c>
+      <c r="B97" s="2" t="inlineStr">
+        <is>
+          <t>Tata Housing Development Company Limited**</t>
+        </is>
+      </c>
+      <c r="C97" s="2" t="inlineStr">
+        <is>
+          <t>INE582L14JI3</t>
+        </is>
+      </c>
+      <c r="D97" s="2" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E97" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F97" s="6" t="n">
+        <v>19660.22</v>
+      </c>
+      <c r="G97" s="7" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+      <c r="H97" s="8" t="n">
+        <v>46168</v>
+      </c>
+      <c r="J97" s="6" t="n">
+        <v>7.3351</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="2" t="n">
+        <v>79</v>
+      </c>
+      <c r="B98" s="2" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C98" s="2" t="inlineStr">
+        <is>
+          <t>INE338I14KT1</t>
+        </is>
+      </c>
+      <c r="D98" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E98" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F98" s="6" t="n">
+        <v>14986.66</v>
+      </c>
+      <c r="G98" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H98" s="8" t="n">
+        <v>46087</v>
+      </c>
+      <c r="J98" s="6" t="n">
+        <v>6.4991</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="B99" s="2" t="inlineStr">
+        <is>
+          <t>Network18 Media &amp; Investments Limited**</t>
+        </is>
+      </c>
+      <c r="C99" s="2" t="inlineStr">
+        <is>
+          <t>INE870H14WK9</t>
+        </is>
+      </c>
+      <c r="D99" s="2" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E99" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F99" s="6" t="n">
+        <v>14976.04</v>
+      </c>
+      <c r="G99" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H99" s="8" t="n">
+        <v>46092</v>
+      </c>
+      <c r="J99" s="6" t="n">
+        <v>5.8384</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="2" t="n">
+        <v>81</v>
+      </c>
+      <c r="B100" s="2" t="inlineStr">
+        <is>
+          <t>Titan Company Limited**</t>
+        </is>
+      </c>
+      <c r="C100" s="2" t="inlineStr">
+        <is>
+          <t>INE280A14526</t>
+        </is>
+      </c>
+      <c r="D100" s="2" t="inlineStr">
+        <is>
+          <t>CARE A1+</t>
+        </is>
+      </c>
+      <c r="E100" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F100" s="6" t="n">
+        <v>14963.49</v>
+      </c>
+      <c r="G100" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H100" s="8" t="n">
+        <v>46097</v>
+      </c>
+      <c r="J100" s="6" t="n">
+        <v>5.9372</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="2" t="n">
+        <v>82</v>
+      </c>
+      <c r="B101" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C101" s="2" t="inlineStr">
+        <is>
+          <t>INE403D14593</t>
+        </is>
+      </c>
+      <c r="D101" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E101" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F101" s="6" t="n">
+        <v>14763.26</v>
+      </c>
+      <c r="G101" s="7" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="H101" s="8" t="n">
+        <v>46156</v>
+      </c>
+      <c r="J101" s="6" t="n">
+        <v>7.91</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="2" t="n">
+        <v>83</v>
+      </c>
+      <c r="B102" s="2" t="inlineStr">
+        <is>
+          <t>Kotak Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C102" s="2" t="inlineStr">
+        <is>
+          <t>INE028E14TY8</t>
+        </is>
+      </c>
+      <c r="D102" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E102" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F102" s="6" t="n">
+        <v>12481.15</v>
+      </c>
+      <c r="G102" s="7" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="H102" s="8" t="n">
+        <v>46091</v>
+      </c>
+      <c r="J102" s="6" t="n">
+        <v>6.125</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="2" t="n">
+        <v>84</v>
+      </c>
+      <c r="B103" s="2" t="inlineStr">
+        <is>
+          <t>Pilani Investments and Industries Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C103" s="2" t="inlineStr">
+        <is>
+          <t>INE417C14AI0</t>
+        </is>
+      </c>
+      <c r="D103" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E103" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F103" s="6" t="n">
+        <v>12473.45</v>
+      </c>
+      <c r="G103" s="7" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="H103" s="8" t="n">
+        <v>46094</v>
+      </c>
+      <c r="J103" s="6" t="n">
+        <v>6.4758</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="B104" s="2" t="inlineStr">
+        <is>
+          <t>Network18 Media &amp; Investments Limited**</t>
+        </is>
+      </c>
+      <c r="C104" s="2" t="inlineStr">
+        <is>
+          <t>INE870H14WQ6</t>
+        </is>
+      </c>
+      <c r="D104" s="2" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E104" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F104" s="6" t="n">
+        <v>12319.29</v>
+      </c>
+      <c r="G104" s="7" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="H104" s="8" t="n">
+        <v>46155</v>
+      </c>
+      <c r="J104" s="6" t="n">
+        <v>7.3348</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="2" t="n">
+        <v>86</v>
+      </c>
+      <c r="B105" s="2" t="inlineStr">
+        <is>
+          <t>Reliance Retail Ventures Limited**</t>
+        </is>
+      </c>
+      <c r="C105" s="2" t="inlineStr">
+        <is>
+          <t>INE929O14EL5</t>
+        </is>
+      </c>
+      <c r="D105" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E105" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F105" s="6" t="n">
+        <v>9987.299999999999</v>
+      </c>
+      <c r="G105" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H105" s="8" t="n">
+        <v>46090</v>
+      </c>
+      <c r="J105" s="6" t="n">
+        <v>5.8017</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="2" t="n">
+        <v>87</v>
+      </c>
+      <c r="B106" s="2" t="inlineStr">
+        <is>
+          <t>Aditya Birla Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C106" s="2" t="inlineStr">
+        <is>
+          <t>INE831R14FP4</t>
+        </is>
+      </c>
+      <c r="D106" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E106" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F106" s="6" t="n">
+        <v>9985.5</v>
+      </c>
+      <c r="G106" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H106" s="8" t="n">
+        <v>46091</v>
+      </c>
+      <c r="J106" s="6" t="n">
+        <v>5.8911</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="2" t="n">
+        <v>88</v>
+      </c>
+      <c r="B107" s="2" t="inlineStr">
+        <is>
+          <t>TATA CONSUMER PRODUCTS LIMITED**</t>
+        </is>
+      </c>
+      <c r="C107" s="2" t="inlineStr">
+        <is>
+          <t>INE192A14853</t>
+        </is>
+      </c>
+      <c r="D107" s="2" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E107" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F107" s="6" t="n">
+        <v>9980.870000000001</v>
+      </c>
+      <c r="G107" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H107" s="8" t="n">
+        <v>46094</v>
+      </c>
+      <c r="J107" s="6" t="n">
+        <v>5.8299</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="2" t="n">
+        <v>89</v>
+      </c>
+      <c r="B108" s="2" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C108" s="2" t="inlineStr">
+        <is>
+          <t>INE514E14TD1</t>
+        </is>
+      </c>
+      <c r="D108" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E108" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F108" s="6" t="n">
+        <v>9869.65</v>
+      </c>
+      <c r="G108" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H108" s="8" t="n">
+        <v>46149</v>
+      </c>
+      <c r="J108" s="6" t="n">
+        <v>7.1952</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="B109" s="2" t="inlineStr">
+        <is>
+          <t>Aditya Birla Money Limited**</t>
+        </is>
+      </c>
+      <c r="C109" s="2" t="inlineStr">
+        <is>
+          <t>INE865C14PH0</t>
+        </is>
+      </c>
+      <c r="D109" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E109" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F109" s="6" t="n">
+        <v>9857.85</v>
+      </c>
+      <c r="G109" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H109" s="8" t="n">
+        <v>46148</v>
+      </c>
+      <c r="J109" s="6" t="n">
+        <v>7.975</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="2" t="n">
+        <v>91</v>
+      </c>
+      <c r="B110" s="2" t="inlineStr">
+        <is>
+          <t>Jamnagar Utilities &amp; Power Private Limited**</t>
+        </is>
+      </c>
+      <c r="C110" s="2" t="inlineStr">
+        <is>
+          <t>INE936D14402</t>
+        </is>
+      </c>
+      <c r="D110" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E110" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F110" s="6" t="n">
+        <v>9847.709999999999</v>
+      </c>
+      <c r="G110" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H110" s="8" t="n">
+        <v>46161</v>
+      </c>
+      <c r="J110" s="6" t="n">
+        <v>7.145</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="2" t="n">
+        <v>92</v>
+      </c>
+      <c r="B111" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C111" s="2" t="inlineStr">
+        <is>
+          <t>INE700G14SB7</t>
+        </is>
+      </c>
+      <c r="D111" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E111" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F111" s="6" t="n">
+        <v>9847.66</v>
+      </c>
+      <c r="G111" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H111" s="8" t="n">
+        <v>46155</v>
+      </c>
+      <c r="J111" s="6" t="n">
+        <v>7.7348</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="2" t="n">
+        <v>93</v>
+      </c>
+      <c r="B112" s="2" t="inlineStr">
+        <is>
+          <t>Infina Finance Private Limited**</t>
+        </is>
+      </c>
+      <c r="C112" s="2" t="inlineStr">
+        <is>
+          <t>INE879F14LU6</t>
+        </is>
+      </c>
+      <c r="D112" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E112" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F112" s="6" t="n">
+        <v>9847.24</v>
+      </c>
+      <c r="G112" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H112" s="8" t="n">
+        <v>46153</v>
+      </c>
+      <c r="J112" s="6" t="n">
+        <v>7.975</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="2" t="n">
+        <v>94</v>
+      </c>
+      <c r="B113" s="2" t="inlineStr">
+        <is>
+          <t>Aditya Birla Real Estate Limited**</t>
+        </is>
+      </c>
+      <c r="C113" s="2" t="inlineStr">
+        <is>
+          <t>INE055A14KL5</t>
+        </is>
+      </c>
+      <c r="D113" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E113" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F113" s="6" t="n">
+        <v>9847.040000000001</v>
+      </c>
+      <c r="G113" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H113" s="8" t="n">
+        <v>46154</v>
+      </c>
+      <c r="J113" s="6" t="n">
+        <v>7.8749</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="B114" s="2" t="inlineStr">
+        <is>
+          <t>Kotak Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C114" s="2" t="inlineStr">
+        <is>
+          <t>INE028E14UY6</t>
+        </is>
+      </c>
+      <c r="D114" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E114" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F114" s="6" t="n">
+        <v>9840.6</v>
+      </c>
+      <c r="G114" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H114" s="8" t="n">
+        <v>46160</v>
+      </c>
+      <c r="J114" s="6" t="n">
+        <v>7.5799</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="2" t="n">
+        <v>96</v>
+      </c>
+      <c r="B115" s="2" t="inlineStr">
+        <is>
+          <t>Manappuram Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C115" s="2" t="inlineStr">
+        <is>
+          <t>INE522D14PD4</t>
+        </is>
+      </c>
+      <c r="D115" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E115" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F115" s="6" t="n">
+        <v>9833.799999999999</v>
+      </c>
+      <c r="G115" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H115" s="8" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J115" s="6" t="n">
+        <v>8.225099999999999</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="2" t="n">
+        <v>97</v>
+      </c>
+      <c r="B116" s="2" t="inlineStr">
+        <is>
+          <t>Kotak Securities Limited</t>
+        </is>
+      </c>
+      <c r="C116" s="2" t="inlineStr">
+        <is>
+          <t>INE028E14TV4</t>
+        </is>
+      </c>
+      <c r="D116" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E116" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F116" s="6" t="n">
+        <v>7498.96</v>
+      </c>
+      <c r="G116" s="7" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="H116" s="8" t="n">
+        <v>46083</v>
+      </c>
+      <c r="J116" s="6" t="n">
+        <v>5.0742</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="2" t="n">
+        <v>98</v>
+      </c>
+      <c r="B117" s="2" t="inlineStr">
+        <is>
+          <t>Godrej Industries Limited**</t>
+        </is>
+      </c>
+      <c r="C117" s="2" t="inlineStr">
+        <is>
+          <t>INE233A145R8</t>
+        </is>
+      </c>
+      <c r="D117" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E117" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F117" s="6" t="n">
+        <v>7488.81</v>
+      </c>
+      <c r="G117" s="7" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="H117" s="8" t="n">
+        <v>46091</v>
+      </c>
+      <c r="J117" s="6" t="n">
+        <v>6.0599</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="2" t="n">
+        <v>99</v>
+      </c>
+      <c r="B118" s="2" t="inlineStr">
+        <is>
+          <t>Godrej Industries Limited**</t>
+        </is>
+      </c>
+      <c r="C118" s="2" t="inlineStr">
+        <is>
+          <t>INE233A145Q0</t>
+        </is>
+      </c>
+      <c r="D118" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E118" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F118" s="6" t="n">
+        <v>7487.57</v>
+      </c>
+      <c r="G118" s="7" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="H118" s="8" t="n">
+        <v>46092</v>
+      </c>
+      <c r="J118" s="6" t="n">
+        <v>6.0599</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="B119" s="2" t="inlineStr">
+        <is>
+          <t>Mahindra Lifespace Developers Limited**</t>
+        </is>
+      </c>
+      <c r="C119" s="2" t="inlineStr">
+        <is>
+          <t>INE813A14409</t>
+        </is>
+      </c>
+      <c r="D119" s="2" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E119" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F119" s="6" t="n">
+        <v>7483.22</v>
+      </c>
+      <c r="G119" s="7" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="H119" s="8" t="n">
+        <v>46094</v>
+      </c>
+      <c r="J119" s="6" t="n">
+        <v>6.824</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="2" t="n">
+        <v>101</v>
+      </c>
+      <c r="B120" s="2" t="inlineStr">
+        <is>
+          <t>Mahindra Lifespace Developers Limited**</t>
+        </is>
+      </c>
+      <c r="C120" s="2" t="inlineStr">
+        <is>
+          <t>INE813A14425</t>
+        </is>
+      </c>
+      <c r="D120" s="2" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E120" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F120" s="6" t="n">
+        <v>7475.72</v>
+      </c>
+      <c r="G120" s="7" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="H120" s="8" t="n">
         <v>46099</v>
       </c>
-      <c r="J9" s="5" t="n">
-[...12 lines deleted...]
-      <c r="A10" s="1" t="n">
+      <c r="J120" s="6" t="n">
+        <v>6.9758</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="2" t="n">
+        <v>102</v>
+      </c>
+      <c r="B121" s="2" t="inlineStr">
+        <is>
+          <t>HDB Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C121" s="2" t="inlineStr">
+        <is>
+          <t>INE756I14EZ4</t>
+        </is>
+      </c>
+      <c r="D121" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E121" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F121" s="6" t="n">
+        <v>2493.68</v>
+      </c>
+      <c r="G121" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="H121" s="8" t="n">
+        <v>46097</v>
+      </c>
+      <c r="J121" s="6" t="n">
+        <v>6.1707</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="2" t="n">
+        <v>103</v>
+      </c>
+      <c r="B122" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C122" s="2" t="inlineStr">
+        <is>
+          <t>INE763G14XS9</t>
+        </is>
+      </c>
+      <c r="D122" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E122" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F122" s="6" t="n">
+        <v>2493.15</v>
+      </c>
+      <c r="G122" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="H122" s="8" t="n">
+        <v>46098</v>
+      </c>
+      <c r="J122" s="6" t="n">
+        <v>6.2701</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="2" t="n">
+        <v>104</v>
+      </c>
+      <c r="B123" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C123" s="2" t="inlineStr">
+        <is>
+          <t>INE763G14XY7</t>
+        </is>
+      </c>
+      <c r="D123" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E123" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F123" s="6" t="n">
+        <v>2491.87</v>
+      </c>
+      <c r="G123" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="H123" s="8" t="n">
+        <v>46101</v>
+      </c>
+      <c r="J123" s="6" t="n">
+        <v>6.2696</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="9" t="n"/>
+      <c r="B124" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C124" s="9" t="n"/>
+      <c r="D124" s="9" t="n"/>
+      <c r="E124" s="9" t="n"/>
+      <c r="F124" s="10" t="n">
+        <v>891359.71</v>
+      </c>
+      <c r="G124" s="11" t="n">
+        <v>0.4236</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="B126" s="4" t="inlineStr">
+        <is>
+          <t>Treasury Bill</t>
+        </is>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="2" t="n">
+        <v>105</v>
+      </c>
+      <c r="B127" s="2" t="inlineStr">
+        <is>
+          <t>91 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C127" s="2" t="inlineStr">
+        <is>
+          <t>IN002025X380</t>
+        </is>
+      </c>
+      <c r="D127" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E127" s="12" t="n">
+        <v>77500000</v>
+      </c>
+      <c r="F127" s="6" t="n">
+        <v>77324.62</v>
+      </c>
+      <c r="G127" s="7" t="n">
+        <v>0.0367</v>
+      </c>
+      <c r="H127" s="8" t="n">
+        <v>46100</v>
+      </c>
+      <c r="J127" s="6" t="n">
+        <v>4.5993</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="2" t="n">
+        <v>106</v>
+      </c>
+      <c r="B128" s="2" t="inlineStr">
+        <is>
+          <t>91 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C128" s="2" t="inlineStr">
+        <is>
+          <t>IN002025X471</t>
+        </is>
+      </c>
+      <c r="D128" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E128" s="12" t="n">
+        <v>47150000</v>
+      </c>
+      <c r="F128" s="6" t="n">
+        <v>46561.24</v>
+      </c>
+      <c r="G128" s="7" t="n">
+        <v>0.0221</v>
+      </c>
+      <c r="H128" s="8" t="n">
+        <v>46170</v>
+      </c>
+      <c r="J128" s="6" t="n">
+        <v>5.245</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="2" t="n">
+        <v>107</v>
+      </c>
+      <c r="B129" s="2" t="inlineStr">
+        <is>
+          <t>91 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C129" s="2" t="inlineStr">
+        <is>
+          <t>IN002025X463</t>
+        </is>
+      </c>
+      <c r="D129" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E129" s="12" t="n">
+        <v>35000000</v>
+      </c>
+      <c r="F129" s="6" t="n">
+        <v>34593.16</v>
+      </c>
+      <c r="G129" s="7" t="n">
+        <v>0.0164</v>
+      </c>
+      <c r="H129" s="8" t="n">
+        <v>46164</v>
+      </c>
+      <c r="J129" s="6" t="n">
+        <v>5.2349</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="2" t="n">
+        <v>108</v>
+      </c>
+      <c r="B130" s="2" t="inlineStr">
+        <is>
+          <t>91 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C130" s="2" t="inlineStr">
+        <is>
+          <t>IN002025X455</t>
+        </is>
+      </c>
+      <c r="D130" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E130" s="12" t="n">
+        <v>30000000</v>
+      </c>
+      <c r="F130" s="6" t="n">
+        <v>29684.67</v>
+      </c>
+      <c r="G130" s="7" t="n">
+        <v>0.0141</v>
+      </c>
+      <c r="H130" s="8" t="n">
+        <v>46156</v>
+      </c>
+      <c r="J130" s="6" t="n">
+        <v>5.2398</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="2" t="n">
+        <v>109</v>
+      </c>
+      <c r="B131" s="2" t="inlineStr">
+        <is>
+          <t>91 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C131" s="2" t="inlineStr">
+        <is>
+          <t>IN002025X422</t>
+        </is>
+      </c>
+      <c r="D131" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E131" s="12" t="n">
+        <v>21567000</v>
+      </c>
+      <c r="F131" s="6" t="n">
+        <v>21404.6</v>
+      </c>
+      <c r="G131" s="7" t="n">
+        <v>0.0102</v>
+      </c>
+      <c r="H131" s="8" t="n">
+        <v>46135</v>
+      </c>
+      <c r="J131" s="6" t="n">
+        <v>5.2251</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="2" t="n">
+        <v>110</v>
+      </c>
+      <c r="B132" s="2" t="inlineStr">
+        <is>
+          <t>91 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C132" s="2" t="inlineStr">
+        <is>
+          <t>IN002025X448</t>
+        </is>
+      </c>
+      <c r="D132" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E132" s="12" t="n">
+        <v>10000000</v>
+      </c>
+      <c r="F132" s="6" t="n">
+        <v>9904.73</v>
+      </c>
+      <c r="G132" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H132" s="8" t="n">
+        <v>46149</v>
+      </c>
+      <c r="J132" s="6" t="n">
+        <v>5.24</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="2" t="n">
+        <v>111</v>
+      </c>
+      <c r="B133" s="2" t="inlineStr">
+        <is>
+          <t>182 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C133" s="2" t="inlineStr">
+        <is>
+          <t>IN002025Y321</t>
+        </is>
+      </c>
+      <c r="D133" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E133" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F133" s="6" t="n">
+        <v>2475.83</v>
+      </c>
+      <c r="G133" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="H133" s="8" t="n">
+        <v>46150</v>
+      </c>
+      <c r="J133" s="6" t="n">
+        <v>5.2401</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="2" t="n">
+        <v>112</v>
+      </c>
+      <c r="B134" s="2" t="inlineStr">
+        <is>
+          <t>91 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C134" s="2" t="inlineStr">
+        <is>
+          <t>IN002025X372</t>
+        </is>
+      </c>
+      <c r="D134" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E134" s="12" t="n">
+        <v>1500000</v>
+      </c>
+      <c r="F134" s="6" t="n">
+        <v>1497.83</v>
+      </c>
+      <c r="G134" s="7" t="n">
+        <v>0.0007</v>
+      </c>
+      <c r="H134" s="8" t="n">
+        <v>46093</v>
+      </c>
+      <c r="J134" s="6" t="n">
+        <v>4.8017</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="2" t="n">
+        <v>113</v>
+      </c>
+      <c r="B135" s="2" t="inlineStr">
+        <is>
+          <t>182 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C135" s="2" t="inlineStr">
+        <is>
+          <t>IN002025Y255</t>
+        </is>
+      </c>
+      <c r="D135" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E135" s="12" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F135" s="6" t="n">
+        <v>498.87</v>
+      </c>
+      <c r="G135" s="7" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="H135" s="8" t="n">
+        <v>46100</v>
+      </c>
+      <c r="J135" s="6" t="n">
+        <v>4.5993</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" s="9" t="n"/>
+      <c r="B136" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C136" s="9" t="n"/>
+      <c r="D136" s="9" t="n"/>
+      <c r="E136" s="9" t="n"/>
+      <c r="F136" s="10" t="n">
+        <v>223945.55</v>
+      </c>
+      <c r="G136" s="11" t="n">
+        <v>0.1063</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" s="2" t="n">
+        <v>114</v>
+      </c>
+      <c r="B138" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F138" s="6" t="n">
+        <v>-206061.88</v>
+      </c>
+      <c r="G138" s="7" t="n">
+        <v>-0.0978</v>
+      </c>
+      <c r="H138" s="8" t="n">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" s="9" t="n"/>
+      <c r="B139" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C139" s="9" t="n"/>
+      <c r="D139" s="9" t="n"/>
+      <c r="E139" s="9" t="n"/>
+      <c r="F139" s="10" t="n">
+        <v>-206061.88</v>
+      </c>
+      <c r="G139" s="11" t="n">
+        <v>-0.0978</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="B141" s="4" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" s="2" t="n">
+        <v>115</v>
+      </c>
+      <c r="B142" s="2" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C142" s="2" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E142" s="12" t="n">
+        <v>41915.345</v>
+      </c>
+      <c r="F142" s="6" t="n">
+        <v>4889.7</v>
+      </c>
+      <c r="G142" s="7" t="n">
+        <v>0.0023</v>
+      </c>
+      <c r="J142" s="6" t="n"/>
+    </row>
+    <row r="143">
+      <c r="A143" s="9" t="n"/>
+      <c r="B143" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C143" s="9" t="n"/>
+      <c r="D143" s="9" t="n"/>
+      <c r="E143" s="9" t="n"/>
+      <c r="F143" s="10" t="n">
+        <v>4889.7</v>
+      </c>
+      <c r="G143" s="11" t="n">
+        <v>0.0023</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="B145" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="146">
+      <c r="B146" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E146" s="12" t="n"/>
+      <c r="F146" s="6" t="n">
+        <v>1333.14</v>
+      </c>
+      <c r="G146" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="J146" s="6" t="n"/>
+    </row>
+    <row r="147">
+      <c r="A147" s="9" t="n"/>
+      <c r="B147" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C147" s="9" t="n"/>
+      <c r="D147" s="9" t="n"/>
+      <c r="E147" s="9" t="n"/>
+      <c r="F147" s="10" t="n">
+        <v>1333.14</v>
+      </c>
+      <c r="G147" s="11" t="n">
+        <v>-0.0002</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" s="5" t="n"/>
+      <c r="B149" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C149" s="5" t="n"/>
+      <c r="D149" s="5" t="n"/>
+      <c r="E149" s="5" t="n"/>
+      <c r="F149" s="13" t="n">
+        <v>2105794.72</v>
+      </c>
+      <c r="G149" s="14" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="B151" s="2" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A11" s="1" t="n">
+      <c r="B152" s="96" t="inlineStr">
+        <is>
+          <t>As on  February 28, 2026, the aggregate investments by the schemes of DSP Mutual Fund in DSP Liquidity Fund is ₹ 1,422.79 Lakhs.</t>
+        </is>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
-[...3625 lines deleted...]
-      <c r="B137" s="14" t="inlineStr">
+      <c r="B153" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="139" ht="16.5" customHeight="1" s="83">
-      <c r="B139" s="75" t="inlineStr">
+    <row r="155" ht="14.5" customHeight="1" s="70">
+      <c r="B155" s="93" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="151" ht="16.5" customHeight="1" s="83">
-      <c r="B151" s="75" t="inlineStr">
+    <row r="168">
+      <c r="B168" s="4" t="n"/>
+    </row>
+    <row r="169" ht="14.5" customHeight="1" s="70">
+      <c r="B169" s="93" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Liquid Debt A-I Index</t>
         </is>
       </c>
     </row>
-    <row r="164">
-[...1 lines deleted...]
-      <c r="C164" s="17" t="inlineStr">
+    <row r="182">
+      <c r="B182" s="16" t="n"/>
+      <c r="C182" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="165">
-      <c r="B165" s="15" t="inlineStr">
+    <row r="183">
+      <c r="B183" s="16" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C165" s="17" t="inlineStr">
+      <c r="C183" s="18" t="inlineStr">
         <is>
           <t>DSP Liquidity Fund</t>
         </is>
       </c>
     </row>
-    <row r="166">
-      <c r="B166" s="15" t="inlineStr">
+    <row r="184">
+      <c r="B184" s="16" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C166" s="18" t="n"/>
-[...2 lines deleted...]
-      <c r="B167" s="15" t="inlineStr">
+      <c r="C184" s="19" t="n"/>
+    </row>
+    <row r="185">
+      <c r="B185" s="16" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C167" s="19" t="n">
-[...4 lines deleted...]
-      <c r="B168" s="15" t="inlineStr">
+      <c r="C185" s="20" t="n">
+        <v>0.0644</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="B186" s="16" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C168" s="18" t="n">
-[...4 lines deleted...]
-      <c r="B169" s="15" t="inlineStr">
+      <c r="C186" s="19" t="n">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="B187" s="16" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C169" s="18" t="n">
-[...4 lines deleted...]
-      <c r="B170" s="15" t="inlineStr">
+      <c r="C187" s="19" t="n">
+        <v>0.13</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="B188" s="16" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C170" s="20" t="n">
-[...4 lines deleted...]
-      <c r="B171" s="16" t="inlineStr">
+      <c r="C188" s="21" t="n">
+        <v>46081</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="B189" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C171" s="17" t="n"/>
-[...2 lines deleted...]
-      <c r="C174" s="76" t="n"/>
+      <c r="C189" s="18" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>