--- v0 (2025-10-18)
+++ v1 (2025-11-08)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="997" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="945" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="ULTRA" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="22">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
@@ -157,50 +157,57 @@
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
@@ -334,66 +341,67 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="113">
+  <cellXfs count="107">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -449,212 +457,195 @@
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="10" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...40 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
@@ -713,98 +704,98 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>146</row>
+      <row>144</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>155</row>
-      <rowOff>31751</rowOff>
+      <row>153</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="22199600"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>160</row>
+      <row>158</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>169</row>
+      <row>167</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="24612600"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
@@ -1059,90 +1050,90 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L181"/>
+  <dimension ref="A1:L182"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
     <col width="51.54296875" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
     <col width="19.1796875" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
     <col width="21.1796875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
-    <col width="14.54296875" customWidth="1" style="2" min="5" max="5"/>
+    <col width="13.54296875" customWidth="1" style="2" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
     <col width="30.1796875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
     <row r="1" ht="19" customHeight="1" s="74">
       <c r="A1" s="73" t="n"/>
       <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Ultra Short Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="4" t="inlineStr">
         <is>
-          <t>Portfolio as on October 15, 2025</t>
+          <t>Portfolio as on October 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
@@ -1194,3645 +1185,3610 @@
       <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Roadstar Infra Investment Trust</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>INE0JEI23010</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Transport Infrastructure</t>
         </is>
       </c>
       <c r="E8" s="12" t="n">
         <v>708333</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>514.1799999999999</v>
       </c>
       <c r="G8" s="7" t="n">
-        <v>0.0014</v>
+        <v>0.0013</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>2</v>
       </c>
       <c r="J8" s="6" t="n"/>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="9" t="n"/>
       <c r="B9" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C9" s="9" t="n"/>
       <c r="D9" s="9" t="n"/>
       <c r="E9" s="9" t="n"/>
       <c r="F9" s="10" t="n">
         <v>514.1799999999999</v>
       </c>
       <c r="G9" s="11" t="n">
-        <v>0.0014</v>
+        <v>0.0013</v>
       </c>
       <c r="K9" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="L9" s="7" t="n">
-        <v>0.3848</v>
+        <v>0.327</v>
       </c>
     </row>
     <row r="10">
       <c r="K10" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="L10" s="7" t="n">
-        <v>0.2488</v>
+        <v>0.2618</v>
       </c>
     </row>
     <row r="11">
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
       <c r="K11" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L11" s="7" t="n">
-        <v>0.1072</v>
+        <v>0.1209</v>
       </c>
     </row>
     <row r="12">
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
       <c r="K12" s="2" t="inlineStr">
         <is>
           <t>IND A1+</t>
         </is>
       </c>
       <c r="L12" s="7" t="n">
-        <v>0.0653</v>
+        <v>0.062</v>
       </c>
     </row>
     <row r="13">
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
       <c r="K13" s="2" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AA+</t>
         </is>
       </c>
       <c r="L13" s="7" t="n">
-        <v>0.0286</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
         <v>2</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>INE261F08DX0</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E14" s="12" t="n">
-        <v>12500</v>
+        <v>15000</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>12783.58</v>
+        <v>15376.16</v>
       </c>
       <c r="G14" s="7" t="n">
-        <v>0.0341</v>
+        <v>0.0388</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>46234</v>
       </c>
       <c r="J14" s="6" t="n">
-        <v>6.5821</v>
+        <v>6.64</v>
       </c>
       <c r="K14" s="2" t="inlineStr">
         <is>
-          <t>ICRA AA</t>
+          <t>ICRA AA+</t>
         </is>
       </c>
       <c r="L14" s="7" t="n">
-        <v>0.0267</v>
+        <v>0.0327</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
         <v>3</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Small Industries Development Bank of India</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>INE556F08KH1</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E15" s="12" t="n">
         <v>10000</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>10160.48</v>
+        <v>10183.37</v>
       </c>
       <c r="G15" s="7" t="n">
-        <v>0.0271</v>
+        <v>0.0257</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>46265</v>
       </c>
       <c r="J15" s="6" t="n">
-        <v>6.5599</v>
+        <v>6.62</v>
       </c>
       <c r="K15" s="2" t="inlineStr">
         <is>
           <t>ICRA A1+</t>
         </is>
       </c>
       <c r="L15" s="7" t="n">
-        <v>0.0262</v>
+        <v>0.0311</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
         <v>4</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Piramal Finance Limited</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>INE202B07JW4</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>ICRA AA</t>
         </is>
       </c>
       <c r="E16" s="12" t="n">
         <v>10000</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>9990.190000000001</v>
+        <v>10055.39</v>
       </c>
       <c r="G16" s="7" t="n">
-        <v>0.0267</v>
+        <v>0.0254</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>46689</v>
       </c>
       <c r="J16" s="6" t="n">
-        <v>8.8344</v>
+        <v>8.6752</v>
       </c>
       <c r="K16" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AA+</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="L16" s="7" t="n">
-        <v>0.0216</v>
+        <v>0.0271</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
         <v>5</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>National Housing Bank**</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>INE557F08FR8</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E17" s="12" t="n">
         <v>7500</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>7748.01</v>
+        <v>7768.39</v>
       </c>
       <c r="G17" s="7" t="n">
-        <v>0.0207</v>
+        <v>0.0196</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>46226</v>
       </c>
       <c r="J17" s="6" t="n">
-        <v>6.526</v>
+        <v>6.5475</v>
       </c>
       <c r="K17" s="2" t="inlineStr">
         <is>
-          <t>ICRA AA+</t>
+          <t>ICRA AA</t>
         </is>
       </c>
       <c r="L17" s="7" t="n">
-        <v>0.0208</v>
+        <v>0.0254</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
         <v>6</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Aditya Birla Renewables Limited**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>INE01QP08016</t>
+          <t>INE020B08EL2</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E18" s="12" t="n">
         <v>7500</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>7661.64</v>
+        <v>7719.77</v>
       </c>
       <c r="G18" s="7" t="n">
-        <v>0.0204</v>
+        <v>0.0195</v>
       </c>
       <c r="H18" s="8" t="n">
-        <v>46654</v>
+        <v>46142</v>
       </c>
       <c r="J18" s="6" t="n">
-        <v>7.65</v>
+        <v>6.435</v>
       </c>
       <c r="K18" s="2" t="inlineStr">
         <is>
           <t>CRISIL AA</t>
         </is>
       </c>
       <c r="L18" s="7" t="n">
-        <v>0.0204</v>
+        <v>0.0194</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
         <v>7</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>REC Limited</t>
+          <t>Aditya Birla Renewables Limited**</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>INE020B08FC8</t>
+          <t>INE01QP08016</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AA</t>
         </is>
       </c>
       <c r="E19" s="12" t="n">
         <v>7500</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>7641.4</v>
+        <v>7683.84</v>
       </c>
       <c r="G19" s="7" t="n">
-        <v>0.0204</v>
+        <v>0.0194</v>
       </c>
       <c r="H19" s="8" t="n">
-        <v>46265</v>
+        <v>46654</v>
       </c>
       <c r="J19" s="6" t="n">
-        <v>6.5301</v>
+        <v>7.67</v>
       </c>
       <c r="K19" s="2" t="inlineStr">
         <is>
           <t>CARE AA</t>
         </is>
       </c>
       <c r="L19" s="7" t="n">
-        <v>0.0136</v>
+        <v>0.0129</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
         <v>8</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>INE261F08EA6</t>
+          <t>INE020B08FC8</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E20" s="12" t="n">
         <v>7500</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>7624.06</v>
+        <v>7661.85</v>
       </c>
       <c r="G20" s="7" t="n">
-        <v>0.0203</v>
+        <v>0.0193</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>46265</v>
       </c>
       <c r="J20" s="6" t="n">
-        <v>6.58</v>
+        <v>6.535</v>
       </c>
       <c r="K20" s="2" t="inlineStr">
         <is>
           <t>IND AAA(SO)</t>
         </is>
       </c>
       <c r="L20" s="7" t="n">
-        <v>0.0049</v>
+        <v>0.004</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
         <v>9</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Prime Limited**</t>
+          <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>INE916DA7SV2</t>
+          <t>INE261F08EA6</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E21" s="12" t="n">
-        <v>5000</v>
+        <v>7500</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>5493.31</v>
+        <v>7641.31</v>
       </c>
       <c r="G21" s="7" t="n">
-        <v>0.0147</v>
+        <v>0.0193</v>
       </c>
       <c r="H21" s="8" t="n">
-        <v>46681</v>
+        <v>46265</v>
       </c>
       <c r="J21" s="6" t="n">
-        <v>7.035</v>
+        <v>6.64</v>
       </c>
       <c r="K21" s="2" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
       <c r="L21" s="7" t="n">
-        <v>0.0029</v>
+        <v>0.0027</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
         <v>10</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
           <t>Muthoot Finance Limited**</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>INE414G07IQ8</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>CRISIL AA+</t>
         </is>
       </c>
       <c r="E22" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>5448.32</v>
+        <v>5466.16</v>
       </c>
       <c r="G22" s="7" t="n">
-        <v>0.0145</v>
+        <v>0.0138</v>
       </c>
       <c r="H22" s="8" t="n">
         <v>46363</v>
       </c>
       <c r="J22" s="6" t="n">
-        <v>7.51</v>
+        <v>7.5</v>
       </c>
       <c r="K22" s="2" t="inlineStr">
         <is>
           <t>Transport Infrastructure</t>
         </is>
       </c>
       <c r="L22" s="7" t="n">
-        <v>0.0014</v>
+        <v>0.0013</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
         <v>11</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Mahindra Rural Housing Finance Limited**</t>
+          <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>INE950O08287</t>
+          <t>INE115A07RA9</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E23" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>5361.74</v>
+        <v>5390.6</v>
       </c>
       <c r="G23" s="7" t="n">
-        <v>0.0143</v>
+        <v>0.0136</v>
       </c>
       <c r="H23" s="8" t="n">
-        <v>46003</v>
+        <v>46367</v>
       </c>
       <c r="J23" s="6" t="n">
-        <v>6.4501</v>
+        <v>6.715</v>
       </c>
       <c r="K23" s="2" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L23" s="7" t="n">
-        <v>0.0268</v>
+        <v>0.0317</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
         <v>12</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Mahindra Rural Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>INE020B08FA2</t>
+          <t>INE950O08287</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E24" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>5216.77</v>
+        <v>5376.34</v>
       </c>
       <c r="G24" s="7" t="n">
-        <v>0.0139</v>
+        <v>0.0136</v>
       </c>
       <c r="H24" s="8" t="n">
-        <v>46538</v>
+        <v>46003</v>
       </c>
       <c r="J24" s="6" t="n">
-        <v>6.57</v>
+        <v>6.525</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
         <v>13</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Cholamandalam Investment and Finance Company Limited**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>INE121A07RC3</t>
+          <t>INE020B08FA2</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>ICRA AA+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E25" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>5202</v>
+        <v>5231.34</v>
       </c>
       <c r="G25" s="7" t="n">
-        <v>0.0139</v>
+        <v>0.0132</v>
       </c>
       <c r="H25" s="8" t="n">
-        <v>46157</v>
+        <v>46538</v>
       </c>
       <c r="J25" s="6" t="n">
-        <v>7</v>
+        <v>6.57</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
         <v>14</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>INE134E08MT1</t>
+          <t>INE121A07RC3</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AA+</t>
         </is>
       </c>
       <c r="E26" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>5097.02</v>
+        <v>5216.85</v>
       </c>
       <c r="G26" s="7" t="n">
-        <v>0.0136</v>
+        <v>0.0132</v>
       </c>
       <c r="H26" s="8" t="n">
-        <v>46259</v>
+        <v>46157</v>
       </c>
       <c r="J26" s="6" t="n">
-        <v>6.52</v>
+        <v>7.0199</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
         <v>15</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Nuvama Wealth Finance Limited**</t>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>INE918K07PY9</t>
+          <t>INE121A07SN8</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>CARE AA</t>
+          <t>ICRA AA+</t>
         </is>
       </c>
       <c r="E27" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>5081.39</v>
+        <v>5164.17</v>
       </c>
       <c r="G27" s="7" t="n">
-        <v>0.0136</v>
+        <v>0.013</v>
       </c>
       <c r="H27" s="8" t="n">
-        <v>46549</v>
+        <v>46535</v>
       </c>
       <c r="J27" s="6" t="n">
-        <v>8.977399999999999</v>
+        <v>7.26</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
         <v>16</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>INE134E08IK8</t>
+          <t>INE134E08MT1</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E28" s="12" t="n">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>5074.35</v>
+        <v>5110.85</v>
       </c>
       <c r="G28" s="7" t="n">
-        <v>0.0135</v>
+        <v>0.0129</v>
       </c>
       <c r="H28" s="8" t="n">
-        <v>46281</v>
+        <v>46259</v>
       </c>
       <c r="J28" s="6" t="n">
         <v>6.52</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
         <v>17</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Nuvama Wealth Finance Limited**</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>INE134E08LP1</t>
+          <t>INE918K07PY9</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>CARE AA</t>
         </is>
       </c>
       <c r="E29" s="12" t="n">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>5071.04</v>
+        <v>5103.94</v>
       </c>
       <c r="G29" s="7" t="n">
-        <v>0.0135</v>
+        <v>0.0129</v>
       </c>
       <c r="H29" s="8" t="n">
-        <v>46218</v>
+        <v>46549</v>
       </c>
       <c r="J29" s="6" t="n">
-        <v>6.5201</v>
+        <v>8.9307</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
         <v>18</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>LIC Housing Finance Limited</t>
+          <t>Mankind Pharma Limited**</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>INE115A07RH4</t>
+          <t>INE634S07033</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>CRISIL AA+</t>
         </is>
       </c>
       <c r="E30" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>5043.2</v>
+        <v>5089.86</v>
       </c>
       <c r="G30" s="7" t="n">
-        <v>0.0135</v>
+        <v>0.0129</v>
       </c>
       <c r="H30" s="8" t="n">
-        <v>46647</v>
+        <v>46707</v>
       </c>
       <c r="J30" s="6" t="n">
-        <v>6.71</v>
+        <v>7.3256</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
         <v>19</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>INE261F08EI9</t>
+          <t>INE134E08IK8</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E31" s="12" t="n">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>3066.96</v>
+        <v>5088.07</v>
       </c>
       <c r="G31" s="7" t="n">
-        <v>0.008200000000000001</v>
+        <v>0.0128</v>
       </c>
       <c r="H31" s="8" t="n">
-        <v>46660</v>
+        <v>46281</v>
       </c>
       <c r="J31" s="6" t="n">
-        <v>6.63</v>
+        <v>6.52</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
         <v>20</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>INE556F08KK5</t>
+          <t>INE134E08LP1</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E32" s="12" t="n">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>3048.54</v>
+        <v>5084.9</v>
       </c>
       <c r="G32" s="7" t="n">
-        <v>0.0081</v>
+        <v>0.0128</v>
       </c>
       <c r="H32" s="8" t="n">
-        <v>46496</v>
+        <v>46218</v>
       </c>
       <c r="J32" s="6" t="n">
-        <v>6.62</v>
+        <v>6.5201</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
         <v>21</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Muthoot Finance Limited**</t>
+          <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>INE414G07HI7</t>
+          <t>INE115A07RH4</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AA+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E33" s="12" t="n">
-        <v>250</v>
+        <v>5000</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>2664.79</v>
+        <v>5051.14</v>
       </c>
       <c r="G33" s="7" t="n">
-        <v>0.0071</v>
+        <v>0.0128</v>
       </c>
       <c r="H33" s="8" t="n">
-        <v>46028</v>
+        <v>46647</v>
       </c>
       <c r="J33" s="6" t="n">
-        <v>7.1351</v>
+        <v>6.785</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="n">
         <v>22</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development</t>
+          <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>INE261F08DO9</t>
+          <t>INE261F08EI9</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E34" s="12" t="n">
-        <v>250</v>
+        <v>3000</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>2637.51</v>
+        <v>3075.07</v>
       </c>
       <c r="G34" s="7" t="n">
-        <v>0.007</v>
+        <v>0.0078</v>
       </c>
       <c r="H34" s="8" t="n">
-        <v>46052</v>
+        <v>46660</v>
       </c>
       <c r="J34" s="6" t="n">
-        <v>6.1999</v>
+        <v>6.64</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="n">
         <v>23</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Mahindra &amp; Mahindra Financial Services Limited**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>INE774D07US3</t>
+          <t>INE556F08KK5</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E35" s="12" t="n">
-        <v>2500</v>
+        <v>3000</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>2630.97</v>
+        <v>3056.22</v>
       </c>
       <c r="G35" s="7" t="n">
-        <v>0.007</v>
+        <v>0.0077</v>
       </c>
       <c r="H35" s="8" t="n">
-        <v>46104</v>
+        <v>46496</v>
       </c>
       <c r="J35" s="6" t="n">
-        <v>6.7199</v>
+        <v>6.645</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
         <v>24</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Muthoot Finance Limited**</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>INE134E07AI1</t>
+          <t>INE414G07HI7</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>CRISIL AA+</t>
         </is>
       </c>
       <c r="E36" s="12" t="n">
-        <v>250000</v>
+        <v>250</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>2598.52</v>
+        <v>2672.68</v>
       </c>
       <c r="G36" s="7" t="n">
-        <v>0.0069</v>
+        <v>0.0067</v>
       </c>
       <c r="H36" s="8" t="n">
-        <v>46044</v>
+        <v>46028</v>
       </c>
       <c r="J36" s="6" t="n">
-        <v>6.125</v>
+        <v>7.2048</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
         <v>25</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Bajaj Housing Finance Limited**</t>
+          <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>INE377Y07557</t>
+          <t>INE261F08DO9</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E37" s="12" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>2591.95</v>
+        <v>2644.54</v>
       </c>
       <c r="G37" s="7" t="n">
-        <v>0.0069</v>
+        <v>0.0067</v>
       </c>
       <c r="H37" s="8" t="n">
-        <v>46444</v>
+        <v>46052</v>
       </c>
       <c r="J37" s="6" t="n">
-        <v>6.795</v>
+        <v>6.205</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="n">
         <v>26</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Sikka Ports &amp; Terminals Limited**</t>
+          <t>Mahindra &amp; Mahindra Financial Services Limited**</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>INE941D07208</t>
+          <t>INE774D07US3</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E38" s="12" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>2581.33</v>
+        <v>2637.52</v>
       </c>
       <c r="G38" s="7" t="n">
-        <v>0.0069</v>
+        <v>0.0067</v>
       </c>
       <c r="H38" s="8" t="n">
-        <v>46134</v>
+        <v>46104</v>
       </c>
       <c r="J38" s="6" t="n">
-        <v>6.575</v>
+        <v>6.8201</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="n">
         <v>27</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Godrej Properties Limited**</t>
+          <t>Muthoot Finance Limited**</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>INE484J08048</t>
+          <t>INE414G07JF9</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>ICRA AA+</t>
+          <t>CRISIL AA+</t>
         </is>
       </c>
       <c r="E39" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>2574.24</v>
+        <v>2615.37</v>
       </c>
       <c r="G39" s="7" t="n">
-        <v>0.0069</v>
+        <v>0.0066</v>
       </c>
       <c r="H39" s="8" t="n">
-        <v>46206</v>
+        <v>46582</v>
       </c>
       <c r="J39" s="6" t="n">
-        <v>7.063</v>
+        <v>7.74</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2" t="n">
         <v>28</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Bajaj Housing Finance Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>INE377Y07490</t>
+          <t>INE134E07AI1</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E40" s="12" t="n">
+        <v>250000</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>2604.76</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H40" s="8" t="n">
+        <v>46044</v>
+      </c>
+      <c r="J40" s="6" t="n">
+        <v>6.2349</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="2" t="n">
+        <v>29</v>
+      </c>
+      <c r="B41" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="2" t="inlineStr">
+        <is>
+          <t>INE377Y07557</t>
+        </is>
+      </c>
+      <c r="D41" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E41" s="12" t="n">
         <v>2500</v>
       </c>
-      <c r="F40" s="6" t="n">
-[...26 lines deleted...]
-        <v>0.3805</v>
+      <c r="F41" s="6" t="n">
+        <v>2598.35</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H41" s="8" t="n">
+        <v>46444</v>
+      </c>
+      <c r="J41" s="6" t="n">
+        <v>6.83</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="B42" s="2" t="inlineStr">
+        <is>
+          <t>Sikka Ports &amp; Terminals Limited**</t>
+        </is>
+      </c>
+      <c r="C42" s="2" t="inlineStr">
+        <is>
+          <t>INE941D07208</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E42" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>2588.37</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H42" s="8" t="n">
+        <v>46134</v>
+      </c>
+      <c r="J42" s="6" t="n">
+        <v>6.59</v>
       </c>
     </row>
     <row r="43">
-      <c r="B43" s="4" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A43" s="2" t="n">
+        <v>31</v>
+      </c>
+      <c r="B43" s="2" t="inlineStr">
+        <is>
+          <t>Godrej Properties Limited**</t>
+        </is>
+      </c>
+      <c r="C43" s="2" t="inlineStr">
+        <is>
+          <t>INE484J08048</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E43" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>2581.19</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H43" s="8" t="n">
+        <v>46206</v>
+      </c>
+      <c r="J43" s="6" t="n">
+        <v>7.103</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2" t="n">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>7.59% GOI 2026</t>
+          <t>Bajaj Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>IN0020150093</t>
+          <t>INE377Y07490</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
-          <t>Sovereign</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E44" s="12" t="n">
-        <v>5000000</v>
+        <v>2500</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>5123.15</v>
+        <v>2552.24</v>
       </c>
       <c r="G44" s="7" t="n">
-        <v>0.0137</v>
+        <v>0.0064</v>
       </c>
       <c r="H44" s="8" t="n">
-        <v>46033</v>
+        <v>46274</v>
       </c>
       <c r="J44" s="6" t="n">
-        <v>5.4543</v>
+        <v>6.75</v>
       </c>
     </row>
     <row r="45">
-      <c r="A45" s="2" t="n">
-[...65 lines deleted...]
-        <v>5.5404</v>
+      <c r="A45" s="9" t="n"/>
+      <c r="B45" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C45" s="9" t="n"/>
+      <c r="D45" s="9" t="n"/>
+      <c r="E45" s="9" t="n"/>
+      <c r="F45" s="10" t="n">
+        <v>166090.61</v>
+      </c>
+      <c r="G45" s="11" t="n">
+        <v>0.4193</v>
       </c>
     </row>
     <row r="47">
-      <c r="A47" s="2" t="n">
-[...30 lines deleted...]
-        <v>5.5904</v>
+      <c r="B47" s="4" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2" t="n">
         <v>33</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>8.12% Gujarat SDL 2025</t>
+          <t>5.15% GOI 2025</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>IN1520150070</t>
+          <t>IN0020200278</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E48" s="12" t="n">
-        <v>1000000</v>
+        <v>10000000</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>1036.17</v>
+        <v>10245.93</v>
       </c>
       <c r="G48" s="7" t="n">
-        <v>0.0028</v>
+        <v>0.0259</v>
       </c>
       <c r="H48" s="8" t="n">
-        <v>45974</v>
+        <v>45970</v>
       </c>
       <c r="J48" s="6" t="n">
-        <v>5.5739</v>
+        <v>5.1541</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2" t="n">
         <v>34</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>7.71% Gujarat SDL 2027</t>
+          <t>7.59% GOI 2026</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>IN1520160202</t>
+          <t>IN0020150093</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E49" s="12" t="n">
-        <v>1000000</v>
+        <v>5000000</v>
       </c>
       <c r="F49" s="6" t="n">
-        <v>1031.42</v>
+        <v>5134.31</v>
       </c>
       <c r="G49" s="7" t="n">
-        <v>0.0028</v>
+        <v>0.013</v>
       </c>
       <c r="H49" s="8" t="n">
-        <v>46447</v>
+        <v>46033</v>
       </c>
       <c r="J49" s="6" t="n">
-        <v>6.0275</v>
+        <v>5.551</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2" t="n">
         <v>35</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>8.31% Telangana SDL 2026</t>
+          <t>8.42% Jharkhand SDL 2026</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
-          <t>IN4520150124</t>
+          <t>IN3720150066</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E50" s="12" t="n">
-        <v>1000000</v>
+        <v>4000000</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>1027.43</v>
+        <v>4113.27</v>
       </c>
       <c r="G50" s="7" t="n">
-        <v>0.0027</v>
+        <v>0.0104</v>
       </c>
       <c r="H50" s="8" t="n">
-        <v>46035</v>
+        <v>46049</v>
       </c>
       <c r="J50" s="6" t="n">
-        <v>5.635</v>
+        <v>5.6237</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2" t="n">
         <v>36</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>8.39 % Madhya Pradesh SDL 2026</t>
+          <t>5.63% GOI 2026</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
-          <t>IN2120150098</t>
+          <t>IN0020210012</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E51" s="12" t="n">
-        <v>500000</v>
+        <v>2500000</v>
       </c>
       <c r="F51" s="6" t="n">
-        <v>512.8099999999999</v>
+        <v>2507.31</v>
       </c>
       <c r="G51" s="7" t="n">
-        <v>0.0014</v>
+        <v>0.0063</v>
       </c>
       <c r="H51" s="8" t="n">
-        <v>46049</v>
+        <v>46124</v>
       </c>
       <c r="J51" s="6" t="n">
-        <v>5.6399</v>
+        <v>5.6673</v>
       </c>
     </row>
     <row r="52">
-      <c r="A52" s="9" t="n"/>
-[...12 lines deleted...]
-        <v>0.0479</v>
+      <c r="A52" s="2" t="n">
+        <v>37</v>
+      </c>
+      <c r="B52" s="2" t="inlineStr">
+        <is>
+          <t>8.12% Gujarat SDL 2025</t>
+        </is>
+      </c>
+      <c r="C52" s="2" t="inlineStr">
+        <is>
+          <t>IN1520150070</t>
+        </is>
+      </c>
+      <c r="D52" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E52" s="12" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>1038.68</v>
+      </c>
+      <c r="G52" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="H52" s="8" t="n">
+        <v>45974</v>
+      </c>
+      <c r="J52" s="6" t="n">
+        <v>5.6157</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="2" t="n">
+        <v>38</v>
+      </c>
+      <c r="B53" s="2" t="inlineStr">
+        <is>
+          <t>7.71% Gujarat SDL 2027</t>
+        </is>
+      </c>
+      <c r="C53" s="2" t="inlineStr">
+        <is>
+          <t>IN1520160202</t>
+        </is>
+      </c>
+      <c r="D53" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E53" s="12" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>1034.26</v>
+      </c>
+      <c r="G53" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="H53" s="8" t="n">
+        <v>46447</v>
+      </c>
+      <c r="J53" s="6" t="n">
+        <v>6.005</v>
       </c>
     </row>
     <row r="54">
-      <c r="B54" s="4" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A54" s="2" t="n">
+        <v>39</v>
+      </c>
+      <c r="B54" s="2" t="inlineStr">
+        <is>
+          <t>8.31% Telangana SDL 2026</t>
+        </is>
+      </c>
+      <c r="C54" s="2" t="inlineStr">
+        <is>
+          <t>IN4520150124</t>
+        </is>
+      </c>
+      <c r="D54" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E54" s="12" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>1029.98</v>
+      </c>
+      <c r="G54" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="H54" s="8" t="n">
+        <v>46035</v>
+      </c>
+      <c r="J54" s="6" t="n">
+        <v>5.6149</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2" t="n">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>India Universal Trust**</t>
+          <t>8.39 % Madhya Pradesh SDL 2026</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>INE16J715019</t>
+          <t>IN2120150098</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>IND AAA(SO)</t>
+          <t>Sovereign</t>
         </is>
       </c>
       <c r="E55" s="12" t="n">
-        <v>45</v>
+        <v>500000</v>
       </c>
       <c r="F55" s="6" t="n">
-        <v>1827.48</v>
+        <v>514.13</v>
       </c>
       <c r="G55" s="7" t="n">
-        <v>0.0049</v>
+        <v>0.0013</v>
       </c>
       <c r="H55" s="8" t="n">
-        <v>46223</v>
+        <v>46049</v>
       </c>
       <c r="J55" s="6" t="n">
-        <v>7.29</v>
+        <v>5.5849</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="9" t="n"/>
       <c r="B56" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C56" s="9" t="n"/>
       <c r="D56" s="9" t="n"/>
       <c r="E56" s="9" t="n"/>
       <c r="F56" s="10" t="n">
-        <v>1827.48</v>
+        <v>25617.87</v>
       </c>
       <c r="G56" s="11" t="n">
-        <v>0.0049</v>
+        <v>0.06469999999999999</v>
       </c>
     </row>
     <row r="58">
       <c r="B58" s="4" t="inlineStr">
         <is>
+          <t>Securitised Debt</t>
+        </is>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="2" t="n">
+        <v>41</v>
+      </c>
+      <c r="B59" s="2" t="inlineStr">
+        <is>
+          <t>India Universal Trust**</t>
+        </is>
+      </c>
+      <c r="C59" s="2" t="inlineStr">
+        <is>
+          <t>INE16J715019</t>
+        </is>
+      </c>
+      <c r="D59" s="2" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="E59" s="12" t="n">
+        <v>45</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>1589.51</v>
+      </c>
+      <c r="G59" s="7" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H59" s="8" t="n">
+        <v>46254</v>
+      </c>
+      <c r="J59" s="6" t="n">
+        <v>7.305</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="9" t="n"/>
+      <c r="B60" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C60" s="9" t="n"/>
+      <c r="D60" s="9" t="n"/>
+      <c r="E60" s="9" t="n"/>
+      <c r="F60" s="10" t="n">
+        <v>1589.51</v>
+      </c>
+      <c r="G60" s="11" t="n">
+        <v>0.004</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="B62" s="4" t="inlineStr">
+        <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
-    <row r="59">
-      <c r="B59" s="4" t="inlineStr">
+    <row r="63">
+      <c r="B63" s="4" t="inlineStr">
         <is>
           <t>Certificate of Deposit</t>
         </is>
-      </c>
-[...138 lines deleted...]
-        <v>6.0201</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2" t="n">
         <v>42</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Bank of Baroda**</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
-          <t>INE040A16HC7</t>
+          <t>INE028A16JO3</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E64" s="12" t="n">
-        <v>1500</v>
+        <v>4000</v>
       </c>
       <c r="F64" s="6" t="n">
-        <v>7290.44</v>
+        <v>19627.28</v>
       </c>
       <c r="G64" s="7" t="n">
-        <v>0.0194</v>
+        <v>0.0496</v>
       </c>
       <c r="H64" s="8" t="n">
-        <v>46114</v>
+        <v>46076</v>
       </c>
       <c r="J64" s="6" t="n">
-        <v>6.245</v>
+        <v>6.0801</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2" t="n">
         <v>43</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>AU Small Finance Bank Limited**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>INE949L16DF8</t>
+          <t>INE556F16AZ7</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E65" s="12" t="n">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="F65" s="6" t="n">
-        <v>4951.41</v>
+        <v>12304.65</v>
       </c>
       <c r="G65" s="7" t="n">
-        <v>0.0132</v>
+        <v>0.0311</v>
       </c>
       <c r="H65" s="8" t="n">
-        <v>46006</v>
+        <v>46057</v>
       </c>
       <c r="J65" s="6" t="n">
-        <v>5.9701</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2" t="n">
         <v>44</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
           <t>Union Bank of India**</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
           <t>INE692A16IP5</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E66" s="12" t="n">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="F66" s="6" t="n">
-        <v>4911.41</v>
+        <v>9845.540000000001</v>
       </c>
       <c r="G66" s="7" t="n">
-        <v>0.0131</v>
+        <v>0.0249</v>
       </c>
       <c r="H66" s="8" t="n">
         <v>46056</v>
       </c>
       <c r="J66" s="6" t="n">
-        <v>5.9852</v>
+        <v>6.0919</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2" t="n">
         <v>45</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>Canara Bank</t>
+          <t>Export-Import Bank of India</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>INE476A16A24</t>
+          <t>INE514E16CJ9</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E67" s="12" t="n">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>4911.2</v>
+        <v>9799.870000000001</v>
       </c>
       <c r="G67" s="7" t="n">
-        <v>0.0131</v>
+        <v>0.0247</v>
       </c>
       <c r="H67" s="8" t="n">
-        <v>46056</v>
+        <v>46085</v>
       </c>
       <c r="J67" s="6" t="n">
-        <v>6</v>
+        <v>6.0601</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2" t="n">
         <v>46</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>Bank of Baroda</t>
+          <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>INE028A16JM7</t>
+          <t>INE261F16967</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E68" s="12" t="n">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>4908.81</v>
+        <v>7355.19</v>
       </c>
       <c r="G68" s="7" t="n">
-        <v>0.0131</v>
+        <v>0.0186</v>
       </c>
       <c r="H68" s="8" t="n">
-        <v>46059</v>
+        <v>46080</v>
       </c>
       <c r="J68" s="6" t="n">
-        <v>6.0001</v>
+        <v>6.09</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="2" t="n">
         <v>47</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>Canara Bank**</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>INE476A16D96</t>
+          <t>INE040A16HC7</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E69" s="12" t="n">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>4892.23</v>
+        <v>7309.45</v>
       </c>
       <c r="G69" s="7" t="n">
-        <v>0.0131</v>
+        <v>0.0185</v>
       </c>
       <c r="H69" s="8" t="n">
-        <v>46080</v>
+        <v>46114</v>
       </c>
       <c r="J69" s="6" t="n">
-        <v>6.0001</v>
+        <v>6.2601</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="2" t="n">
         <v>48</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>Axis Bank Limited</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>INE238AD6AN0</t>
+          <t>INE040A16HN4</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E70" s="12" t="n">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>4887.4</v>
+        <v>7108.04</v>
       </c>
       <c r="G70" s="7" t="n">
-        <v>0.013</v>
+        <v>0.0179</v>
       </c>
       <c r="H70" s="8" t="n">
-        <v>46085</v>
+        <v>46276</v>
       </c>
       <c r="J70" s="6" t="n">
-        <v>6.05</v>
+        <v>6.41</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="2" t="n">
         <v>49</v>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>AU Small Finance Bank Limited**</t>
         </is>
       </c>
       <c r="C71" s="2" t="inlineStr">
         <is>
-          <t>INE556F16BH3</t>
+          <t>INE949L16DF8</t>
         </is>
       </c>
       <c r="D71" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E71" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F71" s="6" t="n">
-        <v>4834.28</v>
+        <v>4963.74</v>
       </c>
       <c r="G71" s="7" t="n">
-        <v>0.0129</v>
+        <v>0.0125</v>
       </c>
       <c r="H71" s="8" t="n">
-        <v>46147</v>
+        <v>46006</v>
       </c>
       <c r="J71" s="6" t="n">
-        <v>6.2249</v>
+        <v>6.0602</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="2" t="n">
         <v>50</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>Indian Bank**</t>
+          <t>Canara Bank**</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
-          <t>INE562A16OS2</t>
+          <t>INE476A16A24</t>
         </is>
       </c>
       <c r="D72" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E72" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>4834.26</v>
+        <v>4923.02</v>
       </c>
       <c r="G72" s="7" t="n">
-        <v>0.0129</v>
+        <v>0.0124</v>
       </c>
       <c r="H72" s="8" t="n">
-        <v>46148</v>
+        <v>46056</v>
       </c>
       <c r="J72" s="6" t="n">
-        <v>6.1951</v>
+        <v>6.0721</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="2" t="n">
         <v>51</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>IDFC First Bank Limited**</t>
+          <t>Bank of Baroda</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>INE092T16YP5</t>
+          <t>INE028A16JM7</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E73" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>4824.1</v>
+        <v>4920.5</v>
       </c>
       <c r="G73" s="7" t="n">
-        <v>0.0129</v>
+        <v>0.0124</v>
       </c>
       <c r="H73" s="8" t="n">
-        <v>46157</v>
+        <v>46059</v>
       </c>
       <c r="J73" s="6" t="n">
-        <v>6.3074</v>
+        <v>6.08</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="2" t="n">
         <v>52</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Equitas Small Finance Bank Limited**</t>
+          <t>Canara Bank</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>INE063P16BC0</t>
+          <t>INE476A16D96</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E74" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F74" s="6" t="n">
-        <v>4775.14</v>
+        <v>4903.77</v>
       </c>
       <c r="G74" s="7" t="n">
-        <v>0.0127</v>
+        <v>0.0124</v>
       </c>
       <c r="H74" s="8" t="n">
-        <v>46188</v>
+        <v>46080</v>
       </c>
       <c r="J74" s="6" t="n">
-        <v>7.1025</v>
+        <v>6.07</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2" t="n">
         <v>53</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited</t>
+          <t>Axis Bank Limited**</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>INE040A16HF0</t>
+          <t>INE238AD6AN0</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E75" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F75" s="6" t="n">
-        <v>4756.4</v>
+        <v>4899.55</v>
       </c>
       <c r="G75" s="7" t="n">
-        <v>0.0127</v>
+        <v>0.0124</v>
       </c>
       <c r="H75" s="8" t="n">
-        <v>46239</v>
+        <v>46085</v>
       </c>
       <c r="J75" s="6" t="n">
-        <v>6.3801</v>
+        <v>6.0839</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="2" t="n">
         <v>54</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank Limited**</t>
+          <t>Indian Bank**</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
-          <t>INE237A169Y0</t>
+          <t>INE562A16OS2</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E76" s="12" t="n">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>2480.29</v>
+        <v>4845.91</v>
       </c>
       <c r="G76" s="7" t="n">
-        <v>0.0066</v>
+        <v>0.0122</v>
       </c>
       <c r="H76" s="8" t="n">
-        <v>45996</v>
+        <v>46148</v>
       </c>
       <c r="J76" s="6" t="n">
-        <v>5.8003</v>
+        <v>6.24</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="2" t="n">
         <v>55</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Union Bank of India</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>INE692A16IK6</t>
+          <t>INE556F16BH3</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E77" s="12" t="n">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="F77" s="6" t="n">
-        <v>2463</v>
+        <v>4845.88</v>
       </c>
       <c r="G77" s="7" t="n">
-        <v>0.0066</v>
+        <v>0.0122</v>
       </c>
       <c r="H77" s="8" t="n">
-        <v>46038</v>
+        <v>46147</v>
       </c>
       <c r="J77" s="6" t="n">
-        <v>5.9604</v>
+        <v>6.275</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="2" t="n">
         <v>56</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development**</t>
+          <t>IDFC First Bank Limited**</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>INE261F16967</t>
+          <t>INE092T16YP5</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E78" s="12" t="n">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="F78" s="6" t="n">
-        <v>2445.77</v>
+        <v>4833.57</v>
       </c>
       <c r="G78" s="7" t="n">
-        <v>0.0065</v>
+        <v>0.0122</v>
       </c>
       <c r="H78" s="8" t="n">
-        <v>46080</v>
+        <v>46157</v>
       </c>
       <c r="J78" s="6" t="n">
-        <v>6.0401</v>
+        <v>6.445</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="2" t="n">
         <v>57</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>IDFC First Bank Limited**</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
-          <t>INE556F16BB6</t>
+          <t>INE092T16YR1</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E79" s="12" t="n">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>2445.64</v>
+        <v>4813.03</v>
       </c>
       <c r="G79" s="7" t="n">
-        <v>0.0065</v>
+        <v>0.0122</v>
       </c>
       <c r="H79" s="8" t="n">
-        <v>46080</v>
+        <v>46182</v>
       </c>
       <c r="J79" s="6" t="n">
-        <v>6.055</v>
+        <v>6.445</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="2" t="n">
         <v>58</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development**</t>
+          <t>Equitas Small Finance Bank Limited**</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
-          <t>INE261F16983</t>
+          <t>INE063P16BC0</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E80" s="12" t="n">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>2440.14</v>
+        <v>4788.17</v>
       </c>
       <c r="G80" s="7" t="n">
-        <v>0.0065</v>
+        <v>0.0121</v>
       </c>
       <c r="H80" s="8" t="n">
-        <v>46094</v>
+        <v>46188</v>
       </c>
       <c r="J80" s="6" t="n">
-        <v>6.05</v>
+        <v>7.145</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="2" t="n">
         <v>59</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Punjab National Bank</t>
+          <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>INE160A16RK5</t>
+          <t>INE040A16HF0</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E81" s="12" t="n">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="F81" s="6" t="n">
-        <v>2438.66</v>
+        <v>4768.05</v>
       </c>
       <c r="G81" s="7" t="n">
-        <v>0.0065</v>
+        <v>0.012</v>
       </c>
       <c r="H81" s="8" t="n">
-        <v>46099</v>
+        <v>46239</v>
       </c>
       <c r="J81" s="6" t="n">
-        <v>6.0001</v>
+        <v>6.4101</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="2" t="n">
         <v>60</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
           <t>Axis Bank Limited**</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
-          <t>INE238AD6BA5</t>
+          <t>INE238AD6BJ6</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E82" s="12" t="n">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="F82" s="6" t="n">
-        <v>2413.06</v>
+        <v>4709.28</v>
       </c>
       <c r="G82" s="7" t="n">
-        <v>0.0064</v>
+        <v>0.0119</v>
       </c>
       <c r="H82" s="8" t="n">
-        <v>46157</v>
+        <v>46311</v>
       </c>
       <c r="J82" s="6" t="n">
-        <v>6.2325</v>
+        <v>6.4562</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="2" t="n">
         <v>61</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Kotak Mahindra Bank Limited**</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
-          <t>INE556F16BI1</t>
+          <t>INE237A169Y0</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E83" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F83" s="6" t="n">
-        <v>2411.18</v>
+        <v>2486.41</v>
       </c>
       <c r="G83" s="7" t="n">
-        <v>0.0064</v>
+        <v>0.0063</v>
       </c>
       <c r="H83" s="8" t="n">
-        <v>46162</v>
+        <v>45996</v>
       </c>
       <c r="J83" s="6" t="n">
-        <v>6.2249</v>
+        <v>5.8703</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="2" t="n">
         <v>62</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Axis Bank Limited**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
-          <t>INE238AD6AT7</t>
+          <t>INE556F16BB6</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E84" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F84" s="6" t="n">
-        <v>2402.37</v>
+        <v>2451.65</v>
       </c>
       <c r="G84" s="7" t="n">
-        <v>0.0064</v>
+        <v>0.0062</v>
       </c>
       <c r="H84" s="8" t="n">
-        <v>46184</v>
+        <v>46080</v>
       </c>
       <c r="J84" s="6" t="n">
-        <v>6.2325</v>
+        <v>6.0999</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="2" t="n">
         <v>63</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Axis Bank Limited**</t>
+          <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
-          <t>INE238AD6AU5</t>
+          <t>INE261F16983</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E85" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F85" s="6" t="n">
-        <v>2401.98</v>
+        <v>2446.04</v>
       </c>
       <c r="G85" s="7" t="n">
-        <v>0.0064</v>
+        <v>0.0062</v>
       </c>
       <c r="H85" s="8" t="n">
+        <v>46094</v>
+      </c>
+      <c r="J85" s="6" t="n">
+        <v>6.1</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="2" t="n">
+        <v>64</v>
+      </c>
+      <c r="B86" s="2" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C86" s="2" t="inlineStr">
+        <is>
+          <t>INE238AD6BA5</t>
+        </is>
+      </c>
+      <c r="D86" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E86" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F86" s="6" t="n">
+        <v>2418.97</v>
+      </c>
+      <c r="G86" s="7" t="n">
+        <v>0.0061</v>
+      </c>
+      <c r="H86" s="8" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J86" s="6" t="n">
+        <v>6.2701</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="B87" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C87" s="2" t="inlineStr">
+        <is>
+          <t>INE556F16BI1</t>
+        </is>
+      </c>
+      <c r="D87" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E87" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F87" s="6" t="n">
+        <v>2416.9</v>
+      </c>
+      <c r="G87" s="7" t="n">
+        <v>0.0061</v>
+      </c>
+      <c r="H87" s="8" t="n">
+        <v>46162</v>
+      </c>
+      <c r="J87" s="6" t="n">
+        <v>6.275</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="2" t="n">
+        <v>66</v>
+      </c>
+      <c r="B88" s="2" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C88" s="2" t="inlineStr">
+        <is>
+          <t>INE238AD6AU5</t>
+        </is>
+      </c>
+      <c r="D88" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E88" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F88" s="6" t="n">
+        <v>2407.77</v>
+      </c>
+      <c r="G88" s="7" t="n">
+        <v>0.0061</v>
+      </c>
+      <c r="H88" s="8" t="n">
         <v>46185</v>
       </c>
-      <c r="J85" s="6" t="n">
-[...5 lines deleted...]
-      <c r="B86" s="9" t="inlineStr">
+      <c r="J88" s="6" t="n">
+        <v>6.2699</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="9" t="n"/>
+      <c r="B89" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C86" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B88" s="4" t="inlineStr">
+      <c r="C89" s="9" t="n"/>
+      <c r="D89" s="9" t="n"/>
+      <c r="E89" s="9" t="n"/>
+      <c r="F89" s="10" t="n">
+        <v>146192.23</v>
+      </c>
+      <c r="G89" s="11" t="n">
+        <v>0.3692</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="B91" s="4" t="inlineStr">
         <is>
           <t>Commercial Papers</t>
         </is>
       </c>
     </row>
-    <row r="89">
-      <c r="B89" s="4" t="inlineStr">
+    <row r="92">
+      <c r="B92" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
-      </c>
-[...103 lines deleted...]
-        <v>6.375</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="2" t="n">
         <v>67</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
           <t>Nuvama Wealth Finance Limited**</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
           <t>INE918K14CL0</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E93" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F93" s="6" t="n">
-        <v>4935.23</v>
+        <v>4951.44</v>
       </c>
       <c r="G93" s="7" t="n">
-        <v>0.0132</v>
+        <v>0.0125</v>
       </c>
       <c r="H93" s="8" t="n">
         <v>46010</v>
       </c>
       <c r="J93" s="6" t="n">
-        <v>7.4851</v>
+        <v>7.4588</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="2" t="n">
         <v>68</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
           <t>Motilal Oswal Financial Services Limited**</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
           <t>INE338I14KQ7</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E94" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F94" s="6" t="n">
-        <v>4766.16</v>
+        <v>4780.1</v>
       </c>
       <c r="G94" s="7" t="n">
-        <v>0.0127</v>
+        <v>0.0121</v>
       </c>
       <c r="H94" s="8" t="n">
         <v>46188</v>
       </c>
       <c r="J94" s="6" t="n">
-        <v>7.3999</v>
+        <v>7.43</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="2" t="n">
         <v>69</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
           <t>Angel One Limited**</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
           <t>INE732I14BZ1</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E95" s="12" t="n">
         <v>800</v>
       </c>
       <c r="F95" s="6" t="n">
-        <v>3967.59</v>
+        <v>3980.55</v>
       </c>
       <c r="G95" s="7" t="n">
-        <v>0.0106</v>
+        <v>0.0101</v>
       </c>
       <c r="H95" s="8" t="n">
         <v>45986</v>
       </c>
       <c r="J95" s="6" t="n">
-        <v>7.4549</v>
+        <v>7.4304</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="2" t="n">
         <v>70</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
           <t>Nuvama Wealth and Investment Limited**</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
           <t>INE523L14930</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E96" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F96" s="6" t="n">
-        <v>2480.29</v>
+        <v>2488.39</v>
       </c>
       <c r="G96" s="7" t="n">
-        <v>0.0066</v>
+        <v>0.0063</v>
       </c>
       <c r="H96" s="8" t="n">
         <v>45985</v>
       </c>
       <c r="J96" s="6" t="n">
-        <v>7.4373</v>
+        <v>7.4082</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="2" t="n">
         <v>71</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
           <t>Bahadur Chand Investments Private Limited**</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
           <t>INE087M14BV1</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
           <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E97" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F97" s="6" t="n">
-        <v>2430.98</v>
+        <v>2438.61</v>
       </c>
       <c r="G97" s="7" t="n">
-        <v>0.0065</v>
+        <v>0.0062</v>
       </c>
       <c r="H97" s="8" t="n">
         <v>46085</v>
       </c>
       <c r="J97" s="6" t="n">
-        <v>7.4551</v>
+        <v>7.4701</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="2" t="n">
         <v>72</v>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
           <t>Indostar Capital Finance Limited**</t>
         </is>
       </c>
       <c r="C98" s="2" t="inlineStr">
         <is>
           <t>INE896L14EV1</t>
         </is>
       </c>
       <c r="D98" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E98" s="12" t="n">
         <v>300</v>
       </c>
       <c r="F98" s="6" t="n">
-        <v>1476.68</v>
+        <v>1483.03</v>
       </c>
       <c r="G98" s="7" t="n">
-        <v>0.0039</v>
+        <v>0.0037</v>
       </c>
       <c r="H98" s="8" t="n">
         <v>46013</v>
       </c>
       <c r="J98" s="6" t="n">
-        <v>8.6023</v>
+        <v>8.1896</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="9" t="n"/>
       <c r="B99" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C99" s="9" t="n"/>
       <c r="D99" s="9" t="n"/>
       <c r="E99" s="9" t="n"/>
       <c r="F99" s="10" t="n">
-        <v>44870.12</v>
+        <v>20122.12</v>
       </c>
       <c r="G99" s="11" t="n">
-        <v>0.1197</v>
+        <v>0.0509</v>
       </c>
     </row>
     <row r="101">
       <c r="B101" s="4" t="inlineStr">
         <is>
           <t>Treasury Bill</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="2" t="n">
         <v>73</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
           <t>364 DAYS T-BILL 2025</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>IN002024Z305</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E102" s="12" t="n">
         <v>10000000</v>
       </c>
       <c r="F102" s="6" t="n">
-        <v>9969.040000000001</v>
+        <v>9992.440000000001</v>
       </c>
       <c r="G102" s="7" t="n">
-        <v>0.0266</v>
+        <v>0.0252</v>
       </c>
       <c r="H102" s="8" t="n">
         <v>45967</v>
       </c>
       <c r="J102" s="6" t="n">
-        <v>5.3979</v>
+        <v>5.523</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="2" t="n">
         <v>74</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
           <t>364 DAYS T-BILL 2026</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
           <t>IN002024Z420</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E103" s="12" t="n">
         <v>5000000</v>
       </c>
       <c r="F103" s="6" t="n">
-        <v>4922.73</v>
+        <v>4934.54</v>
       </c>
       <c r="G103" s="7" t="n">
-        <v>0.0131</v>
+        <v>0.0125</v>
       </c>
       <c r="H103" s="8" t="n">
         <v>46051</v>
       </c>
       <c r="J103" s="6" t="n">
-        <v>5.4564</v>
+        <v>5.44</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="2" t="n">
         <v>75</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
           <t>364 DAYS T-BILL 2026</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
           <t>IN002024Z487</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E104" s="12" t="n">
         <v>5000000</v>
       </c>
       <c r="F104" s="6" t="n">
-        <v>4891.98</v>
+        <v>4903.35</v>
       </c>
       <c r="G104" s="7" t="n">
-        <v>0.0131</v>
+        <v>0.0124</v>
       </c>
       <c r="H104" s="8" t="n">
         <v>46093</v>
       </c>
       <c r="J104" s="6" t="n">
-        <v>5.4824</v>
+        <v>5.4919</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="2" t="n">
         <v>76</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
           <t>364 DAYS T-BILL 2026</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
           <t>IN002025Z054</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E105" s="12" t="n">
         <v>2500000</v>
       </c>
       <c r="F105" s="6" t="n">
-        <v>2427.74</v>
+        <v>2432.8</v>
       </c>
       <c r="G105" s="7" t="n">
-        <v>0.0065</v>
+        <v>0.0061</v>
       </c>
       <c r="H105" s="8" t="n">
         <v>46143</v>
       </c>
       <c r="J105" s="6" t="n">
-        <v>5.5147</v>
+        <v>5.5702</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="9" t="n"/>
       <c r="B106" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C106" s="9" t="n"/>
       <c r="D106" s="9" t="n"/>
       <c r="E106" s="9" t="n"/>
       <c r="F106" s="10" t="n">
-        <v>22211.49</v>
+        <v>22263.13</v>
       </c>
       <c r="G106" s="11" t="n">
-        <v>0.0593</v>
+        <v>0.0562</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="2" t="n">
         <v>77</v>
       </c>
       <c r="B108" s="4" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
       <c r="F108" s="6" t="n">
-        <v>20774.81</v>
+        <v>27437.74</v>
       </c>
       <c r="G108" s="7" t="n">
-        <v>0.0554</v>
+        <v>0.0693</v>
       </c>
       <c r="H108" s="8" t="n">
-        <v>45946</v>
+        <v>45964</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="9" t="n"/>
       <c r="B109" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C109" s="9" t="n"/>
       <c r="D109" s="9" t="n"/>
       <c r="E109" s="9" t="n"/>
       <c r="F109" s="10" t="n">
-        <v>20774.81</v>
+        <v>27437.74</v>
       </c>
       <c r="G109" s="11" t="n">
-        <v>0.0554</v>
+        <v>0.0693</v>
       </c>
     </row>
     <row r="111">
       <c r="B111" s="4" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="2" t="n">
         <v>78</v>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
           <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
         </is>
       </c>
       <c r="C112" s="2" t="inlineStr">
         <is>
           <t>INF0RQ622028</t>
         </is>
       </c>
       <c r="E112" s="12" t="n">
         <v>9473.259</v>
       </c>
       <c r="F112" s="6" t="n">
-        <v>1081.56</v>
+        <v>1083.82</v>
       </c>
       <c r="G112" s="7" t="n">
-        <v>0.0029</v>
+        <v>0.0027</v>
       </c>
       <c r="J112" s="6" t="n"/>
     </row>
     <row r="113">
       <c r="A113" s="9" t="n"/>
       <c r="B113" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C113" s="9" t="n"/>
       <c r="D113" s="9" t="n"/>
       <c r="E113" s="9" t="n"/>
       <c r="F113" s="10" t="n">
-        <v>1081.56</v>
+        <v>1083.82</v>
       </c>
       <c r="G113" s="11" t="n">
-        <v>0.0029</v>
+        <v>0.0027</v>
       </c>
     </row>
     <row r="115">
       <c r="B115" s="4" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="B116" s="2" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
       <c r="E116" s="12" t="n"/>
       <c r="F116" s="6" t="n">
-        <v>-10776.98</v>
+        <v>-14882.64</v>
       </c>
       <c r="G116" s="7" t="n">
-        <v>-0.0286</v>
+        <v>-0.0376</v>
       </c>
       <c r="J116" s="6" t="n"/>
     </row>
     <row r="117">
       <c r="A117" s="9" t="n"/>
       <c r="B117" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C117" s="9" t="n"/>
       <c r="D117" s="9" t="n"/>
       <c r="E117" s="9" t="n"/>
       <c r="F117" s="10" t="n">
-        <v>-10776.98</v>
+        <v>-14882.64</v>
       </c>
       <c r="G117" s="11" t="n">
-        <v>-0.0286</v>
+        <v>-0.0376</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="n"/>
       <c r="B119" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
       <c r="C119" s="5" t="n"/>
       <c r="D119" s="5" t="n"/>
       <c r="E119" s="5" t="n"/>
       <c r="F119" s="13" t="n">
-        <v>374834.03</v>
+        <v>396028.57</v>
       </c>
       <c r="G119" s="14" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="2" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="2" t="n">
         <v>1</v>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
     <row r="122">
-      <c r="A122" s="15" t="n">
+      <c r="A122" s="16" t="n">
         <v>2</v>
       </c>
-      <c r="B122" s="15" t="inlineStr">
+      <c r="B122" s="16" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
     <row r="123" ht="27" customHeight="1" s="74">
-      <c r="A123" s="15" t="n">
+      <c r="A123" s="16" t="n">
         <v>3</v>
       </c>
-      <c r="B123" s="15" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A124" s="22" t="n">
+      <c r="B123" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="124" ht="122.15" customHeight="1" s="74">
+      <c r="A124" s="23" t="n">
         <v>4</v>
       </c>
       <c r="B124" s="76" t="inlineStr">
         <is>
           <t xml:space="preserve">As per SEBI (MUTUAL FUNDS) REGULATIONS, 1996 and  MASTER CIRCULAR SEBI/HO/IMD/IMD-PoD-1/P/CIR/2024/90 Dtd June 27th 2024,  Below are the details of the securities in case of which issuer has defaulted beyond its maturity date. 
 Pursuant to the application filed by the Board of IL&amp;FS with the Hon’ble NCLAT to effect the interim distribution process, DSP Ultra short Fund has received Interim distribution from IL&amp;FS Transportation Networks Limited as stated below in the form of cash and InVITs. The cash distribution has been recognized as realized income passed on to the investors through NAV. The impact of InVITs has been factored in the NAV of the respective scheme on the March 07,2025 on which the INVITs were allotted. The provision of 10% is created on all the distributions of ITNL including prior distribution to safeguard the interest of unit holders as ITNL may claw back the amount in case the distribution results in excess distribution than what the debenture holders ought to have received.  </t>
         </is>
       </c>
-      <c r="C124" s="107" t="n"/>
-[...5 lines deleted...]
-      <c r="I124" s="107" t="n"/>
+      <c r="C124" s="101" t="n"/>
+      <c r="D124" s="101" t="n"/>
+      <c r="E124" s="101" t="n"/>
+      <c r="F124" s="101" t="n"/>
+      <c r="G124" s="101" t="n"/>
+      <c r="H124" s="101" t="n"/>
+      <c r="I124" s="101" t="n"/>
     </row>
     <row r="125" ht="81" customHeight="1" s="74">
-      <c r="B125" s="23" t="inlineStr">
+      <c r="B125" s="24" t="inlineStr">
         <is>
           <t>Security Name</t>
         </is>
       </c>
-      <c r="C125" s="23" t="inlineStr">
+      <c r="C125" s="24" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D125" s="23" t="inlineStr">
+      <c r="D125" s="24" t="inlineStr">
         <is>
           <t>value of the security considered under net receivables (i.e. value recognized in NAV in absolute terms and as % to NAV)
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="E125" s="108" t="n"/>
-      <c r="F125" s="23" t="inlineStr">
+      <c r="E125" s="102" t="n"/>
+      <c r="F125" s="24" t="inlineStr">
         <is>
           <t>total amount (including principal and interest) that is due to the scheme on that investment
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="G125" s="24" t="inlineStr">
+      <c r="G125" s="25" t="inlineStr">
         <is>
           <t>Interim Distribution received (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="H125" s="23" t="inlineStr">
+      <c r="H125" s="24" t="inlineStr">
         <is>
           <t>Date of passing Interim Distribution recognized in NAV</t>
         </is>
       </c>
-      <c r="I125" s="25" t="inlineStr">
+      <c r="I125" s="26" t="inlineStr">
         <is>
           <t>Interim Distribution (Units) INR at Unit Face Value Rs. 100 (Rs. In Lakhs)</t>
         </is>
       </c>
     </row>
     <row r="126" ht="27" customHeight="1" s="74">
-      <c r="B126" s="26" t="inlineStr">
+      <c r="B126" s="27" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Transportation Networks Limited NCD Series A 23032019</t>
         </is>
       </c>
-      <c r="C126" s="27" t="inlineStr">
+      <c r="C126" s="28" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D126" s="28" t="n">
+      <c r="D126" s="29" t="n">
         <v>0</v>
       </c>
-      <c r="E126" s="29" t="n">
+      <c r="E126" s="30" t="n">
         <v>0</v>
       </c>
-      <c r="F126" s="109" t="n">
+      <c r="F126" s="103" t="n">
         <v>6627.8121</v>
       </c>
-      <c r="G126" s="30" t="n">
+      <c r="G126" s="31" t="n">
         <v>413.50243</v>
       </c>
-      <c r="H126" s="31" t="n">
+      <c r="H126" s="32" t="n">
         <v>45218</v>
       </c>
-      <c r="I126" s="110" t="n">
+      <c r="I126" s="104" t="n">
         <v>733.33</v>
       </c>
     </row>
     <row r="127" ht="27" customHeight="1" s="74">
-      <c r="B127" s="26" t="inlineStr">
+      <c r="B127" s="27" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Transportation Networks Limited NCD Series A 23032019</t>
         </is>
       </c>
-      <c r="C127" s="27" t="inlineStr">
+      <c r="C127" s="28" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D127" s="28" t="n">
+      <c r="D127" s="29" t="n">
         <v>0</v>
       </c>
-      <c r="E127" s="29" t="n">
+      <c r="E127" s="30" t="n">
         <v>0</v>
       </c>
-      <c r="F127" s="111" t="n"/>
-      <c r="G127" s="30" t="n">
+      <c r="F127" s="105" t="n"/>
+      <c r="G127" s="31" t="n">
         <v>209.28715</v>
       </c>
-      <c r="H127" s="31" t="n">
+      <c r="H127" s="32" t="n">
         <v>45715</v>
       </c>
-      <c r="I127" s="111" t="n"/>
-[...1 lines deleted...]
-    <row r="128" ht="65.5" customHeight="1" s="74">
+      <c r="I127" s="105" t="n"/>
+    </row>
+    <row r="128" ht="68" customHeight="1" s="74">
       <c r="A128" t="n">
         <v>5</v>
       </c>
-      <c r="B128" s="105" t="inlineStr">
-[...10 lines deleted...]
-      <c r="I128" s="112" t="n"/>
+      <c r="B128" s="75" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
+        </is>
+      </c>
+      <c r="C128" s="106" t="n"/>
+      <c r="D128" s="106" t="n"/>
+      <c r="E128" s="106" t="n"/>
+      <c r="F128" s="106" t="n"/>
+      <c r="G128" s="106" t="n"/>
     </row>
     <row r="129" ht="14.5" customHeight="1" s="74"/>
     <row r="130" ht="14.5" customHeight="1" s="74">
-      <c r="B130" s="52" t="inlineStr">
+      <c r="B130" s="49" t="inlineStr">
         <is>
           <t>Disclosure in Derivatives</t>
         </is>
       </c>
-      <c r="C130" s="52" t="inlineStr">
+      <c r="C130" s="49" t="inlineStr">
         <is>
           <t>Industry</t>
         </is>
       </c>
-      <c r="D130" s="52" t="inlineStr">
+      <c r="D130" s="49" t="inlineStr">
         <is>
           <t>Notional Value</t>
         </is>
       </c>
-      <c r="E130" s="52" t="inlineStr">
+      <c r="E130" s="49" t="inlineStr">
         <is>
           <t>% To net assets</t>
         </is>
       </c>
     </row>
     <row r="131" ht="14.5" customHeight="1" s="74">
-      <c r="B131" s="57" t="inlineStr">
+      <c r="B131" s="53" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C131" s="58" t="inlineStr">
+      <c r="C131" s="54" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D131" s="55" t="n">
+      <c r="D131" s="52" t="n">
+        <v>1000000000</v>
+      </c>
+      <c r="E131" s="55" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="132" ht="14.5" customHeight="1" s="74">
+      <c r="B132" s="53" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C132" s="54" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D132" s="52" t="n">
         <v>250000000</v>
       </c>
-      <c r="E131" s="59" t="n">
+      <c r="E132" s="55" t="n">
         <v>0</v>
       </c>
     </row>
-    <row r="132" ht="14.5" customHeight="1" s="74">
-      <c r="B132" s="57" t="inlineStr">
+    <row r="133" ht="14.5" customHeight="1" s="74">
+      <c r="B133" s="53" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C132" s="58" t="inlineStr">
+      <c r="C133" s="54" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D132" s="55" t="n">
+      <c r="D133" s="52" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E133" s="55" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="134" ht="14.5" customHeight="1" s="74">
+      <c r="B134" s="53" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C134" s="54" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D134" s="52" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E134" s="55" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="135" ht="14.5" customHeight="1" s="74">
+      <c r="B135" s="53" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C135" s="54" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D135" s="52" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E135" s="55" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="136" ht="14.5" customHeight="1" s="74">
+      <c r="B136" s="53" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C136" s="54" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D136" s="52" t="n">
+        <v>500000000</v>
+      </c>
+      <c r="E136" s="55" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="137" ht="14.5" customHeight="1" s="74">
+      <c r="B137" s="53" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C137" s="54" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D137" s="52" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E137" s="55" t="n">
+        <v>1e-05</v>
+      </c>
+    </row>
+    <row r="138" ht="14.5" customHeight="1" s="74">
+      <c r="B138" s="53" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C138" s="54" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D138" s="52" t="n">
         <v>750000000</v>
       </c>
-      <c r="E132" s="59" t="n">
-[...4 lines deleted...]
-      <c r="B133" s="57" t="inlineStr">
+      <c r="E138" s="55" t="n">
+        <v>1e-05</v>
+      </c>
+    </row>
+    <row r="139" ht="14.5" customHeight="1" s="74">
+      <c r="B139" s="53" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C133" s="58" t="inlineStr">
+      <c r="C139" s="54" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D133" s="55" t="n">
-[...17 lines deleted...]
-      <c r="D134" s="55" t="n">
+      <c r="D139" s="52" t="n">
         <v>250000000</v>
       </c>
-      <c r="E134" s="59" t="n">
-[...130 lines deleted...]
-      <c r="B145" s="1" t="inlineStr">
+      <c r="E139" s="55" t="n">
+        <v>1e-05</v>
+      </c>
+    </row>
+    <row r="143" ht="14.5" customHeight="1" s="74">
+      <c r="B143" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="159" ht="14.5" customHeight="1" s="74">
-      <c r="B159" s="1" t="inlineStr">
+    <row r="157" ht="14.5" customHeight="1" s="74">
+      <c r="B157" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Ultra Short Duration Debt A-I Index</t>
         </is>
       </c>
     </row>
+    <row r="172">
+      <c r="B172" s="17" t="n"/>
+      <c r="C172" s="19" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
+    <row r="173">
+      <c r="B173" s="17" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C173" s="19" t="inlineStr">
+        <is>
+          <t>DSP Ultra Short Fund</t>
+        </is>
+      </c>
+    </row>
     <row r="174">
-      <c r="B174" s="16" t="n"/>
-[...4 lines deleted...]
-      </c>
+      <c r="B174" s="17" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C174" s="20" t="n"/>
     </row>
     <row r="175">
-      <c r="B175" s="16" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="B175" s="17" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C175" s="21" t="n">
+        <v>0.06510000000000001</v>
       </c>
     </row>
     <row r="176">
-      <c r="B176" s="16" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C176" s="19" t="n"/>
+      <c r="B176" s="17" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C176" s="70" t="n">
+        <v>0.5</v>
+      </c>
     </row>
     <row r="177">
-      <c r="B177" s="16" t="inlineStr">
-[...1 lines deleted...]
-          <t>Annualised Portfolio YTM*:</t>
+      <c r="B177" s="17" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
         </is>
       </c>
       <c r="C177" s="20" t="n">
-        <v>0.0646</v>
+        <v>0.64</v>
       </c>
     </row>
     <row r="178">
-      <c r="B178" s="16" t="inlineStr">
-[...5 lines deleted...]
-        <v>0.49</v>
+      <c r="B178" s="17" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C178" s="22" t="n">
+        <v>45961</v>
       </c>
     </row>
     <row r="179">
-      <c r="B179" s="16" t="inlineStr">
-[...19 lines deleted...]
-      <c r="B181" s="17" t="inlineStr">
+      <c r="B179" s="18" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C181" s="18" t="n"/>
+      <c r="C179" s="19" t="n"/>
+    </row>
+    <row r="182">
+      <c r="B182" s="4" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="D125:E125"/>
     <mergeCell ref="F126:F127"/>
     <mergeCell ref="B124:I124"/>
+    <mergeCell ref="B128:G128"/>
     <mergeCell ref="I126:I127"/>
-    <mergeCell ref="B128:I128"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ICRON Research</dc:creator>
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>