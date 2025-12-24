--- v1 (2025-11-08)
+++ v2 (2025-12-24)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="945" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="993" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="ULTRA" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="22">
+  <fonts count="23">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
@@ -82,57 +82,57 @@
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
@@ -149,50 +149,56 @@
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -341,127 +347,123 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="107">
+  <cellXfs count="108">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...31 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -469,183 +471,190 @@
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...79 lines deleted...]
-    </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
@@ -704,116 +713,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>144</row>
+      <row>152</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>153</row>
-      <rowOff>31750</rowOff>
+      <row>161</row>
+      <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="22199600"/>
+          <a:off x="457200" y="23399750"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>158</row>
+      <row>164</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>167</row>
+      <row>173</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="24612600"/>
+          <a:off x="457200" y="25812750"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1055,85 +1064,85 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L182"/>
+  <dimension ref="A1:L185"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="92" min="1" max="1"/>
+    <col width="51.54296875" bestFit="1" customWidth="1" style="92" min="2" max="2"/>
+    <col width="19.1796875" bestFit="1" customWidth="1" style="92" min="3" max="3"/>
+    <col width="21.1796875" bestFit="1" customWidth="1" style="92" min="4" max="4"/>
+    <col width="13.81640625" customWidth="1" style="92" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="92" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="92" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="92" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="92" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="92" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="92" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="92" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="92" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="68">
+      <c r="A1" s="67" t="n"/>
+      <c r="B1" s="67" t="inlineStr">
         <is>
           <t>DSP Ultra Short Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="4" t="inlineStr">
         <is>
-          <t>Portfolio as on October 31, 2025</t>
+          <t>Portfolio as on December 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
@@ -1160,3635 +1169,3944 @@
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
       <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="B6" s="4" t="inlineStr">
         <is>
           <t>Units issued by REITs &amp; InvITs</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="92" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="92" t="inlineStr">
         <is>
           <t>Roadstar Infra Investment Trust</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C8" s="92" t="inlineStr">
         <is>
           <t>INE0JEI23010</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D8" s="92" t="inlineStr">
         <is>
           <t>Transport Infrastructure</t>
         </is>
       </c>
       <c r="E8" s="12" t="n">
         <v>708333</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>514.1799999999999</v>
       </c>
       <c r="G8" s="7" t="n">
-        <v>0.0013</v>
+        <v>0.0012</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>2</v>
       </c>
       <c r="J8" s="6" t="n"/>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="9" t="n"/>
       <c r="B9" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C9" s="9" t="n"/>
       <c r="D9" s="9" t="n"/>
       <c r="E9" s="9" t="n"/>
       <c r="F9" s="10" t="n">
         <v>514.1799999999999</v>
       </c>
       <c r="G9" s="11" t="n">
-        <v>0.0013</v>
-[...1 lines deleted...]
-      <c r="K9" s="2" t="inlineStr">
+        <v>0.0012</v>
+      </c>
+      <c r="K9" s="92" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="L9" s="7" t="n">
-        <v>0.327</v>
+        <v>0.3043</v>
       </c>
     </row>
     <row r="10">
-      <c r="K10" s="2" t="inlineStr">
+      <c r="K10" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="L10" s="7" t="n">
-        <v>0.2618</v>
+        <v>0.266</v>
       </c>
     </row>
     <row r="11">
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
-      <c r="K11" s="2" t="inlineStr">
+      <c r="K11" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L11" s="7" t="n">
-        <v>0.1209</v>
+        <v>0.1051</v>
       </c>
     </row>
     <row r="12">
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
-      <c r="K12" s="2" t="inlineStr">
+      <c r="K12" s="92" t="inlineStr">
         <is>
           <t>IND A1+</t>
         </is>
       </c>
       <c r="L12" s="7" t="n">
-        <v>0.062</v>
+        <v>0.0815</v>
       </c>
     </row>
     <row r="13">
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K13" s="2" t="inlineStr">
-[...1 lines deleted...]
-          <t>CRISIL AA+</t>
+      <c r="K13" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
         </is>
       </c>
       <c r="L13" s="7" t="n">
-        <v>0.04</v>
+        <v>0.0559</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="2" t="n">
+      <c r="A14" s="92" t="n">
         <v>2</v>
       </c>
-      <c r="B14" s="2" t="inlineStr">
+      <c r="B14" s="92" t="inlineStr">
         <is>
           <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
-      <c r="C14" s="2" t="inlineStr">
+      <c r="C14" s="92" t="inlineStr">
         <is>
           <t>INE261F08DX0</t>
         </is>
       </c>
-      <c r="D14" s="2" t="inlineStr">
+      <c r="D14" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E14" s="12" t="n">
         <v>15000</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>15376.16</v>
+        <v>15485.02</v>
       </c>
       <c r="G14" s="7" t="n">
-        <v>0.0388</v>
+        <v>0.037</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>46234</v>
       </c>
       <c r="J14" s="6" t="n">
-        <v>6.64</v>
-[...1 lines deleted...]
-      <c r="K14" s="2" t="inlineStr">
+        <v>6.77</v>
+      </c>
+      <c r="K14" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.037</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="92" t="n">
+        <v>3</v>
+      </c>
+      <c r="B15" s="92" t="inlineStr">
+        <is>
+          <t>Godrej Properties Limited**</t>
+        </is>
+      </c>
+      <c r="C15" s="92" t="inlineStr">
+        <is>
+          <t>INE484J08048</t>
+        </is>
+      </c>
+      <c r="D15" s="92" t="inlineStr">
         <is>
           <t>ICRA AA+</t>
         </is>
       </c>
-      <c r="L14" s="7" t="n">
-[...21 lines deleted...]
-      </c>
       <c r="E15" s="12" t="n">
+        <v>12500</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>13002.67</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.031</v>
+      </c>
+      <c r="H15" s="8" t="n">
+        <v>46206</v>
+      </c>
+      <c r="J15" s="6" t="n">
+        <v>7.2799</v>
+      </c>
+      <c r="K15" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0256</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="92" t="n">
+        <v>4</v>
+      </c>
+      <c r="B16" s="92" t="inlineStr">
+        <is>
+          <t>Aadhar Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C16" s="92" t="inlineStr">
+        <is>
+          <t>INE883F07306</t>
+        </is>
+      </c>
+      <c r="D16" s="92" t="inlineStr">
+        <is>
+          <t>IND AA</t>
+        </is>
+      </c>
+      <c r="E16" s="12" t="n">
+        <v>9700</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>10201.22</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0244</v>
+      </c>
+      <c r="H16" s="8" t="n">
+        <v>46168</v>
+      </c>
+      <c r="J16" s="6" t="n">
+        <v>7.335</v>
+      </c>
+      <c r="K16" s="92" t="inlineStr">
+        <is>
+          <t>IND AA</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.0244</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="92" t="n">
+        <v>5</v>
+      </c>
+      <c r="B17" s="92" t="inlineStr">
+        <is>
+          <t>Piramal Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C17" s="92" t="inlineStr">
+        <is>
+          <t>INE202B07JW4</t>
+        </is>
+      </c>
+      <c r="D17" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AA</t>
+        </is>
+      </c>
+      <c r="E17" s="12" t="n">
         <v>10000</v>
       </c>
-      <c r="F15" s="6" t="n">
-[...34 lines deleted...]
-      <c r="D16" s="2" t="inlineStr">
+      <c r="F17" s="6" t="n">
+        <v>10173.31</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0243</v>
+      </c>
+      <c r="H17" s="8" t="n">
+        <v>46689</v>
+      </c>
+      <c r="J17" s="6" t="n">
+        <v>8.5898</v>
+      </c>
+      <c r="K17" s="92" t="inlineStr">
         <is>
           <t>ICRA AA</t>
         </is>
       </c>
-      <c r="E16" s="12" t="n">
-[...61 lines deleted...]
-      </c>
       <c r="L17" s="7" t="n">
-        <v>0.0254</v>
+        <v>0.0243</v>
       </c>
     </row>
     <row r="18">
-      <c r="A18" s="2" t="n">
+      <c r="A18" s="92" t="n">
         <v>6</v>
       </c>
-      <c r="B18" s="2" t="inlineStr">
+      <c r="B18" s="92" t="inlineStr">
         <is>
           <t>REC Limited**</t>
         </is>
       </c>
-      <c r="C18" s="2" t="inlineStr">
+      <c r="C18" s="92" t="inlineStr">
         <is>
           <t>INE020B08EL2</t>
         </is>
       </c>
-      <c r="D18" s="2" t="inlineStr">
+      <c r="D18" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E18" s="12" t="n">
         <v>7500</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>7719.77</v>
+        <v>7777.76</v>
       </c>
       <c r="G18" s="7" t="n">
-        <v>0.0195</v>
+        <v>0.0186</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>46142</v>
       </c>
       <c r="J18" s="6" t="n">
-        <v>6.435</v>
-[...3 lines deleted...]
-          <t>CRISIL AA</t>
+        <v>6.5001</v>
+      </c>
+      <c r="K18" s="92" t="inlineStr">
+        <is>
+          <t>CARE AA</t>
         </is>
       </c>
       <c r="L18" s="7" t="n">
-        <v>0.0194</v>
+        <v>0.0242</v>
       </c>
     </row>
     <row r="19">
-      <c r="A19" s="2" t="n">
+      <c r="A19" s="92" t="n">
         <v>7</v>
       </c>
-      <c r="B19" s="2" t="inlineStr">
+      <c r="B19" s="92" t="inlineStr">
         <is>
           <t>Aditya Birla Renewables Limited**</t>
         </is>
       </c>
-      <c r="C19" s="2" t="inlineStr">
+      <c r="C19" s="92" t="inlineStr">
         <is>
           <t>INE01QP08016</t>
         </is>
       </c>
-      <c r="D19" s="2" t="inlineStr">
+      <c r="D19" s="92" t="inlineStr">
         <is>
           <t>CRISIL AA</t>
         </is>
       </c>
       <c r="E19" s="12" t="n">
         <v>7500</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>7683.84</v>
+        <v>7731.05</v>
       </c>
       <c r="G19" s="7" t="n">
-        <v>0.0194</v>
+        <v>0.0185</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>46654</v>
       </c>
       <c r="J19" s="6" t="n">
-        <v>7.67</v>
-[...3 lines deleted...]
-          <t>CARE AA</t>
+        <v>7.86</v>
+      </c>
+      <c r="K19" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AA</t>
         </is>
       </c>
       <c r="L19" s="7" t="n">
-        <v>0.0129</v>
+        <v>0.0185</v>
       </c>
     </row>
     <row r="20">
-      <c r="A20" s="2" t="n">
+      <c r="A20" s="92" t="n">
         <v>8</v>
       </c>
-      <c r="B20" s="2" t="inlineStr">
+      <c r="B20" s="92" t="inlineStr">
         <is>
           <t>REC Limited**</t>
         </is>
       </c>
-      <c r="C20" s="2" t="inlineStr">
+      <c r="C20" s="92" t="inlineStr">
         <is>
           <t>INE020B08FC8</t>
         </is>
       </c>
-      <c r="D20" s="2" t="inlineStr">
+      <c r="D20" s="92" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E20" s="12" t="n">
         <v>7500</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>7661.85</v>
+        <v>7711.47</v>
       </c>
       <c r="G20" s="7" t="n">
-        <v>0.0193</v>
+        <v>0.0184</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>46265</v>
       </c>
       <c r="J20" s="6" t="n">
-        <v>6.535</v>
-[...3 lines deleted...]
-          <t>IND AAA(SO)</t>
+        <v>6.715</v>
+      </c>
+      <c r="K20" s="92" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="L20" s="7" t="n">
-        <v>0.004</v>
+        <v>0.0059</v>
       </c>
     </row>
     <row r="21">
-      <c r="A21" s="2" t="n">
+      <c r="A21" s="92" t="n">
         <v>9</v>
       </c>
-      <c r="B21" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D21" s="2" t="inlineStr">
+      <c r="B21" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C21" s="92" t="inlineStr">
+        <is>
+          <t>INE556F08KH1</t>
+        </is>
+      </c>
+      <c r="D21" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E21" s="12" t="n">
         <v>7500</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>7641.31</v>
+        <v>7692.41</v>
       </c>
       <c r="G21" s="7" t="n">
-        <v>0.0193</v>
+        <v>0.0184</v>
       </c>
       <c r="H21" s="8" t="n">
         <v>46265</v>
       </c>
       <c r="J21" s="6" t="n">
-        <v>6.64</v>
-[...1 lines deleted...]
-      <c r="K21" s="2" t="inlineStr">
+        <v>6.71</v>
+      </c>
+      <c r="K21" s="92" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="L21" s="7" t="n">
+        <v>0.0033</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="92" t="n">
+        <v>10</v>
+      </c>
+      <c r="B22" s="92" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C22" s="92" t="inlineStr">
+        <is>
+          <t>INE261F08EA6</t>
+        </is>
+      </c>
+      <c r="D22" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E22" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>7690.15</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0184</v>
+      </c>
+      <c r="H22" s="8" t="n">
+        <v>46265</v>
+      </c>
+      <c r="J22" s="6" t="n">
+        <v>6.85</v>
+      </c>
+      <c r="K22" s="92" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
-      <c r="L21" s="7" t="n">
-[...41 lines deleted...]
-      </c>
       <c r="L22" s="7" t="n">
-        <v>0.0013</v>
+        <v>0.0026</v>
       </c>
     </row>
     <row r="23">
-      <c r="A23" s="2" t="n">
+      <c r="A23" s="92" t="n">
         <v>11</v>
       </c>
-      <c r="B23" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D23" s="2" t="inlineStr">
+      <c r="B23" s="92" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C23" s="92" t="inlineStr">
+        <is>
+          <t>INE261F08DW2</t>
+        </is>
+      </c>
+      <c r="D23" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E23" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>5390.6</v>
+        <v>5292.8</v>
       </c>
       <c r="G23" s="7" t="n">
-        <v>0.0136</v>
+        <v>0.0126</v>
       </c>
       <c r="H23" s="8" t="n">
-        <v>46367</v>
+        <v>46100</v>
       </c>
       <c r="J23" s="6" t="n">
-        <v>6.715</v>
-[...3 lines deleted...]
-          <t>Cash &amp; Equivalent</t>
+        <v>6.355</v>
+      </c>
+      <c r="K23" s="92" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
         </is>
       </c>
       <c r="L23" s="7" t="n">
-        <v>0.0317</v>
+        <v>0.0012</v>
       </c>
     </row>
     <row r="24">
-      <c r="A24" s="2" t="n">
+      <c r="A24" s="92" t="n">
         <v>12</v>
       </c>
-      <c r="B24" s="2" t="inlineStr">
-[...11 lines deleted...]
-          <t>CRISIL AAA</t>
+      <c r="B24" s="92" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C24" s="92" t="inlineStr">
+        <is>
+          <t>INE121A07RC3</t>
+        </is>
+      </c>
+      <c r="D24" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
         </is>
       </c>
       <c r="E24" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>5376.34</v>
+        <v>5255.38</v>
       </c>
       <c r="G24" s="7" t="n">
-        <v>0.0136</v>
+        <v>0.0125</v>
       </c>
       <c r="H24" s="8" t="n">
-        <v>46003</v>
+        <v>46157</v>
       </c>
       <c r="J24" s="6" t="n">
-        <v>6.525</v>
+        <v>7.275</v>
+      </c>
+      <c r="K24" s="92" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L24" s="7" t="n">
+        <v>0.0202</v>
       </c>
     </row>
     <row r="25">
-      <c r="A25" s="2" t="n">
+      <c r="A25" s="92" t="n">
         <v>13</v>
       </c>
-      <c r="B25" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D25" s="2" t="inlineStr">
+      <c r="B25" s="92" t="inlineStr">
+        <is>
+          <t>NTPC Limited**</t>
+        </is>
+      </c>
+      <c r="C25" s="92" t="inlineStr">
+        <is>
+          <t>INE733E08247</t>
+        </is>
+      </c>
+      <c r="D25" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E25" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>5231.34</v>
+        <v>5253.64</v>
       </c>
       <c r="G25" s="7" t="n">
-        <v>0.0132</v>
+        <v>0.0125</v>
       </c>
       <c r="H25" s="8" t="n">
-        <v>46538</v>
+        <v>46129</v>
       </c>
       <c r="J25" s="6" t="n">
-        <v>6.57</v>
+        <v>6.4838</v>
       </c>
     </row>
     <row r="26">
-      <c r="A26" s="2" t="n">
+      <c r="A26" s="92" t="n">
         <v>14</v>
       </c>
-      <c r="B26" s="2" t="inlineStr">
-[...11 lines deleted...]
-          <t>ICRA AA+</t>
+      <c r="B26" s="92" t="inlineStr">
+        <is>
+          <t>National Housing Bank**</t>
+        </is>
+      </c>
+      <c r="C26" s="92" t="inlineStr">
+        <is>
+          <t>INE557F08FR8</t>
+        </is>
+      </c>
+      <c r="D26" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E26" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>5216.85</v>
+        <v>5214.31</v>
       </c>
       <c r="G26" s="7" t="n">
-        <v>0.0132</v>
+        <v>0.0124</v>
       </c>
       <c r="H26" s="8" t="n">
-        <v>46157</v>
+        <v>46226</v>
       </c>
       <c r="J26" s="6" t="n">
-        <v>7.0199</v>
+        <v>6.73</v>
       </c>
     </row>
     <row r="27">
-      <c r="A27" s="2" t="n">
+      <c r="A27" s="92" t="n">
         <v>15</v>
       </c>
-      <c r="B27" s="2" t="inlineStr">
+      <c r="B27" s="92" t="inlineStr">
         <is>
           <t>Cholamandalam Investment and Finance Company Limited**</t>
         </is>
       </c>
-      <c r="C27" s="2" t="inlineStr">
+      <c r="C27" s="92" t="inlineStr">
         <is>
           <t>INE121A07SN8</t>
         </is>
       </c>
-      <c r="D27" s="2" t="inlineStr">
+      <c r="D27" s="92" t="inlineStr">
         <is>
           <t>ICRA AA+</t>
         </is>
       </c>
       <c r="E27" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>5164.17</v>
+        <v>5200.96</v>
       </c>
       <c r="G27" s="7" t="n">
-        <v>0.013</v>
+        <v>0.0124</v>
       </c>
       <c r="H27" s="8" t="n">
         <v>46535</v>
       </c>
       <c r="J27" s="6" t="n">
-        <v>7.26</v>
+        <v>7.38</v>
       </c>
     </row>
     <row r="28">
-      <c r="A28" s="2" t="n">
+      <c r="A28" s="92" t="n">
         <v>16</v>
       </c>
-      <c r="B28" s="2" t="inlineStr">
-[...11 lines deleted...]
-          <t>CRISIL AAA</t>
+      <c r="B28" s="92" t="inlineStr">
+        <is>
+          <t>Nuvama Wealth Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C28" s="92" t="inlineStr">
+        <is>
+          <t>INE918K07PY9</t>
+        </is>
+      </c>
+      <c r="D28" s="92" t="inlineStr">
+        <is>
+          <t>CARE AA</t>
         </is>
       </c>
       <c r="E28" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>5110.85</v>
+        <v>5145.72</v>
       </c>
       <c r="G28" s="7" t="n">
-        <v>0.0129</v>
+        <v>0.0123</v>
       </c>
       <c r="H28" s="8" t="n">
-        <v>46259</v>
+        <v>46549</v>
       </c>
       <c r="J28" s="6" t="n">
-        <v>6.52</v>
+        <v>9.115</v>
       </c>
     </row>
     <row r="29">
-      <c r="A29" s="2" t="n">
+      <c r="A29" s="92" t="n">
         <v>17</v>
       </c>
-      <c r="B29" s="2" t="inlineStr">
-[...11 lines deleted...]
-          <t>CARE AA</t>
+      <c r="B29" s="92" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C29" s="92" t="inlineStr">
+        <is>
+          <t>INE134E08MT1</t>
+        </is>
+      </c>
+      <c r="D29" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E29" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>5103.94</v>
+        <v>5143.2</v>
       </c>
       <c r="G29" s="7" t="n">
-        <v>0.0129</v>
+        <v>0.0123</v>
       </c>
       <c r="H29" s="8" t="n">
-        <v>46549</v>
+        <v>46259</v>
       </c>
       <c r="J29" s="6" t="n">
-        <v>8.9307</v>
+        <v>6.725</v>
       </c>
     </row>
     <row r="30">
-      <c r="A30" s="2" t="n">
+      <c r="A30" s="92" t="n">
         <v>18</v>
       </c>
-      <c r="B30" s="2" t="inlineStr">
+      <c r="B30" s="92" t="inlineStr">
         <is>
           <t>Mankind Pharma Limited**</t>
         </is>
       </c>
-      <c r="C30" s="2" t="inlineStr">
+      <c r="C30" s="92" t="inlineStr">
         <is>
           <t>INE634S07033</t>
         </is>
       </c>
-      <c r="D30" s="2" t="inlineStr">
+      <c r="D30" s="92" t="inlineStr">
         <is>
           <t>CRISIL AA+</t>
         </is>
       </c>
       <c r="E30" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>5089.86</v>
+        <v>5124.56</v>
       </c>
       <c r="G30" s="7" t="n">
-        <v>0.0129</v>
+        <v>0.0122</v>
       </c>
       <c r="H30" s="8" t="n">
         <v>46707</v>
       </c>
       <c r="J30" s="6" t="n">
-        <v>7.3256</v>
+        <v>7.4407</v>
       </c>
     </row>
     <row r="31">
-      <c r="A31" s="2" t="n">
+      <c r="A31" s="92" t="n">
         <v>19</v>
       </c>
-      <c r="B31" s="2" t="inlineStr">
+      <c r="B31" s="92" t="inlineStr">
         <is>
           <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
-      <c r="C31" s="2" t="inlineStr">
+      <c r="C31" s="92" t="inlineStr">
         <is>
           <t>INE134E08IK8</t>
         </is>
       </c>
-      <c r="D31" s="2" t="inlineStr">
+      <c r="D31" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E31" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>5088.07</v>
+        <v>5119.55</v>
       </c>
       <c r="G31" s="7" t="n">
-        <v>0.0128</v>
+        <v>0.0122</v>
       </c>
       <c r="H31" s="8" t="n">
         <v>46281</v>
       </c>
       <c r="J31" s="6" t="n">
-        <v>6.52</v>
+        <v>6.725</v>
       </c>
     </row>
     <row r="32">
-      <c r="A32" s="2" t="n">
+      <c r="A32" s="92" t="n">
         <v>20</v>
       </c>
-      <c r="B32" s="2" t="inlineStr">
+      <c r="B32" s="92" t="inlineStr">
         <is>
           <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
-      <c r="C32" s="2" t="inlineStr">
+      <c r="C32" s="92" t="inlineStr">
         <is>
           <t>INE134E08LP1</t>
         </is>
       </c>
-      <c r="D32" s="2" t="inlineStr">
+      <c r="D32" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E32" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>5084.9</v>
+        <v>5118.57</v>
       </c>
       <c r="G32" s="7" t="n">
-        <v>0.0128</v>
+        <v>0.0122</v>
       </c>
       <c r="H32" s="8" t="n">
         <v>46218</v>
       </c>
       <c r="J32" s="6" t="n">
-        <v>6.5201</v>
+        <v>6.7207</v>
       </c>
     </row>
     <row r="33">
-      <c r="A33" s="2" t="n">
+      <c r="A33" s="92" t="n">
         <v>21</v>
       </c>
-      <c r="B33" s="2" t="inlineStr">
+      <c r="B33" s="92" t="inlineStr">
         <is>
           <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
-      <c r="C33" s="2" t="inlineStr">
+      <c r="C33" s="92" t="inlineStr">
         <is>
           <t>INE115A07RH4</t>
         </is>
       </c>
-      <c r="D33" s="2" t="inlineStr">
+      <c r="D33" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E33" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>5051.14</v>
+        <v>5076.93</v>
       </c>
       <c r="G33" s="7" t="n">
-        <v>0.0128</v>
+        <v>0.0121</v>
       </c>
       <c r="H33" s="8" t="n">
         <v>46647</v>
       </c>
       <c r="J33" s="6" t="n">
-        <v>6.785</v>
+        <v>6.975</v>
       </c>
     </row>
     <row r="34">
-      <c r="A34" s="2" t="n">
+      <c r="A34" s="92" t="n">
         <v>22</v>
       </c>
-      <c r="B34" s="2" t="inlineStr">
-[...11 lines deleted...]
-          <t>ICRA AAA</t>
+      <c r="B34" s="92" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C34" s="92" t="inlineStr">
+        <is>
+          <t>INE414G07IQ8</t>
+        </is>
+      </c>
+      <c r="D34" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
         </is>
       </c>
       <c r="E34" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>5068.18</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0121</v>
+      </c>
+      <c r="H34" s="8" t="n">
+        <v>46363</v>
+      </c>
+      <c r="J34" s="6" t="n">
+        <v>7.5725</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="92" t="n">
+        <v>23</v>
+      </c>
+      <c r="B35" s="92" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C35" s="92" t="inlineStr">
+        <is>
+          <t>INE115A07RA9</t>
+        </is>
+      </c>
+      <c r="D35" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E35" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>5038.39</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.012</v>
+      </c>
+      <c r="H35" s="8" t="n">
+        <v>46367</v>
+      </c>
+      <c r="J35" s="6" t="n">
+        <v>6.965</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="92" t="n">
+        <v>24</v>
+      </c>
+      <c r="B36" s="92" t="inlineStr">
+        <is>
+          <t>Nuvama Wealth and Investment Limited**</t>
+        </is>
+      </c>
+      <c r="C36" s="92" t="inlineStr">
+        <is>
+          <t>INE523L07AS9</t>
+        </is>
+      </c>
+      <c r="D36" s="92" t="inlineStr">
+        <is>
+          <t>CARE AA</t>
+        </is>
+      </c>
+      <c r="E36" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>4997.12</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0119</v>
+      </c>
+      <c r="H36" s="8" t="n">
+        <v>46640</v>
+      </c>
+      <c r="J36" s="6" t="n">
+        <v>9.119999999999999</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="92" t="n">
+        <v>25</v>
+      </c>
+      <c r="B37" s="92" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="92" t="inlineStr">
+        <is>
+          <t>INE115A07PN6</t>
+        </is>
+      </c>
+      <c r="D37" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E37" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>4988.05</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0119</v>
+      </c>
+      <c r="H37" s="8" t="n">
+        <v>46356</v>
+      </c>
+      <c r="J37" s="6" t="n">
+        <v>6.9599</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="92" t="n">
+        <v>26</v>
+      </c>
+      <c r="B38" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C38" s="92" t="inlineStr">
+        <is>
+          <t>INE556F08KK5</t>
+        </is>
+      </c>
+      <c r="D38" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E38" s="12" t="n">
         <v>3000</v>
       </c>
-      <c r="F34" s="6" t="n">
-[...26 lines deleted...]
-      <c r="D35" s="2" t="inlineStr">
+      <c r="F38" s="6" t="n">
+        <v>3073.41</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0073</v>
+      </c>
+      <c r="H38" s="8" t="n">
+        <v>46496</v>
+      </c>
+      <c r="J38" s="6" t="n">
+        <v>6.835</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="92" t="n">
+        <v>27</v>
+      </c>
+      <c r="B39" s="92" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C39" s="92" t="inlineStr">
+        <is>
+          <t>INE414G07HI7</t>
+        </is>
+      </c>
+      <c r="D39" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E39" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>2696.49</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H39" s="8" t="n">
+        <v>46028</v>
+      </c>
+      <c r="J39" s="6" t="n">
+        <v>7.0949</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="92" t="n">
+        <v>28</v>
+      </c>
+      <c r="B40" s="92" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C40" s="92" t="inlineStr">
+        <is>
+          <t>INE115A07RE1</t>
+        </is>
+      </c>
+      <c r="D40" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="E35" s="12" t="n">
-[...89 lines deleted...]
-      <c r="B38" s="2" t="inlineStr">
+      <c r="E40" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>2665.8</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H40" s="8" t="n">
+        <v>46464</v>
+      </c>
+      <c r="J40" s="6" t="n">
+        <v>6.955</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="92" t="n">
+        <v>29</v>
+      </c>
+      <c r="B41" s="92" t="inlineStr">
         <is>
           <t>Mahindra &amp; Mahindra Financial Services Limited**</t>
         </is>
       </c>
-      <c r="C38" s="2" t="inlineStr">
+      <c r="C41" s="92" t="inlineStr">
         <is>
           <t>INE774D07US3</t>
         </is>
       </c>
-      <c r="D38" s="2" t="inlineStr">
-[...104 lines deleted...]
-      <c r="D41" s="2" t="inlineStr">
+      <c r="D41" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E41" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>2598.35</v>
+        <v>2659.2</v>
       </c>
       <c r="G41" s="7" t="n">
-        <v>0.0066</v>
+        <v>0.0063</v>
       </c>
       <c r="H41" s="8" t="n">
+        <v>46104</v>
+      </c>
+      <c r="J41" s="6" t="n">
+        <v>6.835</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="92" t="n">
+        <v>30</v>
+      </c>
+      <c r="B42" s="92" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C42" s="92" t="inlineStr">
+        <is>
+          <t>INE414G07JF9</t>
+        </is>
+      </c>
+      <c r="D42" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E42" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>2643.74</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H42" s="8" t="n">
+        <v>46582</v>
+      </c>
+      <c r="J42" s="6" t="n">
+        <v>7.625</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="92" t="n">
+        <v>31</v>
+      </c>
+      <c r="B43" s="92" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C43" s="92" t="inlineStr">
+        <is>
+          <t>INE115A07PR7</t>
+        </is>
+      </c>
+      <c r="D43" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E43" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>2629.41</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H43" s="8" t="n">
+        <v>46433</v>
+      </c>
+      <c r="J43" s="6" t="n">
+        <v>6.955</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="92" t="n">
+        <v>32</v>
+      </c>
+      <c r="B44" s="92" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C44" s="92" t="inlineStr">
+        <is>
+          <t>INE134E07AI1</t>
+        </is>
+      </c>
+      <c r="D44" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E44" s="12" t="n">
+        <v>250000</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>2624.42</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H44" s="8" t="n">
+        <v>46044</v>
+      </c>
+      <c r="J44" s="6" t="n">
+        <v>6.3247</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="92" t="n">
+        <v>33</v>
+      </c>
+      <c r="B45" s="92" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="92" t="inlineStr">
+        <is>
+          <t>INE377Y07557</t>
+        </is>
+      </c>
+      <c r="D45" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E45" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>2614.85</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="H45" s="8" t="n">
         <v>46444</v>
       </c>
-      <c r="J41" s="6" t="n">
-[...7 lines deleted...]
-      <c r="B42" s="2" t="inlineStr">
+      <c r="J45" s="6" t="n">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="92" t="n">
+        <v>34</v>
+      </c>
+      <c r="B46" s="92" t="inlineStr">
         <is>
           <t>Sikka Ports &amp; Terminals Limited**</t>
         </is>
       </c>
-      <c r="C42" s="2" t="inlineStr">
+      <c r="C46" s="92" t="inlineStr">
         <is>
           <t>INE941D07208</t>
         </is>
       </c>
-      <c r="D42" s="2" t="inlineStr">
+      <c r="D46" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="E42" s="12" t="n">
+      <c r="E46" s="12" t="n">
         <v>250</v>
       </c>
-      <c r="F42" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H42" s="8" t="n">
+      <c r="F46" s="6" t="n">
+        <v>2608.06</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="H46" s="8" t="n">
         <v>46134</v>
       </c>
-      <c r="J42" s="6" t="n">
-[...22 lines deleted...]
-      <c r="E43" s="12" t="n">
+      <c r="J46" s="6" t="n">
+        <v>6.6875</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="92" t="n">
+        <v>35</v>
+      </c>
+      <c r="B47" s="92" t="inlineStr">
+        <is>
+          <t>REC Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="92" t="inlineStr">
+        <is>
+          <t>INE020B08EI8</t>
+        </is>
+      </c>
+      <c r="D47" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E47" s="12" t="n">
         <v>2500</v>
       </c>
-      <c r="F43" s="6" t="n">
-[...16 lines deleted...]
-      <c r="B44" s="2" t="inlineStr">
+      <c r="F47" s="6" t="n">
+        <v>2580.23</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="H47" s="8" t="n">
+        <v>46234</v>
+      </c>
+      <c r="J47" s="6" t="n">
+        <v>6.7</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="92" t="n">
+        <v>36</v>
+      </c>
+      <c r="B48" s="92" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="92" t="inlineStr">
+        <is>
+          <t>INE115A07QT1</t>
+        </is>
+      </c>
+      <c r="D48" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E48" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>2575.5</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.0061</v>
+      </c>
+      <c r="H48" s="8" t="n">
+        <v>46254</v>
+      </c>
+      <c r="J48" s="6" t="n">
+        <v>6.9499</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="92" t="n">
+        <v>37</v>
+      </c>
+      <c r="B49" s="92" t="inlineStr">
         <is>
           <t>Bajaj Housing Finance Limited**</t>
         </is>
       </c>
-      <c r="C44" s="2" t="inlineStr">
+      <c r="C49" s="92" t="inlineStr">
         <is>
           <t>INE377Y07490</t>
         </is>
       </c>
-      <c r="D44" s="2" t="inlineStr">
+      <c r="D49" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="E44" s="12" t="n">
+      <c r="E49" s="12" t="n">
         <v>2500</v>
       </c>
-      <c r="F44" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H44" s="8" t="n">
+      <c r="F49" s="6" t="n">
+        <v>2570.33</v>
+      </c>
+      <c r="G49" s="7" t="n">
+        <v>0.0061</v>
+      </c>
+      <c r="H49" s="8" t="n">
         <v>46274</v>
       </c>
-      <c r="J44" s="6" t="n">
-[...5 lines deleted...]
-      <c r="B45" s="9" t="inlineStr">
+      <c r="J49" s="6" t="n">
+        <v>6.87</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="92" t="n">
+        <v>38</v>
+      </c>
+      <c r="B50" s="92" t="inlineStr">
+        <is>
+          <t>Sundaram Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C50" s="92" t="inlineStr">
+        <is>
+          <t>INE660A07RU2</t>
+        </is>
+      </c>
+      <c r="D50" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E50" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>2518.21</v>
+      </c>
+      <c r="G50" s="7" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="H50" s="8" t="n">
+        <v>46367</v>
+      </c>
+      <c r="J50" s="6" t="n">
+        <v>7.0279</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="92" t="n">
+        <v>39</v>
+      </c>
+      <c r="B51" s="92" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C51" s="92" t="inlineStr">
+        <is>
+          <t>INE261F08EI9</t>
+        </is>
+      </c>
+      <c r="D51" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E51" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>514.89</v>
+      </c>
+      <c r="G51" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="H51" s="8" t="n">
+        <v>46660</v>
+      </c>
+      <c r="J51" s="6" t="n">
+        <v>6.845</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="9" t="n"/>
+      <c r="B52" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C45" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B47" s="4" t="inlineStr">
+      <c r="C52" s="9" t="n"/>
+      <c r="D52" s="9" t="n"/>
+      <c r="E52" s="9" t="n"/>
+      <c r="F52" s="10" t="n">
+        <v>199476.96</v>
+      </c>
+      <c r="G52" s="11" t="n">
+        <v>0.4759</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="B54" s="4" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
     </row>
-    <row r="48">
-[...13 lines deleted...]
-      <c r="D48" s="2" t="inlineStr">
+    <row r="55">
+      <c r="A55" s="92" t="n">
+        <v>40</v>
+      </c>
+      <c r="B55" s="92" t="inlineStr">
+        <is>
+          <t>7.59% GOI 2026</t>
+        </is>
+      </c>
+      <c r="C55" s="92" t="inlineStr">
+        <is>
+          <t>IN0020150093</t>
+        </is>
+      </c>
+      <c r="D55" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E48" s="12" t="n">
-[...29 lines deleted...]
-      <c r="D49" s="2" t="inlineStr">
+      <c r="E55" s="12" t="n">
+        <v>15000000</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>15512.34</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.037</v>
+      </c>
+      <c r="H55" s="8" t="n">
+        <v>46033</v>
+      </c>
+      <c r="J55" s="6" t="n">
+        <v>5.1501</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="92" t="n">
+        <v>41</v>
+      </c>
+      <c r="B56" s="92" t="inlineStr">
+        <is>
+          <t>8.42% Jharkhand SDL 2026</t>
+        </is>
+      </c>
+      <c r="C56" s="92" t="inlineStr">
+        <is>
+          <t>IN3720150066</t>
+        </is>
+      </c>
+      <c r="D56" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E49" s="12" t="n">
-[...29 lines deleted...]
-      <c r="D50" s="2" t="inlineStr">
+      <c r="E56" s="12" t="n">
+        <v>4000000</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>4142.38</v>
+      </c>
+      <c r="G56" s="7" t="n">
+        <v>0.009900000000000001</v>
+      </c>
+      <c r="H56" s="8" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J56" s="6" t="n">
+        <v>5.4588</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="92" t="n">
+        <v>42</v>
+      </c>
+      <c r="B57" s="92" t="inlineStr">
+        <is>
+          <t>5.63% GOI 2026</t>
+        </is>
+      </c>
+      <c r="C57" s="92" t="inlineStr">
+        <is>
+          <t>IN0020210012</t>
+        </is>
+      </c>
+      <c r="D57" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E50" s="12" t="n">
-[...8 lines deleted...]
-      <c r="H50" s="8" t="n">
+      <c r="E57" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>2525.77</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="H57" s="8" t="n">
+        <v>46124</v>
+      </c>
+      <c r="J57" s="6" t="n">
+        <v>5.509</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="92" t="n">
+        <v>43</v>
+      </c>
+      <c r="B58" s="92" t="inlineStr">
+        <is>
+          <t>7.71% Gujarat SDL 2027</t>
+        </is>
+      </c>
+      <c r="C58" s="92" t="inlineStr">
+        <is>
+          <t>IN1520160202</t>
+        </is>
+      </c>
+      <c r="D58" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E58" s="12" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>1042.99</v>
+      </c>
+      <c r="G58" s="7" t="n">
+        <v>0.0025</v>
+      </c>
+      <c r="H58" s="8" t="n">
+        <v>46447</v>
+      </c>
+      <c r="J58" s="6" t="n">
+        <v>5.9149</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="92" t="n">
+        <v>44</v>
+      </c>
+      <c r="B59" s="92" t="inlineStr">
+        <is>
+          <t>8.31% Telangana SDL 2026</t>
+        </is>
+      </c>
+      <c r="C59" s="92" t="inlineStr">
+        <is>
+          <t>IN4520150124</t>
+        </is>
+      </c>
+      <c r="D59" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E59" s="12" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>1037.21</v>
+      </c>
+      <c r="G59" s="7" t="n">
+        <v>0.0025</v>
+      </c>
+      <c r="H59" s="8" t="n">
+        <v>46035</v>
+      </c>
+      <c r="J59" s="6" t="n">
+        <v>5.4501</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="92" t="n">
+        <v>45</v>
+      </c>
+      <c r="B60" s="92" t="inlineStr">
+        <is>
+          <t>8.39 % Madhya Pradesh SDL 2026</t>
+        </is>
+      </c>
+      <c r="C60" s="92" t="inlineStr">
+        <is>
+          <t>IN2120150098</t>
+        </is>
+      </c>
+      <c r="D60" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E60" s="12" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>517.74</v>
+      </c>
+      <c r="G60" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="H60" s="8" t="n">
         <v>46049</v>
       </c>
-      <c r="J50" s="6" t="n">
-[...180 lines deleted...]
-      <c r="B56" s="9" t="inlineStr">
+      <c r="J60" s="6" t="n">
+        <v>5.4345</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="9" t="n"/>
+      <c r="B61" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C56" s="9" t="n"/>
-[...72 lines deleted...]
-        </is>
+      <c r="C61" s="9" t="n"/>
+      <c r="D61" s="9" t="n"/>
+      <c r="E61" s="9" t="n"/>
+      <c r="F61" s="10" t="n">
+        <v>24778.43</v>
+      </c>
+      <c r="G61" s="11" t="n">
+        <v>0.0591</v>
       </c>
     </row>
     <row r="63">
       <c r="B63" s="4" t="inlineStr">
         <is>
+          <t>Securitised Debt</t>
+        </is>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="92" t="n">
+        <v>46</v>
+      </c>
+      <c r="B64" s="92" t="inlineStr">
+        <is>
+          <t>India Universal Trust**</t>
+        </is>
+      </c>
+      <c r="C64" s="92" t="inlineStr">
+        <is>
+          <t>INE16J715019</t>
+        </is>
+      </c>
+      <c r="D64" s="92" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="E64" s="12" t="n">
+        <v>45</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>1370.91</v>
+      </c>
+      <c r="G64" s="7" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="H64" s="8" t="n">
+        <v>46254</v>
+      </c>
+      <c r="J64" s="6" t="n">
+        <v>7.38</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="9" t="n"/>
+      <c r="B65" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C65" s="9" t="n"/>
+      <c r="D65" s="9" t="n"/>
+      <c r="E65" s="9" t="n"/>
+      <c r="F65" s="10" t="n">
+        <v>1370.91</v>
+      </c>
+      <c r="G65" s="11" t="n">
+        <v>0.0033</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="B67" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="68">
+      <c r="B68" s="4" t="inlineStr">
+        <is>
           <t>Certificate of Deposit</t>
         </is>
       </c>
     </row>
-    <row r="64">
-[...3 lines deleted...]
-      <c r="B64" s="2" t="inlineStr">
+    <row r="69">
+      <c r="A69" s="92" t="n">
+        <v>47</v>
+      </c>
+      <c r="B69" s="92" t="inlineStr">
         <is>
           <t>Bank of Baroda**</t>
         </is>
       </c>
-      <c r="C64" s="2" t="inlineStr">
+      <c r="C69" s="92" t="inlineStr">
         <is>
           <t>INE028A16JO3</t>
         </is>
       </c>
-      <c r="D64" s="2" t="inlineStr">
+      <c r="D69" s="92" t="inlineStr">
         <is>
           <t>IND A1+</t>
         </is>
       </c>
-      <c r="E64" s="12" t="n">
+      <c r="E69" s="12" t="n">
         <v>4000</v>
       </c>
-      <c r="F64" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H64" s="8" t="n">
+      <c r="F69" s="6" t="n">
+        <v>19771.64</v>
+      </c>
+      <c r="G69" s="7" t="n">
+        <v>0.0472</v>
+      </c>
+      <c r="H69" s="8" t="n">
         <v>46076</v>
       </c>
-      <c r="J64" s="6" t="n">
-[...7 lines deleted...]
-      <c r="B65" s="2" t="inlineStr">
+      <c r="J69" s="6" t="n">
+        <v>6.11</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="92" t="n">
+        <v>48</v>
+      </c>
+      <c r="B70" s="92" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C70" s="92" t="inlineStr">
+        <is>
+          <t>INE238AD6BK4</t>
+        </is>
+      </c>
+      <c r="D70" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E70" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F70" s="6" t="n">
+        <v>9767.700000000001</v>
+      </c>
+      <c r="G70" s="7" t="n">
+        <v>0.0233</v>
+      </c>
+      <c r="H70" s="8" t="n">
+        <v>46142</v>
+      </c>
+      <c r="J70" s="6" t="n">
+        <v>6.4301</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="92" t="n">
+        <v>49</v>
+      </c>
+      <c r="B71" s="92" t="inlineStr">
         <is>
           <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
-      <c r="C65" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D65" s="2" t="inlineStr">
+      <c r="C71" s="92" t="inlineStr">
+        <is>
+          <t>INE556F16BQ4</t>
+        </is>
+      </c>
+      <c r="D71" s="92" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
-      <c r="E65" s="12" t="n">
-[...34 lines deleted...]
-      <c r="E66" s="12" t="n">
+      <c r="E71" s="12" t="n">
         <v>2000</v>
       </c>
-      <c r="F66" s="6" t="n">
-[...26 lines deleted...]
-      <c r="D67" s="2" t="inlineStr">
+      <c r="F71" s="6" t="n">
+        <v>9435.43</v>
+      </c>
+      <c r="G71" s="7" t="n">
+        <v>0.0225</v>
+      </c>
+      <c r="H71" s="8" t="n">
+        <v>46332</v>
+      </c>
+      <c r="J71" s="6" t="n">
+        <v>6.7199</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="92" t="n">
+        <v>50</v>
+      </c>
+      <c r="B72" s="92" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C72" s="92" t="inlineStr">
+        <is>
+          <t>INE040A16HC7</t>
+        </is>
+      </c>
+      <c r="D72" s="92" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
-      <c r="E67" s="12" t="n">
-[...29 lines deleted...]
-      <c r="D68" s="2" t="inlineStr">
+      <c r="E72" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F72" s="6" t="n">
+        <v>7361.24</v>
+      </c>
+      <c r="G72" s="7" t="n">
+        <v>0.0176</v>
+      </c>
+      <c r="H72" s="8" t="n">
+        <v>46114</v>
+      </c>
+      <c r="J72" s="6" t="n">
+        <v>6.4301</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="92" t="n">
+        <v>51</v>
+      </c>
+      <c r="B73" s="92" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C73" s="92" t="inlineStr">
+        <is>
+          <t>INE040A16HN4</t>
+        </is>
+      </c>
+      <c r="D73" s="92" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
-      <c r="E68" s="12" t="n">
+      <c r="E73" s="12" t="n">
         <v>1500</v>
       </c>
-      <c r="F68" s="6" t="n">
-[...75 lines deleted...]
-      <c r="H70" s="8" t="n">
+      <c r="F73" s="6" t="n">
+        <v>7150.6</v>
+      </c>
+      <c r="G73" s="7" t="n">
+        <v>0.0171</v>
+      </c>
+      <c r="H73" s="8" t="n">
         <v>46276</v>
       </c>
-      <c r="J70" s="6" t="n">
-[...103 lines deleted...]
-      </c>
       <c r="J73" s="6" t="n">
-        <v>6.08</v>
+        <v>6.63</v>
       </c>
     </row>
     <row r="74">
-      <c r="A74" s="2" t="n">
+      <c r="A74" s="92" t="n">
         <v>52</v>
       </c>
-      <c r="B74" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D74" s="2" t="inlineStr">
+      <c r="B74" s="92" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C74" s="92" t="inlineStr">
+        <is>
+          <t>INE237A166Z3</t>
+        </is>
+      </c>
+      <c r="D74" s="92" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E74" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F74" s="6" t="n">
-        <v>4903.77</v>
+        <v>4939.44</v>
       </c>
       <c r="G74" s="7" t="n">
-        <v>0.0124</v>
+        <v>0.0118</v>
       </c>
       <c r="H74" s="8" t="n">
         <v>46080</v>
       </c>
       <c r="J74" s="6" t="n">
-        <v>6.07</v>
+        <v>6.1302</v>
       </c>
     </row>
     <row r="75">
-      <c r="A75" s="2" t="n">
+      <c r="A75" s="92" t="n">
         <v>53</v>
       </c>
-      <c r="B75" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D75" s="2" t="inlineStr">
+      <c r="B75" s="92" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C75" s="92" t="inlineStr">
+        <is>
+          <t>INE562A16OS2</t>
+        </is>
+      </c>
+      <c r="D75" s="92" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E75" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F75" s="6" t="n">
-        <v>4899.55</v>
+        <v>4879.73</v>
       </c>
       <c r="G75" s="7" t="n">
-        <v>0.0124</v>
+        <v>0.0116</v>
       </c>
       <c r="H75" s="8" t="n">
-        <v>46085</v>
+        <v>46148</v>
       </c>
       <c r="J75" s="6" t="n">
-        <v>6.0839</v>
+        <v>6.3799</v>
       </c>
     </row>
     <row r="76">
-      <c r="A76" s="2" t="n">
+      <c r="A76" s="92" t="n">
         <v>54</v>
       </c>
-      <c r="B76" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D76" s="2" t="inlineStr">
+      <c r="B76" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C76" s="92" t="inlineStr">
+        <is>
+          <t>INE556F16BH3</t>
+        </is>
+      </c>
+      <c r="D76" s="92" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E76" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>4845.91</v>
+        <v>4879.29</v>
       </c>
       <c r="G76" s="7" t="n">
-        <v>0.0122</v>
+        <v>0.0116</v>
       </c>
       <c r="H76" s="8" t="n">
-        <v>46148</v>
+        <v>46147</v>
       </c>
       <c r="J76" s="6" t="n">
-        <v>6.24</v>
+        <v>6.4499</v>
       </c>
     </row>
     <row r="77">
-      <c r="A77" s="2" t="n">
+      <c r="A77" s="92" t="n">
         <v>55</v>
       </c>
-      <c r="B77" s="2" t="inlineStr">
-[...11 lines deleted...]
-          <t>CRISIL A1+</t>
+      <c r="B77" s="92" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C77" s="92" t="inlineStr">
+        <is>
+          <t>INE028A16JV8</t>
+        </is>
+      </c>
+      <c r="D77" s="92" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E77" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F77" s="6" t="n">
-        <v>4845.88</v>
+        <v>4877.7</v>
       </c>
       <c r="G77" s="7" t="n">
-        <v>0.0122</v>
+        <v>0.0116</v>
       </c>
       <c r="H77" s="8" t="n">
-        <v>46147</v>
+        <v>46150</v>
       </c>
       <c r="J77" s="6" t="n">
-        <v>6.275</v>
+        <v>6.4</v>
       </c>
     </row>
     <row r="78">
-      <c r="A78" s="2" t="n">
+      <c r="A78" s="92" t="n">
         <v>56</v>
       </c>
-      <c r="B78" s="2" t="inlineStr">
+      <c r="B78" s="92" t="inlineStr">
         <is>
           <t>IDFC First Bank Limited**</t>
         </is>
       </c>
-      <c r="C78" s="2" t="inlineStr">
+      <c r="C78" s="92" t="inlineStr">
         <is>
           <t>INE092T16YP5</t>
         </is>
       </c>
-      <c r="D78" s="2" t="inlineStr">
+      <c r="D78" s="92" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E78" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F78" s="6" t="n">
-        <v>4833.57</v>
+        <v>4869.14</v>
       </c>
       <c r="G78" s="7" t="n">
-        <v>0.0122</v>
+        <v>0.0116</v>
       </c>
       <c r="H78" s="8" t="n">
         <v>46157</v>
       </c>
       <c r="J78" s="6" t="n">
-        <v>6.445</v>
+        <v>6.5399</v>
       </c>
     </row>
     <row r="79">
-      <c r="A79" s="2" t="n">
+      <c r="A79" s="92" t="n">
         <v>57</v>
       </c>
-      <c r="B79" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D79" s="2" t="inlineStr">
+      <c r="B79" s="92" t="inlineStr">
+        <is>
+          <t>The Federal Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C79" s="92" t="inlineStr">
+        <is>
+          <t>INE171A16ND6</t>
+        </is>
+      </c>
+      <c r="D79" s="92" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E79" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>4813.03</v>
+        <v>4866</v>
       </c>
       <c r="G79" s="7" t="n">
-        <v>0.0122</v>
+        <v>0.0116</v>
       </c>
       <c r="H79" s="8" t="n">
-        <v>46182</v>
+        <v>46162</v>
       </c>
       <c r="J79" s="6" t="n">
-        <v>6.445</v>
+        <v>6.485</v>
       </c>
     </row>
     <row r="80">
-      <c r="A80" s="2" t="n">
+      <c r="A80" s="92" t="n">
         <v>58</v>
       </c>
-      <c r="B80" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D80" s="2" t="inlineStr">
+      <c r="B80" s="92" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C80" s="92" t="inlineStr">
+        <is>
+          <t>INE237AD6083</t>
+        </is>
+      </c>
+      <c r="D80" s="92" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E80" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>4788.17</v>
+        <v>4863.97</v>
       </c>
       <c r="G80" s="7" t="n">
-        <v>0.0121</v>
+        <v>0.0116</v>
       </c>
       <c r="H80" s="8" t="n">
-        <v>46188</v>
+        <v>46167</v>
       </c>
       <c r="J80" s="6" t="n">
-        <v>7.145</v>
+        <v>6.3799</v>
       </c>
     </row>
     <row r="81">
-      <c r="A81" s="2" t="n">
+      <c r="A81" s="92" t="n">
         <v>59</v>
       </c>
-      <c r="B81" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D81" s="2" t="inlineStr">
+      <c r="B81" s="92" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C81" s="92" t="inlineStr">
+        <is>
+          <t>INE040A16HX3</t>
+        </is>
+      </c>
+      <c r="D81" s="92" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E81" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F81" s="6" t="n">
-        <v>4768.05</v>
+        <v>4862.93</v>
       </c>
       <c r="G81" s="7" t="n">
-        <v>0.012</v>
+        <v>0.0116</v>
       </c>
       <c r="H81" s="8" t="n">
-        <v>46239</v>
+        <v>46167</v>
       </c>
       <c r="J81" s="6" t="n">
-        <v>6.4101</v>
+        <v>6.4301</v>
       </c>
     </row>
     <row r="82">
-      <c r="A82" s="2" t="n">
+      <c r="A82" s="92" t="n">
         <v>60</v>
       </c>
-      <c r="B82" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D82" s="2" t="inlineStr">
+      <c r="B82" s="92" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C82" s="92" t="inlineStr">
+        <is>
+          <t>INE092T16YR1</t>
+        </is>
+      </c>
+      <c r="D82" s="92" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E82" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F82" s="6" t="n">
-        <v>4709.28</v>
+        <v>4847.98</v>
       </c>
       <c r="G82" s="7" t="n">
+        <v>0.0116</v>
+      </c>
+      <c r="H82" s="8" t="n">
+        <v>46182</v>
+      </c>
+      <c r="J82" s="6" t="n">
+        <v>6.54</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="92" t="n">
+        <v>61</v>
+      </c>
+      <c r="B83" s="92" t="inlineStr">
+        <is>
+          <t>Ujjivan Small Finance Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C83" s="92" t="inlineStr">
+        <is>
+          <t>INE551W16CD6</t>
+        </is>
+      </c>
+      <c r="D83" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E83" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F83" s="6" t="n">
+        <v>4826.64</v>
+      </c>
+      <c r="G83" s="7" t="n">
+        <v>0.0115</v>
+      </c>
+      <c r="H83" s="8" t="n">
+        <v>46191</v>
+      </c>
+      <c r="J83" s="6" t="n">
+        <v>7.125</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="92" t="n">
+        <v>62</v>
+      </c>
+      <c r="B84" s="92" t="inlineStr">
+        <is>
+          <t>Equitas Small Finance Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C84" s="92" t="inlineStr">
+        <is>
+          <t>INE063P16BC0</t>
+        </is>
+      </c>
+      <c r="D84" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E84" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F84" s="6" t="n">
+        <v>4826.02</v>
+      </c>
+      <c r="G84" s="7" t="n">
+        <v>0.0115</v>
+      </c>
+      <c r="H84" s="8" t="n">
+        <v>46188</v>
+      </c>
+      <c r="J84" s="6" t="n">
+        <v>7.2701</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="92" t="n">
+        <v>63</v>
+      </c>
+      <c r="B85" s="92" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C85" s="92" t="inlineStr">
+        <is>
+          <t>INE040A16HF0</t>
+        </is>
+      </c>
+      <c r="D85" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E85" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F85" s="6" t="n">
+        <v>4797.81</v>
+      </c>
+      <c r="G85" s="7" t="n">
+        <v>0.0115</v>
+      </c>
+      <c r="H85" s="8" t="n">
+        <v>46239</v>
+      </c>
+      <c r="J85" s="6" t="n">
+        <v>6.63</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="92" t="n">
+        <v>64</v>
+      </c>
+      <c r="B86" s="92" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C86" s="92" t="inlineStr">
+        <is>
+          <t>INE238AD6BJ6</t>
+        </is>
+      </c>
+      <c r="D86" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E86" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F86" s="6" t="n">
+        <v>4738.35</v>
+      </c>
+      <c r="G86" s="7" t="n">
+        <v>0.0113</v>
+      </c>
+      <c r="H86" s="8" t="n">
+        <v>46311</v>
+      </c>
+      <c r="J86" s="6" t="n">
+        <v>6.63</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="92" t="n">
+        <v>65</v>
+      </c>
+      <c r="B87" s="92" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C87" s="92" t="inlineStr">
+        <is>
+          <t>INE028A16KO1</t>
+        </is>
+      </c>
+      <c r="D87" s="92" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E87" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F87" s="6" t="n">
+        <v>4698.72</v>
+      </c>
+      <c r="G87" s="7" t="n">
+        <v>0.0112</v>
+      </c>
+      <c r="H87" s="8" t="n">
+        <v>46360</v>
+      </c>
+      <c r="J87" s="6" t="n">
+        <v>6.63</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="92" t="n">
+        <v>66</v>
+      </c>
+      <c r="B88" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C88" s="92" t="inlineStr">
+        <is>
+          <t>INE556F16BS0</t>
+        </is>
+      </c>
+      <c r="D88" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E88" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F88" s="6" t="n">
+        <v>4694.88</v>
+      </c>
+      <c r="G88" s="7" t="n">
+        <v>0.0112</v>
+      </c>
+      <c r="H88" s="8" t="n">
+        <v>46360</v>
+      </c>
+      <c r="J88" s="6" t="n">
+        <v>6.72</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="92" t="n">
+        <v>67</v>
+      </c>
+      <c r="B89" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C89" s="92" t="inlineStr">
+        <is>
+          <t>INE556F16BB6</t>
+        </is>
+      </c>
+      <c r="D89" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E89" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F89" s="6" t="n">
+        <v>2469.57</v>
+      </c>
+      <c r="G89" s="7" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="H89" s="8" t="n">
+        <v>46080</v>
+      </c>
+      <c r="J89" s="6" t="n">
+        <v>6.16</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="92" t="n">
+        <v>68</v>
+      </c>
+      <c r="B90" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C90" s="92" t="inlineStr">
+        <is>
+          <t>INE556F16BD2</t>
+        </is>
+      </c>
+      <c r="D90" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E90" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F90" s="6" t="n">
+        <v>2465.1</v>
+      </c>
+      <c r="G90" s="7" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="H90" s="8" t="n">
+        <v>46092</v>
+      </c>
+      <c r="J90" s="6" t="n">
+        <v>6.0799</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="92" t="n">
+        <v>69</v>
+      </c>
+      <c r="B91" s="92" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C91" s="92" t="inlineStr">
+        <is>
+          <t>INE261F16983</t>
+        </is>
+      </c>
+      <c r="D91" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E91" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F91" s="6" t="n">
+        <v>2464.35</v>
+      </c>
+      <c r="G91" s="7" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="H91" s="8" t="n">
+        <v>46094</v>
+      </c>
+      <c r="J91" s="6" t="n">
+        <v>6.0696</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="92" t="n">
+        <v>70</v>
+      </c>
+      <c r="B92" s="92" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C92" s="92" t="inlineStr">
+        <is>
+          <t>INE028A16JG9</t>
+        </is>
+      </c>
+      <c r="D92" s="92" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E92" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F92" s="6" t="n">
+        <v>2452.27</v>
+      </c>
+      <c r="G92" s="7" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="H92" s="8" t="n">
+        <v>46118</v>
+      </c>
+      <c r="J92" s="6" t="n">
+        <v>6.3999</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="92" t="n">
+        <v>71</v>
+      </c>
+      <c r="B93" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C93" s="92" t="inlineStr">
+        <is>
+          <t>INE556F16BI1</t>
+        </is>
+      </c>
+      <c r="D93" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E93" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F93" s="6" t="n">
+        <v>2433.35</v>
+      </c>
+      <c r="G93" s="7" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="H93" s="8" t="n">
+        <v>46162</v>
+      </c>
+      <c r="J93" s="6" t="n">
+        <v>6.4498</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="92" t="n">
+        <v>72</v>
+      </c>
+      <c r="B94" s="92" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C94" s="92" t="inlineStr">
+        <is>
+          <t>INE028A16KM5</t>
+        </is>
+      </c>
+      <c r="D94" s="92" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E94" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F94" s="6" t="n">
+        <v>2354.99</v>
+      </c>
+      <c r="G94" s="7" t="n">
+        <v>0.0056</v>
+      </c>
+      <c r="H94" s="8" t="n">
+        <v>46346</v>
+      </c>
+      <c r="J94" s="6" t="n">
+        <v>6.6299</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="9" t="n"/>
+      <c r="B95" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C95" s="9" t="n"/>
+      <c r="D95" s="9" t="n"/>
+      <c r="E95" s="9" t="n"/>
+      <c r="F95" s="10" t="n">
+        <v>140594.84</v>
+      </c>
+      <c r="G95" s="11" t="n">
+        <v>0.3355</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="B97" s="4" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="98">
+      <c r="B98" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="92" t="n">
+        <v>73</v>
+      </c>
+      <c r="B99" s="92" t="inlineStr">
+        <is>
+          <t>Nuvama Wealth Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C99" s="92" t="inlineStr">
+        <is>
+          <t>INE918K14CL0</t>
+        </is>
+      </c>
+      <c r="D99" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E99" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F99" s="6" t="n">
+        <v>4997.08</v>
+      </c>
+      <c r="G99" s="7" t="n">
         <v>0.0119</v>
       </c>
-      <c r="H82" s="8" t="n">
-[...20 lines deleted...]
-      <c r="D83" s="2" t="inlineStr">
+      <c r="H99" s="8" t="n">
+        <v>46010</v>
+      </c>
+      <c r="J99" s="6" t="n">
+        <v>7.0973</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="92" t="n">
+        <v>74</v>
+      </c>
+      <c r="B100" s="92" t="inlineStr">
+        <is>
+          <t>Kotak Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C100" s="92" t="inlineStr">
+        <is>
+          <t>INE028E14TK7</t>
+        </is>
+      </c>
+      <c r="D100" s="92" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
-      <c r="E83" s="12" t="n">
+      <c r="E100" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F100" s="6" t="n">
+        <v>4921.98</v>
+      </c>
+      <c r="G100" s="7" t="n">
+        <v>0.0117</v>
+      </c>
+      <c r="H100" s="8" t="n">
+        <v>46094</v>
+      </c>
+      <c r="J100" s="6" t="n">
+        <v>6.6498</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="92" t="n">
+        <v>75</v>
+      </c>
+      <c r="B101" s="92" t="inlineStr">
+        <is>
+          <t>Axis Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C101" s="92" t="inlineStr">
+        <is>
+          <t>INE110O14GX2</t>
+        </is>
+      </c>
+      <c r="D101" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E101" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F101" s="6" t="n">
+        <v>4854.36</v>
+      </c>
+      <c r="G101" s="7" t="n">
+        <v>0.0116</v>
+      </c>
+      <c r="H101" s="8" t="n">
+        <v>46164</v>
+      </c>
+      <c r="J101" s="6" t="n">
+        <v>6.9751</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="92" t="n">
+        <v>76</v>
+      </c>
+      <c r="B102" s="92" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C102" s="92" t="inlineStr">
+        <is>
+          <t>INE338I14KQ7</t>
+        </is>
+      </c>
+      <c r="D102" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E102" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F102" s="6" t="n">
+        <v>4821.86</v>
+      </c>
+      <c r="G102" s="7" t="n">
+        <v>0.0115</v>
+      </c>
+      <c r="H102" s="8" t="n">
+        <v>46188</v>
+      </c>
+      <c r="J102" s="6" t="n">
+        <v>7.4501</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="92" t="n">
+        <v>77</v>
+      </c>
+      <c r="B103" s="92" t="inlineStr">
+        <is>
+          <t>Bahadur Chand Investments Private Limited**</t>
+        </is>
+      </c>
+      <c r="C103" s="92" t="inlineStr">
+        <is>
+          <t>INE087M14BV1</t>
+        </is>
+      </c>
+      <c r="D103" s="92" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E103" s="12" t="n">
         <v>500</v>
       </c>
-      <c r="F83" s="6" t="n">
-[...26 lines deleted...]
-      <c r="D84" s="2" t="inlineStr">
+      <c r="F103" s="6" t="n">
+        <v>2461.26</v>
+      </c>
+      <c r="G103" s="7" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="H103" s="8" t="n">
+        <v>46085</v>
+      </c>
+      <c r="J103" s="6" t="n">
+        <v>7.365</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="92" t="n">
+        <v>78</v>
+      </c>
+      <c r="B104" s="92" t="inlineStr">
+        <is>
+          <t>Indostar Capital Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C104" s="92" t="inlineStr">
+        <is>
+          <t>INE896L14EV1</t>
+        </is>
+      </c>
+      <c r="D104" s="92" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
-      <c r="E84" s="12" t="n">
-[...157 lines deleted...]
-      <c r="B89" s="9" t="inlineStr">
+      <c r="E104" s="12" t="n">
+        <v>300</v>
+      </c>
+      <c r="F104" s="6" t="n">
+        <v>1498.07</v>
+      </c>
+      <c r="G104" s="7" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="H104" s="8" t="n">
+        <v>46013</v>
+      </c>
+      <c r="J104" s="6" t="n">
+        <v>7.8515</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="9" t="n"/>
+      <c r="B105" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C89" s="9" t="n"/>
-[...251 lines deleted...]
-      <c r="B101" s="4" t="inlineStr">
+      <c r="C105" s="9" t="n"/>
+      <c r="D105" s="9" t="n"/>
+      <c r="E105" s="9" t="n"/>
+      <c r="F105" s="10" t="n">
+        <v>23554.61</v>
+      </c>
+      <c r="G105" s="11" t="n">
+        <v>0.0562</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="B107" s="4" t="inlineStr">
         <is>
           <t>Treasury Bill</t>
         </is>
       </c>
     </row>
-    <row r="102">
-[...13 lines deleted...]
-      <c r="D102" s="2" t="inlineStr">
+    <row r="108">
+      <c r="A108" s="92" t="n">
+        <v>79</v>
+      </c>
+      <c r="B108" s="92" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C108" s="92" t="inlineStr">
+        <is>
+          <t>IN002024Z420</t>
+        </is>
+      </c>
+      <c r="D108" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E102" s="12" t="n">
-[...19 lines deleted...]
-      <c r="B103" s="2" t="inlineStr">
+      <c r="E108" s="12" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F108" s="6" t="n">
+        <v>4968.31</v>
+      </c>
+      <c r="G108" s="7" t="n">
+        <v>0.0119</v>
+      </c>
+      <c r="H108" s="8" t="n">
+        <v>46051</v>
+      </c>
+      <c r="J108" s="6" t="n">
+        <v>5.2904</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="92" t="n">
+        <v>80</v>
+      </c>
+      <c r="B109" s="92" t="inlineStr">
+        <is>
+          <t>182 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C109" s="92" t="inlineStr">
+        <is>
+          <t>IN002025Y214</t>
+        </is>
+      </c>
+      <c r="D109" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E109" s="12" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F109" s="6" t="n">
+        <v>4953.47</v>
+      </c>
+      <c r="G109" s="7" t="n">
+        <v>0.0118</v>
+      </c>
+      <c r="H109" s="8" t="n">
+        <v>46072</v>
+      </c>
+      <c r="J109" s="6" t="n">
+        <v>5.275</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="92" t="n">
+        <v>81</v>
+      </c>
+      <c r="B110" s="92" t="inlineStr">
         <is>
           <t>364 DAYS T-BILL 2026</t>
         </is>
       </c>
-      <c r="C103" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D103" s="2" t="inlineStr">
+      <c r="C110" s="92" t="inlineStr">
+        <is>
+          <t>IN002024Z487</t>
+        </is>
+      </c>
+      <c r="D110" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E103" s="12" t="n">
+      <c r="E110" s="12" t="n">
         <v>5000000</v>
       </c>
-      <c r="F103" s="6" t="n">
-[...16 lines deleted...]
-      <c r="B104" s="2" t="inlineStr">
+      <c r="F110" s="6" t="n">
+        <v>4938.68</v>
+      </c>
+      <c r="G110" s="7" t="n">
+        <v>0.0118</v>
+      </c>
+      <c r="H110" s="8" t="n">
+        <v>46093</v>
+      </c>
+      <c r="J110" s="6" t="n">
+        <v>5.2701</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="92" t="n">
+        <v>82</v>
+      </c>
+      <c r="B111" s="92" t="inlineStr">
         <is>
           <t>364 DAYS T-BILL 2026</t>
         </is>
       </c>
-      <c r="C104" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D104" s="2" t="inlineStr">
+      <c r="C111" s="92" t="inlineStr">
+        <is>
+          <t>IN002025Z054</t>
+        </is>
+      </c>
+      <c r="D111" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E104" s="12" t="n">
-[...19 lines deleted...]
-      <c r="B105" s="2" t="inlineStr">
+      <c r="E111" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F111" s="6" t="n">
+        <v>2450.51</v>
+      </c>
+      <c r="G111" s="7" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="H111" s="8" t="n">
+        <v>46143</v>
+      </c>
+      <c r="J111" s="6" t="n">
+        <v>5.4199</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="92" t="n">
+        <v>83</v>
+      </c>
+      <c r="B112" s="92" t="inlineStr">
         <is>
           <t>364 DAYS T-BILL 2026</t>
         </is>
       </c>
-      <c r="C105" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D105" s="2" t="inlineStr">
+      <c r="C112" s="92" t="inlineStr">
+        <is>
+          <t>IN002025Z096</t>
+        </is>
+      </c>
+      <c r="D112" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E105" s="12" t="n">
-[...88 lines deleted...]
-      </c>
       <c r="E112" s="12" t="n">
-        <v>9473.259</v>
+        <v>2000000</v>
       </c>
       <c r="F112" s="6" t="n">
-        <v>1083.82</v>
+        <v>1952.31</v>
       </c>
       <c r="G112" s="7" t="n">
-        <v>0.0027</v>
-[...1 lines deleted...]
-      <c r="J112" s="6" t="n"/>
+        <v>0.0047</v>
+      </c>
+      <c r="H112" s="8" t="n">
+        <v>46170</v>
+      </c>
+      <c r="J112" s="6" t="n">
+        <v>5.47</v>
+      </c>
     </row>
     <row r="113">
       <c r="A113" s="9" t="n"/>
       <c r="B113" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C113" s="9" t="n"/>
       <c r="D113" s="9" t="n"/>
       <c r="E113" s="9" t="n"/>
       <c r="F113" s="10" t="n">
-        <v>1083.82</v>
+        <v>19263.28</v>
       </c>
       <c r="G113" s="11" t="n">
-        <v>0.0027</v>
+        <v>0.046</v>
       </c>
     </row>
     <row r="115">
+      <c r="A115" s="92" t="n">
+        <v>84</v>
+      </c>
       <c r="B115" s="4" t="inlineStr">
         <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F115" s="6" t="n">
+        <v>13983.87</v>
+      </c>
+      <c r="G115" s="7" t="n">
+        <v>0.0333</v>
+      </c>
+      <c r="H115" s="8" t="n">
+        <v>46007</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="9" t="n"/>
+      <c r="B116" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C116" s="9" t="n"/>
+      <c r="D116" s="9" t="n"/>
+      <c r="E116" s="9" t="n"/>
+      <c r="F116" s="10" t="n">
+        <v>13983.87</v>
+      </c>
+      <c r="G116" s="11" t="n">
+        <v>0.0333</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="B118" s="4" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="92" t="n">
+        <v>85</v>
+      </c>
+      <c r="B119" s="92" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C119" s="92" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E119" s="12" t="n">
+        <v>9473.259</v>
+      </c>
+      <c r="F119" s="6" t="n">
+        <v>1091.23</v>
+      </c>
+      <c r="G119" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="J119" s="6" t="n"/>
+    </row>
+    <row r="120">
+      <c r="A120" s="9" t="n"/>
+      <c r="B120" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C120" s="9" t="n"/>
+      <c r="D120" s="9" t="n"/>
+      <c r="E120" s="9" t="n"/>
+      <c r="F120" s="10" t="n">
+        <v>1091.23</v>
+      </c>
+      <c r="G120" s="11" t="n">
+        <v>0.0026</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="B122" s="4" t="inlineStr">
+        <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
-    <row r="116">
-      <c r="B116" s="2" t="inlineStr">
+    <row r="123">
+      <c r="B123" s="92" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E116" s="12" t="n"/>
-[...10 lines deleted...]
-      <c r="B117" s="9" t="inlineStr">
+      <c r="E123" s="12" t="n"/>
+      <c r="F123" s="6" t="n">
+        <v>-5725.44</v>
+      </c>
+      <c r="G123" s="7" t="n">
+        <v>-0.0131</v>
+      </c>
+      <c r="J123" s="6" t="n"/>
+    </row>
+    <row r="124">
+      <c r="A124" s="9" t="n"/>
+      <c r="B124" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C117" s="9" t="n"/>
-[...11 lines deleted...]
-      <c r="B119" s="5" t="inlineStr">
+      <c r="C124" s="9" t="n"/>
+      <c r="D124" s="9" t="n"/>
+      <c r="E124" s="9" t="n"/>
+      <c r="F124" s="10" t="n">
+        <v>-5725.44</v>
+      </c>
+      <c r="G124" s="11" t="n">
+        <v>-0.0131</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="5" t="n"/>
+      <c r="B126" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C119" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G119" s="14" t="n">
+      <c r="C126" s="5" t="n"/>
+      <c r="D126" s="5" t="n"/>
+      <c r="E126" s="5" t="n"/>
+      <c r="F126" s="13" t="n">
+        <v>418902.87</v>
+      </c>
+      <c r="G126" s="14" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="120">
-      <c r="A120" s="2" t="inlineStr">
+    <row r="127">
+      <c r="A127" s="92" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="121">
-      <c r="A121" s="2" t="n">
+    <row r="128">
+      <c r="A128" s="92" t="n">
         <v>1</v>
       </c>
-      <c r="B121" s="2" t="inlineStr">
+      <c r="B128" s="92" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
-    <row r="122">
-      <c r="A122" s="16" t="n">
+    <row r="129">
+      <c r="A129" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B122" s="16" t="inlineStr">
+      <c r="B129" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="123" ht="27" customHeight="1" s="74">
-      <c r="A123" s="16" t="n">
+    <row r="130" ht="125.15" customHeight="1" s="68">
+      <c r="A130" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B123" s="16" t="inlineStr">
-[...9 lines deleted...]
-      <c r="B124" s="76" t="inlineStr">
+      <c r="B130" s="70" t="inlineStr">
         <is>
           <t xml:space="preserve">As per SEBI (MUTUAL FUNDS) REGULATIONS, 1996 and  MASTER CIRCULAR SEBI/HO/IMD/IMD-PoD-1/P/CIR/2024/90 Dtd June 27th 2024,  Below are the details of the securities in case of which issuer has defaulted beyond its maturity date. 
 Pursuant to the application filed by the Board of IL&amp;FS with the Hon’ble NCLAT to effect the interim distribution process, DSP Ultra short Fund has received Interim distribution from IL&amp;FS Transportation Networks Limited as stated below in the form of cash and InVITs. The cash distribution has been recognized as realized income passed on to the investors through NAV. The impact of InVITs has been factored in the NAV of the respective scheme on the March 07,2025 on which the INVITs were allotted. The provision of 10% is created on all the distributions of ITNL including prior distribution to safeguard the interest of unit holders as ITNL may claw back the amount in case the distribution results in excess distribution than what the debenture holders ought to have received.  </t>
         </is>
       </c>
-      <c r="C124" s="101" t="n"/>
-[...8 lines deleted...]
-      <c r="B125" s="24" t="inlineStr">
+      <c r="C130" s="102" t="n"/>
+      <c r="D130" s="102" t="n"/>
+      <c r="E130" s="102" t="n"/>
+      <c r="F130" s="102" t="n"/>
+      <c r="G130" s="102" t="n"/>
+      <c r="H130" s="102" t="n"/>
+      <c r="I130" s="102" t="n"/>
+    </row>
+    <row r="131" ht="81" customHeight="1" s="68">
+      <c r="A131" s="15" t="n"/>
+      <c r="B131" s="22" t="inlineStr">
         <is>
           <t>Security Name</t>
         </is>
       </c>
-      <c r="C125" s="24" t="inlineStr">
+      <c r="C131" s="22" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D125" s="24" t="inlineStr">
+      <c r="D131" s="22" t="inlineStr">
         <is>
           <t>value of the security considered under net receivables (i.e. value recognized in NAV in absolute terms and as % to NAV)
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="E125" s="102" t="n"/>
-      <c r="F125" s="24" t="inlineStr">
+      <c r="E131" s="103" t="n"/>
+      <c r="F131" s="22" t="inlineStr">
         <is>
           <t>total amount (including principal and interest) that is due to the scheme on that investment
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="G125" s="25" t="inlineStr">
+      <c r="G131" s="23" t="inlineStr">
         <is>
           <t>Interim Distribution received (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="H125" s="24" t="inlineStr">
+      <c r="H131" s="22" t="inlineStr">
         <is>
           <t>Date of passing Interim Distribution recognized in NAV</t>
         </is>
       </c>
-      <c r="I125" s="26" t="inlineStr">
+      <c r="I131" s="24" t="inlineStr">
         <is>
           <t>Interim Distribution (Units) INR at Unit Face Value Rs. 100 (Rs. In Lakhs)</t>
         </is>
       </c>
     </row>
-    <row r="126" ht="27" customHeight="1" s="74">
-      <c r="B126" s="27" t="inlineStr">
+    <row r="132" ht="27" customHeight="1" s="68">
+      <c r="A132" s="15" t="n"/>
+      <c r="B132" s="25" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Transportation Networks Limited NCD Series A 23032019</t>
         </is>
       </c>
-      <c r="C126" s="28" t="inlineStr">
+      <c r="C132" s="26" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D126" s="29" t="n">
+      <c r="D132" s="27" t="n">
         <v>0</v>
       </c>
-      <c r="E126" s="30" t="n">
+      <c r="E132" s="28" t="n">
         <v>0</v>
       </c>
-      <c r="F126" s="103" t="n">
+      <c r="F132" s="104" t="n">
         <v>6627.8121</v>
       </c>
-      <c r="G126" s="31" t="n">
+      <c r="G132" s="29" t="n">
         <v>413.50243</v>
       </c>
-      <c r="H126" s="32" t="n">
+      <c r="H132" s="30" t="n">
         <v>45218</v>
       </c>
-      <c r="I126" s="104" t="n">
+      <c r="I132" s="105" t="n">
         <v>733.33</v>
       </c>
     </row>
-    <row r="127" ht="27" customHeight="1" s="74">
-      <c r="B127" s="27" t="inlineStr">
+    <row r="133" ht="27" customHeight="1" s="68">
+      <c r="A133" s="15" t="n"/>
+      <c r="B133" s="25" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Transportation Networks Limited NCD Series A 23032019</t>
         </is>
       </c>
-      <c r="C127" s="28" t="inlineStr">
+      <c r="C133" s="26" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D127" s="29" t="n">
+      <c r="D133" s="27" t="n">
         <v>0</v>
       </c>
-      <c r="E127" s="30" t="n">
+      <c r="E133" s="28" t="n">
         <v>0</v>
       </c>
-      <c r="F127" s="105" t="n"/>
-      <c r="G127" s="31" t="n">
+      <c r="F133" s="106" t="n"/>
+      <c r="G133" s="29" t="n">
         <v>209.28715</v>
       </c>
-      <c r="H127" s="32" t="n">
+      <c r="H133" s="30" t="n">
         <v>45715</v>
       </c>
-      <c r="I127" s="105" t="n"/>
-[...2 lines deleted...]
-      <c r="A128" t="n">
+      <c r="I133" s="106" t="n"/>
+    </row>
+    <row r="134" ht="57.5" customHeight="1" s="68">
+      <c r="A134" s="15" t="n">
+        <v>4</v>
+      </c>
+      <c r="B134" s="93" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
+        </is>
+      </c>
+      <c r="C134" s="107" t="n"/>
+      <c r="D134" s="107" t="n"/>
+      <c r="E134" s="107" t="n"/>
+      <c r="F134" s="107" t="n"/>
+      <c r="G134" s="107" t="n"/>
+      <c r="H134" s="107" t="n"/>
+      <c r="I134" s="107" t="n"/>
+    </row>
+    <row r="135" ht="14.5" customHeight="1" s="68">
+      <c r="A135" s="15" t="n"/>
+    </row>
+    <row r="136">
+      <c r="A136" s="15" t="n"/>
+      <c r="B136" s="47" t="inlineStr">
+        <is>
+          <t>Disclosure in Derivatives</t>
+        </is>
+      </c>
+      <c r="C136" s="47" t="inlineStr">
+        <is>
+          <t>Industry</t>
+        </is>
+      </c>
+      <c r="D136" s="47" t="inlineStr">
+        <is>
+          <t>Notional Value</t>
+        </is>
+      </c>
+      <c r="E136" s="47" t="inlineStr">
+        <is>
+          <t>% To net assets</t>
+        </is>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" s="15" t="n"/>
+      <c r="B137" s="52" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C137" s="53" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D137" s="50" t="n">
+        <v>1000000000</v>
+      </c>
+      <c r="E137" s="54" t="n">
+        <v>1e-05</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" s="15" t="n"/>
+      <c r="B138" s="52" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C138" s="53" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D138" s="50" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E138" s="54" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" s="15" t="n"/>
+      <c r="B139" s="52" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C139" s="53" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D139" s="50" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E139" s="54" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" s="15" t="n"/>
+      <c r="B140" s="52" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C140" s="53" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D140" s="50" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E140" s="54" t="n">
+        <v>1e-05</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" s="15" t="n"/>
+      <c r="B141" s="52" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C141" s="53" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D141" s="50" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E141" s="54" t="n">
+        <v>1e-05</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" s="15" t="n"/>
+      <c r="B142" s="52" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C142" s="53" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D142" s="50" t="n">
+        <v>500000000</v>
+      </c>
+      <c r="E142" s="54" t="n">
+        <v>1e-05</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" s="15" t="n"/>
+      <c r="B143" s="52" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C143" s="53" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D143" s="50" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E143" s="54" t="n">
+        <v>1e-05</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" s="15" t="n"/>
+      <c r="B144" s="52" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C144" s="53" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D144" s="50" t="n">
+        <v>500000000</v>
+      </c>
+      <c r="E144" s="54" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" s="15" t="n"/>
+      <c r="B145" s="52" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C145" s="53" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D145" s="50" t="n">
+        <v>500000000</v>
+      </c>
+      <c r="E145" s="54" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" s="15" t="n"/>
+      <c r="B146" s="52" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C146" s="53" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D146" s="50" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E146" s="54" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" s="15" t="n"/>
+      <c r="B147" s="52" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C147" s="53" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D147" s="50" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E147" s="54" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" s="15" t="n"/>
+      <c r="B148" s="15" t="n"/>
+    </row>
+    <row r="149" ht="27" customHeight="1" s="68">
+      <c r="A149" s="15" t="n">
         <v>5</v>
       </c>
-      <c r="B128" s="75" t="inlineStr">
-[...196 lines deleted...]
-      <c r="B143" s="1" t="inlineStr">
+      <c r="B149" s="15" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" ht="14.5" customHeight="1" s="68">
+      <c r="B151" s="91" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="157" ht="14.5" customHeight="1" s="74">
-      <c r="B157" s="1" t="inlineStr">
+    <row r="163" ht="14.5" customHeight="1" s="68">
+      <c r="B163" s="91" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Ultra Short Duration Debt A-I Index</t>
         </is>
       </c>
     </row>
-    <row r="172">
-[...1 lines deleted...]
-      <c r="C172" s="19" t="inlineStr">
+    <row r="178">
+      <c r="B178" s="16" t="n"/>
+      <c r="C178" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="173">
-      <c r="B173" s="17" t="inlineStr">
+    <row r="179">
+      <c r="B179" s="16" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C173" s="19" t="inlineStr">
+      <c r="C179" s="18" t="inlineStr">
         <is>
           <t>DSP Ultra Short Fund</t>
         </is>
       </c>
     </row>
-    <row r="174">
-      <c r="B174" s="17" t="inlineStr">
+    <row r="180">
+      <c r="B180" s="16" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C174" s="20" t="n"/>
-[...2 lines deleted...]
-      <c r="B175" s="17" t="inlineStr">
+      <c r="C180" s="19" t="n"/>
+    </row>
+    <row r="181">
+      <c r="B181" s="16" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C175" s="21" t="n">
-[...4 lines deleted...]
-      <c r="B176" s="17" t="inlineStr">
+      <c r="C181" s="20" t="n">
+        <v>0.0668</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="B182" s="16" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C176" s="70" t="n">
-[...4 lines deleted...]
-      <c r="B177" s="17" t="inlineStr">
+      <c r="C182" s="19" t="n">
+        <v>0.49</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="B183" s="16" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C177" s="20" t="n">
-[...4 lines deleted...]
-      <c r="B178" s="17" t="inlineStr">
+      <c r="C183" s="19" t="n">
+        <v>0.62</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="B184" s="16" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C178" s="22" t="n">
-[...4 lines deleted...]
-      <c r="B179" s="18" t="inlineStr">
+      <c r="C184" s="21" t="n">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="B185" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C179" s="19" t="n"/>
-[...2 lines deleted...]
-      <c r="B182" s="4" t="n"/>
+      <c r="C185" s="18" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="6">
-    <mergeCell ref="D125:E125"/>
-[...3 lines deleted...]
-    <mergeCell ref="I126:I127"/>
+    <mergeCell ref="F132:F133"/>
+    <mergeCell ref="B130:I130"/>
+    <mergeCell ref="I132:I133"/>
+    <mergeCell ref="B134:I134"/>
     <mergeCell ref="B1:F1"/>
+    <mergeCell ref="D131:E131"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>