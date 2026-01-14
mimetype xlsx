--- v2 (2025-12-24)
+++ v3 (2026-01-14)
@@ -1,79 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr/>
+  <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="993" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="883" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="ULTRA" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="23">
+  <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -110,56 +104,50 @@
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
-      <sz val="10"/>
-[...4 lines deleted...]
-      <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -342,326 +330,327 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="108">
+  <cellXfs count="107">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...93 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...29 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment vertical="center" wrapText="1"/>
-[...25 lines deleted...]
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
@@ -713,117 +702,117 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>152</row>
+      <row>167</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>161</row>
+      <row>176</row>
       <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="2" name="Picture 1"/>
+        <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="23399750"/>
+          <a:off x="457200" y="25812750"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
-      <colOff>0</colOff>
-[...1 lines deleted...]
-      <rowOff>0</rowOff>
+      <colOff>122464</colOff>
+      <row>153</row>
+      <rowOff>27215</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2374900</colOff>
-[...1 lines deleted...]
-      <rowOff>31750</rowOff>
+      <colOff>2497364</colOff>
+      <row>162</row>
+      <rowOff>58966</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="3" name="Picture 2"/>
+        <cNvPr id="4" name="Picture 3"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="25812750"/>
-          <a:ext cx="2374900" cy="1574800"/>
+          <a:off x="557893" y="33500786"/>
+          <a:ext cx="2374900" cy="1746250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1060,4039 +1049,4059 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr>
+  <sheetPr codeName="Sheet2">
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L185"/>
+  <dimension ref="A1:L191"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="92" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="92" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="51.54296875" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="19.1796875" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="21.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="16.26953125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="68">
-[...1 lines deleted...]
-      <c r="B1" s="67" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="74">
+      <c r="A1" s="73" t="n"/>
+      <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Ultra Short Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 15, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>Units issued by REITs &amp; InvITs</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="92" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="92" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Roadstar Infra Investment Trust</t>
         </is>
       </c>
-      <c r="C8" s="92" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE0JEI23010</t>
         </is>
       </c>
-      <c r="D8" s="92" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Transport Infrastructure</t>
         </is>
       </c>
-      <c r="E8" s="12" t="n">
+      <c r="E8" s="11" t="n">
         <v>708333</v>
       </c>
-      <c r="F8" s="6" t="n">
+      <c r="F8" s="5" t="n">
         <v>514.1799999999999</v>
       </c>
-      <c r="G8" s="7" t="n">
-[...2 lines deleted...]
-      <c r="H8" s="8" t="n">
+      <c r="G8" s="6" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="H8" s="7" t="n">
         <v>2</v>
       </c>
-      <c r="J8" s="6" t="n"/>
-      <c r="K8" s="4" t="inlineStr">
+      <c r="J8" s="5" t="n"/>
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="9" t="n"/>
-      <c r="B9" s="9" t="inlineStr">
+      <c r="A9" s="8" t="n"/>
+      <c r="B9" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C9" s="9" t="n"/>
-[...2 lines deleted...]
-      <c r="F9" s="10" t="n">
+      <c r="C9" s="8" t="n"/>
+      <c r="D9" s="8" t="n"/>
+      <c r="E9" s="8" t="n"/>
+      <c r="F9" s="9" t="n">
         <v>514.1799999999999</v>
       </c>
-      <c r="G9" s="11" t="n">
-[...2 lines deleted...]
-      <c r="K9" s="92" t="inlineStr">
+      <c r="G9" s="10" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
-      <c r="L9" s="7" t="n">
-        <v>0.3043</v>
+      <c r="L9" s="6" t="n">
+        <v>0.3167</v>
       </c>
     </row>
     <row r="10">
-      <c r="K10" s="92" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="L10" s="7" t="n">
-        <v>0.266</v>
+      <c r="L10" s="6" t="n">
+        <v>0.2867</v>
       </c>
     </row>
     <row r="11">
-      <c r="B11" s="4" t="inlineStr">
+      <c r="B11" s="3" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
-      <c r="K11" s="92" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L11" s="7" t="n">
-        <v>0.1051</v>
+      <c r="L11" s="6" t="n">
+        <v>0.1234</v>
       </c>
     </row>
     <row r="12">
-      <c r="B12" s="4" t="inlineStr">
+      <c r="B12" s="3" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
-      <c r="K12" s="92" t="inlineStr">
+      <c r="K12" s="1" t="inlineStr">
         <is>
           <t>IND A1+</t>
         </is>
       </c>
-      <c r="L12" s="7" t="n">
-        <v>0.0815</v>
+      <c r="L12" s="6" t="n">
+        <v>0.0862</v>
       </c>
     </row>
     <row r="13">
-      <c r="B13" s="4" t="inlineStr">
+      <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K13" s="92" t="inlineStr">
+      <c r="K13" s="1" t="inlineStr">
         <is>
           <t>ICRA AA+</t>
         </is>
       </c>
-      <c r="L13" s="7" t="n">
-        <v>0.0559</v>
+      <c r="L13" s="6" t="n">
+        <v>0.0592</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="92" t="n">
+      <c r="A14" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B14" s="92" t="inlineStr">
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
-      <c r="C14" s="92" t="inlineStr">
+      <c r="C14" s="1" t="inlineStr">
         <is>
           <t>INE261F08DX0</t>
         </is>
       </c>
-      <c r="D14" s="92" t="inlineStr">
+      <c r="D14" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="E14" s="12" t="n">
-[...8 lines deleted...]
-      <c r="H14" s="8" t="n">
+      <c r="E14" s="11" t="n">
+        <v>17000</v>
+      </c>
+      <c r="F14" s="5" t="n">
+        <v>17601.77</v>
+      </c>
+      <c r="G14" s="6" t="n">
+        <v>0.0443</v>
+      </c>
+      <c r="H14" s="7" t="n">
         <v>46234</v>
       </c>
-      <c r="J14" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K14" s="92" t="inlineStr">
+      <c r="J14" s="5" t="n">
+        <v>6.75</v>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>CRISIL AA+</t>
         </is>
       </c>
-      <c r="L14" s="7" t="n">
-        <v>0.037</v>
+      <c r="L14" s="6" t="n">
+        <v>0.0392</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="92" t="n">
+      <c r="A15" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="B15" s="92" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C15" s="92" t="inlineStr">
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Godrej Properties Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
         <is>
           <t>INE484J08048</t>
         </is>
       </c>
-      <c r="D15" s="92" t="inlineStr">
+      <c r="D15" s="1" t="inlineStr">
         <is>
           <t>ICRA AA+</t>
         </is>
       </c>
-      <c r="E15" s="12" t="n">
+      <c r="E15" s="11" t="n">
         <v>12500</v>
       </c>
-      <c r="F15" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H15" s="8" t="n">
+      <c r="F15" s="5" t="n">
+        <v>13031.98</v>
+      </c>
+      <c r="G15" s="6" t="n">
+        <v>0.0328</v>
+      </c>
+      <c r="H15" s="7" t="n">
         <v>46206</v>
       </c>
-      <c r="J15" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K15" s="92" t="inlineStr">
+      <c r="J15" s="5" t="n">
+        <v>7.45</v>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
-      <c r="L15" s="7" t="n">
-        <v>0.0256</v>
+      <c r="L15" s="6" t="n">
+        <v>0.0259</v>
       </c>
     </row>
     <row r="16">
-      <c r="A16" s="92" t="n">
+      <c r="A16" s="1" t="n">
         <v>4</v>
       </c>
-      <c r="B16" s="92" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Aadhar Housing Finance Limited**</t>
         </is>
       </c>
-      <c r="C16" s="92" t="inlineStr">
+      <c r="C16" s="1" t="inlineStr">
         <is>
           <t>INE883F07306</t>
         </is>
       </c>
-      <c r="D16" s="92" t="inlineStr">
+      <c r="D16" s="1" t="inlineStr">
         <is>
           <t>IND AA</t>
         </is>
       </c>
-      <c r="E16" s="12" t="n">
+      <c r="E16" s="11" t="n">
         <v>9700</v>
       </c>
-      <c r="F16" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H16" s="8" t="n">
+      <c r="F16" s="5" t="n">
+        <v>10228.96</v>
+      </c>
+      <c r="G16" s="6" t="n">
+        <v>0.0258</v>
+      </c>
+      <c r="H16" s="7" t="n">
         <v>46168</v>
       </c>
-      <c r="J16" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K16" s="92" t="inlineStr">
+      <c r="J16" s="5" t="n">
+        <v>7.4399</v>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
         <is>
           <t>IND AA</t>
         </is>
       </c>
-      <c r="L16" s="7" t="n">
-        <v>0.0244</v>
+      <c r="L16" s="6" t="n">
+        <v>0.0258</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17" s="92" t="n">
+      <c r="A17" s="1" t="n">
         <v>5</v>
       </c>
-      <c r="B17" s="92" t="inlineStr">
+      <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Piramal Finance Limited**</t>
         </is>
       </c>
-      <c r="C17" s="92" t="inlineStr">
+      <c r="C17" s="1" t="inlineStr">
         <is>
           <t>INE202B07JW4</t>
         </is>
       </c>
-      <c r="D17" s="92" t="inlineStr">
+      <c r="D17" s="1" t="inlineStr">
         <is>
           <t>ICRA AA</t>
         </is>
       </c>
-      <c r="E17" s="12" t="n">
+      <c r="E17" s="11" t="n">
         <v>10000</v>
       </c>
-      <c r="F17" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H17" s="8" t="n">
+      <c r="F17" s="5" t="n">
+        <v>10206.01</v>
+      </c>
+      <c r="G17" s="6" t="n">
+        <v>0.0257</v>
+      </c>
+      <c r="H17" s="7" t="n">
         <v>46689</v>
       </c>
-      <c r="J17" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K17" s="92" t="inlineStr">
+      <c r="J17" s="5" t="n">
+        <v>8.615</v>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>CARE AA</t>
+        </is>
+      </c>
+      <c r="L17" s="6" t="n">
+        <v>0.0258</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08EL2</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E18" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F18" s="5" t="n">
+        <v>7798.84</v>
+      </c>
+      <c r="G18" s="6" t="n">
+        <v>0.0196</v>
+      </c>
+      <c r="H18" s="7" t="n">
+        <v>46142</v>
+      </c>
+      <c r="J18" s="5" t="n">
+        <v>6.5249</v>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
         <is>
           <t>ICRA AA</t>
         </is>
       </c>
-      <c r="L17" s="7" t="n">
-[...7 lines deleted...]
-      <c r="B18" s="92" t="inlineStr">
+      <c r="L18" s="6" t="n">
+        <v>0.0257</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Aditya Birla Renewables Limited**</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE01QP08016</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA</t>
+        </is>
+      </c>
+      <c r="E19" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F19" s="5" t="n">
+        <v>7757.92</v>
+      </c>
+      <c r="G19" s="6" t="n">
+        <v>0.0195</v>
+      </c>
+      <c r="H19" s="7" t="n">
+        <v>46654</v>
+      </c>
+      <c r="J19" s="5" t="n">
+        <v>7.85</v>
+      </c>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA</t>
+        </is>
+      </c>
+      <c r="L19" s="6" t="n">
+        <v>0.0195</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FC8</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E20" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F20" s="5" t="n">
+        <v>7729.03</v>
+      </c>
+      <c r="G20" s="6" t="n">
+        <v>0.0195</v>
+      </c>
+      <c r="H20" s="7" t="n">
+        <v>46265</v>
+      </c>
+      <c r="J20" s="5" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="L20" s="6" t="n">
+        <v>0.0062</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EA6</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E21" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F21" s="5" t="n">
+        <v>7717.13</v>
+      </c>
+      <c r="G21" s="6" t="n">
+        <v>0.0194</v>
+      </c>
+      <c r="H21" s="7" t="n">
+        <v>46265</v>
+      </c>
+      <c r="J21" s="5" t="n">
+        <v>6.75</v>
+      </c>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="L21" s="6" t="n">
+        <v>0.0029</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KH1</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E22" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F22" s="5" t="n">
+        <v>7712.42</v>
+      </c>
+      <c r="G22" s="6" t="n">
+        <v>0.0194</v>
+      </c>
+      <c r="H22" s="7" t="n">
+        <v>46265</v>
+      </c>
+      <c r="J22" s="5" t="n">
+        <v>6.7438</v>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L22" s="6" t="n">
+        <v>0.0028</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE774D07US3</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E23" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F23" s="5" t="n">
+        <v>5338.58</v>
+      </c>
+      <c r="G23" s="6" t="n">
+        <v>0.0134</v>
+      </c>
+      <c r="H23" s="7" t="n">
+        <v>46104</v>
+      </c>
+      <c r="J23" s="5" t="n">
+        <v>6.4501</v>
+      </c>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L23" s="6" t="n">
+        <v>0.0013</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE121A07RC3</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E24" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F24" s="5" t="n">
+        <v>5274.3</v>
+      </c>
+      <c r="G24" s="6" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="H24" s="7" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J24" s="5" t="n">
+        <v>7.1374</v>
+      </c>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L24" s="6" t="n">
+        <v>-0.0473</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>NTPC Limited**</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE733E08247</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E25" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F25" s="5" t="n">
+        <v>5269.3</v>
+      </c>
+      <c r="G25" s="6" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="H25" s="7" t="n">
+        <v>46129</v>
+      </c>
+      <c r="J25" s="5" t="n">
+        <v>6.4171</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07TA3</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E26" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F26" s="5" t="n">
+        <v>5263.19</v>
+      </c>
+      <c r="G26" s="6" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="H26" s="7" t="n">
+        <v>46164</v>
+      </c>
+      <c r="J26" s="5" t="n">
+        <v>6.975</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>National Housing Bank**</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE557F08FR8</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E27" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F27" s="5" t="n">
+        <v>5230.38</v>
+      </c>
+      <c r="G27" s="6" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="H27" s="7" t="n">
+        <v>46226</v>
+      </c>
+      <c r="J27" s="5" t="n">
+        <v>6.6867</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE121A07SN8</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E28" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F28" s="5" t="n">
+        <v>5220.47</v>
+      </c>
+      <c r="G28" s="6" t="n">
+        <v>0.0131</v>
+      </c>
+      <c r="H28" s="7" t="n">
+        <v>46535</v>
+      </c>
+      <c r="J28" s="5" t="n">
+        <v>7.33</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Nuvama Wealth Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE918K07PY9</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>CARE AA</t>
+        </is>
+      </c>
+      <c r="E29" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F29" s="5" t="n">
+        <v>5184.38</v>
+      </c>
+      <c r="G29" s="6" t="n">
+        <v>0.0131</v>
+      </c>
+      <c r="H29" s="7" t="n">
+        <v>46549</v>
+      </c>
+      <c r="J29" s="5" t="n">
+        <v>8.824199999999999</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08MT1</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E30" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F30" s="5" t="n">
+        <v>5157.09</v>
+      </c>
+      <c r="G30" s="6" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="H30" s="7" t="n">
+        <v>46259</v>
+      </c>
+      <c r="J30" s="5" t="n">
+        <v>6.745</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Mankind Pharma Limited**</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE634S07033</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E31" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F31" s="5" t="n">
+        <v>5141.55</v>
+      </c>
+      <c r="G31" s="6" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="H31" s="7" t="n">
+        <v>46707</v>
+      </c>
+      <c r="J31" s="5" t="n">
+        <v>7.4307</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08IK8</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E32" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F32" s="5" t="n">
+        <v>5133.26</v>
+      </c>
+      <c r="G32" s="6" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="H32" s="7" t="n">
+        <v>46281</v>
+      </c>
+      <c r="J32" s="5" t="n">
+        <v>6.745</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08LP1</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E33" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F33" s="5" t="n">
+        <v>5132.48</v>
+      </c>
+      <c r="G33" s="6" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="H33" s="7" t="n">
+        <v>46218</v>
+      </c>
+      <c r="J33" s="5" t="n">
+        <v>6.745</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07RH4</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E34" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F34" s="5" t="n">
+        <v>5091.96</v>
+      </c>
+      <c r="G34" s="6" t="n">
+        <v>0.0128</v>
+      </c>
+      <c r="H34" s="7" t="n">
+        <v>46647</v>
+      </c>
+      <c r="J34" s="5" t="n">
+        <v>6.975</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE414G07IQ8</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E35" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F35" s="5" t="n">
+        <v>5084.37</v>
+      </c>
+      <c r="G35" s="6" t="n">
+        <v>0.0128</v>
+      </c>
+      <c r="H35" s="7" t="n">
+        <v>46363</v>
+      </c>
+      <c r="J35" s="5" t="n">
+        <v>7.5616</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07RA9</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E36" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F36" s="5" t="n">
+        <v>5055.5</v>
+      </c>
+      <c r="G36" s="6" t="n">
+        <v>0.0127</v>
+      </c>
+      <c r="H36" s="7" t="n">
+        <v>46367</v>
+      </c>
+      <c r="J36" s="5" t="n">
+        <v>6.905</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Nuvama Wealth and Investment Limited**</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE523L07AS9</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>CARE AA</t>
+        </is>
+      </c>
+      <c r="E37" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F37" s="5" t="n">
+        <v>5034.74</v>
+      </c>
+      <c r="G37" s="6" t="n">
+        <v>0.0127</v>
+      </c>
+      <c r="H37" s="7" t="n">
+        <v>46640</v>
+      </c>
+      <c r="J37" s="5" t="n">
+        <v>8.8741</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KK5</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E38" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F38" s="5" t="n">
+        <v>3083.29</v>
+      </c>
+      <c r="G38" s="6" t="n">
+        <v>0.0078</v>
+      </c>
+      <c r="H38" s="7" t="n">
+        <v>46496</v>
+      </c>
+      <c r="J38" s="5" t="n">
+        <v>6.8087</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE414G07HI7</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E39" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F39" s="5" t="n">
+        <v>2704.98</v>
+      </c>
+      <c r="G39" s="6" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H39" s="7" t="n">
+        <v>46028</v>
+      </c>
+      <c r="J39" s="5" t="n">
+        <v>6.8176</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07RE1</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E40" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F40" s="5" t="n">
+        <v>2674.24</v>
+      </c>
+      <c r="G40" s="6" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H40" s="7" t="n">
+        <v>46464</v>
+      </c>
+      <c r="J40" s="5" t="n">
+        <v>6.935</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE414G07JF9</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E41" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F41" s="5" t="n">
+        <v>2652.03</v>
+      </c>
+      <c r="G41" s="6" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H41" s="7" t="n">
+        <v>46582</v>
+      </c>
+      <c r="J41" s="5" t="n">
+        <v>7.6317</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07PR7</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E42" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F42" s="5" t="n">
+        <v>2637.69</v>
+      </c>
+      <c r="G42" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H42" s="7" t="n">
+        <v>46433</v>
+      </c>
+      <c r="J42" s="5" t="n">
+        <v>6.935</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE377Y07557</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E43" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F43" s="5" t="n">
+        <v>2624.62</v>
+      </c>
+      <c r="G43" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H43" s="7" t="n">
+        <v>46444</v>
+      </c>
+      <c r="J43" s="5" t="n">
+        <v>6.9257</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Sikka Ports &amp; Terminals Limited**</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>INE941D07208</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E44" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F44" s="5" t="n">
+        <v>2615.58</v>
+      </c>
+      <c r="G44" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H44" s="7" t="n">
+        <v>46134</v>
+      </c>
+      <c r="J44" s="5" t="n">
+        <v>6.6851</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
         <is>
           <t>REC Limited**</t>
         </is>
       </c>
-      <c r="C18" s="92" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D18" s="92" t="inlineStr">
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08EI8</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="E18" s="12" t="n">
-[...5 lines deleted...]
-      <c r="G18" s="7" t="n">
+      <c r="E45" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F45" s="5" t="n">
+        <v>2586.09</v>
+      </c>
+      <c r="G45" s="6" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H45" s="7" t="n">
+        <v>46234</v>
+      </c>
+      <c r="J45" s="5" t="n">
+        <v>6.7999</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07QT1</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E46" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F46" s="5" t="n">
+        <v>2584.74</v>
+      </c>
+      <c r="G46" s="6" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H46" s="7" t="n">
+        <v>46254</v>
+      </c>
+      <c r="J46" s="5" t="n">
+        <v>6.84</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>INE377Y07490</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E47" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F47" s="5" t="n">
+        <v>2578.72</v>
+      </c>
+      <c r="G47" s="6" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H47" s="7" t="n">
+        <v>46274</v>
+      </c>
+      <c r="J47" s="5" t="n">
+        <v>6.8107</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Sundaram Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>INE660A07RQ0</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E48" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F48" s="5" t="n">
+        <v>2553.6</v>
+      </c>
+      <c r="G48" s="6" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H48" s="7" t="n">
+        <v>46321</v>
+      </c>
+      <c r="J48" s="5" t="n">
+        <v>7.07</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Sundaram Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>INE660A07RU2</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E49" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F49" s="5" t="n">
+        <v>2523.92</v>
+      </c>
+      <c r="G49" s="6" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H49" s="7" t="n">
+        <v>46367</v>
+      </c>
+      <c r="J49" s="5" t="n">
+        <v>7.098</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07PN6</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E50" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F50" s="5" t="n">
+        <v>2503</v>
+      </c>
+      <c r="G50" s="6" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H50" s="7" t="n">
+        <v>46356</v>
+      </c>
+      <c r="J50" s="5" t="n">
+        <v>6.875</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="8" t="n"/>
+      <c r="B51" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C51" s="8" t="n"/>
+      <c r="D51" s="8" t="n"/>
+      <c r="E51" s="8" t="n"/>
+      <c r="F51" s="9" t="n">
+        <v>201718.11</v>
+      </c>
+      <c r="G51" s="10" t="n">
+        <v>0.5078</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="B53" s="3" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>7.59% GOI 2026</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>IN0020150093</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E54" s="11" t="n">
+        <v>15000000</v>
+      </c>
+      <c r="F54" s="5" t="n">
+        <v>15546.73</v>
+      </c>
+      <c r="G54" s="6" t="n">
+        <v>0.0391</v>
+      </c>
+      <c r="H54" s="7" t="n">
+        <v>46033</v>
+      </c>
+      <c r="J54" s="5" t="n">
+        <v>5.2872</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>8.42% Jharkhand SDL 2026</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>IN3720150066</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E55" s="11" t="n">
+        <v>4000000</v>
+      </c>
+      <c r="F55" s="5" t="n">
+        <v>4152.33</v>
+      </c>
+      <c r="G55" s="6" t="n">
+        <v>0.0105</v>
+      </c>
+      <c r="H55" s="7" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J55" s="5" t="n">
+        <v>5.4325</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>5.63% GOI 2026</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>IN0020210012</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E56" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F56" s="5" t="n">
+        <v>2531.69</v>
+      </c>
+      <c r="G56" s="6" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H56" s="7" t="n">
+        <v>46124</v>
+      </c>
+      <c r="J56" s="5" t="n">
+        <v>5.5215</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>7.71% Gujarat SDL 2027</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>IN1520160202</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E57" s="11" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F57" s="5" t="n">
+        <v>1044.74</v>
+      </c>
+      <c r="G57" s="6" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="H57" s="7" t="n">
+        <v>46447</v>
+      </c>
+      <c r="J57" s="5" t="n">
+        <v>5.985</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>8.31% Telangana SDL 2026</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>IN4520150124</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E58" s="11" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F58" s="5" t="n">
+        <v>1039.7</v>
+      </c>
+      <c r="G58" s="6" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="H58" s="7" t="n">
+        <v>46035</v>
+      </c>
+      <c r="J58" s="5" t="n">
+        <v>5.4239</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>8.39 % Madhya Pradesh SDL 2026</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>IN2120150098</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E59" s="11" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F59" s="5" t="n">
+        <v>518.98</v>
+      </c>
+      <c r="G59" s="6" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="H59" s="7" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J59" s="5" t="n">
+        <v>5.408</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="8" t="n"/>
+      <c r="B60" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C60" s="8" t="n"/>
+      <c r="D60" s="8" t="n"/>
+      <c r="E60" s="8" t="n"/>
+      <c r="F60" s="9" t="n">
+        <v>24834.17</v>
+      </c>
+      <c r="G60" s="10" t="n">
+        <v>0.0625</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="B62" s="3" t="inlineStr">
+        <is>
+          <t>Securitised Debt</t>
+        </is>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="1" t="n">
+        <v>45</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>India Universal Trust**</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>INE16J715019</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="E63" s="11" t="n">
+        <v>45</v>
+      </c>
+      <c r="F63" s="5" t="n">
+        <v>1140.77</v>
+      </c>
+      <c r="G63" s="6" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="H63" s="7" t="n">
+        <v>46223</v>
+      </c>
+      <c r="J63" s="5" t="n">
+        <v>7.435</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="8" t="n"/>
+      <c r="B64" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C64" s="8" t="n"/>
+      <c r="D64" s="8" t="n"/>
+      <c r="E64" s="8" t="n"/>
+      <c r="F64" s="9" t="n">
+        <v>1140.77</v>
+      </c>
+      <c r="G64" s="10" t="n">
+        <v>0.0029</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="B66" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="67">
+      <c r="B67" s="3" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="1" t="n">
+        <v>46</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16JO3</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E68" s="11" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F68" s="5" t="n">
+        <v>19829.7</v>
+      </c>
+      <c r="G68" s="6" t="n">
+        <v>0.0499</v>
+      </c>
+      <c r="H68" s="7" t="n">
+        <v>46076</v>
+      </c>
+      <c r="J68" s="5" t="n">
+        <v>5.9148</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="1" t="n">
+        <v>47</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BQ4</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E69" s="11" t="n">
+        <v>2400</v>
+      </c>
+      <c r="F69" s="5" t="n">
+        <v>11357.71</v>
+      </c>
+      <c r="G69" s="6" t="n">
+        <v>0.0286</v>
+      </c>
+      <c r="H69" s="7" t="n">
+        <v>46332</v>
+      </c>
+      <c r="J69" s="5" t="n">
+        <v>6.68</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6BK4</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E70" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F70" s="5" t="n">
+        <v>9796.700000000001</v>
+      </c>
+      <c r="G70" s="6" t="n">
+        <v>0.0247</v>
+      </c>
+      <c r="H70" s="7" t="n">
+        <v>46142</v>
+      </c>
+      <c r="J70" s="5" t="n">
+        <v>6.3651</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="1" t="n">
+        <v>49</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HC7</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E71" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F71" s="5" t="n">
+        <v>7383.11</v>
+      </c>
+      <c r="G71" s="6" t="n">
         <v>0.0186</v>
       </c>
-      <c r="H18" s="8" t="n">
-[...91 lines deleted...]
-      <c r="K20" s="92" t="inlineStr">
+      <c r="H71" s="7" t="n">
+        <v>46114</v>
+      </c>
+      <c r="J71" s="5" t="n">
+        <v>6.3501</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HN4</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E72" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F72" s="5" t="n">
+        <v>7174.28</v>
+      </c>
+      <c r="G72" s="6" t="n">
+        <v>0.0181</v>
+      </c>
+      <c r="H72" s="7" t="n">
+        <v>46276</v>
+      </c>
+      <c r="J72" s="5" t="n">
+        <v>6.5501</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="1" t="n">
+        <v>51</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>INE237A166Z3</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E73" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F73" s="5" t="n">
+        <v>4954.24</v>
+      </c>
+      <c r="G73" s="6" t="n">
+        <v>0.0125</v>
+      </c>
+      <c r="H73" s="7" t="n">
+        <v>46080</v>
+      </c>
+      <c r="J73" s="5" t="n">
+        <v>5.9149</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="1" t="n">
+        <v>52</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>INE562A16OS2</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E74" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F74" s="5" t="n">
+        <v>4893.91</v>
+      </c>
+      <c r="G74" s="6" t="n">
+        <v>0.0123</v>
+      </c>
+      <c r="H74" s="7" t="n">
+        <v>46148</v>
+      </c>
+      <c r="J74" s="5" t="n">
+        <v>6.33</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="1" t="n">
+        <v>53</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BH3</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E75" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F75" s="5" t="n">
+        <v>4893.6</v>
+      </c>
+      <c r="G75" s="6" t="n">
+        <v>0.0123</v>
+      </c>
+      <c r="H75" s="7" t="n">
+        <v>46147</v>
+      </c>
+      <c r="J75" s="5" t="n">
+        <v>6.3999</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="1" t="n">
+        <v>54</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16JV8</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E76" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F76" s="5" t="n">
+        <v>4891.75</v>
+      </c>
+      <c r="G76" s="6" t="n">
+        <v>0.0123</v>
+      </c>
+      <c r="H76" s="7" t="n">
+        <v>46150</v>
+      </c>
+      <c r="J76" s="5" t="n">
+        <v>6.3601</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="1" t="n">
+        <v>55</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>INE092T16YP5</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E77" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F77" s="5" t="n">
+        <v>4883.9</v>
+      </c>
+      <c r="G77" s="6" t="n">
+        <v>0.0123</v>
+      </c>
+      <c r="H77" s="7" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J77" s="5" t="n">
+        <v>6.4751</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="1" t="n">
+        <v>56</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>INE237AD6083</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E78" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F78" s="5" t="n">
+        <v>4878.46</v>
+      </c>
+      <c r="G78" s="6" t="n">
+        <v>0.0123</v>
+      </c>
+      <c r="H78" s="7" t="n">
+        <v>46167</v>
+      </c>
+      <c r="J78" s="5" t="n">
+        <v>6.315</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="1" t="n">
+        <v>57</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>The Federal Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>INE171A16ND6</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E79" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F79" s="5" t="n">
+        <v>4878.31</v>
+      </c>
+      <c r="G79" s="6" t="n">
+        <v>0.0123</v>
+      </c>
+      <c r="H79" s="7" t="n">
+        <v>46162</v>
+      </c>
+      <c r="J79" s="5" t="n">
+        <v>6.5501</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="1" t="n">
+        <v>58</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HX3</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E80" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F80" s="5" t="n">
+        <v>4877.8</v>
+      </c>
+      <c r="G80" s="6" t="n">
+        <v>0.0123</v>
+      </c>
+      <c r="H80" s="7" t="n">
+        <v>46167</v>
+      </c>
+      <c r="J80" s="5" t="n">
+        <v>6.3501</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="1" t="n">
+        <v>59</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>INE092T16YR1</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E81" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F81" s="5" t="n">
+        <v>4862.53</v>
+      </c>
+      <c r="G81" s="6" t="n">
+        <v>0.0122</v>
+      </c>
+      <c r="H81" s="7" t="n">
+        <v>46182</v>
+      </c>
+      <c r="J81" s="5" t="n">
+        <v>6.49</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="1" t="n">
+        <v>60</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Ujjivan Small Finance Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>INE551W16CD6</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E82" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F82" s="5" t="n">
+        <v>4843.72</v>
+      </c>
+      <c r="G82" s="6" t="n">
+        <v>0.0122</v>
+      </c>
+      <c r="H82" s="7" t="n">
+        <v>46191</v>
+      </c>
+      <c r="J82" s="5" t="n">
+        <v>7.01</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="1" t="n">
+        <v>61</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Equitas Small Finance Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>INE063P16BC0</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E83" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F83" s="5" t="n">
+        <v>4841.97</v>
+      </c>
+      <c r="G83" s="6" t="n">
+        <v>0.0122</v>
+      </c>
+      <c r="H83" s="7" t="n">
+        <v>46188</v>
+      </c>
+      <c r="J83" s="5" t="n">
+        <v>7.2199</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="1" t="n">
+        <v>62</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HF0</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E84" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F84" s="5" t="n">
+        <v>4813.42</v>
+      </c>
+      <c r="G84" s="6" t="n">
+        <v>0.0121</v>
+      </c>
+      <c r="H84" s="7" t="n">
+        <v>46239</v>
+      </c>
+      <c r="J84" s="5" t="n">
+        <v>6.55</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="1" t="n">
+        <v>63</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6BJ6</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E85" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F85" s="5" t="n">
+        <v>4751.8</v>
+      </c>
+      <c r="G85" s="6" t="n">
+        <v>0.012</v>
+      </c>
+      <c r="H85" s="7" t="n">
+        <v>46311</v>
+      </c>
+      <c r="J85" s="5" t="n">
+        <v>6.62</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="1" t="n">
+        <v>64</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16KO1</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E86" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F86" s="5" t="n">
+        <v>4714.86</v>
+      </c>
+      <c r="G86" s="6" t="n">
+        <v>0.0119</v>
+      </c>
+      <c r="H86" s="7" t="n">
+        <v>46360</v>
+      </c>
+      <c r="J86" s="5" t="n">
+        <v>6.55</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="1" t="n">
+        <v>65</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BS0</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E87" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F87" s="5" t="n">
+        <v>4709.54</v>
+      </c>
+      <c r="G87" s="6" t="n">
+        <v>0.0119</v>
+      </c>
+      <c r="H87" s="7" t="n">
+        <v>46360</v>
+      </c>
+      <c r="J87" s="5" t="n">
+        <v>6.68</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="1" t="n">
+        <v>66</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BB6</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E88" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F88" s="5" t="n">
+        <v>2476.79</v>
+      </c>
+      <c r="G88" s="6" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="H88" s="7" t="n">
+        <v>46080</v>
+      </c>
+      <c r="J88" s="5" t="n">
+        <v>6.0001</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="1" t="n">
+        <v>67</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C89" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16JG9</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E89" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F89" s="5" t="n">
+        <v>2459.29</v>
+      </c>
+      <c r="G89" s="6" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="H89" s="7" t="n">
+        <v>46118</v>
+      </c>
+      <c r="J89" s="5" t="n">
+        <v>6.3601</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="1" t="n">
+        <v>68</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C90" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BI1</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E90" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F90" s="5" t="n">
+        <v>2440.52</v>
+      </c>
+      <c r="G90" s="6" t="n">
+        <v>0.0061</v>
+      </c>
+      <c r="H90" s="7" t="n">
+        <v>46162</v>
+      </c>
+      <c r="J90" s="5" t="n">
+        <v>6.3999</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="1" t="n">
+        <v>69</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16KM5</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E91" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F91" s="5" t="n">
+        <v>2363.03</v>
+      </c>
+      <c r="G91" s="6" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="H91" s="7" t="n">
+        <v>46346</v>
+      </c>
+      <c r="J91" s="5" t="n">
+        <v>6.55</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="8" t="n"/>
+      <c r="B92" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C92" s="8" t="n"/>
+      <c r="D92" s="8" t="n"/>
+      <c r="E92" s="8" t="n"/>
+      <c r="F92" s="9" t="n">
+        <v>137970.94</v>
+      </c>
+      <c r="G92" s="10" t="n">
+        <v>0.3474</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="B94" s="3" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="95">
+      <c r="B95" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="1" t="n">
+        <v>70</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>INE028E14TK7</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E96" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F96" s="5" t="n">
+        <v>4937.76</v>
+      </c>
+      <c r="G96" s="6" t="n">
+        <v>0.0124</v>
+      </c>
+      <c r="H96" s="7" t="n">
+        <v>46094</v>
+      </c>
+      <c r="J96" s="5" t="n">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="1" t="n">
+        <v>71</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C97" s="1" t="inlineStr">
+        <is>
+          <t>INE296A14E12</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E97" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F97" s="5" t="n">
+        <v>4936.3</v>
+      </c>
+      <c r="G97" s="6" t="n">
+        <v>0.0124</v>
+      </c>
+      <c r="H97" s="7" t="n">
+        <v>46097</v>
+      </c>
+      <c r="J97" s="5" t="n">
+        <v>6.365</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="1" t="n">
+        <v>72</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Axis Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C98" s="1" t="inlineStr">
+        <is>
+          <t>INE110O14GX2</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E98" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F98" s="5" t="n">
+        <v>4870.92</v>
+      </c>
+      <c r="G98" s="6" t="n">
+        <v>0.0123</v>
+      </c>
+      <c r="H98" s="7" t="n">
+        <v>46164</v>
+      </c>
+      <c r="J98" s="5" t="n">
+        <v>6.86</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="1" t="n">
+        <v>73</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C99" s="1" t="inlineStr">
+        <is>
+          <t>INE338I14KQ7</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E99" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F99" s="5" t="n">
+        <v>4838.36</v>
+      </c>
+      <c r="G99" s="6" t="n">
+        <v>0.0122</v>
+      </c>
+      <c r="H99" s="7" t="n">
+        <v>46188</v>
+      </c>
+      <c r="J99" s="5" t="n">
+        <v>7.39</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="1" t="n">
+        <v>74</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Bahadur Chand Investments Private Limited**</t>
+        </is>
+      </c>
+      <c r="C100" s="1" t="inlineStr">
+        <is>
+          <t>INE087M14BV1</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
         <is>
           <t>ICRA A1+</t>
         </is>
       </c>
-      <c r="L20" s="7" t="n">
-[...80 lines deleted...]
-      <c r="K22" s="92" t="inlineStr">
+      <c r="E100" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F100" s="5" t="n">
+        <v>2469.73</v>
+      </c>
+      <c r="G100" s="6" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="H100" s="7" t="n">
+        <v>46085</v>
+      </c>
+      <c r="J100" s="5" t="n">
+        <v>7.2152</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="1" t="n">
+        <v>75</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Nuvama Clearing Services Limited**</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>INE525L14166</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E101" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F101" s="5" t="n">
+        <v>2461.84</v>
+      </c>
+      <c r="G101" s="6" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="H101" s="7" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J101" s="5" t="n">
+        <v>7.4451</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="8" t="n"/>
+      <c r="B102" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C102" s="8" t="n"/>
+      <c r="D102" s="8" t="n"/>
+      <c r="E102" s="8" t="n"/>
+      <c r="F102" s="9" t="n">
+        <v>24514.91</v>
+      </c>
+      <c r="G102" s="10" t="n">
+        <v>0.0617</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="B104" s="3" t="inlineStr">
+        <is>
+          <t>Treasury Bill</t>
+        </is>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="1" t="n">
+        <v>76</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>IN002024Z420</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E105" s="11" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F105" s="5" t="n">
+        <v>4980.1</v>
+      </c>
+      <c r="G105" s="6" t="n">
+        <v>0.0125</v>
+      </c>
+      <c r="H105" s="7" t="n">
+        <v>46051</v>
+      </c>
+      <c r="J105" s="5" t="n">
+        <v>5.2103</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="1" t="n">
+        <v>77</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>182 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C106" s="1" t="inlineStr">
+        <is>
+          <t>IN002025Y214</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E106" s="11" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F106" s="5" t="n">
+        <v>4965.4</v>
+      </c>
+      <c r="G106" s="6" t="n">
+        <v>0.0125</v>
+      </c>
+      <c r="H106" s="7" t="n">
+        <v>46072</v>
+      </c>
+      <c r="J106" s="5" t="n">
+        <v>5.191</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="1" t="n">
+        <v>78</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C107" s="1" t="inlineStr">
+        <is>
+          <t>IN002024Z487</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E107" s="11" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F107" s="5" t="n">
+        <v>4950.72</v>
+      </c>
+      <c r="G107" s="6" t="n">
+        <v>0.0125</v>
+      </c>
+      <c r="H107" s="7" t="n">
+        <v>46093</v>
+      </c>
+      <c r="J107" s="5" t="n">
+        <v>5.1909</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="1" t="n">
+        <v>79</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>182 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C108" s="1" t="inlineStr">
+        <is>
+          <t>IN002025Y354</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E108" s="11" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F108" s="5" t="n">
+        <v>4894.06</v>
+      </c>
+      <c r="G108" s="6" t="n">
+        <v>0.0123</v>
+      </c>
+      <c r="H108" s="7" t="n">
+        <v>46170</v>
+      </c>
+      <c r="J108" s="5" t="n">
+        <v>5.3748</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="1" t="n">
+        <v>80</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C109" s="1" t="inlineStr">
+        <is>
+          <t>IN002025Z054</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E109" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F109" s="5" t="n">
+        <v>2456.99</v>
+      </c>
+      <c r="G109" s="6" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="H109" s="7" t="n">
+        <v>46143</v>
+      </c>
+      <c r="J109" s="5" t="n">
+        <v>5.3248</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="1" t="n">
+        <v>81</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C110" s="1" t="inlineStr">
+        <is>
+          <t>IN002025Z096</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E110" s="11" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F110" s="5" t="n">
+        <v>1957.62</v>
+      </c>
+      <c r="G110" s="6" t="n">
+        <v>0.0049</v>
+      </c>
+      <c r="H110" s="7" t="n">
+        <v>46170</v>
+      </c>
+      <c r="J110" s="5" t="n">
+        <v>5.3748</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="8" t="n"/>
+      <c r="B111" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C111" s="8" t="n"/>
+      <c r="D111" s="8" t="n"/>
+      <c r="E111" s="8" t="n"/>
+      <c r="F111" s="9" t="n">
+        <v>24204.89</v>
+      </c>
+      <c r="G111" s="10" t="n">
+        <v>0.0609</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="B113" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="1" t="n">
+        <v>82</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="D114" s="11" t="n"/>
+      <c r="F114" s="5" t="n">
+        <v>1151.84</v>
+      </c>
+      <c r="G114" s="6" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="H114" s="7" t="n">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="1" t="n">
+        <v>83</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="D115" s="11" t="n"/>
+      <c r="F115" s="5" t="n">
+        <v>-18488.61</v>
+      </c>
+      <c r="G115" s="6" t="n">
+        <v>-0.0465</v>
+      </c>
+      <c r="H115" s="7" t="n">
+        <v>46027</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="8" t="n"/>
+      <c r="B116" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C116" s="8" t="n"/>
+      <c r="D116" s="8" t="n"/>
+      <c r="E116" s="9" t="n"/>
+      <c r="F116" s="9" t="n">
+        <v>-17336.77</v>
+      </c>
+      <c r="G116" s="10" t="n">
+        <v>-0.0436</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="B118" s="3" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
-      <c r="L22" s="7" t="n">
-[...1036 lines deleted...]
-      <c r="B52" s="9" t="inlineStr">
+    </row>
+    <row r="119">
+      <c r="A119" s="1" t="n">
+        <v>84</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C119" s="1" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E119" s="11" t="n">
+        <v>9473.259</v>
+      </c>
+      <c r="F119" s="5" t="n">
+        <v>1094.52</v>
+      </c>
+      <c r="G119" s="6" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J119" s="5" t="n"/>
+    </row>
+    <row r="120">
+      <c r="A120" s="8" t="n"/>
+      <c r="B120" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C52" s="9" t="n"/>
-[...228 lines deleted...]
-      <c r="B61" s="9" t="inlineStr">
+      <c r="C120" s="8" t="n"/>
+      <c r="D120" s="8" t="n"/>
+      <c r="E120" s="8" t="n"/>
+      <c r="F120" s="9" t="n">
+        <v>1094.52</v>
+      </c>
+      <c r="G120" s="10" t="n">
+        <v>0.0028</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="B122" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="123">
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E123" s="11" t="n"/>
+      <c r="F123" s="5" t="n">
+        <v>-1504.51</v>
+      </c>
+      <c r="G123" s="6" t="n">
+        <v>-0.0037</v>
+      </c>
+      <c r="J123" s="5" t="n"/>
+    </row>
+    <row r="124">
+      <c r="A124" s="8" t="n"/>
+      <c r="B124" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C61" s="9" t="n"/>
-[...1570 lines deleted...]
-        <v>-0.0131</v>
+      <c r="C124" s="8" t="n"/>
+      <c r="D124" s="8" t="n"/>
+      <c r="E124" s="8" t="n"/>
+      <c r="F124" s="9" t="n">
+        <v>-1504.51</v>
+      </c>
+      <c r="G124" s="10" t="n">
+        <v>-0.0037</v>
       </c>
     </row>
     <row r="126">
-      <c r="A126" s="5" t="n"/>
-      <c r="B126" s="5" t="inlineStr">
+      <c r="A126" s="4" t="n"/>
+      <c r="B126" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C126" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G126" s="14" t="n">
+      <c r="C126" s="4" t="n"/>
+      <c r="D126" s="4" t="n"/>
+      <c r="E126" s="4" t="n"/>
+      <c r="F126" s="12" t="n">
+        <v>397151.21</v>
+      </c>
+      <c r="G126" s="13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="127">
-      <c r="A127" s="92" t="inlineStr">
+      <c r="A127" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="128">
-      <c r="A128" s="92" t="n">
+      <c r="A128" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B128" s="92" t="inlineStr">
+      <c r="B128" s="1" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="15" t="n">
         <v>2</v>
       </c>
       <c r="B129" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="130" ht="125.15" customHeight="1" s="68">
+    <row r="130" ht="27" customHeight="1" s="74">
       <c r="A130" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B130" s="70" t="inlineStr">
+      <c r="B130" s="15" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" ht="113.5" customHeight="1" s="74">
+      <c r="A131" s="15" t="n">
+        <v>4</v>
+      </c>
+      <c r="B131" s="76" t="inlineStr">
         <is>
           <t xml:space="preserve">As per SEBI (MUTUAL FUNDS) REGULATIONS, 1996 and  MASTER CIRCULAR SEBI/HO/IMD/IMD-PoD-1/P/CIR/2024/90 Dtd June 27th 2024,  Below are the details of the securities in case of which issuer has defaulted beyond its maturity date. 
 Pursuant to the application filed by the Board of IL&amp;FS with the Hon’ble NCLAT to effect the interim distribution process, DSP Ultra short Fund has received Interim distribution from IL&amp;FS Transportation Networks Limited as stated below in the form of cash and InVITs. The cash distribution has been recognized as realized income passed on to the investors through NAV. The impact of InVITs has been factored in the NAV of the respective scheme on the March 07,2025 on which the INVITs were allotted. The provision of 10% is created on all the distributions of ITNL including prior distribution to safeguard the interest of unit holders as ITNL may claw back the amount in case the distribution results in excess distribution than what the debenture holders ought to have received.  </t>
         </is>
       </c>
-      <c r="C130" s="102" t="n"/>
-[...9 lines deleted...]
-      <c r="B131" s="22" t="inlineStr">
+      <c r="C131" s="101" t="n"/>
+      <c r="D131" s="101" t="n"/>
+      <c r="E131" s="101" t="n"/>
+      <c r="F131" s="101" t="n"/>
+      <c r="G131" s="101" t="n"/>
+      <c r="H131" s="101" t="n"/>
+      <c r="I131" s="101" t="n"/>
+    </row>
+    <row r="132" ht="81" customHeight="1" s="74">
+      <c r="A132" s="15" t="n"/>
+      <c r="B132" s="83" t="inlineStr">
         <is>
           <t>Security Name</t>
         </is>
       </c>
-      <c r="C131" s="22" t="inlineStr">
+      <c r="C132" s="83" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D131" s="22" t="inlineStr">
+      <c r="D132" s="83" t="inlineStr">
         <is>
           <t>value of the security considered under net receivables (i.e. value recognized in NAV in absolute terms and as % to NAV)
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="E131" s="103" t="n"/>
-      <c r="F131" s="22" t="inlineStr">
+      <c r="E132" s="102" t="n"/>
+      <c r="F132" s="83" t="inlineStr">
         <is>
           <t>total amount (including principal and interest) that is due to the scheme on that investment
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="G131" s="23" t="inlineStr">
+      <c r="G132" s="23" t="inlineStr">
         <is>
           <t>Interim Distribution received (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="H131" s="22" t="inlineStr">
+      <c r="H132" s="83" t="inlineStr">
         <is>
           <t>Date of passing Interim Distribution recognized in NAV</t>
         </is>
       </c>
-      <c r="I131" s="24" t="inlineStr">
+      <c r="I132" s="24" t="inlineStr">
         <is>
           <t>Interim Distribution (Units) INR at Unit Face Value Rs. 100 (Rs. In Lakhs)</t>
         </is>
       </c>
     </row>
-    <row r="132" ht="27" customHeight="1" s="68">
-[...30 lines deleted...]
-    <row r="133" ht="27" customHeight="1" s="68">
+    <row r="133" ht="27" customHeight="1" s="74">
       <c r="A133" s="15" t="n"/>
       <c r="B133" s="25" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Transportation Networks Limited NCD Series A 23032019</t>
         </is>
       </c>
       <c r="C133" s="26" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
       <c r="D133" s="27" t="n">
         <v>0</v>
       </c>
       <c r="E133" s="28" t="n">
         <v>0</v>
       </c>
-      <c r="F133" s="106" t="n"/>
+      <c r="F133" s="103" t="n">
+        <v>6627.8121</v>
+      </c>
       <c r="G133" s="29" t="n">
+        <v>413.50243</v>
+      </c>
+      <c r="H133" s="30" t="n">
+        <v>45218</v>
+      </c>
+      <c r="I133" s="104" t="n">
+        <v>733.33</v>
+      </c>
+    </row>
+    <row r="134" ht="27" customHeight="1" s="74">
+      <c r="A134" s="15" t="n"/>
+      <c r="B134" s="25" t="inlineStr">
+        <is>
+          <t>0% IL&amp;FS Transportation Networks Limited NCD Series A 23032019</t>
+        </is>
+      </c>
+      <c r="C134" s="26" t="inlineStr">
+        <is>
+          <t>INE975G08140</t>
+        </is>
+      </c>
+      <c r="D134" s="27" t="n">
+        <v>0</v>
+      </c>
+      <c r="E134" s="28" t="n">
+        <v>0</v>
+      </c>
+      <c r="F134" s="105" t="n"/>
+      <c r="G134" s="29" t="n">
         <v>209.28715</v>
       </c>
-      <c r="H133" s="30" t="n">
+      <c r="H134" s="30" t="n">
         <v>45715</v>
       </c>
-      <c r="I133" s="106" t="n"/>
-[...5 lines deleted...]
-      <c r="B134" s="93" t="inlineStr">
+      <c r="I134" s="105" t="n"/>
+    </row>
+    <row r="135" ht="61" customHeight="1" s="74">
+      <c r="A135" s="15" t="n">
+        <v>5</v>
+      </c>
+      <c r="B135" s="96" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
-      <c r="C134" s="107" t="n"/>
-[...10 lines deleted...]
-    <row r="136">
+      <c r="C135" s="106" t="n"/>
+      <c r="D135" s="106" t="n"/>
+      <c r="E135" s="106" t="n"/>
+      <c r="F135" s="106" t="n"/>
+      <c r="G135" s="106" t="n"/>
+      <c r="H135" s="106" t="n"/>
+      <c r="I135" s="106" t="n"/>
+    </row>
+    <row r="136" ht="14.5" customHeight="1" s="74">
       <c r="A136" s="15" t="n"/>
-      <c r="B136" s="47" t="inlineStr">
-[...18 lines deleted...]
-      </c>
+      <c r="F136" s="53" t="n"/>
+      <c r="G136" s="54" t="n"/>
+      <c r="H136" s="55" t="n"/>
+      <c r="I136" s="56" t="n"/>
     </row>
     <row r="137">
       <c r="A137" s="15" t="n"/>
-      <c r="B137" s="52" t="inlineStr">
-[...14 lines deleted...]
-      </c>
+      <c r="B137" s="44" t="inlineStr">
+        <is>
+          <t>Disclosure in Derivatives</t>
+        </is>
+      </c>
+      <c r="C137" s="44" t="inlineStr">
+        <is>
+          <t>Industry</t>
+        </is>
+      </c>
+      <c r="D137" s="44" t="inlineStr">
+        <is>
+          <t>Notional Value</t>
+        </is>
+      </c>
+      <c r="E137" s="44" t="inlineStr">
+        <is>
+          <t>% To net assets</t>
+        </is>
+      </c>
+      <c r="F137" s="53" t="n"/>
+      <c r="G137" s="54" t="n"/>
+      <c r="H137" s="55" t="n"/>
+      <c r="I137" s="56" t="n"/>
     </row>
     <row r="138">
       <c r="A138" s="15" t="n"/>
-      <c r="B138" s="52" t="inlineStr">
+      <c r="B138" s="57" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C138" s="53" t="inlineStr">
+      <c r="C138" s="58" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D138" s="50" t="n">
-[...2 lines deleted...]
-      <c r="E138" s="54" t="n">
+      <c r="D138" s="47" t="n">
+        <v>1000000000</v>
+      </c>
+      <c r="E138" s="59" t="n">
         <v>0</v>
       </c>
+      <c r="F138" s="53" t="n"/>
+      <c r="G138" s="54" t="n"/>
+      <c r="H138" s="55" t="n"/>
+      <c r="I138" s="56" t="n"/>
     </row>
     <row r="139">
       <c r="A139" s="15" t="n"/>
-      <c r="B139" s="52" t="inlineStr">
+      <c r="B139" s="57" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C139" s="53" t="inlineStr">
+      <c r="C139" s="58" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D139" s="50" t="n">
+      <c r="D139" s="47" t="n">
         <v>250000000</v>
       </c>
-      <c r="E139" s="54" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E139" s="59" t="n">
+        <v>1e-05</v>
+      </c>
+      <c r="F139" s="53" t="n"/>
+      <c r="G139" s="54" t="n"/>
+      <c r="H139" s="55" t="n"/>
+      <c r="I139" s="56" t="n"/>
     </row>
     <row r="140">
       <c r="A140" s="15" t="n"/>
-      <c r="B140" s="52" t="inlineStr">
+      <c r="B140" s="57" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C140" s="53" t="inlineStr">
+      <c r="C140" s="58" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D140" s="50" t="n">
+      <c r="D140" s="47" t="n">
         <v>250000000</v>
       </c>
-      <c r="E140" s="54" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="E140" s="59" t="n">
+        <v>0</v>
+      </c>
+      <c r="F140" s="53" t="n"/>
+      <c r="G140" s="54" t="n"/>
+      <c r="H140" s="55" t="n"/>
+      <c r="I140" s="56" t="n"/>
     </row>
     <row r="141">
       <c r="A141" s="15" t="n"/>
-      <c r="B141" s="52" t="inlineStr">
+      <c r="B141" s="57" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C141" s="53" t="inlineStr">
+      <c r="C141" s="58" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D141" s="50" t="n">
+      <c r="D141" s="47" t="n">
         <v>250000000</v>
       </c>
-      <c r="E141" s="54" t="n">
+      <c r="E141" s="59" t="n">
         <v>1e-05</v>
       </c>
+      <c r="F141" s="53" t="n"/>
+      <c r="G141" s="54" t="n"/>
+      <c r="H141" s="55" t="n"/>
+      <c r="I141" s="56" t="n"/>
     </row>
     <row r="142">
       <c r="A142" s="15" t="n"/>
-      <c r="B142" s="52" t="inlineStr">
+      <c r="B142" s="57" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C142" s="53" t="inlineStr">
+      <c r="C142" s="58" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D142" s="50" t="n">
-[...2 lines deleted...]
-      <c r="E142" s="54" t="n">
+      <c r="D142" s="47" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E142" s="59" t="n">
         <v>1e-05</v>
       </c>
+      <c r="F142" s="53" t="n"/>
+      <c r="G142" s="54" t="n"/>
+      <c r="H142" s="55" t="n"/>
+      <c r="I142" s="56" t="n"/>
     </row>
     <row r="143">
       <c r="A143" s="15" t="n"/>
-      <c r="B143" s="52" t="inlineStr">
+      <c r="B143" s="57" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C143" s="53" t="inlineStr">
+      <c r="C143" s="58" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D143" s="50" t="n">
-[...2 lines deleted...]
-      <c r="E143" s="54" t="n">
+      <c r="D143" s="47" t="n">
+        <v>500000000</v>
+      </c>
+      <c r="E143" s="59" t="n">
         <v>1e-05</v>
       </c>
+      <c r="F143" s="53" t="n"/>
+      <c r="G143" s="54" t="n"/>
+      <c r="H143" s="55" t="n"/>
+      <c r="I143" s="56" t="n"/>
     </row>
     <row r="144">
       <c r="A144" s="15" t="n"/>
-      <c r="B144" s="52" t="inlineStr">
+      <c r="B144" s="57" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C144" s="53" t="inlineStr">
+      <c r="C144" s="58" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D144" s="50" t="n">
-[...2 lines deleted...]
-      <c r="E144" s="54" t="n">
+      <c r="D144" s="47" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E144" s="59" t="n">
         <v>0</v>
       </c>
+      <c r="F144" s="53" t="n"/>
+      <c r="G144" s="54" t="n"/>
+      <c r="H144" s="55" t="n"/>
+      <c r="I144" s="56" t="n"/>
     </row>
     <row r="145">
       <c r="A145" s="15" t="n"/>
-      <c r="B145" s="52" t="inlineStr">
+      <c r="B145" s="57" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C145" s="53" t="inlineStr">
+      <c r="C145" s="58" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D145" s="50" t="n">
+      <c r="D145" s="47" t="n">
         <v>500000000</v>
       </c>
-      <c r="E145" s="54" t="n">
+      <c r="E145" s="59" t="n">
         <v>0</v>
       </c>
+      <c r="F145" s="53" t="n"/>
+      <c r="G145" s="54" t="n"/>
+      <c r="H145" s="55" t="n"/>
+      <c r="I145" s="56" t="n"/>
     </row>
     <row r="146">
       <c r="A146" s="15" t="n"/>
-      <c r="B146" s="52" t="inlineStr">
+      <c r="B146" s="57" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C146" s="53" t="inlineStr">
+      <c r="C146" s="58" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D146" s="50" t="n">
-[...2 lines deleted...]
-      <c r="E146" s="54" t="n">
+      <c r="D146" s="47" t="n">
+        <v>500000000</v>
+      </c>
+      <c r="E146" s="59" t="n">
         <v>0</v>
       </c>
+      <c r="F146" s="53" t="n"/>
+      <c r="G146" s="54" t="n"/>
+      <c r="H146" s="55" t="n"/>
+      <c r="I146" s="56" t="n"/>
     </row>
     <row r="147">
       <c r="A147" s="15" t="n"/>
-      <c r="B147" s="52" t="inlineStr">
+      <c r="B147" s="57" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C147" s="53" t="inlineStr">
+      <c r="C147" s="58" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D147" s="50" t="n">
+      <c r="D147" s="47" t="n">
         <v>250000000</v>
       </c>
-      <c r="E147" s="54" t="n">
+      <c r="E147" s="59" t="n">
         <v>0</v>
       </c>
+      <c r="F147" s="53" t="n"/>
+      <c r="G147" s="54" t="n"/>
+      <c r="H147" s="55" t="n"/>
+      <c r="I147" s="56" t="n"/>
     </row>
     <row r="148">
       <c r="A148" s="15" t="n"/>
-      <c r="B148" s="15" t="n"/>
-[...12 lines deleted...]
-      <c r="B151" s="91" t="inlineStr">
+      <c r="B148" s="57" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C148" s="58" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D148" s="47" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E148" s="59" t="n">
+        <v>0</v>
+      </c>
+      <c r="F148" s="53" t="n"/>
+      <c r="G148" s="54" t="n"/>
+      <c r="H148" s="55" t="n"/>
+      <c r="I148" s="56" t="n"/>
+    </row>
+    <row r="149">
+      <c r="A149" s="15" t="n"/>
+      <c r="B149" s="49" t="n"/>
+      <c r="C149" s="50" t="n"/>
+      <c r="D149" s="51" t="n"/>
+      <c r="E149" s="52" t="n"/>
+      <c r="F149" s="53" t="n"/>
+      <c r="G149" s="54" t="n"/>
+      <c r="H149" s="55" t="n"/>
+      <c r="I149" s="56" t="n"/>
+    </row>
+    <row r="152" ht="14.5" customHeight="1" s="74">
+      <c r="B152" s="95" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="163" ht="14.5" customHeight="1" s="68">
-      <c r="B163" s="91" t="inlineStr">
+    <row r="166" ht="14.5" customHeight="1" s="74">
+      <c r="B166" s="95" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Ultra Short Duration Debt A-I Index</t>
         </is>
       </c>
     </row>
-    <row r="178">
-[...1 lines deleted...]
-      <c r="C178" s="18" t="inlineStr">
+    <row r="181">
+      <c r="B181" s="16" t="n"/>
+      <c r="C181" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
-      </c>
-[...28 lines deleted...]
-        <v>0.0668</v>
       </c>
     </row>
     <row r="182">
       <c r="B182" s="16" t="inlineStr">
         <is>
-          <t>Macaulay Duration</t>
-[...3 lines deleted...]
-        <v>0.49</v>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C182" s="18" t="inlineStr">
+        <is>
+          <t>DSP Ultra Short Fund</t>
+        </is>
       </c>
     </row>
     <row r="183">
       <c r="B183" s="16" t="inlineStr">
         <is>
-          <t>Residual Maturity</t>
-[...4 lines deleted...]
-      </c>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C183" s="19" t="n"/>
     </row>
     <row r="184">
       <c r="B184" s="16" t="inlineStr">
         <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C184" s="20" t="n">
+        <v>0.0674</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="B185" s="16" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C185" s="19" t="n">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="B186" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C186" s="19" t="n">
+        <v>0.63</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="B187" s="16" t="inlineStr">
+        <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C184" s="21" t="n">
-[...4 lines deleted...]
-      <c r="B185" s="17" t="inlineStr">
+      <c r="C187" s="21" t="n">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="B188" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C185" s="18" t="n"/>
+      <c r="C188" s="18" t="n"/>
+    </row>
+    <row r="191" ht="14.5" customHeight="1" s="74">
+      <c r="B191" s="72" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="6">
-    <mergeCell ref="F132:F133"/>
-[...2 lines deleted...]
-    <mergeCell ref="B134:I134"/>
+    <mergeCell ref="B135:I135"/>
+    <mergeCell ref="F133:F134"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="D131:E131"/>
+    <mergeCell ref="D132:E132"/>
+    <mergeCell ref="I133:I134"/>
+    <mergeCell ref="B131:I131"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>