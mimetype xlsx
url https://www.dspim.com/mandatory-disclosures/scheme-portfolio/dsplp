--- v3 (2026-01-14)
+++ v4 (2026-02-03)
@@ -1,153 +1,159 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr codeName="ThisWorkbook"/>
+  <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="883" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="960" firstSheet="10" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="ULTRA" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="22">
     <font>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -335,66 +341,65 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="107">
+  <cellXfs count="108">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -405,242 +410,248 @@
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...13 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
@@ -702,242 +713,276 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>167</row>
+      <row>144</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>176</row>
-      <rowOff>31749</rowOff>
+      <row>153</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="25812750"/>
+          <a:off x="457200" y="22199600"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
-      <colOff>122464</colOff>
-[...1 lines deleted...]
-      <rowOff>27215</rowOff>
+      <colOff>0</colOff>
+      <row>157</row>
+      <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2497364</colOff>
-[...1 lines deleted...]
-      <rowOff>58966</rowOff>
+      <colOff>2374900</colOff>
+      <row>166</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="4" name="Picture 3"/>
+        <cNvPr id="5" name="Picture 4"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="557893" y="33500786"/>
-          <a:ext cx="2374900" cy="1746250"/>
+          <a:off x="457200" y="24612600"/>
+          <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -955,65 +1000,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1034,104 +1079,124 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr codeName="Sheet2">
+  <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L191"/>
+  <dimension ref="A1:L176"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="A1" sqref="A1"/>
+    <sheetView topLeftCell="A151" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="C172" sqref="C172"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
     <col width="51.54296875" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
-    <col width="19.1796875" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="21" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
     <col width="21.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
-    <col width="16.26953125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="17.26953125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
     <col width="30.1796875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="70">
+      <c r="A1" s="69" t="n"/>
+      <c r="B1" s="69" t="inlineStr">
         <is>
           <t>DSP Ultra Short Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="3" t="inlineStr">
         <is>
-          <t>Portfolio as on December 31, 2025</t>
+          <t>Portfolio as on January 15, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
@@ -1183,3939 +1248,3658 @@
       <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Roadstar Infra Investment Trust</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE0JEI23010</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Transport Infrastructure</t>
         </is>
       </c>
       <c r="E8" s="11" t="n">
         <v>708333</v>
       </c>
       <c r="F8" s="5" t="n">
         <v>514.1799999999999</v>
       </c>
       <c r="G8" s="6" t="n">
-        <v>0.0013</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.0014</v>
+      </c>
+      <c r="H8" s="7" t="n"/>
       <c r="J8" s="5" t="n"/>
       <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="8" t="n"/>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C9" s="8" t="n"/>
       <c r="D9" s="8" t="n"/>
       <c r="E9" s="8" t="n"/>
       <c r="F9" s="9" t="n">
         <v>514.1799999999999</v>
       </c>
       <c r="G9" s="10" t="n">
-        <v>0.0013</v>
+        <v>0.0014</v>
       </c>
       <c r="K9" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="L9" s="6" t="n">
-        <v>0.3167</v>
+        <v>0.371</v>
       </c>
     </row>
     <row r="10">
       <c r="K10" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="L10" s="6" t="n">
-        <v>0.2867</v>
+        <v>0.277</v>
       </c>
     </row>
     <row r="11">
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
       <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L11" s="6" t="n">
-        <v>0.1234</v>
+        <v>0.1133</v>
       </c>
     </row>
     <row r="12">
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
       <c r="K12" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>ICRA AA+</t>
         </is>
       </c>
       <c r="L12" s="6" t="n">
-        <v>0.0862</v>
+        <v>0.0625</v>
       </c>
     </row>
     <row r="13">
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
       <c r="K13" s="1" t="inlineStr">
         <is>
-          <t>ICRA AA+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="L13" s="6" t="n">
-        <v>0.0592</v>
+        <v>0.0383</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="n">
         <v>2</v>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>INE261F08DX0</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E14" s="11" t="n">
         <v>17000</v>
       </c>
       <c r="F14" s="5" t="n">
-        <v>17601.77</v>
+        <v>17603.51</v>
       </c>
       <c r="G14" s="6" t="n">
-        <v>0.0443</v>
+        <v>0.0466</v>
       </c>
       <c r="H14" s="7" t="n">
         <v>46234</v>
       </c>
       <c r="J14" s="5" t="n">
-        <v>6.75</v>
+        <v>7.2475</v>
       </c>
       <c r="K14" s="1" t="inlineStr">
         <is>
           <t>CRISIL AA+</t>
         </is>
       </c>
       <c r="L14" s="6" t="n">
-        <v>0.0392</v>
+        <v>0.0341</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="n">
         <v>3</v>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Godrej Properties Limited</t>
+          <t>Godrej Properties Limited**</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>INE484J08048</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>ICRA AA+</t>
         </is>
       </c>
       <c r="E15" s="11" t="n">
         <v>12500</v>
       </c>
       <c r="F15" s="5" t="n">
-        <v>13031.98</v>
+        <v>13061.85</v>
       </c>
       <c r="G15" s="6" t="n">
-        <v>0.0328</v>
+        <v>0.0346</v>
       </c>
       <c r="H15" s="7" t="n">
         <v>46206</v>
       </c>
       <c r="J15" s="5" t="n">
-        <v>7.45</v>
+        <v>7.5999</v>
       </c>
       <c r="K15" s="1" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
       <c r="L15" s="6" t="n">
-        <v>0.0259</v>
+        <v>0.0272</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="n">
         <v>4</v>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Aadhar Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>INE883F07306</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>IND AA</t>
         </is>
       </c>
       <c r="E16" s="11" t="n">
         <v>9700</v>
       </c>
       <c r="F16" s="5" t="n">
-        <v>10228.96</v>
+        <v>10246.97</v>
       </c>
       <c r="G16" s="6" t="n">
-        <v>0.0258</v>
+        <v>0.0271</v>
       </c>
       <c r="H16" s="7" t="n">
         <v>46168</v>
       </c>
       <c r="J16" s="5" t="n">
-        <v>7.4399</v>
+        <v>7.7901</v>
       </c>
       <c r="K16" s="1" t="inlineStr">
         <is>
-          <t>IND AA</t>
+          <t>CARE AA</t>
         </is>
       </c>
       <c r="L16" s="6" t="n">
-        <v>0.0258</v>
+        <v>0.0272</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="n">
         <v>5</v>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Piramal Finance Limited**</t>
+          <t>Piramal Finance Limited</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>INE202B07JW4</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>ICRA AA</t>
         </is>
       </c>
       <c r="E17" s="11" t="n">
         <v>10000</v>
       </c>
       <c r="F17" s="5" t="n">
-        <v>10206.01</v>
+        <v>10214.8</v>
       </c>
       <c r="G17" s="6" t="n">
-        <v>0.0257</v>
+        <v>0.0271</v>
       </c>
       <c r="H17" s="7" t="n">
         <v>46689</v>
       </c>
       <c r="J17" s="5" t="n">
-        <v>8.615</v>
+        <v>8.777100000000001</v>
       </c>
       <c r="K17" s="1" t="inlineStr">
         <is>
-          <t>CARE AA</t>
+          <t>IND AA</t>
         </is>
       </c>
       <c r="L17" s="6" t="n">
-        <v>0.0258</v>
+        <v>0.0271</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="n">
         <v>6</v>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Aditya Birla Renewables Limited**</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>INE020B08EL2</t>
+          <t>INE01QP08016</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>CRISIL AA</t>
         </is>
       </c>
       <c r="E18" s="11" t="n">
         <v>7500</v>
       </c>
       <c r="F18" s="5" t="n">
-        <v>7798.84</v>
+        <v>7757.73</v>
       </c>
       <c r="G18" s="6" t="n">
-        <v>0.0196</v>
+        <v>0.0205</v>
       </c>
       <c r="H18" s="7" t="n">
-        <v>46142</v>
+        <v>46654</v>
       </c>
       <c r="J18" s="5" t="n">
-        <v>6.5249</v>
+        <v>8.06</v>
       </c>
       <c r="K18" s="1" t="inlineStr">
         <is>
           <t>ICRA AA</t>
         </is>
       </c>
       <c r="L18" s="6" t="n">
-        <v>0.0257</v>
+        <v>0.0271</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="n">
         <v>7</v>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Aditya Birla Renewables Limited**</t>
+          <t>REC Limited</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>INE01QP08016</t>
+          <t>INE020B08FC8</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E19" s="11" t="n">
         <v>7500</v>
       </c>
       <c r="F19" s="5" t="n">
-        <v>7757.92</v>
+        <v>7733.6</v>
       </c>
       <c r="G19" s="6" t="n">
-        <v>0.0195</v>
+        <v>0.0205</v>
       </c>
       <c r="H19" s="7" t="n">
-        <v>46654</v>
+        <v>46265</v>
       </c>
       <c r="J19" s="5" t="n">
-        <v>7.85</v>
+        <v>7.1501</v>
       </c>
       <c r="K19" s="1" t="inlineStr">
         <is>
           <t>CRISIL AA</t>
         </is>
       </c>
       <c r="L19" s="6" t="n">
-        <v>0.0195</v>
+        <v>0.0205</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="n">
         <v>8</v>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>REC Limited</t>
+          <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>INE020B08FC8</t>
+          <t>INE261F08EA6</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E20" s="11" t="n">
         <v>7500</v>
       </c>
       <c r="F20" s="5" t="n">
-        <v>7729.03</v>
+        <v>7712.69</v>
       </c>
       <c r="G20" s="6" t="n">
-        <v>0.0195</v>
+        <v>0.0204</v>
       </c>
       <c r="H20" s="7" t="n">
         <v>46265</v>
       </c>
       <c r="J20" s="5" t="n">
-        <v>6.8</v>
+        <v>7.2929</v>
       </c>
       <c r="K20" s="1" t="inlineStr">
         <is>
           <t>ICRA A1+</t>
         </is>
       </c>
       <c r="L20" s="6" t="n">
-        <v>0.0062</v>
+        <v>0.0195</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="n">
         <v>9</v>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development**</t>
+          <t>Small Industries Development Bank of India</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>INE261F08EA6</t>
+          <t>INE556F08KH1</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E21" s="11" t="n">
         <v>7500</v>
       </c>
       <c r="F21" s="5" t="n">
-        <v>7717.13</v>
+        <v>7711.47</v>
       </c>
       <c r="G21" s="6" t="n">
-        <v>0.0194</v>
+        <v>0.0204</v>
       </c>
       <c r="H21" s="7" t="n">
         <v>46265</v>
       </c>
       <c r="J21" s="5" t="n">
-        <v>6.75</v>
+        <v>7.21</v>
       </c>
       <c r="K21" s="1" t="inlineStr">
         <is>
           <t>IND AAA(SO)</t>
         </is>
       </c>
       <c r="L21" s="6" t="n">
-        <v>0.0029</v>
+        <v>0.003</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="n">
         <v>10</v>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Mahindra &amp; Mahindra Financial Services Limited**</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>INE556F08KH1</t>
+          <t>INE774D07US3</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E22" s="11" t="n">
-        <v>7500</v>
+        <v>5000</v>
       </c>
       <c r="F22" s="5" t="n">
-        <v>7712.42</v>
+        <v>5349.85</v>
       </c>
       <c r="G22" s="6" t="n">
-        <v>0.0194</v>
+        <v>0.0142</v>
       </c>
       <c r="H22" s="7" t="n">
-        <v>46265</v>
+        <v>46104</v>
       </c>
       <c r="J22" s="5" t="n">
-        <v>6.7438</v>
+        <v>6.7351</v>
       </c>
       <c r="K22" s="1" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
       <c r="L22" s="6" t="n">
-        <v>0.0028</v>
+        <v>0.0029</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="n">
         <v>11</v>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mahindra &amp; Mahindra Financial Services Limited</t>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>INE774D07US3</t>
+          <t>INE121A07RC3</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AA+</t>
         </is>
       </c>
       <c r="E23" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F23" s="5" t="n">
-        <v>5338.58</v>
+        <v>5284.24</v>
       </c>
       <c r="G23" s="6" t="n">
-        <v>0.0134</v>
+        <v>0.014</v>
       </c>
       <c r="H23" s="7" t="n">
-        <v>46104</v>
+        <v>46157</v>
       </c>
       <c r="J23" s="5" t="n">
-        <v>6.4501</v>
+        <v>7.4451</v>
       </c>
       <c r="K23" s="1" t="inlineStr">
         <is>
           <t>Transport Infrastructure</t>
         </is>
       </c>
       <c r="L23" s="6" t="n">
-        <v>0.0013</v>
+        <v>0.0014</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="n">
         <v>12</v>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Cholamandalam Investment and Finance Company Limited**</t>
+          <t>NTPC Limited**</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>INE121A07RC3</t>
+          <t>INE733E08247</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>ICRA AA+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E24" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F24" s="5" t="n">
-        <v>5274.3</v>
+        <v>5278.47</v>
       </c>
       <c r="G24" s="6" t="n">
-        <v>0.0133</v>
+        <v>0.014</v>
       </c>
       <c r="H24" s="7" t="n">
-        <v>46157</v>
+        <v>46129</v>
       </c>
       <c r="J24" s="5" t="n">
-        <v>7.1374</v>
+        <v>6.7651</v>
       </c>
       <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L24" s="6" t="n">
-        <v>-0.0473</v>
+        <v>-0.0521</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="n">
         <v>13</v>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>NTPC Limited**</t>
+          <t>National Housing Bank**</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>INE733E08247</t>
+          <t>INE557F08FR8</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E25" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F25" s="5" t="n">
-        <v>5269.3</v>
+        <v>5232.5</v>
       </c>
       <c r="G25" s="6" t="n">
-        <v>0.0133</v>
+        <v>0.0139</v>
       </c>
       <c r="H25" s="7" t="n">
-        <v>46129</v>
+        <v>46226</v>
       </c>
       <c r="J25" s="5" t="n">
-        <v>6.4171</v>
+        <v>7.1645</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="n">
         <v>14</v>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited**</t>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>INE296A07TA3</t>
+          <t>INE121A07SN8</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AA+</t>
         </is>
       </c>
       <c r="E26" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F26" s="5" t="n">
-        <v>5263.19</v>
+        <v>5229.05</v>
       </c>
       <c r="G26" s="6" t="n">
-        <v>0.0133</v>
+        <v>0.0139</v>
       </c>
       <c r="H26" s="7" t="n">
-        <v>46164</v>
+        <v>46535</v>
       </c>
       <c r="J26" s="5" t="n">
-        <v>6.975</v>
+        <v>7.435</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="n">
         <v>15</v>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>National Housing Bank**</t>
+          <t>Nuvama Wealth Finance Limited**</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>INE557F08FR8</t>
+          <t>INE918K07PY9</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>CARE AA</t>
         </is>
       </c>
       <c r="E27" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F27" s="5" t="n">
-        <v>5230.38</v>
+        <v>5201.75</v>
       </c>
       <c r="G27" s="6" t="n">
-        <v>0.0132</v>
+        <v>0.0138</v>
       </c>
       <c r="H27" s="7" t="n">
-        <v>46226</v>
+        <v>46549</v>
       </c>
       <c r="J27" s="5" t="n">
-        <v>6.6867</v>
+        <v>8.834899999999999</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="n">
         <v>16</v>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Cholamandalam Investment and Finance Company Limited**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>INE121A07SN8</t>
+          <t>INE020B08EI8</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
-          <t>ICRA AA+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E28" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F28" s="5" t="n">
-        <v>5220.47</v>
+        <v>5176.74</v>
       </c>
       <c r="G28" s="6" t="n">
-        <v>0.0131</v>
+        <v>0.0137</v>
       </c>
       <c r="H28" s="7" t="n">
-        <v>46535</v>
+        <v>46234</v>
       </c>
       <c r="J28" s="5" t="n">
-        <v>7.33</v>
+        <v>7.15</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="n">
         <v>17</v>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Nuvama Wealth Finance Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>INE918K07PY9</t>
+          <t>INE134E08MT1</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>CARE AA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E29" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F29" s="5" t="n">
-        <v>5184.38</v>
+        <v>5158.67</v>
       </c>
       <c r="G29" s="6" t="n">
-        <v>0.0131</v>
+        <v>0.0137</v>
       </c>
       <c r="H29" s="7" t="n">
-        <v>46549</v>
+        <v>46259</v>
       </c>
       <c r="J29" s="5" t="n">
-        <v>8.824199999999999</v>
+        <v>7.15</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="n">
         <v>18</v>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Mankind Pharma Limited**</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>INE134E08MT1</t>
+          <t>INE634S07033</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>CRISIL AA+</t>
         </is>
       </c>
       <c r="E30" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F30" s="5" t="n">
-        <v>5157.09</v>
+        <v>5149.33</v>
       </c>
       <c r="G30" s="6" t="n">
-        <v>0.013</v>
+        <v>0.0136</v>
       </c>
       <c r="H30" s="7" t="n">
-        <v>46259</v>
+        <v>46707</v>
       </c>
       <c r="J30" s="5" t="n">
-        <v>6.745</v>
+        <v>7.5207</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="n">
         <v>19</v>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Mankind Pharma Limited**</t>
+          <t>Power Finance Corporation Limited</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>INE634S07033</t>
+          <t>INE134E08LP1</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AA+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E31" s="11" t="n">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="F31" s="5" t="n">
-        <v>5141.55</v>
+        <v>5136.51</v>
       </c>
       <c r="G31" s="6" t="n">
-        <v>0.0129</v>
+        <v>0.0136</v>
       </c>
       <c r="H31" s="7" t="n">
-        <v>46707</v>
+        <v>46218</v>
       </c>
       <c r="J31" s="5" t="n">
-        <v>7.4307</v>
+        <v>7.1422</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="n">
         <v>20</v>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
           <t>INE134E08IK8</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E32" s="11" t="n">
         <v>500</v>
       </c>
       <c r="F32" s="5" t="n">
-        <v>5133.26</v>
+        <v>5133.63</v>
       </c>
       <c r="G32" s="6" t="n">
-        <v>0.0129</v>
+        <v>0.0136</v>
       </c>
       <c r="H32" s="7" t="n">
         <v>46281</v>
       </c>
       <c r="J32" s="5" t="n">
-        <v>6.745</v>
+        <v>7.1501</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="n">
         <v>21</v>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Muthoot Finance Limited**</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>INE134E08LP1</t>
+          <t>INE414G07IQ8</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>CRISIL AA+</t>
         </is>
       </c>
       <c r="E33" s="11" t="n">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="F33" s="5" t="n">
-        <v>5132.48</v>
+        <v>5092.66</v>
       </c>
       <c r="G33" s="6" t="n">
-        <v>0.0129</v>
+        <v>0.0135</v>
       </c>
       <c r="H33" s="7" t="n">
-        <v>46218</v>
+        <v>46363</v>
       </c>
       <c r="J33" s="5" t="n">
-        <v>6.745</v>
+        <v>7.7149</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="n">
         <v>22</v>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>LIC Housing Finance Limited**</t>
+          <t>LIC Housing Finance Limited</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
           <t>INE115A07RH4</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E34" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F34" s="5" t="n">
-        <v>5091.96</v>
+        <v>5088.9</v>
       </c>
       <c r="G34" s="6" t="n">
-        <v>0.0128</v>
+        <v>0.0135</v>
       </c>
       <c r="H34" s="7" t="n">
         <v>46647</v>
       </c>
       <c r="J34" s="5" t="n">
-        <v>6.975</v>
+        <v>7.2</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="n">
         <v>23</v>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Muthoot Finance Limited**</t>
+          <t>Nuvama Wealth and Investment Limited**</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>INE414G07IQ8</t>
+          <t>INE523L07AS9</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AA+</t>
+          <t>CARE AA</t>
         </is>
       </c>
       <c r="E35" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F35" s="5" t="n">
-        <v>5084.37</v>
+        <v>5055.25</v>
       </c>
       <c r="G35" s="6" t="n">
-        <v>0.0128</v>
+        <v>0.0134</v>
       </c>
       <c r="H35" s="7" t="n">
-        <v>46363</v>
+        <v>46640</v>
       </c>
       <c r="J35" s="5" t="n">
-        <v>7.5616</v>
+        <v>8.834899999999999</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="n">
         <v>24</v>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
           <t>INE115A07RA9</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E36" s="11" t="n">
         <v>5000</v>
       </c>
       <c r="F36" s="5" t="n">
-        <v>5055.5</v>
+        <v>5054.21</v>
       </c>
       <c r="G36" s="6" t="n">
-        <v>0.0127</v>
+        <v>0.0134</v>
       </c>
       <c r="H36" s="7" t="n">
         <v>46367</v>
       </c>
       <c r="J36" s="5" t="n">
-        <v>6.905</v>
+        <v>7.2499</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="n">
         <v>25</v>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Nuvama Wealth and Investment Limited**</t>
+          <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>INE523L07AS9</t>
+          <t>INE115A07QT1</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
-          <t>CARE AA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E37" s="11" t="n">
-        <v>5000</v>
+        <v>3500</v>
       </c>
       <c r="F37" s="5" t="n">
-        <v>5034.74</v>
+        <v>3620.17</v>
       </c>
       <c r="G37" s="6" t="n">
-        <v>0.0127</v>
+        <v>0.009599999999999999</v>
       </c>
       <c r="H37" s="7" t="n">
-        <v>46640</v>
+        <v>46254</v>
       </c>
       <c r="J37" s="5" t="n">
-        <v>8.8741</v>
+        <v>7.2399</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="n">
         <v>26</v>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
           <t>INE556F08KK5</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E38" s="11" t="n">
         <v>3000</v>
       </c>
       <c r="F38" s="5" t="n">
-        <v>3083.29</v>
+        <v>3082.81</v>
       </c>
       <c r="G38" s="6" t="n">
-        <v>0.0078</v>
+        <v>0.008200000000000001</v>
       </c>
       <c r="H38" s="7" t="n">
         <v>46496</v>
       </c>
       <c r="J38" s="5" t="n">
-        <v>6.8087</v>
+        <v>7.0599</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="n">
         <v>27</v>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Muthoot Finance Limited**</t>
+          <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>INE414G07HI7</t>
+          <t>INE115A07RE1</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AA+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E39" s="11" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F39" s="5" t="n">
-        <v>2704.98</v>
+        <v>2674.9</v>
       </c>
       <c r="G39" s="6" t="n">
-        <v>0.0068</v>
+        <v>0.0071</v>
       </c>
       <c r="H39" s="7" t="n">
-        <v>46028</v>
+        <v>46464</v>
       </c>
       <c r="J39" s="5" t="n">
-        <v>6.8176</v>
+        <v>7.18</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="n">
         <v>28</v>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>LIC Housing Finance Limited**</t>
+          <t>Muthoot Finance Limited**</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>INE115A07RE1</t>
+          <t>INE414G07JF9</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>CRISIL AA+</t>
         </is>
       </c>
       <c r="E40" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F40" s="5" t="n">
-        <v>2674.24</v>
+        <v>2653.34</v>
       </c>
       <c r="G40" s="6" t="n">
-        <v>0.0067</v>
+        <v>0.007</v>
       </c>
       <c r="H40" s="7" t="n">
-        <v>46464</v>
+        <v>46582</v>
       </c>
       <c r="J40" s="5" t="n">
-        <v>6.935</v>
+        <v>7.825</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="n">
         <v>29</v>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Muthoot Finance Limited**</t>
+          <t>LIC Housing Finance Limited</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>INE414G07JF9</t>
+          <t>INE115A07PR7</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AA+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E41" s="11" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F41" s="5" t="n">
-        <v>2652.03</v>
+        <v>2638.81</v>
       </c>
       <c r="G41" s="6" t="n">
-        <v>0.0067</v>
+        <v>0.007</v>
       </c>
       <c r="H41" s="7" t="n">
-        <v>46582</v>
+        <v>46433</v>
       </c>
       <c r="J41" s="5" t="n">
-        <v>7.6317</v>
+        <v>7.18</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="n">
         <v>30</v>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>LIC Housing Finance Limited**</t>
+          <t>Bajaj Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>INE115A07PR7</t>
+          <t>INE377Y07557</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E42" s="11" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F42" s="5" t="n">
-        <v>2637.69</v>
+        <v>2625.25</v>
       </c>
       <c r="G42" s="6" t="n">
-        <v>0.0066</v>
+        <v>0.007</v>
       </c>
       <c r="H42" s="7" t="n">
-        <v>46433</v>
+        <v>46444</v>
       </c>
       <c r="J42" s="5" t="n">
-        <v>6.935</v>
+        <v>7.18</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="n">
         <v>31</v>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Housing Finance Limited**</t>
+          <t>Sikka Ports &amp; Terminals Limited**</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>INE377Y07557</t>
+          <t>INE941D07208</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E43" s="11" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F43" s="5" t="n">
-        <v>2624.62</v>
+        <v>2619.56</v>
       </c>
       <c r="G43" s="6" t="n">
-        <v>0.0066</v>
+        <v>0.0069</v>
       </c>
       <c r="H43" s="7" t="n">
-        <v>46444</v>
+        <v>46134</v>
       </c>
       <c r="J43" s="5" t="n">
-        <v>6.9257</v>
+        <v>7.1399</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="n">
         <v>32</v>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sikka Ports &amp; Terminals Limited**</t>
+          <t>Bajaj Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>INE941D07208</t>
+          <t>INE377Y07490</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E44" s="11" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F44" s="5" t="n">
-        <v>2615.58</v>
+        <v>2578.23</v>
       </c>
       <c r="G44" s="6" t="n">
-        <v>0.0066</v>
+        <v>0.0068</v>
       </c>
       <c r="H44" s="7" t="n">
-        <v>46134</v>
+        <v>46274</v>
       </c>
       <c r="J44" s="5" t="n">
-        <v>6.6851</v>
+        <v>7.275</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="n">
         <v>33</v>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Sundaram Finance Limited**</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>INE020B08EI8</t>
+          <t>INE660A07RQ0</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E45" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F45" s="5" t="n">
-        <v>2586.09</v>
+        <v>2555.28</v>
       </c>
       <c r="G45" s="6" t="n">
-        <v>0.0065</v>
+        <v>0.0068</v>
       </c>
       <c r="H45" s="7" t="n">
-        <v>46234</v>
+        <v>46321</v>
       </c>
       <c r="J45" s="5" t="n">
-        <v>6.7999</v>
+        <v>7.3553</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="n">
         <v>34</v>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>LIC Housing Finance Limited**</t>
+          <t>Sundaram Finance Limited**</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>INE115A07QT1</t>
+          <t>INE660A07RU2</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E46" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F46" s="5" t="n">
-        <v>2584.74</v>
+        <v>2525.27</v>
       </c>
       <c r="G46" s="6" t="n">
-        <v>0.0065</v>
+        <v>0.0067</v>
       </c>
       <c r="H46" s="7" t="n">
-        <v>46254</v>
+        <v>46367</v>
       </c>
       <c r="J46" s="5" t="n">
-        <v>6.84</v>
+        <v>7.3584</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="n">
         <v>35</v>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Housing Finance Limited**</t>
+          <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>INE377Y07490</t>
+          <t>INE115A07PN6</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E47" s="11" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F47" s="5" t="n">
-        <v>2578.72</v>
+        <v>2501.97</v>
       </c>
       <c r="G47" s="6" t="n">
-        <v>0.0065</v>
+        <v>0.0066</v>
       </c>
       <c r="H47" s="7" t="n">
-        <v>46274</v>
+        <v>46356</v>
       </c>
       <c r="J47" s="5" t="n">
-        <v>6.8107</v>
+        <v>7.2499</v>
       </c>
     </row>
     <row r="48">
-      <c r="A48" s="1" t="n">
+      <c r="A48" s="8" t="n"/>
+      <c r="B48" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C48" s="8" t="n"/>
+      <c r="D48" s="8" t="n"/>
+      <c r="E48" s="8" t="n"/>
+      <c r="F48" s="9" t="n">
+        <v>189739.97</v>
+      </c>
+      <c r="G48" s="10" t="n">
+        <v>0.5027</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="B50" s="3" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="1" t="n">
         <v>36</v>
       </c>
-      <c r="B48" s="1" t="inlineStr">
-[...31 lines deleted...]
-      <c r="A49" s="1" t="n">
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>5.63% GOI 2026</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>IN0020210012</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E51" s="11" t="n">
+        <v>17500000</v>
+      </c>
+      <c r="F51" s="5" t="n">
+        <v>17765.87</v>
+      </c>
+      <c r="G51" s="6" t="n">
+        <v>0.0471</v>
+      </c>
+      <c r="H51" s="7" t="n">
+        <v>46124</v>
+      </c>
+      <c r="J51" s="5" t="n">
+        <v>5.4173</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="1" t="n">
         <v>37</v>
       </c>
-      <c r="B49" s="1" t="inlineStr">
-[...31 lines deleted...]
-      <c r="A50" s="1" t="n">
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>8.42% Jharkhand SDL 2026</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>IN3720150066</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E52" s="11" t="n">
+        <v>4000000</v>
+      </c>
+      <c r="F52" s="5" t="n">
+        <v>4161.56</v>
+      </c>
+      <c r="G52" s="6" t="n">
+        <v>0.011</v>
+      </c>
+      <c r="H52" s="7" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J52" s="5" t="n">
+        <v>5.4531</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="1" t="n">
         <v>38</v>
       </c>
-      <c r="B50" s="1" t="inlineStr">
-[...51 lines deleted...]
-        </is>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>7.71% Gujarat SDL 2027</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>IN1520160202</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E53" s="11" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F53" s="5" t="n">
+        <v>1047.65</v>
+      </c>
+      <c r="G53" s="6" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="H53" s="7" t="n">
+        <v>46447</v>
+      </c>
+      <c r="J53" s="5" t="n">
+        <v>5.9538</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="n">
         <v>39</v>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>7.59% GOI 2026</t>
+          <t>8.39 % Madhya Pradesh SDL 2026</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
-          <t>IN0020150093</t>
+          <t>IN2120150098</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E54" s="11" t="n">
-        <v>15000000</v>
+        <v>500000</v>
       </c>
       <c r="F54" s="5" t="n">
-        <v>15546.73</v>
+        <v>520.12</v>
       </c>
       <c r="G54" s="6" t="n">
-        <v>0.0391</v>
+        <v>0.0014</v>
       </c>
       <c r="H54" s="7" t="n">
-        <v>46033</v>
+        <v>46049</v>
       </c>
       <c r="J54" s="5" t="n">
-        <v>5.2872</v>
+        <v>5.4278</v>
       </c>
     </row>
     <row r="55">
-      <c r="A55" s="1" t="n">
-[...65 lines deleted...]
-        <v>5.5215</v>
+      <c r="A55" s="8" t="n"/>
+      <c r="B55" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C55" s="8" t="n"/>
+      <c r="D55" s="8" t="n"/>
+      <c r="E55" s="8" t="n"/>
+      <c r="F55" s="9" t="n">
+        <v>23495.2</v>
+      </c>
+      <c r="G55" s="10" t="n">
+        <v>0.0623</v>
       </c>
     </row>
     <row r="57">
-      <c r="A57" s="1" t="n">
-[...30 lines deleted...]
-        <v>5.985</v>
+      <c r="B57" s="3" t="inlineStr">
+        <is>
+          <t>Securitised Debt</t>
+        </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="n">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>8.31% Telangana SDL 2026</t>
+          <t>India Universal Trust**</t>
         </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
-          <t>IN4520150124</t>
+          <t>INE16J715019</t>
         </is>
       </c>
       <c r="D58" s="1" t="inlineStr">
         <is>
-          <t>Sovereign</t>
+          <t>IND AAA(SO)</t>
         </is>
       </c>
       <c r="E58" s="11" t="n">
-        <v>1000000</v>
+        <v>45</v>
       </c>
       <c r="F58" s="5" t="n">
-        <v>1039.7</v>
+        <v>1143.31</v>
       </c>
       <c r="G58" s="6" t="n">
-        <v>0.0026</v>
+        <v>0.003</v>
       </c>
       <c r="H58" s="7" t="n">
-        <v>46035</v>
+        <v>46223</v>
       </c>
       <c r="J58" s="5" t="n">
-        <v>5.4239</v>
+        <v>7.7799</v>
       </c>
     </row>
     <row r="59">
-      <c r="A59" s="1" t="n">
-[...35 lines deleted...]
-      <c r="B60" s="8" t="inlineStr">
+      <c r="A59" s="8" t="n"/>
+      <c r="B59" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C60" s="8" t="n"/>
-[...6 lines deleted...]
-        <v>0.0625</v>
+      <c r="C59" s="8" t="n"/>
+      <c r="D59" s="8" t="n"/>
+      <c r="E59" s="8" t="n"/>
+      <c r="F59" s="9" t="n">
+        <v>1143.31</v>
+      </c>
+      <c r="G59" s="10" t="n">
+        <v>0.003</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="B61" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
       </c>
     </row>
     <row r="62">
       <c r="B62" s="3" t="inlineStr">
         <is>
-          <t>Securitised Debt</t>
+          <t>Certificate of Deposit</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>INE476A16E20</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E63" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F63" s="5" t="n">
+        <v>14599.66</v>
+      </c>
+      <c r="G63" s="6" t="n">
+        <v>0.0387</v>
+      </c>
+      <c r="H63" s="7" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J63" s="5" t="n">
+        <v>6.8087</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BQ4</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E64" s="11" t="n">
+        <v>2400</v>
+      </c>
+      <c r="F64" s="5" t="n">
+        <v>11357.35</v>
+      </c>
+      <c r="G64" s="6" t="n">
+        <v>0.0301</v>
+      </c>
+      <c r="H64" s="7" t="n">
+        <v>46332</v>
+      </c>
+      <c r="J64" s="5" t="n">
+        <v>7.025</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6BK4</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E65" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F65" s="5" t="n">
+        <v>9808.559999999999</v>
+      </c>
+      <c r="G65" s="6" t="n">
+        <v>0.026</v>
+      </c>
+      <c r="H65" s="7" t="n">
+        <v>46142</v>
+      </c>
+      <c r="J65" s="5" t="n">
+        <v>6.8499</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HN4</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E66" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F66" s="5" t="n">
+        <v>9563.49</v>
+      </c>
+      <c r="G66" s="6" t="n">
+        <v>0.0253</v>
+      </c>
+      <c r="H66" s="7" t="n">
+        <v>46276</v>
+      </c>
+      <c r="J66" s="5" t="n">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="1" t="n">
         <v>45</v>
       </c>
-      <c r="B63" s="1" t="inlineStr">
-[...58 lines deleted...]
-        </is>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HC7</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E67" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F67" s="5" t="n">
+        <v>7396.05</v>
+      </c>
+      <c r="G67" s="6" t="n">
+        <v>0.0196</v>
+      </c>
+      <c r="H67" s="7" t="n">
+        <v>46114</v>
+      </c>
+      <c r="J67" s="5" t="n">
+        <v>6.75</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="n">
         <v>46</v>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bank of Baroda**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
-          <t>INE028A16JO3</t>
+          <t>INE556F16BH3</t>
         </is>
       </c>
       <c r="D68" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E68" s="11" t="n">
-        <v>4000</v>
+        <v>1000</v>
       </c>
       <c r="F68" s="5" t="n">
-        <v>19829.7</v>
+        <v>4899.27</v>
       </c>
       <c r="G68" s="6" t="n">
-        <v>0.0499</v>
+        <v>0.013</v>
       </c>
       <c r="H68" s="7" t="n">
-        <v>46076</v>
+        <v>46147</v>
       </c>
       <c r="J68" s="5" t="n">
-        <v>5.9148</v>
+        <v>6.885</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="n">
         <v>47</v>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Indian Bank**</t>
         </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
-          <t>INE556F16BQ4</t>
+          <t>INE562A16OS2</t>
         </is>
       </c>
       <c r="D69" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E69" s="11" t="n">
-        <v>2400</v>
+        <v>1000</v>
       </c>
       <c r="F69" s="5" t="n">
-        <v>11357.71</v>
+        <v>4898.66</v>
       </c>
       <c r="G69" s="6" t="n">
-        <v>0.0286</v>
+        <v>0.013</v>
       </c>
       <c r="H69" s="7" t="n">
-        <v>46332</v>
+        <v>46148</v>
       </c>
       <c r="J69" s="5" t="n">
-        <v>6.68</v>
+        <v>6.8649</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="n">
         <v>48</v>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited**</t>
+          <t>Bank of Baroda**</t>
         </is>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
-          <t>INE238AD6BK4</t>
+          <t>INE028A16JV8</t>
         </is>
       </c>
       <c r="D70" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E70" s="11" t="n">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="F70" s="5" t="n">
-        <v>9796.700000000001</v>
+        <v>4896.92</v>
       </c>
       <c r="G70" s="6" t="n">
-        <v>0.0247</v>
+        <v>0.013</v>
       </c>
       <c r="H70" s="7" t="n">
-        <v>46142</v>
+        <v>46150</v>
       </c>
       <c r="J70" s="5" t="n">
-        <v>6.3651</v>
+        <v>6.8599</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="n">
         <v>49</v>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>IDFC First Bank Limited**</t>
         </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
-          <t>INE040A16HC7</t>
+          <t>INE092T16YP5</t>
         </is>
       </c>
       <c r="D71" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E71" s="11" t="n">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="F71" s="5" t="n">
-        <v>7383.11</v>
+        <v>4888.6</v>
       </c>
       <c r="G71" s="6" t="n">
-        <v>0.0186</v>
+        <v>0.0129</v>
       </c>
       <c r="H71" s="7" t="n">
-        <v>46114</v>
+        <v>46157</v>
       </c>
       <c r="J71" s="5" t="n">
-        <v>6.3501</v>
+        <v>6.99</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="n">
         <v>50</v>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>The Federal Bank Limited**</t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
-          <t>INE040A16HN4</t>
+          <t>INE171A16ND6</t>
         </is>
       </c>
       <c r="D72" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E72" s="11" t="n">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="F72" s="5" t="n">
-        <v>7174.28</v>
+        <v>4882.8</v>
       </c>
       <c r="G72" s="6" t="n">
-        <v>0.0181</v>
+        <v>0.0129</v>
       </c>
       <c r="H72" s="7" t="n">
-        <v>46276</v>
+        <v>46162</v>
       </c>
       <c r="J72" s="5" t="n">
-        <v>6.5501</v>
+        <v>7.065</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="n">
         <v>51</v>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Kotak Mahindra Bank Limited**</t>
         </is>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
-          <t>INE237A166Z3</t>
+          <t>INE237AD6083</t>
         </is>
       </c>
       <c r="D73" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E73" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F73" s="5" t="n">
-        <v>4954.24</v>
+        <v>4882.15</v>
       </c>
       <c r="G73" s="6" t="n">
-        <v>0.0125</v>
+        <v>0.0129</v>
       </c>
       <c r="H73" s="7" t="n">
-        <v>46080</v>
+        <v>46167</v>
       </c>
       <c r="J73" s="5" t="n">
-        <v>5.9149</v>
+        <v>6.83</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="n">
         <v>52</v>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Indian Bank**</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
-          <t>INE562A16OS2</t>
+          <t>INE040A16HX3</t>
         </is>
       </c>
       <c r="D74" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E74" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F74" s="5" t="n">
-        <v>4893.91</v>
+        <v>4881.56</v>
       </c>
       <c r="G74" s="6" t="n">
-        <v>0.0123</v>
+        <v>0.0129</v>
       </c>
       <c r="H74" s="7" t="n">
-        <v>46148</v>
+        <v>46167</v>
       </c>
       <c r="J74" s="5" t="n">
-        <v>6.33</v>
+        <v>6.865</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="n">
         <v>53</v>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Union Bank of India**</t>
         </is>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
-          <t>INE556F16BH3</t>
+          <t>INE692A16KH8</t>
         </is>
       </c>
       <c r="D75" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E75" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F75" s="5" t="n">
-        <v>4893.6</v>
+        <v>4875.3</v>
       </c>
       <c r="G75" s="6" t="n">
-        <v>0.0123</v>
+        <v>0.0129</v>
       </c>
       <c r="H75" s="7" t="n">
-        <v>46147</v>
+        <v>46174</v>
       </c>
       <c r="J75" s="5" t="n">
-        <v>6.3999</v>
+        <v>6.8649</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="n">
         <v>54</v>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bank of Baroda**</t>
+          <t>IDFC First Bank Limited**</t>
         </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
-          <t>INE028A16JV8</t>
+          <t>INE092T16YR1</t>
         </is>
       </c>
       <c r="D76" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E76" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F76" s="5" t="n">
-        <v>4891.75</v>
+        <v>4865.81</v>
       </c>
       <c r="G76" s="6" t="n">
-        <v>0.0123</v>
+        <v>0.0129</v>
       </c>
       <c r="H76" s="7" t="n">
-        <v>46150</v>
+        <v>46182</v>
       </c>
       <c r="J76" s="5" t="n">
-        <v>6.3601</v>
+        <v>6.99</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="n">
         <v>55</v>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>IDFC First Bank Limited**</t>
+          <t>Ujjivan Small Finance Bank Limited**</t>
         </is>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
-          <t>INE092T16YP5</t>
+          <t>INE551W16CD6</t>
         </is>
       </c>
       <c r="D77" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E77" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F77" s="5" t="n">
-        <v>4883.9</v>
+        <v>4849.96</v>
       </c>
       <c r="G77" s="6" t="n">
-        <v>0.0123</v>
+        <v>0.0128</v>
       </c>
       <c r="H77" s="7" t="n">
-        <v>46157</v>
+        <v>46191</v>
       </c>
       <c r="J77" s="5" t="n">
-        <v>6.4751</v>
+        <v>7.38</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="n">
         <v>56</v>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank Limited**</t>
+          <t>Equitas Small Finance Bank Limited**</t>
         </is>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
-          <t>INE237AD6083</t>
+          <t>INE063P16BC0</t>
         </is>
       </c>
       <c r="D78" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E78" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F78" s="5" t="n">
-        <v>4878.46</v>
+        <v>4846.25</v>
       </c>
       <c r="G78" s="6" t="n">
-        <v>0.0123</v>
+        <v>0.0128</v>
       </c>
       <c r="H78" s="7" t="n">
-        <v>46167</v>
+        <v>46188</v>
       </c>
       <c r="J78" s="5" t="n">
-        <v>6.315</v>
+        <v>7.72</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="n">
         <v>57</v>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>The Federal Bank Limited**</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
-          <t>INE171A16ND6</t>
+          <t>INE040A16HF0</t>
         </is>
       </c>
       <c r="D79" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E79" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F79" s="5" t="n">
-        <v>4878.31</v>
+        <v>4814.42</v>
       </c>
       <c r="G79" s="6" t="n">
-        <v>0.0123</v>
+        <v>0.0128</v>
       </c>
       <c r="H79" s="7" t="n">
-        <v>46162</v>
+        <v>46239</v>
       </c>
       <c r="J79" s="5" t="n">
-        <v>6.5501</v>
+        <v>7.0001</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="n">
         <v>58</v>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Axis Bank Limited**</t>
         </is>
       </c>
       <c r="C80" s="1" t="inlineStr">
         <is>
-          <t>INE040A16HX3</t>
+          <t>INE238AD6BJ6</t>
         </is>
       </c>
       <c r="D80" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E80" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F80" s="5" t="n">
-        <v>4877.8</v>
+        <v>4751.24</v>
       </c>
       <c r="G80" s="6" t="n">
-        <v>0.0123</v>
+        <v>0.0126</v>
       </c>
       <c r="H80" s="7" t="n">
-        <v>46167</v>
+        <v>46311</v>
       </c>
       <c r="J80" s="5" t="n">
-        <v>6.3501</v>
+        <v>7.0001</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="n">
         <v>59</v>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>IDFC First Bank Limited**</t>
+          <t>Bank of Baroda**</t>
         </is>
       </c>
       <c r="C81" s="1" t="inlineStr">
         <is>
-          <t>INE092T16YR1</t>
+          <t>INE028A16KO1</t>
         </is>
       </c>
       <c r="D81" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E81" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F81" s="5" t="n">
-        <v>4862.53</v>
+        <v>4710.76</v>
       </c>
       <c r="G81" s="6" t="n">
-        <v>0.0122</v>
+        <v>0.0125</v>
       </c>
       <c r="H81" s="7" t="n">
-        <v>46182</v>
+        <v>46360</v>
       </c>
       <c r="J81" s="5" t="n">
-        <v>6.49</v>
+        <v>6.96</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="n">
         <v>60</v>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ujjivan Small Finance Bank Limited**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C82" s="1" t="inlineStr">
         <is>
-          <t>INE551W16CD6</t>
+          <t>INE556F16BS0</t>
         </is>
       </c>
       <c r="D82" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E82" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F82" s="5" t="n">
-        <v>4843.72</v>
+        <v>4708.22</v>
       </c>
       <c r="G82" s="6" t="n">
-        <v>0.0122</v>
+        <v>0.0125</v>
       </c>
       <c r="H82" s="7" t="n">
-        <v>46191</v>
+        <v>46360</v>
       </c>
       <c r="J82" s="5" t="n">
-        <v>7.01</v>
+        <v>7.025</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="n">
         <v>61</v>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Equitas Small Finance Bank Limited**</t>
+          <t>Indian Bank**</t>
         </is>
       </c>
       <c r="C83" s="1" t="inlineStr">
         <is>
-          <t>INE063P16BC0</t>
+          <t>INE562A16QE7</t>
         </is>
       </c>
       <c r="D83" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E83" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F83" s="5" t="n">
-        <v>4841.97</v>
+        <v>4678.85</v>
       </c>
       <c r="G83" s="6" t="n">
-        <v>0.0122</v>
+        <v>0.0124</v>
       </c>
       <c r="H83" s="7" t="n">
-        <v>46188</v>
+        <v>46399</v>
       </c>
       <c r="J83" s="5" t="n">
-        <v>7.2199</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="n">
         <v>62</v>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited</t>
+          <t>Small Industries Development Bank of India</t>
         </is>
       </c>
       <c r="C84" s="1" t="inlineStr">
         <is>
-          <t>INE040A16HF0</t>
+          <t>INE556F16BB6</t>
         </is>
       </c>
       <c r="D84" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E84" s="11" t="n">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="F84" s="5" t="n">
-        <v>4813.42</v>
+        <v>2482.08</v>
       </c>
       <c r="G84" s="6" t="n">
-        <v>0.0121</v>
+        <v>0.0066</v>
       </c>
       <c r="H84" s="7" t="n">
-        <v>46239</v>
+        <v>46080</v>
       </c>
       <c r="J84" s="5" t="n">
-        <v>6.55</v>
+        <v>6.2734</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="n">
         <v>63</v>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited**</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C85" s="1" t="inlineStr">
         <is>
-          <t>INE238AD6BJ6</t>
+          <t>INE040A16GS5</t>
         </is>
       </c>
       <c r="D85" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E85" s="11" t="n">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="F85" s="5" t="n">
-        <v>4751.8</v>
+        <v>2471.54</v>
       </c>
       <c r="G85" s="6" t="n">
-        <v>0.012</v>
+        <v>0.0065</v>
       </c>
       <c r="H85" s="7" t="n">
-        <v>46311</v>
+        <v>46105</v>
       </c>
       <c r="J85" s="5" t="n">
-        <v>6.62</v>
+        <v>6.2731</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="n">
         <v>64</v>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bank of Baroda</t>
+          <t>Bank of Baroda**</t>
         </is>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
-          <t>INE028A16KO1</t>
+          <t>INE028A16JZ9</t>
         </is>
       </c>
       <c r="D86" s="1" t="inlineStr">
         <is>
           <t>IND A1+</t>
         </is>
       </c>
       <c r="E86" s="11" t="n">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="F86" s="5" t="n">
-        <v>4714.86</v>
+        <v>2443.06</v>
       </c>
       <c r="G86" s="6" t="n">
-        <v>0.0119</v>
+        <v>0.0065</v>
       </c>
       <c r="H86" s="7" t="n">
-        <v>46360</v>
+        <v>46162</v>
       </c>
       <c r="J86" s="5" t="n">
-        <v>6.55</v>
+        <v>6.86</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="n">
         <v>65</v>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C87" s="1" t="inlineStr">
         <is>
-          <t>INE556F16BS0</t>
+          <t>INE556F16BI1</t>
         </is>
       </c>
       <c r="D87" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E87" s="11" t="n">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="F87" s="5" t="n">
-        <v>4709.54</v>
+        <v>2442.86</v>
       </c>
       <c r="G87" s="6" t="n">
-        <v>0.0119</v>
+        <v>0.0065</v>
       </c>
       <c r="H87" s="7" t="n">
-        <v>46360</v>
+        <v>46162</v>
       </c>
       <c r="J87" s="5" t="n">
-        <v>6.68</v>
+        <v>6.885</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="n">
         <v>66</v>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India</t>
+          <t>Bank of Baroda**</t>
         </is>
       </c>
       <c r="C88" s="1" t="inlineStr">
         <is>
-          <t>INE556F16BB6</t>
+          <t>INE028A16KM5</t>
         </is>
       </c>
       <c r="D88" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E88" s="11" t="n">
         <v>500</v>
       </c>
       <c r="F88" s="5" t="n">
-        <v>2476.79</v>
+        <v>2361.32</v>
       </c>
       <c r="G88" s="6" t="n">
-        <v>0.0062</v>
+        <v>0.0063</v>
       </c>
       <c r="H88" s="7" t="n">
-        <v>46080</v>
+        <v>46346</v>
       </c>
       <c r="J88" s="5" t="n">
-        <v>6.0001</v>
+        <v>6.96</v>
       </c>
     </row>
     <row r="89">
-      <c r="A89" s="1" t="n">
+      <c r="A89" s="8" t="n"/>
+      <c r="B89" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C89" s="8" t="n"/>
+      <c r="D89" s="8" t="n"/>
+      <c r="E89" s="8" t="n"/>
+      <c r="F89" s="9" t="n">
+        <v>142256.74</v>
+      </c>
+      <c r="G89" s="10" t="n">
+        <v>0.3769</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="B91" s="3" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="92">
+      <c r="B92" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="1" t="n">
         <v>67</v>
       </c>
-      <c r="B89" s="1" t="inlineStr">
-[...31 lines deleted...]
-      <c r="A90" s="1" t="n">
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>INE296A14E12</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E93" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F93" s="5" t="n">
+        <v>4947.38</v>
+      </c>
+      <c r="G93" s="6" t="n">
+        <v>0.0131</v>
+      </c>
+      <c r="H93" s="7" t="n">
+        <v>46097</v>
+      </c>
+      <c r="J93" s="5" t="n">
+        <v>6.5799</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="1" t="n">
         <v>68</v>
       </c>
-      <c r="B90" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D90" s="1" t="inlineStr">
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Axis Securities Limited</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>INE110O14GX2</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
-      <c r="E90" s="11" t="n">
-[...16 lines deleted...]
-      <c r="A91" s="1" t="n">
+      <c r="E94" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F94" s="5" t="n">
+        <v>4878.74</v>
+      </c>
+      <c r="G94" s="6" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="H94" s="7" t="n">
+        <v>46164</v>
+      </c>
+      <c r="J94" s="5" t="n">
+        <v>7.2</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="1" t="n">
         <v>69</v>
       </c>
-      <c r="B91" s="1" t="inlineStr">
-[...58 lines deleted...]
-        </is>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C95" s="1" t="inlineStr">
+        <is>
+          <t>INE338I14KQ7</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E95" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F95" s="5" t="n">
+        <v>4847.22</v>
+      </c>
+      <c r="G95" s="6" t="n">
+        <v>0.0128</v>
+      </c>
+      <c r="H95" s="7" t="n">
+        <v>46188</v>
+      </c>
+      <c r="J95" s="5" t="n">
+        <v>7.6699</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="n">
         <v>70</v>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kotak Securities Limited**</t>
+          <t>Bahadur Chand Investments Private Limited**</t>
         </is>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
-          <t>INE028E14TK7</t>
+          <t>INE087M14BV1</t>
         </is>
       </c>
       <c r="D96" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E96" s="11" t="n">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="F96" s="5" t="n">
-        <v>4937.76</v>
+        <v>2476.42</v>
       </c>
       <c r="G96" s="6" t="n">
-        <v>0.0124</v>
+        <v>0.0066</v>
       </c>
       <c r="H96" s="7" t="n">
-        <v>46094</v>
+        <v>46085</v>
       </c>
       <c r="J96" s="5" t="n">
-        <v>6.48</v>
+        <v>7.395</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="n">
         <v>71</v>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited**</t>
+          <t>Nuvama Clearing Services Limited**</t>
         </is>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
-          <t>INE296A14E12</t>
+          <t>INE525L14166</t>
         </is>
       </c>
       <c r="D97" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E97" s="11" t="n">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="F97" s="5" t="n">
-        <v>4936.3</v>
+        <v>2468.75</v>
       </c>
       <c r="G97" s="6" t="n">
-        <v>0.0124</v>
+        <v>0.0065</v>
       </c>
       <c r="H97" s="7" t="n">
-        <v>46097</v>
+        <v>46099</v>
       </c>
       <c r="J97" s="5" t="n">
-        <v>6.365</v>
+        <v>7.5748</v>
       </c>
     </row>
     <row r="98">
-      <c r="A98" s="1" t="n">
-[...65 lines deleted...]
-        <v>7.39</v>
+      <c r="A98" s="8" t="n"/>
+      <c r="B98" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C98" s="8" t="n"/>
+      <c r="D98" s="8" t="n"/>
+      <c r="E98" s="8" t="n"/>
+      <c r="F98" s="9" t="n">
+        <v>19618.51</v>
+      </c>
+      <c r="G98" s="10" t="n">
+        <v>0.0519</v>
       </c>
     </row>
     <row r="100">
-      <c r="A100" s="1" t="n">
-[...30 lines deleted...]
-        <v>7.2152</v>
+      <c r="B100" s="3" t="inlineStr">
+        <is>
+          <t>Treasury Bill</t>
+        </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="n">
+        <v>72</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>182 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>IN002025Y214</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E101" s="11" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F101" s="5" t="n">
+        <v>4975.76</v>
+      </c>
+      <c r="G101" s="6" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="H101" s="7" t="n">
+        <v>46072</v>
+      </c>
+      <c r="J101" s="5" t="n">
+        <v>5.2315</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="1" t="n">
+        <v>73</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C102" s="1" t="inlineStr">
+        <is>
+          <t>IN002024Z487</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E102" s="11" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F102" s="5" t="n">
+        <v>4961.12</v>
+      </c>
+      <c r="G102" s="6" t="n">
+        <v>0.0131</v>
+      </c>
+      <c r="H102" s="7" t="n">
+        <v>46093</v>
+      </c>
+      <c r="J102" s="5" t="n">
+        <v>5.2002</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="1" t="n">
+        <v>74</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>182 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>IN002025Y354</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E103" s="11" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F103" s="5" t="n">
+        <v>4904.44</v>
+      </c>
+      <c r="G103" s="6" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="H103" s="7" t="n">
+        <v>46170</v>
+      </c>
+      <c r="J103" s="5" t="n">
+        <v>5.388</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="1" t="n">
         <v>75</v>
       </c>
-      <c r="B101" s="1" t="inlineStr">
-[...51 lines deleted...]
-        </is>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C104" s="1" t="inlineStr">
+        <is>
+          <t>IN002025Z054</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E104" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F104" s="5" t="n">
+        <v>2462.14</v>
+      </c>
+      <c r="G104" s="6" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H104" s="7" t="n">
+        <v>46143</v>
+      </c>
+      <c r="J104" s="5" t="n">
+        <v>5.3462</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="n">
         <v>76</v>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
           <t>364 DAYS T-BILL 2026</t>
         </is>
       </c>
       <c r="C105" s="1" t="inlineStr">
         <is>
-          <t>IN002024Z420</t>
+          <t>IN002025Z096</t>
         </is>
       </c>
       <c r="D105" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E105" s="11" t="n">
-        <v>5000000</v>
+        <v>2000000</v>
       </c>
       <c r="F105" s="5" t="n">
-        <v>4980.1</v>
+        <v>1961.77</v>
       </c>
       <c r="G105" s="6" t="n">
-        <v>0.0125</v>
+        <v>0.0052</v>
       </c>
       <c r="H105" s="7" t="n">
-        <v>46051</v>
+        <v>46170</v>
       </c>
       <c r="J105" s="5" t="n">
-        <v>5.2103</v>
+        <v>5.388</v>
       </c>
     </row>
     <row r="106">
-      <c r="A106" s="1" t="n">
-[...65 lines deleted...]
-        <v>5.1909</v>
+      <c r="A106" s="8" t="n"/>
+      <c r="B106" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C106" s="8" t="n"/>
+      <c r="D106" s="8" t="n"/>
+      <c r="E106" s="8" t="n"/>
+      <c r="F106" s="9" t="n">
+        <v>19265.23</v>
+      </c>
+      <c r="G106" s="10" t="n">
+        <v>0.051</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1" t="n">
-        <v>79</v>
-[...17 lines deleted...]
-        <v>5000000</v>
+        <v>77</v>
+      </c>
+      <c r="B108" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
       </c>
       <c r="F108" s="5" t="n">
-        <v>4894.06</v>
+        <v>7056.43</v>
       </c>
       <c r="G108" s="6" t="n">
-        <v>0.0123</v>
+        <v>0.0187</v>
       </c>
       <c r="H108" s="7" t="n">
-        <v>46170</v>
-[...2 lines deleted...]
-        <v>5.3748</v>
+        <v>46038</v>
       </c>
     </row>
     <row r="109">
-      <c r="A109" s="1" t="n">
-[...65 lines deleted...]
-        <v>5.3748</v>
+      <c r="A109" s="8" t="n"/>
+      <c r="B109" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C109" s="8" t="n"/>
+      <c r="D109" s="8" t="n"/>
+      <c r="E109" s="8" t="n"/>
+      <c r="F109" s="9" t="n">
+        <v>7056.43</v>
+      </c>
+      <c r="G109" s="10" t="n">
+        <v>0.0187</v>
       </c>
     </row>
     <row r="111">
-      <c r="A111" s="8" t="n"/>
-      <c r="B111" s="8" t="inlineStr">
+      <c r="B111" s="3" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="1" t="n">
+        <v>78</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C112" s="1" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E112" s="11" t="n">
+        <v>9593.263000000001</v>
+      </c>
+      <c r="F112" s="5" t="n">
+        <v>1110.5</v>
+      </c>
+      <c r="G112" s="6" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J112" s="5" t="n"/>
+    </row>
+    <row r="113">
+      <c r="A113" s="8" t="n"/>
+      <c r="B113" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C111" s="8" t="n"/>
-[...29 lines deleted...]
-      <c r="G114" s="6" t="n">
+      <c r="C113" s="8" t="n"/>
+      <c r="D113" s="8" t="n"/>
+      <c r="E113" s="8" t="n"/>
+      <c r="F113" s="9" t="n">
+        <v>1110.5</v>
+      </c>
+      <c r="G113" s="10" t="n">
         <v>0.0029</v>
       </c>
-      <c r="H114" s="7" t="n">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="115">
-      <c r="A115" s="1" t="n">
-[...15 lines deleted...]
-        <v>46027</v>
+      <c r="B115" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
       </c>
     </row>
     <row r="116">
-      <c r="A116" s="8" t="n"/>
-      <c r="B116" s="8" t="inlineStr">
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E116" s="11" t="n"/>
+      <c r="F116" s="5" t="n">
+        <v>-26670.37</v>
+      </c>
+      <c r="G116" s="6" t="n">
+        <v>-0.0708</v>
+      </c>
+      <c r="J116" s="5" t="n"/>
+    </row>
+    <row r="117">
+      <c r="A117" s="8" t="n"/>
+      <c r="B117" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C116" s="8" t="n"/>
-[...13 lines deleted...]
-        </is>
+      <c r="C117" s="8" t="n"/>
+      <c r="D117" s="8" t="n"/>
+      <c r="E117" s="8" t="n"/>
+      <c r="F117" s="9" t="n">
+        <v>-26670.37</v>
+      </c>
+      <c r="G117" s="10" t="n">
+        <v>-0.0708</v>
       </c>
     </row>
     <row r="119">
-      <c r="A119" s="1" t="n">
-[...21 lines deleted...]
-      <c r="J119" s="5" t="n"/>
+      <c r="A119" s="4" t="n"/>
+      <c r="B119" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C119" s="4" t="n"/>
+      <c r="D119" s="4" t="n"/>
+      <c r="E119" s="4" t="n"/>
+      <c r="F119" s="12" t="n">
+        <v>377529.7</v>
+      </c>
+      <c r="G119" s="13" t="n">
+        <v>1</v>
+      </c>
     </row>
     <row r="120">
-      <c r="A120" s="8" t="n"/>
-[...12 lines deleted...]
-        <v>0.0028</v>
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
       </c>
     </row>
     <row r="122">
-      <c r="B122" s="3" t="inlineStr">
-[...72 lines deleted...]
-      <c r="A129" s="15" t="n">
+      <c r="A122" s="14" t="n">
         <v>2</v>
       </c>
-      <c r="B129" s="15" t="inlineStr">
+      <c r="B122" s="14" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="130" ht="27" customHeight="1" s="74">
-      <c r="A130" s="15" t="n">
+    <row r="123" ht="126.75" customHeight="1" s="70">
+      <c r="A123" s="14" t="n">
         <v>3</v>
       </c>
-      <c r="B130" s="15" t="inlineStr">
-[...9 lines deleted...]
-      <c r="B131" s="76" t="inlineStr">
+      <c r="B123" s="72" t="inlineStr">
         <is>
           <t xml:space="preserve">As per SEBI (MUTUAL FUNDS) REGULATIONS, 1996 and  MASTER CIRCULAR SEBI/HO/IMD/IMD-PoD-1/P/CIR/2024/90 Dtd June 27th 2024,  Below are the details of the securities in case of which issuer has defaulted beyond its maturity date. 
 Pursuant to the application filed by the Board of IL&amp;FS with the Hon’ble NCLAT to effect the interim distribution process, DSP Ultra short Fund has received Interim distribution from IL&amp;FS Transportation Networks Limited as stated below in the form of cash and InVITs. The cash distribution has been recognized as realized income passed on to the investors through NAV. The impact of InVITs has been factored in the NAV of the respective scheme on the March 07,2025 on which the INVITs were allotted. The provision of 10% is created on all the distributions of ITNL including prior distribution to safeguard the interest of unit holders as ITNL may claw back the amount in case the distribution results in excess distribution than what the debenture holders ought to have received.  </t>
         </is>
       </c>
-      <c r="C131" s="101" t="n"/>
-[...9 lines deleted...]
-      <c r="B132" s="83" t="inlineStr">
+      <c r="C123" s="102" t="n"/>
+      <c r="D123" s="102" t="n"/>
+      <c r="E123" s="102" t="n"/>
+      <c r="F123" s="102" t="n"/>
+      <c r="G123" s="102" t="n"/>
+      <c r="H123" s="102" t="n"/>
+      <c r="I123" s="102" t="n"/>
+    </row>
+    <row r="124" ht="81" customHeight="1" s="70">
+      <c r="A124" s="14" t="n"/>
+      <c r="B124" s="21" t="inlineStr">
         <is>
           <t>Security Name</t>
         </is>
       </c>
-      <c r="C132" s="83" t="inlineStr">
+      <c r="C124" s="21" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D132" s="83" t="inlineStr">
+      <c r="D124" s="21" t="inlineStr">
         <is>
           <t>value of the security considered under net receivables (i.e. value recognized in NAV in absolute terms and as % to NAV)
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="E132" s="102" t="n"/>
-      <c r="F132" s="83" t="inlineStr">
+      <c r="E124" s="103" t="n"/>
+      <c r="F124" s="21" t="inlineStr">
         <is>
           <t>total amount (including principal and interest) that is due to the scheme on that investment
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="G132" s="23" t="inlineStr">
+      <c r="G124" s="22" t="inlineStr">
         <is>
           <t>Interim Distribution received (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="H132" s="83" t="inlineStr">
+      <c r="H124" s="21" t="inlineStr">
         <is>
           <t>Date of passing Interim Distribution recognized in NAV</t>
         </is>
       </c>
-      <c r="I132" s="24" t="inlineStr">
+      <c r="I124" s="23" t="inlineStr">
         <is>
           <t>Interim Distribution (Units) INR at Unit Face Value Rs. 100 (Rs. In Lakhs)</t>
         </is>
       </c>
     </row>
-    <row r="133" ht="27" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B133" s="25" t="inlineStr">
+    <row r="125" ht="27" customHeight="1" s="70">
+      <c r="A125" s="14" t="n"/>
+      <c r="B125" s="24" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Transportation Networks Limited NCD Series A 23032019</t>
         </is>
       </c>
-      <c r="C133" s="26" t="inlineStr">
+      <c r="C125" s="25" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D133" s="27" t="n">
+      <c r="D125" s="26" t="n">
         <v>0</v>
       </c>
-      <c r="E133" s="28" t="n">
+      <c r="E125" s="27" t="n">
         <v>0</v>
       </c>
-      <c r="F133" s="103" t="n">
+      <c r="F125" s="104" t="n">
         <v>6627.8121</v>
       </c>
-      <c r="G133" s="29" t="n">
+      <c r="G125" s="28" t="n">
         <v>413.50243</v>
       </c>
-      <c r="H133" s="30" t="n">
+      <c r="H125" s="29" t="n">
         <v>45218</v>
       </c>
-      <c r="I133" s="104" t="n">
+      <c r="I125" s="105" t="n">
         <v>733.33</v>
       </c>
     </row>
-    <row r="134" ht="27" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B134" s="25" t="inlineStr">
+    <row r="126" ht="27" customHeight="1" s="70">
+      <c r="A126" s="14" t="n"/>
+      <c r="B126" s="24" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Transportation Networks Limited NCD Series A 23032019</t>
         </is>
       </c>
-      <c r="C134" s="26" t="inlineStr">
+      <c r="C126" s="25" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D134" s="27" t="n">
+      <c r="D126" s="26" t="n">
         <v>0</v>
       </c>
-      <c r="E134" s="28" t="n">
+      <c r="E126" s="27" t="n">
         <v>0</v>
       </c>
-      <c r="F134" s="105" t="n"/>
-      <c r="G134" s="29" t="n">
+      <c r="F126" s="106" t="n"/>
+      <c r="G126" s="28" t="n">
         <v>209.28715</v>
       </c>
-      <c r="H134" s="30" t="n">
+      <c r="H126" s="29" t="n">
         <v>45715</v>
       </c>
-      <c r="I134" s="105" t="n"/>
-[...5 lines deleted...]
-      <c r="B135" s="96" t="inlineStr">
+      <c r="I126" s="106" t="n"/>
+    </row>
+    <row r="127" ht="110.25" customHeight="1" s="70">
+      <c r="A127" s="14" t="n">
+        <v>4</v>
+      </c>
+      <c r="B127" s="71" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
-      <c r="C135" s="106" t="n"/>
-[...12 lines deleted...]
-      <c r="I136" s="56" t="n"/>
+      <c r="C127" s="107" t="n"/>
+      <c r="D127" s="107" t="n"/>
+      <c r="E127" s="107" t="n"/>
+    </row>
+    <row r="128" ht="14.5" customHeight="1" s="70">
+      <c r="A128" s="14" t="n"/>
+    </row>
+    <row r="129">
+      <c r="A129" s="14" t="n"/>
+      <c r="B129" s="46" t="inlineStr">
+        <is>
+          <t>Disclosure in Derivatives</t>
+        </is>
+      </c>
+      <c r="C129" s="46" t="inlineStr">
+        <is>
+          <t>Industry</t>
+        </is>
+      </c>
+      <c r="D129" s="46" t="inlineStr">
+        <is>
+          <t>Notional Value</t>
+        </is>
+      </c>
+      <c r="E129" s="46" t="inlineStr">
+        <is>
+          <t>% To net assets</t>
+        </is>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="14" t="n"/>
+      <c r="B130" s="51" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C130" s="52" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D130" s="49" t="n">
+        <v>1000000000</v>
+      </c>
+      <c r="E130" s="53" t="n">
+        <v>2e-05</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="14" t="n"/>
+      <c r="B131" s="51" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C131" s="52" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D131" s="49" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E131" s="53" t="n">
+        <v>1e-05</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="14" t="n"/>
+      <c r="B132" s="51" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C132" s="52" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D132" s="49" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E132" s="53" t="n">
+        <v>1e-05</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="14" t="n"/>
+      <c r="B133" s="51" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C133" s="52" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D133" s="49" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E133" s="53" t="n">
+        <v>1e-05</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="14" t="n"/>
+      <c r="B134" s="51" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C134" s="52" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D134" s="49" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E134" s="53" t="n">
+        <v>1e-05</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="14" t="n"/>
+      <c r="B135" s="51" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C135" s="52" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D135" s="49" t="n">
+        <v>500000000</v>
+      </c>
+      <c r="E135" s="53" t="n">
+        <v>3e-05</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" s="14" t="n"/>
+      <c r="B136" s="51" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C136" s="52" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D136" s="49" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E136" s="53" t="n">
+        <v>1e-05</v>
+      </c>
     </row>
     <row r="137">
-      <c r="A137" s="15" t="n"/>
-[...23 lines deleted...]
-      <c r="I137" s="56" t="n"/>
+      <c r="A137" s="14" t="n"/>
+      <c r="B137" s="51" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C137" s="52" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D137" s="49" t="n">
+        <v>500000000</v>
+      </c>
+      <c r="E137" s="53" t="n">
+        <v>1e-05</v>
+      </c>
     </row>
     <row r="138">
-      <c r="A138" s="15" t="n"/>
-      <c r="B138" s="57" t="inlineStr">
+      <c r="A138" s="14" t="n"/>
+      <c r="B138" s="51" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C138" s="58" t="inlineStr">
+      <c r="C138" s="52" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D138" s="47" t="n">
-[...2 lines deleted...]
-      <c r="E138" s="59" t="n">
+      <c r="D138" s="49" t="n">
+        <v>500000000</v>
+      </c>
+      <c r="E138" s="53" t="n">
+        <v>1e-05</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" s="14" t="n"/>
+      <c r="B139" s="51" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C139" s="52" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D139" s="49" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E139" s="53" t="n">
+        <v>1e-05</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" s="14" t="n"/>
+      <c r="B140" s="51" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C140" s="52" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D140" s="49" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E140" s="53" t="n">
         <v>0</v>
       </c>
-      <c r="F138" s="53" t="n"/>
-[...48 lines deleted...]
-      <c r="I140" s="56" t="n"/>
     </row>
     <row r="141">
-      <c r="A141" s="15" t="n"/>
-[...194 lines deleted...]
-      <c r="B152" s="95" t="inlineStr">
+      <c r="A141" s="14" t="n"/>
+      <c r="B141" s="14" t="n"/>
+    </row>
+    <row r="143" ht="14.5" customHeight="1" s="70">
+      <c r="B143" s="68" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="166" ht="14.5" customHeight="1" s="74">
-      <c r="B166" s="95" t="inlineStr">
+    <row r="156" ht="14.5" customHeight="1" s="70">
+      <c r="B156" s="68" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Ultra Short Duration Debt A-I Index</t>
         </is>
       </c>
     </row>
-    <row r="181">
-[...1 lines deleted...]
-      <c r="C181" s="18" t="inlineStr">
+    <row r="169">
+      <c r="B169" s="15" t="n"/>
+      <c r="C169" s="17" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="182">
-      <c r="B182" s="16" t="inlineStr">
+    <row r="170">
+      <c r="B170" s="15" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C182" s="18" t="inlineStr">
+      <c r="C170" s="17" t="inlineStr">
         <is>
           <t>DSP Ultra Short Fund</t>
         </is>
       </c>
     </row>
-    <row r="183">
-      <c r="B183" s="16" t="inlineStr">
+    <row r="171">
+      <c r="B171" s="15" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C183" s="19" t="n"/>
-[...2 lines deleted...]
-      <c r="B184" s="16" t="inlineStr">
+      <c r="C171" s="18" t="n"/>
+    </row>
+    <row r="172">
+      <c r="B172" s="15" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C184" s="20" t="n">
-[...4 lines deleted...]
-      <c r="B185" s="16" t="inlineStr">
+      <c r="C172" s="19" t="n">
+        <v>0.0713</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="B173" s="15" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C185" s="19" t="n">
-[...4 lines deleted...]
-      <c r="B186" s="16" t="inlineStr">
+      <c r="C173" s="18" t="n">
+        <v>0.52</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="B174" s="15" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C186" s="19" t="n">
-[...4 lines deleted...]
-      <c r="B187" s="16" t="inlineStr">
+      <c r="C174" s="18" t="n">
+        <v>0.65</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="B175" s="15" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C187" s="21" t="n">
-[...4 lines deleted...]
-      <c r="B188" s="17" t="inlineStr">
+      <c r="C175" s="20" t="n">
+        <v>46037</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="B176" s="16" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C188" s="18" t="n"/>
-[...2 lines deleted...]
-      <c r="B191" s="72" t="n"/>
+      <c r="C176" s="17" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="6">
-    <mergeCell ref="B135:I135"/>
-    <mergeCell ref="F133:F134"/>
+    <mergeCell ref="D124:E124"/>
+    <mergeCell ref="B127:E127"/>
+    <mergeCell ref="B123:I123"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="D132:E132"/>
-[...1 lines deleted...]
-    <mergeCell ref="B131:I131"/>
+    <mergeCell ref="F125:F126"/>
+    <mergeCell ref="I125:I126"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Rohit Pandey</dc:creator>
+  <dc:creator>Rahul Jain</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>