--- v4 (2026-02-03)
+++ v5 (2026-02-24)
@@ -1,142 +1,149 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="960" firstSheet="10" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="990" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="ULTRA" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="166" formatCode="0.000%"/>
   </numFmts>
-  <fonts count="22">
+  <fonts count="24">
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
@@ -158,50 +165,58 @@
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+      <u val="single"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
@@ -336,336 +351,294 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="108">
+  <cellXfs count="96">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...18 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
-[...76 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
@@ -713,276 +686,242 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>144</row>
+      <row>139</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>153</row>
+      <row>148</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="3" name="Picture 2"/>
+        <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="22199600"/>
+          <a:off x="457200" y="20999450"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>157</row>
+      <row>153</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>166</row>
+      <row>162</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="5" name="Picture 4"/>
+        <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="24612600"/>
+          <a:off x="457200" y="23412450"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -1000,65 +939,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...5 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1079,3827 +1018,3625 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L176"/>
+  <dimension ref="A1:L174"/>
   <sheetViews>
-    <sheetView topLeftCell="A151" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="C172" sqref="C172"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="84" min="1" max="1"/>
+    <col width="67" bestFit="1" customWidth="1" style="84" min="2" max="2"/>
+    <col width="20" bestFit="1" customWidth="1" style="84" min="3" max="3"/>
+    <col width="21.7265625" bestFit="1" customWidth="1" style="84" min="4" max="4"/>
+    <col width="13.81640625" bestFit="1" customWidth="1" style="84" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="84" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="84" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="84" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="84" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="84" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="84" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="84" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="84" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="70">
-[...1 lines deleted...]
-      <c r="B1" s="69" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="62">
+      <c r="A1" s="61" t="n"/>
+      <c r="B1" s="61" t="inlineStr">
         <is>
           <t>DSP Ultra Short Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on January 15, 2026</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on February 15, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>Units issued by REITs &amp; InvITs</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="1" t="n">
+      <c r="A8" s="84" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B8" s="84" t="inlineStr">
         <is>
           <t>Roadstar Infra Investment Trust</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C8" s="84" t="inlineStr">
         <is>
           <t>INE0JEI23010</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D8" s="84" t="inlineStr">
         <is>
           <t>Transport Infrastructure</t>
         </is>
       </c>
-      <c r="E8" s="11" t="n">
+      <c r="E8" s="12" t="n">
         <v>708333</v>
       </c>
-      <c r="F8" s="5" t="n">
-[...7 lines deleted...]
-      <c r="K8" s="3" t="inlineStr">
+      <c r="F8" s="6" t="n">
+        <v>421.46</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="H8" s="8" t="n"/>
+      <c r="J8" s="6" t="n"/>
+      <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="8" t="n"/>
-      <c r="B9" s="8" t="inlineStr">
+      <c r="A9" s="9" t="n"/>
+      <c r="B9" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C9" s="8" t="n"/>
-[...8 lines deleted...]
-      <c r="K9" s="1" t="inlineStr">
+      <c r="C9" s="9" t="n"/>
+      <c r="D9" s="9" t="n"/>
+      <c r="E9" s="9" t="n"/>
+      <c r="F9" s="10" t="n">
+        <v>421.46</v>
+      </c>
+      <c r="G9" s="11" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="K9" s="84" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
-      <c r="L9" s="6" t="n">
-        <v>0.371</v>
+      <c r="L9" s="7" t="n">
+        <v>0.3438</v>
       </c>
     </row>
     <row r="10">
-      <c r="K10" s="1" t="inlineStr">
+      <c r="K10" s="84" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="L10" s="6" t="n">
-        <v>0.277</v>
+      <c r="L10" s="7" t="n">
+        <v>0.181</v>
       </c>
     </row>
     <row r="11">
-      <c r="B11" s="3" t="inlineStr">
+      <c r="B11" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
-      <c r="K11" s="1" t="inlineStr">
+      <c r="K11" s="84" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L11" s="6" t="n">
-        <v>0.1133</v>
+      <c r="L11" s="7" t="n">
+        <v>0.0978</v>
       </c>
     </row>
     <row r="12">
-      <c r="B12" s="3" t="inlineStr">
+      <c r="B12" s="4" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
-      <c r="K12" s="1" t="inlineStr">
+      <c r="K12" s="84" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.0689</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="B13" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+      <c r="K13" s="84" t="inlineStr">
         <is>
           <t>ICRA AA+</t>
         </is>
       </c>
-      <c r="L12" s="6" t="n">
-[...4 lines deleted...]
-      <c r="B13" s="3" t="inlineStr">
+      <c r="L13" s="7" t="n">
+        <v>0.0518</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="84" t="n">
+        <v>2</v>
+      </c>
+      <c r="B14" s="84" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C14" s="84" t="inlineStr">
+        <is>
+          <t>INE261F08DX0</t>
+        </is>
+      </c>
+      <c r="D14" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E14" s="12" t="n">
+        <v>14500</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>15114.67</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0425</v>
+      </c>
+      <c r="H14" s="8" t="n">
+        <v>46234</v>
+      </c>
+      <c r="J14" s="6" t="n">
+        <v>7.09</v>
+      </c>
+      <c r="K14" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.0365</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="84" t="n">
+        <v>3</v>
+      </c>
+      <c r="B15" s="84" t="inlineStr">
+        <is>
+          <t>Godrej Properties Limited**</t>
+        </is>
+      </c>
+      <c r="C15" s="84" t="inlineStr">
+        <is>
+          <t>INE484J08048</t>
+        </is>
+      </c>
+      <c r="D15" s="84" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E15" s="12" t="n">
+        <v>12500</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>13145.02</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.037</v>
+      </c>
+      <c r="H15" s="8" t="n">
+        <v>46206</v>
+      </c>
+      <c r="J15" s="6" t="n">
+        <v>7.5749</v>
+      </c>
+      <c r="K15" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0335</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="84" t="n">
+        <v>4</v>
+      </c>
+      <c r="B16" s="84" t="inlineStr">
+        <is>
+          <t>Piramal Finance Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="84" t="inlineStr">
+        <is>
+          <t>INE202B07JW4</t>
+        </is>
+      </c>
+      <c r="D16" s="84" t="inlineStr">
+        <is>
+          <t>ICRA AA</t>
+        </is>
+      </c>
+      <c r="E16" s="12" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>10326.89</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0291</v>
+      </c>
+      <c r="H16" s="8" t="n">
+        <v>46689</v>
+      </c>
+      <c r="J16" s="6" t="n">
+        <v>8.5236</v>
+      </c>
+      <c r="K16" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AA</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.0333</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="84" t="n">
+        <v>5</v>
+      </c>
+      <c r="B17" s="84" t="inlineStr">
+        <is>
+          <t>Aadhar Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C17" s="84" t="inlineStr">
+        <is>
+          <t>INE883F07306</t>
+        </is>
+      </c>
+      <c r="D17" s="84" t="inlineStr">
+        <is>
+          <t>IND AA</t>
+        </is>
+      </c>
+      <c r="E17" s="12" t="n">
+        <v>9700</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>10312.41</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.029</v>
+      </c>
+      <c r="H17" s="8" t="n">
+        <v>46168</v>
+      </c>
+      <c r="J17" s="6" t="n">
+        <v>7.8249</v>
+      </c>
+      <c r="K17" s="84" t="inlineStr">
+        <is>
+          <t>CARE AA</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
+        <v>0.0292</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="84" t="n">
+        <v>6</v>
+      </c>
+      <c r="B18" s="84" t="inlineStr">
+        <is>
+          <t>Aditya Birla Renewables Limited**</t>
+        </is>
+      </c>
+      <c r="C18" s="84" t="inlineStr">
+        <is>
+          <t>INE01QP08016</t>
+        </is>
+      </c>
+      <c r="D18" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AA</t>
+        </is>
+      </c>
+      <c r="E18" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>7816.14</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.022</v>
+      </c>
+      <c r="H18" s="8" t="n">
+        <v>46654</v>
+      </c>
+      <c r="J18" s="6" t="n">
+        <v>7.995</v>
+      </c>
+      <c r="K18" s="84" t="inlineStr">
+        <is>
+          <t>ICRA AA</t>
+        </is>
+      </c>
+      <c r="L18" s="7" t="n">
+        <v>0.0291</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="84" t="n">
+        <v>7</v>
+      </c>
+      <c r="B19" s="84" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C19" s="84" t="inlineStr">
+        <is>
+          <t>INE020B08FC8</t>
+        </is>
+      </c>
+      <c r="D19" s="84" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E19" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>7782.86</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0219</v>
+      </c>
+      <c r="H19" s="8" t="n">
+        <v>46265</v>
+      </c>
+      <c r="J19" s="6" t="n">
+        <v>7.05</v>
+      </c>
+      <c r="K19" s="84" t="inlineStr">
+        <is>
+          <t>IND AA</t>
+        </is>
+      </c>
+      <c r="L19" s="7" t="n">
+        <v>0.029</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="84" t="n">
+        <v>8</v>
+      </c>
+      <c r="B20" s="84" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C20" s="84" t="inlineStr">
+        <is>
+          <t>INE261F08EA6</t>
+        </is>
+      </c>
+      <c r="D20" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E20" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>7765.85</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0219</v>
+      </c>
+      <c r="H20" s="8" t="n">
+        <v>46265</v>
+      </c>
+      <c r="J20" s="6" t="n">
+        <v>7.1139</v>
+      </c>
+      <c r="K20" s="84" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="L20" s="7" t="n">
+        <v>0.029</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="84" t="n">
+        <v>9</v>
+      </c>
+      <c r="B21" s="84" t="inlineStr">
+        <is>
+          <t>Nuvama Wealth Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C21" s="84" t="inlineStr">
+        <is>
+          <t>INE918K07PY9</t>
+        </is>
+      </c>
+      <c r="D21" s="84" t="inlineStr">
+        <is>
+          <t>CARE AA</t>
+        </is>
+      </c>
+      <c r="E21" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>5255.84</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0148</v>
+      </c>
+      <c r="H21" s="8" t="n">
+        <v>46549</v>
+      </c>
+      <c r="J21" s="6" t="n">
+        <v>8.56</v>
+      </c>
+      <c r="K21" s="84" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L21" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="84" t="n">
+        <v>10</v>
+      </c>
+      <c r="B22" s="84" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C22" s="84" t="inlineStr">
+        <is>
+          <t>INE121A07SN8</t>
+        </is>
+      </c>
+      <c r="D22" s="84" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E22" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>5246.84</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0148</v>
+      </c>
+      <c r="H22" s="8" t="n">
+        <v>46535</v>
+      </c>
+      <c r="J22" s="6" t="n">
+        <v>7.6749</v>
+      </c>
+      <c r="K22" s="84" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="L22" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="84" t="n">
+        <v>11</v>
+      </c>
+      <c r="B23" s="84" t="inlineStr">
+        <is>
+          <t>REC Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="84" t="inlineStr">
+        <is>
+          <t>INE020B08EI8</t>
+        </is>
+      </c>
+      <c r="D23" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E23" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>5208.33</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0147</v>
+      </c>
+      <c r="H23" s="8" t="n">
+        <v>46234</v>
+      </c>
+      <c r="J23" s="6" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="K23" s="84" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L23" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="84" t="n">
+        <v>12</v>
+      </c>
+      <c r="B24" s="84" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C24" s="84" t="inlineStr">
+        <is>
+          <t>INE134E08MT1</t>
+        </is>
+      </c>
+      <c r="D24" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E24" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>5192.79</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0146</v>
+      </c>
+      <c r="H24" s="8" t="n">
+        <v>46259</v>
+      </c>
+      <c r="J24" s="6" t="n">
+        <v>6.9999</v>
+      </c>
+      <c r="K24" s="84" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L24" s="7" t="n">
+        <v>0.0302</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="84" t="n">
+        <v>13</v>
+      </c>
+      <c r="B25" s="84" t="inlineStr">
+        <is>
+          <t>Mankind Pharma Limited**</t>
+        </is>
+      </c>
+      <c r="C25" s="84" t="inlineStr">
+        <is>
+          <t>INE634S07033</t>
+        </is>
+      </c>
+      <c r="D25" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E25" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>5187.02</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0146</v>
+      </c>
+      <c r="H25" s="8" t="n">
+        <v>46707</v>
+      </c>
+      <c r="J25" s="6" t="n">
+        <v>7.4458</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="84" t="n">
+        <v>14</v>
+      </c>
+      <c r="B26" s="84" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C26" s="84" t="inlineStr">
+        <is>
+          <t>INE134E08IK8</t>
+        </is>
+      </c>
+      <c r="D26" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E26" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>5167.88</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0145</v>
+      </c>
+      <c r="H26" s="8" t="n">
+        <v>46281</v>
+      </c>
+      <c r="J26" s="6" t="n">
+        <v>7.0001</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="84" t="n">
+        <v>15</v>
+      </c>
+      <c r="B27" s="84" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C27" s="84" t="inlineStr">
+        <is>
+          <t>INE134E08LP1</t>
+        </is>
+      </c>
+      <c r="D27" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E27" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>5167.15</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0145</v>
+      </c>
+      <c r="H27" s="8" t="n">
+        <v>46218</v>
+      </c>
+      <c r="J27" s="6" t="n">
+        <v>7.1249</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="84" t="n">
+        <v>16</v>
+      </c>
+      <c r="B28" s="84" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C28" s="84" t="inlineStr">
+        <is>
+          <t>INE414G07IQ8</t>
+        </is>
+      </c>
+      <c r="D28" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E28" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>5124.08</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0144</v>
+      </c>
+      <c r="H28" s="8" t="n">
+        <v>46363</v>
+      </c>
+      <c r="J28" s="6" t="n">
+        <v>7.7149</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="84" t="n">
+        <v>17</v>
+      </c>
+      <c r="B29" s="84" t="inlineStr">
+        <is>
+          <t>Nuvama Wealth and Investment Limited**</t>
+        </is>
+      </c>
+      <c r="C29" s="84" t="inlineStr">
+        <is>
+          <t>INE523L07AS9</t>
+        </is>
+      </c>
+      <c r="D29" s="84" t="inlineStr">
+        <is>
+          <t>CARE AA</t>
+        </is>
+      </c>
+      <c r="E29" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>5102.31</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0144</v>
+      </c>
+      <c r="H29" s="8" t="n">
+        <v>46640</v>
+      </c>
+      <c r="J29" s="6" t="n">
+        <v>8.684699999999999</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="84" t="n">
+        <v>18</v>
+      </c>
+      <c r="B30" s="84" t="inlineStr">
+        <is>
+          <t>Adani Power Limited**</t>
+        </is>
+      </c>
+      <c r="C30" s="84" t="inlineStr">
+        <is>
+          <t>INE814H07190</t>
+        </is>
+      </c>
+      <c r="D30" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AA</t>
+        </is>
+      </c>
+      <c r="E30" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>4005.19</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0113</v>
+      </c>
+      <c r="H30" s="8" t="n">
+        <v>46779</v>
+      </c>
+      <c r="J30" s="6" t="n">
+        <v>8.4297</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="84" t="n">
+        <v>19</v>
+      </c>
+      <c r="B31" s="84" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C31" s="84" t="inlineStr">
+        <is>
+          <t>INE115A07QT1</t>
+        </is>
+      </c>
+      <c r="D31" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E31" s="12" t="n">
+        <v>3500</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>3643.16</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0103</v>
+      </c>
+      <c r="H31" s="8" t="n">
+        <v>46254</v>
+      </c>
+      <c r="J31" s="6" t="n">
+        <v>7.155</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="84" t="n">
+        <v>20</v>
+      </c>
+      <c r="B32" s="84" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C32" s="84" t="inlineStr">
+        <is>
+          <t>INE115A07RE1</t>
+        </is>
+      </c>
+      <c r="D32" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E32" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>2692.48</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0076</v>
+      </c>
+      <c r="H32" s="8" t="n">
+        <v>46464</v>
+      </c>
+      <c r="J32" s="6" t="n">
+        <v>7.11</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="84" t="n">
+        <v>21</v>
+      </c>
+      <c r="B33" s="84" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C33" s="84" t="inlineStr">
+        <is>
+          <t>INE414G07JF9</t>
+        </is>
+      </c>
+      <c r="D33" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E33" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>2672.67</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0075</v>
+      </c>
+      <c r="H33" s="8" t="n">
+        <v>46582</v>
+      </c>
+      <c r="J33" s="6" t="n">
+        <v>7.755</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="84" t="n">
+        <v>22</v>
+      </c>
+      <c r="B34" s="84" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C34" s="84" t="inlineStr">
+        <is>
+          <t>INE377Y07557</t>
+        </is>
+      </c>
+      <c r="D34" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E34" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>2641.12</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="H34" s="8" t="n">
+        <v>46444</v>
+      </c>
+      <c r="J34" s="6" t="n">
+        <v>7.165</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="84" t="n">
+        <v>23</v>
+      </c>
+      <c r="B35" s="84" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="84" t="inlineStr">
+        <is>
+          <t>INE377Y07490</t>
+        </is>
+      </c>
+      <c r="D35" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E35" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>2595.28</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.0073</v>
+      </c>
+      <c r="H35" s="8" t="n">
+        <v>46274</v>
+      </c>
+      <c r="J35" s="6" t="n">
+        <v>7.15</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="84" t="n">
+        <v>24</v>
+      </c>
+      <c r="B36" s="84" t="inlineStr">
+        <is>
+          <t>Sundaram Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C36" s="84" t="inlineStr">
+        <is>
+          <t>INE660A07RQ0</t>
+        </is>
+      </c>
+      <c r="D36" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E36" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>2570.14</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="H36" s="8" t="n">
+        <v>46321</v>
+      </c>
+      <c r="J36" s="6" t="n">
+        <v>7.3749</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="84" t="n">
+        <v>25</v>
+      </c>
+      <c r="B37" s="84" t="inlineStr">
+        <is>
+          <t>Sundaram Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C37" s="84" t="inlineStr">
+        <is>
+          <t>INE660A07RU2</t>
+        </is>
+      </c>
+      <c r="D37" s="84" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E37" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>2539.77</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H37" s="8" t="n">
+        <v>46367</v>
+      </c>
+      <c r="J37" s="6" t="n">
+        <v>7.3779</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="84" t="n">
+        <v>26</v>
+      </c>
+      <c r="B38" s="84" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C38" s="84" t="inlineStr">
+        <is>
+          <t>INE115A07PN6</t>
+        </is>
+      </c>
+      <c r="D38" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E38" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>2518.23</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H38" s="8" t="n">
+        <v>46356</v>
+      </c>
+      <c r="J38" s="6" t="n">
+        <v>7.16</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="84" t="n">
+        <v>27</v>
+      </c>
+      <c r="B39" s="84" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C39" s="84" t="inlineStr">
+        <is>
+          <t>INE115A07PR7</t>
+        </is>
+      </c>
+      <c r="D39" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E39" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>2489.72</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="H39" s="8" t="n">
+        <v>46433</v>
+      </c>
+      <c r="J39" s="6" t="n">
+        <v>7.11</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="84" t="n">
+        <v>28</v>
+      </c>
+      <c r="B40" s="84" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C40" s="84" t="inlineStr">
+        <is>
+          <t>INE115A07RH4</t>
+        </is>
+      </c>
+      <c r="D40" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E40" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>1025.12</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="H40" s="8" t="n">
+        <v>46647</v>
+      </c>
+      <c r="J40" s="6" t="n">
+        <v>7.11</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="84" t="n">
+        <v>29</v>
+      </c>
+      <c r="B41" s="84" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C41" s="84" t="inlineStr">
+        <is>
+          <t>INE556F08KK5</t>
+        </is>
+      </c>
+      <c r="D41" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E41" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>517</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="H41" s="8" t="n">
+        <v>46496</v>
+      </c>
+      <c r="J41" s="6" t="n">
+        <v>7.02</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="9" t="n"/>
+      <c r="B42" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C42" s="9" t="n"/>
+      <c r="D42" s="9" t="n"/>
+      <c r="E42" s="9" t="n"/>
+      <c r="F42" s="10" t="n">
+        <v>148825.96</v>
+      </c>
+      <c r="G42" s="11" t="n">
+        <v>0.4189</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="B44" s="4" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="84" t="n">
+        <v>30</v>
+      </c>
+      <c r="B45" s="84" t="inlineStr">
+        <is>
+          <t>5.63% GOI 2026</t>
+        </is>
+      </c>
+      <c r="C45" s="84" t="inlineStr">
+        <is>
+          <t>IN0020210012</t>
+        </is>
+      </c>
+      <c r="D45" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E45" s="12" t="n">
+        <v>16000000</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>16318.28</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.0459</v>
+      </c>
+      <c r="H45" s="8" t="n">
+        <v>46124</v>
+      </c>
+      <c r="J45" s="6" t="n">
+        <v>5.3733</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="84" t="n">
+        <v>31</v>
+      </c>
+      <c r="B46" s="84" t="inlineStr">
+        <is>
+          <t>7.71% Gujarat SDL 2027</t>
+        </is>
+      </c>
+      <c r="C46" s="84" t="inlineStr">
+        <is>
+          <t>IN1520160202</t>
+        </is>
+      </c>
+      <c r="D46" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E46" s="12" t="n">
+        <v>1500000</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>1579.38</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="H46" s="8" t="n">
+        <v>46447</v>
+      </c>
+      <c r="J46" s="6" t="n">
+        <v>5.9399</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="84" t="n">
+        <v>32</v>
+      </c>
+      <c r="B47" s="84" t="inlineStr">
+        <is>
+          <t>7.52% Gujarat SDL 2027</t>
+        </is>
+      </c>
+      <c r="C47" s="84" t="inlineStr">
+        <is>
+          <t>IN1520170045</t>
+        </is>
+      </c>
+      <c r="D47" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E47" s="12" t="n">
+        <v>1500000</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>1551.9</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="H47" s="8" t="n">
+        <v>46531</v>
+      </c>
+      <c r="J47" s="6" t="n">
+        <v>6.0606</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="84" t="n">
+        <v>33</v>
+      </c>
+      <c r="B48" s="84" t="inlineStr">
+        <is>
+          <t>7.08% Karnataka SDL 2026</t>
+        </is>
+      </c>
+      <c r="C48" s="84" t="inlineStr">
+        <is>
+          <t>IN1920160059</t>
+        </is>
+      </c>
+      <c r="D48" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E48" s="12" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>1022.32</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="H48" s="8" t="n">
+        <v>46370</v>
+      </c>
+      <c r="J48" s="6" t="n">
+        <v>5.7955</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="9" t="n"/>
+      <c r="B49" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C49" s="9" t="n"/>
+      <c r="D49" s="9" t="n"/>
+      <c r="E49" s="9" t="n"/>
+      <c r="F49" s="10" t="n">
+        <v>20471.88</v>
+      </c>
+      <c r="G49" s="11" t="n">
+        <v>0.0576</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="B51" s="4" t="inlineStr">
+        <is>
+          <t>Securitised Debt</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="84" t="n">
+        <v>34</v>
+      </c>
+      <c r="B52" s="84" t="inlineStr">
+        <is>
+          <t>India Universal Trust</t>
+        </is>
+      </c>
+      <c r="C52" s="84" t="inlineStr">
+        <is>
+          <t>INE16J715019</t>
+        </is>
+      </c>
+      <c r="D52" s="84" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="E52" s="12" t="n">
+        <v>45</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>917.38</v>
+      </c>
+      <c r="G52" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="H52" s="8" t="n">
+        <v>46223</v>
+      </c>
+      <c r="J52" s="6" t="n">
+        <v>7.945</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="9" t="n"/>
+      <c r="B53" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C53" s="9" t="n"/>
+      <c r="D53" s="9" t="n"/>
+      <c r="E53" s="9" t="n"/>
+      <c r="F53" s="10" t="n">
+        <v>917.38</v>
+      </c>
+      <c r="G53" s="11" t="n">
+        <v>0.0026</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="B55" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="56">
+      <c r="B56" s="4" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="84" t="n">
+        <v>35</v>
+      </c>
+      <c r="B57" s="84" t="inlineStr">
+        <is>
+          <t>Canara Bank</t>
+        </is>
+      </c>
+      <c r="C57" s="84" t="inlineStr">
+        <is>
+          <t>INE476A16E20</t>
+        </is>
+      </c>
+      <c r="D57" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E57" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>14675.85</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.0413</v>
+      </c>
+      <c r="H57" s="8" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J57" s="6" t="n">
+        <v>6.9499</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="84" t="n">
+        <v>36</v>
+      </c>
+      <c r="B58" s="84" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C58" s="84" t="inlineStr">
+        <is>
+          <t>INE556F16BQ4</t>
+        </is>
+      </c>
+      <c r="D58" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E58" s="12" t="n">
+        <v>2400</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>11424.72</v>
+      </c>
+      <c r="G58" s="7" t="n">
+        <v>0.0322</v>
+      </c>
+      <c r="H58" s="8" t="n">
+        <v>46332</v>
+      </c>
+      <c r="J58" s="6" t="n">
+        <v>6.9884</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="84" t="n">
+        <v>37</v>
+      </c>
+      <c r="B59" s="84" t="inlineStr">
+        <is>
+          <t>Union Bank of India</t>
+        </is>
+      </c>
+      <c r="C59" s="84" t="inlineStr">
+        <is>
+          <t>INE692A16KH8</t>
+        </is>
+      </c>
+      <c r="D59" s="84" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E59" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>9805.440000000001</v>
+      </c>
+      <c r="G59" s="7" t="n">
+        <v>0.0276</v>
+      </c>
+      <c r="H59" s="8" t="n">
+        <v>46174</v>
+      </c>
+      <c r="J59" s="6" t="n">
+        <v>6.8975</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="84" t="n">
+        <v>38</v>
+      </c>
+      <c r="B60" s="84" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C60" s="84" t="inlineStr">
+        <is>
+          <t>INE092T16YP5</t>
+        </is>
+      </c>
+      <c r="D60" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E60" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>4916.66</v>
+      </c>
+      <c r="G60" s="7" t="n">
+        <v>0.0138</v>
+      </c>
+      <c r="H60" s="8" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J60" s="6" t="n">
+        <v>7.0302</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="84" t="n">
+        <v>39</v>
+      </c>
+      <c r="B61" s="84" t="inlineStr">
+        <is>
+          <t>The Federal Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C61" s="84" t="inlineStr">
+        <is>
+          <t>INE171A16ND6</t>
+        </is>
+      </c>
+      <c r="D61" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E61" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F61" s="6" t="n">
+        <v>4910.94</v>
+      </c>
+      <c r="G61" s="7" t="n">
+        <v>0.0138</v>
+      </c>
+      <c r="H61" s="8" t="n">
+        <v>46162</v>
+      </c>
+      <c r="J61" s="6" t="n">
+        <v>7.1175</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="84" t="n">
+        <v>40</v>
+      </c>
+      <c r="B62" s="84" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C62" s="84" t="inlineStr">
+        <is>
+          <t>INE237AD6083</t>
+        </is>
+      </c>
+      <c r="D62" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E62" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>4909.42</v>
+      </c>
+      <c r="G62" s="7" t="n">
+        <v>0.0138</v>
+      </c>
+      <c r="H62" s="8" t="n">
+        <v>46167</v>
+      </c>
+      <c r="J62" s="6" t="n">
+        <v>6.8724</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="84" t="n">
+        <v>41</v>
+      </c>
+      <c r="B63" s="84" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C63" s="84" t="inlineStr">
+        <is>
+          <t>INE040A16HX3</t>
+        </is>
+      </c>
+      <c r="D63" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E63" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>4908.53</v>
+      </c>
+      <c r="G63" s="7" t="n">
+        <v>0.0138</v>
+      </c>
+      <c r="H63" s="8" t="n">
+        <v>46167</v>
+      </c>
+      <c r="J63" s="6" t="n">
+        <v>6.9407</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="84" t="n">
+        <v>42</v>
+      </c>
+      <c r="B64" s="84" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C64" s="84" t="inlineStr">
+        <is>
+          <t>INE092T16YR1</t>
+        </is>
+      </c>
+      <c r="D64" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E64" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>4893.39</v>
+      </c>
+      <c r="G64" s="7" t="n">
+        <v>0.0138</v>
+      </c>
+      <c r="H64" s="8" t="n">
+        <v>46182</v>
+      </c>
+      <c r="J64" s="6" t="n">
+        <v>7.0374</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="84" t="n">
+        <v>43</v>
+      </c>
+      <c r="B65" s="84" t="inlineStr">
+        <is>
+          <t>Ujjivan Small Finance Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C65" s="84" t="inlineStr">
+        <is>
+          <t>INE551W16CD6</t>
+        </is>
+      </c>
+      <c r="D65" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E65" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F65" s="6" t="n">
+        <v>4878.8</v>
+      </c>
+      <c r="G65" s="7" t="n">
+        <v>0.0137</v>
+      </c>
+      <c r="H65" s="8" t="n">
+        <v>46191</v>
+      </c>
+      <c r="J65" s="6" t="n">
+        <v>7.4326</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="84" t="n">
+        <v>44</v>
+      </c>
+      <c r="B66" s="84" t="inlineStr">
+        <is>
+          <t>Equitas Small Finance Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C66" s="84" t="inlineStr">
+        <is>
+          <t>INE063P16BC0</t>
+        </is>
+      </c>
+      <c r="D66" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E66" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F66" s="6" t="n">
+        <v>4876.43</v>
+      </c>
+      <c r="G66" s="7" t="n">
+        <v>0.0137</v>
+      </c>
+      <c r="H66" s="8" t="n">
+        <v>46188</v>
+      </c>
+      <c r="J66" s="6" t="n">
+        <v>7.7724</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="84" t="n">
+        <v>45</v>
+      </c>
+      <c r="B67" s="84" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C67" s="84" t="inlineStr">
+        <is>
+          <t>INE040A16HF0</t>
+        </is>
+      </c>
+      <c r="D67" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E67" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F67" s="6" t="n">
+        <v>4843.23</v>
+      </c>
+      <c r="G67" s="7" t="n">
+        <v>0.0136</v>
+      </c>
+      <c r="H67" s="8" t="n">
+        <v>46239</v>
+      </c>
+      <c r="J67" s="6" t="n">
+        <v>6.95</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="84" t="n">
+        <v>46</v>
+      </c>
+      <c r="B68" s="84" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C68" s="84" t="inlineStr">
+        <is>
+          <t>INE028A16KO1</t>
+        </is>
+      </c>
+      <c r="D68" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E68" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F68" s="6" t="n">
+        <v>4739.65</v>
+      </c>
+      <c r="G68" s="7" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="H68" s="8" t="n">
+        <v>46360</v>
+      </c>
+      <c r="J68" s="6" t="n">
+        <v>6.8901</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="84" t="n">
+        <v>47</v>
+      </c>
+      <c r="B69" s="84" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C69" s="84" t="inlineStr">
+        <is>
+          <t>INE556F16BS0</t>
+        </is>
+      </c>
+      <c r="D69" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E69" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F69" s="6" t="n">
+        <v>4736.13</v>
+      </c>
+      <c r="G69" s="7" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="H69" s="8" t="n">
+        <v>46360</v>
+      </c>
+      <c r="J69" s="6" t="n">
+        <v>6.9883</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="84" t="n">
+        <v>48</v>
+      </c>
+      <c r="B70" s="84" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C70" s="84" t="inlineStr">
+        <is>
+          <t>INE562A16QE7</t>
+        </is>
+      </c>
+      <c r="D70" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E70" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F70" s="6" t="n">
+        <v>4709.8</v>
+      </c>
+      <c r="G70" s="7" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="H70" s="8" t="n">
+        <v>46399</v>
+      </c>
+      <c r="J70" s="6" t="n">
+        <v>6.8151</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="84" t="n">
+        <v>49</v>
+      </c>
+      <c r="B71" s="84" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C71" s="84" t="inlineStr">
+        <is>
+          <t>INE556F16BV4</t>
+        </is>
+      </c>
+      <c r="D71" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E71" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>4703.19</v>
+      </c>
+      <c r="G71" s="7" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="H71" s="8" t="n">
+        <v>46401</v>
+      </c>
+      <c r="J71" s="6" t="n">
+        <v>6.9383</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="84" t="n">
+        <v>50</v>
+      </c>
+      <c r="B72" s="84" t="inlineStr">
+        <is>
+          <t>Union Bank of India</t>
+        </is>
+      </c>
+      <c r="C72" s="84" t="inlineStr">
+        <is>
+          <t>INE692A16KU1</t>
+        </is>
+      </c>
+      <c r="D72" s="84" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E72" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F72" s="6" t="n">
+        <v>4702.84</v>
+      </c>
+      <c r="G72" s="7" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="H72" s="8" t="n">
+        <v>46406</v>
+      </c>
+      <c r="J72" s="6" t="n">
+        <v>6.8439</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="84" t="n">
+        <v>51</v>
+      </c>
+      <c r="B73" s="84" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C73" s="84" t="inlineStr">
+        <is>
+          <t>INE261F16AJ8</t>
+        </is>
+      </c>
+      <c r="D73" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E73" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F73" s="6" t="n">
+        <v>4687.85</v>
+      </c>
+      <c r="G73" s="7" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="H73" s="8" t="n">
+        <v>46422</v>
+      </c>
+      <c r="J73" s="6" t="n">
+        <v>6.885</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="84" t="n">
+        <v>52</v>
+      </c>
+      <c r="B74" s="84" t="inlineStr">
+        <is>
+          <t>IndusInd Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C74" s="84" t="inlineStr">
+        <is>
+          <t>INE095A169C7</t>
+        </is>
+      </c>
+      <c r="D74" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E74" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F74" s="6" t="n">
+        <v>4675.62</v>
+      </c>
+      <c r="G74" s="7" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="H74" s="8" t="n">
+        <v>46414</v>
+      </c>
+      <c r="J74" s="6" t="n">
+        <v>7.34</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="84" t="n">
+        <v>53</v>
+      </c>
+      <c r="B75" s="84" t="inlineStr">
+        <is>
+          <t>Equitas Small Finance Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C75" s="84" t="inlineStr">
+        <is>
+          <t>INE063P16BJ5</t>
+        </is>
+      </c>
+      <c r="D75" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E75" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F75" s="6" t="n">
+        <v>4641.48</v>
+      </c>
+      <c r="G75" s="7" t="n">
+        <v>0.0131</v>
+      </c>
+      <c r="H75" s="8" t="n">
+        <v>46430</v>
+      </c>
+      <c r="J75" s="6" t="n">
+        <v>7.81</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="84" t="n">
+        <v>54</v>
+      </c>
+      <c r="B76" s="84" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C76" s="84" t="inlineStr">
+        <is>
+          <t>INE556F16BI1</t>
+        </is>
+      </c>
+      <c r="D76" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E76" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F76" s="6" t="n">
+        <v>2456.33</v>
+      </c>
+      <c r="G76" s="7" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="H76" s="8" t="n">
+        <v>46162</v>
+      </c>
+      <c r="J76" s="6" t="n">
+        <v>6.9782</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="84" t="n">
+        <v>55</v>
+      </c>
+      <c r="B77" s="84" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C77" s="84" t="inlineStr">
+        <is>
+          <t>INE028A16KG7</t>
+        </is>
+      </c>
+      <c r="D77" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E77" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F77" s="6" t="n">
+        <v>2450.44</v>
+      </c>
+      <c r="G77" s="7" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="H77" s="8" t="n">
+        <v>46176</v>
+      </c>
+      <c r="J77" s="6" t="n">
+        <v>6.8999</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="84" t="n">
+        <v>56</v>
+      </c>
+      <c r="B78" s="84" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C78" s="84" t="inlineStr">
+        <is>
+          <t>INE040A16HU9</t>
+        </is>
+      </c>
+      <c r="D78" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E78" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F78" s="6" t="n">
+        <v>2381.59</v>
+      </c>
+      <c r="G78" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H78" s="8" t="n">
+        <v>46332</v>
+      </c>
+      <c r="J78" s="6" t="n">
+        <v>6.9001</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="84" t="n">
+        <v>57</v>
+      </c>
+      <c r="B79" s="84" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C79" s="84" t="inlineStr">
+        <is>
+          <t>INE028A16KM5</t>
+        </is>
+      </c>
+      <c r="D79" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E79" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F79" s="6" t="n">
+        <v>2375.78</v>
+      </c>
+      <c r="G79" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H79" s="8" t="n">
+        <v>46346</v>
+      </c>
+      <c r="J79" s="6" t="n">
+        <v>6.89</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="84" t="n">
+        <v>58</v>
+      </c>
+      <c r="B80" s="84" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C80" s="84" t="inlineStr">
+        <is>
+          <t>INE028A16LC4</t>
+        </is>
+      </c>
+      <c r="D80" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E80" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F80" s="6" t="n">
+        <v>2348.7</v>
+      </c>
+      <c r="G80" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H80" s="8" t="n">
+        <v>46414</v>
+      </c>
+      <c r="J80" s="6" t="n">
+        <v>6.8151</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="84" t="n">
+        <v>59</v>
+      </c>
+      <c r="B81" s="84" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C81" s="84" t="inlineStr">
+        <is>
+          <t>INE476A16G44</t>
+        </is>
+      </c>
+      <c r="D81" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E81" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F81" s="6" t="n">
+        <v>2346.13</v>
+      </c>
+      <c r="G81" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H81" s="8" t="n">
+        <v>46420</v>
+      </c>
+      <c r="J81" s="6" t="n">
+        <v>6.8201</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="84" t="n">
+        <v>60</v>
+      </c>
+      <c r="B82" s="84" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C82" s="84" t="inlineStr">
+        <is>
+          <t>INE562A16QJ6</t>
+        </is>
+      </c>
+      <c r="D82" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E82" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F82" s="6" t="n">
+        <v>2343.36</v>
+      </c>
+      <c r="G82" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H82" s="8" t="n">
+        <v>46427</v>
+      </c>
+      <c r="J82" s="6" t="n">
+        <v>6.8151</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="84" t="n">
+        <v>61</v>
+      </c>
+      <c r="B83" s="84" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C83" s="84" t="inlineStr">
+        <is>
+          <t>INE092T16ZD8</t>
+        </is>
+      </c>
+      <c r="D83" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E83" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F83" s="6" t="n">
+        <v>2339.36</v>
+      </c>
+      <c r="G83" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H83" s="8" t="n">
+        <v>46422</v>
+      </c>
+      <c r="J83" s="6" t="n">
+        <v>7.1</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="9" t="n"/>
+      <c r="B84" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C84" s="9" t="n"/>
+      <c r="D84" s="9" t="n"/>
+      <c r="E84" s="9" t="n"/>
+      <c r="F84" s="10" t="n">
+        <v>131681.66</v>
+      </c>
+      <c r="G84" s="11" t="n">
+        <v>0.3705</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="B86" s="4" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="87">
+      <c r="B87" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K13" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="A14" s="1" t="n">
+    </row>
+    <row r="88">
+      <c r="A88" s="84" t="n">
+        <v>62</v>
+      </c>
+      <c r="B88" s="84" t="inlineStr">
+        <is>
+          <t>Angel One Limited**</t>
+        </is>
+      </c>
+      <c r="C88" s="84" t="inlineStr">
+        <is>
+          <t>INE732I14CA2</t>
+        </is>
+      </c>
+      <c r="D88" s="84" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E88" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F88" s="6" t="n">
+        <v>7486.96</v>
+      </c>
+      <c r="G88" s="7" t="n">
+        <v>0.0211</v>
+      </c>
+      <c r="H88" s="8" t="n">
+        <v>46078</v>
+      </c>
+      <c r="J88" s="6" t="n">
+        <v>7.0608</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="84" t="n">
+        <v>63</v>
+      </c>
+      <c r="B89" s="84" t="inlineStr">
+        <is>
+          <t>Axis Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C89" s="84" t="inlineStr">
+        <is>
+          <t>INE110O14GX2</t>
+        </is>
+      </c>
+      <c r="D89" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E89" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F89" s="6" t="n">
+        <v>4903.02</v>
+      </c>
+      <c r="G89" s="7" t="n">
+        <v>0.0138</v>
+      </c>
+      <c r="H89" s="8" t="n">
+        <v>46164</v>
+      </c>
+      <c r="J89" s="6" t="n">
+        <v>7.5999</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="84" t="n">
+        <v>64</v>
+      </c>
+      <c r="B90" s="84" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C90" s="84" t="inlineStr">
+        <is>
+          <t>INE338I14KQ7</t>
+        </is>
+      </c>
+      <c r="D90" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E90" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F90" s="6" t="n">
+        <v>4872.28</v>
+      </c>
+      <c r="G90" s="7" t="n">
+        <v>0.0137</v>
+      </c>
+      <c r="H90" s="8" t="n">
+        <v>46188</v>
+      </c>
+      <c r="J90" s="6" t="n">
+        <v>8.039999999999999</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="84" t="n">
+        <v>65</v>
+      </c>
+      <c r="B91" s="84" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C91" s="84" t="inlineStr">
+        <is>
+          <t>INE338I14LT9</t>
+        </is>
+      </c>
+      <c r="D91" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E91" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F91" s="6" t="n">
+        <v>4645.52</v>
+      </c>
+      <c r="G91" s="7" t="n">
+        <v>0.0131</v>
+      </c>
+      <c r="H91" s="8" t="n">
+        <v>46422</v>
+      </c>
+      <c r="J91" s="6" t="n">
+        <v>7.89</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="84" t="n">
+        <v>66</v>
+      </c>
+      <c r="B92" s="84" t="inlineStr">
+        <is>
+          <t>Bahadur Chand Investments Private Limited**</t>
+        </is>
+      </c>
+      <c r="C92" s="84" t="inlineStr">
+        <is>
+          <t>INE087M14BV1</t>
+        </is>
+      </c>
+      <c r="D92" s="84" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E92" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F92" s="6" t="n">
+        <v>2492.23</v>
+      </c>
+      <c r="G92" s="7" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="H92" s="8" t="n">
+        <v>46085</v>
+      </c>
+      <c r="J92" s="6" t="n">
+        <v>7.1145</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="84" t="n">
+        <v>67</v>
+      </c>
+      <c r="B93" s="84" t="inlineStr">
+        <is>
+          <t>Nuvama Clearing Services Limited**</t>
+        </is>
+      </c>
+      <c r="C93" s="84" t="inlineStr">
+        <is>
+          <t>INE525L14166</t>
+        </is>
+      </c>
+      <c r="D93" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E93" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F93" s="6" t="n">
+        <v>2484.7</v>
+      </c>
+      <c r="G93" s="7" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="H93" s="8" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J93" s="6" t="n">
+        <v>7.49</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="9" t="n"/>
+      <c r="B94" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C94" s="9" t="n"/>
+      <c r="D94" s="9" t="n"/>
+      <c r="E94" s="9" t="n"/>
+      <c r="F94" s="10" t="n">
+        <v>26884.71</v>
+      </c>
+      <c r="G94" s="11" t="n">
+        <v>0.0757</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="B96" s="4" t="inlineStr">
+        <is>
+          <t>Treasury Bill</t>
+        </is>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="84" t="n">
+        <v>68</v>
+      </c>
+      <c r="B97" s="84" t="inlineStr">
+        <is>
+          <t>182 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C97" s="84" t="inlineStr">
+        <is>
+          <t>IN002025Y214</t>
+        </is>
+      </c>
+      <c r="D97" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E97" s="12" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F97" s="6" t="n">
+        <v>4998.02</v>
+      </c>
+      <c r="G97" s="7" t="n">
+        <v>0.0141</v>
+      </c>
+      <c r="H97" s="8" t="n">
+        <v>46072</v>
+      </c>
+      <c r="J97" s="6" t="n">
+        <v>4.8321</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="84" t="n">
+        <v>69</v>
+      </c>
+      <c r="B98" s="84" t="inlineStr">
+        <is>
+          <t>182 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C98" s="84" t="inlineStr">
+        <is>
+          <t>IN002025Y354</t>
+        </is>
+      </c>
+      <c r="D98" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E98" s="12" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F98" s="6" t="n">
+        <v>4927.77</v>
+      </c>
+      <c r="G98" s="7" t="n">
+        <v>0.0139</v>
+      </c>
+      <c r="H98" s="8" t="n">
+        <v>46170</v>
+      </c>
+      <c r="J98" s="6" t="n">
+        <v>5.2975</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="84" t="n">
+        <v>70</v>
+      </c>
+      <c r="B99" s="84" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2027</t>
+        </is>
+      </c>
+      <c r="C99" s="84" t="inlineStr">
+        <is>
+          <t>IN002025Z427</t>
+        </is>
+      </c>
+      <c r="D99" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E99" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F99" s="6" t="n">
+        <v>2377.66</v>
+      </c>
+      <c r="G99" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H99" s="8" t="n">
+        <v>46408</v>
+      </c>
+      <c r="J99" s="6" t="n">
+        <v>5.54</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="84" t="n">
+        <v>71</v>
+      </c>
+      <c r="B100" s="84" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C100" s="84" t="inlineStr">
+        <is>
+          <t>IN002025Z096</t>
+        </is>
+      </c>
+      <c r="D100" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E100" s="12" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F100" s="6" t="n">
+        <v>1971.11</v>
+      </c>
+      <c r="G100" s="7" t="n">
+        <v>0.0055</v>
+      </c>
+      <c r="H100" s="8" t="n">
+        <v>46170</v>
+      </c>
+      <c r="J100" s="6" t="n">
+        <v>5.2975</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="9" t="n"/>
+      <c r="B101" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C101" s="9" t="n"/>
+      <c r="D101" s="9" t="n"/>
+      <c r="E101" s="9" t="n"/>
+      <c r="F101" s="10" t="n">
+        <v>14274.56</v>
+      </c>
+      <c r="G101" s="11" t="n">
+        <v>0.0402</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="84" t="n">
+        <v>72</v>
+      </c>
+      <c r="B103" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F103" s="6" t="n">
+        <v>12435.92</v>
+      </c>
+      <c r="G103" s="7" t="n">
+        <v>0.035</v>
+      </c>
+      <c r="H103" s="8" t="n">
+        <v>46069</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="9" t="n"/>
+      <c r="B104" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C104" s="9" t="n"/>
+      <c r="D104" s="9" t="n"/>
+      <c r="E104" s="9" t="n"/>
+      <c r="F104" s="10" t="n">
+        <v>12435.92</v>
+      </c>
+      <c r="G104" s="11" t="n">
+        <v>0.035</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="B106" s="4" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="84" t="n">
+        <v>73</v>
+      </c>
+      <c r="B107" s="84" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C107" s="84" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E107" s="12" t="n">
+        <v>9593.263000000001</v>
+      </c>
+      <c r="F107" s="6" t="n">
+        <v>1116.56</v>
+      </c>
+      <c r="G107" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J107" s="6" t="n"/>
+    </row>
+    <row r="108">
+      <c r="A108" s="9" t="n"/>
+      <c r="B108" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C108" s="9" t="n"/>
+      <c r="D108" s="9" t="n"/>
+      <c r="E108" s="9" t="n"/>
+      <c r="F108" s="10" t="n">
+        <v>1116.56</v>
+      </c>
+      <c r="G108" s="11" t="n">
+        <v>0.0031</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="B110" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="111">
+      <c r="B111" s="84" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E111" s="12" t="n"/>
+      <c r="F111" s="6" t="n">
+        <v>-1750.48</v>
+      </c>
+      <c r="G111" s="7" t="n">
+        <v>-0.0048</v>
+      </c>
+      <c r="J111" s="6" t="n"/>
+    </row>
+    <row r="112">
+      <c r="A112" s="9" t="n"/>
+      <c r="B112" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C112" s="9" t="n"/>
+      <c r="D112" s="9" t="n"/>
+      <c r="E112" s="9" t="n"/>
+      <c r="F112" s="10" t="n">
+        <v>-1750.48</v>
+      </c>
+      <c r="G112" s="11" t="n">
+        <v>-0.0048</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="5" t="n"/>
+      <c r="B114" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C114" s="5" t="n"/>
+      <c r="D114" s="5" t="n"/>
+      <c r="E114" s="5" t="n"/>
+      <c r="F114" s="13" t="n">
+        <v>355279.61</v>
+      </c>
+      <c r="G114" s="14" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="81" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="84" t="n">
+        <v>1</v>
+      </c>
+      <c r="B116" s="84" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B14" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A15" s="1" t="n">
+      <c r="B117" s="15" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="118" ht="95.5" customHeight="1" s="62">
+      <c r="A118" s="84" t="n">
         <v>3</v>
       </c>
-      <c r="B15" s="1" t="inlineStr">
-[...2988 lines deleted...]
-      <c r="B123" s="72" t="inlineStr">
+      <c r="B118" s="63" t="inlineStr">
         <is>
           <t xml:space="preserve">As per SEBI (MUTUAL FUNDS) REGULATIONS, 1996 and  MASTER CIRCULAR SEBI/HO/IMD/IMD-PoD-1/P/CIR/2024/90 Dtd June 27th 2024,  Below are the details of the securities in case of which issuer has defaulted beyond its maturity date. 
 Pursuant to the application filed by the Board of IL&amp;FS with the Hon’ble NCLAT to effect the interim distribution process, DSP Ultra short Fund has received Interim distribution from IL&amp;FS Transportation Networks Limited as stated below in the form of cash and InVITs. The cash distribution has been recognized as realized income passed on to the investors through NAV. The impact of InVITs has been factored in the NAV of the respective scheme on the March 07,2025 on which the INVITs were allotted. The provision of 10% is created on all the distributions of ITNL including prior distribution to safeguard the interest of unit holders as ITNL may claw back the amount in case the distribution results in excess distribution than what the debenture holders ought to have received.  </t>
         </is>
       </c>
-      <c r="C123" s="102" t="n"/>
-[...9 lines deleted...]
-      <c r="B124" s="21" t="inlineStr">
+      <c r="C118" s="91" t="n"/>
+      <c r="D118" s="91" t="n"/>
+      <c r="E118" s="91" t="n"/>
+      <c r="F118" s="91" t="n"/>
+      <c r="G118" s="91" t="n"/>
+      <c r="H118" s="91" t="n"/>
+      <c r="I118" s="91" t="n"/>
+    </row>
+    <row r="119" ht="81" customHeight="1" s="62">
+      <c r="B119" s="69" t="inlineStr">
         <is>
           <t>Security Name</t>
         </is>
       </c>
-      <c r="C124" s="21" t="inlineStr">
+      <c r="C119" s="69" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D124" s="21" t="inlineStr">
+      <c r="D119" s="69" t="inlineStr">
         <is>
           <t>value of the security considered under net receivables (i.e. value recognized in NAV in absolute terms and as % to NAV)
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="E124" s="103" t="n"/>
-      <c r="F124" s="21" t="inlineStr">
+      <c r="E119" s="92" t="n"/>
+      <c r="F119" s="69" t="inlineStr">
         <is>
           <t>total amount (including principal and interest) that is due to the scheme on that investment
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="G124" s="22" t="inlineStr">
+      <c r="G119" s="39" t="inlineStr">
         <is>
           <t>Interim Distribution received (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="H124" s="21" t="inlineStr">
+      <c r="H119" s="69" t="inlineStr">
         <is>
           <t>Date of passing Interim Distribution recognized in NAV</t>
         </is>
       </c>
-      <c r="I124" s="23" t="inlineStr">
+      <c r="I119" s="32" t="inlineStr">
         <is>
           <t>Interim Distribution (Units) INR at Unit Face Value Rs. 100 (Rs. In Lakhs)</t>
         </is>
       </c>
     </row>
-    <row r="125" ht="27" customHeight="1" s="70">
-[...1 lines deleted...]
-      <c r="B125" s="24" t="inlineStr">
+    <row r="120" ht="15" customHeight="1" s="62">
+      <c r="B120" s="22" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Transportation Networks Limited NCD Series A 23032019</t>
         </is>
       </c>
-      <c r="C125" s="25" t="inlineStr">
+      <c r="C120" s="23" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D125" s="26" t="n">
+      <c r="D120" s="24" t="n">
         <v>0</v>
       </c>
-      <c r="E125" s="27" t="n">
+      <c r="E120" s="25" t="n">
         <v>0</v>
       </c>
-      <c r="F125" s="104" t="n">
+      <c r="F120" s="93" t="n">
         <v>6627.8121</v>
       </c>
-      <c r="G125" s="28" t="n">
+      <c r="G120" s="26" t="n">
         <v>413.50243</v>
       </c>
-      <c r="H125" s="29" t="n">
+      <c r="H120" s="27" t="n">
         <v>45218</v>
       </c>
-      <c r="I125" s="105" t="n">
+      <c r="I120" s="94" t="n">
         <v>733.33</v>
       </c>
     </row>
-    <row r="126" ht="27" customHeight="1" s="70">
-[...1 lines deleted...]
-      <c r="B126" s="24" t="inlineStr">
+    <row r="121" ht="15" customHeight="1" s="62">
+      <c r="B121" s="22" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Transportation Networks Limited NCD Series A 23032019</t>
         </is>
       </c>
-      <c r="C126" s="25" t="inlineStr">
+      <c r="C121" s="23" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D126" s="26" t="n">
+      <c r="D121" s="24" t="n">
         <v>0</v>
       </c>
-      <c r="E126" s="27" t="n">
+      <c r="E121" s="25" t="n">
         <v>0</v>
       </c>
-      <c r="F126" s="106" t="n"/>
-      <c r="G126" s="28" t="n">
+      <c r="F121" s="95" t="n"/>
+      <c r="G121" s="26" t="n">
         <v>209.28715</v>
       </c>
-      <c r="H126" s="29" t="n">
+      <c r="H121" s="27" t="n">
         <v>45715</v>
       </c>
-      <c r="I126" s="106" t="n"/>
-[...2 lines deleted...]
-      <c r="A127" s="14" t="n">
+      <c r="I121" s="95" t="n"/>
+    </row>
+    <row r="123" ht="46" customHeight="1" s="62">
+      <c r="A123" s="84" t="n">
         <v>4</v>
       </c>
-      <c r="B127" s="71" t="inlineStr">
+      <c r="B123" s="68" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
-      <c r="C127" s="107" t="n"/>
-[...4 lines deleted...]
-      <c r="A128" s="14" t="n"/>
+    </row>
+    <row r="124">
+      <c r="B124" s="45" t="inlineStr">
+        <is>
+          <t>Disclosure in Derivatives</t>
+        </is>
+      </c>
+      <c r="C124" s="45" t="inlineStr">
+        <is>
+          <t>Industry</t>
+        </is>
+      </c>
+      <c r="D124" s="45" t="inlineStr">
+        <is>
+          <t>Notional Value</t>
+        </is>
+      </c>
+      <c r="E124" s="45" t="inlineStr">
+        <is>
+          <t>% To net assets</t>
+        </is>
+      </c>
+    </row>
+    <row r="125">
+      <c r="B125" s="50" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C125" s="51" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D125" s="48" t="n">
+        <v>1000000000</v>
+      </c>
+      <c r="E125" s="52" t="n">
+        <v>1e-05</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="B126" s="50" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C126" s="51" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D126" s="48" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E126" s="52" t="n">
+        <v>1e-05</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="B127" s="50" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C127" s="51" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D127" s="48" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E127" s="52" t="n">
+        <v>1e-05</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="B128" s="50" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C128" s="51" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D128" s="48" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E128" s="52" t="n">
+        <v>1e-05</v>
+      </c>
     </row>
     <row r="129">
-      <c r="A129" s="14" t="n"/>
-[...18 lines deleted...]
-        </is>
+      <c r="B129" s="50" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C129" s="51" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D129" s="48" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E129" s="52" t="n">
+        <v>1e-05</v>
       </c>
     </row>
     <row r="130">
-      <c r="A130" s="14" t="n"/>
-      <c r="B130" s="51" t="inlineStr">
+      <c r="B130" s="50" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C130" s="52" t="inlineStr">
+      <c r="C130" s="51" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D130" s="49" t="n">
-[...3 lines deleted...]
-        <v>2e-05</v>
+      <c r="D130" s="48" t="n">
+        <v>500000000</v>
+      </c>
+      <c r="E130" s="52" t="n">
+        <v>3e-05</v>
       </c>
     </row>
     <row r="131">
-      <c r="A131" s="14" t="n"/>
-      <c r="B131" s="51" t="inlineStr">
+      <c r="B131" s="50" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C131" s="52" t="inlineStr">
+      <c r="C131" s="51" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D131" s="49" t="n">
+      <c r="D131" s="48" t="n">
         <v>250000000</v>
       </c>
-      <c r="E131" s="53" t="n">
+      <c r="E131" s="52" t="n">
         <v>1e-05</v>
       </c>
     </row>
     <row r="132">
-      <c r="A132" s="14" t="n"/>
-      <c r="B132" s="51" t="inlineStr">
+      <c r="B132" s="50" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C132" s="52" t="inlineStr">
+      <c r="C132" s="51" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D132" s="49" t="n">
+      <c r="D132" s="48" t="n">
+        <v>500000000</v>
+      </c>
+      <c r="E132" s="52" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="B133" s="50" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C133" s="51" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D133" s="48" t="n">
+        <v>500000000</v>
+      </c>
+      <c r="E133" s="52" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="B134" s="50" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C134" s="51" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D134" s="48" t="n">
         <v>250000000</v>
       </c>
-      <c r="E132" s="53" t="n">
-[...5 lines deleted...]
-      <c r="B133" s="51" t="inlineStr">
+      <c r="E134" s="52" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="B135" s="50" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C133" s="52" t="inlineStr">
+      <c r="C135" s="51" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D133" s="49" t="n">
+      <c r="D135" s="48" t="n">
         <v>250000000</v>
       </c>
-      <c r="E133" s="53" t="n">
-[...5 lines deleted...]
-      <c r="B134" s="51" t="inlineStr">
+      <c r="E135" s="52" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="B136" s="50" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C134" s="52" t="inlineStr">
+      <c r="C136" s="51" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D134" s="49" t="n">
-[...18 lines deleted...]
-      <c r="D135" s="49" t="n">
+      <c r="D136" s="48" t="n">
         <v>500000000</v>
       </c>
-      <c r="E135" s="53" t="n">
-[...94 lines deleted...]
-      <c r="E140" s="53" t="n">
+      <c r="E136" s="52" t="n">
         <v>0</v>
       </c>
     </row>
-    <row r="141">
-[...4 lines deleted...]
-      <c r="B143" s="68" t="inlineStr">
+    <row r="138" ht="14.5" customHeight="1" s="62">
+      <c r="B138" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="156" ht="14.5" customHeight="1" s="70">
-      <c r="B156" s="68" t="inlineStr">
+    <row r="152" ht="14.5" customHeight="1" s="62">
+      <c r="B152" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Ultra Short Duration Debt A-I Index</t>
         </is>
       </c>
     </row>
+    <row r="167">
+      <c r="B167" s="16" t="n"/>
+      <c r="C167" s="18" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
+    <row r="168">
+      <c r="B168" s="16" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C168" s="18" t="inlineStr">
+        <is>
+          <t>DSP Ultra Short Fund</t>
+        </is>
+      </c>
+    </row>
     <row r="169">
-      <c r="B169" s="15" t="n"/>
-[...4 lines deleted...]
-      </c>
+      <c r="B169" s="16" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C169" s="19" t="n"/>
     </row>
     <row r="170">
-      <c r="B170" s="15" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="B170" s="16" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C170" s="20" t="n">
+        <v>0.07000000000000001</v>
       </c>
     </row>
     <row r="171">
-      <c r="B171" s="15" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C171" s="18" t="n"/>
+      <c r="B171" s="16" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C171" s="19" t="n">
+        <v>0.49</v>
+      </c>
     </row>
     <row r="172">
-      <c r="B172" s="15" t="inlineStr">
-[...1 lines deleted...]
-          <t>Annualised Portfolio YTM*:</t>
+      <c r="B172" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
         </is>
       </c>
       <c r="C172" s="19" t="n">
-        <v>0.0713</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="173">
-      <c r="B173" s="15" t="inlineStr">
-[...5 lines deleted...]
-        <v>0.52</v>
+      <c r="B173" s="16" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C173" s="21" t="n">
+        <v>46068</v>
       </c>
     </row>
     <row r="174">
-      <c r="B174" s="15" t="inlineStr">
-[...19 lines deleted...]
-      <c r="B176" s="16" t="inlineStr">
+      <c r="B174" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C176" s="17" t="n"/>
+      <c r="C174" s="18" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="6">
-    <mergeCell ref="D124:E124"/>
-    <mergeCell ref="B127:E127"/>
+    <mergeCell ref="D119:E119"/>
     <mergeCell ref="B123:I123"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="F125:F126"/>
-    <mergeCell ref="I125:I126"/>
+    <mergeCell ref="F120:F121"/>
+    <mergeCell ref="B118:I118"/>
+    <mergeCell ref="I120:I121"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Rahul Jain</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>