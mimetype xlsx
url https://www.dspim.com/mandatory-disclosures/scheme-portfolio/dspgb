--- v0 (2025-10-19)
+++ v1 (2025-11-08)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="997" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="945" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="SAVINGS" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="22">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
@@ -157,50 +157,57 @@
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
@@ -334,66 +341,67 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="107">
+  <cellXfs count="101">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -449,212 +457,195 @@
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="10" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...40 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -1049,90 +1040,90 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L166"/>
+  <dimension ref="A1:L169"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
     <col width="51.54296875" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
     <col width="18.81640625" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
     <col width="14.1796875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
-    <col width="14.54296875" customWidth="1" style="2" min="5" max="5"/>
+    <col width="15" customWidth="1" style="2" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
     <col width="30.1796875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
     <row r="1" ht="19" customHeight="1" s="74">
       <c r="A1" s="73" t="n"/>
       <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Savings Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="4" t="inlineStr">
         <is>
-          <t>Portfolio as on October 15, 2025</t>
+          <t>Portfolio as on October 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
@@ -1181,3600 +1172,3603 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>5.63% GOI 2026</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>IN0020210012</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E8" s="12" t="n">
         <v>39500000</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>39534.11</v>
+        <v>39615.47</v>
       </c>
       <c r="G8" s="7" t="n">
-        <v>0.0514</v>
+        <v>0.0527</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>46124</v>
       </c>
       <c r="J8" s="6" t="n">
-        <v>5.5904</v>
+        <v>5.6673</v>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>7.59% GOI 2026</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>IN0020150093</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E9" s="12" t="n">
         <v>30000000</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>30738.88</v>
+        <v>30805.88</v>
       </c>
       <c r="G9" s="7" t="n">
-        <v>0.04</v>
+        <v>0.0409</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>46033</v>
       </c>
       <c r="J9" s="6" t="n">
-        <v>5.4543</v>
+        <v>5.551</v>
       </c>
       <c r="K9" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="L9" s="7" t="n">
-        <v>0.7595</v>
+        <v>0.7517</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="9" t="n"/>
       <c r="B10" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C10" s="9" t="n"/>
       <c r="D10" s="9" t="n"/>
       <c r="E10" s="9" t="n"/>
       <c r="F10" s="10" t="n">
-        <v>70272.99000000001</v>
+        <v>70421.35000000001</v>
       </c>
       <c r="G10" s="11" t="n">
-        <v>0.0914</v>
+        <v>0.0936</v>
       </c>
       <c r="K10" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L10" s="7" t="n">
-        <v>0.1378</v>
+        <v>0.1373</v>
       </c>
     </row>
     <row r="11">
       <c r="K11" s="2" t="inlineStr">
         <is>
           <t>IND A1+</t>
         </is>
       </c>
       <c r="L11" s="7" t="n">
-        <v>0.08210000000000001</v>
+        <v>0.0645</v>
       </c>
     </row>
     <row r="12">
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
       <c r="K12" s="2" t="inlineStr">
         <is>
           <t>ICRA A1+</t>
         </is>
       </c>
       <c r="L12" s="7" t="n">
-        <v>0.0156</v>
+        <v>0.038</v>
       </c>
     </row>
     <row r="13">
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>Certificate of Deposit</t>
         </is>
       </c>
       <c r="K13" s="2" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
       <c r="L13" s="7" t="n">
         <v>0.0018</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
         <v>3</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>INE556F16BI1</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E14" s="12" t="n">
         <v>6000</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>28934.13</v>
+        <v>29002.8</v>
       </c>
       <c r="G14" s="7" t="n">
-        <v>0.0376</v>
+        <v>0.0385</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>46162</v>
       </c>
       <c r="J14" s="6" t="n">
-        <v>6.2249</v>
+        <v>6.275</v>
       </c>
       <c r="K14" s="2" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L14" s="7" t="n">
-        <v>0.0032</v>
+        <v>0.0067</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
         <v>4</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Axis Bank Limited**</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>INE238AD6BA5</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E15" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>24130.6</v>
+        <v>24189.7</v>
       </c>
       <c r="G15" s="7" t="n">
-        <v>0.0314</v>
+        <v>0.0321</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>46157</v>
       </c>
       <c r="J15" s="6" t="n">
-        <v>6.2325</v>
+        <v>6.2701</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
         <v>5</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Punjab National Bank</t>
+          <t>Indian Bank**</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>INE160A16RK5</t>
+          <t>INE562A16OS2</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E16" s="12" t="n">
         <v>4000</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>19509.32</v>
+        <v>19383.64</v>
       </c>
       <c r="G16" s="7" t="n">
-        <v>0.0254</v>
+        <v>0.0258</v>
       </c>
       <c r="H16" s="8" t="n">
-        <v>46099</v>
+        <v>46148</v>
       </c>
       <c r="J16" s="6" t="n">
-        <v>6.0001</v>
+        <v>6.24</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
         <v>6</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Indian Bank**</t>
+          <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>INE562A16OS2</t>
+          <t>INE040A16GW7</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E17" s="12" t="n">
-        <v>4000</v>
+        <v>3500</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>19337.04</v>
+        <v>16922.45</v>
       </c>
       <c r="G17" s="7" t="n">
-        <v>0.0251</v>
+        <v>0.0225</v>
       </c>
       <c r="H17" s="8" t="n">
-        <v>46148</v>
+        <v>46161</v>
       </c>
       <c r="J17" s="6" t="n">
-        <v>6.1951</v>
+        <v>6.2599</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
         <v>7</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Bank of Baroda</t>
+          <t>Bank of Baroda**</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>INE028A16JZ9</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>IND A1+</t>
         </is>
       </c>
       <c r="E18" s="12" t="n">
         <v>3500</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>16879.68</v>
+        <v>16920.54</v>
       </c>
       <c r="G18" s="7" t="n">
-        <v>0.0219</v>
+        <v>0.0225</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>46162</v>
       </c>
       <c r="J18" s="6" t="n">
-        <v>6.21</v>
+        <v>6.25</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
         <v>8</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>INE040A16GW7</t>
+          <t>INE261F16967</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E19" s="12" t="n">
-        <v>3500</v>
+        <v>3000</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>16879.1</v>
+        <v>14710.38</v>
       </c>
       <c r="G19" s="7" t="n">
-        <v>0.0219</v>
+        <v>0.0196</v>
       </c>
       <c r="H19" s="8" t="n">
-        <v>46161</v>
+        <v>46080</v>
       </c>
       <c r="J19" s="6" t="n">
-        <v>6.2449</v>
+        <v>6.09</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
         <v>9</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Bank of Baroda</t>
+          <t>IDFC First Bank Limited**</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>INE028A16JM7</t>
+          <t>INE092T16YP5</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E20" s="12" t="n">
         <v>3000</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>14726.44</v>
+        <v>14500.71</v>
       </c>
       <c r="G20" s="7" t="n">
-        <v>0.0191</v>
+        <v>0.0193</v>
       </c>
       <c r="H20" s="8" t="n">
-        <v>46059</v>
+        <v>46157</v>
       </c>
       <c r="J20" s="6" t="n">
-        <v>6.0001</v>
+        <v>6.445</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
         <v>10</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Canara Bank**</t>
+          <t>IDFC First Bank Limited**</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>INE476A16D96</t>
+          <t>INE092T16YH2</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E21" s="12" t="n">
         <v>3000</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>14676.7</v>
+        <v>14483.42</v>
       </c>
       <c r="G21" s="7" t="n">
-        <v>0.0191</v>
+        <v>0.0192</v>
       </c>
       <c r="H21" s="8" t="n">
-        <v>46080</v>
+        <v>46164</v>
       </c>
       <c r="J21" s="6" t="n">
-        <v>6.0001</v>
+        <v>6.4449</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
         <v>11</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>IDFC First Bank Limited**</t>
+          <t>Export-Import Bank of India**</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>INE092T16YP5</t>
+          <t>INE514E16CM3</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E22" s="12" t="n">
         <v>3000</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>14472.32</v>
+        <v>14453.22</v>
       </c>
       <c r="G22" s="7" t="n">
-        <v>0.0188</v>
+        <v>0.0192</v>
       </c>
       <c r="H22" s="8" t="n">
-        <v>46157</v>
+        <v>46184</v>
       </c>
       <c r="J22" s="6" t="n">
-        <v>6.3074</v>
+        <v>6.22</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
         <v>12</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>IDFC First Bank Limited**</t>
+          <t>Canara Bank**</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>INE092T16YH2</t>
+          <t>INE476A16E20</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E23" s="12" t="n">
         <v>3000</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>14455.44</v>
+        <v>14450</v>
       </c>
       <c r="G23" s="7" t="n">
-        <v>0.0188</v>
+        <v>0.0192</v>
       </c>
       <c r="H23" s="8" t="n">
-        <v>46164</v>
+        <v>46185</v>
       </c>
       <c r="J23" s="6" t="n">
-        <v>6.3075</v>
+        <v>6.23</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
         <v>13</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Export-Import Bank of India**</t>
+          <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>INE514E16CM3</t>
+          <t>INE040A16HF0</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E24" s="12" t="n">
         <v>3000</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>14418.51</v>
+        <v>14304.15</v>
       </c>
       <c r="G24" s="7" t="n">
-        <v>0.0187</v>
+        <v>0.019</v>
       </c>
       <c r="H24" s="8" t="n">
-        <v>46184</v>
+        <v>46239</v>
       </c>
       <c r="J24" s="6" t="n">
-        <v>6.185</v>
+        <v>6.4101</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
         <v>14</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Canara Bank**</t>
+          <t>Kotak Mahindra Bank Limited**</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>INE476A16E20</t>
+          <t>INE237AD6042</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E25" s="12" t="n">
         <v>3000</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>14416.62</v>
+        <v>14193.2</v>
       </c>
       <c r="G25" s="7" t="n">
-        <v>0.0187</v>
+        <v>0.0189</v>
       </c>
       <c r="H25" s="8" t="n">
-        <v>46185</v>
+        <v>46289</v>
       </c>
       <c r="J25" s="6" t="n">
-        <v>6.1799</v>
+        <v>6.345</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
         <v>15</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited</t>
+          <t>Punjab National Bank**</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>INE040A16HF0</t>
+          <t>INE160A16RK5</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E26" s="12" t="n">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>14269.2</v>
+        <v>12220.89</v>
       </c>
       <c r="G26" s="7" t="n">
-        <v>0.0185</v>
+        <v>0.0162</v>
       </c>
       <c r="H26" s="8" t="n">
-        <v>46239</v>
+        <v>46099</v>
       </c>
       <c r="J26" s="6" t="n">
-        <v>6.3801</v>
+        <v>6.085</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
         <v>16</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank Limited**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>INE237AD6042</t>
+          <t>INE556F16BH3</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E27" s="12" t="n">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>14160.34</v>
+        <v>12114.7</v>
       </c>
       <c r="G27" s="7" t="n">
-        <v>0.0184</v>
+        <v>0.0161</v>
       </c>
       <c r="H27" s="8" t="n">
-        <v>46289</v>
+        <v>46147</v>
       </c>
       <c r="J27" s="6" t="n">
-        <v>6.31</v>
+        <v>6.275</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
         <v>17</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Axis Bank Limited**</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>INE556F16BH3</t>
+          <t>INE238AD6AT7</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E28" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>12085.71</v>
+        <v>12040.82</v>
       </c>
       <c r="G28" s="7" t="n">
-        <v>0.0157</v>
+        <v>0.016</v>
       </c>
       <c r="H28" s="8" t="n">
-        <v>46147</v>
+        <v>46184</v>
       </c>
       <c r="J28" s="6" t="n">
-        <v>6.2249</v>
+        <v>6.27</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
         <v>18</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Axis Bank Limited**</t>
+          <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>INE238AD6AT7</t>
+          <t>INE261F16926</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E29" s="12" t="n">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>12011.85</v>
+        <v>9843.969999999999</v>
       </c>
       <c r="G29" s="7" t="n">
-        <v>0.0156</v>
+        <v>0.0131</v>
       </c>
       <c r="H29" s="8" t="n">
-        <v>46184</v>
+        <v>46057</v>
       </c>
       <c r="J29" s="6" t="n">
-        <v>6.2325</v>
+        <v>6.0899</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
         <v>19</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development**</t>
+          <t>Bank of Baroda**</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>INE261F16926</t>
+          <t>INE028A16JJ3</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E30" s="12" t="n">
         <v>2000</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>9819.629999999999</v>
+        <v>9812.040000000001</v>
       </c>
       <c r="G30" s="7" t="n">
-        <v>0.0128</v>
+        <v>0.013</v>
       </c>
       <c r="H30" s="8" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="J30" s="6" t="n">
-        <v>6.04</v>
+        <v>6.08</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
         <v>20</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Bank of Baroda**</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>INE028A16JJ3</t>
+          <t>INE040A16GJ4</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E31" s="12" t="n">
         <v>2000</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>9789.200000000001</v>
+        <v>9810.07</v>
       </c>
       <c r="G31" s="7" t="n">
-        <v>0.0127</v>
+        <v>0.013</v>
       </c>
       <c r="H31" s="8" t="n">
-        <v>46077</v>
+        <v>46078</v>
       </c>
       <c r="J31" s="6" t="n">
-        <v>5.9999</v>
+        <v>6.092</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
         <v>21</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Canara Bank</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>INE040A16GJ4</t>
+          <t>INE476A16D96</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E32" s="12" t="n">
         <v>2000</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>9786.41</v>
+        <v>9807.540000000001</v>
       </c>
       <c r="G32" s="7" t="n">
-        <v>0.0127</v>
+        <v>0.013</v>
       </c>
       <c r="H32" s="8" t="n">
-        <v>46078</v>
+        <v>46080</v>
       </c>
       <c r="J32" s="6" t="n">
-        <v>6.035</v>
+        <v>6.07</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
         <v>22</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>INE261F16967</t>
+          <t>INE556F16BB6</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E33" s="12" t="n">
         <v>2000</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>9783.07</v>
+        <v>9806.610000000001</v>
       </c>
       <c r="G33" s="7" t="n">
-        <v>0.0127</v>
+        <v>0.013</v>
       </c>
       <c r="H33" s="8" t="n">
         <v>46080</v>
       </c>
       <c r="J33" s="6" t="n">
-        <v>6.0401</v>
+        <v>6.0999</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="n">
         <v>23</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Export-Import Bank of India</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>INE556F16BB6</t>
+          <t>INE514E16CJ9</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E34" s="12" t="n">
         <v>2000</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>9782.540000000001</v>
+        <v>9799.870000000001</v>
       </c>
       <c r="G34" s="7" t="n">
-        <v>0.0127</v>
+        <v>0.013</v>
       </c>
       <c r="H34" s="8" t="n">
-        <v>46080</v>
+        <v>46085</v>
       </c>
       <c r="J34" s="6" t="n">
-        <v>6.055</v>
+        <v>6.0601</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="n">
         <v>24</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Export-Import Bank of India</t>
+          <t>Bank of Baroda**</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>INE514E16CJ9</t>
+          <t>INE028A16JG9</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E35" s="12" t="n">
         <v>2000</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>9775.879999999999</v>
+        <v>9739.83</v>
       </c>
       <c r="G35" s="7" t="n">
-        <v>0.0127</v>
+        <v>0.0129</v>
       </c>
       <c r="H35" s="8" t="n">
-        <v>46085</v>
+        <v>46118</v>
       </c>
       <c r="J35" s="6" t="n">
-        <v>6.0201</v>
+        <v>6.2499</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
         <v>25</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Punjab National Bank**</t>
+          <t>Bank of Baroda**</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>INE160A16RP4</t>
+          <t>INE028A16JR6</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E36" s="12" t="n">
         <v>2000</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>9743.73</v>
+        <v>9660.879999999999</v>
       </c>
       <c r="G36" s="7" t="n">
-        <v>0.0127</v>
+        <v>0.0128</v>
       </c>
       <c r="H36" s="8" t="n">
-        <v>46106</v>
+        <v>46167</v>
       </c>
       <c r="J36" s="6" t="n">
-        <v>5.9999</v>
+        <v>6.2499</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
         <v>26</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Bank of Baroda**</t>
+          <t>Export-Import Bank of India**</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>INE028A16JG9</t>
+          <t>INE514E16CL5</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E37" s="12" t="n">
         <v>2000</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>9716.35</v>
+        <v>9657.68</v>
       </c>
       <c r="G37" s="7" t="n">
-        <v>0.0126</v>
+        <v>0.0128</v>
       </c>
       <c r="H37" s="8" t="n">
-        <v>46118</v>
+        <v>46170</v>
       </c>
       <c r="J37" s="6" t="n">
-        <v>6.1952</v>
+        <v>6.22</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="n">
         <v>27</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Export-Import Bank of India**</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>INE514E16CL5</t>
+          <t>INE040A16HP9</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E38" s="12" t="n">
         <v>2000</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>9634.309999999999</v>
+        <v>9631.629999999999</v>
       </c>
       <c r="G38" s="7" t="n">
-        <v>0.0125</v>
+        <v>0.0128</v>
       </c>
       <c r="H38" s="8" t="n">
-        <v>46170</v>
+        <v>46185</v>
       </c>
       <c r="J38" s="6" t="n">
-        <v>6.185</v>
+        <v>6.26</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="n">
         <v>28</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Equitas Small Finance Bank Limited**</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>INE040A16HP9</t>
+          <t>INE063P16BC0</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E39" s="12" t="n">
         <v>2000</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>9607.190000000001</v>
+        <v>9576.34</v>
       </c>
       <c r="G39" s="7" t="n">
-        <v>0.0125</v>
+        <v>0.0127</v>
       </c>
       <c r="H39" s="8" t="n">
-        <v>46185</v>
+        <v>46188</v>
       </c>
       <c r="J39" s="6" t="n">
-        <v>6.2443</v>
+        <v>7.145</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2" t="n">
         <v>29</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Equitas Small Finance Bank Limited**</t>
+          <t>Axis Bank Limited**</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>INE063P16BC0</t>
+          <t>INE238AD6AN0</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E40" s="12" t="n">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>9550.280000000001</v>
+        <v>7349.32</v>
       </c>
       <c r="G40" s="7" t="n">
-        <v>0.0124</v>
+        <v>0.0098</v>
       </c>
       <c r="H40" s="8" t="n">
-        <v>46188</v>
+        <v>46085</v>
       </c>
       <c r="J40" s="6" t="n">
-        <v>7.1025</v>
+        <v>6.0839</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2" t="n">
         <v>30</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>INE040A16HN4</t>
+          <t>INE261F16983</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E41" s="12" t="n">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>9454.639999999999</v>
+        <v>7338.12</v>
       </c>
       <c r="G41" s="7" t="n">
-        <v>0.0123</v>
+        <v>0.0098</v>
       </c>
       <c r="H41" s="8" t="n">
-        <v>46276</v>
+        <v>46094</v>
       </c>
       <c r="J41" s="6" t="n">
-        <v>6.38</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2" t="n">
         <v>31</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Axis Bank Limited</t>
+          <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>INE238AD6AN0</t>
+          <t>INE261F16991</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E42" s="12" t="n">
         <v>1500</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>7331.09</v>
+        <v>7324.94</v>
       </c>
       <c r="G42" s="7" t="n">
-        <v>0.0095</v>
+        <v>0.0097</v>
       </c>
       <c r="H42" s="8" t="n">
-        <v>46085</v>
+        <v>46105</v>
       </c>
       <c r="J42" s="6" t="n">
-        <v>6.05</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2" t="n">
         <v>32</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development**</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
-          <t>INE261F16991</t>
+          <t>INE040A16HC7</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E43" s="12" t="n">
         <v>1500</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>7307.42</v>
+        <v>7309.45</v>
       </c>
       <c r="G43" s="7" t="n">
-        <v>0.0095</v>
+        <v>0.0097</v>
       </c>
       <c r="H43" s="8" t="n">
-        <v>46105</v>
+        <v>46114</v>
       </c>
       <c r="J43" s="6" t="n">
-        <v>6.05</v>
+        <v>6.2601</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2" t="n">
         <v>33</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Indian Bank**</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>INE040A16HC7</t>
+          <t>INE562A16PQ3</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E44" s="12" t="n">
         <v>1500</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>7290.44</v>
+        <v>7276.1</v>
       </c>
       <c r="G44" s="7" t="n">
-        <v>0.0095</v>
+        <v>0.0097</v>
       </c>
       <c r="H44" s="8" t="n">
-        <v>46114</v>
+        <v>46142</v>
       </c>
       <c r="J44" s="6" t="n">
-        <v>6.245</v>
+        <v>6.24</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2" t="n">
         <v>34</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Bank of Baroda**</t>
+          <t>Union Bank of India**</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>INE028A16JR6</t>
+          <t>INE692A16KC9</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E45" s="12" t="n">
         <v>1500</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>7228.22</v>
+        <v>7257.76</v>
       </c>
       <c r="G45" s="7" t="n">
-        <v>0.0094</v>
+        <v>0.009599999999999999</v>
       </c>
       <c r="H45" s="8" t="n">
-        <v>46167</v>
+        <v>46157</v>
       </c>
       <c r="J45" s="6" t="n">
-        <v>6.21</v>
+        <v>6.2474</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2" t="n">
         <v>35</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>Axis Bank Limited</t>
+          <t>Axis Bank Limited**</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>INE238AD6BC1</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E46" s="12" t="n">
         <v>1500</v>
       </c>
       <c r="F46" s="6" t="n">
-        <v>7130.33</v>
+        <v>7145.84</v>
       </c>
       <c r="G46" s="7" t="n">
-        <v>0.009299999999999999</v>
+        <v>0.0095</v>
       </c>
       <c r="H46" s="8" t="n">
         <v>46244</v>
       </c>
       <c r="J46" s="6" t="n">
-        <v>6.3501</v>
+        <v>6.415</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2" t="n">
         <v>36</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Canara Bank**</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
-          <t>INE476A16B64</t>
+          <t>INE040A16HN4</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E47" s="12" t="n">
-        <v>1300</v>
+        <v>1500</v>
       </c>
       <c r="F47" s="6" t="n">
-        <v>6340.4</v>
+        <v>7108.04</v>
       </c>
       <c r="G47" s="7" t="n">
-        <v>0.008200000000000001</v>
+        <v>0.0094</v>
       </c>
       <c r="H47" s="8" t="n">
-        <v>46099</v>
+        <v>46276</v>
       </c>
       <c r="J47" s="6" t="n">
-        <v>6.0051</v>
+        <v>6.41</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2" t="n">
         <v>37</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Small Industries Development Bank of India</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>INE556F16BA8</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E48" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>4908</v>
+        <v>4920.24</v>
       </c>
       <c r="G48" s="7" t="n">
-        <v>0.0064</v>
+        <v>0.0065</v>
       </c>
       <c r="H48" s="8" t="n">
         <v>46059</v>
       </c>
       <c r="J48" s="6" t="n">
-        <v>6.0551</v>
+        <v>6.0999</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2" t="n">
         <v>38</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Bank of Baroda</t>
+          <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>INE028A16JN5</t>
+          <t>INE261F16959</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E49" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F49" s="6" t="n">
-        <v>4906.44</v>
+        <v>4911.5</v>
       </c>
       <c r="G49" s="7" t="n">
-        <v>0.0064</v>
+        <v>0.0065</v>
       </c>
       <c r="H49" s="8" t="n">
-        <v>46062</v>
+        <v>46070</v>
       </c>
       <c r="J49" s="6" t="n">
-        <v>6.0001</v>
+        <v>6.0901</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2" t="n">
         <v>39</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
           <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
-          <t>INE261F16959</t>
+          <t>INE261F16975</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E50" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>4899.46</v>
+        <v>4894.48</v>
       </c>
       <c r="G50" s="7" t="n">
-        <v>0.0064</v>
+        <v>0.0065</v>
       </c>
       <c r="H50" s="8" t="n">
-        <v>46070</v>
+        <v>46091</v>
       </c>
       <c r="J50" s="6" t="n">
-        <v>6.0402</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2" t="n">
         <v>40</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development**</t>
+          <t>Export-Import Bank of India**</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
-          <t>INE261F16975</t>
+          <t>INE514E16CK7</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E51" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F51" s="6" t="n">
-        <v>4882.65</v>
+        <v>4887.22</v>
       </c>
       <c r="G51" s="7" t="n">
-        <v>0.0063</v>
+        <v>0.0065</v>
       </c>
       <c r="H51" s="8" t="n">
-        <v>46091</v>
+        <v>46101</v>
       </c>
       <c r="J51" s="6" t="n">
-        <v>6.05</v>
+        <v>6.0599</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2" t="n">
         <v>41</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Export-Import Bank of India**</t>
+          <t>Punjab National Bank**</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
-          <t>INE514E16CK7</t>
+          <t>INE160A16RP4</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E52" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F52" s="6" t="n">
-        <v>4875.36</v>
+        <v>4882.72</v>
       </c>
       <c r="G52" s="7" t="n">
-        <v>0.0063</v>
+        <v>0.0065</v>
       </c>
       <c r="H52" s="8" t="n">
-        <v>46101</v>
+        <v>46106</v>
       </c>
       <c r="J52" s="6" t="n">
-        <v>6.0201</v>
+        <v>6.0886</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2" t="n">
         <v>42</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
           <t>Indian Bank**</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>INE562A16PB5</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E53" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F53" s="6" t="n">
-        <v>4805.08</v>
+        <v>4816.38</v>
       </c>
       <c r="G53" s="7" t="n">
-        <v>0.0062</v>
+        <v>0.0064</v>
       </c>
       <c r="H53" s="8" t="n">
         <v>46185</v>
       </c>
       <c r="J53" s="6" t="n">
-        <v>6.195</v>
+        <v>6.2399</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2" t="n">
         <v>43</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Axis Bank Limited**</t>
+          <t>Union Bank of India**</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>INE238AD6AU5</t>
+          <t>INE692A16JQ1</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E54" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>4803.96</v>
+        <v>4805.58</v>
       </c>
       <c r="G54" s="7" t="n">
-        <v>0.0062</v>
+        <v>0.0064</v>
       </c>
       <c r="H54" s="8" t="n">
-        <v>46185</v>
+        <v>46198</v>
       </c>
       <c r="J54" s="6" t="n">
-        <v>6.2324</v>
+        <v>6.2574</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2" t="n">
         <v>44</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Union Bank of India**</t>
+          <t>Axis Bank Limited**</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>INE692A16JQ1</t>
+          <t>INE238AD6BJ6</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E55" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F55" s="6" t="n">
-        <v>4795.08</v>
+        <v>4709.28</v>
       </c>
       <c r="G55" s="7" t="n">
-        <v>0.0062</v>
+        <v>0.0063</v>
       </c>
       <c r="H55" s="8" t="n">
-        <v>46198</v>
+        <v>46311</v>
       </c>
       <c r="J55" s="6" t="n">
-        <v>6.1901</v>
+        <v>6.4562</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2" t="n">
         <v>45</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank Limited**</t>
+          <t>Indian Bank**</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>INE237A165Z5</t>
+          <t>INE562A16PP5</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E56" s="12" t="n">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>3919.73</v>
+        <v>4701.81</v>
       </c>
       <c r="G56" s="7" t="n">
-        <v>0.0051</v>
+        <v>0.0062</v>
       </c>
       <c r="H56" s="8" t="n">
-        <v>46071</v>
+        <v>46322</v>
       </c>
       <c r="J56" s="6" t="n">
-        <v>5.9799</v>
+        <v>6.43</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2" t="n">
         <v>46</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>INE261F16918</t>
+          <t>INE556F16BO9</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E57" s="12" t="n">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="F57" s="6" t="n">
-        <v>2459.9</v>
+        <v>4698.42</v>
       </c>
       <c r="G57" s="7" t="n">
-        <v>0.0032</v>
+        <v>0.0062</v>
       </c>
       <c r="H57" s="8" t="n">
-        <v>46045</v>
+        <v>46323</v>
       </c>
       <c r="J57" s="6" t="n">
-        <v>6.0101</v>
+        <v>6.49</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2" t="n">
         <v>47</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Union Bank of India**</t>
+          <t>Kotak Mahindra Bank Limited**</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>INE692A16IM2</t>
+          <t>INE237A165Z5</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E58" s="12" t="n">
-        <v>500</v>
+        <v>800</v>
       </c>
       <c r="F58" s="6" t="n">
-        <v>2458.65</v>
+        <v>3928.88</v>
       </c>
       <c r="G58" s="7" t="n">
-        <v>0.0032</v>
+        <v>0.0052</v>
       </c>
       <c r="H58" s="8" t="n">
-        <v>46049</v>
+        <v>46071</v>
       </c>
       <c r="J58" s="6" t="n">
-        <v>5.96</v>
+        <v>6.062</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2" t="n">
         <v>48</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Canara Bank**</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>INE040A16GE5</t>
+          <t>INE476A16B64</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E59" s="12" t="n">
-        <v>500</v>
+        <v>800</v>
       </c>
       <c r="F59" s="6" t="n">
-        <v>2454.97</v>
+        <v>3910.9</v>
       </c>
       <c r="G59" s="7" t="n">
-        <v>0.0032</v>
+        <v>0.0052</v>
       </c>
       <c r="H59" s="8" t="n">
-        <v>46057</v>
+        <v>46099</v>
       </c>
       <c r="J59" s="6" t="n">
-        <v>6.0313</v>
+        <v>6.0701</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2" t="n">
         <v>49</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development**</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>INE261F16942</t>
+          <t>INE040A16GE5</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E60" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F60" s="6" t="n">
-        <v>2454.11</v>
+        <v>2460.98</v>
       </c>
       <c r="G60" s="7" t="n">
-        <v>0.0032</v>
+        <v>0.0033</v>
       </c>
       <c r="H60" s="8" t="n">
-        <v>46059</v>
+        <v>46057</v>
       </c>
       <c r="J60" s="6" t="n">
-        <v>6.0402</v>
+        <v>6.0918</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2" t="n">
         <v>50</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>INE556F16BD2</t>
+          <t>INE261F16942</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E61" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>2440.84</v>
+        <v>2460.18</v>
       </c>
       <c r="G61" s="7" t="n">
-        <v>0.0032</v>
+        <v>0.0033</v>
       </c>
       <c r="H61" s="8" t="n">
-        <v>46092</v>
+        <v>46059</v>
       </c>
       <c r="J61" s="6" t="n">
-        <v>6.0599</v>
+        <v>6.0901</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2" t="n">
         <v>51</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development**</t>
+          <t>Bank of Baroda</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
-          <t>INE261F16983</t>
+          <t>INE028A16JN5</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E62" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>2440.14</v>
+        <v>2459.04</v>
       </c>
       <c r="G62" s="7" t="n">
-        <v>0.0032</v>
+        <v>0.0033</v>
       </c>
       <c r="H62" s="8" t="n">
-        <v>46094</v>
+        <v>46062</v>
       </c>
       <c r="J62" s="6" t="n">
-        <v>6.05</v>
+        <v>6.0801</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2" t="n">
         <v>52</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Small Industries Development Bank of India</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
-          <t>INE556F16BG5</t>
+          <t>INE556F16BD2</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E63" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F63" s="6" t="n">
-        <v>2434.92</v>
+        <v>2446.84</v>
       </c>
       <c r="G63" s="7" t="n">
-        <v>0.0032</v>
+        <v>0.0033</v>
       </c>
       <c r="H63" s="8" t="n">
-        <v>46107</v>
+        <v>46092</v>
       </c>
       <c r="J63" s="6" t="n">
-        <v>6.0599</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2" t="n">
         <v>53</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>IDFC First Bank Limited**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
-          <t>INE092T16YI0</t>
+          <t>INE556F16BG5</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E64" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F64" s="6" t="n">
-        <v>2408.04</v>
+        <v>2440.85</v>
       </c>
       <c r="G64" s="7" t="n">
-        <v>0.0031</v>
+        <v>0.0032</v>
       </c>
       <c r="H64" s="8" t="n">
-        <v>46167</v>
+        <v>46107</v>
       </c>
       <c r="J64" s="6" t="n">
-        <v>6.3075</v>
+        <v>6.1001</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2" t="n">
         <v>54</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
           <t>IDFC First Bank Limited**</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>INE092T16YJ8</t>
+          <t>INE092T16YI0</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E65" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F65" s="6" t="n">
-        <v>2407.24</v>
+        <v>2412.67</v>
       </c>
       <c r="G65" s="7" t="n">
-        <v>0.0031</v>
+        <v>0.0032</v>
       </c>
       <c r="H65" s="8" t="n">
-        <v>46169</v>
+        <v>46167</v>
       </c>
       <c r="J65" s="6" t="n">
-        <v>6.3075</v>
+        <v>6.445</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2" t="n">
         <v>55</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>IDFC First Bank Limited**</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>INE040A16HB9</t>
+          <t>INE092T16YJ8</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E66" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F66" s="6" t="n">
-        <v>2397.02</v>
+        <v>2411.84</v>
       </c>
       <c r="G66" s="7" t="n">
-        <v>0.0031</v>
+        <v>0.0032</v>
       </c>
       <c r="H66" s="8" t="n">
+        <v>46169</v>
+      </c>
+      <c r="J66" s="6" t="n">
+        <v>6.445</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="2" t="n">
+        <v>56</v>
+      </c>
+      <c r="B67" s="2" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C67" s="2" t="inlineStr">
+        <is>
+          <t>INE238AD6AU5</t>
+        </is>
+      </c>
+      <c r="D67" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E67" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F67" s="6" t="n">
+        <v>2407.77</v>
+      </c>
+      <c r="G67" s="7" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="H67" s="8" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J67" s="6" t="n">
+        <v>6.2699</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="2" t="n">
+        <v>57</v>
+      </c>
+      <c r="B68" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C68" s="2" t="inlineStr">
+        <is>
+          <t>INE040A16HB9</t>
+        </is>
+      </c>
+      <c r="D68" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E68" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F68" s="6" t="n">
+        <v>2403.14</v>
+      </c>
+      <c r="G68" s="7" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="H68" s="8" t="n">
         <v>46197</v>
       </c>
-      <c r="J66" s="6" t="n">
-[...5 lines deleted...]
-      <c r="B67" s="9" t="inlineStr">
+      <c r="J68" s="6" t="n">
+        <v>6.2601</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="9" t="n"/>
+      <c r="B69" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C67" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B69" s="4" t="inlineStr">
+      <c r="C69" s="9" t="n"/>
+      <c r="D69" s="9" t="n"/>
+      <c r="E69" s="9" t="n"/>
+      <c r="F69" s="10" t="n">
+        <v>487117.37</v>
+      </c>
+      <c r="G69" s="11" t="n">
+        <v>0.647</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="B71" s="4" t="inlineStr">
         <is>
           <t>Commercial Papers</t>
         </is>
       </c>
     </row>
-    <row r="70">
-      <c r="B70" s="4" t="inlineStr">
+    <row r="72">
+      <c r="B72" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
-      </c>
-[...68 lines deleted...]
-        <v>6.8651</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="2" t="n">
         <v>58</v>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>Axis Securities Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C73" s="2" t="inlineStr">
         <is>
-          <t>INE110O14EV1</t>
+          <t>INE134E14AX6</t>
         </is>
       </c>
       <c r="D73" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E73" s="12" t="n">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>9764.84</v>
+        <v>12156.41</v>
       </c>
       <c r="G73" s="7" t="n">
-        <v>0.0127</v>
+        <v>0.0162</v>
       </c>
       <c r="H73" s="8" t="n">
-        <v>46077</v>
+        <v>46127</v>
       </c>
       <c r="J73" s="6" t="n">
-        <v>6.71</v>
+        <v>6.2524</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="2" t="n">
         <v>59</v>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>Kotak Securities Limited**</t>
+          <t>Bahadur Chand Investments Private Limited**</t>
         </is>
       </c>
       <c r="C74" s="2" t="inlineStr">
         <is>
-          <t>INE028E14SR4</t>
+          <t>INE087M14BX7</t>
         </is>
       </c>
       <c r="D74" s="2" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E74" s="12" t="n">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="F74" s="6" t="n">
-        <v>9760.809999999999</v>
+        <v>11744.32</v>
       </c>
       <c r="G74" s="7" t="n">
-        <v>0.0127</v>
+        <v>0.0156</v>
       </c>
       <c r="H74" s="8" t="n">
-        <v>46080</v>
+        <v>46269</v>
       </c>
       <c r="J74" s="6" t="n">
-        <v>6.6751</v>
+        <v>7.65</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2" t="n">
         <v>60</v>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>Standard Chartered Capital Limited**</t>
+          <t>ICICI Securities Limited**</t>
         </is>
       </c>
       <c r="C75" s="2" t="inlineStr">
         <is>
-          <t>INE403G14TM3</t>
+          <t>INE763G14WW3</t>
         </is>
       </c>
       <c r="D75" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E75" s="12" t="n">
         <v>2000</v>
       </c>
       <c r="F75" s="6" t="n">
-        <v>9601.01</v>
+        <v>9826.85</v>
       </c>
       <c r="G75" s="7" t="n">
-        <v>0.0125</v>
+        <v>0.0131</v>
       </c>
       <c r="H75" s="8" t="n">
-        <v>46161</v>
+        <v>46057</v>
       </c>
       <c r="J75" s="6" t="n">
-        <v>7.055</v>
+        <v>6.7698</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="2" t="n">
         <v>61</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Cholamandalam Investment and Finance Company Limited**</t>
+          <t>Kotak Securities Limited**</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
-          <t>INE121A14XW5</t>
+          <t>INE028E14SR4</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E76" s="12" t="n">
         <v>2000</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>9565.57</v>
+        <v>9785.82</v>
       </c>
       <c r="G76" s="7" t="n">
-        <v>0.0124</v>
+        <v>0.013</v>
       </c>
       <c r="H76" s="8" t="n">
-        <v>46188</v>
+        <v>46080</v>
       </c>
       <c r="J76" s="6" t="n">
-        <v>6.8499</v>
+        <v>6.7701</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="2" t="n">
         <v>62</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>Julius Baer Capital (India) Private Limited**</t>
+          <t>Standard Chartered Capital Limited**</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>INE824H14SL2</t>
+          <t>INE403G14TM3</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E77" s="12" t="n">
         <v>2000</v>
       </c>
       <c r="F77" s="6" t="n">
-        <v>9539.91</v>
+        <v>9630.110000000001</v>
       </c>
       <c r="G77" s="7" t="n">
-        <v>0.0124</v>
+        <v>0.0128</v>
       </c>
       <c r="H77" s="8" t="n">
-        <v>46191</v>
+        <v>46161</v>
       </c>
       <c r="J77" s="6" t="n">
-        <v>7.1851</v>
+        <v>7.045</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="2" t="n">
         <v>63</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Angel One Limited**</t>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>INE732I14BO5</t>
+          <t>INE121A14XW5</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E78" s="12" t="n">
-        <v>1700</v>
+        <v>2000</v>
       </c>
       <c r="F78" s="6" t="n">
-        <v>8340.66</v>
+        <v>9589.700000000001</v>
       </c>
       <c r="G78" s="7" t="n">
-        <v>0.0108</v>
+        <v>0.0127</v>
       </c>
       <c r="H78" s="8" t="n">
-        <v>46035</v>
+        <v>46188</v>
       </c>
       <c r="J78" s="6" t="n">
-        <v>7.8351</v>
+        <v>6.91</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="2" t="n">
         <v>64</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>ICICI Securities Limited**</t>
+          <t>Julius Baer Capital (India) Private Limited**</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
-          <t>INE763G14XX9</t>
+          <t>INE824H14SL2</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E79" s="12" t="n">
-        <v>1500</v>
+        <v>2000</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>7310.79</v>
+        <v>9566.940000000001</v>
       </c>
       <c r="G79" s="7" t="n">
-        <v>0.0095</v>
+        <v>0.0127</v>
       </c>
       <c r="H79" s="8" t="n">
-        <v>46087</v>
+        <v>46191</v>
       </c>
       <c r="J79" s="6" t="n">
-        <v>6.6998</v>
+        <v>7.215</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="2" t="n">
         <v>65</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>HDFC Securities Limited**</t>
+          <t>Angel One Limited**</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
-          <t>INE700G14QD7</t>
+          <t>INE732I14BO5</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E80" s="12" t="n">
-        <v>1500</v>
+        <v>1700</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>7301.64</v>
+        <v>8369.190000000001</v>
       </c>
       <c r="G80" s="7" t="n">
-        <v>0.0095</v>
+        <v>0.0111</v>
       </c>
       <c r="H80" s="8" t="n">
-        <v>46094</v>
+        <v>46035</v>
       </c>
       <c r="J80" s="6" t="n">
-        <v>6.7</v>
+        <v>7.815</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="2" t="n">
         <v>66</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Cholamandalam Investment and Finance Company Limited**</t>
+          <t>HDFC Securities Limited**</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>INE121A14XU9</t>
+          <t>INE700G14QD7</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E81" s="12" t="n">
         <v>1500</v>
       </c>
       <c r="F81" s="6" t="n">
-        <v>7207.82</v>
+        <v>7320.05</v>
       </c>
       <c r="G81" s="7" t="n">
-        <v>0.0094</v>
+        <v>0.0097</v>
       </c>
       <c r="H81" s="8" t="n">
-        <v>46162</v>
+        <v>46094</v>
       </c>
       <c r="J81" s="6" t="n">
-        <v>6.85</v>
+        <v>6.7975</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="2" t="n">
         <v>67</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Motilal Oswal Finvest Limited**</t>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
-          <t>INE01WN14BU3</t>
+          <t>INE121A14XU9</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E82" s="12" t="n">
         <v>1500</v>
       </c>
       <c r="F82" s="6" t="n">
-        <v>7145.85</v>
+        <v>7226.38</v>
       </c>
       <c r="G82" s="7" t="n">
-        <v>0.009299999999999999</v>
+        <v>0.009599999999999999</v>
       </c>
       <c r="H82" s="8" t="n">
-        <v>46188</v>
+        <v>46162</v>
       </c>
       <c r="J82" s="6" t="n">
-        <v>7.475</v>
+        <v>6.9101</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="2" t="n">
         <v>68</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Bharti Telecom Limited**</t>
+          <t>Motilal Oswal Finvest Limited**</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
-          <t>INE403D14544</t>
+          <t>INE01WN14BU3</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E83" s="12" t="n">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="F83" s="6" t="n">
-        <v>4999.07</v>
+        <v>7166.96</v>
       </c>
       <c r="G83" s="7" t="n">
-        <v>0.0065</v>
+        <v>0.0095</v>
       </c>
       <c r="H83" s="8" t="n">
-        <v>45947</v>
+        <v>46188</v>
       </c>
       <c r="J83" s="6" t="n">
-        <v>6.8085</v>
+        <v>7.505</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="2" t="n">
         <v>69</v>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Kotak Securities Limited**</t>
+          <t>Kotak Securities Limited</t>
         </is>
       </c>
       <c r="C84" s="2" t="inlineStr">
         <is>
           <t>INE028E14TC4</t>
         </is>
       </c>
       <c r="D84" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E84" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F84" s="6" t="n">
-        <v>4934.08</v>
+        <v>4948.61</v>
       </c>
       <c r="G84" s="7" t="n">
-        <v>0.0064</v>
+        <v>0.0066</v>
       </c>
       <c r="H84" s="8" t="n">
         <v>46021</v>
       </c>
       <c r="J84" s="6" t="n">
-        <v>6.5024</v>
+        <v>6.4248</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="2" t="n">
         <v>70</v>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
           <t>ICICI Securities Limited**</t>
         </is>
       </c>
       <c r="C85" s="2" t="inlineStr">
         <is>
           <t>INE763G14XA7</t>
         </is>
       </c>
       <c r="D85" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E85" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F85" s="6" t="n">
-        <v>4898.4</v>
+        <v>4911.64</v>
       </c>
       <c r="G85" s="7" t="n">
-        <v>0.0064</v>
+        <v>0.0065</v>
       </c>
       <c r="H85" s="8" t="n">
         <v>46059</v>
       </c>
       <c r="J85" s="6" t="n">
-        <v>6.6998</v>
+        <v>6.77</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="2" t="n">
         <v>71</v>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
           <t>Muthoot Finance Limited**</t>
         </is>
       </c>
       <c r="C86" s="2" t="inlineStr">
         <is>
           <t>INE414G14UH8</t>
         </is>
       </c>
       <c r="D86" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E86" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F86" s="6" t="n">
-        <v>4892.34</v>
+        <v>4905.66</v>
       </c>
       <c r="G86" s="7" t="n">
-        <v>0.0064</v>
+        <v>0.0065</v>
       </c>
       <c r="H86" s="8" t="n">
         <v>46063</v>
       </c>
       <c r="J86" s="6" t="n">
-        <v>6.8651</v>
+        <v>6.9499</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="2" t="n">
         <v>72</v>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Investments Limited**</t>
+          <t>ICICI Securities Limited</t>
         </is>
       </c>
       <c r="C87" s="2" t="inlineStr">
         <is>
-          <t>INE975F14A01</t>
+          <t>INE763G14XX9</t>
         </is>
       </c>
       <c r="D87" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E87" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F87" s="6" t="n">
-        <v>4858.8</v>
+        <v>4886.7</v>
       </c>
       <c r="G87" s="7" t="n">
-        <v>0.0063</v>
+        <v>0.0065</v>
       </c>
       <c r="H87" s="8" t="n">
-        <v>46108</v>
+        <v>46087</v>
       </c>
       <c r="J87" s="6" t="n">
-        <v>6.5475</v>
+        <v>6.7701</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="2" t="n">
         <v>73</v>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>ICICI Securities Limited**</t>
+          <t>Kotak Mahindra Investments Limited**</t>
         </is>
       </c>
       <c r="C88" s="2" t="inlineStr">
         <is>
-          <t>INE763G14YN8</t>
+          <t>INE975F14A01</t>
         </is>
       </c>
       <c r="D88" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E88" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>4803.48</v>
+        <v>4871.06</v>
       </c>
       <c r="G88" s="7" t="n">
-        <v>0.0062</v>
+        <v>0.0065</v>
       </c>
       <c r="H88" s="8" t="n">
-        <v>46164</v>
+        <v>46108</v>
       </c>
       <c r="J88" s="6" t="n">
-        <v>6.8499</v>
+        <v>6.6175</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="2" t="n">
         <v>74</v>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Prime Limited**</t>
+          <t>ICICI Securities Limited**</t>
         </is>
       </c>
       <c r="C89" s="2" t="inlineStr">
         <is>
-          <t>INE916D145K4</t>
+          <t>INE763G14YN8</t>
         </is>
       </c>
       <c r="D89" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E89" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F89" s="6" t="n">
-        <v>4795.92</v>
+        <v>4816.99</v>
       </c>
       <c r="G89" s="7" t="n">
-        <v>0.0062</v>
+        <v>0.0064</v>
       </c>
       <c r="H89" s="8" t="n">
-        <v>46178</v>
+        <v>46164</v>
       </c>
       <c r="J89" s="6" t="n">
-        <v>6.695</v>
+        <v>6.865</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="2" t="n">
         <v>75</v>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
           <t>Standard Chartered Securities (India) Limited**</t>
         </is>
       </c>
       <c r="C90" s="2" t="inlineStr">
         <is>
           <t>INE472H14706</t>
         </is>
       </c>
       <c r="D90" s="2" t="inlineStr">
         <is>
           <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E90" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F90" s="6" t="n">
-        <v>4767.22</v>
+        <v>4780.84</v>
       </c>
       <c r="G90" s="7" t="n">
-        <v>0.0062</v>
+        <v>0.0064</v>
       </c>
       <c r="H90" s="8" t="n">
         <v>46192</v>
       </c>
       <c r="J90" s="6" t="n">
-        <v>7.245</v>
+        <v>7.275</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="2" t="n">
         <v>76</v>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>NTPC Limited**</t>
+          <t>Indostar Capital Finance Limited**</t>
         </is>
       </c>
       <c r="C91" s="2" t="inlineStr">
         <is>
-          <t>INE733E14BU9</t>
+          <t>INE896L14ET5</t>
         </is>
       </c>
       <c r="D91" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E91" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F91" s="6" t="n">
-        <v>2441.75</v>
+        <v>2477.21</v>
       </c>
       <c r="G91" s="7" t="n">
-        <v>0.0032</v>
+        <v>0.0033</v>
       </c>
       <c r="H91" s="8" t="n">
-        <v>46091</v>
+        <v>46003</v>
       </c>
       <c r="J91" s="6" t="n">
-        <v>6.0051</v>
+        <v>8.1897</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="2" t="n">
         <v>77</v>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>Motilal Oswal Financial Services Limited**</t>
+          <t>NTPC Limited**</t>
         </is>
       </c>
       <c r="C92" s="2" t="inlineStr">
         <is>
-          <t>INE338I14JJ4</t>
+          <t>INE733E14BU9</t>
         </is>
       </c>
       <c r="D92" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E92" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F92" s="6" t="n">
-        <v>2437.45</v>
+        <v>2447.5</v>
       </c>
       <c r="G92" s="7" t="n">
-        <v>0.0032</v>
+        <v>0.0033</v>
       </c>
       <c r="H92" s="8" t="n">
-        <v>46077</v>
+        <v>46091</v>
       </c>
       <c r="J92" s="6" t="n">
-        <v>7.1501</v>
+        <v>6.0699</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="2" t="n">
         <v>78</v>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Hero Housing Finance Limited**</t>
+          <t>Motilal Oswal Financial Services Limited**</t>
         </is>
       </c>
       <c r="C93" s="2" t="inlineStr">
         <is>
-          <t>INE800X14366</t>
+          <t>INE338I14JJ4</t>
         </is>
       </c>
       <c r="D93" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E93" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F93" s="6" t="n">
-        <v>2415.64</v>
+        <v>2444.49</v>
       </c>
       <c r="G93" s="7" t="n">
-        <v>0.0031</v>
+        <v>0.0032</v>
       </c>
       <c r="H93" s="8" t="n">
-        <v>46140</v>
+        <v>46077</v>
       </c>
       <c r="J93" s="6" t="n">
-        <v>6.5701</v>
+        <v>7.2076</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="2" t="n">
         <v>79</v>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
           <t>Hero Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C94" s="2" t="inlineStr">
         <is>
-          <t>INE800X14358</t>
+          <t>INE800X14366</t>
         </is>
       </c>
       <c r="D94" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E94" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F94" s="6" t="n">
-        <v>2402.69</v>
+        <v>2422.27</v>
       </c>
       <c r="G94" s="7" t="n">
-        <v>0.0031</v>
+        <v>0.0032</v>
       </c>
       <c r="H94" s="8" t="n">
-        <v>46171</v>
+        <v>46140</v>
       </c>
       <c r="J94" s="6" t="n">
-        <v>6.57</v>
+        <v>6.58</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="2" t="n">
         <v>80</v>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Cholamandalam Investment and Finance Company Limited**</t>
+          <t>Hero Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C95" s="2" t="inlineStr">
         <is>
-          <t>INE121A14XO2</t>
+          <t>INE800X14358</t>
         </is>
       </c>
       <c r="D95" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E95" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F95" s="6" t="n">
-        <v>2400.01</v>
+        <v>2409.23</v>
       </c>
       <c r="G95" s="7" t="n">
-        <v>0.0031</v>
+        <v>0.0032</v>
       </c>
       <c r="H95" s="8" t="n">
-        <v>46168</v>
+        <v>46171</v>
       </c>
       <c r="J95" s="6" t="n">
-        <v>6.8501</v>
+        <v>6.58</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="2" t="n">
         <v>81</v>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Motilal Oswal Financial Services Limited**</t>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
         </is>
       </c>
       <c r="C96" s="2" t="inlineStr">
         <is>
-          <t>INE338I14KS3</t>
+          <t>INE121A14XO2</t>
         </is>
       </c>
       <c r="D96" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E96" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F96" s="6" t="n">
-        <v>2384.46</v>
+        <v>2406.16</v>
       </c>
       <c r="G96" s="7" t="n">
-        <v>0.0031</v>
+        <v>0.0032</v>
       </c>
       <c r="H96" s="8" t="n">
-        <v>46185</v>
+        <v>46168</v>
       </c>
       <c r="J96" s="6" t="n">
-        <v>7.3999</v>
+        <v>6.9101</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="2" t="n">
         <v>82</v>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
           <t>Motilal Oswal Financial Services Limited**</t>
         </is>
       </c>
       <c r="C97" s="2" t="inlineStr">
         <is>
-          <t>INE338I14KQ7</t>
+          <t>INE338I14KS3</t>
         </is>
       </c>
       <c r="D97" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E97" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F97" s="6" t="n">
-        <v>2383.08</v>
+        <v>2391.44</v>
       </c>
       <c r="G97" s="7" t="n">
-        <v>0.0031</v>
+        <v>0.0032</v>
       </c>
       <c r="H97" s="8" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J97" s="6" t="n">
+        <v>7.43</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="2" t="n">
+        <v>83</v>
+      </c>
+      <c r="B98" s="2" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C98" s="2" t="inlineStr">
+        <is>
+          <t>INE338I14KQ7</t>
+        </is>
+      </c>
+      <c r="D98" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E98" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F98" s="6" t="n">
+        <v>2390.05</v>
+      </c>
+      <c r="G98" s="7" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="H98" s="8" t="n">
         <v>46188</v>
       </c>
-      <c r="J97" s="6" t="n">
-[...5 lines deleted...]
-      <c r="B98" s="9" t="inlineStr">
+      <c r="J98" s="6" t="n">
+        <v>7.43</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="9" t="n"/>
+      <c r="B99" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C98" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B100" s="4" t="inlineStr">
+      <c r="C99" s="9" t="n"/>
+      <c r="D99" s="9" t="n"/>
+      <c r="E99" s="9" t="n"/>
+      <c r="F99" s="10" t="n">
+        <v>155892.58</v>
+      </c>
+      <c r="G99" s="11" t="n">
+        <v>0.2072</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="B101" s="4" t="inlineStr">
         <is>
           <t>Treasury Bill</t>
         </is>
-      </c>
-[...33 lines deleted...]
-        <v>5.4065</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="2" t="n">
         <v>84</v>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
           <t>364 DAYS T-BILL 2026</t>
         </is>
       </c>
       <c r="C102" s="2" t="inlineStr">
         <is>
           <t>IN002024Z487</t>
         </is>
       </c>
       <c r="D102" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E102" s="12" t="n">
         <v>10000000</v>
       </c>
       <c r="F102" s="6" t="n">
-        <v>9783.969999999999</v>
+        <v>9806.709999999999</v>
       </c>
       <c r="G102" s="7" t="n">
-        <v>0.0127</v>
+        <v>0.013</v>
       </c>
       <c r="H102" s="8" t="n">
         <v>46093</v>
       </c>
       <c r="J102" s="6" t="n">
-        <v>5.4824</v>
+        <v>5.4919</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="2" t="n">
         <v>85</v>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>364 DAYS T-BILL 2026</t>
+          <t>364 DAYS T-BILL 2025</t>
         </is>
       </c>
       <c r="C103" s="2" t="inlineStr">
         <is>
-          <t>IN002024Z420</t>
+          <t>IN002024Z362</t>
         </is>
       </c>
       <c r="D103" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E103" s="12" t="n">
-        <v>5000000</v>
+        <v>7500000</v>
       </c>
       <c r="F103" s="6" t="n">
-        <v>4922.73</v>
+        <v>7448.05</v>
       </c>
       <c r="G103" s="7" t="n">
-        <v>0.0064</v>
+        <v>0.009900000000000001</v>
       </c>
       <c r="H103" s="8" t="n">
-        <v>46051</v>
+        <v>46009</v>
       </c>
       <c r="J103" s="6" t="n">
-        <v>5.4564</v>
+        <v>5.4174</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="2" t="n">
         <v>86</v>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
           <t>364 DAYS T-BILL 2026</t>
         </is>
       </c>
       <c r="C104" s="2" t="inlineStr">
         <is>
-          <t>IN002025Z211</t>
+          <t>IN002024Z420</t>
         </is>
       </c>
       <c r="D104" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E104" s="12" t="n">
         <v>5000000</v>
       </c>
       <c r="F104" s="6" t="n">
-        <v>4776.97</v>
+        <v>4934.54</v>
       </c>
       <c r="G104" s="7" t="n">
-        <v>0.0062</v>
+        <v>0.0066</v>
       </c>
       <c r="H104" s="8" t="n">
-        <v>46254</v>
+        <v>46051</v>
       </c>
       <c r="J104" s="6" t="n">
-        <v>5.533</v>
+        <v>5.44</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="2" t="n">
         <v>87</v>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
           <t>364 DAYS T-BILL 2026</t>
         </is>
       </c>
       <c r="C105" s="2" t="inlineStr">
         <is>
-          <t>IN002024Z495</t>
+          <t>IN002025Z211</t>
         </is>
       </c>
       <c r="D105" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E105" s="12" t="n">
-        <v>3500000</v>
+        <v>5000000</v>
       </c>
       <c r="F105" s="6" t="n">
-        <v>3420.8</v>
+        <v>4786.54</v>
       </c>
       <c r="G105" s="7" t="n">
-        <v>0.0044</v>
+        <v>0.0064</v>
       </c>
       <c r="H105" s="8" t="n">
-        <v>46100</v>
+        <v>46254</v>
       </c>
       <c r="J105" s="6" t="n">
-        <v>5.4875</v>
+        <v>5.5746</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="2" t="n">
         <v>88</v>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
           <t>364 DAYS T-BILL 2026</t>
         </is>
       </c>
       <c r="C106" s="2" t="inlineStr">
         <is>
-          <t>IN002025Z054</t>
+          <t>IN002024Z495</t>
         </is>
       </c>
       <c r="D106" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E106" s="12" t="n">
-        <v>2500000</v>
+        <v>3500000</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>2427.74</v>
+        <v>3428.78</v>
       </c>
       <c r="G106" s="7" t="n">
-        <v>0.0032</v>
+        <v>0.0046</v>
       </c>
       <c r="H106" s="8" t="n">
-        <v>46143</v>
+        <v>46100</v>
       </c>
       <c r="J106" s="6" t="n">
-        <v>5.5147</v>
+        <v>5.4944</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="2" t="n">
         <v>89</v>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>364 DAYS T-BILL 2025</t>
+          <t>364 DAYS T-BILL 2026</t>
         </is>
       </c>
       <c r="C107" s="2" t="inlineStr">
         <is>
-          <t>IN002024Z305</t>
+          <t>IN002025Z054</t>
         </is>
       </c>
       <c r="D107" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E107" s="12" t="n">
-        <v>500000</v>
+        <v>2500000</v>
       </c>
       <c r="F107" s="6" t="n">
-        <v>498.45</v>
+        <v>2432.8</v>
       </c>
       <c r="G107" s="7" t="n">
-        <v>0.0005999999999999999</v>
+        <v>0.0032</v>
       </c>
       <c r="H107" s="8" t="n">
-        <v>45967</v>
+        <v>46143</v>
       </c>
       <c r="J107" s="6" t="n">
-        <v>5.3979</v>
+        <v>5.5702</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="9" t="n"/>
       <c r="B108" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C108" s="9" t="n"/>
       <c r="D108" s="9" t="n"/>
       <c r="E108" s="9" t="n"/>
       <c r="F108" s="10" t="n">
-        <v>35738.21</v>
+        <v>32837.42</v>
       </c>
       <c r="G108" s="11" t="n">
-        <v>0.0464</v>
+        <v>0.0437</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="2" t="n">
         <v>90</v>
       </c>
       <c r="B110" s="4" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
       <c r="F110" s="6" t="n">
-        <v>21090.23</v>
+        <v>8388.17</v>
       </c>
       <c r="G110" s="7" t="n">
-        <v>0.0274</v>
+        <v>0.0112</v>
       </c>
       <c r="H110" s="8" t="n">
-        <v>45946</v>
+        <v>45964</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="9" t="n"/>
       <c r="B111" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C111" s="9" t="n"/>
       <c r="D111" s="9" t="n"/>
       <c r="E111" s="9" t="n"/>
       <c r="F111" s="10" t="n">
-        <v>21090.23</v>
+        <v>8388.17</v>
       </c>
       <c r="G111" s="11" t="n">
-        <v>0.0274</v>
+        <v>0.0112</v>
       </c>
     </row>
     <row r="113">
       <c r="B113" s="4" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="2" t="n">
         <v>91</v>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
           <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
         </is>
       </c>
       <c r="C114" s="2" t="inlineStr">
         <is>
           <t>INF0RQ622028</t>
         </is>
       </c>
       <c r="E114" s="12" t="n">
         <v>11907.456</v>
       </c>
       <c r="F114" s="6" t="n">
-        <v>1359.47</v>
+        <v>1362.32</v>
       </c>
       <c r="G114" s="7" t="n">
         <v>0.0018</v>
       </c>
       <c r="J114" s="6" t="n"/>
     </row>
     <row r="115">
       <c r="A115" s="9" t="n"/>
       <c r="B115" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C115" s="9" t="n"/>
       <c r="D115" s="9" t="n"/>
       <c r="E115" s="9" t="n"/>
       <c r="F115" s="10" t="n">
-        <v>1359.47</v>
+        <v>1362.32</v>
       </c>
       <c r="G115" s="11" t="n">
         <v>0.0018</v>
       </c>
     </row>
     <row r="117">
       <c r="B117" s="4" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="118">
       <c r="B118" s="2" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
       <c r="E118" s="12" t="n"/>
       <c r="F118" s="6" t="n">
-        <v>-18768.99</v>
+        <v>-3603.71</v>
       </c>
       <c r="G118" s="7" t="n">
-        <v>-0.0242</v>
+        <v>-0.0045</v>
       </c>
       <c r="J118" s="6" t="n"/>
     </row>
     <row r="119">
       <c r="A119" s="9" t="n"/>
       <c r="B119" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C119" s="9" t="n"/>
       <c r="D119" s="9" t="n"/>
       <c r="E119" s="9" t="n"/>
       <c r="F119" s="10" t="n">
-        <v>-18768.99</v>
+        <v>-3603.71</v>
       </c>
       <c r="G119" s="11" t="n">
-        <v>-0.0242</v>
+        <v>-0.0045</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="n"/>
       <c r="B121" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
       <c r="C121" s="5" t="n"/>
       <c r="D121" s="5" t="n"/>
       <c r="E121" s="5" t="n"/>
       <c r="F121" s="13" t="n">
-        <v>769426.67</v>
+        <v>752415.5</v>
       </c>
       <c r="G121" s="14" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="2" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="2" t="n">
         <v>1</v>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
     <row r="124" ht="40.5" customHeight="1" s="74">
-      <c r="A124" s="15" t="n">
+      <c r="A124" s="16" t="n">
         <v>2</v>
       </c>
-      <c r="B124" s="15" t="inlineStr">
-[...1 lines deleted...]
-          <t>As on October 15, 2025, the aggregate investments by the schemes of DSP Mutual Fund in DSP Savings Fund is  ₹59,884.10 Lakhs.</t>
+      <c r="B124" s="16" t="inlineStr">
+        <is>
+          <t>As on October 31, 2025, the aggregate investments by the schemes of DSP Mutual Fund in DSP Savings Fund is  ₹ 60,026.73 Lakhs.</t>
         </is>
       </c>
     </row>
     <row r="125">
-      <c r="A125" s="15" t="n">
+      <c r="A125" s="16" t="n">
         <v>3</v>
       </c>
-      <c r="B125" s="15" t="inlineStr">
+      <c r="B125" s="16" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
     <row r="126" ht="27" customHeight="1" s="74">
-      <c r="A126" s="15" t="n">
+      <c r="A126" s="16" t="n">
         <v>4</v>
       </c>
-      <c r="B126" s="15" t="inlineStr">
-[...1 lines deleted...]
-          <t>Net Assets does not include unit activity for the day of the Portfolio</t>
+      <c r="B126" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
         </is>
       </c>
     </row>
     <row r="130" ht="14.5" customHeight="1" s="74">
-      <c r="B130" s="1" t="inlineStr">
+      <c r="B130" s="98" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
     <row r="144" ht="14.5" customHeight="1" s="74">
-      <c r="B144" s="1" t="inlineStr">
+      <c r="B144" s="98" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Money Market A-I Index</t>
         </is>
       </c>
     </row>
     <row r="159">
-      <c r="B159" s="16" t="n"/>
-      <c r="C159" s="18" t="inlineStr">
+      <c r="B159" s="17" t="n"/>
+      <c r="C159" s="19" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
     <row r="160">
-      <c r="B160" s="16" t="inlineStr">
+      <c r="B160" s="17" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C160" s="18" t="inlineStr">
+      <c r="C160" s="19" t="inlineStr">
         <is>
           <t>DSP Savings Fund</t>
         </is>
       </c>
     </row>
     <row r="161">
-      <c r="B161" s="16" t="inlineStr">
+      <c r="B161" s="17" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C161" s="19" t="n"/>
+      <c r="C161" s="20" t="n"/>
     </row>
     <row r="162">
-      <c r="B162" s="16" t="inlineStr">
+      <c r="B162" s="17" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C162" s="20" t="n">
-        <v>0.0623</v>
+      <c r="C162" s="21" t="n">
+        <v>0.0631</v>
       </c>
     </row>
     <row r="163">
-      <c r="B163" s="16" t="inlineStr">
+      <c r="B163" s="17" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C163" s="95" t="n">
-        <v>0.5</v>
+      <c r="C163" s="20" t="n">
+        <v>0.48</v>
       </c>
     </row>
     <row r="164">
-      <c r="B164" s="16" t="inlineStr">
+      <c r="B164" s="17" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C164" s="95" t="n">
-        <v>0.5</v>
+      <c r="C164" s="20" t="n">
+        <v>0.48</v>
       </c>
     </row>
     <row r="165">
-      <c r="B165" s="16" t="inlineStr">
+      <c r="B165" s="17" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C165" s="21" t="n">
-        <v>45945</v>
+      <c r="C165" s="22" t="n">
+        <v>45961</v>
       </c>
     </row>
     <row r="166">
-      <c r="B166" s="17" t="inlineStr">
+      <c r="B166" s="18" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C166" s="18" t="n"/>
+      <c r="C166" s="19" t="n"/>
+    </row>
+    <row r="169">
+      <c r="B169" s="4" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ICRON Research</dc:creator>
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>