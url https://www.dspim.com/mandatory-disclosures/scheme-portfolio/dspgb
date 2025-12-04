--- v1 (2025-11-08)
+++ v2 (2025-12-04)
@@ -1,79 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="945" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="938" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="SAVINGS" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
   <fonts count="22">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -158,50 +152,58 @@
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
@@ -336,315 +338,298 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="101">
+  <cellXfs count="96">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...35 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...53 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...9 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
@@ -694,116 +679,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>131</row>
+      <row>128</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>140</row>
+      <row>137</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="23056850"/>
+          <a:off x="457200" y="22713950"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>145</row>
+      <row>142</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>154</row>
+      <row>151</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="25469850"/>
+          <a:off x="457200" y="25126950"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1045,3730 +1030,3647 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L169"/>
+  <dimension ref="A1:L163"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="51.54296875" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="18.81640625" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="12.26953125" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="72">
+      <c r="A1" s="71" t="n"/>
+      <c r="B1" s="71" t="inlineStr">
         <is>
           <t>DSP Savings Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on November 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>5.63% GOI 2026</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>IN0020210012</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E8" s="12" t="n">
+      <c r="E8" s="11" t="n">
         <v>39500000</v>
       </c>
-      <c r="F8" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H8" s="8" t="n">
+      <c r="F8" s="5" t="n">
+        <v>39720.42</v>
+      </c>
+      <c r="G8" s="6" t="n">
+        <v>0.0545</v>
+      </c>
+      <c r="H8" s="7" t="n">
         <v>46124</v>
       </c>
-      <c r="J8" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K8" s="4" t="inlineStr">
+      <c r="J8" s="5" t="n">
+        <v>5.5731</v>
+      </c>
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>7.59% GOI 2026</t>
         </is>
       </c>
-      <c r="C9" s="2" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>IN0020150093</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E9" s="12" t="n">
+      <c r="E9" s="11" t="n">
         <v>30000000</v>
       </c>
-      <c r="F9" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H9" s="8" t="n">
+      <c r="F9" s="5" t="n">
+        <v>30882.54</v>
+      </c>
+      <c r="G9" s="6" t="n">
+        <v>0.0424</v>
+      </c>
+      <c r="H9" s="7" t="n">
         <v>46033</v>
       </c>
-      <c r="J9" s="6" t="n">
-[...8 lines deleted...]
-        <v>0.7517</v>
+      <c r="J9" s="5" t="n">
+        <v>5.402</v>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L9" s="6" t="n">
+        <v>0.7476</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="9" t="n"/>
-      <c r="B10" s="9" t="inlineStr">
+      <c r="A10" s="8" t="n"/>
+      <c r="B10" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C10" s="9" t="n"/>
-[...8 lines deleted...]
-      <c r="K10" s="2" t="inlineStr">
+      <c r="C10" s="8" t="n"/>
+      <c r="D10" s="8" t="n"/>
+      <c r="E10" s="8" t="n"/>
+      <c r="F10" s="9" t="n">
+        <v>70602.96000000001</v>
+      </c>
+      <c r="G10" s="10" t="n">
+        <v>0.0969</v>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L10" s="7" t="n">
-        <v>0.1373</v>
+      <c r="L10" s="6" t="n">
+        <v>0.142</v>
       </c>
     </row>
     <row r="11">
-      <c r="K11" s="2" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>IND A1+</t>
         </is>
       </c>
-      <c r="L11" s="7" t="n">
-        <v>0.0645</v>
+      <c r="L11" s="6" t="n">
+        <v>0.0698</v>
       </c>
     </row>
     <row r="12">
-      <c r="B12" s="4" t="inlineStr">
+      <c r="B12" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
-      <c r="K12" s="2" t="inlineStr">
+      <c r="K12" s="1" t="inlineStr">
         <is>
           <t>ICRA A1+</t>
         </is>
       </c>
-      <c r="L12" s="7" t="n">
-        <v>0.038</v>
+      <c r="L12" s="6" t="n">
+        <v>0.0394</v>
       </c>
     </row>
     <row r="13">
-      <c r="B13" s="4" t="inlineStr">
+      <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Certificate of Deposit</t>
         </is>
       </c>
-      <c r="K13" s="2" t="inlineStr">
+      <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
-      <c r="L13" s="7" t="n">
-        <v>0.0018</v>
+      <c r="L13" s="6" t="n">
+        <v>0.0019</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="2" t="n">
+      <c r="A14" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="B14" s="2" t="inlineStr">
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BI1</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E14" s="11" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F14" s="5" t="n">
+        <v>29077.41</v>
+      </c>
+      <c r="G14" s="6" t="n">
+        <v>0.0399</v>
+      </c>
+      <c r="H14" s="7" t="n">
+        <v>46162</v>
+      </c>
+      <c r="J14" s="5" t="n">
+        <v>6.26</v>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L14" s="6" t="n">
+        <v>-0.0007</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6BA5</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E15" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F15" s="5" t="n">
+        <v>24254.52</v>
+      </c>
+      <c r="G15" s="6" t="n">
+        <v>0.0333</v>
+      </c>
+      <c r="H15" s="7" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J15" s="5" t="n">
+        <v>6.2325</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE562A16OS2</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E16" s="11" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F16" s="5" t="n">
+        <v>19434.14</v>
+      </c>
+      <c r="G16" s="6" t="n">
+        <v>0.0267</v>
+      </c>
+      <c r="H16" s="7" t="n">
+        <v>46148</v>
+      </c>
+      <c r="J16" s="5" t="n">
+        <v>6.215</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE261F16967</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E17" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F17" s="5" t="n">
+        <v>14748.42</v>
+      </c>
+      <c r="G17" s="6" t="n">
+        <v>0.0202</v>
+      </c>
+      <c r="H17" s="7" t="n">
+        <v>46080</v>
+      </c>
+      <c r="J17" s="5" t="n">
+        <v>6.045</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE092T16YP5</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E18" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F18" s="5" t="n">
+        <v>14544.54</v>
+      </c>
+      <c r="G18" s="6" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="H18" s="7" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J18" s="5" t="n">
+        <v>6.3501</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16GW7</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E19" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F19" s="5" t="n">
+        <v>14542.54</v>
+      </c>
+      <c r="G19" s="6" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="H19" s="7" t="n">
+        <v>46161</v>
+      </c>
+      <c r="J19" s="5" t="n">
+        <v>6.24</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE092T16YH2</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E20" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F20" s="5" t="n">
+        <v>14527.38</v>
+      </c>
+      <c r="G20" s="6" t="n">
+        <v>0.0199</v>
+      </c>
+      <c r="H20" s="7" t="n">
+        <v>46164</v>
+      </c>
+      <c r="J20" s="5" t="n">
+        <v>6.35</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE514E16CM3</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E21" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F21" s="5" t="n">
+        <v>14490.5</v>
+      </c>
+      <c r="G21" s="6" t="n">
+        <v>0.0199</v>
+      </c>
+      <c r="H21" s="7" t="n">
+        <v>46184</v>
+      </c>
+      <c r="J21" s="5" t="n">
+        <v>6.1999</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE476A16E20</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E22" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F22" s="5" t="n">
+        <v>14486.52</v>
+      </c>
+      <c r="G22" s="6" t="n">
+        <v>0.0199</v>
+      </c>
+      <c r="H22" s="7" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J22" s="5" t="n">
+        <v>6.22</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE237AD6042</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E23" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F23" s="5" t="n">
+        <v>14232.92</v>
+      </c>
+      <c r="G23" s="6" t="n">
+        <v>0.0195</v>
+      </c>
+      <c r="H23" s="7" t="n">
+        <v>46289</v>
+      </c>
+      <c r="J23" s="5" t="n">
+        <v>6.305</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Punjab National Bank**</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE160A16RK5</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E24" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F24" s="5" t="n">
+        <v>12254.24</v>
+      </c>
+      <c r="G24" s="6" t="n">
+        <v>0.0168</v>
+      </c>
+      <c r="H24" s="7" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J24" s="5" t="n">
+        <v>6.0002</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
-      <c r="C14" s="2" t="inlineStr">
-[...18 lines deleted...]
-      <c r="H14" s="8" t="n">
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BH3</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E25" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F25" s="5" t="n">
+        <v>12145.88</v>
+      </c>
+      <c r="G25" s="6" t="n">
+        <v>0.0167</v>
+      </c>
+      <c r="H25" s="7" t="n">
+        <v>46147</v>
+      </c>
+      <c r="J25" s="5" t="n">
+        <v>6.26</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16JZ9</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E26" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F26" s="5" t="n">
+        <v>12117.98</v>
+      </c>
+      <c r="G26" s="6" t="n">
+        <v>0.0166</v>
+      </c>
+      <c r="H26" s="7" t="n">
         <v>46162</v>
       </c>
-      <c r="J14" s="6" t="n">
-[...7 lines deleted...]
-      <c r="L14" s="7" t="n">
+      <c r="J26" s="5" t="n">
+        <v>6.2199</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6AT7</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E27" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F27" s="5" t="n">
+        <v>12073.26</v>
+      </c>
+      <c r="G27" s="6" t="n">
+        <v>0.0166</v>
+      </c>
+      <c r="H27" s="7" t="n">
+        <v>46184</v>
+      </c>
+      <c r="J27" s="5" t="n">
+        <v>6.2324</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HF0</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E28" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F28" s="5" t="n">
+        <v>11952.61</v>
+      </c>
+      <c r="G28" s="6" t="n">
+        <v>0.0164</v>
+      </c>
+      <c r="H28" s="7" t="n">
+        <v>46239</v>
+      </c>
+      <c r="J28" s="5" t="n">
+        <v>6.38</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16JJ3</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E29" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F29" s="5" t="n">
+        <v>9838.27</v>
+      </c>
+      <c r="G29" s="6" t="n">
+        <v>0.0135</v>
+      </c>
+      <c r="H29" s="7" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J29" s="5" t="n">
+        <v>6.0002</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16GJ4</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E30" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F30" s="5" t="n">
+        <v>9836.42</v>
+      </c>
+      <c r="G30" s="6" t="n">
+        <v>0.0135</v>
+      </c>
+      <c r="H30" s="7" t="n">
+        <v>46078</v>
+      </c>
+      <c r="J30" s="5" t="n">
+        <v>6.0099</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BB6</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E31" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F31" s="5" t="n">
+        <v>9832.42</v>
+      </c>
+      <c r="G31" s="6" t="n">
+        <v>0.0135</v>
+      </c>
+      <c r="H31" s="7" t="n">
+        <v>46080</v>
+      </c>
+      <c r="J31" s="5" t="n">
+        <v>6.0399</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE514E16CJ9</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E32" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F32" s="5" t="n">
+        <v>9825.85</v>
+      </c>
+      <c r="G32" s="6" t="n">
+        <v>0.0135</v>
+      </c>
+      <c r="H32" s="7" t="n">
+        <v>46085</v>
+      </c>
+      <c r="J32" s="5" t="n">
+        <v>5.9899</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16JG9</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E33" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F33" s="5" t="n">
+        <v>9765.360000000001</v>
+      </c>
+      <c r="G33" s="6" t="n">
+        <v>0.0134</v>
+      </c>
+      <c r="H33" s="7" t="n">
+        <v>46118</v>
+      </c>
+      <c r="J33" s="5" t="n">
+        <v>6.22</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE514E16CL5</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E34" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F34" s="5" t="n">
+        <v>9682.58</v>
+      </c>
+      <c r="G34" s="6" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="H34" s="7" t="n">
+        <v>46170</v>
+      </c>
+      <c r="J34" s="5" t="n">
+        <v>6.1999</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HP9</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E35" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F35" s="5" t="n">
+        <v>9656.620000000001</v>
+      </c>
+      <c r="G35" s="6" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="H35" s="7" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J35" s="5" t="n">
+        <v>6.24</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Equitas Small Finance Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE063P16BC0</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E36" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F36" s="5" t="n">
+        <v>9604.950000000001</v>
+      </c>
+      <c r="G36" s="6" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="H36" s="7" t="n">
+        <v>46188</v>
+      </c>
+      <c r="J36" s="5" t="n">
+        <v>7.115</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BO9</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E37" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F37" s="5" t="n">
+        <v>9421.280000000001</v>
+      </c>
+      <c r="G37" s="6" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="H37" s="7" t="n">
+        <v>46323</v>
+      </c>
+      <c r="J37" s="5" t="n">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16KI3</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E38" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F38" s="5" t="n">
+        <v>9412.719999999999</v>
+      </c>
+      <c r="G38" s="6" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="H38" s="7" t="n">
+        <v>46332</v>
+      </c>
+      <c r="J38" s="5" t="n">
+        <v>6.415</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6AN0</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E39" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F39" s="5" t="n">
+        <v>7368.75</v>
+      </c>
+      <c r="G39" s="6" t="n">
+        <v>0.0101</v>
+      </c>
+      <c r="H39" s="7" t="n">
+        <v>46085</v>
+      </c>
+      <c r="J39" s="5" t="n">
+        <v>6.0199</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE261F16983</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E40" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F40" s="5" t="n">
+        <v>7357.43</v>
+      </c>
+      <c r="G40" s="6" t="n">
+        <v>0.0101</v>
+      </c>
+      <c r="H40" s="7" t="n">
+        <v>46094</v>
+      </c>
+      <c r="J40" s="5" t="n">
+        <v>6.0451</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE261F16991</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E41" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F41" s="5" t="n">
+        <v>7344.31</v>
+      </c>
+      <c r="G41" s="6" t="n">
+        <v>0.0101</v>
+      </c>
+      <c r="H41" s="7" t="n">
+        <v>46105</v>
+      </c>
+      <c r="J41" s="5" t="n">
+        <v>6.0452</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HC7</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E42" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F42" s="5" t="n">
+        <v>7328.36</v>
+      </c>
+      <c r="G42" s="6" t="n">
+        <v>0.0101</v>
+      </c>
+      <c r="H42" s="7" t="n">
+        <v>46114</v>
+      </c>
+      <c r="J42" s="5" t="n">
+        <v>6.24</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE562A16PQ3</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E43" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F43" s="5" t="n">
+        <v>7295.05</v>
+      </c>
+      <c r="G43" s="6" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="H43" s="7" t="n">
+        <v>46142</v>
+      </c>
+      <c r="J43" s="5" t="n">
+        <v>6.215</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>INE692A16KC9</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E44" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F44" s="5" t="n">
+        <v>7276.62</v>
+      </c>
+      <c r="G44" s="6" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="H44" s="7" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J44" s="5" t="n">
+        <v>6.2249</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16JR6</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E45" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F45" s="5" t="n">
+        <v>7264.78</v>
+      </c>
+      <c r="G45" s="6" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="H45" s="7" t="n">
+        <v>46167</v>
+      </c>
+      <c r="J45" s="5" t="n">
+        <v>6.22</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HN4</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E46" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F46" s="5" t="n">
+        <v>7127.49</v>
+      </c>
+      <c r="G46" s="6" t="n">
+        <v>0.0098</v>
+      </c>
+      <c r="H46" s="7" t="n">
+        <v>46276</v>
+      </c>
+      <c r="J46" s="5" t="n">
+        <v>6.38</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>INE261F16959</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E47" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F47" s="5" t="n">
+        <v>4924.16</v>
+      </c>
+      <c r="G47" s="6" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H47" s="7" t="n">
+        <v>46070</v>
+      </c>
+      <c r="J47" s="5" t="n">
+        <v>6.0449</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>INE476A16D96</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E48" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F48" s="5" t="n">
+        <v>4916.62</v>
+      </c>
+      <c r="G48" s="6" t="n">
         <v>0.0067</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B15" s="2" t="inlineStr">
+      <c r="H48" s="7" t="n">
+        <v>46080</v>
+      </c>
+      <c r="J48" s="5" t="n">
+        <v>6.01</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>INE261F16975</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E49" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F49" s="5" t="n">
+        <v>4907.35</v>
+      </c>
+      <c r="G49" s="6" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H49" s="7" t="n">
+        <v>46091</v>
+      </c>
+      <c r="J49" s="5" t="n">
+        <v>6.045</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>INE514E16CK7</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E50" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F50" s="5" t="n">
+        <v>4900.28</v>
+      </c>
+      <c r="G50" s="6" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H50" s="7" t="n">
+        <v>46101</v>
+      </c>
+      <c r="J50" s="5" t="n">
+        <v>5.9901</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Punjab National Bank**</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>INE160A16RP4</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E51" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F51" s="5" t="n">
+        <v>4896.18</v>
+      </c>
+      <c r="G51" s="6" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H51" s="7" t="n">
+        <v>46106</v>
+      </c>
+      <c r="J51" s="5" t="n">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>INE562A16PB5</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E52" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F52" s="5" t="n">
+        <v>4828.98</v>
+      </c>
+      <c r="G52" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H52" s="7" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J52" s="5" t="n">
+        <v>6.215</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>INE692A16JQ1</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E53" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F53" s="5" t="n">
+        <v>4818.39</v>
+      </c>
+      <c r="G53" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H53" s="7" t="n">
+        <v>46198</v>
+      </c>
+      <c r="J53" s="5" t="n">
+        <v>6.225</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Axis Bank Limited**</t>
         </is>
       </c>
-      <c r="C15" s="2" t="inlineStr">
-[...29 lines deleted...]
-      <c r="B16" s="2" t="inlineStr">
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6BJ6</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E54" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F54" s="5" t="n">
+        <v>4721.9</v>
+      </c>
+      <c r="G54" s="6" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H54" s="7" t="n">
+        <v>46311</v>
+      </c>
+      <c r="J54" s="5" t="n">
+        <v>6.4362</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Indian Bank**</t>
         </is>
       </c>
-      <c r="C16" s="2" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A17" s="2" t="n">
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>INE562A16PP5</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E55" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F55" s="5" t="n">
+        <v>4714.58</v>
+      </c>
+      <c r="G55" s="6" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H55" s="7" t="n">
+        <v>46322</v>
+      </c>
+      <c r="J55" s="5" t="n">
+        <v>6.405</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="1" t="n">
+        <v>45</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BQ4</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E56" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F56" s="5" t="n">
+        <v>4703.56</v>
+      </c>
+      <c r="G56" s="6" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H56" s="7" t="n">
+        <v>46332</v>
+      </c>
+      <c r="J56" s="5" t="n">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="n">
+        <v>46</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>INE237A165Z5</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E57" s="11" t="n">
+        <v>800</v>
+      </c>
+      <c r="F57" s="5" t="n">
+        <v>3939.18</v>
+      </c>
+      <c r="G57" s="6" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="H57" s="7" t="n">
+        <v>46071</v>
+      </c>
+      <c r="J57" s="5" t="n">
+        <v>5.995</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="1" t="n">
+        <v>47</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>INE476A16B64</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E58" s="11" t="n">
+        <v>800</v>
+      </c>
+      <c r="F58" s="5" t="n">
+        <v>3921.23</v>
+      </c>
+      <c r="G58" s="6" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="H58" s="7" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J58" s="5" t="n">
+        <v>6.0101</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16JN5</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E59" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F59" s="5" t="n">
+        <v>2465.69</v>
+      </c>
+      <c r="G59" s="6" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="H59" s="7" t="n">
+        <v>46062</v>
+      </c>
+      <c r="J59" s="5" t="n">
+        <v>5.975</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="1" t="n">
+        <v>49</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BG5</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E60" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F60" s="5" t="n">
+        <v>2447.35</v>
+      </c>
+      <c r="G60" s="6" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="H60" s="7" t="n">
+        <v>46107</v>
+      </c>
+      <c r="J60" s="5" t="n">
+        <v>6.0399</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>INE092T16YJ8</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E61" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F61" s="5" t="n">
+        <v>2419.19</v>
+      </c>
+      <c r="G61" s="6" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="H61" s="7" t="n">
+        <v>46169</v>
+      </c>
+      <c r="J61" s="5" t="n">
+        <v>6.35</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="1" t="n">
+        <v>51</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6AU5</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E62" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F62" s="5" t="n">
+        <v>2414.22</v>
+      </c>
+      <c r="G62" s="6" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="H62" s="7" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J62" s="5" t="n">
+        <v>6.2348</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="1" t="n">
+        <v>52</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HB9</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E63" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F63" s="5" t="n">
+        <v>2409.38</v>
+      </c>
+      <c r="G63" s="6" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="H63" s="7" t="n">
+        <v>46197</v>
+      </c>
+      <c r="J63" s="5" t="n">
+        <v>6.2401</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="8" t="n"/>
+      <c r="B64" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C64" s="8" t="n"/>
+      <c r="D64" s="8" t="n"/>
+      <c r="E64" s="8" t="n"/>
+      <c r="F64" s="9" t="n">
+        <v>458470.36</v>
+      </c>
+      <c r="G64" s="10" t="n">
+        <v>0.6293</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="B66" s="3" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="67">
+      <c r="B67" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="1" t="n">
+        <v>53</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>INE134E14AX6</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E68" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F68" s="5" t="n">
+        <v>12188.32</v>
+      </c>
+      <c r="G68" s="6" t="n">
+        <v>0.0167</v>
+      </c>
+      <c r="H68" s="7" t="n">
+        <v>46127</v>
+      </c>
+      <c r="J68" s="5" t="n">
+        <v>6.2226</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="1" t="n">
+        <v>54</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Bahadur Chand Investments Private Limited**</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>INE087M14BX7</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E69" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F69" s="5" t="n">
+        <v>11784.9</v>
+      </c>
+      <c r="G69" s="6" t="n">
+        <v>0.0162</v>
+      </c>
+      <c r="H69" s="7" t="n">
+        <v>46269</v>
+      </c>
+      <c r="J69" s="5" t="n">
+        <v>7.585</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="1" t="n">
+        <v>55</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>INE028E14SR4</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E70" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F70" s="5" t="n">
+        <v>9813.219999999999</v>
+      </c>
+      <c r="G70" s="6" t="n">
+        <v>0.0135</v>
+      </c>
+      <c r="H70" s="7" t="n">
+        <v>46080</v>
+      </c>
+      <c r="J70" s="5" t="n">
+        <v>6.7451</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="1" t="n">
+        <v>56</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Standard Chartered Capital Limited**</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>INE403G14TM3</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E71" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F71" s="5" t="n">
+        <v>9661.030000000001</v>
+      </c>
+      <c r="G71" s="6" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="H71" s="7" t="n">
+        <v>46161</v>
+      </c>
+      <c r="J71" s="5" t="n">
+        <v>6.9601</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="1" t="n">
+        <v>57</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>INE121A14XW5</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E72" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F72" s="5" t="n">
+        <v>9620.440000000001</v>
+      </c>
+      <c r="G72" s="6" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="H72" s="7" t="n">
+        <v>46188</v>
+      </c>
+      <c r="J72" s="5" t="n">
+        <v>6.825</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="1" t="n">
+        <v>58</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Julius Baer Capital (India) Private Limited**</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>INE824H14SL2</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E73" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F73" s="5" t="n">
+        <v>9597.66</v>
+      </c>
+      <c r="G73" s="6" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="H73" s="7" t="n">
+        <v>46191</v>
+      </c>
+      <c r="J73" s="5" t="n">
+        <v>7.15</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="1" t="n">
+        <v>59</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Angel One Limited**</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>INE732I14BO5</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E74" s="11" t="n">
+        <v>1700</v>
+      </c>
+      <c r="F74" s="5" t="n">
+        <v>8395.879999999999</v>
+      </c>
+      <c r="G74" s="6" t="n">
+        <v>0.0115</v>
+      </c>
+      <c r="H74" s="7" t="n">
+        <v>46035</v>
+      </c>
+      <c r="J74" s="5" t="n">
+        <v>7.805</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="1" t="n">
+        <v>60</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>INE763G14WW3</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E75" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F75" s="5" t="n">
+        <v>7392.76</v>
+      </c>
+      <c r="G75" s="6" t="n">
+        <v>0.0101</v>
+      </c>
+      <c r="H75" s="7" t="n">
+        <v>46057</v>
+      </c>
+      <c r="J75" s="5" t="n">
+        <v>6.6188</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="1" t="n">
+        <v>61</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>INE700G14QD7</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E76" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F76" s="5" t="n">
+        <v>7340.87</v>
+      </c>
+      <c r="G76" s="6" t="n">
+        <v>0.0101</v>
+      </c>
+      <c r="H76" s="7" t="n">
+        <v>46094</v>
+      </c>
+      <c r="J76" s="5" t="n">
+        <v>6.7625</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="1" t="n">
+        <v>62</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>INE121A14XU9</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E77" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F77" s="5" t="n">
+        <v>7249.23</v>
+      </c>
+      <c r="G77" s="6" t="n">
+        <v>0.009900000000000001</v>
+      </c>
+      <c r="H77" s="7" t="n">
+        <v>46162</v>
+      </c>
+      <c r="J77" s="5" t="n">
+        <v>6.8251</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="1" t="n">
+        <v>63</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Finvest Limited**</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>INE01WN14BU3</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E78" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F78" s="5" t="n">
+        <v>7192.53</v>
+      </c>
+      <c r="G78" s="6" t="n">
+        <v>0.009900000000000001</v>
+      </c>
+      <c r="H78" s="7" t="n">
+        <v>46188</v>
+      </c>
+      <c r="J78" s="5" t="n">
+        <v>7.395</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="1" t="n">
+        <v>64</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>INE028E14TC4</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E79" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F79" s="5" t="n">
+        <v>4961.54</v>
+      </c>
+      <c r="G79" s="6" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H79" s="7" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J79" s="5" t="n">
+        <v>6.4299</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="1" t="n">
+        <v>65</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Nuvama Wealth and Investment Limited**</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>INE523L14AN6</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E80" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F80" s="5" t="n">
+        <v>4930.98</v>
+      </c>
+      <c r="G80" s="6" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H80" s="7" t="n">
+        <v>46044</v>
+      </c>
+      <c r="J80" s="5" t="n">
+        <v>7.6251</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="1" t="n">
+        <v>66</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>INE763G14XA7</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E81" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F81" s="5" t="n">
+        <v>4926.74</v>
+      </c>
+      <c r="G81" s="6" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H81" s="7" t="n">
+        <v>46059</v>
+      </c>
+      <c r="J81" s="5" t="n">
+        <v>6.6189</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="1" t="n">
+        <v>67</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Investments Limited**</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>INE975F14A01</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E82" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F82" s="5" t="n">
+        <v>4884.6</v>
+      </c>
+      <c r="G82" s="6" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H82" s="7" t="n">
+        <v>46108</v>
+      </c>
+      <c r="J82" s="5" t="n">
+        <v>6.5825</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="1" t="n">
+        <v>68</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>INE763G14YN8</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E83" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F83" s="5" t="n">
+        <v>4830.24</v>
+      </c>
+      <c r="G83" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H83" s="7" t="n">
+        <v>46164</v>
+      </c>
+      <c r="J83" s="5" t="n">
+        <v>6.8599</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="1" t="n">
+        <v>69</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>INE414G14UW7</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E84" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F84" s="5" t="n">
+        <v>4805.04</v>
+      </c>
+      <c r="G84" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H84" s="7" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J84" s="5" t="n">
+        <v>7.12</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="1" t="n">
+        <v>70</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Standard Chartered Securities (India) Limited**</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t>INE472H14706</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E85" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F85" s="5" t="n">
+        <v>4796.84</v>
+      </c>
+      <c r="G85" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H85" s="7" t="n">
+        <v>46192</v>
+      </c>
+      <c r="J85" s="5" t="n">
+        <v>7.19</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="1" t="n">
+        <v>71</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>INE414G14UT3</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E86" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F86" s="5" t="n">
+        <v>4723.44</v>
+      </c>
+      <c r="G86" s="6" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H86" s="7" t="n">
+        <v>46273</v>
+      </c>
+      <c r="J86" s="5" t="n">
+        <v>7.22</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="1" t="n">
+        <v>72</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Nuvama Wealth Management Limited**</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>INE531F14FJ8</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E87" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F87" s="5" t="n">
+        <v>4689.96</v>
+      </c>
+      <c r="G87" s="6" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H87" s="7" t="n">
+        <v>46276</v>
+      </c>
+      <c r="J87" s="5" t="n">
+        <v>8.07</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="1" t="n">
+        <v>73</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Indostar Capital Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>INE896L14EU3</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E88" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F88" s="5" t="n">
+        <v>2493.3</v>
+      </c>
+      <c r="G88" s="6" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="H88" s="7" t="n">
+        <v>45989</v>
+      </c>
+      <c r="J88" s="5" t="n">
+        <v>8.1751</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="1" t="n">
+        <v>74</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Indostar Capital Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C89" s="1" t="inlineStr">
+        <is>
+          <t>INE896L14ET5</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E89" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F89" s="5" t="n">
+        <v>2485.57</v>
+      </c>
+      <c r="G89" s="6" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="H89" s="7" t="n">
+        <v>46003</v>
+      </c>
+      <c r="J89" s="5" t="n">
+        <v>8.15</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="1" t="n">
+        <v>75</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>NTPC Limited**</t>
+        </is>
+      </c>
+      <c r="C90" s="1" t="inlineStr">
+        <is>
+          <t>INE733E14BU9</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E90" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F90" s="5" t="n">
+        <v>2454.01</v>
+      </c>
+      <c r="G90" s="6" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="H90" s="7" t="n">
+        <v>46091</v>
+      </c>
+      <c r="J90" s="5" t="n">
         <v>6</v>
       </c>
-      <c r="B17" s="2" t="inlineStr">
-[...233 lines deleted...]
-      <c r="H23" s="8" t="n">
+    </row>
+    <row r="91">
+      <c r="A91" s="1" t="n">
+        <v>76</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>INE338I14JJ4</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E91" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F91" s="5" t="n">
+        <v>2451.98</v>
+      </c>
+      <c r="G91" s="6" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="H91" s="7" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J91" s="5" t="n">
+        <v>7.1475</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="1" t="n">
+        <v>77</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Hero Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C92" s="1" t="inlineStr">
+        <is>
+          <t>INE800X14366</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E92" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F92" s="5" t="n">
+        <v>2428.79</v>
+      </c>
+      <c r="G92" s="6" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="H92" s="7" t="n">
+        <v>46140</v>
+      </c>
+      <c r="J92" s="5" t="n">
+        <v>6.5651</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="1" t="n">
+        <v>78</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Hero Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>INE800X14358</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E93" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F93" s="5" t="n">
+        <v>2415.71</v>
+      </c>
+      <c r="G93" s="6" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="H93" s="7" t="n">
+        <v>46171</v>
+      </c>
+      <c r="J93" s="5" t="n">
+        <v>6.5649</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="1" t="n">
+        <v>79</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>INE121A14XO2</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E94" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F94" s="5" t="n">
+        <v>2413.79</v>
+      </c>
+      <c r="G94" s="6" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="H94" s="7" t="n">
+        <v>46168</v>
+      </c>
+      <c r="J94" s="5" t="n">
+        <v>6.825</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="1" t="n">
+        <v>80</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C95" s="1" t="inlineStr">
+        <is>
+          <t>INE338I14KS3</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E95" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F95" s="5" t="n">
+        <v>2400.28</v>
+      </c>
+      <c r="G95" s="6" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="H95" s="7" t="n">
         <v>46185</v>
       </c>
-      <c r="J23" s="6" t="n">
-[...556 lines deleted...]
-      <c r="H39" s="8" t="n">
+      <c r="J95" s="5" t="n">
+        <v>7.29</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="1" t="n">
+        <v>81</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>INE338I14KQ7</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E96" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F96" s="5" t="n">
+        <v>2398.91</v>
+      </c>
+      <c r="G96" s="6" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="H96" s="7" t="n">
         <v>46188</v>
       </c>
-      <c r="J39" s="6" t="n">
-[...728 lines deleted...]
-      <c r="G60" s="7" t="n">
+      <c r="J96" s="5" t="n">
+        <v>7.29</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="8" t="n"/>
+      <c r="B97" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C97" s="8" t="n"/>
+      <c r="D97" s="8" t="n"/>
+      <c r="E97" s="8" t="n"/>
+      <c r="F97" s="9" t="n">
+        <v>165728.56</v>
+      </c>
+      <c r="G97" s="10" t="n">
+        <v>0.2275</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="B99" s="3" t="inlineStr">
+        <is>
+          <t>Treasury Bill</t>
+        </is>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="1" t="n">
+        <v>82</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C100" s="1" t="inlineStr">
+        <is>
+          <t>IN002024Z487</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E100" s="11" t="n">
+        <v>10000000</v>
+      </c>
+      <c r="F100" s="5" t="n">
+        <v>9829.360000000001</v>
+      </c>
+      <c r="G100" s="6" t="n">
+        <v>0.0135</v>
+      </c>
+      <c r="H100" s="7" t="n">
+        <v>46093</v>
+      </c>
+      <c r="J100" s="5" t="n">
+        <v>5.4625</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="1" t="n">
+        <v>83</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>IN002024Z362</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E101" s="11" t="n">
+        <v>7500000</v>
+      </c>
+      <c r="F101" s="5" t="n">
+        <v>7465.23</v>
+      </c>
+      <c r="G101" s="6" t="n">
+        <v>0.0102</v>
+      </c>
+      <c r="H101" s="7" t="n">
+        <v>46009</v>
+      </c>
+      <c r="J101" s="5" t="n">
+        <v>5.3126</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="1" t="n">
+        <v>84</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C102" s="1" t="inlineStr">
+        <is>
+          <t>IN002024Z420</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E102" s="11" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F102" s="5" t="n">
+        <v>4945.83</v>
+      </c>
+      <c r="G102" s="6" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H102" s="7" t="n">
+        <v>46051</v>
+      </c>
+      <c r="J102" s="5" t="n">
+        <v>5.4023</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="1" t="n">
+        <v>85</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>IN002025Z211</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E103" s="11" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F103" s="5" t="n">
+        <v>4798.1</v>
+      </c>
+      <c r="G103" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H103" s="7" t="n">
+        <v>46254</v>
+      </c>
+      <c r="J103" s="5" t="n">
+        <v>5.5449</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="1" t="n">
+        <v>86</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C104" s="1" t="inlineStr">
+        <is>
+          <t>IN002024Z495</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E104" s="11" t="n">
+        <v>3500000</v>
+      </c>
+      <c r="F104" s="5" t="n">
+        <v>3436.85</v>
+      </c>
+      <c r="G104" s="6" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H104" s="7" t="n">
+        <v>46100</v>
+      </c>
+      <c r="J104" s="5" t="n">
+        <v>5.4526</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="1" t="n">
+        <v>87</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>IN002025Z054</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E105" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F105" s="5" t="n">
+        <v>2438.34</v>
+      </c>
+      <c r="G105" s="6" t="n">
         <v>0.0033</v>
       </c>
-      <c r="H60" s="8" t="n">
-[...288 lines deleted...]
-      <c r="B69" s="9" t="inlineStr">
+      <c r="H105" s="7" t="n">
+        <v>46143</v>
+      </c>
+      <c r="J105" s="5" t="n">
+        <v>5.5602</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="8" t="n"/>
+      <c r="B106" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C69" s="9" t="n"/>
-[...433 lines deleted...]
-      <c r="G84" s="7" t="n">
+      <c r="C106" s="8" t="n"/>
+      <c r="D106" s="8" t="n"/>
+      <c r="E106" s="8" t="n"/>
+      <c r="F106" s="9" t="n">
+        <v>32913.71</v>
+      </c>
+      <c r="G106" s="10" t="n">
+        <v>0.0451</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="1" t="n">
+        <v>88</v>
+      </c>
+      <c r="B108" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F108" s="5" t="n">
+        <v>4820.95</v>
+      </c>
+      <c r="G108" s="6" t="n">
         <v>0.0066</v>
       </c>
-      <c r="H84" s="8" t="n">
-[...498 lines deleted...]
-      <c r="B99" s="9" t="inlineStr">
+      <c r="H108" s="7" t="n">
+        <v>45978</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="8" t="n"/>
+      <c r="B109" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C99" s="9" t="n"/>
-[...111 lines deleted...]
-      <c r="G104" s="7" t="n">
+      <c r="C109" s="8" t="n"/>
+      <c r="D109" s="8" t="n"/>
+      <c r="E109" s="8" t="n"/>
+      <c r="F109" s="9" t="n">
+        <v>4820.95</v>
+      </c>
+      <c r="G109" s="10" t="n">
         <v>0.0066</v>
       </c>
-      <c r="H104" s="8" t="n">
-[...77 lines deleted...]
-      <c r="A107" s="2" t="n">
+    </row>
+    <row r="111">
+      <c r="B111" s="3" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="1" t="n">
         <v>89</v>
       </c>
-      <c r="B107" s="2" t="inlineStr">
-[...32 lines deleted...]
-      <c r="B108" s="9" t="inlineStr">
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C112" s="1" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E112" s="11" t="n">
+        <v>11907.456</v>
+      </c>
+      <c r="F112" s="5" t="n">
+        <v>1365.24</v>
+      </c>
+      <c r="G112" s="6" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="J112" s="5" t="n"/>
+    </row>
+    <row r="113">
+      <c r="A113" s="8" t="n"/>
+      <c r="B113" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C108" s="9" t="n"/>
-[...30 lines deleted...]
-      <c r="B111" s="9" t="inlineStr">
+      <c r="C113" s="8" t="n"/>
+      <c r="D113" s="8" t="n"/>
+      <c r="E113" s="8" t="n"/>
+      <c r="F113" s="9" t="n">
+        <v>1365.24</v>
+      </c>
+      <c r="G113" s="10" t="n">
+        <v>0.0019</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="B115" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="116">
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E116" s="11" t="n"/>
+      <c r="F116" s="5" t="n">
+        <v>-5001.58</v>
+      </c>
+      <c r="G116" s="6" t="n">
+        <v>-0.0073</v>
+      </c>
+      <c r="J116" s="5" t="n"/>
+    </row>
+    <row r="117">
+      <c r="A117" s="8" t="n"/>
+      <c r="B117" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C111" s="9" t="n"/>
-[...78 lines deleted...]
-      <c r="J118" s="6" t="n"/>
+      <c r="C117" s="8" t="n"/>
+      <c r="D117" s="8" t="n"/>
+      <c r="E117" s="8" t="n"/>
+      <c r="F117" s="9" t="n">
+        <v>-5001.58</v>
+      </c>
+      <c r="G117" s="10" t="n">
+        <v>-0.0073</v>
+      </c>
     </row>
     <row r="119">
-      <c r="A119" s="9" t="n"/>
-[...12 lines deleted...]
-        <v>-0.0045</v>
+      <c r="A119" s="4" t="n"/>
+      <c r="B119" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C119" s="4" t="n"/>
+      <c r="D119" s="4" t="n"/>
+      <c r="E119" s="4" t="n"/>
+      <c r="F119" s="12" t="n">
+        <v>728900.2</v>
+      </c>
+      <c r="G119" s="13" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
       </c>
     </row>
     <row r="121">
-      <c r="A121" s="5" t="n"/>
-[...11 lines deleted...]
-      <c r="G121" s="14" t="n">
+      <c r="A121" s="1" t="n">
         <v>1</v>
       </c>
-    </row>
-[...3 lines deleted...]
-          <t>Notes:</t>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="122" ht="40.5" customHeight="1" s="72">
+      <c r="A122" s="14" t="n">
+        <v>2</v>
+      </c>
+      <c r="B122" s="14" t="inlineStr">
+        <is>
+          <t>As on November 15, 2025, the aggregate investments by the schemes of DSP Mutual Fund in DSP Savings Fund is  ₹ 60,178.02 Lakhs.</t>
         </is>
       </c>
     </row>
     <row r="123">
-      <c r="A123" s="2" t="n">
-[...19 lines deleted...]
-      <c r="A125" s="16" t="n">
+      <c r="A123" s="14" t="n">
         <v>3</v>
       </c>
-      <c r="B125" s="16" t="inlineStr">
+      <c r="B123" s="14" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="126" ht="27" customHeight="1" s="74">
-[...10 lines deleted...]
-      <c r="B130" s="98" t="inlineStr">
+    <row r="127" ht="14.5" customHeight="1" s="72">
+      <c r="B127" s="69" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="144" ht="14.5" customHeight="1" s="74">
-      <c r="B144" s="98" t="inlineStr">
+    <row r="141" ht="14.5" customHeight="1" s="72">
+      <c r="B141" s="69" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Money Market A-I Index</t>
         </is>
       </c>
     </row>
+    <row r="156">
+      <c r="B156" s="15" t="n"/>
+      <c r="C156" s="17" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
+    <row r="157">
+      <c r="B157" s="15" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C157" s="17" t="inlineStr">
+        <is>
+          <t>DSP Savings Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="158">
+      <c r="B158" s="15" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C158" s="18" t="n"/>
+    </row>
     <row r="159">
-      <c r="B159" s="17" t="n"/>
-[...3 lines deleted...]
-        </is>
+      <c r="B159" s="15" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C159" s="19" t="n">
+        <v>0.063</v>
       </c>
     </row>
     <row r="160">
-      <c r="B160" s="17" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="B160" s="15" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C160" s="18" t="n">
+        <v>0.46</v>
       </c>
     </row>
     <row r="161">
-      <c r="B161" s="17" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C161" s="20" t="n"/>
+      <c r="B161" s="15" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C161" s="18" t="n">
+        <v>0.47</v>
+      </c>
     </row>
     <row r="162">
-      <c r="B162" s="17" t="inlineStr">
-[...5 lines deleted...]
-        <v>0.0631</v>
+      <c r="B162" s="15" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C162" s="20" t="n">
+        <v>45976</v>
       </c>
     </row>
     <row r="163">
-      <c r="B163" s="17" t="inlineStr">
-[...29 lines deleted...]
-      <c r="B166" s="18" t="inlineStr">
+      <c r="B163" s="16" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C166" s="19" t="n"/>
-[...2 lines deleted...]
-      <c r="B169" s="4" t="n"/>
+      <c r="C163" s="17" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Koushik Chowdhury</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>