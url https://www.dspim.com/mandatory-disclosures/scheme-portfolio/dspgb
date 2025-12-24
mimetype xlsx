--- v2 (2025-12-04)
+++ v3 (2025-12-24)
@@ -1,73 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="938" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="993" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="SAVINGS" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="22">
+  <fonts count="23">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -76,57 +82,57 @@
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
@@ -149,61 +155,59 @@
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
-      <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
-      <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
@@ -338,299 +342,319 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="96">
+  <cellXfs count="102">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...13 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...10 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -679,116 +703,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>128</row>
+      <row>144</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>137</row>
+      <row>153</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="22713950"/>
+          <a:off x="457200" y="25285700"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>142</row>
+      <row>156</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>151</row>
+      <row>165</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="25126950"/>
+          <a:off x="457200" y="27698700"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1030,3647 +1054,4182 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L163"/>
+  <dimension ref="A1:L177"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="92" min="1" max="1"/>
+    <col width="51.54296875" bestFit="1" customWidth="1" style="92" min="2" max="2"/>
+    <col width="18.81640625" bestFit="1" customWidth="1" style="92" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="92" min="4" max="4"/>
+    <col width="11.81640625" bestFit="1" customWidth="1" style="92" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="92" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="92" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="92" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="92" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="92" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="92" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="92" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="92" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="72">
-[...1 lines deleted...]
-      <c r="B1" s="71" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="68">
+      <c r="A1" s="67" t="n"/>
+      <c r="B1" s="67" t="inlineStr">
         <is>
           <t>DSP Savings Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on November 15, 2025</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="1" t="n">
+      <c r="A8" s="92" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B8" s="92" t="inlineStr">
         <is>
           <t>5.63% GOI 2026</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C8" s="92" t="inlineStr">
         <is>
           <t>IN0020210012</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D8" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E8" s="11" t="n">
-[...8 lines deleted...]
-      <c r="H8" s="7" t="n">
+      <c r="E8" s="12" t="n">
+        <v>40000000</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>40412.36</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.044</v>
+      </c>
+      <c r="H8" s="8" t="n">
         <v>46124</v>
       </c>
-      <c r="J8" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K8" s="3" t="inlineStr">
+      <c r="J8" s="6" t="n">
+        <v>5.509</v>
+      </c>
+      <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="92" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="92" t="inlineStr">
         <is>
           <t>7.59% GOI 2026</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C9" s="92" t="inlineStr">
         <is>
           <t>IN0020150093</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D9" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E9" s="11" t="n">
+      <c r="E9" s="12" t="n">
         <v>30000000</v>
       </c>
-      <c r="F9" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H9" s="7" t="n">
+      <c r="F9" s="6" t="n">
+        <v>31024.68</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.0338</v>
+      </c>
+      <c r="H9" s="8" t="n">
         <v>46033</v>
       </c>
-      <c r="J9" s="5" t="n">
-[...8 lines deleted...]
-        <v>0.7476</v>
+      <c r="J9" s="6" t="n">
+        <v>5.1501</v>
+      </c>
+      <c r="K9" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L9" s="7" t="n">
+        <v>0.6887</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="8" t="n"/>
-      <c r="B10" s="8" t="inlineStr">
+      <c r="A10" s="92" t="n">
+        <v>3</v>
+      </c>
+      <c r="B10" s="92" t="inlineStr">
+        <is>
+          <t>5.74% GOI 2026</t>
+        </is>
+      </c>
+      <c r="C10" s="92" t="inlineStr">
+        <is>
+          <t>IN0020210186</t>
+        </is>
+      </c>
+      <c r="D10" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E10" s="12" t="n">
+        <v>13000000</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>13090.26</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="H10" s="8" t="n">
+        <v>46341</v>
+      </c>
+      <c r="J10" s="6" t="n">
+        <v>5.5063</v>
+      </c>
+      <c r="K10" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L10" s="7" t="n">
+        <v>0.141</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="92" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="92" t="inlineStr">
+        <is>
+          <t>7.39% Maharashtra SDL 2026</t>
+        </is>
+      </c>
+      <c r="C11" s="92" t="inlineStr">
+        <is>
+          <t>IN2220160104</t>
+        </is>
+      </c>
+      <c r="D11" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E11" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>2553.38</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="H11" s="8" t="n">
+        <v>46335</v>
+      </c>
+      <c r="J11" s="6" t="n">
+        <v>5.7846</v>
+      </c>
+      <c r="K11" s="92" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.08309999999999999</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="92" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="92" t="inlineStr">
+        <is>
+          <t>7.38% Madhya Pradesh SDL 2026</t>
+        </is>
+      </c>
+      <c r="C12" s="92" t="inlineStr">
+        <is>
+          <t>IN2120160030</t>
+        </is>
+      </c>
+      <c r="D12" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E12" s="12" t="n">
+        <v>1500000</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>1545.99</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="H12" s="8" t="n">
+        <v>46279</v>
+      </c>
+      <c r="J12" s="6" t="n">
+        <v>5.72</v>
+      </c>
+      <c r="K12" s="92" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.0463</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="9" t="n"/>
+      <c r="B13" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C10" s="8" t="n"/>
-[...8 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+      <c r="C13" s="9" t="n"/>
+      <c r="D13" s="9" t="n"/>
+      <c r="E13" s="9" t="n"/>
+      <c r="F13" s="10" t="n">
+        <v>88626.67</v>
+      </c>
+      <c r="G13" s="11" t="n">
+        <v>0.0965</v>
+      </c>
+      <c r="K13" s="92" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0015</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="K14" s="92" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.0394</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="B15" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="B16" s="4" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="92" t="n">
+        <v>6</v>
+      </c>
+      <c r="B17" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C17" s="92" t="inlineStr">
+        <is>
+          <t>INE556F16BI1</t>
+        </is>
+      </c>
+      <c r="D17" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E17" s="12" t="n">
+        <v>7000</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>34066.94</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0371</v>
+      </c>
+      <c r="H17" s="8" t="n">
+        <v>46162</v>
+      </c>
+      <c r="J17" s="6" t="n">
+        <v>6.4498</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="92" t="n">
+        <v>7</v>
+      </c>
+      <c r="B18" s="92" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C18" s="92" t="inlineStr">
+        <is>
+          <t>INE562A16OS2</t>
+        </is>
+      </c>
+      <c r="D18" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E18" s="12" t="n">
+        <v>4500</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>21958.81</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0239</v>
+      </c>
+      <c r="H18" s="8" t="n">
+        <v>46148</v>
+      </c>
+      <c r="J18" s="6" t="n">
+        <v>6.3799</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="92" t="n">
+        <v>8</v>
+      </c>
+      <c r="B19" s="92" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C19" s="92" t="inlineStr">
+        <is>
+          <t>INE238AD6BA5</t>
+        </is>
+      </c>
+      <c r="D19" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E19" s="12" t="n">
+        <v>4500</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>21920.76</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0239</v>
+      </c>
+      <c r="H19" s="8" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J19" s="6" t="n">
+        <v>6.4299</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="92" t="n">
+        <v>9</v>
+      </c>
+      <c r="B20" s="92" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C20" s="92" t="inlineStr">
+        <is>
+          <t>INE040A16GW7</t>
+        </is>
+      </c>
+      <c r="D20" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E20" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>19471.76</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0212</v>
+      </c>
+      <c r="H20" s="8" t="n">
+        <v>46161</v>
+      </c>
+      <c r="J20" s="6" t="n">
+        <v>6.4299</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="92" t="n">
+        <v>10</v>
+      </c>
+      <c r="B21" s="92" t="inlineStr">
+        <is>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C21" s="92" t="inlineStr">
+        <is>
+          <t>INE692A16KC9</t>
+        </is>
+      </c>
+      <c r="D21" s="92" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E21" s="12" t="n">
+        <v>3500</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>17051.88</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0186</v>
+      </c>
+      <c r="H21" s="8" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J21" s="6" t="n">
+        <v>6.3949</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="92" t="n">
+        <v>11</v>
+      </c>
+      <c r="B22" s="92" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C22" s="92" t="inlineStr">
+        <is>
+          <t>INE261F16967</t>
+        </is>
+      </c>
+      <c r="D22" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E22" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>14816.86</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0161</v>
+      </c>
+      <c r="H22" s="8" t="n">
+        <v>46080</v>
+      </c>
+      <c r="J22" s="6" t="n">
+        <v>6.18</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="92" t="n">
+        <v>12</v>
+      </c>
+      <c r="B23" s="92" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="92" t="inlineStr">
+        <is>
+          <t>INE238AD6AN0</t>
+        </is>
+      </c>
+      <c r="D23" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E23" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>14808.24</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0161</v>
+      </c>
+      <c r="H23" s="8" t="n">
+        <v>46085</v>
+      </c>
+      <c r="J23" s="6" t="n">
+        <v>6.0597</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="92" t="n">
+        <v>13</v>
+      </c>
+      <c r="B24" s="92" t="inlineStr">
+        <is>
+          <t>Punjab National Bank**</t>
+        </is>
+      </c>
+      <c r="C24" s="92" t="inlineStr">
+        <is>
+          <t>INE160A16RK5</t>
+        </is>
+      </c>
+      <c r="D24" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E24" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>14773.78</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0161</v>
+      </c>
+      <c r="H24" s="8" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J24" s="6" t="n">
+        <v>6.075</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="92" t="n">
+        <v>14</v>
+      </c>
+      <c r="B25" s="92" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C25" s="92" t="inlineStr">
+        <is>
+          <t>INE092T16YP5</t>
+        </is>
+      </c>
+      <c r="D25" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E25" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>14607.4</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0159</v>
+      </c>
+      <c r="H25" s="8" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J25" s="6" t="n">
+        <v>6.5399</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="92" t="n">
+        <v>15</v>
+      </c>
+      <c r="B26" s="92" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C26" s="92" t="inlineStr">
+        <is>
+          <t>INE092T16YH2</t>
+        </is>
+      </c>
+      <c r="D26" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E26" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>14589.58</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0159</v>
+      </c>
+      <c r="H26" s="8" t="n">
+        <v>46164</v>
+      </c>
+      <c r="J26" s="6" t="n">
+        <v>6.5399</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="92" t="n">
+        <v>16</v>
+      </c>
+      <c r="B27" s="92" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C27" s="92" t="inlineStr">
+        <is>
+          <t>INE514E16CM3</t>
+        </is>
+      </c>
+      <c r="D27" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E27" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>14548.48</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0158</v>
+      </c>
+      <c r="H27" s="8" t="n">
+        <v>46184</v>
+      </c>
+      <c r="J27" s="6" t="n">
+        <v>6.3999</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="92" t="n">
+        <v>17</v>
+      </c>
+      <c r="B28" s="92" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C28" s="92" t="inlineStr">
+        <is>
+          <t>INE476A16E20</t>
+        </is>
+      </c>
+      <c r="D28" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E28" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>14546.01</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0158</v>
+      </c>
+      <c r="H28" s="8" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J28" s="6" t="n">
+        <v>6.3999</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="92" t="n">
+        <v>18</v>
+      </c>
+      <c r="B29" s="92" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C29" s="92" t="inlineStr">
+        <is>
+          <t>INE237AD6042</t>
+        </is>
+      </c>
+      <c r="D29" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E29" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>14276.96</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0155</v>
+      </c>
+      <c r="H29" s="8" t="n">
+        <v>46289</v>
+      </c>
+      <c r="J29" s="6" t="n">
+        <v>6.555</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="92" t="n">
+        <v>19</v>
+      </c>
+      <c r="B30" s="92" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C30" s="92" t="inlineStr">
+        <is>
+          <t>INE028A16KT0</t>
+        </is>
+      </c>
+      <c r="D30" s="92" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E30" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>14079.33</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0153</v>
+      </c>
+      <c r="H30" s="8" t="n">
+        <v>46367</v>
+      </c>
+      <c r="J30" s="6" t="n">
+        <v>6.63</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="92" t="n">
+        <v>20</v>
+      </c>
+      <c r="B31" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C31" s="92" t="inlineStr">
+        <is>
+          <t>INE556F16BH3</t>
+        </is>
+      </c>
+      <c r="D31" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E31" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>12198.22</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="H31" s="8" t="n">
+        <v>46147</v>
+      </c>
+      <c r="J31" s="6" t="n">
+        <v>6.4499</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="92" t="n">
+        <v>21</v>
+      </c>
+      <c r="B32" s="92" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C32" s="92" t="inlineStr">
+        <is>
+          <t>INE028A16JZ9</t>
+        </is>
+      </c>
+      <c r="D32" s="92" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E32" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>12169.28</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="H32" s="8" t="n">
+        <v>46162</v>
+      </c>
+      <c r="J32" s="6" t="n">
+        <v>6.3999</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="92" t="n">
+        <v>22</v>
+      </c>
+      <c r="B33" s="92" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C33" s="92" t="inlineStr">
+        <is>
+          <t>INE514E16CL5</t>
+        </is>
+      </c>
+      <c r="D33" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E33" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>12152.68</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="H33" s="8" t="n">
+        <v>46170</v>
+      </c>
+      <c r="J33" s="6" t="n">
+        <v>6.4</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="92" t="n">
+        <v>23</v>
+      </c>
+      <c r="B34" s="92" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C34" s="92" t="inlineStr">
+        <is>
+          <t>INE238AD6AT7</t>
+        </is>
+      </c>
+      <c r="D34" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E34" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>12122.02</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="H34" s="8" t="n">
+        <v>46184</v>
+      </c>
+      <c r="J34" s="6" t="n">
+        <v>6.4299</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="92" t="n">
+        <v>24</v>
+      </c>
+      <c r="B35" s="92" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="92" t="inlineStr">
+        <is>
+          <t>INE040A16HF0</t>
+        </is>
+      </c>
+      <c r="D35" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E35" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>11994.54</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.0131</v>
+      </c>
+      <c r="H35" s="8" t="n">
+        <v>46239</v>
+      </c>
+      <c r="J35" s="6" t="n">
+        <v>6.63</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="92" t="n">
+        <v>25</v>
+      </c>
+      <c r="B36" s="92" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C36" s="92" t="inlineStr">
+        <is>
+          <t>INE040A16HU9</t>
+        </is>
+      </c>
+      <c r="D36" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E36" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>11800.74</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0128</v>
+      </c>
+      <c r="H36" s="8" t="n">
+        <v>46332</v>
+      </c>
+      <c r="J36" s="6" t="n">
+        <v>6.6549</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="92" t="n">
+        <v>26</v>
+      </c>
+      <c r="B37" s="92" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C37" s="92" t="inlineStr">
+        <is>
+          <t>INE040A16GJ4</t>
+        </is>
+      </c>
+      <c r="D37" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E37" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>9880.83</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0108</v>
+      </c>
+      <c r="H37" s="8" t="n">
+        <v>46078</v>
+      </c>
+      <c r="J37" s="6" t="n">
+        <v>6.2002</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="92" t="n">
+        <v>27</v>
+      </c>
+      <c r="B38" s="92" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C38" s="92" t="inlineStr">
+        <is>
+          <t>INE040A16HM6</t>
+        </is>
+      </c>
+      <c r="D38" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E38" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>9864.07</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0107</v>
+      </c>
+      <c r="H38" s="8" t="n">
+        <v>46090</v>
+      </c>
+      <c r="J38" s="6" t="n">
+        <v>6.06</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="92" t="n">
+        <v>28</v>
+      </c>
+      <c r="B39" s="92" t="inlineStr">
+        <is>
+          <t>Bank of India**</t>
+        </is>
+      </c>
+      <c r="C39" s="92" t="inlineStr">
+        <is>
+          <t>INE084A16DI1</t>
+        </is>
+      </c>
+      <c r="D39" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E39" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>9846.219999999999</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.0107</v>
+      </c>
+      <c r="H39" s="8" t="n">
+        <v>46100</v>
+      </c>
+      <c r="J39" s="6" t="n">
+        <v>6.1299</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="92" t="n">
+        <v>29</v>
+      </c>
+      <c r="B40" s="92" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C40" s="92" t="inlineStr">
+        <is>
+          <t>INE028A16JG9</t>
+        </is>
+      </c>
+      <c r="D40" s="92" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E40" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>9809.09</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0107</v>
+      </c>
+      <c r="H40" s="8" t="n">
+        <v>46118</v>
+      </c>
+      <c r="J40" s="6" t="n">
+        <v>6.3999</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="92" t="n">
+        <v>30</v>
+      </c>
+      <c r="B41" s="92" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C41" s="92" t="inlineStr">
+        <is>
+          <t>INE028A16JR6</t>
+        </is>
+      </c>
+      <c r="D41" s="92" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E41" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>9727.120000000001</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0106</v>
+      </c>
+      <c r="H41" s="8" t="n">
+        <v>46167</v>
+      </c>
+      <c r="J41" s="6" t="n">
+        <v>6.3998</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="92" t="n">
+        <v>31</v>
+      </c>
+      <c r="B42" s="92" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C42" s="92" t="inlineStr">
+        <is>
+          <t>INE238AD6BB3</t>
+        </is>
+      </c>
+      <c r="D42" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E42" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>9725.870000000001</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.0106</v>
+      </c>
+      <c r="H42" s="8" t="n">
+        <v>46167</v>
+      </c>
+      <c r="J42" s="6" t="n">
+        <v>6.43</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="92" t="n">
+        <v>32</v>
+      </c>
+      <c r="B43" s="92" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C43" s="92" t="inlineStr">
+        <is>
+          <t>INE040A16HP9</t>
+        </is>
+      </c>
+      <c r="D43" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E43" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>9695.959999999999</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0106</v>
+      </c>
+      <c r="H43" s="8" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J43" s="6" t="n">
+        <v>6.43</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="92" t="n">
+        <v>33</v>
+      </c>
+      <c r="B44" s="92" t="inlineStr">
+        <is>
+          <t>Equitas Small Finance Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C44" s="92" t="inlineStr">
+        <is>
+          <t>INE063P16BC0</t>
+        </is>
+      </c>
+      <c r="D44" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E44" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>9652.030000000001</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.0105</v>
+      </c>
+      <c r="H44" s="8" t="n">
+        <v>46188</v>
+      </c>
+      <c r="J44" s="6" t="n">
+        <v>7.2701</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="92" t="n">
+        <v>34</v>
+      </c>
+      <c r="B45" s="92" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C45" s="92" t="inlineStr">
+        <is>
+          <t>INE238AD6BD9</t>
+        </is>
+      </c>
+      <c r="D45" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E45" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>9585.6</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.0104</v>
+      </c>
+      <c r="H45" s="8" t="n">
+        <v>46245</v>
+      </c>
+      <c r="J45" s="6" t="n">
+        <v>6.63</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="92" t="n">
+        <v>35</v>
+      </c>
+      <c r="B46" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C46" s="92" t="inlineStr">
+        <is>
+          <t>INE556F16BO9</t>
+        </is>
+      </c>
+      <c r="D46" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E46" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>9450.200000000001</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0103</v>
+      </c>
+      <c r="H46" s="8" t="n">
+        <v>46323</v>
+      </c>
+      <c r="J46" s="6" t="n">
+        <v>6.72</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="92" t="n">
+        <v>36</v>
+      </c>
+      <c r="B47" s="92" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C47" s="92" t="inlineStr">
+        <is>
+          <t>INE028A16KI3</t>
+        </is>
+      </c>
+      <c r="D47" s="92" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E47" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>9442.57</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0103</v>
+      </c>
+      <c r="H47" s="8" t="n">
+        <v>46332</v>
+      </c>
+      <c r="J47" s="6" t="n">
+        <v>6.6299</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="92" t="n">
+        <v>37</v>
+      </c>
+      <c r="B48" s="92" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C48" s="92" t="inlineStr">
+        <is>
+          <t>INE028A16KK9</t>
+        </is>
+      </c>
+      <c r="D48" s="92" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E48" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>9411.889999999999</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.0102</v>
+      </c>
+      <c r="H48" s="8" t="n">
+        <v>46351</v>
+      </c>
+      <c r="J48" s="6" t="n">
+        <v>6.63</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="92" t="n">
+        <v>38</v>
+      </c>
+      <c r="B49" s="92" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C49" s="92" t="inlineStr">
+        <is>
+          <t>INE238AD6BO6</t>
+        </is>
+      </c>
+      <c r="D49" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E49" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>9411.120000000001</v>
+      </c>
+      <c r="G49" s="7" t="n">
+        <v>0.0102</v>
+      </c>
+      <c r="H49" s="8" t="n">
+        <v>46352</v>
+      </c>
+      <c r="J49" s="6" t="n">
+        <v>6.62</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="92" t="n">
+        <v>39</v>
+      </c>
+      <c r="B50" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C50" s="92" t="inlineStr">
+        <is>
+          <t>INE556F16BS0</t>
+        </is>
+      </c>
+      <c r="D50" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E50" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>9389.75</v>
+      </c>
+      <c r="G50" s="7" t="n">
+        <v>0.0102</v>
+      </c>
+      <c r="H50" s="8" t="n">
+        <v>46360</v>
+      </c>
+      <c r="J50" s="6" t="n">
+        <v>6.72</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="92" t="n">
+        <v>40</v>
+      </c>
+      <c r="B51" s="92" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C51" s="92" t="inlineStr">
+        <is>
+          <t>INE237A166Z3</t>
+        </is>
+      </c>
+      <c r="D51" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E51" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>7409.16</v>
+      </c>
+      <c r="G51" s="7" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="H51" s="8" t="n">
+        <v>46080</v>
+      </c>
+      <c r="J51" s="6" t="n">
+        <v>6.1302</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="92" t="n">
+        <v>41</v>
+      </c>
+      <c r="B52" s="92" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C52" s="92" t="inlineStr">
+        <is>
+          <t>INE261F16991</t>
+        </is>
+      </c>
+      <c r="D52" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E52" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>7379.38</v>
+      </c>
+      <c r="G52" s="7" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="H52" s="8" t="n">
+        <v>46105</v>
+      </c>
+      <c r="J52" s="6" t="n">
+        <v>6.0876</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="92" t="n">
+        <v>42</v>
+      </c>
+      <c r="B53" s="92" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C53" s="92" t="inlineStr">
+        <is>
+          <t>INE040A16HC7</t>
+        </is>
+      </c>
+      <c r="D53" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E53" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>7361.24</v>
+      </c>
+      <c r="G53" s="7" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="H53" s="8" t="n">
+        <v>46114</v>
+      </c>
+      <c r="J53" s="6" t="n">
+        <v>6.4301</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="92" t="n">
+        <v>43</v>
+      </c>
+      <c r="B54" s="92" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C54" s="92" t="inlineStr">
+        <is>
+          <t>INE562A16PQ3</t>
+        </is>
+      </c>
+      <c r="D54" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E54" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>7327.1</v>
+      </c>
+      <c r="G54" s="7" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="H54" s="8" t="n">
+        <v>46142</v>
+      </c>
+      <c r="J54" s="6" t="n">
+        <v>6.3799</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="92" t="n">
+        <v>44</v>
+      </c>
+      <c r="B55" s="92" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C55" s="92" t="inlineStr">
+        <is>
+          <t>INE040A16HN4</t>
+        </is>
+      </c>
+      <c r="D55" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E55" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>7150.6</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.0078</v>
+      </c>
+      <c r="H55" s="8" t="n">
+        <v>46276</v>
+      </c>
+      <c r="J55" s="6" t="n">
+        <v>6.63</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="92" t="n">
+        <v>45</v>
+      </c>
+      <c r="B56" s="92" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India</t>
+        </is>
+      </c>
+      <c r="C56" s="92" t="inlineStr">
+        <is>
+          <t>INE514E16CJ9</t>
+        </is>
+      </c>
+      <c r="D56" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E56" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>4936.23</v>
+      </c>
+      <c r="G56" s="7" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="H56" s="8" t="n">
+        <v>46085</v>
+      </c>
+      <c r="J56" s="6" t="n">
+        <v>6.0448</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="92" t="n">
+        <v>46</v>
+      </c>
+      <c r="B57" s="92" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C57" s="92" t="inlineStr">
+        <is>
+          <t>INE514E16CK7</t>
+        </is>
+      </c>
+      <c r="D57" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E57" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>4923.26</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="H57" s="8" t="n">
+        <v>46101</v>
+      </c>
+      <c r="J57" s="6" t="n">
+        <v>6.0525</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="92" t="n">
+        <v>47</v>
+      </c>
+      <c r="B58" s="92" t="inlineStr">
+        <is>
+          <t>Punjab National Bank**</t>
+        </is>
+      </c>
+      <c r="C58" s="92" t="inlineStr">
+        <is>
+          <t>INE160A16RP4</t>
+        </is>
+      </c>
+      <c r="D58" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E58" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>4918.95</v>
+      </c>
+      <c r="G58" s="7" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="H58" s="8" t="n">
+        <v>46106</v>
+      </c>
+      <c r="J58" s="6" t="n">
+        <v>6.0751</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="92" t="n">
+        <v>48</v>
+      </c>
+      <c r="B59" s="92" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C59" s="92" t="inlineStr">
+        <is>
+          <t>INE237AD6083</t>
+        </is>
+      </c>
+      <c r="D59" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E59" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>4863.97</v>
+      </c>
+      <c r="G59" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="H59" s="8" t="n">
+        <v>46167</v>
+      </c>
+      <c r="J59" s="6" t="n">
+        <v>6.3799</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="92" t="n">
+        <v>49</v>
+      </c>
+      <c r="B60" s="92" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C60" s="92" t="inlineStr">
+        <is>
+          <t>INE476A16F03</t>
+        </is>
+      </c>
+      <c r="D60" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E60" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>4860.24</v>
+      </c>
+      <c r="G60" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="H60" s="8" t="n">
+        <v>46171</v>
+      </c>
+      <c r="J60" s="6" t="n">
+        <v>6.3999</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="92" t="n">
+        <v>50</v>
+      </c>
+      <c r="B61" s="92" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C61" s="92" t="inlineStr">
+        <is>
+          <t>INE562A16PB5</t>
+        </is>
+      </c>
+      <c r="D61" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E61" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F61" s="6" t="n">
+        <v>4849.12</v>
+      </c>
+      <c r="G61" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="H61" s="8" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J61" s="6" t="n">
+        <v>6.3801</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="92" t="n">
+        <v>51</v>
+      </c>
+      <c r="B62" s="92" t="inlineStr">
+        <is>
+          <t>Union Bank of India</t>
+        </is>
+      </c>
+      <c r="C62" s="92" t="inlineStr">
+        <is>
+          <t>INE692A16JQ1</t>
+        </is>
+      </c>
+      <c r="D62" s="92" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E62" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>4838.46</v>
+      </c>
+      <c r="G62" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="H62" s="8" t="n">
+        <v>46198</v>
+      </c>
+      <c r="J62" s="6" t="n">
+        <v>6.38</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="92" t="n">
+        <v>52</v>
+      </c>
+      <c r="B63" s="92" t="inlineStr">
+        <is>
+          <t>Ujjivan Small Finance Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C63" s="92" t="inlineStr">
+        <is>
+          <t>INE551W16CD6</t>
+        </is>
+      </c>
+      <c r="D63" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E63" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>4826.64</v>
+      </c>
+      <c r="G63" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="H63" s="8" t="n">
+        <v>46191</v>
+      </c>
+      <c r="J63" s="6" t="n">
+        <v>7.125</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="92" t="n">
+        <v>53</v>
+      </c>
+      <c r="B64" s="92" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C64" s="92" t="inlineStr">
+        <is>
+          <t>INE238AD6BJ6</t>
+        </is>
+      </c>
+      <c r="D64" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E64" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>4738.35</v>
+      </c>
+      <c r="G64" s="7" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="H64" s="8" t="n">
+        <v>46311</v>
+      </c>
+      <c r="J64" s="6" t="n">
+        <v>6.63</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="92" t="n">
+        <v>54</v>
+      </c>
+      <c r="B65" s="92" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C65" s="92" t="inlineStr">
+        <is>
+          <t>INE562A16PP5</t>
+        </is>
+      </c>
+      <c r="D65" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E65" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F65" s="6" t="n">
+        <v>4729.98</v>
+      </c>
+      <c r="G65" s="7" t="n">
+        <v>0.0051</v>
+      </c>
+      <c r="H65" s="8" t="n">
+        <v>46322</v>
+      </c>
+      <c r="J65" s="6" t="n">
+        <v>6.615</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="92" t="n">
+        <v>55</v>
+      </c>
+      <c r="B66" s="92" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C66" s="92" t="inlineStr">
+        <is>
+          <t>INE028A16KM5</t>
+        </is>
+      </c>
+      <c r="D66" s="92" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E66" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F66" s="6" t="n">
+        <v>4709.98</v>
+      </c>
+      <c r="G66" s="7" t="n">
+        <v>0.0051</v>
+      </c>
+      <c r="H66" s="8" t="n">
+        <v>46346</v>
+      </c>
+      <c r="J66" s="6" t="n">
+        <v>6.6299</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="92" t="n">
+        <v>56</v>
+      </c>
+      <c r="B67" s="92" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C67" s="92" t="inlineStr">
+        <is>
+          <t>INE028A16KO1</t>
+        </is>
+      </c>
+      <c r="D67" s="92" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E67" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F67" s="6" t="n">
+        <v>4698.72</v>
+      </c>
+      <c r="G67" s="7" t="n">
+        <v>0.0051</v>
+      </c>
+      <c r="H67" s="8" t="n">
+        <v>46360</v>
+      </c>
+      <c r="J67" s="6" t="n">
+        <v>6.63</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="92" t="n">
+        <v>57</v>
+      </c>
+      <c r="B68" s="92" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C68" s="92" t="inlineStr">
+        <is>
+          <t>INE476A16B64</t>
+        </is>
+      </c>
+      <c r="D68" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E68" s="12" t="n">
+        <v>800</v>
+      </c>
+      <c r="F68" s="6" t="n">
+        <v>3939.68</v>
+      </c>
+      <c r="G68" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="H68" s="8" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J68" s="6" t="n">
+        <v>6.075</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="92" t="n">
+        <v>58</v>
+      </c>
+      <c r="B69" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C69" s="92" t="inlineStr">
+        <is>
+          <t>INE556F16BG5</t>
+        </is>
+      </c>
+      <c r="D69" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E69" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F69" s="6" t="n">
+        <v>2458.98</v>
+      </c>
+      <c r="G69" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="H69" s="8" t="n">
+        <v>46107</v>
+      </c>
+      <c r="J69" s="6" t="n">
+        <v>6.0886</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="92" t="n">
+        <v>59</v>
+      </c>
+      <c r="B70" s="92" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C70" s="92" t="inlineStr">
+        <is>
+          <t>INE092T16YJ8</t>
+        </is>
+      </c>
+      <c r="D70" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E70" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F70" s="6" t="n">
+        <v>2429.48</v>
+      </c>
+      <c r="G70" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="H70" s="8" t="n">
+        <v>46169</v>
+      </c>
+      <c r="J70" s="6" t="n">
+        <v>6.54</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="92" t="n">
+        <v>60</v>
+      </c>
+      <c r="B71" s="92" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C71" s="92" t="inlineStr">
+        <is>
+          <t>INE028A16KR4</t>
+        </is>
+      </c>
+      <c r="D71" s="92" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E71" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>2427.22</v>
+      </c>
+      <c r="G71" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="H71" s="8" t="n">
+        <v>46178</v>
+      </c>
+      <c r="J71" s="6" t="n">
+        <v>6.4</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="92" t="n">
+        <v>61</v>
+      </c>
+      <c r="B72" s="92" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C72" s="92" t="inlineStr">
+        <is>
+          <t>INE238AD6AU5</t>
+        </is>
+      </c>
+      <c r="D72" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E72" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F72" s="6" t="n">
+        <v>2423.99</v>
+      </c>
+      <c r="G72" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="H72" s="8" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J72" s="6" t="n">
+        <v>6.43</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="92" t="n">
+        <v>62</v>
+      </c>
+      <c r="B73" s="92" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C73" s="92" t="inlineStr">
+        <is>
+          <t>INE040A16HB9</t>
+        </is>
+      </c>
+      <c r="D73" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E73" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F73" s="6" t="n">
+        <v>2419.03</v>
+      </c>
+      <c r="G73" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="H73" s="8" t="n">
+        <v>46197</v>
+      </c>
+      <c r="J73" s="6" t="n">
+        <v>6.4301</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="9" t="n"/>
+      <c r="B74" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C74" s="9" t="n"/>
+      <c r="D74" s="9" t="n"/>
+      <c r="E74" s="9" t="n"/>
+      <c r="F74" s="10" t="n">
+        <v>563466.35</v>
+      </c>
+      <c r="G74" s="11" t="n">
+        <v>0.6133</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="B76" s="4" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="77">
+      <c r="B77" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="92" t="n">
+        <v>63</v>
+      </c>
+      <c r="B78" s="92" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C78" s="92" t="inlineStr">
+        <is>
+          <t>INE134E14AX6</t>
+        </is>
+      </c>
+      <c r="D78" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E78" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F78" s="6" t="n">
+        <v>12241.02</v>
+      </c>
+      <c r="G78" s="7" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="H78" s="8" t="n">
+        <v>46127</v>
+      </c>
+      <c r="J78" s="6" t="n">
+        <v>6.435</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="92" t="n">
+        <v>64</v>
+      </c>
+      <c r="B79" s="92" t="inlineStr">
+        <is>
+          <t>Bahadur Chand Investments Private Limited**</t>
+        </is>
+      </c>
+      <c r="C79" s="92" t="inlineStr">
+        <is>
+          <t>INE087M14BX7</t>
+        </is>
+      </c>
+      <c r="D79" s="92" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E79" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F79" s="6" t="n">
+        <v>11839.26</v>
+      </c>
+      <c r="G79" s="7" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="H79" s="8" t="n">
+        <v>46269</v>
+      </c>
+      <c r="J79" s="6" t="n">
+        <v>7.775</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="92" t="n">
+        <v>65</v>
+      </c>
+      <c r="B80" s="92" t="inlineStr">
+        <is>
+          <t>Muthoot Fincorp Limited**</t>
+        </is>
+      </c>
+      <c r="C80" s="92" t="inlineStr">
+        <is>
+          <t>INE549K14CG3</t>
+        </is>
+      </c>
+      <c r="D80" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E80" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F80" s="6" t="n">
+        <v>11511.96</v>
+      </c>
+      <c r="G80" s="7" t="n">
+        <v>0.0125</v>
+      </c>
+      <c r="H80" s="8" t="n">
+        <v>46358</v>
+      </c>
+      <c r="J80" s="6" t="n">
+        <v>8.925000000000001</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="92" t="n">
+        <v>66</v>
+      </c>
+      <c r="B81" s="92" t="inlineStr">
+        <is>
+          <t>Kotak Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C81" s="92" t="inlineStr">
+        <is>
+          <t>INE028E14SR4</t>
+        </is>
+      </c>
+      <c r="D81" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E81" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F81" s="6" t="n">
+        <v>9867.780000000001</v>
+      </c>
+      <c r="G81" s="7" t="n">
+        <v>0.0107</v>
+      </c>
+      <c r="H81" s="8" t="n">
+        <v>46080</v>
+      </c>
+      <c r="J81" s="6" t="n">
+        <v>6.6998</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="92" t="n">
+        <v>67</v>
+      </c>
+      <c r="B82" s="92" t="inlineStr">
+        <is>
+          <t>Standard Chartered Capital Limited**</t>
+        </is>
+      </c>
+      <c r="C82" s="92" t="inlineStr">
+        <is>
+          <t>INE403G14TM3</t>
+        </is>
+      </c>
+      <c r="D82" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E82" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F82" s="6" t="n">
+        <v>9705.780000000001</v>
+      </c>
+      <c r="G82" s="7" t="n">
+        <v>0.0106</v>
+      </c>
+      <c r="H82" s="8" t="n">
+        <v>46161</v>
+      </c>
+      <c r="J82" s="6" t="n">
+        <v>7.1849</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="92" t="n">
+        <v>68</v>
+      </c>
+      <c r="B83" s="92" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C83" s="92" t="inlineStr">
+        <is>
+          <t>INE121A14XW5</t>
+        </is>
+      </c>
+      <c r="D83" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E83" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F83" s="6" t="n">
+        <v>9665.450000000001</v>
+      </c>
+      <c r="G83" s="7" t="n">
+        <v>0.0105</v>
+      </c>
+      <c r="H83" s="8" t="n">
+        <v>46188</v>
+      </c>
+      <c r="J83" s="6" t="n">
+        <v>6.9801</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="92" t="n">
+        <v>69</v>
+      </c>
+      <c r="B84" s="92" t="inlineStr">
+        <is>
+          <t>Julius Baer Capital (India) Private Limited**</t>
+        </is>
+      </c>
+      <c r="C84" s="92" t="inlineStr">
+        <is>
+          <t>INE824H14SL2</t>
+        </is>
+      </c>
+      <c r="D84" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E84" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F84" s="6" t="n">
+        <v>9644.83</v>
+      </c>
+      <c r="G84" s="7" t="n">
+        <v>0.0105</v>
+      </c>
+      <c r="H84" s="8" t="n">
+        <v>46191</v>
+      </c>
+      <c r="J84" s="6" t="n">
+        <v>7.3049</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="92" t="n">
+        <v>70</v>
+      </c>
+      <c r="B85" s="92" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C85" s="92" t="inlineStr">
+        <is>
+          <t>INE296A14D13</t>
+        </is>
+      </c>
+      <c r="D85" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E85" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F85" s="6" t="n">
+        <v>9417.860000000001</v>
+      </c>
+      <c r="G85" s="7" t="n">
+        <v>0.0102</v>
+      </c>
+      <c r="H85" s="8" t="n">
+        <v>46330</v>
+      </c>
+      <c r="J85" s="6" t="n">
+        <v>6.985</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="92" t="n">
+        <v>71</v>
+      </c>
+      <c r="B86" s="92" t="inlineStr">
+        <is>
+          <t>Angel One Limited**</t>
+        </is>
+      </c>
+      <c r="C86" s="92" t="inlineStr">
+        <is>
+          <t>INE732I14BO5</t>
+        </is>
+      </c>
+      <c r="D86" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E86" s="12" t="n">
+        <v>1700</v>
+      </c>
+      <c r="F86" s="6" t="n">
+        <v>8451.120000000001</v>
+      </c>
+      <c r="G86" s="7" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="H86" s="8" t="n">
+        <v>46035</v>
+      </c>
+      <c r="J86" s="6" t="n">
+        <v>7.5402</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="92" t="n">
+        <v>72</v>
+      </c>
+      <c r="B87" s="92" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C87" s="92" t="inlineStr">
+        <is>
+          <t>INE763G14WW3</t>
+        </is>
+      </c>
+      <c r="D87" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E87" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F87" s="6" t="n">
+        <v>7431.74</v>
+      </c>
+      <c r="G87" s="7" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="H87" s="8" t="n">
+        <v>46057</v>
+      </c>
+      <c r="J87" s="6" t="n">
+        <v>6.7051</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="92" t="n">
+        <v>73</v>
+      </c>
+      <c r="B88" s="92" t="inlineStr">
+        <is>
+          <t>HDFC Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C88" s="92" t="inlineStr">
+        <is>
+          <t>INE700G14QD7</t>
+        </is>
+      </c>
+      <c r="D88" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E88" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F88" s="6" t="n">
+        <v>7382.98</v>
+      </c>
+      <c r="G88" s="7" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="H88" s="8" t="n">
+        <v>46094</v>
+      </c>
+      <c r="J88" s="6" t="n">
+        <v>6.6498</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="92" t="n">
+        <v>74</v>
+      </c>
+      <c r="B89" s="92" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C89" s="92" t="inlineStr">
+        <is>
+          <t>INE121A14XU9</t>
+        </is>
+      </c>
+      <c r="D89" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E89" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F89" s="6" t="n">
+        <v>7284.09</v>
+      </c>
+      <c r="G89" s="7" t="n">
+        <v>0.007900000000000001</v>
+      </c>
+      <c r="H89" s="8" t="n">
+        <v>46162</v>
+      </c>
+      <c r="J89" s="6" t="n">
+        <v>6.9801</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="92" t="n">
+        <v>75</v>
+      </c>
+      <c r="B90" s="92" t="inlineStr">
+        <is>
+          <t>Nuvama Wealth and Investment Limited**</t>
+        </is>
+      </c>
+      <c r="C90" s="92" t="inlineStr">
+        <is>
+          <t>INE523L14AN6</t>
+        </is>
+      </c>
+      <c r="D90" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E90" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F90" s="6" t="n">
+        <v>4961.73</v>
+      </c>
+      <c r="G90" s="7" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="H90" s="8" t="n">
+        <v>46044</v>
+      </c>
+      <c r="J90" s="6" t="n">
+        <v>7.6098</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="92" t="n">
+        <v>76</v>
+      </c>
+      <c r="B91" s="92" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C91" s="92" t="inlineStr">
+        <is>
+          <t>INE763G14XA7</t>
+        </is>
+      </c>
+      <c r="D91" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E91" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F91" s="6" t="n">
+        <v>4952.69</v>
+      </c>
+      <c r="G91" s="7" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="H91" s="8" t="n">
+        <v>46059</v>
+      </c>
+      <c r="J91" s="6" t="n">
+        <v>6.705</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="92" t="n">
+        <v>77</v>
+      </c>
+      <c r="B92" s="92" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Investments Limited**</t>
+        </is>
+      </c>
+      <c r="C92" s="92" t="inlineStr">
+        <is>
+          <t>INE975F14A01</t>
+        </is>
+      </c>
+      <c r="D92" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E92" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F92" s="6" t="n">
+        <v>4909.19</v>
+      </c>
+      <c r="G92" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="H92" s="8" t="n">
+        <v>46108</v>
+      </c>
+      <c r="J92" s="6" t="n">
+        <v>6.6851</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="92" t="n">
+        <v>78</v>
+      </c>
+      <c r="B93" s="92" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C93" s="92" t="inlineStr">
+        <is>
+          <t>INE763G14YN8</t>
+        </is>
+      </c>
+      <c r="D93" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E93" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F93" s="6" t="n">
+        <v>4855.17</v>
+      </c>
+      <c r="G93" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="H93" s="8" t="n">
+        <v>46164</v>
+      </c>
+      <c r="J93" s="6" t="n">
+        <v>6.935</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="92" t="n">
+        <v>79</v>
+      </c>
+      <c r="B94" s="92" t="inlineStr">
+        <is>
+          <t>Axis Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C94" s="92" t="inlineStr">
+        <is>
+          <t>INE110O14GX2</t>
+        </is>
+      </c>
+      <c r="D94" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E94" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F94" s="6" t="n">
+        <v>4854.36</v>
+      </c>
+      <c r="G94" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="H94" s="8" t="n">
+        <v>46164</v>
+      </c>
+      <c r="J94" s="6" t="n">
+        <v>6.9751</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="92" t="n">
+        <v>80</v>
+      </c>
+      <c r="B95" s="92" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C95" s="92" t="inlineStr">
+        <is>
+          <t>INE414G14UW7</t>
+        </is>
+      </c>
+      <c r="D95" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E95" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F95" s="6" t="n">
+        <v>4830</v>
+      </c>
+      <c r="G95" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="H95" s="8" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J95" s="6" t="n">
+        <v>7.2175</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="92" t="n">
+        <v>81</v>
+      </c>
+      <c r="B96" s="92" t="inlineStr">
+        <is>
+          <t>Standard Chartered Securities (India) Limited**</t>
+        </is>
+      </c>
+      <c r="C96" s="92" t="inlineStr">
+        <is>
+          <t>INE472H14706</t>
+        </is>
+      </c>
+      <c r="D96" s="92" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E96" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F96" s="6" t="n">
+        <v>4820.54</v>
+      </c>
+      <c r="G96" s="7" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="H96" s="8" t="n">
+        <v>46192</v>
+      </c>
+      <c r="J96" s="6" t="n">
+        <v>7.345</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="92" t="n">
+        <v>82</v>
+      </c>
+      <c r="B97" s="92" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C97" s="92" t="inlineStr">
+        <is>
+          <t>INE414G14UT3</t>
+        </is>
+      </c>
+      <c r="D97" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E97" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F97" s="6" t="n">
+        <v>4745.72</v>
+      </c>
+      <c r="G97" s="7" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="H97" s="8" t="n">
+        <v>46273</v>
+      </c>
+      <c r="J97" s="6" t="n">
+        <v>7.3525</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="92" t="n">
+        <v>83</v>
+      </c>
+      <c r="B98" s="92" t="inlineStr">
+        <is>
+          <t>Nuvama Wealth Management Limited**</t>
+        </is>
+      </c>
+      <c r="C98" s="92" t="inlineStr">
+        <is>
+          <t>INE531F14FJ8</t>
+        </is>
+      </c>
+      <c r="D98" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E98" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F98" s="6" t="n">
+        <v>4713.1</v>
+      </c>
+      <c r="G98" s="7" t="n">
+        <v>0.0051</v>
+      </c>
+      <c r="H98" s="8" t="n">
+        <v>46276</v>
+      </c>
+      <c r="J98" s="6" t="n">
+        <v>8.2599</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="92" t="n">
+        <v>84</v>
+      </c>
+      <c r="B99" s="92" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C99" s="92" t="inlineStr">
+        <is>
+          <t>INE296A14D21</t>
+        </is>
+      </c>
+      <c r="D99" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E99" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F99" s="6" t="n">
+        <v>4707.23</v>
+      </c>
+      <c r="G99" s="7" t="n">
+        <v>0.0051</v>
+      </c>
+      <c r="H99" s="8" t="n">
+        <v>46332</v>
+      </c>
+      <c r="J99" s="6" t="n">
+        <v>6.985</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="92" t="n">
+        <v>85</v>
+      </c>
+      <c r="B100" s="92" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C100" s="92" t="inlineStr">
+        <is>
+          <t>INE121A14YB7</t>
+        </is>
+      </c>
+      <c r="D100" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E100" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F100" s="6" t="n">
+        <v>4672.88</v>
+      </c>
+      <c r="G100" s="7" t="n">
+        <v>0.0051</v>
+      </c>
+      <c r="H100" s="8" t="n">
+        <v>46353</v>
+      </c>
+      <c r="J100" s="6" t="n">
+        <v>7.385</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="92" t="n">
+        <v>86</v>
+      </c>
+      <c r="B101" s="92" t="inlineStr">
+        <is>
+          <t>Angel One Limited**</t>
+        </is>
+      </c>
+      <c r="C101" s="92" t="inlineStr">
+        <is>
+          <t>INE732I14CP0</t>
+        </is>
+      </c>
+      <c r="D101" s="92" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E101" s="12" t="n">
+        <v>800</v>
+      </c>
+      <c r="F101" s="6" t="n">
+        <v>3926.52</v>
+      </c>
+      <c r="G101" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="H101" s="8" t="n">
+        <v>46097</v>
+      </c>
+      <c r="J101" s="6" t="n">
+        <v>7.5899</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="92" t="n">
+        <v>87</v>
+      </c>
+      <c r="B102" s="92" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C102" s="92" t="inlineStr">
+        <is>
+          <t>INE338I14JJ4</t>
+        </is>
+      </c>
+      <c r="D102" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E102" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F102" s="6" t="n">
+        <v>2466.68</v>
+      </c>
+      <c r="G102" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="H102" s="8" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J102" s="6" t="n">
+        <v>7.0448</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="92" t="n">
+        <v>88</v>
+      </c>
+      <c r="B103" s="92" t="inlineStr">
+        <is>
+          <t>Hero Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C103" s="92" t="inlineStr">
+        <is>
+          <t>INE800X14366</t>
+        </is>
+      </c>
+      <c r="D103" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E103" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F103" s="6" t="n">
+        <v>2440.2</v>
+      </c>
+      <c r="G103" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="H103" s="8" t="n">
+        <v>46140</v>
+      </c>
+      <c r="J103" s="6" t="n">
+        <v>6.725</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="92" t="n">
+        <v>89</v>
+      </c>
+      <c r="B104" s="92" t="inlineStr">
+        <is>
+          <t>Hero Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C104" s="92" t="inlineStr">
+        <is>
+          <t>INE800X14358</t>
+        </is>
+      </c>
+      <c r="D104" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E104" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F104" s="6" t="n">
+        <v>2426.68</v>
+      </c>
+      <c r="G104" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="H104" s="8" t="n">
+        <v>46171</v>
+      </c>
+      <c r="J104" s="6" t="n">
+        <v>6.7251</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="92" t="n">
+        <v>90</v>
+      </c>
+      <c r="B105" s="92" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C105" s="92" t="inlineStr">
+        <is>
+          <t>INE121A14XO2</t>
+        </is>
+      </c>
+      <c r="D105" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E105" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F105" s="6" t="n">
+        <v>2425.33</v>
+      </c>
+      <c r="G105" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="H105" s="8" t="n">
+        <v>46168</v>
+      </c>
+      <c r="J105" s="6" t="n">
+        <v>6.98</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="92" t="n">
+        <v>91</v>
+      </c>
+      <c r="B106" s="92" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C106" s="92" t="inlineStr">
+        <is>
+          <t>INE338I14KS3</t>
+        </is>
+      </c>
+      <c r="D106" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E106" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F106" s="6" t="n">
+        <v>2412.36</v>
+      </c>
+      <c r="G106" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="H106" s="8" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J106" s="6" t="n">
+        <v>7.45</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="92" t="n">
+        <v>92</v>
+      </c>
+      <c r="B107" s="92" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C107" s="92" t="inlineStr">
+        <is>
+          <t>INE338I14KQ7</t>
+        </is>
+      </c>
+      <c r="D107" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E107" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F107" s="6" t="n">
+        <v>2410.93</v>
+      </c>
+      <c r="G107" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="H107" s="8" t="n">
+        <v>46188</v>
+      </c>
+      <c r="J107" s="6" t="n">
+        <v>7.4501</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="92" t="n">
+        <v>93</v>
+      </c>
+      <c r="B108" s="92" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Finvest Limited**</t>
+        </is>
+      </c>
+      <c r="C108" s="92" t="inlineStr">
+        <is>
+          <t>INE01WN14BU3</t>
+        </is>
+      </c>
+      <c r="D108" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E108" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F108" s="6" t="n">
+        <v>2410.07</v>
+      </c>
+      <c r="G108" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="H108" s="8" t="n">
+        <v>46188</v>
+      </c>
+      <c r="J108" s="6" t="n">
+        <v>7.525</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="9" t="n"/>
+      <c r="B109" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C109" s="9" t="n"/>
+      <c r="D109" s="9" t="n"/>
+      <c r="E109" s="9" t="n"/>
+      <c r="F109" s="10" t="n">
+        <v>188385.25</v>
+      </c>
+      <c r="G109" s="11" t="n">
+        <v>0.2048</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="B111" s="4" t="inlineStr">
+        <is>
+          <t>Treasury Bill</t>
+        </is>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="92" t="n">
+        <v>94</v>
+      </c>
+      <c r="B112" s="92" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C112" s="92" t="inlineStr">
+        <is>
+          <t>IN002024Z487</t>
+        </is>
+      </c>
+      <c r="D112" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L10" s="6" t="n">
-[...34 lines deleted...]
-      <c r="K13" s="1" t="inlineStr">
+      <c r="E112" s="12" t="n">
+        <v>10000000</v>
+      </c>
+      <c r="F112" s="6" t="n">
+        <v>9877.35</v>
+      </c>
+      <c r="G112" s="7" t="n">
+        <v>0.0107</v>
+      </c>
+      <c r="H112" s="8" t="n">
+        <v>46093</v>
+      </c>
+      <c r="J112" s="6" t="n">
+        <v>5.2701</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="92" t="n">
+        <v>95</v>
+      </c>
+      <c r="B113" s="92" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2025</t>
+        </is>
+      </c>
+      <c r="C113" s="92" t="inlineStr">
+        <is>
+          <t>IN002024Z362</t>
+        </is>
+      </c>
+      <c r="D113" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E113" s="12" t="n">
+        <v>7500000</v>
+      </c>
+      <c r="F113" s="6" t="n">
+        <v>7497.8</v>
+      </c>
+      <c r="G113" s="7" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="H113" s="8" t="n">
+        <v>46009</v>
+      </c>
+      <c r="J113" s="6" t="n">
+        <v>5.3488</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="92" t="n">
+        <v>96</v>
+      </c>
+      <c r="B114" s="92" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C114" s="92" t="inlineStr">
+        <is>
+          <t>IN002024Z420</t>
+        </is>
+      </c>
+      <c r="D114" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E114" s="12" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F114" s="6" t="n">
+        <v>4968.31</v>
+      </c>
+      <c r="G114" s="7" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="H114" s="8" t="n">
+        <v>46051</v>
+      </c>
+      <c r="J114" s="6" t="n">
+        <v>5.2904</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="92" t="n">
+        <v>97</v>
+      </c>
+      <c r="B115" s="92" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C115" s="92" t="inlineStr">
+        <is>
+          <t>IN002025Z096</t>
+        </is>
+      </c>
+      <c r="D115" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E115" s="12" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F115" s="6" t="n">
+        <v>4880.77</v>
+      </c>
+      <c r="G115" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="H115" s="8" t="n">
+        <v>46170</v>
+      </c>
+      <c r="J115" s="6" t="n">
+        <v>5.47</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="92" t="n">
+        <v>98</v>
+      </c>
+      <c r="B116" s="92" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C116" s="92" t="inlineStr">
+        <is>
+          <t>IN002025Z211</t>
+        </is>
+      </c>
+      <c r="D116" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E116" s="12" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F116" s="6" t="n">
+        <v>4821.84</v>
+      </c>
+      <c r="G116" s="7" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="H116" s="8" t="n">
+        <v>46254</v>
+      </c>
+      <c r="J116" s="6" t="n">
+        <v>5.46</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="92" t="n">
+        <v>99</v>
+      </c>
+      <c r="B117" s="92" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C117" s="92" t="inlineStr">
+        <is>
+          <t>IN002024Z495</t>
+        </is>
+      </c>
+      <c r="D117" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E117" s="12" t="n">
+        <v>3500000</v>
+      </c>
+      <c r="F117" s="6" t="n">
+        <v>3453.51</v>
+      </c>
+      <c r="G117" s="7" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="H117" s="8" t="n">
+        <v>46100</v>
+      </c>
+      <c r="J117" s="6" t="n">
+        <v>5.2836</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="92" t="n">
+        <v>100</v>
+      </c>
+      <c r="B118" s="92" t="inlineStr">
+        <is>
+          <t>91 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C118" s="92" t="inlineStr">
+        <is>
+          <t>IN002025X356</t>
+        </is>
+      </c>
+      <c r="D118" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E118" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F118" s="6" t="n">
+        <v>2474.08</v>
+      </c>
+      <c r="G118" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="H118" s="8" t="n">
+        <v>46079</v>
+      </c>
+      <c r="J118" s="6" t="n">
+        <v>5.31</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="92" t="n">
+        <v>101</v>
+      </c>
+      <c r="B119" s="92" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C119" s="92" t="inlineStr">
+        <is>
+          <t>IN002025Z054</t>
+        </is>
+      </c>
+      <c r="D119" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E119" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F119" s="6" t="n">
+        <v>2450.51</v>
+      </c>
+      <c r="G119" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="H119" s="8" t="n">
+        <v>46143</v>
+      </c>
+      <c r="J119" s="6" t="n">
+        <v>5.4199</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="92" t="n">
+        <v>102</v>
+      </c>
+      <c r="B120" s="92" t="inlineStr">
+        <is>
+          <t>182 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C120" s="92" t="inlineStr">
+        <is>
+          <t>IN002025Y255</t>
+        </is>
+      </c>
+      <c r="D120" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E120" s="12" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F120" s="6" t="n">
+        <v>493.36</v>
+      </c>
+      <c r="G120" s="7" t="n">
+        <v>0.0005</v>
+      </c>
+      <c r="H120" s="8" t="n">
+        <v>46100</v>
+      </c>
+      <c r="J120" s="6" t="n">
+        <v>5.2836</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="9" t="n"/>
+      <c r="B121" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C121" s="9" t="n"/>
+      <c r="D121" s="9" t="n"/>
+      <c r="E121" s="9" t="n"/>
+      <c r="F121" s="10" t="n">
+        <v>40917.53</v>
+      </c>
+      <c r="G121" s="11" t="n">
+        <v>0.0445</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="92" t="n">
+        <v>103</v>
+      </c>
+      <c r="B123" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F123" s="6" t="n">
+        <v>40868.5</v>
+      </c>
+      <c r="G123" s="7" t="n">
+        <v>0.0445</v>
+      </c>
+      <c r="H123" s="8" t="n">
+        <v>46007</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="9" t="n"/>
+      <c r="B124" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C124" s="9" t="n"/>
+      <c r="D124" s="9" t="n"/>
+      <c r="E124" s="9" t="n"/>
+      <c r="F124" s="10" t="n">
+        <v>40868.5</v>
+      </c>
+      <c r="G124" s="11" t="n">
+        <v>0.0445</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="B126" s="4" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
-      <c r="L13" s="6" t="n">
-[...4 lines deleted...]
-      <c r="A14" s="1" t="n">
+    </row>
+    <row r="127">
+      <c r="A127" s="92" t="n">
+        <v>104</v>
+      </c>
+      <c r="B127" s="92" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C127" s="92" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E127" s="12" t="n">
+        <v>11907.456</v>
+      </c>
+      <c r="F127" s="6" t="n">
+        <v>1371.62</v>
+      </c>
+      <c r="G127" s="7" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="J127" s="6" t="n"/>
+    </row>
+    <row r="128">
+      <c r="A128" s="9" t="n"/>
+      <c r="B128" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C128" s="9" t="n"/>
+      <c r="D128" s="9" t="n"/>
+      <c r="E128" s="9" t="n"/>
+      <c r="F128" s="10" t="n">
+        <v>1371.62</v>
+      </c>
+      <c r="G128" s="11" t="n">
+        <v>0.0015</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="B130" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="131">
+      <c r="B131" s="92" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E131" s="12" t="n"/>
+      <c r="F131" s="6" t="n">
+        <v>-4587.78</v>
+      </c>
+      <c r="G131" s="7" t="n">
+        <v>-0.0051</v>
+      </c>
+      <c r="J131" s="6" t="n"/>
+    </row>
+    <row r="132">
+      <c r="A132" s="9" t="n"/>
+      <c r="B132" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C132" s="9" t="n"/>
+      <c r="D132" s="9" t="n"/>
+      <c r="E132" s="9" t="n"/>
+      <c r="F132" s="10" t="n">
+        <v>-4587.78</v>
+      </c>
+      <c r="G132" s="11" t="n">
+        <v>-0.0051</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="5" t="n"/>
+      <c r="B134" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C134" s="5" t="n"/>
+      <c r="D134" s="5" t="n"/>
+      <c r="E134" s="5" t="n"/>
+      <c r="F134" s="13" t="n">
+        <v>919048.14</v>
+      </c>
+      <c r="G134" s="14" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="92" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" s="92" t="n">
+        <v>1</v>
+      </c>
+      <c r="B136" s="92" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="137" ht="40.5" customHeight="1" s="68">
+      <c r="A137" s="15" t="n">
+        <v>2</v>
+      </c>
+      <c r="B137" s="15" t="inlineStr">
+        <is>
+          <t>As on December 15, 2025, the aggregate investments by the schemes of DSP Mutual Fund in DSP Savings Fund is  ₹ 65,458.00 Lakhs.</t>
+        </is>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B14" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A15" s="1" t="n">
+      <c r="B138" s="15" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="139" ht="27" customHeight="1" s="68">
+      <c r="A139" s="15" t="n">
         <v>4</v>
       </c>
-      <c r="B15" s="1" t="inlineStr">
-[...3186 lines deleted...]
-      <c r="B127" s="69" t="inlineStr">
+      <c r="B139" s="15" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" ht="14.5" customHeight="1" s="68">
+      <c r="B143" s="91" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="141" ht="14.5" customHeight="1" s="72">
-      <c r="B141" s="69" t="inlineStr">
+    <row r="155" ht="14.5" customHeight="1" s="68">
+      <c r="B155" s="91" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Money Market A-I Index</t>
         </is>
       </c>
     </row>
-    <row r="156">
-[...1 lines deleted...]
-      <c r="C156" s="17" t="inlineStr">
+    <row r="170">
+      <c r="B170" s="16" t="n"/>
+      <c r="C170" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="157">
-      <c r="B157" s="15" t="inlineStr">
+    <row r="171">
+      <c r="B171" s="16" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C157" s="17" t="inlineStr">
+      <c r="C171" s="18" t="inlineStr">
         <is>
           <t>DSP Savings Fund</t>
         </is>
       </c>
     </row>
-    <row r="158">
-      <c r="B158" s="15" t="inlineStr">
+    <row r="172">
+      <c r="B172" s="16" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C158" s="18" t="n"/>
-[...2 lines deleted...]
-      <c r="B159" s="15" t="inlineStr">
+      <c r="C172" s="19" t="n"/>
+    </row>
+    <row r="173">
+      <c r="B173" s="16" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C159" s="19" t="n">
-[...4 lines deleted...]
-      <c r="B160" s="15" t="inlineStr">
+      <c r="C173" s="20" t="n">
+        <v>0.0640227033754148</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="B174" s="16" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C160" s="18" t="n">
-[...4 lines deleted...]
-      <c r="B161" s="15" t="inlineStr">
+      <c r="C174" s="19" t="n">
+        <v>0.44</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="B175" s="16" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C161" s="18" t="n">
-[...4 lines deleted...]
-      <c r="B162" s="15" t="inlineStr">
+      <c r="C175" s="19" t="n">
+        <v>0.45</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="B176" s="16" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C162" s="20" t="n">
-[...4 lines deleted...]
-      <c r="B163" s="16" t="inlineStr">
+      <c r="C176" s="21" t="n">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="B177" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C163" s="17" t="n"/>
+      <c r="C177" s="18" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Koushik Chowdhury</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>