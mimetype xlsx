--- v3 (2025-12-24)
+++ v4 (2026-01-14)
@@ -1,79 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr/>
+  <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="993" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="883" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="SAVINGS" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="23">
+  <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -110,56 +104,50 @@
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
-      <sz val="10"/>
-[...4 lines deleted...]
-      <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -342,319 +330,320 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="102">
+  <cellXfs count="101">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...93 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...29 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment vertical="center" wrapText="1"/>
-[...25 lines deleted...]
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -703,116 +692,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>144</row>
+      <row>146</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>153</row>
+      <row>155</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="25285700"/>
+          <a:off x="457200" y="25971500"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>156</row>
+      <row>159</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>165</row>
+      <row>168</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="27698700"/>
+          <a:off x="457200" y="28384500"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1050,4168 +1039,4269 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr>
+  <sheetPr codeName="Sheet9">
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L177"/>
+  <dimension ref="A1:L183"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="92" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="92" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="51.54296875" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="18.81640625" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="68">
-[...1 lines deleted...]
-      <c r="B1" s="67" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="74">
+      <c r="A1" s="73" t="n"/>
+      <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Savings Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 15, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="92" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="92" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>5.63% GOI 2026</t>
         </is>
       </c>
-      <c r="C8" s="92" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>IN0020210012</t>
         </is>
       </c>
-      <c r="D8" s="92" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E8" s="12" t="n">
+      <c r="E8" s="11" t="n">
         <v>40000000</v>
       </c>
-      <c r="F8" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H8" s="8" t="n">
+      <c r="F8" s="5" t="n">
+        <v>40507.11</v>
+      </c>
+      <c r="G8" s="6" t="n">
+        <v>0.0486</v>
+      </c>
+      <c r="H8" s="7" t="n">
         <v>46124</v>
       </c>
-      <c r="J8" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K8" s="4" t="inlineStr">
+      <c r="J8" s="5" t="n">
+        <v>5.5215</v>
+      </c>
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="92" t="n">
+      <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="92" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>7.59% GOI 2026</t>
         </is>
       </c>
-      <c r="C9" s="92" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>IN0020150093</t>
         </is>
       </c>
-      <c r="D9" s="92" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E9" s="12" t="n">
+      <c r="E9" s="11" t="n">
         <v>30000000</v>
       </c>
-      <c r="F9" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H9" s="8" t="n">
+      <c r="F9" s="5" t="n">
+        <v>31093.46</v>
+      </c>
+      <c r="G9" s="6" t="n">
+        <v>0.0373</v>
+      </c>
+      <c r="H9" s="7" t="n">
         <v>46033</v>
       </c>
-      <c r="J9" s="6" t="n">
-[...8 lines deleted...]
-        <v>0.6887</v>
+      <c r="J9" s="5" t="n">
+        <v>5.2872</v>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L9" s="6" t="n">
+        <v>0.7547</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="92" t="n">
+      <c r="A10" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="92" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D10" s="92" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>7.08% Karnataka SDL 2026</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>IN1920160059</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E10" s="12" t="n">
-[...5 lines deleted...]
-      <c r="G10" s="7" t="n">
+      <c r="E10" s="11" t="n">
+        <v>2600000</v>
+      </c>
+      <c r="F10" s="5" t="n">
+        <v>2639.89</v>
+      </c>
+      <c r="G10" s="6" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="H10" s="7" t="n">
+        <v>46370</v>
+      </c>
+      <c r="J10" s="5" t="n">
+        <v>5.7631</v>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L10" s="6" t="n">
+        <v>0.1402</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>7.39% Maharashtra SDL 2026</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>IN2220160104</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E11" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F11" s="5" t="n">
+        <v>2560.53</v>
+      </c>
+      <c r="G11" s="6" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="H11" s="7" t="n">
+        <v>46335</v>
+      </c>
+      <c r="J11" s="5" t="n">
+        <v>5.7331</v>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="L11" s="6" t="n">
+        <v>0.092</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>7.38% Madhya Pradesh SDL 2026</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>IN2120160030</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E12" s="11" t="n">
+        <v>1500000</v>
+      </c>
+      <c r="F12" s="5" t="n">
+        <v>1549.56</v>
+      </c>
+      <c r="G12" s="6" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="H12" s="7" t="n">
+        <v>46279</v>
+      </c>
+      <c r="J12" s="5" t="n">
+        <v>5.727</v>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="L12" s="6" t="n">
+        <v>0.051</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="8" t="n"/>
+      <c r="B13" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C13" s="8" t="n"/>
+      <c r="D13" s="8" t="n"/>
+      <c r="E13" s="8" t="n"/>
+      <c r="F13" s="9" t="n">
+        <v>78350.55</v>
+      </c>
+      <c r="G13" s="10" t="n">
+        <v>0.0941</v>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L13" s="6" t="n">
+        <v>0.0017</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L14" s="6" t="n">
+        <v>-0.0396</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="B15" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="B16" s="3" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BI1</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E17" s="11" t="n">
+        <v>7000</v>
+      </c>
+      <c r="F17" s="5" t="n">
+        <v>34167.28</v>
+      </c>
+      <c r="G17" s="6" t="n">
+        <v>0.041</v>
+      </c>
+      <c r="H17" s="7" t="n">
+        <v>46162</v>
+      </c>
+      <c r="J17" s="5" t="n">
+        <v>6.3999</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE562A16OS2</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E18" s="11" t="n">
+        <v>4500</v>
+      </c>
+      <c r="F18" s="5" t="n">
+        <v>22022.6</v>
+      </c>
+      <c r="G18" s="6" t="n">
+        <v>0.0264</v>
+      </c>
+      <c r="H18" s="7" t="n">
+        <v>46148</v>
+      </c>
+      <c r="J18" s="5" t="n">
+        <v>6.33</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6BA5</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E19" s="11" t="n">
+        <v>4500</v>
+      </c>
+      <c r="F19" s="5" t="n">
+        <v>21986.24</v>
+      </c>
+      <c r="G19" s="6" t="n">
+        <v>0.0264</v>
+      </c>
+      <c r="H19" s="7" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J19" s="5" t="n">
+        <v>6.365</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16GW7</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E20" s="11" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F20" s="5" t="n">
+        <v>19531.1</v>
+      </c>
+      <c r="G20" s="6" t="n">
+        <v>0.0234</v>
+      </c>
+      <c r="H20" s="7" t="n">
+        <v>46161</v>
+      </c>
+      <c r="J20" s="5" t="n">
+        <v>6.3499</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE692A16KC9</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E21" s="11" t="n">
+        <v>3500</v>
+      </c>
+      <c r="F21" s="5" t="n">
+        <v>17099.18</v>
+      </c>
+      <c r="G21" s="6" t="n">
+        <v>0.0205</v>
+      </c>
+      <c r="H21" s="7" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J21" s="5" t="n">
+        <v>6.3852</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE261F16967</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E22" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F22" s="5" t="n">
+        <v>14861.79</v>
+      </c>
+      <c r="G22" s="6" t="n">
+        <v>0.0178</v>
+      </c>
+      <c r="H22" s="7" t="n">
+        <v>46080</v>
+      </c>
+      <c r="J22" s="5" t="n">
+        <v>5.9551</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6AN0</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E23" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F23" s="5" t="n">
+        <v>14850.92</v>
+      </c>
+      <c r="G23" s="6" t="n">
+        <v>0.0178</v>
+      </c>
+      <c r="H23" s="7" t="n">
+        <v>46085</v>
+      </c>
+      <c r="J23" s="5" t="n">
+        <v>5.9099</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE092T16YP5</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E24" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F24" s="5" t="n">
+        <v>14651.72</v>
+      </c>
+      <c r="G24" s="6" t="n">
+        <v>0.0176</v>
+      </c>
+      <c r="H24" s="7" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J24" s="5" t="n">
+        <v>6.4751</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE092T16YH2</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E25" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F25" s="5" t="n">
+        <v>14633.97</v>
+      </c>
+      <c r="G25" s="6" t="n">
+        <v>0.0176</v>
+      </c>
+      <c r="H25" s="7" t="n">
+        <v>46164</v>
+      </c>
+      <c r="J25" s="5" t="n">
+        <v>6.475</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE514E16CM3</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E26" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F26" s="5" t="n">
+        <v>14592.87</v>
+      </c>
+      <c r="G26" s="6" t="n">
+        <v>0.0175</v>
+      </c>
+      <c r="H26" s="7" t="n">
+        <v>46184</v>
+      </c>
+      <c r="J26" s="5" t="n">
+        <v>6.325</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE476A16E20</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E27" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F27" s="5" t="n">
+        <v>14589.15</v>
+      </c>
+      <c r="G27" s="6" t="n">
+        <v>0.0175</v>
+      </c>
+      <c r="H27" s="7" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J27" s="5" t="n">
+        <v>6.345</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE237AD6042</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E28" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F28" s="5" t="n">
+        <v>14325.57</v>
+      </c>
+      <c r="G28" s="6" t="n">
+        <v>0.0172</v>
+      </c>
+      <c r="H28" s="7" t="n">
+        <v>46289</v>
+      </c>
+      <c r="J28" s="5" t="n">
+        <v>6.4601</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16KT0</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E29" s="11" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F29" s="5" t="n">
+        <v>14127.87</v>
+      </c>
+      <c r="G29" s="6" t="n">
+        <v>0.0169</v>
+      </c>
+      <c r="H29" s="7" t="n">
+        <v>46367</v>
+      </c>
+      <c r="J29" s="5" t="n">
+        <v>6.55</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BH3</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E30" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F30" s="5" t="n">
+        <v>12234.01</v>
+      </c>
+      <c r="G30" s="6" t="n">
+        <v>0.0147</v>
+      </c>
+      <c r="H30" s="7" t="n">
+        <v>46147</v>
+      </c>
+      <c r="J30" s="5" t="n">
+        <v>6.3999</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16JZ9</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E31" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F31" s="5" t="n">
+        <v>12204.41</v>
+      </c>
+      <c r="G31" s="6" t="n">
+        <v>0.0146</v>
+      </c>
+      <c r="H31" s="7" t="n">
+        <v>46162</v>
+      </c>
+      <c r="J31" s="5" t="n">
+        <v>6.36</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE514E16CL5</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E32" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F32" s="5" t="n">
+        <v>12190.21</v>
+      </c>
+      <c r="G32" s="6" t="n">
+        <v>0.0146</v>
+      </c>
+      <c r="H32" s="7" t="n">
+        <v>46170</v>
+      </c>
+      <c r="J32" s="5" t="n">
+        <v>6.31</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6AT7</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E33" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F33" s="5" t="n">
+        <v>12157.85</v>
+      </c>
+      <c r="G33" s="6" t="n">
+        <v>0.0146</v>
+      </c>
+      <c r="H33" s="7" t="n">
+        <v>46184</v>
+      </c>
+      <c r="J33" s="5" t="n">
+        <v>6.3801</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HF0</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E34" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F34" s="5" t="n">
+        <v>12033.56</v>
+      </c>
+      <c r="G34" s="6" t="n">
+        <v>0.0144</v>
+      </c>
+      <c r="H34" s="7" t="n">
+        <v>46239</v>
+      </c>
+      <c r="J34" s="5" t="n">
+        <v>6.55</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HU9</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E35" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F35" s="5" t="n">
+        <v>11837.59</v>
+      </c>
+      <c r="G35" s="6" t="n">
         <v>0.0142</v>
       </c>
-      <c r="H10" s="8" t="n">
-[...5 lines deleted...]
-      <c r="K10" s="92" t="inlineStr">
+      <c r="H35" s="7" t="n">
+        <v>46332</v>
+      </c>
+      <c r="J35" s="5" t="n">
+        <v>6.61</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16GJ4</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E36" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F36" s="5" t="n">
+        <v>9911.139999999999</v>
+      </c>
+      <c r="G36" s="6" t="n">
+        <v>0.0119</v>
+      </c>
+      <c r="H36" s="7" t="n">
+        <v>46078</v>
+      </c>
+      <c r="J36" s="5" t="n">
+        <v>5.9499</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Bank of India**</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE084A16DI1</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E37" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F37" s="5" t="n">
+        <v>9875.32</v>
+      </c>
+      <c r="G37" s="6" t="n">
+        <v>0.0118</v>
+      </c>
+      <c r="H37" s="7" t="n">
+        <v>46100</v>
+      </c>
+      <c r="J37" s="5" t="n">
+        <v>5.9848</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16JG9</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E38" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F38" s="5" t="n">
+        <v>9837.16</v>
+      </c>
+      <c r="G38" s="6" t="n">
+        <v>0.0118</v>
+      </c>
+      <c r="H38" s="7" t="n">
+        <v>46118</v>
+      </c>
+      <c r="J38" s="5" t="n">
+        <v>6.3601</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16JR6</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E39" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F39" s="5" t="n">
+        <v>9755.23</v>
+      </c>
+      <c r="G39" s="6" t="n">
+        <v>0.0117</v>
+      </c>
+      <c r="H39" s="7" t="n">
+        <v>46167</v>
+      </c>
+      <c r="J39" s="5" t="n">
+        <v>6.36</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6BB3</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E40" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F40" s="5" t="n">
+        <v>9755.040000000001</v>
+      </c>
+      <c r="G40" s="6" t="n">
+        <v>0.0117</v>
+      </c>
+      <c r="H40" s="7" t="n">
+        <v>46167</v>
+      </c>
+      <c r="J40" s="5" t="n">
+        <v>6.3651</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HP9</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E41" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F41" s="5" t="n">
+        <v>9725.26</v>
+      </c>
+      <c r="G41" s="6" t="n">
+        <v>0.0117</v>
+      </c>
+      <c r="H41" s="7" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J41" s="5" t="n">
+        <v>6.365</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Equitas Small Finance Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE063P16BC0</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E42" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F42" s="5" t="n">
+        <v>9683.940000000001</v>
+      </c>
+      <c r="G42" s="6" t="n">
+        <v>0.0116</v>
+      </c>
+      <c r="H42" s="7" t="n">
+        <v>46188</v>
+      </c>
+      <c r="J42" s="5" t="n">
+        <v>7.2199</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6BD9</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E43" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F43" s="5" t="n">
+        <v>9618</v>
+      </c>
+      <c r="G43" s="6" t="n">
+        <v>0.0115</v>
+      </c>
+      <c r="H43" s="7" t="n">
+        <v>46245</v>
+      </c>
+      <c r="J43" s="5" t="n">
+        <v>6.5301</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BO9</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E44" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F44" s="5" t="n">
+        <v>9479.530000000001</v>
+      </c>
+      <c r="G44" s="6" t="n">
+        <v>0.0114</v>
+      </c>
+      <c r="H44" s="7" t="n">
+        <v>46323</v>
+      </c>
+      <c r="J44" s="5" t="n">
+        <v>6.6801</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16KI3</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E45" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F45" s="5" t="n">
+        <v>9474.629999999999</v>
+      </c>
+      <c r="G45" s="6" t="n">
+        <v>0.0114</v>
+      </c>
+      <c r="H45" s="7" t="n">
+        <v>46332</v>
+      </c>
+      <c r="J45" s="5" t="n">
+        <v>6.5499</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16KK9</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E46" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F46" s="5" t="n">
+        <v>9444.120000000001</v>
+      </c>
+      <c r="G46" s="6" t="n">
+        <v>0.0113</v>
+      </c>
+      <c r="H46" s="7" t="n">
+        <v>46351</v>
+      </c>
+      <c r="J46" s="5" t="n">
+        <v>6.55</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6BO6</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E47" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F47" s="5" t="n">
+        <v>9436.889999999999</v>
+      </c>
+      <c r="G47" s="6" t="n">
+        <v>0.0113</v>
+      </c>
+      <c r="H47" s="7" t="n">
+        <v>46352</v>
+      </c>
+      <c r="J47" s="5" t="n">
+        <v>6.6201</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BS0</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E48" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F48" s="5" t="n">
+        <v>9419.07</v>
+      </c>
+      <c r="G48" s="6" t="n">
+        <v>0.0113</v>
+      </c>
+      <c r="H48" s="7" t="n">
+        <v>46360</v>
+      </c>
+      <c r="J48" s="5" t="n">
+        <v>6.68</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BT8</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E49" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F49" s="5" t="n">
+        <v>9399.629999999999</v>
+      </c>
+      <c r="G49" s="6" t="n">
+        <v>0.0113</v>
+      </c>
+      <c r="H49" s="7" t="n">
+        <v>46372</v>
+      </c>
+      <c r="J49" s="5" t="n">
+        <v>6.68</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>INE237A166Z3</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E50" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F50" s="5" t="n">
+        <v>7431.36</v>
+      </c>
+      <c r="G50" s="6" t="n">
+        <v>0.0089</v>
+      </c>
+      <c r="H50" s="7" t="n">
+        <v>46080</v>
+      </c>
+      <c r="J50" s="5" t="n">
+        <v>5.9149</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>INE261F16991</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E51" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F51" s="5" t="n">
+        <v>7400.42</v>
+      </c>
+      <c r="G51" s="6" t="n">
+        <v>0.0089</v>
+      </c>
+      <c r="H51" s="7" t="n">
+        <v>46105</v>
+      </c>
+      <c r="J51" s="5" t="n">
+        <v>5.9899</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HC7</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E52" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F52" s="5" t="n">
+        <v>7383.11</v>
+      </c>
+      <c r="G52" s="6" t="n">
+        <v>0.0089</v>
+      </c>
+      <c r="H52" s="7" t="n">
+        <v>46114</v>
+      </c>
+      <c r="J52" s="5" t="n">
+        <v>6.3501</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>INE562A16PQ3</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E53" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F53" s="5" t="n">
+        <v>7348.35</v>
+      </c>
+      <c r="G53" s="6" t="n">
+        <v>0.008800000000000001</v>
+      </c>
+      <c r="H53" s="7" t="n">
+        <v>46142</v>
+      </c>
+      <c r="J53" s="5" t="n">
+        <v>6.3299</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HN4</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E54" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F54" s="5" t="n">
+        <v>7174.28</v>
+      </c>
+      <c r="G54" s="6" t="n">
+        <v>0.0086</v>
+      </c>
+      <c r="H54" s="7" t="n">
+        <v>46276</v>
+      </c>
+      <c r="J54" s="5" t="n">
+        <v>6.5501</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HM6</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E55" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F55" s="5" t="n">
+        <v>4946.43</v>
+      </c>
+      <c r="G55" s="6" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="H55" s="7" t="n">
+        <v>46090</v>
+      </c>
+      <c r="J55" s="5" t="n">
+        <v>5.8999</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="1" t="n">
+        <v>45</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Punjab National Bank</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>INE160A16RK5</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E56" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F56" s="5" t="n">
+        <v>4939.2</v>
+      </c>
+      <c r="G56" s="6" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="H56" s="7" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J56" s="5" t="n">
+        <v>5.9114</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="n">
+        <v>46</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>INE514E16CK7</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E57" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F57" s="5" t="n">
+        <v>4937.64</v>
+      </c>
+      <c r="G57" s="6" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="H57" s="7" t="n">
+        <v>46101</v>
+      </c>
+      <c r="J57" s="5" t="n">
+        <v>5.91</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="1" t="n">
+        <v>47</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Punjab National Bank**</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>INE160A16RP4</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E58" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F58" s="5" t="n">
+        <v>4933.66</v>
+      </c>
+      <c r="G58" s="6" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="H58" s="7" t="n">
+        <v>46106</v>
+      </c>
+      <c r="J58" s="5" t="n">
+        <v>5.9132</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>INE237AD6083</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E59" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F59" s="5" t="n">
+        <v>4878.46</v>
+      </c>
+      <c r="G59" s="6" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="H59" s="7" t="n">
+        <v>46167</v>
+      </c>
+      <c r="J59" s="5" t="n">
+        <v>6.315</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="1" t="n">
+        <v>49</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>INE476A16F03</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E60" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F60" s="5" t="n">
+        <v>4874.88</v>
+      </c>
+      <c r="G60" s="6" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="H60" s="7" t="n">
+        <v>46171</v>
+      </c>
+      <c r="J60" s="5" t="n">
+        <v>6.33</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>INE562A16PB5</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E61" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F61" s="5" t="n">
+        <v>4863.05</v>
+      </c>
+      <c r="G61" s="6" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="H61" s="7" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J61" s="5" t="n">
+        <v>6.345</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="1" t="n">
+        <v>51</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>INE692A16JQ1</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E62" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F62" s="5" t="n">
+        <v>4851.15</v>
+      </c>
+      <c r="G62" s="6" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="H62" s="7" t="n">
+        <v>46198</v>
+      </c>
+      <c r="J62" s="5" t="n">
+        <v>6.4</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="1" t="n">
+        <v>52</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Ujjivan Small Finance Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>INE551W16CD6</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E63" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F63" s="5" t="n">
+        <v>4843.72</v>
+      </c>
+      <c r="G63" s="6" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="H63" s="7" t="n">
+        <v>46191</v>
+      </c>
+      <c r="J63" s="5" t="n">
+        <v>7.01</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="1" t="n">
+        <v>53</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6BJ6</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E64" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F64" s="5" t="n">
+        <v>4751.8</v>
+      </c>
+      <c r="G64" s="6" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="H64" s="7" t="n">
+        <v>46311</v>
+      </c>
+      <c r="J64" s="5" t="n">
+        <v>6.62</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="1" t="n">
+        <v>54</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>INE562A16PP5</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E65" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F65" s="5" t="n">
+        <v>4743.72</v>
+      </c>
+      <c r="G65" s="6" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="H65" s="7" t="n">
+        <v>46322</v>
+      </c>
+      <c r="J65" s="5" t="n">
+        <v>6.595</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="1" t="n">
+        <v>55</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16KM5</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E66" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F66" s="5" t="n">
+        <v>4726.06</v>
+      </c>
+      <c r="G66" s="6" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="H66" s="7" t="n">
+        <v>46346</v>
+      </c>
+      <c r="J66" s="5" t="n">
+        <v>6.55</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="1" t="n">
+        <v>56</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16KO1</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E67" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F67" s="5" t="n">
+        <v>4714.86</v>
+      </c>
+      <c r="G67" s="6" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="H67" s="7" t="n">
+        <v>46360</v>
+      </c>
+      <c r="J67" s="5" t="n">
+        <v>6.55</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="1" t="n">
+        <v>57</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Canara Bank</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>INE476A16B64</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E68" s="11" t="n">
+        <v>800</v>
+      </c>
+      <c r="F68" s="5" t="n">
+        <v>3950.77</v>
+      </c>
+      <c r="G68" s="6" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H68" s="7" t="n">
+        <v>46099</v>
+      </c>
+      <c r="J68" s="5" t="n">
+        <v>5.9842</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="1" t="n">
+        <v>58</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BG5</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E69" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F69" s="5" t="n">
+        <v>2465.98</v>
+      </c>
+      <c r="G69" s="6" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="H69" s="7" t="n">
+        <v>46107</v>
+      </c>
+      <c r="J69" s="5" t="n">
+        <v>5.995</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="1" t="n">
+        <v>59</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>INE092T16YJ8</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E70" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F70" s="5" t="n">
+        <v>2436.89</v>
+      </c>
+      <c r="G70" s="6" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="H70" s="7" t="n">
+        <v>46169</v>
+      </c>
+      <c r="J70" s="5" t="n">
+        <v>6.475</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="1" t="n">
+        <v>60</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16KR4</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E71" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F71" s="5" t="n">
+        <v>2434.1</v>
+      </c>
+      <c r="G71" s="6" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="H71" s="7" t="n">
+        <v>46178</v>
+      </c>
+      <c r="J71" s="5" t="n">
+        <v>6.375</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="1" t="n">
+        <v>61</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6AU5</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E72" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F72" s="5" t="n">
+        <v>2431.16</v>
+      </c>
+      <c r="G72" s="6" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="H72" s="7" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J72" s="5" t="n">
+        <v>6.38</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="1" t="n">
+        <v>62</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HB9</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E73" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F73" s="5" t="n">
+        <v>2426.38</v>
+      </c>
+      <c r="G73" s="6" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="H73" s="7" t="n">
+        <v>46197</v>
+      </c>
+      <c r="J73" s="5" t="n">
+        <v>6.3651</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="8" t="n"/>
+      <c r="B74" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C74" s="8" t="n"/>
+      <c r="D74" s="8" t="n"/>
+      <c r="E74" s="8" t="n"/>
+      <c r="F74" s="9" t="n">
+        <v>554800.28</v>
+      </c>
+      <c r="G74" s="10" t="n">
+        <v>0.6653</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="B76" s="3" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="77">
+      <c r="B77" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="1" t="n">
+        <v>63</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>INE134E14AX6</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E78" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F78" s="5" t="n">
+        <v>12278.38</v>
+      </c>
+      <c r="G78" s="6" t="n">
+        <v>0.0147</v>
+      </c>
+      <c r="H78" s="7" t="n">
+        <v>46127</v>
+      </c>
+      <c r="J78" s="5" t="n">
+        <v>6.335</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="1" t="n">
+        <v>64</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Bahadur Chand Investments Private Limited**</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>INE087M14BX7</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E79" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F79" s="5" t="n">
+        <v>11877.22</v>
+      </c>
+      <c r="G79" s="6" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="H79" s="7" t="n">
+        <v>46269</v>
+      </c>
+      <c r="J79" s="5" t="n">
+        <v>7.78</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="1" t="n">
+        <v>65</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Fincorp Limited**</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>INE549K14CG3</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E80" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F80" s="5" t="n">
+        <v>11564.64</v>
+      </c>
+      <c r="G80" s="6" t="n">
+        <v>0.0139</v>
+      </c>
+      <c r="H80" s="7" t="n">
+        <v>46358</v>
+      </c>
+      <c r="J80" s="5" t="n">
+        <v>8.8125</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="1" t="n">
+        <v>66</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>INE028E14SR4</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E81" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F81" s="5" t="n">
+        <v>9899.82</v>
+      </c>
+      <c r="G81" s="6" t="n">
+        <v>0.0119</v>
+      </c>
+      <c r="H81" s="7" t="n">
+        <v>46080</v>
+      </c>
+      <c r="J81" s="5" t="n">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="1" t="n">
+        <v>67</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Standard Chartered Capital Limited**</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>INE403G14TM3</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E82" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F82" s="5" t="n">
+        <v>9737.690000000001</v>
+      </c>
+      <c r="G82" s="6" t="n">
+        <v>0.0117</v>
+      </c>
+      <c r="H82" s="7" t="n">
+        <v>46161</v>
+      </c>
+      <c r="J82" s="5" t="n">
+        <v>7.1249</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="1" t="n">
+        <v>68</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>INE121A14XW5</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E83" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F83" s="5" t="n">
+        <v>9695.389999999999</v>
+      </c>
+      <c r="G83" s="6" t="n">
+        <v>0.0116</v>
+      </c>
+      <c r="H83" s="7" t="n">
+        <v>46188</v>
+      </c>
+      <c r="J83" s="5" t="n">
+        <v>6.95</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="1" t="n">
+        <v>69</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Julius Baer Capital (India) Private Limited**</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>INE824H14SL2</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E84" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F84" s="5" t="n">
+        <v>9684.200000000001</v>
+      </c>
+      <c r="G84" s="6" t="n">
+        <v>0.0116</v>
+      </c>
+      <c r="H84" s="7" t="n">
+        <v>46191</v>
+      </c>
+      <c r="J84" s="5" t="n">
+        <v>7.085</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="1" t="n">
+        <v>70</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t>INE296A14D13</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E85" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F85" s="5" t="n">
+        <v>9445.1</v>
+      </c>
+      <c r="G85" s="6" t="n">
+        <v>0.0113</v>
+      </c>
+      <c r="H85" s="7" t="n">
+        <v>46330</v>
+      </c>
+      <c r="J85" s="5" t="n">
+        <v>6.985</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="1" t="n">
+        <v>71</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Angel One Limited**</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>INE732I14BO5</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E86" s="11" t="n">
+        <v>1700</v>
+      </c>
+      <c r="F86" s="5" t="n">
+        <v>8479.26</v>
+      </c>
+      <c r="G86" s="6" t="n">
+        <v>0.0102</v>
+      </c>
+      <c r="H86" s="7" t="n">
+        <v>46035</v>
+      </c>
+      <c r="J86" s="5" t="n">
+        <v>7.4398</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="1" t="n">
+        <v>72</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>INE763G14WW3</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E87" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F87" s="5" t="n">
+        <v>7455</v>
+      </c>
+      <c r="G87" s="6" t="n">
+        <v>0.0089</v>
+      </c>
+      <c r="H87" s="7" t="n">
+        <v>46057</v>
+      </c>
+      <c r="J87" s="5" t="n">
+        <v>6.4801</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="1" t="n">
+        <v>73</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>INE700G14QD7</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E88" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F88" s="5" t="n">
+        <v>7406.64</v>
+      </c>
+      <c r="G88" s="6" t="n">
+        <v>0.0089</v>
+      </c>
+      <c r="H88" s="7" t="n">
+        <v>46094</v>
+      </c>
+      <c r="J88" s="5" t="n">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="1" t="n">
+        <v>74</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C89" s="1" t="inlineStr">
+        <is>
+          <t>INE121A14XU9</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E89" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F89" s="5" t="n">
+        <v>7306.61</v>
+      </c>
+      <c r="G89" s="6" t="n">
+        <v>0.008800000000000001</v>
+      </c>
+      <c r="H89" s="7" t="n">
+        <v>46162</v>
+      </c>
+      <c r="J89" s="5" t="n">
+        <v>6.9501</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="1" t="n">
+        <v>75</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Nuvama Wealth and Investment Limited**</t>
+        </is>
+      </c>
+      <c r="C90" s="1" t="inlineStr">
+        <is>
+          <t>INE523L14AN6</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E90" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F90" s="5" t="n">
+        <v>4978.77</v>
+      </c>
+      <c r="G90" s="6" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="H90" s="7" t="n">
+        <v>46044</v>
+      </c>
+      <c r="J90" s="5" t="n">
+        <v>7.4097</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="1" t="n">
+        <v>76</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>INE763G14XA7</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E91" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F91" s="5" t="n">
+        <v>4968.24</v>
+      </c>
+      <c r="G91" s="6" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="H91" s="7" t="n">
+        <v>46059</v>
+      </c>
+      <c r="J91" s="5" t="n">
+        <v>6.4804</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="1" t="n">
+        <v>77</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Investments Limited**</t>
+        </is>
+      </c>
+      <c r="C92" s="1" t="inlineStr">
+        <is>
+          <t>INE975F14A01</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E92" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F92" s="5" t="n">
+        <v>4925.73</v>
+      </c>
+      <c r="G92" s="6" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="H92" s="7" t="n">
+        <v>46108</v>
+      </c>
+      <c r="J92" s="5" t="n">
+        <v>6.4749</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="1" t="n">
+        <v>78</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>INE763G14YN8</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E93" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F93" s="5" t="n">
+        <v>4871.2</v>
+      </c>
+      <c r="G93" s="6" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="H93" s="7" t="n">
+        <v>46164</v>
+      </c>
+      <c r="J93" s="5" t="n">
+        <v>6.845</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="1" t="n">
+        <v>79</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Axis Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>INE110O14GX2</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E94" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F94" s="5" t="n">
+        <v>4870.92</v>
+      </c>
+      <c r="G94" s="6" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="H94" s="7" t="n">
+        <v>46164</v>
+      </c>
+      <c r="J94" s="5" t="n">
+        <v>6.86</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="1" t="n">
+        <v>80</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C95" s="1" t="inlineStr">
+        <is>
+          <t>INE414G14UW7</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E95" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F95" s="5" t="n">
+        <v>4846.06</v>
+      </c>
+      <c r="G95" s="6" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="H95" s="7" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J95" s="5" t="n">
+        <v>7.1575</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="1" t="n">
+        <v>81</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Standard Chartered Securities (India) Limited**</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>INE472H14706</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E96" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F96" s="5" t="n">
+        <v>4836.85</v>
+      </c>
+      <c r="G96" s="6" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="H96" s="7" t="n">
+        <v>46192</v>
+      </c>
+      <c r="J96" s="5" t="n">
+        <v>7.285</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="1" t="n">
+        <v>82</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C97" s="1" t="inlineStr">
+        <is>
+          <t>INE414G14UT3</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E97" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F97" s="5" t="n">
+        <v>4755.08</v>
+      </c>
+      <c r="G97" s="6" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="H97" s="7" t="n">
+        <v>46273</v>
+      </c>
+      <c r="J97" s="5" t="n">
+        <v>7.5199</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="1" t="n">
+        <v>83</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Nuvama Wealth Management Limited**</t>
+        </is>
+      </c>
+      <c r="C98" s="1" t="inlineStr">
+        <is>
+          <t>INE531F14FJ8</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E98" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F98" s="5" t="n">
+        <v>4729.08</v>
+      </c>
+      <c r="G98" s="6" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="H98" s="7" t="n">
+        <v>46276</v>
+      </c>
+      <c r="J98" s="5" t="n">
+        <v>8.265000000000001</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="1" t="n">
+        <v>84</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C99" s="1" t="inlineStr">
+        <is>
+          <t>INE296A14D21</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E99" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F99" s="5" t="n">
+        <v>4720.84</v>
+      </c>
+      <c r="G99" s="6" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="H99" s="7" t="n">
+        <v>46332</v>
+      </c>
+      <c r="J99" s="5" t="n">
+        <v>6.985</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="1" t="n">
+        <v>85</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C100" s="1" t="inlineStr">
+        <is>
+          <t>INE121A14YB7</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E100" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F100" s="5" t="n">
+        <v>4688.05</v>
+      </c>
+      <c r="G100" s="6" t="n">
+        <v>0.0056</v>
+      </c>
+      <c r="H100" s="7" t="n">
+        <v>46353</v>
+      </c>
+      <c r="J100" s="5" t="n">
+        <v>7.36</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="1" t="n">
+        <v>86</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Angel One Limited**</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>INE732I14CP0</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E101" s="11" t="n">
+        <v>800</v>
+      </c>
+      <c r="F101" s="5" t="n">
+        <v>3940.56</v>
+      </c>
+      <c r="G101" s="6" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H101" s="7" t="n">
+        <v>46097</v>
+      </c>
+      <c r="J101" s="5" t="n">
+        <v>7.4402</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="1" t="n">
+        <v>87</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C102" s="1" t="inlineStr">
+        <is>
+          <t>INE338I14JJ4</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E102" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F102" s="5" t="n">
+        <v>2474.94</v>
+      </c>
+      <c r="G102" s="6" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="H102" s="7" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J102" s="5" t="n">
+        <v>6.8448</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="1" t="n">
+        <v>88</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Hero Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>INE800X14366</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E103" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F103" s="5" t="n">
+        <v>2447.74</v>
+      </c>
+      <c r="G103" s="6" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="H103" s="7" t="n">
+        <v>46140</v>
+      </c>
+      <c r="J103" s="5" t="n">
+        <v>6.6599</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="1" t="n">
+        <v>89</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Hero Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C104" s="1" t="inlineStr">
+        <is>
+          <t>INE800X14358</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E104" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F104" s="5" t="n">
+        <v>2434.26</v>
+      </c>
+      <c r="G104" s="6" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="H104" s="7" t="n">
+        <v>46171</v>
+      </c>
+      <c r="J104" s="5" t="n">
+        <v>6.6599</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="1" t="n">
+        <v>90</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>INE121A14XO2</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E105" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F105" s="5" t="n">
+        <v>2432.83</v>
+      </c>
+      <c r="G105" s="6" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="H105" s="7" t="n">
+        <v>46168</v>
+      </c>
+      <c r="J105" s="5" t="n">
+        <v>6.9501</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="1" t="n">
+        <v>91</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C106" s="1" t="inlineStr">
+        <is>
+          <t>INE338I14KS3</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E106" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F106" s="5" t="n">
+        <v>2420.61</v>
+      </c>
+      <c r="G106" s="6" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="H106" s="7" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J106" s="5" t="n">
+        <v>7.3899</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="1" t="n">
+        <v>92</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C107" s="1" t="inlineStr">
+        <is>
+          <t>INE338I14KQ7</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E107" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F107" s="5" t="n">
+        <v>2419.18</v>
+      </c>
+      <c r="G107" s="6" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="H107" s="7" t="n">
+        <v>46188</v>
+      </c>
+      <c r="J107" s="5" t="n">
+        <v>7.39</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="1" t="n">
+        <v>93</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Finvest Limited**</t>
+        </is>
+      </c>
+      <c r="C108" s="1" t="inlineStr">
+        <is>
+          <t>INE01WN14BU3</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E108" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F108" s="5" t="n">
+        <v>2418.39</v>
+      </c>
+      <c r="G108" s="6" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="H108" s="7" t="n">
+        <v>46188</v>
+      </c>
+      <c r="J108" s="5" t="n">
+        <v>7.4651</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="1" t="n">
+        <v>94</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C109" s="1" t="inlineStr">
+        <is>
+          <t>INE763G14C12</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E109" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F109" s="5" t="n">
+        <v>2377.97</v>
+      </c>
+      <c r="G109" s="6" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="H109" s="7" t="n">
+        <v>46287</v>
+      </c>
+      <c r="J109" s="5" t="n">
+        <v>7.0949</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="1" t="n">
+        <v>95</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C110" s="1" t="inlineStr">
+        <is>
+          <t>INE763G14B96</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E110" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F110" s="5" t="n">
+        <v>2376.65</v>
+      </c>
+      <c r="G110" s="6" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="H110" s="7" t="n">
+        <v>46290</v>
+      </c>
+      <c r="J110" s="5" t="n">
+        <v>7.095</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="8" t="n"/>
+      <c r="B111" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C111" s="8" t="n"/>
+      <c r="D111" s="8" t="n"/>
+      <c r="E111" s="8" t="n"/>
+      <c r="F111" s="9" t="n">
+        <v>193763.9</v>
+      </c>
+      <c r="G111" s="10" t="n">
+        <v>0.2324</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="B113" s="3" t="inlineStr">
+        <is>
+          <t>Treasury Bill</t>
+        </is>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="1" t="n">
+        <v>96</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C114" s="1" t="inlineStr">
+        <is>
+          <t>IN002024Z487</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L10" s="7" t="n">
-[...4 lines deleted...]
-      <c r="A11" s="92" t="n">
+      <c r="E114" s="11" t="n">
+        <v>10000000</v>
+      </c>
+      <c r="F114" s="5" t="n">
+        <v>9901.43</v>
+      </c>
+      <c r="G114" s="6" t="n">
+        <v>0.0119</v>
+      </c>
+      <c r="H114" s="7" t="n">
+        <v>46093</v>
+      </c>
+      <c r="J114" s="5" t="n">
+        <v>5.1909</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="1" t="n">
+        <v>97</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>182 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C115" s="1" t="inlineStr">
+        <is>
+          <t>IN002025Y248</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E115" s="11" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F115" s="5" t="n">
+        <v>4950.72</v>
+      </c>
+      <c r="G115" s="6" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="H115" s="7" t="n">
+        <v>46093</v>
+      </c>
+      <c r="J115" s="5" t="n">
+        <v>5.1909</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="1" t="n">
+        <v>98</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C116" s="1" t="inlineStr">
+        <is>
+          <t>IN002025Z096</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E116" s="11" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F116" s="5" t="n">
+        <v>4894.06</v>
+      </c>
+      <c r="G116" s="6" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="H116" s="7" t="n">
+        <v>46170</v>
+      </c>
+      <c r="J116" s="5" t="n">
+        <v>5.3748</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="1" t="n">
+        <v>99</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>182 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C117" s="1" t="inlineStr">
+        <is>
+          <t>IN002025Y354</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E117" s="11" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F117" s="5" t="n">
+        <v>4894.06</v>
+      </c>
+      <c r="G117" s="6" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="H117" s="7" t="n">
+        <v>46170</v>
+      </c>
+      <c r="J117" s="5" t="n">
+        <v>5.3748</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="1" t="n">
+        <v>100</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C118" s="1" t="inlineStr">
+        <is>
+          <t>IN002025Z211</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E118" s="11" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F118" s="5" t="n">
+        <v>4833.02</v>
+      </c>
+      <c r="G118" s="6" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="H118" s="7" t="n">
+        <v>46254</v>
+      </c>
+      <c r="J118" s="5" t="n">
+        <v>5.4593</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="1" t="n">
+        <v>101</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C119" s="1" t="inlineStr">
+        <is>
+          <t>IN002024Z495</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E119" s="11" t="n">
+        <v>3500000</v>
+      </c>
+      <c r="F119" s="5" t="n">
+        <v>3462.24</v>
+      </c>
+      <c r="G119" s="6" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H119" s="7" t="n">
+        <v>46100</v>
+      </c>
+      <c r="J119" s="5" t="n">
+        <v>5.17</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="1" t="n">
+        <v>102</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>91 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C120" s="1" t="inlineStr">
+        <is>
+          <t>IN002025X356</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E120" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F120" s="5" t="n">
+        <v>2480.25</v>
+      </c>
+      <c r="G120" s="6" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="H120" s="7" t="n">
+        <v>46079</v>
+      </c>
+      <c r="J120" s="5" t="n">
+        <v>5.1901</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="1" t="n">
+        <v>103</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C121" s="1" t="inlineStr">
+        <is>
+          <t>IN002025Z054</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E121" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F121" s="5" t="n">
+        <v>2456.99</v>
+      </c>
+      <c r="G121" s="6" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="H121" s="7" t="n">
+        <v>46143</v>
+      </c>
+      <c r="J121" s="5" t="n">
+        <v>5.3248</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="1" t="n">
+        <v>104</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>182 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C122" s="1" t="inlineStr">
+        <is>
+          <t>IN002025Y255</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E122" s="11" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F122" s="5" t="n">
+        <v>494.6</v>
+      </c>
+      <c r="G122" s="6" t="n">
+        <v>0.0005999999999999999</v>
+      </c>
+      <c r="H122" s="7" t="n">
+        <v>46100</v>
+      </c>
+      <c r="J122" s="5" t="n">
+        <v>5.1768</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="8" t="n"/>
+      <c r="B123" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C123" s="8" t="n"/>
+      <c r="D123" s="8" t="n"/>
+      <c r="E123" s="8" t="n"/>
+      <c r="F123" s="9" t="n">
+        <v>38367.37</v>
+      </c>
+      <c r="G123" s="10" t="n">
+        <v>0.0461</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="B125" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="1" t="n">
+        <v>105</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="D126" s="11" t="n"/>
+      <c r="F126" s="5" t="n">
+        <v>17240.69</v>
+      </c>
+      <c r="G126" s="6" t="n">
+        <v>0.0207</v>
+      </c>
+      <c r="H126" s="7" t="n">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="1" t="n">
+        <v>106</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="D127" s="11" t="n"/>
+      <c r="F127" s="5" t="n">
+        <v>-16489.84</v>
+      </c>
+      <c r="G127" s="6" t="n">
+        <v>-0.0198</v>
+      </c>
+      <c r="H127" s="7" t="n">
+        <v>46027</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="8" t="n"/>
+      <c r="B128" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C128" s="8" t="n"/>
+      <c r="D128" s="8" t="n"/>
+      <c r="E128" s="9" t="n"/>
+      <c r="F128" s="9" t="n">
+        <v>750.85</v>
+      </c>
+      <c r="G128" s="10" t="n">
+        <v>0.0009</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="B130" s="3" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="1" t="n">
+        <v>107</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C131" s="1" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E131" s="11" t="n">
+        <v>11907.456</v>
+      </c>
+      <c r="F131" s="5" t="n">
+        <v>1375.76</v>
+      </c>
+      <c r="G131" s="6" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="J131" s="5" t="n"/>
+    </row>
+    <row r="132">
+      <c r="A132" s="8" t="n"/>
+      <c r="B132" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C132" s="8" t="n"/>
+      <c r="D132" s="8" t="n"/>
+      <c r="E132" s="8" t="n"/>
+      <c r="F132" s="9" t="n">
+        <v>1375.76</v>
+      </c>
+      <c r="G132" s="10" t="n">
+        <v>0.0017</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="B134" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="135">
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E135" s="11" t="n"/>
+      <c r="F135" s="5" t="n">
+        <v>-33812.87</v>
+      </c>
+      <c r="G135" s="6" t="n">
+        <v>-0.0405</v>
+      </c>
+      <c r="J135" s="5" t="n"/>
+    </row>
+    <row r="136">
+      <c r="A136" s="8" t="n"/>
+      <c r="B136" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C136" s="8" t="n"/>
+      <c r="D136" s="8" t="n"/>
+      <c r="E136" s="8" t="n"/>
+      <c r="F136" s="9" t="n">
+        <v>-33812.87</v>
+      </c>
+      <c r="G136" s="10" t="n">
+        <v>-0.0405</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" s="4" t="n"/>
+      <c r="B138" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C138" s="4" t="n"/>
+      <c r="D138" s="4" t="n"/>
+      <c r="E138" s="4" t="n"/>
+      <c r="F138" s="12" t="n">
+        <v>833595.84</v>
+      </c>
+      <c r="G138" s="13" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="141" ht="40.5" customHeight="1" s="74">
+      <c r="A141" s="15" t="n">
+        <v>2</v>
+      </c>
+      <c r="B141" s="15" t="inlineStr">
+        <is>
+          <t>As on December 31, 2025, the aggregate investments by the schemes of DSP Mutual Fund in DSP Savings Fund is  ₹ 65,653.83 Lakhs.</t>
+        </is>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" s="15" t="n">
+        <v>3</v>
+      </c>
+      <c r="B142" s="15" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="143" ht="27" customHeight="1" s="74">
+      <c r="A143" s="15" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="92" t="inlineStr">
-[...3779 lines deleted...]
-      <c r="B139" s="15" t="inlineStr">
+      <c r="B143" s="15" t="inlineStr">
         <is>
           <t>Net Assets does not include unit activity for the last day of the month</t>
         </is>
       </c>
     </row>
-    <row r="143" ht="14.5" customHeight="1" s="68">
-      <c r="B143" s="91" t="inlineStr">
+    <row r="145" ht="14.5" customHeight="1" s="74">
+      <c r="B145" s="95" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="155" ht="14.5" customHeight="1" s="68">
-      <c r="B155" s="91" t="inlineStr">
+    <row r="158" ht="14.5" customFormat="1" customHeight="1" s="3">
+      <c r="B158" s="95" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Money Market A-I Index</t>
         </is>
       </c>
     </row>
-    <row r="170">
-[...1 lines deleted...]
-      <c r="C170" s="18" t="inlineStr">
+    <row r="173">
+      <c r="B173" s="16" t="n"/>
+      <c r="C173" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
-      </c>
-[...28 lines deleted...]
-        <v>0.0640227033754148</v>
       </c>
     </row>
     <row r="174">
       <c r="B174" s="16" t="inlineStr">
         <is>
-          <t>Macaulay Duration</t>
-[...3 lines deleted...]
-        <v>0.44</v>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C174" s="18" t="inlineStr">
+        <is>
+          <t>DSP Savings Fund</t>
+        </is>
       </c>
     </row>
     <row r="175">
       <c r="B175" s="16" t="inlineStr">
         <is>
-          <t>Residual Maturity</t>
-[...4 lines deleted...]
-      </c>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C175" s="19" t="n"/>
     </row>
     <row r="176">
       <c r="B176" s="16" t="inlineStr">
         <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C176" s="20" t="n">
+        <v>0.0644</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="B177" s="16" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C177" s="19" t="n">
+        <v>0.45</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="B178" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C178" s="19" t="n">
+        <v>0.45</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="B179" s="16" t="inlineStr">
+        <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C176" s="21" t="n">
-[...4 lines deleted...]
-      <c r="B177" s="17" t="inlineStr">
+      <c r="C179" s="21" t="n">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="B180" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C177" s="18" t="n"/>
+      <c r="C180" s="18" t="n"/>
+    </row>
+    <row r="183" ht="14.5" customHeight="1" s="74">
+      <c r="B183" s="72" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>