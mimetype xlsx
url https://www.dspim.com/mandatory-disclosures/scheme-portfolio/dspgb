--- v4 (2026-01-14)
+++ v5 (2026-02-07)
@@ -1,53 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="883" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="14880" tabRatio="917" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="SAVINGS" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="BANKING &amp; PSU" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
   <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
@@ -107,75 +107,73 @@
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
-    </font>
-[...6 lines deleted...]
-      <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -335,66 +333,65 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="101">
+  <cellXfs count="110">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -405,246 +402,270 @@
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...9 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...7 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
@@ -692,116 +713,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>146</row>
+      <row>104</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>155</row>
-      <rowOff>31750</rowOff>
+      <row>113</row>
+      <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="25971500"/>
+          <a:off x="457200" y="17913350"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>159</row>
+      <row>118</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>168</row>
-      <rowOff>31750</rowOff>
+      <row>127</row>
+      <rowOff>31751</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="28384500"/>
+          <a:off x="457200" y="20326350"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1039,89 +1060,89 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr codeName="Sheet9">
+  <sheetPr codeName="Sheet12">
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L183"/>
+  <dimension ref="A1:L137"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7109375" defaultRowHeight="15"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...4 lines deleted...]
-    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="6.5703125" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="52.85546875" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="28.7109375" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="14.140625" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="11.85546875" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.85546875" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
-    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
-[...4 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="12.5703125" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14.7109375" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.5703125" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30.140625" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.5703125" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7109375" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...3 lines deleted...]
-          <t>DSP Savings Fund</t>
+    <row r="1" ht="18.75" customHeight="1" s="83">
+      <c r="A1" s="82" t="n"/>
+      <c r="B1" s="82" t="inlineStr">
+        <is>
+          <t>DSP Banking and PSU Debt Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="3" t="inlineStr">
         <is>
-          <t>Portfolio as on December 31, 2025</t>
+          <t>Portfolio as on January 31, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
@@ -1143,4168 +1164,2678 @@
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="B7" s="3" t="inlineStr">
         <is>
-          <t>Government Securities (Central/State)</t>
+          <t>BOND &amp; NCD's</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="1" t="n">
-[...30 lines deleted...]
-        <v>5.5215</v>
+      <c r="B8" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
       </c>
       <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>7.59% GOI 2026</t>
+          <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>IN0020150093</t>
+          <t>INE261F08EG3</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>Sovereign</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E9" s="11" t="n">
-        <v>30000000</v>
+        <v>17500</v>
       </c>
       <c r="F9" s="5" t="n">
-        <v>31093.46</v>
+        <v>18707.13</v>
       </c>
       <c r="G9" s="6" t="n">
-        <v>0.0373</v>
+        <v>0.0506</v>
       </c>
       <c r="H9" s="7" t="n">
-        <v>46033</v>
+        <v>47238</v>
       </c>
       <c r="J9" s="5" t="n">
-        <v>5.2872</v>
+        <v>7.28</v>
       </c>
       <c r="K9" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="L9" s="6" t="n">
-        <v>0.7547</v>
+        <v>0.6482</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>7.08% Karnataka SDL 2026</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>IN1920160059</t>
+          <t>INE556F08KK5</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E10" s="11" t="n">
+        <v>12500</v>
+      </c>
+      <c r="F10" s="5" t="n">
+        <v>12858.07</v>
+      </c>
+      <c r="G10" s="6" t="n">
+        <v>0.0348</v>
+      </c>
+      <c r="H10" s="7" t="n">
+        <v>46496</v>
+      </c>
+      <c r="J10" s="5" t="n">
+        <v>7.24</v>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E10" s="11" t="n">
-[...18 lines deleted...]
-      </c>
       <c r="L10" s="6" t="n">
-        <v>0.1402</v>
+        <v>0.1885</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>7.39% Maharashtra SDL 2026</t>
+          <t>Power Grid Corporation of India Limited**</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>IN2220160104</t>
+          <t>INE752E07OF7</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>Sovereign</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E11" s="11" t="n">
-        <v>2500000</v>
+        <v>1050</v>
       </c>
       <c r="F11" s="5" t="n">
-        <v>2560.53</v>
+        <v>11016.73</v>
       </c>
       <c r="G11" s="6" t="n">
-        <v>0.0031</v>
+        <v>0.0298</v>
       </c>
       <c r="H11" s="7" t="n">
-        <v>46335</v>
+        <v>46557</v>
       </c>
       <c r="J11" s="5" t="n">
-        <v>5.7331</v>
+        <v>6.955</v>
       </c>
       <c r="K11" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="L11" s="6" t="n">
-        <v>0.092</v>
+        <v>0.06859999999999999</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>INE040A08955</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E12" s="11" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F12" s="5" t="n">
+        <v>10637.21</v>
+      </c>
+      <c r="G12" s="6" t="n">
+        <v>0.0288</v>
+      </c>
+      <c r="H12" s="7" t="n">
+        <v>46889</v>
+      </c>
+      <c r="J12" s="5" t="n">
+        <v>7.2481</v>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="L12" s="6" t="n">
+        <v>0.0493</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
         <v>5</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
-[...52 lines deleted...]
-        <v>0.0941</v>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE053F08403</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E13" s="11" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F13" s="5" t="n">
+        <v>10612.38</v>
+      </c>
+      <c r="G13" s="6" t="n">
+        <v>0.0287</v>
+      </c>
+      <c r="H13" s="7" t="n">
+        <v>49140</v>
+      </c>
+      <c r="J13" s="5" t="n">
+        <v>7.3529</v>
       </c>
       <c r="K13" s="1" t="inlineStr">
         <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="L13" s="6" t="n">
+        <v>0.0418</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE403D08272</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E14" s="11" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F14" s="5" t="n">
+        <v>10155.3</v>
+      </c>
+      <c r="G14" s="6" t="n">
+        <v>0.0275</v>
+      </c>
+      <c r="H14" s="7" t="n">
+        <v>46675</v>
+      </c>
+      <c r="J14" s="5" t="n">
+        <v>7.73</v>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
-      <c r="L13" s="6" t="n">
-[...4 lines deleted...]
-      <c r="K14" s="1" t="inlineStr">
+      <c r="L14" s="6" t="n">
+        <v>0.0032</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited**</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE129A08014</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="E15" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F15" s="5" t="n">
+        <v>10142.85</v>
+      </c>
+      <c r="G15" s="6" t="n">
+        <v>0.0274</v>
+      </c>
+      <c r="H15" s="7" t="n">
+        <v>46741</v>
+      </c>
+      <c r="J15" s="5" t="n">
+        <v>6.995</v>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L14" s="6" t="n">
-[...7 lines deleted...]
-        </is>
+      <c r="L15" s="6" t="n">
+        <v>0.0004</v>
       </c>
     </row>
     <row r="16">
-      <c r="B16" s="3" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A16" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE403D08280</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E16" s="11" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F16" s="5" t="n">
+        <v>10034.48</v>
+      </c>
+      <c r="G16" s="6" t="n">
+        <v>0.0271</v>
+      </c>
+      <c r="H16" s="7" t="n">
+        <v>47102</v>
+      </c>
+      <c r="J16" s="5" t="n">
+        <v>7.6925</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="n">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Power Grid Corporation of India Limited**</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>INE556F16BI1</t>
+          <t>INE752E08767</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E17" s="11" t="n">
-        <v>7000</v>
+        <v>10000</v>
       </c>
       <c r="F17" s="5" t="n">
-        <v>34167.28</v>
+        <v>10011.34</v>
       </c>
       <c r="G17" s="6" t="n">
-        <v>0.041</v>
+        <v>0.0271</v>
       </c>
       <c r="H17" s="7" t="n">
-        <v>46162</v>
+        <v>49242</v>
       </c>
       <c r="J17" s="5" t="n">
-        <v>6.3999</v>
+        <v>7.36</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="n">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Indian Bank**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>INE562A16OS2</t>
+          <t>INE134E08MA1</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E18" s="11" t="n">
-        <v>4500</v>
+        <v>7500</v>
       </c>
       <c r="F18" s="5" t="n">
-        <v>22022.6</v>
+        <v>8145.34</v>
       </c>
       <c r="G18" s="6" t="n">
-        <v>0.0264</v>
+        <v>0.022</v>
       </c>
       <c r="H18" s="7" t="n">
-        <v>46148</v>
+        <v>48632</v>
+      </c>
+      <c r="I18" s="1" t="inlineStr">
+        <is>
+          <t>PU - 21-Feb-2026</t>
+        </is>
       </c>
       <c r="J18" s="5" t="n">
-        <v>6.33</v>
+        <v>7.3749</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="n">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>INE238AD6BA5</t>
+          <t>INE020B08EH0</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E19" s="11" t="n">
-        <v>4500</v>
+        <v>7500</v>
       </c>
       <c r="F19" s="5" t="n">
-        <v>21986.24</v>
+        <v>8092.49</v>
       </c>
       <c r="G19" s="6" t="n">
-        <v>0.0264</v>
+        <v>0.0219</v>
       </c>
       <c r="H19" s="7" t="n">
-        <v>46157</v>
+        <v>46843</v>
       </c>
       <c r="J19" s="5" t="n">
-        <v>6.365</v>
+        <v>7.0483</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="n">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited</t>
+          <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>INE040A16GW7</t>
+          <t>INE261F08EM1</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E20" s="11" t="n">
-        <v>4000</v>
+        <v>7500</v>
       </c>
       <c r="F20" s="5" t="n">
-        <v>19531.1</v>
+        <v>8036.16</v>
       </c>
       <c r="G20" s="6" t="n">
-        <v>0.0234</v>
+        <v>0.0217</v>
       </c>
       <c r="H20" s="7" t="n">
-        <v>46161</v>
+        <v>46836</v>
       </c>
       <c r="J20" s="5" t="n">
-        <v>6.3499</v>
+        <v>7.1643</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="n">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Union Bank of India**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>INE692A16KC9</t>
+          <t>INE556F08KY6</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E21" s="11" t="n">
-        <v>3500</v>
+        <v>7500</v>
       </c>
       <c r="F21" s="5" t="n">
-        <v>17099.18</v>
+        <v>7998.57</v>
       </c>
       <c r="G21" s="6" t="n">
-        <v>0.0205</v>
+        <v>0.0216</v>
       </c>
       <c r="H21" s="7" t="n">
-        <v>46157</v>
+        <v>47563</v>
       </c>
       <c r="J21" s="5" t="n">
-        <v>6.3852</v>
+        <v>7.315</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="n">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>INE261F16967</t>
+          <t>INE020B08FL9</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E22" s="11" t="n">
-        <v>3000</v>
+        <v>7500</v>
       </c>
       <c r="F22" s="5" t="n">
-        <v>14861.79</v>
+        <v>7931.48</v>
       </c>
       <c r="G22" s="6" t="n">
-        <v>0.0178</v>
+        <v>0.0215</v>
       </c>
       <c r="H22" s="7" t="n">
-        <v>46080</v>
+        <v>47603</v>
       </c>
       <c r="J22" s="5" t="n">
-        <v>5.9551</v>
+        <v>7.275</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="n">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited**</t>
+          <t>REC Limited</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>INE238AD6AN0</t>
+          <t>INE020B08FB0</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E23" s="11" t="n">
-        <v>3000</v>
+        <v>7500</v>
       </c>
       <c r="F23" s="5" t="n">
-        <v>14850.92</v>
+        <v>7909.56</v>
       </c>
       <c r="G23" s="6" t="n">
-        <v>0.0178</v>
+        <v>0.0214</v>
       </c>
       <c r="H23" s="7" t="n">
-        <v>46085</v>
+        <v>49095</v>
       </c>
       <c r="J23" s="5" t="n">
-        <v>5.9099</v>
+        <v>7.4563</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="n">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>IDFC First Bank Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>INE092T16YP5</t>
+          <t>INE134E08LN6</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E24" s="11" t="n">
-        <v>3000</v>
+        <v>750</v>
       </c>
       <c r="F24" s="5" t="n">
-        <v>14651.72</v>
+        <v>7402.56</v>
       </c>
       <c r="G24" s="6" t="n">
-        <v>0.0176</v>
+        <v>0.02</v>
       </c>
       <c r="H24" s="7" t="n">
-        <v>46157</v>
+        <v>48318</v>
       </c>
       <c r="J24" s="5" t="n">
-        <v>6.4751</v>
+        <v>7.3549</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="n">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>IDFC First Bank Limited**</t>
+          <t>National Bank for Financing Infrastructure and Development**</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>INE092T16YH2</t>
+          <t>INE0KUG08068</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E25" s="11" t="n">
-        <v>3000</v>
+        <v>5500</v>
       </c>
       <c r="F25" s="5" t="n">
-        <v>14633.97</v>
+        <v>5707.48</v>
       </c>
       <c r="G25" s="6" t="n">
-        <v>0.0176</v>
+        <v>0.0154</v>
       </c>
       <c r="H25" s="7" t="n">
-        <v>46164</v>
+        <v>49396</v>
+      </c>
+      <c r="I25" s="1" t="inlineStr">
+        <is>
+          <t>PU - 28-Mar-2026</t>
+        </is>
       </c>
       <c r="J25" s="5" t="n">
-        <v>6.475</v>
+        <v>7.5013</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="n">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Export-Import Bank of India**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>INE514E16CM3</t>
+          <t>INE556F08KW0</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E26" s="11" t="n">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="F26" s="5" t="n">
-        <v>14592.87</v>
+        <v>5347.83</v>
       </c>
       <c r="G26" s="6" t="n">
-        <v>0.0175</v>
+        <v>0.0145</v>
       </c>
       <c r="H26" s="7" t="n">
-        <v>46184</v>
+        <v>47189</v>
       </c>
       <c r="J26" s="5" t="n">
-        <v>6.325</v>
+        <v>7.2883</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="n">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Canara Bank**</t>
+          <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>INE476A16E20</t>
+          <t>INE053F08320</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E27" s="11" t="n">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="F27" s="5" t="n">
-        <v>14589.15</v>
+        <v>5341.64</v>
       </c>
       <c r="G27" s="6" t="n">
-        <v>0.0175</v>
+        <v>0.0145</v>
       </c>
       <c r="H27" s="7" t="n">
-        <v>46185</v>
+        <v>47039</v>
       </c>
       <c r="J27" s="5" t="n">
-        <v>6.345</v>
+        <v>7.0881</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="n">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank Limited**</t>
+          <t>National Housing Bank**</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>INE237AD6042</t>
+          <t>INE557F08FX6</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>IND AAA</t>
         </is>
       </c>
       <c r="E28" s="11" t="n">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="F28" s="5" t="n">
-        <v>14325.57</v>
+        <v>5337.49</v>
       </c>
       <c r="G28" s="6" t="n">
-        <v>0.0172</v>
+        <v>0.0144</v>
       </c>
       <c r="H28" s="7" t="n">
-        <v>46289</v>
+        <v>47942</v>
       </c>
       <c r="J28" s="5" t="n">
-        <v>6.4601</v>
+        <v>7.27</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="n">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bank of Baroda**</t>
+          <t>Power Grid Corporation of India Limited**</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>INE028A16KT0</t>
+          <t>INE752E08734</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E29" s="11" t="n">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="F29" s="5" t="n">
-        <v>14127.87</v>
+        <v>5325.18</v>
       </c>
       <c r="G29" s="6" t="n">
-        <v>0.0169</v>
+        <v>0.0144</v>
       </c>
       <c r="H29" s="7" t="n">
-        <v>46367</v>
+        <v>49015</v>
       </c>
       <c r="J29" s="5" t="n">
-        <v>6.55</v>
+        <v>7.36</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="n">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>INE556F16BH3</t>
+          <t>INE053F07AY7</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E30" s="11" t="n">
-        <v>2500</v>
+        <v>500</v>
       </c>
       <c r="F30" s="5" t="n">
-        <v>12234.01</v>
+        <v>5294.26</v>
       </c>
       <c r="G30" s="6" t="n">
-        <v>0.0147</v>
+        <v>0.0143</v>
       </c>
       <c r="H30" s="7" t="n">
-        <v>46147</v>
+        <v>47091</v>
       </c>
       <c r="J30" s="5" t="n">
-        <v>6.3999</v>
+        <v>7.0881</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="n">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bank of Baroda**</t>
+          <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>INE028A16JZ9</t>
+          <t>INE296A07TJ4</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E31" s="11" t="n">
-        <v>2500</v>
+        <v>5000</v>
       </c>
       <c r="F31" s="5" t="n">
-        <v>12204.41</v>
+        <v>5272.57</v>
       </c>
       <c r="G31" s="6" t="n">
-        <v>0.0146</v>
+        <v>0.0143</v>
       </c>
       <c r="H31" s="7" t="n">
-        <v>46162</v>
+        <v>46930</v>
       </c>
       <c r="J31" s="5" t="n">
-        <v>6.36</v>
+        <v>7.52</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="n">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Export-Import Bank of India</t>
+          <t>State Bank of India**</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>INE514E16CL5</t>
+          <t>INE062A08421</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E32" s="11" t="n">
-        <v>2500</v>
+        <v>5000</v>
       </c>
       <c r="F32" s="5" t="n">
-        <v>12190.21</v>
+        <v>5186.51</v>
       </c>
       <c r="G32" s="6" t="n">
-        <v>0.0146</v>
+        <v>0.014</v>
       </c>
       <c r="H32" s="7" t="n">
-        <v>46170</v>
+        <v>50948</v>
       </c>
       <c r="J32" s="5" t="n">
-        <v>6.31</v>
+        <v>7.4349</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="n">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited**</t>
+          <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>INE238AD6AT7</t>
+          <t>INE053F08494</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E33" s="11" t="n">
-        <v>2500</v>
+        <v>5000</v>
       </c>
       <c r="F33" s="5" t="n">
-        <v>12157.85</v>
+        <v>5174.48</v>
       </c>
       <c r="G33" s="6" t="n">
-        <v>0.0146</v>
+        <v>0.014</v>
       </c>
       <c r="H33" s="7" t="n">
-        <v>46184</v>
+        <v>47603</v>
       </c>
       <c r="J33" s="5" t="n">
-        <v>6.3801</v>
+        <v>7.25</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="n">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited</t>
+          <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>INE040A16HF0</t>
+          <t>INE261F08EO7</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E34" s="11" t="n">
-        <v>2500</v>
+        <v>5000</v>
       </c>
       <c r="F34" s="5" t="n">
-        <v>12033.56</v>
+        <v>5174.12</v>
       </c>
       <c r="G34" s="6" t="n">
-        <v>0.0144</v>
+        <v>0.014</v>
       </c>
       <c r="H34" s="7" t="n">
-        <v>46239</v>
+        <v>47011</v>
       </c>
       <c r="J34" s="5" t="n">
-        <v>6.55</v>
+        <v>7.1796</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="n">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>INE040A16HU9</t>
+          <t>INE053F08437</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E35" s="11" t="n">
-        <v>2500</v>
+        <v>5000</v>
       </c>
       <c r="F35" s="5" t="n">
-        <v>11837.59</v>
+        <v>5154.4</v>
       </c>
       <c r="G35" s="6" t="n">
-        <v>0.0142</v>
+        <v>0.0139</v>
       </c>
       <c r="H35" s="7" t="n">
-        <v>46332</v>
+        <v>51088</v>
       </c>
       <c r="J35" s="5" t="n">
-        <v>6.61</v>
+        <v>7.46</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="n">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>INE040A16GJ4</t>
+          <t>INE134E08NB7</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E36" s="11" t="n">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="F36" s="5" t="n">
-        <v>9911.139999999999</v>
+        <v>5100.43</v>
       </c>
       <c r="G36" s="6" t="n">
-        <v>0.0119</v>
+        <v>0.0138</v>
       </c>
       <c r="H36" s="7" t="n">
-        <v>46078</v>
+        <v>50966</v>
       </c>
       <c r="J36" s="5" t="n">
-        <v>5.9499</v>
+        <v>7.465</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="n">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bank of India**</t>
+          <t>Power Finance Corporation Limited</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>INE084A16DI1</t>
+          <t>INE134E08LX5</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E37" s="11" t="n">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="F37" s="5" t="n">
-        <v>9875.32</v>
+        <v>5088.52</v>
       </c>
       <c r="G37" s="6" t="n">
-        <v>0.0118</v>
+        <v>0.0138</v>
       </c>
       <c r="H37" s="7" t="n">
-        <v>46100</v>
+        <v>46769</v>
       </c>
       <c r="J37" s="5" t="n">
-        <v>5.9848</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="n">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bank of Baroda**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>INE028A16JG9</t>
+          <t>INE020B08FV8</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E38" s="11" t="n">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="F38" s="5" t="n">
-        <v>9837.16</v>
+        <v>5011.32</v>
       </c>
       <c r="G38" s="6" t="n">
-        <v>0.0118</v>
+        <v>0.0136</v>
       </c>
       <c r="H38" s="7" t="n">
-        <v>46118</v>
+        <v>49795</v>
       </c>
       <c r="J38" s="5" t="n">
-        <v>6.3601</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="n">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bank of Baroda**</t>
+          <t>State Bank of India Basel III Tier 2**</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>INE028A16JR6</t>
+          <t>INE062A08405</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E39" s="11" t="n">
-        <v>2000</v>
+        <v>30</v>
       </c>
       <c r="F39" s="5" t="n">
-        <v>9755.23</v>
+        <v>3125.37</v>
       </c>
       <c r="G39" s="6" t="n">
-        <v>0.0117</v>
+        <v>0.008500000000000001</v>
       </c>
       <c r="H39" s="7" t="n">
-        <v>46167</v>
+        <v>50711</v>
+      </c>
+      <c r="I39" s="1" t="inlineStr">
+        <is>
+          <t>CA - 02-Nov-2033</t>
+        </is>
       </c>
       <c r="J39" s="5" t="n">
-        <v>6.36</v>
+        <v>7.5251</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="n">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited**</t>
+          <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>INE238AD6BB3</t>
+          <t>INE261F08EK5</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E40" s="11" t="n">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="F40" s="5" t="n">
-        <v>9755.040000000001</v>
+        <v>2687.43</v>
       </c>
       <c r="G40" s="6" t="n">
-        <v>0.0117</v>
+        <v>0.0073</v>
       </c>
       <c r="H40" s="7" t="n">
-        <v>46167</v>
+        <v>46807</v>
       </c>
       <c r="J40" s="5" t="n">
-        <v>6.3651</v>
+        <v>7.1485</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="n">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>INE040A16HP9</t>
+          <t>INE053F08304</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E41" s="11" t="n">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="F41" s="5" t="n">
-        <v>9725.26</v>
+        <v>2643.85</v>
       </c>
       <c r="G41" s="6" t="n">
-        <v>0.0117</v>
+        <v>0.0072</v>
       </c>
       <c r="H41" s="7" t="n">
-        <v>46185</v>
+        <v>46310</v>
       </c>
       <c r="J41" s="5" t="n">
-        <v>6.365</v>
+        <v>7.305</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="n">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Equitas Small Finance Bank Limited**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>INE063P16BC0</t>
+          <t>INE020B08FQ8</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E42" s="11" t="n">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="F42" s="5" t="n">
-        <v>9683.940000000001</v>
+        <v>2638.64</v>
       </c>
       <c r="G42" s="6" t="n">
-        <v>0.0116</v>
+        <v>0.0071</v>
       </c>
       <c r="H42" s="7" t="n">
-        <v>46188</v>
+        <v>49368</v>
       </c>
       <c r="J42" s="5" t="n">
-        <v>7.2199</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="n">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited**</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>INE238AD6BD9</t>
+          <t>INE040A08773</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E43" s="11" t="n">
-        <v>2000</v>
+        <v>250</v>
       </c>
       <c r="F43" s="5" t="n">
-        <v>9618</v>
+        <v>2619.16</v>
       </c>
       <c r="G43" s="6" t="n">
-        <v>0.0115</v>
+        <v>0.0071</v>
       </c>
       <c r="H43" s="7" t="n">
-        <v>46245</v>
+        <v>48463</v>
       </c>
       <c r="J43" s="5" t="n">
-        <v>6.5301</v>
+        <v>7.4699</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="n">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>National Bank for Financing Infrastructure and Development**</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>INE556F16BO9</t>
+          <t>INE0KUG08019</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E44" s="11" t="n">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="F44" s="5" t="n">
-        <v>9479.530000000001</v>
+        <v>2619.13</v>
       </c>
       <c r="G44" s="6" t="n">
-        <v>0.0114</v>
+        <v>0.0071</v>
       </c>
       <c r="H44" s="7" t="n">
-        <v>46323</v>
+        <v>48746</v>
       </c>
       <c r="J44" s="5" t="n">
-        <v>6.6801</v>
+        <v>7.4037</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="n">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bank of Baroda**</t>
+          <t>NTPC Limited**</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>INE028A16KI3</t>
+          <t>INE733E08262</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E45" s="11" t="n">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="F45" s="5" t="n">
-        <v>9474.629999999999</v>
+        <v>2614.62</v>
       </c>
       <c r="G45" s="6" t="n">
-        <v>0.0114</v>
+        <v>0.0071</v>
       </c>
       <c r="H45" s="7" t="n">
-        <v>46332</v>
+        <v>51215</v>
       </c>
       <c r="J45" s="5" t="n">
-        <v>6.5499</v>
+        <v>7.46</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="n">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bank of Baroda**</t>
+          <t>Tata Capital Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>INE028A16KK9</t>
+          <t>INE033L07HU0</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E46" s="11" t="n">
-        <v>2000</v>
+        <v>250</v>
       </c>
       <c r="F46" s="5" t="n">
-        <v>9444.120000000001</v>
+        <v>2610.3</v>
       </c>
       <c r="G46" s="6" t="n">
-        <v>0.0113</v>
+        <v>0.0071</v>
       </c>
       <c r="H46" s="7" t="n">
-        <v>46351</v>
+        <v>46604</v>
       </c>
       <c r="J46" s="5" t="n">
-        <v>6.55</v>
+        <v>7.34</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="n">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>INE238AD6BO6</t>
+          <t>INE020B08DV3</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E47" s="11" t="n">
-        <v>2000</v>
+        <v>250</v>
       </c>
       <c r="F47" s="5" t="n">
-        <v>9436.889999999999</v>
+        <v>2601.43</v>
       </c>
       <c r="G47" s="6" t="n">
-        <v>0.0113</v>
+        <v>0.007</v>
       </c>
       <c r="H47" s="7" t="n">
-        <v>46352</v>
+        <v>48293</v>
       </c>
       <c r="J47" s="5" t="n">
-        <v>6.6201</v>
+        <v>7.325</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="n">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>INE556F16BS0</t>
+          <t>INE556F08KR0</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E48" s="11" t="n">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="F48" s="5" t="n">
-        <v>9419.07</v>
+        <v>2586.36</v>
       </c>
       <c r="G48" s="6" t="n">
-        <v>0.0113</v>
+        <v>0.007</v>
       </c>
       <c r="H48" s="7" t="n">
-        <v>46360</v>
+        <v>47366</v>
       </c>
       <c r="J48" s="5" t="n">
-        <v>6.68</v>
+        <v>7.3169</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="n">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>INE556F16BT8</t>
+          <t>INE296A07TM8</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E49" s="11" t="n">
-        <v>2000</v>
+        <v>2500</v>
       </c>
       <c r="F49" s="5" t="n">
-        <v>9399.629999999999</v>
+        <v>2577.61</v>
       </c>
       <c r="G49" s="6" t="n">
-        <v>0.0113</v>
+        <v>0.007</v>
       </c>
       <c r="H49" s="7" t="n">
-        <v>46372</v>
+        <v>46944</v>
       </c>
       <c r="J49" s="5" t="n">
-        <v>6.68</v>
+        <v>7.52</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="n">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank Limited**</t>
+          <t>Small Industries Development Bank of India</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>INE237A166Z3</t>
+          <t>INE556F08KS8</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E50" s="11" t="n">
-        <v>1500</v>
+        <v>2500</v>
       </c>
       <c r="F50" s="5" t="n">
-        <v>7431.36</v>
+        <v>2567.76</v>
       </c>
       <c r="G50" s="6" t="n">
-        <v>0.0089</v>
+        <v>0.0069</v>
       </c>
       <c r="H50" s="7" t="n">
-        <v>46080</v>
+        <v>47175</v>
       </c>
       <c r="J50" s="5" t="n">
-        <v>5.9149</v>
+        <v>7.2858</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="n">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development**</t>
+          <t>Power Grid Corporation of India Limited**</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>INE261F16991</t>
+          <t>INE752E08783</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E51" s="11" t="n">
-        <v>1500</v>
+        <v>2500</v>
       </c>
       <c r="F51" s="5" t="n">
-        <v>7400.42</v>
+        <v>2565.52</v>
       </c>
       <c r="G51" s="6" t="n">
-        <v>0.0089</v>
+        <v>0.0069</v>
       </c>
       <c r="H51" s="7" t="n">
-        <v>46105</v>
+        <v>49414</v>
       </c>
       <c r="J51" s="5" t="n">
-        <v>5.9899</v>
+        <v>7.3844</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="n">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
-          <t>INE040A16HC7</t>
+          <t>INE134E08NC5</t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E52" s="11" t="n">
-        <v>1500</v>
+        <v>2500</v>
       </c>
       <c r="F52" s="5" t="n">
-        <v>7383.11</v>
+        <v>2556.6</v>
       </c>
       <c r="G52" s="6" t="n">
-        <v>0.0089</v>
+        <v>0.0069</v>
       </c>
       <c r="H52" s="7" t="n">
-        <v>46114</v>
+        <v>49233</v>
       </c>
       <c r="J52" s="5" t="n">
-        <v>6.3501</v>
+        <v>7.4099</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="n">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Indian Bank**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
-          <t>INE562A16PQ3</t>
+          <t>INE556F08KM1</t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E53" s="11" t="n">
-        <v>1500</v>
+        <v>2500</v>
       </c>
       <c r="F53" s="5" t="n">
-        <v>7348.35</v>
+        <v>2538.93</v>
       </c>
       <c r="G53" s="6" t="n">
-        <v>0.008800000000000001</v>
+        <v>0.0069</v>
       </c>
       <c r="H53" s="7" t="n">
-        <v>46142</v>
+        <v>46521</v>
       </c>
       <c r="J53" s="5" t="n">
-        <v>6.3299</v>
+        <v>7.24</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="n">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
-          <t>INE040A16HN4</t>
+          <t>INE296A07TH8</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E54" s="11" t="n">
-        <v>1500</v>
+        <v>500</v>
       </c>
       <c r="F54" s="5" t="n">
-        <v>7174.28</v>
+        <v>525.97</v>
       </c>
       <c r="G54" s="6" t="n">
-        <v>0.0086</v>
+        <v>0.0014</v>
       </c>
       <c r="H54" s="7" t="n">
-        <v>46276</v>
+        <v>49402</v>
       </c>
       <c r="J54" s="5" t="n">
-        <v>6.5501</v>
+        <v>7.7149</v>
       </c>
     </row>
     <row r="55">
-      <c r="A55" s="1" t="n">
-[...65 lines deleted...]
-        <v>5.9114</v>
+      <c r="A55" s="8" t="n"/>
+      <c r="B55" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C55" s="8" t="n"/>
+      <c r="D55" s="8" t="n"/>
+      <c r="E55" s="8" t="n"/>
+      <c r="F55" s="9" t="n">
+        <v>273286.56</v>
+      </c>
+      <c r="G55" s="10" t="n">
+        <v>0.7393</v>
       </c>
     </row>
     <row r="57">
-      <c r="A57" s="1" t="n">
-[...30 lines deleted...]
-        <v>5.91</v>
+      <c r="B57" s="3" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="n">
         <v>47</v>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Punjab National Bank**</t>
+          <t>6.90% GOI 2065</t>
         </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
-          <t>INE160A16RP4</t>
+          <t>IN0020250018</t>
         </is>
       </c>
       <c r="D58" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>Sovereign</t>
         </is>
       </c>
       <c r="E58" s="11" t="n">
-        <v>1000</v>
+        <v>17500000</v>
       </c>
       <c r="F58" s="5" t="n">
-        <v>4933.66</v>
+        <v>16723.01</v>
       </c>
       <c r="G58" s="6" t="n">
-        <v>0.0059</v>
+        <v>0.0452</v>
       </c>
       <c r="H58" s="7" t="n">
-        <v>46106</v>
+        <v>60372</v>
       </c>
       <c r="J58" s="5" t="n">
-        <v>5.9132</v>
+        <v>7.4076</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="n">
         <v>48</v>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank Limited**</t>
+          <t>6.48% GOI 2035</t>
         </is>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
-          <t>INE237AD6083</t>
+          <t>IN0020250091</t>
         </is>
       </c>
       <c r="D59" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>Sovereign</t>
         </is>
       </c>
       <c r="E59" s="11" t="n">
-        <v>1000</v>
+        <v>15000000</v>
       </c>
       <c r="F59" s="5" t="n">
-        <v>4878.46</v>
+        <v>15084.09</v>
       </c>
       <c r="G59" s="6" t="n">
-        <v>0.0059</v>
+        <v>0.0408</v>
       </c>
       <c r="H59" s="7" t="n">
-        <v>46167</v>
+        <v>49588</v>
       </c>
       <c r="J59" s="5" t="n">
-        <v>6.315</v>
+        <v>6.6952</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="n">
         <v>49</v>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Canara Bank**</t>
+          <t>8.51% GOI FRB 2033</t>
         </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
-          <t>INE476A16F03</t>
+          <t>IN0020200120</t>
         </is>
       </c>
       <c r="D60" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>Sovereign</t>
         </is>
       </c>
       <c r="E60" s="11" t="n">
-        <v>1000</v>
+        <v>12500000</v>
       </c>
       <c r="F60" s="5" t="n">
-        <v>4874.88</v>
+        <v>13211.88</v>
       </c>
       <c r="G60" s="6" t="n">
-        <v>0.0058</v>
+        <v>0.0357</v>
       </c>
       <c r="H60" s="7" t="n">
-        <v>46171</v>
+        <v>48844</v>
       </c>
       <c r="J60" s="5" t="n">
-        <v>6.33</v>
+        <v>6.2577</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="n">
         <v>50</v>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Indian Bank**</t>
+          <t>6.28% GOI 2032</t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
-          <t>INE562A16PB5</t>
+          <t>IN0020250059</t>
         </is>
       </c>
       <c r="D61" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>Sovereign</t>
         </is>
       </c>
       <c r="E61" s="11" t="n">
-        <v>1000</v>
+        <v>10000000</v>
       </c>
       <c r="F61" s="5" t="n">
-        <v>4863.05</v>
+        <v>9854.959999999999</v>
       </c>
       <c r="G61" s="6" t="n">
-        <v>0.0058</v>
+        <v>0.0267</v>
       </c>
       <c r="H61" s="7" t="n">
-        <v>46185</v>
+        <v>48409</v>
       </c>
       <c r="J61" s="5" t="n">
-        <v>6.345</v>
+        <v>6.6162</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="n">
         <v>51</v>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Union Bank of India**</t>
+          <t>7.32% GOI 2030</t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
-          <t>INE692A16JQ1</t>
+          <t>IN0020230135</t>
         </is>
       </c>
       <c r="D62" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>Sovereign</t>
         </is>
       </c>
       <c r="E62" s="11" t="n">
-        <v>1000</v>
+        <v>7000000</v>
       </c>
       <c r="F62" s="5" t="n">
-        <v>4851.15</v>
+        <v>7367.86</v>
       </c>
       <c r="G62" s="6" t="n">
-        <v>0.0058</v>
+        <v>0.0199</v>
       </c>
       <c r="H62" s="7" t="n">
-        <v>46198</v>
+        <v>47800</v>
       </c>
       <c r="J62" s="5" t="n">
-        <v>6.4</v>
+        <v>6.4136</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="n">
         <v>52</v>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ujjivan Small Finance Bank Limited**</t>
+          <t>7.30% GOI 2053</t>
         </is>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
-          <t>INE551W16CD6</t>
+          <t>IN0020230051</t>
         </is>
       </c>
       <c r="D63" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>Sovereign</t>
         </is>
       </c>
       <c r="E63" s="11" t="n">
-        <v>1000</v>
+        <v>4000000</v>
       </c>
       <c r="F63" s="5" t="n">
-        <v>4843.72</v>
+        <v>4006.38</v>
       </c>
       <c r="G63" s="6" t="n">
-        <v>0.0058</v>
+        <v>0.0108</v>
       </c>
       <c r="H63" s="7" t="n">
-        <v>46191</v>
+        <v>56054</v>
       </c>
       <c r="J63" s="5" t="n">
-        <v>7.01</v>
+        <v>7.3581</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="n">
         <v>53</v>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited**</t>
+          <t>6.01% GOI 2030</t>
         </is>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
-          <t>INE238AD6BJ6</t>
+          <t>IN0020250067</t>
         </is>
       </c>
       <c r="D64" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>Sovereign</t>
         </is>
       </c>
       <c r="E64" s="11" t="n">
-        <v>1000</v>
+        <v>3500000</v>
       </c>
       <c r="F64" s="5" t="n">
-        <v>4751.8</v>
+        <v>3458.3</v>
       </c>
       <c r="G64" s="6" t="n">
-        <v>0.0057</v>
+        <v>0.0094</v>
       </c>
       <c r="H64" s="7" t="n">
-        <v>46311</v>
+        <v>47685</v>
       </c>
       <c r="J64" s="5" t="n">
-        <v>6.62</v>
+        <v>6.3632</v>
       </c>
     </row>
     <row r="65">
-      <c r="A65" s="1" t="n">
-[...65 lines deleted...]
-        <v>6.55</v>
+      <c r="A65" s="8" t="n"/>
+      <c r="B65" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C65" s="8" t="n"/>
+      <c r="D65" s="8" t="n"/>
+      <c r="E65" s="8" t="n"/>
+      <c r="F65" s="9" t="n">
+        <v>69706.48</v>
+      </c>
+      <c r="G65" s="10" t="n">
+        <v>0.1885</v>
       </c>
     </row>
     <row r="67">
-      <c r="A67" s="1" t="n">
-[...30 lines deleted...]
-        <v>6.55</v>
+      <c r="B67" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
       </c>
     </row>
     <row r="68">
-      <c r="A68" s="1" t="n">
-[...30 lines deleted...]
-        <v>5.9842</v>
+      <c r="B68" s="3" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="n">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India</t>
+          <t>Axis Bank Limited**</t>
         </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
-          <t>INE556F16BG5</t>
+          <t>INE238AD6BS7</t>
         </is>
       </c>
       <c r="D69" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E69" s="11" t="n">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="F69" s="5" t="n">
-        <v>2465.98</v>
+        <v>4960.84</v>
       </c>
       <c r="G69" s="6" t="n">
-        <v>0.003</v>
+        <v>0.0134</v>
       </c>
       <c r="H69" s="7" t="n">
-        <v>46107</v>
+        <v>46097</v>
       </c>
       <c r="J69" s="5" t="n">
-        <v>5.995</v>
+        <v>6.6997</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="n">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>IDFC First Bank Limited**</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
-          <t>INE092T16YJ8</t>
+          <t>INE040A16GW7</t>
         </is>
       </c>
       <c r="D70" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E70" s="11" t="n">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="F70" s="5" t="n">
-        <v>2436.89</v>
+        <v>4896.08</v>
       </c>
       <c r="G70" s="6" t="n">
-        <v>0.0029</v>
+        <v>0.0132</v>
       </c>
       <c r="H70" s="7" t="n">
-        <v>46169</v>
+        <v>46161</v>
       </c>
       <c r="J70" s="5" t="n">
-        <v>6.475</v>
+        <v>7.24</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="n">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bank of Baroda</t>
+          <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
-          <t>INE028A16KR4</t>
+          <t>INE040A16HN4</t>
         </is>
       </c>
       <c r="D71" s="1" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E71" s="11" t="n">
-        <v>500</v>
+        <v>700</v>
       </c>
       <c r="F71" s="5" t="n">
-        <v>2434.1</v>
+        <v>3355.51</v>
       </c>
       <c r="G71" s="6" t="n">
-        <v>0.0029</v>
+        <v>0.0091</v>
       </c>
       <c r="H71" s="7" t="n">
-        <v>46178</v>
+        <v>46276</v>
       </c>
       <c r="J71" s="5" t="n">
-        <v>6.375</v>
+        <v>7.08</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="n">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited**</t>
+          <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
-          <t>INE238AD6AU5</t>
+          <t>INE040A16GF2</t>
         </is>
       </c>
       <c r="D72" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E72" s="11" t="n">
         <v>500</v>
       </c>
       <c r="F72" s="5" t="n">
-        <v>2431.16</v>
+        <v>2497.8</v>
       </c>
       <c r="G72" s="6" t="n">
-        <v>0.0029</v>
+        <v>0.0068</v>
       </c>
       <c r="H72" s="7" t="n">
-        <v>46185</v>
+        <v>46059</v>
       </c>
       <c r="J72" s="5" t="n">
-        <v>6.38</v>
+        <v>6.4443</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="n">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
-          <t>INE040A16HB9</t>
+          <t>INE040A16HC7</t>
         </is>
       </c>
       <c r="D73" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E73" s="11" t="n">
         <v>500</v>
       </c>
       <c r="F73" s="5" t="n">
-        <v>2426.38</v>
+        <v>2470.62</v>
       </c>
       <c r="G73" s="6" t="n">
-        <v>0.0029</v>
+        <v>0.0067</v>
       </c>
       <c r="H73" s="7" t="n">
-        <v>46197</v>
+        <v>46114</v>
       </c>
       <c r="J73" s="5" t="n">
-        <v>6.3651</v>
+        <v>7.2351</v>
       </c>
     </row>
     <row r="74">
-      <c r="A74" s="8" t="n"/>
-      <c r="B74" s="8" t="inlineStr">
+      <c r="A74" s="1" t="n">
+        <v>59</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6BD9</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E74" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F74" s="5" t="n">
+        <v>2408.97</v>
+      </c>
+      <c r="G74" s="6" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H74" s="7" t="n">
+        <v>46245</v>
+      </c>
+      <c r="J74" s="5" t="n">
+        <v>7.221</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="8" t="n"/>
+      <c r="B75" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C74" s="8" t="n"/>
-[...13 lines deleted...]
-        </is>
+      <c r="C75" s="8" t="n"/>
+      <c r="D75" s="8" t="n"/>
+      <c r="E75" s="8" t="n"/>
+      <c r="F75" s="9" t="n">
+        <v>20589.82</v>
+      </c>
+      <c r="G75" s="10" t="n">
+        <v>0.0557</v>
       </c>
     </row>
     <row r="77">
       <c r="B77" s="3" t="inlineStr">
         <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="B78" s="3" t="inlineStr">
+        <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
-      </c>
-[...33 lines deleted...]
-        <v>6.335</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="n">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bahadur Chand Investments Private Limited**</t>
+          <t>Bharti Telecom Limited**</t>
         </is>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
-          <t>INE087M14BX7</t>
+          <t>INE403D14585</t>
         </is>
       </c>
       <c r="D79" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E79" s="11" t="n">
-        <v>2500</v>
+        <v>1000</v>
       </c>
       <c r="F79" s="5" t="n">
-        <v>11877.22</v>
+        <v>4763.88</v>
       </c>
       <c r="G79" s="6" t="n">
-        <v>0.0142</v>
+        <v>0.0129</v>
       </c>
       <c r="H79" s="7" t="n">
-        <v>46269</v>
+        <v>46283</v>
       </c>
       <c r="J79" s="5" t="n">
-        <v>7.78</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="80">
-      <c r="A80" s="1" t="n">
-[...65 lines deleted...]
-        <v>6.48</v>
+      <c r="A80" s="8" t="n"/>
+      <c r="B80" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C80" s="8" t="n"/>
+      <c r="D80" s="8" t="n"/>
+      <c r="E80" s="8" t="n"/>
+      <c r="F80" s="9" t="n">
+        <v>4763.88</v>
+      </c>
+      <c r="G80" s="10" t="n">
+        <v>0.0129</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="n">
-        <v>67</v>
-[...17 lines deleted...]
-        <v>2000</v>
+        <v>61</v>
+      </c>
+      <c r="B82" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
       </c>
       <c r="F82" s="5" t="n">
-        <v>9737.690000000001</v>
+        <v>13833.91</v>
       </c>
       <c r="G82" s="6" t="n">
-        <v>0.0117</v>
+        <v>0.0374</v>
       </c>
       <c r="H82" s="7" t="n">
-        <v>46161</v>
-[...2 lines deleted...]
-        <v>7.1249</v>
+        <v>46055</v>
       </c>
     </row>
     <row r="83">
-      <c r="A83" s="1" t="n">
-[...65 lines deleted...]
-        <v>7.085</v>
+      <c r="A83" s="8" t="n"/>
+      <c r="B83" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C83" s="8" t="n"/>
+      <c r="D83" s="8" t="n"/>
+      <c r="E83" s="8" t="n"/>
+      <c r="F83" s="9" t="n">
+        <v>13833.91</v>
+      </c>
+      <c r="G83" s="10" t="n">
+        <v>0.0374</v>
       </c>
     </row>
     <row r="85">
-      <c r="A85" s="1" t="n">
-[...30 lines deleted...]
-        <v>6.985</v>
+      <c r="B85" s="3" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="n">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Angel One Limited**</t>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
         </is>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
-          <t>INE732I14BO5</t>
-[...4 lines deleted...]
-          <t>CRISIL A1+</t>
+          <t>INF0RQ622028</t>
         </is>
       </c>
       <c r="E86" s="11" t="n">
-        <v>1700</v>
+        <v>10095.756</v>
       </c>
       <c r="F86" s="5" t="n">
-        <v>8479.26</v>
+        <v>1171</v>
       </c>
       <c r="G86" s="6" t="n">
-        <v>0.0102</v>
-[...6 lines deleted...]
-      </c>
+        <v>0.0032</v>
+      </c>
+      <c r="J86" s="5" t="n"/>
     </row>
     <row r="87">
-      <c r="A87" s="1" t="n">
-[...65 lines deleted...]
-        <v>6.48</v>
+      <c r="A87" s="8" t="n"/>
+      <c r="B87" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C87" s="8" t="n"/>
+      <c r="D87" s="8" t="n"/>
+      <c r="E87" s="8" t="n"/>
+      <c r="F87" s="9" t="n">
+        <v>1171</v>
+      </c>
+      <c r="G87" s="10" t="n">
+        <v>0.0032</v>
       </c>
     </row>
     <row r="89">
-      <c r="A89" s="1" t="n">
-[...30 lines deleted...]
-        <v>6.9501</v>
+      <c r="B89" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
       </c>
     </row>
     <row r="90">
-      <c r="A90" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Nuvama Wealth and Investment Limited**</t>
-[...14 lines deleted...]
-      </c>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E90" s="11" t="n"/>
       <c r="F90" s="5" t="n">
-        <v>4978.77</v>
+        <v>-13717.18</v>
       </c>
       <c r="G90" s="6" t="n">
-        <v>0.006</v>
-[...6 lines deleted...]
-      </c>
+        <v>-0.037</v>
+      </c>
+      <c r="J90" s="5" t="n"/>
     </row>
     <row r="91">
-      <c r="A91" s="1" t="n">
-[...65 lines deleted...]
-        <v>6.4749</v>
+      <c r="A91" s="8" t="n"/>
+      <c r="B91" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C91" s="8" t="n"/>
+      <c r="D91" s="8" t="n"/>
+      <c r="E91" s="8" t="n"/>
+      <c r="F91" s="9" t="n">
+        <v>-13717.18</v>
+      </c>
+      <c r="G91" s="10" t="n">
+        <v>-0.037</v>
       </c>
     </row>
     <row r="93">
-      <c r="A93" s="1" t="n">
-[...30 lines deleted...]
-        <v>6.845</v>
+      <c r="A93" s="4" t="n"/>
+      <c r="B93" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C93" s="4" t="n"/>
+      <c r="D93" s="4" t="n"/>
+      <c r="E93" s="4" t="n"/>
+      <c r="F93" s="12" t="n">
+        <v>369634.47</v>
+      </c>
+      <c r="G93" s="13" t="n">
+        <v>1</v>
       </c>
     </row>
     <row r="94">
-      <c r="A94" s="1" t="n">
-[...30 lines deleted...]
-        <v>6.86</v>
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="n">
-        <v>80</v>
+        <v>1</v>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Muthoot Finance Limited**</t>
-[...60 lines deleted...]
-        <v>7.285</v>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="96" ht="45" customHeight="1" s="83">
+      <c r="A96" s="14" t="n">
+        <v>2</v>
+      </c>
+      <c r="B96" s="14" t="inlineStr">
+        <is>
+          <t>As on January 31, 2026, the aggregate investments by the schemes of DSP Mutual Fund in DSP Banking and PSU Debt Fund is  ₹ 82,779.34 Lakhs.</t>
+        </is>
       </c>
     </row>
     <row r="97">
-      <c r="A97" s="1" t="n">
-[...30 lines deleted...]
-        <v>7.5199</v>
+      <c r="A97" s="14" t="n">
+        <v>3</v>
+      </c>
+      <c r="B97" s="14" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="n">
-        <v>83</v>
-[...30 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="B98" s="104" t="inlineStr">
+        <is>
+          <t>Yield to call as per AMFI Best Practices Guidelines Circular No. 88 / 2020 -21</t>
+        </is>
+      </c>
+      <c r="C98" s="107" t="n"/>
+      <c r="D98" s="108" t="n"/>
     </row>
     <row r="99">
-      <c r="A99" s="1" t="n">
-[...30 lines deleted...]
-        <v>6.985</v>
+      <c r="B99" s="66" t="inlineStr">
+        <is>
+          <t>Issuer</t>
+        </is>
+      </c>
+      <c r="C99" s="66" t="inlineStr">
+        <is>
+          <t>ISIN</t>
+        </is>
+      </c>
+      <c r="D99" s="66" t="inlineStr">
+        <is>
+          <t>YTC</t>
+        </is>
       </c>
     </row>
     <row r="100">
-      <c r="A100" s="1" t="n">
-[...33 lines deleted...]
-    <row r="101">
+      <c r="B100" s="67" t="inlineStr">
+        <is>
+          <t>State Bank of India Basel III Tier 2**</t>
+        </is>
+      </c>
+      <c r="C100" s="67" t="inlineStr">
+        <is>
+          <t>INE062A08405</t>
+        </is>
+      </c>
+      <c r="D100" s="19" t="n">
+        <v>0.075251</v>
+      </c>
+    </row>
+    <row r="101" ht="90.95" customHeight="1" s="83">
       <c r="A101" s="1" t="n">
-        <v>86</v>
-[...30 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="B101" s="105" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
+        </is>
+      </c>
+      <c r="C101" s="109" t="n"/>
+      <c r="D101" s="109" t="n"/>
     </row>
     <row r="102">
-      <c r="A102" s="1" t="n">
-[...730 lines deleted...]
-        <v>0.0009</v>
+      <c r="B102" s="68" t="n"/>
+      <c r="C102" s="68" t="n"/>
+      <c r="D102" s="69" t="n"/>
+    </row>
+    <row r="103" ht="16.5" customHeight="1" s="83">
+      <c r="B103" s="75" t="inlineStr">
+        <is>
+          <t>Scheme Riskometer</t>
+        </is>
+      </c>
+    </row>
+    <row r="117" ht="16.5" customHeight="1" s="83">
+      <c r="B117" s="75" t="inlineStr">
+        <is>
+          <t>Benchmark Riskometer: Nifty Banking &amp; PSU Debt Index A-II</t>
+        </is>
       </c>
     </row>
     <row r="130">
-      <c r="B130" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Alternative Investment Funds (AIF)</t>
+      <c r="B130" s="15" t="n"/>
+      <c r="C130" s="17" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
         </is>
       </c>
     </row>
     <row r="131">
-      <c r="A131" s="1" t="n">
-[...21 lines deleted...]
-      <c r="J131" s="5" t="n"/>
+      <c r="B131" s="15" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C131" s="17" t="inlineStr">
+        <is>
+          <t>DSP Banking and PSU Debt Fund</t>
+        </is>
+      </c>
     </row>
     <row r="132">
-      <c r="A132" s="8" t="n"/>
-[...12 lines deleted...]
-        <v>0.0017</v>
+      <c r="B132" s="15" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C132" s="18" t="n"/>
+    </row>
+    <row r="133">
+      <c r="B133" s="15" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C133" s="19" t="n">
+        <v>0.0722</v>
       </c>
     </row>
     <row r="134">
-      <c r="B134" s="3" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B134" s="15" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C134" s="18" t="n">
+        <v>4.15</v>
       </c>
     </row>
     <row r="135">
-      <c r="B135" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="J135" s="5" t="n"/>
+      <c r="B135" s="15" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C135" s="18" t="n">
+        <v>6.75</v>
+      </c>
     </row>
     <row r="136">
-      <c r="A136" s="8" t="n"/>
-[...152 lines deleted...]
-      <c r="B179" s="16" t="inlineStr">
+      <c r="B136" s="15" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C179" s="21" t="n">
-[...4 lines deleted...]
-      <c r="B180" s="17" t="inlineStr">
+      <c r="C136" s="20" t="n">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="B137" s="16" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C180" s="18" t="n"/>
-[...2 lines deleted...]
-      <c r="B183" s="72" t="n"/>
+      <c r="C137" s="17" t="n"/>
     </row>
   </sheetData>
-  <mergeCells count="1">
+  <mergeCells count="3">
+    <mergeCell ref="B101:D101"/>
+    <mergeCell ref="B98:D98"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 