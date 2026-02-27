--- v5 (2026-02-07)
+++ v6 (2026-02-27)
@@ -1,73 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr codeName="ThisWorkbook"/>
+  <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="14880" tabRatio="917" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="990" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="BANKING &amp; PSU" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="SAVINGS" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="166" formatCode="0.000%"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="24">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -132,68 +139,84 @@
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+      <u val="single"/>
+    </font>
+    <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+      <u val="single"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
@@ -328,344 +351,285 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="110">
+  <cellXfs count="91">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...18 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
-[...100 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...16 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
@@ -713,116 +677,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>104</row>
+      <row>140</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>113</row>
-      <rowOff>31749</rowOff>
+      <row>149</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="17913350"/>
+          <a:off x="457200" y="24428450"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>118</row>
+      <row>154</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>127</row>
-      <rowOff>31751</rowOff>
+      <row>163</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="20326350"/>
+          <a:off x="457200" y="26841450"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1060,2782 +1024,4056 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr codeName="Sheet12">
+  <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L137"/>
+  <dimension ref="A1:L175"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="A1" sqref="A1"/>
+    <sheetView topLeftCell="A115" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="A132" sqref="A132"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7109375" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.5703125" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7109375" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="84" min="1" max="1"/>
+    <col width="57.90625" customWidth="1" style="84" min="2" max="2"/>
+    <col width="18.81640625" bestFit="1" customWidth="1" style="84" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="84" min="4" max="4"/>
+    <col width="14.1796875" customWidth="1" style="84" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="84" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="84" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="84" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="84" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="84" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="84" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="84" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="84" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="18.75" customHeight="1" s="83">
-[...3 lines deleted...]
-          <t>DSP Banking and PSU Debt Fund</t>
+    <row r="1" ht="19" customHeight="1" s="62">
+      <c r="A1" s="61" t="n"/>
+      <c r="B1" s="61" t="inlineStr">
+        <is>
+          <t>DSP Savings Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on January 31, 2026</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on February 15, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>BOND &amp; NCD's</t>
+      <c r="B7" s="4" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="B8" s="3" t="inlineStr">
+      <c r="A8" s="84" t="n">
+        <v>1</v>
+      </c>
+      <c r="B8" s="84" t="inlineStr">
+        <is>
+          <t>5.63% GOI 2026</t>
+        </is>
+      </c>
+      <c r="C8" s="84" t="inlineStr">
+        <is>
+          <t>IN0020210012</t>
+        </is>
+      </c>
+      <c r="D8" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E8" s="12" t="n">
+        <v>32500000</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>33146.5</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.0408</v>
+      </c>
+      <c r="H8" s="8" t="n">
+        <v>46124</v>
+      </c>
+      <c r="J8" s="6" t="n">
+        <v>5.3733</v>
+      </c>
+      <c r="K8" s="4" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="4" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="84" t="n">
+        <v>2</v>
+      </c>
+      <c r="B9" s="84" t="inlineStr">
+        <is>
+          <t>7.14% Gujarat SDL 2027</t>
+        </is>
+      </c>
+      <c r="C9" s="84" t="inlineStr">
+        <is>
+          <t>IN1520160178</t>
+        </is>
+      </c>
+      <c r="D9" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E9" s="12" t="n">
+        <v>7000000</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>7128.17</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.008800000000000001</v>
+      </c>
+      <c r="H9" s="8" t="n">
+        <v>46398</v>
+      </c>
+      <c r="J9" s="6" t="n">
+        <v>5.82</v>
+      </c>
+      <c r="K9" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L9" s="7" t="n">
+        <v>0.6532</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="84" t="n">
+        <v>3</v>
+      </c>
+      <c r="B10" s="84" t="inlineStr">
+        <is>
+          <t>7.08% Karnataka SDL 2026</t>
+        </is>
+      </c>
+      <c r="C10" s="84" t="inlineStr">
+        <is>
+          <t>IN1920160059</t>
+        </is>
+      </c>
+      <c r="D10" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E10" s="12" t="n">
+        <v>2600000</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>2658.03</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="H10" s="8" t="n">
+        <v>46370</v>
+      </c>
+      <c r="J10" s="6" t="n">
+        <v>5.7955</v>
+      </c>
+      <c r="K10" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L10" s="7" t="n">
+        <v>0.1275</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="84" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="84" t="inlineStr">
+        <is>
+          <t>7.39% Maharashtra SDL 2026</t>
+        </is>
+      </c>
+      <c r="C11" s="84" t="inlineStr">
+        <is>
+          <t>IN2220160104</t>
+        </is>
+      </c>
+      <c r="D11" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E11" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>2577.39</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="H11" s="8" t="n">
+        <v>46335</v>
+      </c>
+      <c r="J11" s="6" t="n">
+        <v>5.8055</v>
+      </c>
+      <c r="K11" s="84" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.0963</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="84" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="84" t="inlineStr">
+        <is>
+          <t>7.38% Madhya Pradesh SDL 2026</t>
+        </is>
+      </c>
+      <c r="C12" s="84" t="inlineStr">
+        <is>
+          <t>IN2120160030</t>
+        </is>
+      </c>
+      <c r="D12" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E12" s="12" t="n">
+        <v>1500000</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>1560.9</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="H12" s="8" t="n">
+        <v>46279</v>
+      </c>
+      <c r="J12" s="6" t="n">
+        <v>5.6845</v>
+      </c>
+      <c r="K12" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.09619999999999999</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="9" t="n"/>
+      <c r="B13" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C13" s="9" t="n"/>
+      <c r="D13" s="9" t="n"/>
+      <c r="E13" s="9" t="n"/>
+      <c r="F13" s="10" t="n">
+        <v>47070.99</v>
+      </c>
+      <c r="G13" s="11" t="n">
+        <v>0.058</v>
+      </c>
+      <c r="K13" s="84" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="K14" s="84" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.0239</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="B15" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="B16" s="4" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="84" t="n">
+        <v>6</v>
+      </c>
+      <c r="B17" s="84" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C17" s="84" t="inlineStr">
+        <is>
+          <t>INE556F16BY8</t>
+        </is>
+      </c>
+      <c r="D17" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E17" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>23427.92</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0288</v>
+      </c>
+      <c r="H17" s="8" t="n">
+        <v>46422</v>
+      </c>
+      <c r="J17" s="6" t="n">
+        <v>6.9384</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="84" t="n">
+        <v>7</v>
+      </c>
+      <c r="B18" s="84" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C18" s="84" t="inlineStr">
+        <is>
+          <t>INE476A16G44</t>
+        </is>
+      </c>
+      <c r="D18" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E18" s="12" t="n">
+        <v>4500</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>21115.17</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.026</v>
+      </c>
+      <c r="H18" s="8" t="n">
+        <v>46420</v>
+      </c>
+      <c r="J18" s="6" t="n">
+        <v>6.8201</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="84" t="n">
+        <v>8</v>
+      </c>
+      <c r="B19" s="84" t="inlineStr">
+        <is>
+          <t>Union Bank of India</t>
+        </is>
+      </c>
+      <c r="C19" s="84" t="inlineStr">
+        <is>
+          <t>INE692A16KC9</t>
+        </is>
+      </c>
+      <c r="D19" s="84" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E19" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>19671.2</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0242</v>
+      </c>
+      <c r="H19" s="8" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J19" s="6" t="n">
+        <v>6.9328</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="84" t="n">
+        <v>9</v>
+      </c>
+      <c r="B20" s="84" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C20" s="84" t="inlineStr">
+        <is>
+          <t>INE040A16IM4</t>
+        </is>
+      </c>
+      <c r="D20" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E20" s="12" t="n">
+        <v>4000</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>18751.52</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0231</v>
+      </c>
+      <c r="H20" s="8" t="n">
+        <v>46423</v>
+      </c>
+      <c r="J20" s="6" t="n">
+        <v>6.865</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="84" t="n">
+        <v>10</v>
+      </c>
+      <c r="B21" s="84" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C21" s="84" t="inlineStr">
+        <is>
+          <t>INE556F16BI1</t>
+        </is>
+      </c>
+      <c r="D21" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E21" s="12" t="n">
+        <v>3500</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>17194.29</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0212</v>
+      </c>
+      <c r="H21" s="8" t="n">
+        <v>46162</v>
+      </c>
+      <c r="J21" s="6" t="n">
+        <v>6.9782</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="84" t="n">
+        <v>11</v>
+      </c>
+      <c r="B22" s="84" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C22" s="84" t="inlineStr">
+        <is>
+          <t>INE092T16YP5</t>
+        </is>
+      </c>
+      <c r="D22" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E22" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>14750</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0181</v>
+      </c>
+      <c r="H22" s="8" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J22" s="6" t="n">
+        <v>7.0302</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="84" t="n">
+        <v>12</v>
+      </c>
+      <c r="B23" s="84" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C23" s="84" t="inlineStr">
+        <is>
+          <t>INE092T16YH2</t>
+        </is>
+      </c>
+      <c r="D23" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E23" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>14730.2</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0181</v>
+      </c>
+      <c r="H23" s="8" t="n">
+        <v>46164</v>
+      </c>
+      <c r="J23" s="6" t="n">
+        <v>7.0376</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="84" t="n">
+        <v>13</v>
+      </c>
+      <c r="B24" s="84" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C24" s="84" t="inlineStr">
+        <is>
+          <t>INE514E16CM3</t>
+        </is>
+      </c>
+      <c r="D24" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E24" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>14680.96</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0181</v>
+      </c>
+      <c r="H24" s="8" t="n">
+        <v>46184</v>
+      </c>
+      <c r="J24" s="6" t="n">
+        <v>6.8975</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="84" t="n">
+        <v>14</v>
+      </c>
+      <c r="B25" s="84" t="inlineStr">
+        <is>
+          <t>Canara Bank</t>
+        </is>
+      </c>
+      <c r="C25" s="84" t="inlineStr">
+        <is>
+          <t>INE476A16E20</t>
+        </is>
+      </c>
+      <c r="D25" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E25" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>14675.85</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0181</v>
+      </c>
+      <c r="H25" s="8" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J25" s="6" t="n">
+        <v>6.9499</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="84" t="n">
+        <v>15</v>
+      </c>
+      <c r="B26" s="84" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C26" s="84" t="inlineStr">
+        <is>
+          <t>INE476A16F52</t>
+        </is>
+      </c>
+      <c r="D26" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E26" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>14670.1</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.018</v>
+      </c>
+      <c r="H26" s="8" t="n">
+        <v>46188</v>
+      </c>
+      <c r="J26" s="6" t="n">
+        <v>6.8974</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="84" t="n">
+        <v>16</v>
+      </c>
+      <c r="B27" s="84" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C27" s="84" t="inlineStr">
+        <is>
+          <t>INE028A16KX2</t>
+        </is>
+      </c>
+      <c r="D27" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E27" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>14144.34</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0174</v>
+      </c>
+      <c r="H27" s="8" t="n">
+        <v>46393</v>
+      </c>
+      <c r="J27" s="6" t="n">
+        <v>6.815</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="84" t="n">
+        <v>17</v>
+      </c>
+      <c r="B28" s="84" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C28" s="84" t="inlineStr">
+        <is>
+          <t>INE261F16AD1</t>
+        </is>
+      </c>
+      <c r="D28" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E28" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>14114.88</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0174</v>
+      </c>
+      <c r="H28" s="8" t="n">
+        <v>46401</v>
+      </c>
+      <c r="J28" s="6" t="n">
+        <v>6.8941</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="84" t="n">
+        <v>18</v>
+      </c>
+      <c r="B29" s="84" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C29" s="84" t="inlineStr">
+        <is>
+          <t>INE040A16IK8</t>
+        </is>
+      </c>
+      <c r="D29" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E29" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>14098.44</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0173</v>
+      </c>
+      <c r="H29" s="8" t="n">
+        <v>46409</v>
+      </c>
+      <c r="J29" s="6" t="n">
+        <v>6.865</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="84" t="n">
+        <v>19</v>
+      </c>
+      <c r="B30" s="84" t="inlineStr">
+        <is>
+          <t>IndusInd Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C30" s="84" t="inlineStr">
+        <is>
+          <t>INE095A169C7</t>
+        </is>
+      </c>
+      <c r="D30" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E30" s="12" t="n">
+        <v>3000</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>14026.84</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0173</v>
+      </c>
+      <c r="H30" s="8" t="n">
+        <v>46414</v>
+      </c>
+      <c r="J30" s="6" t="n">
+        <v>7.34</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="84" t="n">
+        <v>20</v>
+      </c>
+      <c r="B31" s="84" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C31" s="84" t="inlineStr">
+        <is>
+          <t>INE092T16ZD8</t>
+        </is>
+      </c>
+      <c r="D31" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E31" s="12" t="n">
+        <v>2800</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>13100.44</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0161</v>
+      </c>
+      <c r="H31" s="8" t="n">
+        <v>46422</v>
+      </c>
+      <c r="J31" s="6" t="n">
+        <v>7.1</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="84" t="n">
+        <v>21</v>
+      </c>
+      <c r="B32" s="84" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="84" t="inlineStr">
+        <is>
+          <t>INE238AD6BA5</t>
+        </is>
+      </c>
+      <c r="D32" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E32" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>12293.61</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0151</v>
+      </c>
+      <c r="H32" s="8" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J32" s="6" t="n">
+        <v>6.9633</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="84" t="n">
+        <v>22</v>
+      </c>
+      <c r="B33" s="84" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C33" s="84" t="inlineStr">
+        <is>
+          <t>INE514E16CL5</t>
+        </is>
+      </c>
+      <c r="D33" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E33" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>12266.06</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0151</v>
+      </c>
+      <c r="H33" s="8" t="n">
+        <v>46170</v>
+      </c>
+      <c r="J33" s="6" t="n">
+        <v>6.8925</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="84" t="n">
+        <v>23</v>
+      </c>
+      <c r="B34" s="84" t="inlineStr">
+        <is>
+          <t>Union Bank of India</t>
+        </is>
+      </c>
+      <c r="C34" s="84" t="inlineStr">
+        <is>
+          <t>INE692A16KU1</t>
+        </is>
+      </c>
+      <c r="D34" s="84" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E34" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>11757.09</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0145</v>
+      </c>
+      <c r="H34" s="8" t="n">
+        <v>46406</v>
+      </c>
+      <c r="J34" s="6" t="n">
+        <v>6.8439</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="84" t="n">
+        <v>24</v>
+      </c>
+      <c r="B35" s="84" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C35" s="84" t="inlineStr">
+        <is>
+          <t>INE476A16H01</t>
+        </is>
+      </c>
+      <c r="D35" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E35" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>11710.12</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.0144</v>
+      </c>
+      <c r="H35" s="8" t="n">
+        <v>46430</v>
+      </c>
+      <c r="J35" s="6" t="n">
+        <v>6.82</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="84" t="n">
+        <v>25</v>
+      </c>
+      <c r="B36" s="84" t="inlineStr">
+        <is>
+          <t>Equitas Small Finance Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C36" s="84" t="inlineStr">
+        <is>
+          <t>INE063P16BC0</t>
+        </is>
+      </c>
+      <c r="D36" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E36" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>9752.860000000001</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.012</v>
+      </c>
+      <c r="H36" s="8" t="n">
+        <v>46188</v>
+      </c>
+      <c r="J36" s="6" t="n">
+        <v>7.7724</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="84" t="n">
+        <v>26</v>
+      </c>
+      <c r="B37" s="84" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C37" s="84" t="inlineStr">
+        <is>
+          <t>INE556F16BO9</t>
+        </is>
+      </c>
+      <c r="D37" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E37" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>9536.24</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0117</v>
+      </c>
+      <c r="H37" s="8" t="n">
+        <v>46323</v>
+      </c>
+      <c r="J37" s="6" t="n">
+        <v>6.9884</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="84" t="n">
+        <v>27</v>
+      </c>
+      <c r="B38" s="84" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C38" s="84" t="inlineStr">
+        <is>
+          <t>INE028A16KI3</t>
+        </is>
+      </c>
+      <c r="D38" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E38" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>9527.02</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0117</v>
+      </c>
+      <c r="H38" s="8" t="n">
+        <v>46332</v>
+      </c>
+      <c r="J38" s="6" t="n">
+        <v>6.8901</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="84" t="n">
+        <v>28</v>
+      </c>
+      <c r="B39" s="84" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C39" s="84" t="inlineStr">
+        <is>
+          <t>INE556F16BS0</t>
+        </is>
+      </c>
+      <c r="D39" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E39" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>9472.26</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.0117</v>
+      </c>
+      <c r="H39" s="8" t="n">
+        <v>46360</v>
+      </c>
+      <c r="J39" s="6" t="n">
+        <v>6.9883</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="84" t="n">
+        <v>29</v>
+      </c>
+      <c r="B40" s="84" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C40" s="84" t="inlineStr">
+        <is>
+          <t>INE028A16KT0</t>
+        </is>
+      </c>
+      <c r="D40" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E40" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>9467.43</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0116</v>
+      </c>
+      <c r="H40" s="8" t="n">
+        <v>46367</v>
+      </c>
+      <c r="J40" s="6" t="n">
+        <v>6.89</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="84" t="n">
+        <v>30</v>
+      </c>
+      <c r="B41" s="84" t="inlineStr">
+        <is>
+          <t>ICICI Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C41" s="84" t="inlineStr">
+        <is>
+          <t>INE090AD6279</t>
+        </is>
+      </c>
+      <c r="D41" s="84" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E41" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>9398.58</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0116</v>
+      </c>
+      <c r="H41" s="8" t="n">
+        <v>46414</v>
+      </c>
+      <c r="J41" s="6" t="n">
+        <v>6.77</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="84" t="n">
+        <v>31</v>
+      </c>
+      <c r="B42" s="84" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C42" s="84" t="inlineStr">
+        <is>
+          <t>INE261F16AG4</t>
+        </is>
+      </c>
+      <c r="D42" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E42" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>9388.190000000001</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.0115</v>
+      </c>
+      <c r="H42" s="8" t="n">
+        <v>46414</v>
+      </c>
+      <c r="J42" s="6" t="n">
+        <v>6.8947</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="84" t="n">
+        <v>32</v>
+      </c>
+      <c r="B43" s="84" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C43" s="84" t="inlineStr">
+        <is>
+          <t>INE092T16YY7</t>
+        </is>
+      </c>
+      <c r="D43" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E43" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>9371.110000000001</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0115</v>
+      </c>
+      <c r="H43" s="8" t="n">
+        <v>46414</v>
+      </c>
+      <c r="J43" s="6" t="n">
+        <v>7.1</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="84" t="n">
+        <v>33</v>
+      </c>
+      <c r="B44" s="84" t="inlineStr">
+        <is>
+          <t>Equitas Small Finance Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C44" s="84" t="inlineStr">
+        <is>
+          <t>INE063P16BJ5</t>
+        </is>
+      </c>
+      <c r="D44" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E44" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>9282.950000000001</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.0114</v>
+      </c>
+      <c r="H44" s="8" t="n">
+        <v>46430</v>
+      </c>
+      <c r="J44" s="6" t="n">
+        <v>7.81</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="84" t="n">
+        <v>34</v>
+      </c>
+      <c r="B45" s="84" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C45" s="84" t="inlineStr">
+        <is>
+          <t>INE040A16HU9</t>
+        </is>
+      </c>
+      <c r="D45" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E45" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>7144.78</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.008800000000000001</v>
+      </c>
+      <c r="H45" s="8" t="n">
+        <v>46332</v>
+      </c>
+      <c r="J45" s="6" t="n">
+        <v>6.9001</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="84" t="n">
+        <v>35</v>
+      </c>
+      <c r="B46" s="84" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C46" s="84" t="inlineStr">
+        <is>
+          <t>INE028A16KK9</t>
+        </is>
+      </c>
+      <c r="D46" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E46" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>7120.94</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.008800000000000001</v>
+      </c>
+      <c r="H46" s="8" t="n">
+        <v>46351</v>
+      </c>
+      <c r="J46" s="6" t="n">
+        <v>6.8901</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="84" t="n">
+        <v>36</v>
+      </c>
+      <c r="B47" s="84" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C47" s="84" t="inlineStr">
+        <is>
+          <t>INE028A16LE0</t>
+        </is>
+      </c>
+      <c r="D47" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E47" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>7037.48</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.008699999999999999</v>
+      </c>
+      <c r="H47" s="8" t="n">
+        <v>46421</v>
+      </c>
+      <c r="J47" s="6" t="n">
+        <v>6.815</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="84" t="n">
+        <v>37</v>
+      </c>
+      <c r="B48" s="84" t="inlineStr">
+        <is>
+          <t>Punjab National Bank**</t>
+        </is>
+      </c>
+      <c r="C48" s="84" t="inlineStr">
+        <is>
+          <t>INE160A16UA0</t>
+        </is>
+      </c>
+      <c r="D48" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E48" s="12" t="n">
+        <v>1300</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>6360.39</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.0078</v>
+      </c>
+      <c r="H48" s="8" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J48" s="6" t="n">
+        <v>6.907</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="84" t="n">
+        <v>38</v>
+      </c>
+      <c r="B49" s="84" t="inlineStr">
+        <is>
+          <t>Canara Bank</t>
+        </is>
+      </c>
+      <c r="C49" s="84" t="inlineStr">
+        <is>
+          <t>INE476A16F03</t>
+        </is>
+      </c>
+      <c r="D49" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E49" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>4905.45</v>
+      </c>
+      <c r="G49" s="7" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="H49" s="8" t="n">
+        <v>46171</v>
+      </c>
+      <c r="J49" s="6" t="n">
+        <v>6.8974</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="84" t="n">
+        <v>39</v>
+      </c>
+      <c r="B50" s="84" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C50" s="84" t="inlineStr">
+        <is>
+          <t>INE238AD6AT7</t>
+        </is>
+      </c>
+      <c r="D50" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E50" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>4893.31</v>
+      </c>
+      <c r="G50" s="7" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="H50" s="8" t="n">
+        <v>46184</v>
+      </c>
+      <c r="J50" s="6" t="n">
+        <v>6.92</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="84" t="n">
+        <v>40</v>
+      </c>
+      <c r="B51" s="84" t="inlineStr">
+        <is>
+          <t>Indian Bank</t>
+        </is>
+      </c>
+      <c r="C51" s="84" t="inlineStr">
+        <is>
+          <t>INE562A16PB5</t>
+        </is>
+      </c>
+      <c r="D51" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E51" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>4891.95</v>
+      </c>
+      <c r="G51" s="7" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="H51" s="8" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J51" s="6" t="n">
+        <v>6.9499</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="84" t="n">
+        <v>41</v>
+      </c>
+      <c r="B52" s="84" t="inlineStr">
+        <is>
+          <t>Union Bank of India</t>
+        </is>
+      </c>
+      <c r="C52" s="84" t="inlineStr">
+        <is>
+          <t>INE692A16JQ1</t>
+        </is>
+      </c>
+      <c r="D52" s="84" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E52" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>4880.97</v>
+      </c>
+      <c r="G52" s="7" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="H52" s="8" t="n">
+        <v>46198</v>
+      </c>
+      <c r="J52" s="6" t="n">
+        <v>6.9001</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="84" t="n">
+        <v>42</v>
+      </c>
+      <c r="B53" s="84" t="inlineStr">
+        <is>
+          <t>Ujjivan Small Finance Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C53" s="84" t="inlineStr">
+        <is>
+          <t>INE551W16CD6</t>
+        </is>
+      </c>
+      <c r="D53" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E53" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>4878.8</v>
+      </c>
+      <c r="G53" s="7" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="H53" s="8" t="n">
+        <v>46191</v>
+      </c>
+      <c r="J53" s="6" t="n">
+        <v>7.4326</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="84" t="n">
+        <v>43</v>
+      </c>
+      <c r="B54" s="84" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C54" s="84" t="inlineStr">
+        <is>
+          <t>INE028A16JF1</t>
+        </is>
+      </c>
+      <c r="D54" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E54" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>4855.17</v>
+      </c>
+      <c r="G54" s="7" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="H54" s="8" t="n">
+        <v>46226</v>
+      </c>
+      <c r="J54" s="6" t="n">
+        <v>6.9351</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="84" t="n">
+        <v>44</v>
+      </c>
+      <c r="B55" s="84" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C55" s="84" t="inlineStr">
+        <is>
+          <t>INE238AD6BD9</t>
+        </is>
+      </c>
+      <c r="D55" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E55" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>4837.92</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="H55" s="8" t="n">
+        <v>46245</v>
+      </c>
+      <c r="J55" s="6" t="n">
+        <v>6.948</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="84" t="n">
+        <v>45</v>
+      </c>
+      <c r="B56" s="84" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C56" s="84" t="inlineStr">
+        <is>
+          <t>INE562A16PP5</t>
+        </is>
+      </c>
+      <c r="D56" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E56" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>4772.56</v>
+      </c>
+      <c r="G56" s="7" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="H56" s="8" t="n">
+        <v>46322</v>
+      </c>
+      <c r="J56" s="6" t="n">
+        <v>6.8751</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="84" t="n">
+        <v>46</v>
+      </c>
+      <c r="B57" s="84" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C57" s="84" t="inlineStr">
+        <is>
+          <t>INE028A16KM5</t>
+        </is>
+      </c>
+      <c r="D57" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E57" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>4751.55</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="H57" s="8" t="n">
+        <v>46346</v>
+      </c>
+      <c r="J57" s="6" t="n">
+        <v>6.89</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="84" t="n">
+        <v>47</v>
+      </c>
+      <c r="B58" s="84" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C58" s="84" t="inlineStr">
+        <is>
+          <t>INE028A16KO1</t>
+        </is>
+      </c>
+      <c r="D58" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E58" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>4739.65</v>
+      </c>
+      <c r="G58" s="7" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="H58" s="8" t="n">
+        <v>46360</v>
+      </c>
+      <c r="J58" s="6" t="n">
+        <v>6.8901</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="84" t="n">
+        <v>48</v>
+      </c>
+      <c r="B59" s="84" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C59" s="84" t="inlineStr">
+        <is>
+          <t>INE476A16F94</t>
+        </is>
+      </c>
+      <c r="D59" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E59" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>4712.92</v>
+      </c>
+      <c r="G59" s="7" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="H59" s="8" t="n">
+        <v>46395</v>
+      </c>
+      <c r="J59" s="6" t="n">
+        <v>6.8201</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="84" t="n">
+        <v>49</v>
+      </c>
+      <c r="B60" s="84" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C60" s="84" t="inlineStr">
+        <is>
+          <t>INE238AD6BW9</t>
+        </is>
+      </c>
+      <c r="D60" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E60" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>4706.62</v>
+      </c>
+      <c r="G60" s="7" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="H60" s="8" t="n">
+        <v>46401</v>
+      </c>
+      <c r="J60" s="6" t="n">
+        <v>6.8529</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="84" t="n">
+        <v>50</v>
+      </c>
+      <c r="B61" s="84" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C61" s="84" t="inlineStr">
+        <is>
+          <t>INE261F16AE9</t>
+        </is>
+      </c>
+      <c r="D61" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E61" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F61" s="6" t="n">
+        <v>4700.78</v>
+      </c>
+      <c r="G61" s="7" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="H61" s="8" t="n">
+        <v>46406</v>
+      </c>
+      <c r="J61" s="6" t="n">
+        <v>6.8941</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="84" t="n">
+        <v>51</v>
+      </c>
+      <c r="B62" s="84" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C62" s="84" t="inlineStr">
+        <is>
+          <t>INE261F16AF6</t>
+        </is>
+      </c>
+      <c r="D62" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E62" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>4698.24</v>
+      </c>
+      <c r="G62" s="7" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="H62" s="8" t="n">
+        <v>46409</v>
+      </c>
+      <c r="J62" s="6" t="n">
+        <v>6.895</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="84" t="n">
+        <v>52</v>
+      </c>
+      <c r="B63" s="84" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C63" s="84" t="inlineStr">
+        <is>
+          <t>INE028A16LF7</t>
+        </is>
+      </c>
+      <c r="D63" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E63" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>4690.83</v>
+      </c>
+      <c r="G63" s="7" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="H63" s="8" t="n">
+        <v>46422</v>
+      </c>
+      <c r="J63" s="6" t="n">
+        <v>6.815</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="84" t="n">
+        <v>53</v>
+      </c>
+      <c r="B64" s="84" t="inlineStr">
+        <is>
+          <t>Punjab National Bank**</t>
+        </is>
+      </c>
+      <c r="C64" s="84" t="inlineStr">
+        <is>
+          <t>INE160A16UE2</t>
+        </is>
+      </c>
+      <c r="D64" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E64" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>4690.25</v>
+      </c>
+      <c r="G64" s="7" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="H64" s="8" t="n">
+        <v>46423</v>
+      </c>
+      <c r="J64" s="6" t="n">
+        <v>6.8094</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="84" t="n">
+        <v>54</v>
+      </c>
+      <c r="B65" s="84" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C65" s="84" t="inlineStr">
+        <is>
+          <t>INE028A16LI1</t>
+        </is>
+      </c>
+      <c r="D65" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E65" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F65" s="6" t="n">
+        <v>4684.27</v>
+      </c>
+      <c r="G65" s="7" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="H65" s="8" t="n">
+        <v>46430</v>
+      </c>
+      <c r="J65" s="6" t="n">
+        <v>6.815</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="84" t="n">
+        <v>55</v>
+      </c>
+      <c r="B66" s="84" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C66" s="84" t="inlineStr">
+        <is>
+          <t>INE237AD6141</t>
+        </is>
+      </c>
+      <c r="D66" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E66" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F66" s="6" t="n">
+        <v>4684.05</v>
+      </c>
+      <c r="G66" s="7" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="H66" s="8" t="n">
+        <v>46430</v>
+      </c>
+      <c r="J66" s="6" t="n">
+        <v>6.82</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="84" t="n">
+        <v>56</v>
+      </c>
+      <c r="B67" s="84" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C67" s="84" t="inlineStr">
+        <is>
+          <t>INE028A16JR6</t>
+        </is>
+      </c>
+      <c r="D67" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E67" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F67" s="6" t="n">
+        <v>2454.53</v>
+      </c>
+      <c r="G67" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="H67" s="8" t="n">
+        <v>46167</v>
+      </c>
+      <c r="J67" s="6" t="n">
+        <v>6.9</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="84" t="n">
+        <v>57</v>
+      </c>
+      <c r="B68" s="84" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C68" s="84" t="inlineStr">
+        <is>
+          <t>INE092T16YJ8</t>
+        </is>
+      </c>
+      <c r="D68" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E68" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F68" s="6" t="n">
+        <v>2452.71</v>
+      </c>
+      <c r="G68" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="H68" s="8" t="n">
+        <v>46169</v>
+      </c>
+      <c r="J68" s="6" t="n">
+        <v>7.0377</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="84" t="n">
+        <v>58</v>
+      </c>
+      <c r="B69" s="84" t="inlineStr">
+        <is>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C69" s="84" t="inlineStr">
+        <is>
+          <t>INE692A16KP1</t>
+        </is>
+      </c>
+      <c r="D69" s="84" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E69" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F69" s="6" t="n">
+        <v>2446.36</v>
+      </c>
+      <c r="G69" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="H69" s="8" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J69" s="6" t="n">
+        <v>6.8989</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="84" t="n">
+        <v>59</v>
+      </c>
+      <c r="B70" s="84" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C70" s="84" t="inlineStr">
+        <is>
+          <t>INE238AD6AU5</t>
+        </is>
+      </c>
+      <c r="D70" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E70" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F70" s="6" t="n">
+        <v>2446.36</v>
+      </c>
+      <c r="G70" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="H70" s="8" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J70" s="6" t="n">
+        <v>6.8999</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="84" t="n">
+        <v>60</v>
+      </c>
+      <c r="B71" s="84" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C71" s="84" t="inlineStr">
+        <is>
+          <t>INE040A16HB9</t>
+        </is>
+      </c>
+      <c r="D71" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E71" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>2440.6</v>
+      </c>
+      <c r="G71" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="H71" s="8" t="n">
+        <v>46197</v>
+      </c>
+      <c r="J71" s="6" t="n">
+        <v>6.9407</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="84" t="n">
+        <v>61</v>
+      </c>
+      <c r="B72" s="84" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C72" s="84" t="inlineStr">
+        <is>
+          <t>INE040A16HF0</t>
+        </is>
+      </c>
+      <c r="D72" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E72" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F72" s="6" t="n">
+        <v>2421.61</v>
+      </c>
+      <c r="G72" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="H72" s="8" t="n">
+        <v>46239</v>
+      </c>
+      <c r="J72" s="6" t="n">
+        <v>6.95</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="84" t="n">
+        <v>62</v>
+      </c>
+      <c r="B73" s="84" t="inlineStr">
+        <is>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C73" s="84" t="inlineStr">
+        <is>
+          <t>INE692A16KQ9</t>
+        </is>
+      </c>
+      <c r="D73" s="84" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E73" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F73" s="6" t="n">
+        <v>2367.26</v>
+      </c>
+      <c r="G73" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="H73" s="8" t="n">
+        <v>46366</v>
+      </c>
+      <c r="J73" s="6" t="n">
+        <v>6.8915</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="84" t="n">
+        <v>63</v>
+      </c>
+      <c r="B74" s="84" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C74" s="84" t="inlineStr">
+        <is>
+          <t>INE556F16BV4</t>
+        </is>
+      </c>
+      <c r="D74" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E74" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F74" s="6" t="n">
+        <v>2351.59</v>
+      </c>
+      <c r="G74" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="H74" s="8" t="n">
+        <v>46401</v>
+      </c>
+      <c r="J74" s="6" t="n">
+        <v>6.9383</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="9" t="n"/>
+      <c r="B75" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C75" s="9" t="n"/>
+      <c r="D75" s="9" t="n"/>
+      <c r="E75" s="9" t="n"/>
+      <c r="F75" s="10" t="n">
+        <v>509395.57</v>
+      </c>
+      <c r="G75" s="11" t="n">
+        <v>0.6268</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="B77" s="4" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="B78" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K8" s="3" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A9" s="1" t="n">
+    </row>
+    <row r="79">
+      <c r="A79" s="84" t="n">
+        <v>64</v>
+      </c>
+      <c r="B79" s="84" t="inlineStr">
+        <is>
+          <t>Panatone Finvest Limited**</t>
+        </is>
+      </c>
+      <c r="C79" s="84" t="inlineStr">
+        <is>
+          <t>INE116F14240</t>
+        </is>
+      </c>
+      <c r="D79" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E79" s="12" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F79" s="6" t="n">
+        <v>28132.41</v>
+      </c>
+      <c r="G79" s="7" t="n">
+        <v>0.0346</v>
+      </c>
+      <c r="H79" s="8" t="n">
+        <v>46398</v>
+      </c>
+      <c r="J79" s="6" t="n">
+        <v>7.365</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="84" t="n">
+        <v>65</v>
+      </c>
+      <c r="B80" s="84" t="inlineStr">
+        <is>
+          <t>Bahadur Chand Investments Private Limited**</t>
+        </is>
+      </c>
+      <c r="C80" s="84" t="inlineStr">
+        <is>
+          <t>INE087M14BX7</t>
+        </is>
+      </c>
+      <c r="D80" s="84" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E80" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F80" s="6" t="n">
+        <v>11958.44</v>
+      </c>
+      <c r="G80" s="7" t="n">
+        <v>0.0147</v>
+      </c>
+      <c r="H80" s="8" t="n">
+        <v>46269</v>
+      </c>
+      <c r="J80" s="6" t="n">
+        <v>8.265000000000001</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="84" t="n">
+        <v>66</v>
+      </c>
+      <c r="B81" s="84" t="inlineStr">
+        <is>
+          <t>Torrent Pharmaceuticals Limited**</t>
+        </is>
+      </c>
+      <c r="C81" s="84" t="inlineStr">
+        <is>
+          <t>INE685A14187</t>
+        </is>
+      </c>
+      <c r="D81" s="84" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E81" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F81" s="6" t="n">
+        <v>11794.1</v>
+      </c>
+      <c r="G81" s="7" t="n">
+        <v>0.0145</v>
+      </c>
+      <c r="H81" s="8" t="n">
+        <v>46378</v>
+      </c>
+      <c r="J81" s="6" t="n">
+        <v>7.07</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="84" t="n">
+        <v>67</v>
+      </c>
+      <c r="B82" s="84" t="inlineStr">
+        <is>
+          <t>Muthoot Fincorp Limited**</t>
+        </is>
+      </c>
+      <c r="C82" s="84" t="inlineStr">
+        <is>
+          <t>INE549K14CG3</t>
+        </is>
+      </c>
+      <c r="D82" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E82" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F82" s="6" t="n">
+        <v>11684.91</v>
+      </c>
+      <c r="G82" s="7" t="n">
+        <v>0.0144</v>
+      </c>
+      <c r="H82" s="8" t="n">
+        <v>46358</v>
+      </c>
+      <c r="J82" s="6" t="n">
+        <v>8.81</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="84" t="n">
+        <v>68</v>
+      </c>
+      <c r="B83" s="84" t="inlineStr">
+        <is>
+          <t>Standard Chartered Capital Limited**</t>
+        </is>
+      </c>
+      <c r="C83" s="84" t="inlineStr">
+        <is>
+          <t>INE403G14TM3</t>
+        </is>
+      </c>
+      <c r="D83" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E83" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F83" s="6" t="n">
+        <v>9809.620000000001</v>
+      </c>
+      <c r="G83" s="7" t="n">
+        <v>0.0121</v>
+      </c>
+      <c r="H83" s="8" t="n">
+        <v>46161</v>
+      </c>
+      <c r="J83" s="6" t="n">
+        <v>7.6999</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="84" t="n">
+        <v>69</v>
+      </c>
+      <c r="B84" s="84" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C84" s="84" t="inlineStr">
+        <is>
+          <t>INE121A14XW5</t>
+        </is>
+      </c>
+      <c r="D84" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E84" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F84" s="6" t="n">
+        <v>9760.23</v>
+      </c>
+      <c r="G84" s="7" t="n">
+        <v>0.012</v>
+      </c>
+      <c r="H84" s="8" t="n">
+        <v>46188</v>
+      </c>
+      <c r="J84" s="6" t="n">
+        <v>7.535</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="84" t="n">
+        <v>70</v>
+      </c>
+      <c r="B85" s="84" t="inlineStr">
+        <is>
+          <t>Julius Baer Capital (India) Private Limited**</t>
+        </is>
+      </c>
+      <c r="C85" s="84" t="inlineStr">
+        <is>
+          <t>INE824H14SL2</t>
+        </is>
+      </c>
+      <c r="D85" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E85" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F85" s="6" t="n">
+        <v>9748.450000000001</v>
+      </c>
+      <c r="G85" s="7" t="n">
+        <v>0.012</v>
+      </c>
+      <c r="H85" s="8" t="n">
+        <v>46191</v>
+      </c>
+      <c r="J85" s="6" t="n">
+        <v>7.7201</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="84" t="n">
+        <v>71</v>
+      </c>
+      <c r="B86" s="84" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C86" s="84" t="inlineStr">
+        <is>
+          <t>INE338I14LP7</t>
+        </is>
+      </c>
+      <c r="D86" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E86" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F86" s="6" t="n">
+        <v>9315.360000000001</v>
+      </c>
+      <c r="G86" s="7" t="n">
+        <v>0.0115</v>
+      </c>
+      <c r="H86" s="8" t="n">
+        <v>46409</v>
+      </c>
+      <c r="J86" s="6" t="n">
+        <v>7.89</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="84" t="n">
+        <v>72</v>
+      </c>
+      <c r="B87" s="84" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C87" s="84" t="inlineStr">
+        <is>
+          <t>INE121A14XU9</t>
+        </is>
+      </c>
+      <c r="D87" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E87" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F87" s="6" t="n">
+        <v>7358.72</v>
+      </c>
+      <c r="G87" s="7" t="n">
+        <v>0.0091</v>
+      </c>
+      <c r="H87" s="8" t="n">
+        <v>46162</v>
+      </c>
+      <c r="J87" s="6" t="n">
+        <v>7.535</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="84" t="n">
+        <v>73</v>
+      </c>
+      <c r="B88" s="84" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C88" s="84" t="inlineStr">
+        <is>
+          <t>INE763G14YN8</t>
+        </is>
+      </c>
+      <c r="D88" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E88" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F88" s="6" t="n">
+        <v>4903.64</v>
+      </c>
+      <c r="G88" s="7" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="H88" s="8" t="n">
+        <v>46164</v>
+      </c>
+      <c r="J88" s="6" t="n">
+        <v>7.55</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="84" t="n">
+        <v>74</v>
+      </c>
+      <c r="B89" s="84" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C89" s="84" t="inlineStr">
+        <is>
+          <t>INE414G14UW7</t>
+        </is>
+      </c>
+      <c r="D89" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E89" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F89" s="6" t="n">
+        <v>4881.32</v>
+      </c>
+      <c r="G89" s="7" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="H89" s="8" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J89" s="6" t="n">
+        <v>7.6501</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="84" t="n">
+        <v>75</v>
+      </c>
+      <c r="B90" s="84" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C90" s="84" t="inlineStr">
+        <is>
+          <t>INE414G14UT3</t>
+        </is>
+      </c>
+      <c r="D90" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E90" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F90" s="6" t="n">
+        <v>4794.98</v>
+      </c>
+      <c r="G90" s="7" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="H90" s="8" t="n">
+        <v>46273</v>
+      </c>
+      <c r="J90" s="6" t="n">
+        <v>7.65</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="84" t="n">
+        <v>76</v>
+      </c>
+      <c r="B91" s="84" t="inlineStr">
+        <is>
+          <t>Nuvama Wealth Management Limited**</t>
+        </is>
+      </c>
+      <c r="C91" s="84" t="inlineStr">
+        <is>
+          <t>INE531F14FJ8</t>
+        </is>
+      </c>
+      <c r="D91" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E91" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F91" s="6" t="n">
+        <v>4770.7</v>
+      </c>
+      <c r="G91" s="7" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="H91" s="8" t="n">
+        <v>46276</v>
+      </c>
+      <c r="J91" s="6" t="n">
+        <v>8.475</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="84" t="n">
+        <v>77</v>
+      </c>
+      <c r="B92" s="84" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C92" s="84" t="inlineStr">
+        <is>
+          <t>INE121A14YB7</t>
+        </is>
+      </c>
+      <c r="D92" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E92" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F92" s="6" t="n">
+        <v>4720.58</v>
+      </c>
+      <c r="G92" s="7" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="H92" s="8" t="n">
+        <v>46353</v>
+      </c>
+      <c r="J92" s="6" t="n">
+        <v>7.6075</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="84" t="n">
+        <v>78</v>
+      </c>
+      <c r="B93" s="84" t="inlineStr">
+        <is>
+          <t>Tata Housing Development Company Limited**</t>
+        </is>
+      </c>
+      <c r="C93" s="84" t="inlineStr">
+        <is>
+          <t>INE582L14JH5</t>
+        </is>
+      </c>
+      <c r="D93" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E93" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F93" s="6" t="n">
+        <v>4688.6</v>
+      </c>
+      <c r="G93" s="7" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="H93" s="8" t="n">
+        <v>46402</v>
+      </c>
+      <c r="J93" s="6" t="n">
+        <v>7.28</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="84" t="n">
+        <v>79</v>
+      </c>
+      <c r="B94" s="84" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C94" s="84" t="inlineStr">
+        <is>
+          <t>INE121A14YF8</t>
+        </is>
+      </c>
+      <c r="D94" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E94" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F94" s="6" t="n">
+        <v>4671.66</v>
+      </c>
+      <c r="G94" s="7" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="H94" s="8" t="n">
+        <v>46409</v>
+      </c>
+      <c r="J94" s="6" t="n">
+        <v>7.545</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="84" t="n">
+        <v>80</v>
+      </c>
+      <c r="B95" s="84" t="inlineStr">
+        <is>
+          <t>Axis Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C95" s="84" t="inlineStr">
+        <is>
+          <t>INE110O14HP6</t>
+        </is>
+      </c>
+      <c r="D95" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E95" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F95" s="6" t="n">
+        <v>4662.23</v>
+      </c>
+      <c r="G95" s="7" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="H95" s="8" t="n">
+        <v>46430</v>
+      </c>
+      <c r="J95" s="6" t="n">
+        <v>7.325</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="84" t="n">
+        <v>81</v>
+      </c>
+      <c r="B96" s="84" t="inlineStr">
+        <is>
+          <t>Nuvama Wealth Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C96" s="84" t="inlineStr">
+        <is>
+          <t>INE918K14CY3</t>
+        </is>
+      </c>
+      <c r="D96" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E96" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F96" s="6" t="n">
+        <v>4627.96</v>
+      </c>
+      <c r="G96" s="7" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="H96" s="8" t="n">
+        <v>46414</v>
+      </c>
+      <c r="J96" s="6" t="n">
+        <v>8.505000000000001</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="84" t="n">
+        <v>82</v>
+      </c>
+      <c r="B97" s="84" t="inlineStr">
+        <is>
+          <t>Angel One Limited**</t>
+        </is>
+      </c>
+      <c r="C97" s="84" t="inlineStr">
+        <is>
+          <t>INE732I14CP0</t>
+        </is>
+      </c>
+      <c r="D97" s="84" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E97" s="12" t="n">
+        <v>800</v>
+      </c>
+      <c r="F97" s="6" t="n">
+        <v>3978</v>
+      </c>
+      <c r="G97" s="7" t="n">
+        <v>0.0049</v>
+      </c>
+      <c r="H97" s="8" t="n">
+        <v>46097</v>
+      </c>
+      <c r="J97" s="6" t="n">
+        <v>7.21</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="84" t="n">
+        <v>83</v>
+      </c>
+      <c r="B98" s="84" t="inlineStr">
+        <is>
+          <t>Hero Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C98" s="84" t="inlineStr">
+        <is>
+          <t>INE800X14366</t>
+        </is>
+      </c>
+      <c r="D98" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E98" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F98" s="6" t="n">
+        <v>2465.5</v>
+      </c>
+      <c r="G98" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="H98" s="8" t="n">
+        <v>46140</v>
+      </c>
+      <c r="J98" s="6" t="n">
+        <v>7.195</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="84" t="n">
+        <v>84</v>
+      </c>
+      <c r="B99" s="84" t="inlineStr">
+        <is>
+          <t>Hero Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C99" s="84" t="inlineStr">
+        <is>
+          <t>INE800X14358</t>
+        </is>
+      </c>
+      <c r="D99" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E99" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F99" s="6" t="n">
+        <v>2450.47</v>
+      </c>
+      <c r="G99" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="H99" s="8" t="n">
+        <v>46171</v>
+      </c>
+      <c r="J99" s="6" t="n">
+        <v>7.2325</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="84" t="n">
+        <v>85</v>
+      </c>
+      <c r="B100" s="84" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C100" s="84" t="inlineStr">
+        <is>
+          <t>INE121A14XO2</t>
+        </is>
+      </c>
+      <c r="D100" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E100" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F100" s="6" t="n">
+        <v>2449.93</v>
+      </c>
+      <c r="G100" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="H100" s="8" t="n">
+        <v>46168</v>
+      </c>
+      <c r="J100" s="6" t="n">
+        <v>7.535</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="84" t="n">
+        <v>86</v>
+      </c>
+      <c r="B101" s="84" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C101" s="84" t="inlineStr">
+        <is>
+          <t>INE338I14KS3</t>
+        </is>
+      </c>
+      <c r="D101" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E101" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F101" s="6" t="n">
+        <v>2437.71</v>
+      </c>
+      <c r="G101" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="H101" s="8" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J101" s="6" t="n">
+        <v>8.039899999999999</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="84" t="n">
+        <v>87</v>
+      </c>
+      <c r="B102" s="84" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C102" s="84" t="inlineStr">
+        <is>
+          <t>INE338I14KQ7</t>
+        </is>
+      </c>
+      <c r="D102" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E102" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F102" s="6" t="n">
+        <v>2436.14</v>
+      </c>
+      <c r="G102" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="H102" s="8" t="n">
+        <v>46188</v>
+      </c>
+      <c r="J102" s="6" t="n">
+        <v>8.039999999999999</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="84" t="n">
+        <v>88</v>
+      </c>
+      <c r="B103" s="84" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Finvest Limited**</t>
+        </is>
+      </c>
+      <c r="C103" s="84" t="inlineStr">
+        <is>
+          <t>INE01WN14BU3</t>
+        </is>
+      </c>
+      <c r="D103" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E103" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F103" s="6" t="n">
+        <v>2435.56</v>
+      </c>
+      <c r="G103" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="H103" s="8" t="n">
+        <v>46188</v>
+      </c>
+      <c r="J103" s="6" t="n">
+        <v>8.1151</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="84" t="n">
+        <v>89</v>
+      </c>
+      <c r="B104" s="84" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C104" s="84" t="inlineStr">
+        <is>
+          <t>INE763G14C12</t>
+        </is>
+      </c>
+      <c r="D104" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E104" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F104" s="6" t="n">
+        <v>2392.14</v>
+      </c>
+      <c r="G104" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="H104" s="8" t="n">
+        <v>46287</v>
+      </c>
+      <c r="J104" s="6" t="n">
+        <v>7.5498</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="84" t="n">
+        <v>90</v>
+      </c>
+      <c r="B105" s="84" t="inlineStr">
+        <is>
+          <t>ICICI Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C105" s="84" t="inlineStr">
+        <is>
+          <t>INE763G14B96</t>
+        </is>
+      </c>
+      <c r="D105" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E105" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F105" s="6" t="n">
+        <v>2390.72</v>
+      </c>
+      <c r="G105" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="H105" s="8" t="n">
+        <v>46290</v>
+      </c>
+      <c r="J105" s="6" t="n">
+        <v>7.5499</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="84" t="n">
+        <v>91</v>
+      </c>
+      <c r="B106" s="84" t="inlineStr">
+        <is>
+          <t>Muthoot Fincorp Limited**</t>
+        </is>
+      </c>
+      <c r="C106" s="84" t="inlineStr">
+        <is>
+          <t>INE549K14CI9</t>
+        </is>
+      </c>
+      <c r="D106" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E106" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F106" s="6" t="n">
+        <v>2315.42</v>
+      </c>
+      <c r="G106" s="7" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="H106" s="8" t="n">
+        <v>46405</v>
+      </c>
+      <c r="J106" s="6" t="n">
+        <v>8.6599</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="9" t="n"/>
+      <c r="B107" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C107" s="9" t="n"/>
+      <c r="D107" s="9" t="n"/>
+      <c r="E107" s="9" t="n"/>
+      <c r="F107" s="10" t="n">
+        <v>178035.5</v>
+      </c>
+      <c r="G107" s="11" t="n">
+        <v>0.2189</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="B109" s="4" t="inlineStr">
+        <is>
+          <t>Treasury Bill</t>
+        </is>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="84" t="n">
+        <v>92</v>
+      </c>
+      <c r="B110" s="84" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2027</t>
+        </is>
+      </c>
+      <c r="C110" s="84" t="inlineStr">
+        <is>
+          <t>IN002025Z435</t>
+        </is>
+      </c>
+      <c r="D110" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E110" s="12" t="n">
+        <v>20000000</v>
+      </c>
+      <c r="F110" s="6" t="n">
+        <v>19002.08</v>
+      </c>
+      <c r="G110" s="7" t="n">
+        <v>0.0234</v>
+      </c>
+      <c r="H110" s="8" t="n">
+        <v>46415</v>
+      </c>
+      <c r="J110" s="6" t="n">
+        <v>5.54</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="84" t="n">
+        <v>93</v>
+      </c>
+      <c r="B111" s="84" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2027</t>
+        </is>
+      </c>
+      <c r="C111" s="84" t="inlineStr">
+        <is>
+          <t>IN002025Z427</t>
+        </is>
+      </c>
+      <c r="D111" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E111" s="12" t="n">
+        <v>17000000</v>
+      </c>
+      <c r="F111" s="6" t="n">
+        <v>16168.09</v>
+      </c>
+      <c r="G111" s="7" t="n">
+        <v>0.0199</v>
+      </c>
+      <c r="H111" s="8" t="n">
+        <v>46408</v>
+      </c>
+      <c r="J111" s="6" t="n">
+        <v>5.54</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="84" t="n">
+        <v>94</v>
+      </c>
+      <c r="B112" s="84" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C112" s="84" t="inlineStr">
+        <is>
+          <t>IN002025Z096</t>
+        </is>
+      </c>
+      <c r="D112" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E112" s="12" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F112" s="6" t="n">
+        <v>4927.77</v>
+      </c>
+      <c r="G112" s="7" t="n">
+        <v>0.0061</v>
+      </c>
+      <c r="H112" s="8" t="n">
+        <v>46170</v>
+      </c>
+      <c r="J112" s="6" t="n">
+        <v>5.2975</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="84" t="n">
+        <v>95</v>
+      </c>
+      <c r="B113" s="84" t="inlineStr">
+        <is>
+          <t>182 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C113" s="84" t="inlineStr">
+        <is>
+          <t>IN002025Y354</t>
+        </is>
+      </c>
+      <c r="D113" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E113" s="12" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F113" s="6" t="n">
+        <v>4927.77</v>
+      </c>
+      <c r="G113" s="7" t="n">
+        <v>0.0061</v>
+      </c>
+      <c r="H113" s="8" t="n">
+        <v>46170</v>
+      </c>
+      <c r="J113" s="6" t="n">
+        <v>5.2975</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="84" t="n">
+        <v>96</v>
+      </c>
+      <c r="B114" s="84" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C114" s="84" t="inlineStr">
+        <is>
+          <t>IN002025Z211</t>
+        </is>
+      </c>
+      <c r="D114" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E114" s="12" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F114" s="6" t="n">
+        <v>4864.72</v>
+      </c>
+      <c r="G114" s="7" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="H114" s="8" t="n">
+        <v>46254</v>
+      </c>
+      <c r="J114" s="6" t="n">
+        <v>5.4866</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="84" t="n">
+        <v>97</v>
+      </c>
+      <c r="B115" s="84" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C115" s="84" t="inlineStr">
+        <is>
+          <t>IN002024Z495</t>
+        </is>
+      </c>
+      <c r="D115" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E115" s="12" t="n">
+        <v>3500000</v>
+      </c>
+      <c r="F115" s="6" t="n">
+        <v>3486.11</v>
+      </c>
+      <c r="G115" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="H115" s="8" t="n">
+        <v>46100</v>
+      </c>
+      <c r="J115" s="6" t="n">
+        <v>4.6924</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="84" t="n">
+        <v>98</v>
+      </c>
+      <c r="B116" s="84" t="inlineStr">
+        <is>
+          <t>91 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C116" s="84" t="inlineStr">
+        <is>
+          <t>IN002025X356</t>
+        </is>
+      </c>
+      <c r="D116" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E116" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F116" s="6" t="n">
+        <v>2496.64</v>
+      </c>
+      <c r="G116" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="H116" s="8" t="n">
+        <v>46079</v>
+      </c>
+      <c r="J116" s="6" t="n">
+        <v>4.9067</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="84" t="n">
+        <v>99</v>
+      </c>
+      <c r="B117" s="84" t="inlineStr">
+        <is>
+          <t>182 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C117" s="84" t="inlineStr">
+        <is>
+          <t>IN002025Y255</t>
+        </is>
+      </c>
+      <c r="D117" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E117" s="12" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F117" s="6" t="n">
+        <v>498.02</v>
+      </c>
+      <c r="G117" s="7" t="n">
+        <v>0.0005999999999999999</v>
+      </c>
+      <c r="H117" s="8" t="n">
+        <v>46100</v>
+      </c>
+      <c r="J117" s="6" t="n">
+        <v>4.6924</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="9" t="n"/>
+      <c r="B118" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C118" s="9" t="n"/>
+      <c r="D118" s="9" t="n"/>
+      <c r="E118" s="9" t="n"/>
+      <c r="F118" s="10" t="n">
+        <v>56371.2</v>
+      </c>
+      <c r="G118" s="11" t="n">
+        <v>0.06950000000000001</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="84" t="n">
+        <v>100</v>
+      </c>
+      <c r="B120" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F120" s="6" t="n">
+        <v>32696.56</v>
+      </c>
+      <c r="G120" s="7" t="n">
+        <v>0.0402</v>
+      </c>
+      <c r="H120" s="8" t="n">
+        <v>46069</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="9" t="n"/>
+      <c r="B121" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C121" s="9" t="n"/>
+      <c r="D121" s="9" t="n"/>
+      <c r="E121" s="9" t="n"/>
+      <c r="F121" s="10" t="n">
+        <v>32696.56</v>
+      </c>
+      <c r="G121" s="11" t="n">
+        <v>0.0402</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="B123" s="4" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="84" t="n">
+        <v>101</v>
+      </c>
+      <c r="B124" s="84" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C124" s="84" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E124" s="12" t="n">
+        <v>20285.9</v>
+      </c>
+      <c r="F124" s="6" t="n">
+        <v>2361.07</v>
+      </c>
+      <c r="G124" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J124" s="6" t="n"/>
+    </row>
+    <row r="125">
+      <c r="A125" s="9" t="n"/>
+      <c r="B125" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C125" s="9" t="n"/>
+      <c r="D125" s="9" t="n"/>
+      <c r="E125" s="9" t="n"/>
+      <c r="F125" s="10" t="n">
+        <v>2361.07</v>
+      </c>
+      <c r="G125" s="11" t="n">
+        <v>0.0029</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="B127" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="128">
+      <c r="B128" s="84" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E128" s="12" t="n"/>
+      <c r="F128" s="6" t="n">
+        <v>-13018.52</v>
+      </c>
+      <c r="G128" s="7" t="n">
+        <v>-0.0163</v>
+      </c>
+      <c r="J128" s="6" t="n"/>
+    </row>
+    <row r="129">
+      <c r="A129" s="9" t="n"/>
+      <c r="B129" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C129" s="9" t="n"/>
+      <c r="D129" s="9" t="n"/>
+      <c r="E129" s="9" t="n"/>
+      <c r="F129" s="10" t="n">
+        <v>-13018.52</v>
+      </c>
+      <c r="G129" s="11" t="n">
+        <v>-0.0163</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="5" t="n"/>
+      <c r="B131" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C131" s="5" t="n"/>
+      <c r="D131" s="5" t="n"/>
+      <c r="E131" s="5" t="n"/>
+      <c r="F131" s="13" t="n">
+        <v>812912.37</v>
+      </c>
+      <c r="G131" s="14" t="n">
         <v>1</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A10" s="1" t="n">
+    </row>
+    <row r="132">
+      <c r="A132" s="81" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="84" t="n">
+        <v>1</v>
+      </c>
+      <c r="B133" s="84" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A11" s="1" t="n">
+      <c r="B134" s="84" t="inlineStr">
+        <is>
+          <t>As on February 15, 2026, the aggregate investments by the schemes of DSP Mutual Fund in DSP Savings Fund is  ₹ 70,615.86 Lakhs.</t>
+        </is>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
-[...2355 lines deleted...]
-      <c r="B97" s="14" t="inlineStr">
+      <c r="B135" s="84" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="98">
-[...61 lines deleted...]
-      <c r="B103" s="75" t="inlineStr">
+    <row r="139" ht="14.5" customHeight="1" s="62">
+      <c r="B139" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="117" ht="16.5" customHeight="1" s="83">
-[...8 lines deleted...]
-      <c r="C130" s="17" t="inlineStr">
+    <row r="153" ht="14.5" customHeight="1" s="62">
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Benchmark Riskometer: CRISIL Money Market A-I Index</t>
+        </is>
+      </c>
+    </row>
+    <row r="168">
+      <c r="B168" s="16" t="n"/>
+      <c r="C168" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="131">
-      <c r="B131" s="15" t="inlineStr">
+    <row r="169">
+      <c r="B169" s="16" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C131" s="17" t="inlineStr">
-[...6 lines deleted...]
-      <c r="B132" s="15" t="inlineStr">
+      <c r="C169" s="18" t="inlineStr">
+        <is>
+          <t>DSP Savings Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="170">
+      <c r="B170" s="16" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C132" s="18" t="n"/>
-[...2 lines deleted...]
-      <c r="B133" s="15" t="inlineStr">
+      <c r="C170" s="19" t="n"/>
+    </row>
+    <row r="171">
+      <c r="B171" s="16" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C133" s="19" t="n">
-[...4 lines deleted...]
-      <c r="B134" s="15" t="inlineStr">
+      <c r="C171" s="20" t="n">
+        <v>0.0688</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="B172" s="16" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C134" s="18" t="n">
-[...4 lines deleted...]
-      <c r="B135" s="15" t="inlineStr">
+      <c r="C172" s="19" t="n">
+        <v>0.62</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="B173" s="16" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C135" s="18" t="n">
-[...4 lines deleted...]
-      <c r="B136" s="15" t="inlineStr">
+      <c r="C173" s="19" t="n">
+        <v>0.62</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="B174" s="16" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C136" s="20" t="n">
-[...4 lines deleted...]
-      <c r="B137" s="16" t="inlineStr">
+      <c r="C174" s="21" t="n">
+        <v>46068</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="B175" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C137" s="17" t="n"/>
+      <c r="C175" s="18" t="n"/>
     </row>
   </sheetData>
-  <mergeCells count="3">
-[...1 lines deleted...]
-    <mergeCell ref="B98:D98"/>
+  <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 