--- v0 (2025-10-05)
+++ v1 (2025-10-26)
@@ -1,73 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="965" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="997" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="GILT" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="19">
+  <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -82,111 +88,118 @@
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
-      <color rgb="FF000000"/>
-[...11 lines deleted...]
-      <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -316,328 +329,332 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="103">
+  <cellXfs count="107">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...45 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
-    </xf>
-[...72 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -686,99 +703,99 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>31</row>
+      <row>36</row>
       <rowOff>0</rowOff>
     </from>
     <to>
-      <col>2</col>
-[...2 lines deleted...]
-      <rowOff>34925</rowOff>
+      <col>1</col>
+      <colOff>2298700</colOff>
+      <row>45</row>
+      <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="5911850"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>44</row>
+      <row>50</row>
       <rowOff>0</rowOff>
     </from>
     <to>
-      <col>2</col>
-[...2 lines deleted...]
-      <rowOff>34925</rowOff>
+      <col>1</col>
+      <colOff>2298700</colOff>
+      <row>59</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="8324850"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
@@ -1037,663 +1054,711 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L65"/>
+  <dimension ref="A1:L71"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="34.453125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="18.81640625" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="14.54296875" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="15.81640625" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="75">
-[...1 lines deleted...]
-      <c r="B1" s="74" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="74">
+      <c r="A1" s="73" t="n"/>
+      <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Gilt Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on September 30, 2025</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on October 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="1" t="n">
+      <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B8" s="2" t="inlineStr">
         <is>
           <t>6.90% GOI 2065</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C8" s="2" t="inlineStr">
         <is>
           <t>IN0020250018</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E8" s="11" t="n">
-[...8 lines deleted...]
-      <c r="H8" s="7" t="n">
+      <c r="E8" s="12" t="n">
+        <v>67500000</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>65495.43</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.478</v>
+      </c>
+      <c r="H8" s="8" t="n">
         <v>60372</v>
       </c>
-      <c r="J8" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K8" s="3" t="inlineStr">
+      <c r="J8" s="6" t="n">
+        <v>7.1273</v>
+      </c>
+      <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="2" t="inlineStr">
         <is>
           <t>7.09% GOI 2054</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C9" s="2" t="inlineStr">
         <is>
           <t>IN0020240118</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E9" s="11" t="n">
-[...8 lines deleted...]
-      <c r="H9" s="7" t="n">
+      <c r="E9" s="12" t="n">
+        <v>24000000</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>24386.31</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.178</v>
+      </c>
+      <c r="H9" s="8" t="n">
         <v>56466</v>
       </c>
-      <c r="J9" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K9" s="1" t="inlineStr">
+      <c r="J9" s="6" t="n">
+        <v>7.0715</v>
+      </c>
+      <c r="K9" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L9" s="6" t="n">
-        <v>0.9891</v>
+      <c r="L9" s="7" t="n">
+        <v>0.9687</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="1" t="n">
+      <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D10" s="1" t="inlineStr">
+      <c r="B10" s="2" t="inlineStr">
+        <is>
+          <t>6.68% GOI 2040</t>
+        </is>
+      </c>
+      <c r="C10" s="2" t="inlineStr">
+        <is>
+          <t>IN0020250042</t>
+        </is>
+      </c>
+      <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E10" s="11" t="n">
-[...14 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+      <c r="E10" s="12" t="n">
+        <v>22500000</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>22719.4</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.1658</v>
+      </c>
+      <c r="H10" s="8" t="n">
+        <v>51324</v>
+      </c>
+      <c r="J10" s="6" t="n">
+        <v>6.7719</v>
+      </c>
+      <c r="K10" s="2" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L10" s="6" t="n">
-        <v>0.0109</v>
+      <c r="L10" s="7" t="n">
+        <v>0.0313</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="1" t="n">
+      <c r="A11" s="2" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="1" t="inlineStr">
+      <c r="B11" s="2" t="inlineStr">
+        <is>
+          <t>7.26% Maharashtra SDL 2041</t>
+        </is>
+      </c>
+      <c r="C11" s="2" t="inlineStr">
+        <is>
+          <t>IN2220250327</t>
+        </is>
+      </c>
+      <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E11" s="11" t="n">
-[...12 lines deleted...]
-        <v>6.8707</v>
+      <c r="E11" s="12" t="n">
+        <v>8000000</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>8028.9</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0586</v>
+      </c>
+      <c r="H11" s="8" t="n">
+        <v>51782</v>
+      </c>
+      <c r="J11" s="6" t="n">
+        <v>7.2384</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="1" t="n">
+      <c r="A12" s="2" t="n">
         <v>5</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
+      <c r="B12" s="2" t="inlineStr">
+        <is>
+          <t>8.30% GOI 2042</t>
+        </is>
+      </c>
+      <c r="C12" s="2" t="inlineStr">
+        <is>
+          <t>IN0020120062</t>
+        </is>
+      </c>
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E12" s="12" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>5806.99</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0424</v>
+      </c>
+      <c r="H12" s="8" t="n">
+        <v>52231</v>
+      </c>
+      <c r="J12" s="6" t="n">
+        <v>6.9239</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="2" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="2" t="inlineStr">
         <is>
           <t>7.30% GOI 2053</t>
         </is>
       </c>
-      <c r="C12" s="1" t="inlineStr">
+      <c r="C13" s="2" t="inlineStr">
         <is>
           <t>IN0020230051</t>
         </is>
       </c>
-      <c r="D12" s="1" t="inlineStr">
+      <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E12" s="11" t="n">
+      <c r="E13" s="12" t="n">
         <v>5000000</v>
       </c>
-      <c r="F12" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H12" s="7" t="n">
+      <c r="F13" s="6" t="n">
+        <v>5258.62</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0384</v>
+      </c>
+      <c r="H13" s="8" t="n">
         <v>56054</v>
       </c>
-      <c r="J12" s="5" t="n">
-[...17 lines deleted...]
-      <c r="D13" s="1" t="inlineStr">
+      <c r="J13" s="6" t="n">
+        <v>7.067</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>7.50% Madhya Pradesh SDL 2044</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>IN2120250153</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E13" s="11" t="n">
-[...34 lines deleted...]
-      <c r="E14" s="11" t="n">
+      <c r="E14" s="12" t="n">
         <v>1000000</v>
       </c>
-      <c r="F14" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H14" s="7" t="n">
+      <c r="F14" s="6" t="n">
+        <v>1029.25</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0075</v>
+      </c>
+      <c r="H14" s="8" t="n">
         <v>52850</v>
       </c>
-      <c r="J14" s="5" t="n">
-        <v>7.36</v>
+      <c r="J14" s="6" t="n">
+        <v>7.2852</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="8" t="n"/>
-      <c r="B15" s="8" t="inlineStr">
+      <c r="A15" s="9" t="n"/>
+      <c r="B15" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C15" s="8" t="n"/>
-[...6 lines deleted...]
-        <v>0.9891</v>
+      <c r="C15" s="9" t="n"/>
+      <c r="D15" s="9" t="n"/>
+      <c r="E15" s="9" t="n"/>
+      <c r="F15" s="10" t="n">
+        <v>132724.9</v>
+      </c>
+      <c r="G15" s="11" t="n">
+        <v>0.9687</v>
       </c>
     </row>
     <row r="17">
-      <c r="B17" s="3" t="inlineStr">
+      <c r="B17" s="4" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="18">
-      <c r="A18" s="1" t="n">
+      <c r="A18" s="2" t="n">
         <v>8</v>
       </c>
-      <c r="B18" s="3" t="inlineStr">
+      <c r="B18" s="4" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F18" s="5" t="n">
-[...6 lines deleted...]
-        <v>45931</v>
+      <c r="F18" s="6" t="n">
+        <v>3949.36</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0288</v>
+      </c>
+      <c r="H18" s="8" t="n">
+        <v>45946</v>
       </c>
     </row>
     <row r="19">
-      <c r="A19" s="8" t="n"/>
-      <c r="B19" s="8" t="inlineStr">
+      <c r="A19" s="9" t="n"/>
+      <c r="B19" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C19" s="8" t="n"/>
-[...6 lines deleted...]
-        <v>0.008699999999999999</v>
+      <c r="C19" s="9" t="n"/>
+      <c r="D19" s="9" t="n"/>
+      <c r="E19" s="9" t="n"/>
+      <c r="F19" s="10" t="n">
+        <v>3949.36</v>
+      </c>
+      <c r="G19" s="11" t="n">
+        <v>0.0288</v>
       </c>
     </row>
     <row r="21">
-      <c r="B21" s="3" t="inlineStr">
+      <c r="B21" s="4" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="22">
-      <c r="B22" s="1" t="inlineStr">
+      <c r="B22" s="2" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E22" s="11" t="n"/>
-[...6 lines deleted...]
-      <c r="J22" s="5" t="n"/>
+      <c r="E22" s="12" t="n"/>
+      <c r="F22" s="6" t="n">
+        <v>356.18</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0025</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
     </row>
     <row r="23">
-      <c r="A23" s="8" t="n"/>
-      <c r="B23" s="8" t="inlineStr">
+      <c r="A23" s="9" t="n"/>
+      <c r="B23" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C23" s="8" t="n"/>
-[...6 lines deleted...]
-        <v>0.0022</v>
+      <c r="C23" s="9" t="n"/>
+      <c r="D23" s="9" t="n"/>
+      <c r="E23" s="9" t="n"/>
+      <c r="F23" s="10" t="n">
+        <v>356.18</v>
+      </c>
+      <c r="G23" s="11" t="n">
+        <v>0.0025</v>
       </c>
     </row>
     <row r="25">
-      <c r="A25" s="4" t="n"/>
-      <c r="B25" s="4" t="inlineStr">
+      <c r="A25" s="5" t="n"/>
+      <c r="B25" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C25" s="4" t="n"/>
-[...5 lines deleted...]
-      <c r="G25" s="13" t="n">
+      <c r="C25" s="5" t="n"/>
+      <c r="D25" s="5" t="n"/>
+      <c r="E25" s="5" t="n"/>
+      <c r="F25" s="13" t="n">
+        <v>137030.44</v>
+      </c>
+      <c r="G25" s="14" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="26">
-      <c r="A26" s="1" t="inlineStr">
+      <c r="A26" s="2" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="27">
-      <c r="A27" s="14" t="n">
+      <c r="A27" s="15" t="n">
         <v>1</v>
       </c>
-      <c r="B27" s="14" t="inlineStr">
+      <c r="B27" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="28" ht="27" customHeight="1" s="75">
-      <c r="A28" s="14" t="n">
+    <row r="28" ht="27" customHeight="1" s="74">
+      <c r="A28" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B28" s="14" t="inlineStr">
-[...6 lines deleted...]
-      <c r="B30" s="66" t="inlineStr">
+      <c r="B28" s="15" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the day of the Portfolio</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" ht="89" customHeight="1" s="74">
+      <c r="A29" t="n">
+        <v>3</v>
+      </c>
+      <c r="B29" s="106" t="inlineStr">
+        <is>
+          <t>This scheme has exposure to interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
+        </is>
+      </c>
+    </row>
+    <row r="30" ht="14.5" customHeight="1" s="74">
+      <c r="B30" s="52" t="inlineStr">
+        <is>
+          <t>Disclosure in Derivatives</t>
+        </is>
+      </c>
+      <c r="C30" s="52" t="inlineStr">
+        <is>
+          <t>Industry</t>
+        </is>
+      </c>
+      <c r="D30" s="52" t="inlineStr">
+        <is>
+          <t>Notional Value</t>
+        </is>
+      </c>
+      <c r="E30" s="52" t="inlineStr">
+        <is>
+          <t>% To net assets</t>
+        </is>
+      </c>
+    </row>
+    <row r="31" ht="14.5" customHeight="1" s="74">
+      <c r="B31" s="57" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C31" s="58" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D31" s="55" t="n">
+        <v>750000000</v>
+      </c>
+      <c r="E31" s="59" t="n">
+        <v>-6e-05</v>
+      </c>
+    </row>
+    <row r="35" ht="14.5" customHeight="1" s="74">
+      <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="43" ht="14.5" customHeight="1" s="75">
-      <c r="B43" s="66" t="inlineStr">
+    <row r="49" ht="14.5" customHeight="1" s="74">
+      <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Dynamic Gilt Index</t>
         </is>
       </c>
     </row>
-    <row r="56">
-[...1 lines deleted...]
-      <c r="C56" s="17" t="inlineStr">
+    <row r="64">
+      <c r="B64" s="16" t="n"/>
+      <c r="C64" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="57">
-      <c r="B57" s="15" t="inlineStr">
+    <row r="65">
+      <c r="B65" s="16" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C57" s="17" t="inlineStr">
+      <c r="C65" s="18" t="inlineStr">
         <is>
           <t>DSP Gilt Fund</t>
         </is>
       </c>
     </row>
-    <row r="58">
-      <c r="B58" s="15" t="inlineStr">
+    <row r="66">
+      <c r="B66" s="16" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C58" s="18" t="n"/>
-[...2 lines deleted...]
-      <c r="B59" s="15" t="inlineStr">
+      <c r="C66" s="19" t="n"/>
+    </row>
+    <row r="67">
+      <c r="B67" s="16" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C59" s="19" t="n">
-[...4 lines deleted...]
-      <c r="B60" s="15" t="inlineStr">
+      <c r="C67" s="20" t="n">
+        <v>0.0712</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="B68" s="16" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C60" s="18" t="n">
-[...4 lines deleted...]
-      <c r="B61" s="15" t="inlineStr">
+      <c r="C68" s="19" t="n">
+        <v>11.6</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="B69" s="16" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C61" s="18" t="n">
-[...4 lines deleted...]
-      <c r="B62" s="15" t="inlineStr">
+      <c r="C69" s="19" t="n">
+        <v>29.34</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="B70" s="16" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C62" s="20" t="n">
-[...4 lines deleted...]
-      <c r="B63" s="16" t="inlineStr">
+      <c r="C70" s="21" t="n">
+        <v>45945</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="B71" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C63" s="17" t="n"/>
-[...2 lines deleted...]
-      <c r="B65" s="71" t="n"/>
+      <c r="C71" s="18" t="n"/>
     </row>
   </sheetData>
-  <mergeCells count="1">
+  <mergeCells count="2">
+    <mergeCell ref="B29:G29"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 