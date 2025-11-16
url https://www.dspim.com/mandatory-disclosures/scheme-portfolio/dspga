--- v1 (2025-10-26)
+++ v2 (2025-11-16)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="997" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="945" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="GILT" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="22">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
@@ -157,50 +157,57 @@
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
@@ -334,66 +341,67 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="107">
+  <cellXfs count="101">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -449,212 +457,195 @@
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="10" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...40 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -707,112 +698,112 @@
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
       <row>36</row>
       <rowOff>0</rowOff>
     </from>
     <to>
-      <col>1</col>
-      <colOff>2298700</colOff>
+      <col>2</col>
+      <colOff>1494</colOff>
       <row>45</row>
-      <rowOff>31749</rowOff>
+      <rowOff>31751</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="5911850"/>
+          <a:off x="457200" y="5740400"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
       <row>50</row>
       <rowOff>0</rowOff>
     </from>
     <to>
-      <col>1</col>
-      <colOff>2298700</colOff>
+      <col>2</col>
+      <colOff>1494</colOff>
       <row>59</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="8324850"/>
+          <a:off x="457200" y="8153400"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1049,90 +1040,90 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L71"/>
+  <dimension ref="A1:L74"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
     <col width="34.453125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
     <col width="18.81640625" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
-    <col width="14.1796875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
-    <col width="14.54296875" customWidth="1" style="2" min="5" max="5"/>
+    <col width="16.81640625" customWidth="1" style="2" min="4" max="4"/>
+    <col width="17.26953125" customWidth="1" style="2" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
     <col width="15.81640625" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
     <row r="1" ht="19" customHeight="1" s="74">
       <c r="A1" s="73" t="n"/>
       <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Gilt Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="4" t="inlineStr">
         <is>
-          <t>Portfolio as on October 15, 2025</t>
+          <t>Portfolio as on October 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
@@ -1178,602 +1169,588 @@
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>6.90% GOI 2065</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>IN0020250018</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E8" s="12" t="n">
-        <v>67500000</v>
+        <v>65000000</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>65495.43</v>
+        <v>61906.58</v>
       </c>
       <c r="G8" s="7" t="n">
-        <v>0.478</v>
+        <v>0.4613</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>60372</v>
       </c>
       <c r="J8" s="6" t="n">
-        <v>7.1273</v>
+        <v>7.2917</v>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>7.09% GOI 2054</t>
+          <t>7.24% GOI 2055</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>IN0020240118</t>
+          <t>IN0020250075</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E9" s="12" t="n">
-        <v>24000000</v>
+        <v>27500000</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>24386.31</v>
+        <v>27966.77</v>
       </c>
       <c r="G9" s="7" t="n">
-        <v>0.178</v>
+        <v>0.2084</v>
       </c>
       <c r="H9" s="8" t="n">
-        <v>56466</v>
+        <v>56844</v>
       </c>
       <c r="J9" s="6" t="n">
-        <v>7.0715</v>
+        <v>7.2216</v>
       </c>
       <c r="K9" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L9" s="7" t="n">
-        <v>0.9687</v>
+        <v>0.9955000000000001</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>6.68% GOI 2040</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>IN0020250042</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E10" s="12" t="n">
-        <v>22500000</v>
+        <v>25000000</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>22719.4</v>
+        <v>25039.33</v>
       </c>
       <c r="G10" s="7" t="n">
-        <v>0.1658</v>
+        <v>0.1866</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>51324</v>
       </c>
       <c r="J10" s="6" t="n">
-        <v>6.7719</v>
+        <v>6.8927</v>
       </c>
       <c r="K10" s="2" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L10" s="7" t="n">
-        <v>0.0313</v>
+        <v>0.0045</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
         <v>4</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>7.26% Maharashtra SDL 2041</t>
+          <t>7.09% GOI 2054</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>IN2220250327</t>
+          <t>IN0020240118</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E11" s="12" t="n">
-        <v>8000000</v>
+        <v>11000000</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>8028.9</v>
+        <v>10987.86</v>
       </c>
       <c r="G11" s="7" t="n">
-        <v>0.0586</v>
+        <v>0.0819</v>
       </c>
       <c r="H11" s="8" t="n">
-        <v>51782</v>
+        <v>56466</v>
       </c>
       <c r="J11" s="6" t="n">
-        <v>7.2384</v>
+        <v>7.2387</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
         <v>5</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>8.30% GOI 2042</t>
+          <t>7.30% GOI 2053</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>IN0020120062</t>
+          <t>IN0020230051</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E12" s="12" t="n">
         <v>5000000</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>5806.99</v>
+        <v>5183.79</v>
       </c>
       <c r="G12" s="7" t="n">
-        <v>0.0424</v>
+        <v>0.0386</v>
       </c>
       <c r="H12" s="8" t="n">
-        <v>52231</v>
+        <v>56054</v>
       </c>
       <c r="J12" s="6" t="n">
-        <v>6.9239</v>
+        <v>7.215</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
         <v>6</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>7.30% GOI 2053</t>
+          <t>7.40% Madhya Pradesh SDL 2046</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>IN0020230051</t>
+          <t>IN2120250203</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E13" s="12" t="n">
-        <v>5000000</v>
+        <v>2500000</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>5258.62</v>
+        <v>2509.95</v>
       </c>
       <c r="G13" s="7" t="n">
-        <v>0.0384</v>
+        <v>0.0187</v>
       </c>
       <c r="H13" s="8" t="n">
-        <v>56054</v>
+        <v>53629</v>
       </c>
       <c r="J13" s="6" t="n">
-        <v>7.067</v>
+        <v>7.3663</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="2" t="n">
+      <c r="A14" s="9" t="n"/>
+      <c r="B14" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C14" s="9" t="n"/>
+      <c r="D14" s="9" t="n"/>
+      <c r="E14" s="9" t="n"/>
+      <c r="F14" s="10" t="n">
+        <v>133594.28</v>
+      </c>
+      <c r="G14" s="11" t="n">
+        <v>0.9955000000000001</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="B16" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="n">
         <v>7</v>
       </c>
-      <c r="B14" s="2" t="inlineStr">
-[...32 lines deleted...]
-      <c r="B15" s="9" t="inlineStr">
+      <c r="B17" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>3788.82</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0282</v>
+      </c>
+      <c r="H17" s="8" t="n">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="9" t="n"/>
+      <c r="B18" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C15" s="9" t="n"/>
-[...37 lines deleted...]
-      <c r="B19" s="9" t="inlineStr">
+      <c r="C18" s="9" t="n"/>
+      <c r="D18" s="9" t="n"/>
+      <c r="E18" s="9" t="n"/>
+      <c r="F18" s="10" t="n">
+        <v>3788.82</v>
+      </c>
+      <c r="G18" s="11" t="n">
+        <v>0.0282</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="B20" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E21" s="12" t="n"/>
+      <c r="F21" s="6" t="n">
+        <v>-3175.48</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>-0.0237</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+    </row>
+    <row r="22">
+      <c r="A22" s="9" t="n"/>
+      <c r="B22" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C19" s="9" t="n"/>
-[...45 lines deleted...]
-        <v>0.0025</v>
+      <c r="C22" s="9" t="n"/>
+      <c r="D22" s="9" t="n"/>
+      <c r="E22" s="9" t="n"/>
+      <c r="F22" s="10" t="n">
+        <v>-3175.48</v>
+      </c>
+      <c r="G22" s="11" t="n">
+        <v>-0.0237</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="5" t="n"/>
+      <c r="B24" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C24" s="5" t="n"/>
+      <c r="D24" s="5" t="n"/>
+      <c r="E24" s="5" t="n"/>
+      <c r="F24" s="13" t="n">
+        <v>134207.62</v>
+      </c>
+      <c r="G24" s="14" t="n">
+        <v>1</v>
       </c>
     </row>
     <row r="25">
-      <c r="A25" s="5" t="n"/>
-[...11 lines deleted...]
-      <c r="G25" s="14" t="n">
+      <c r="A25" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="16" t="n">
         <v>1</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="B27" s="15" t="inlineStr">
+      <c r="B26" s="16" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="28" ht="27" customHeight="1" s="74">
-      <c r="A28" s="15" t="n">
+    <row r="27" ht="27" customHeight="1" s="74">
+      <c r="A27" s="16" t="n">
         <v>2</v>
       </c>
-      <c r="B28" s="15" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A29" t="n">
+      <c r="B27" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" ht="93.5" customHeight="1" s="74">
+      <c r="A28" t="n">
         <v>3</v>
       </c>
-      <c r="B29" s="106" t="inlineStr">
-[...1 lines deleted...]
-          <t>This scheme has exposure to interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
+      <c r="B28" s="92" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
+        </is>
+      </c>
+    </row>
+    <row r="29" ht="14.5" customHeight="1" s="74">
+      <c r="B29" s="49" t="inlineStr">
+        <is>
+          <t>Disclosure in Derivatives</t>
+        </is>
+      </c>
+      <c r="C29" s="49" t="inlineStr">
+        <is>
+          <t>Industry</t>
+        </is>
+      </c>
+      <c r="D29" s="49" t="inlineStr">
+        <is>
+          <t>Notional Value</t>
+        </is>
+      </c>
+      <c r="E29" s="49" t="inlineStr">
+        <is>
+          <t>% To net assets</t>
         </is>
       </c>
     </row>
     <row r="30" ht="14.5" customHeight="1" s="74">
-      <c r="B30" s="52" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="B30" s="53" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C30" s="54" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D30" s="52" t="n">
+        <v>750000000</v>
+      </c>
+      <c r="E30" s="55" t="n">
+        <v>0.00015</v>
       </c>
     </row>
     <row r="31" ht="14.5" customHeight="1" s="74">
-      <c r="B31" s="57" t="inlineStr">
+      <c r="B31" s="53" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C31" s="58" t="inlineStr">
+      <c r="C31" s="54" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D31" s="55" t="n">
-[...3 lines deleted...]
-        <v>-6e-05</v>
+      <c r="D31" s="52" t="n">
+        <v>500000000</v>
+      </c>
+      <c r="E31" s="55" t="n">
+        <v>0</v>
       </c>
     </row>
     <row r="35" ht="14.5" customHeight="1" s="74">
-      <c r="B35" s="1" t="inlineStr">
+      <c r="B35" s="98" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
     <row r="49" ht="14.5" customHeight="1" s="74">
-      <c r="B49" s="1" t="inlineStr">
+      <c r="B49" s="98" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Dynamic Gilt Index</t>
         </is>
       </c>
     </row>
     <row r="64">
-      <c r="B64" s="16" t="n"/>
-      <c r="C64" s="18" t="inlineStr">
+      <c r="B64" s="17" t="n"/>
+      <c r="C64" s="19" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
     <row r="65">
-      <c r="B65" s="16" t="inlineStr">
+      <c r="B65" s="17" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C65" s="18" t="inlineStr">
+      <c r="C65" s="19" t="inlineStr">
         <is>
           <t>DSP Gilt Fund</t>
         </is>
       </c>
     </row>
     <row r="66">
-      <c r="B66" s="16" t="inlineStr">
+      <c r="B66" s="17" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C66" s="19" t="n"/>
+      <c r="C66" s="20" t="n"/>
     </row>
     <row r="67">
-      <c r="B67" s="16" t="inlineStr">
+      <c r="B67" s="17" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C67" s="20" t="n">
-        <v>0.0712</v>
+      <c r="C67" s="21" t="n">
+        <v>0.0731</v>
       </c>
     </row>
     <row r="68">
-      <c r="B68" s="16" t="inlineStr">
+      <c r="B68" s="17" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C68" s="19" t="n">
-        <v>11.6</v>
+      <c r="C68" s="20" t="n">
+        <v>11.79</v>
       </c>
     </row>
     <row r="69">
-      <c r="B69" s="16" t="inlineStr">
+      <c r="B69" s="17" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C69" s="19" t="n">
-        <v>29.34</v>
+      <c r="C69" s="20" t="n">
+        <v>30.98</v>
       </c>
     </row>
     <row r="70">
-      <c r="B70" s="16" t="inlineStr">
+      <c r="B70" s="17" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C70" s="21" t="n">
-        <v>45945</v>
+      <c r="C70" s="22" t="n">
+        <v>45961</v>
       </c>
     </row>
     <row r="71">
-      <c r="B71" s="17" t="inlineStr">
+      <c r="B71" s="18" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C71" s="18" t="n"/>
+      <c r="C71" s="19" t="n"/>
+    </row>
+    <row r="74">
+      <c r="B74" s="4" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="B29:G29"/>
+    <mergeCell ref="B28:G28"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ICRON Research</dc:creator>
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>