--- v2 (2025-11-16)
+++ v3 (2025-12-06)
@@ -1,79 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="945" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="922" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="GILT" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="166" formatCode="0.000"/>
   </numFmts>
-  <fonts count="22">
+  <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -336,316 +331,333 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="101">
+  <cellXfs count="106">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...35 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...5 lines deleted...]
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -694,116 +706,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>36</row>
+      <row>33</row>
       <rowOff>0</rowOff>
     </from>
     <to>
-      <col>2</col>
-[...2 lines deleted...]
-      <rowOff>31751</rowOff>
+      <col>1</col>
+      <colOff>2298700</colOff>
+      <row>42</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="5740400"/>
+          <a:off x="457200" y="5568950"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>50</row>
+      <row>46</row>
       <rowOff>0</rowOff>
     </from>
     <to>
-      <col>2</col>
-[...1 lines deleted...]
-      <row>59</row>
+      <col>1</col>
+      <colOff>2298700</colOff>
+      <row>55</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="8153400"/>
+          <a:off x="457200" y="7981950"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1045,712 +1057,667 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L74"/>
+  <dimension ref="A1:L67"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="44.81640625" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="21.453125" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="15.26953125" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="17.26953125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="15.81640625" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="73">
+      <c r="A1" s="72" t="n"/>
+      <c r="B1" s="72" t="inlineStr">
         <is>
           <t>DSP Gilt Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on November 30, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>6.90% GOI 2065</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>IN0020250018</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E8" s="12" t="n">
-[...8 lines deleted...]
-      <c r="H8" s="8" t="n">
+      <c r="E8" s="11" t="n">
+        <v>66500000</v>
+      </c>
+      <c r="F8" s="5" t="n">
+        <v>62937.37</v>
+      </c>
+      <c r="G8" s="6" t="n">
+        <v>0.468</v>
+      </c>
+      <c r="H8" s="7" t="n">
         <v>60372</v>
       </c>
-      <c r="J8" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K8" s="4" t="inlineStr">
+      <c r="J8" s="5" t="n">
+        <v>7.3881</v>
+      </c>
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>7.24% GOI 2055</t>
         </is>
       </c>
-      <c r="C9" s="2" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>IN0020250075</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E9" s="12" t="n">
-[...8 lines deleted...]
-      <c r="H9" s="8" t="n">
+      <c r="E9" s="11" t="n">
+        <v>28500000</v>
+      </c>
+      <c r="F9" s="5" t="n">
+        <v>28846.54</v>
+      </c>
+      <c r="G9" s="6" t="n">
+        <v>0.2145</v>
+      </c>
+      <c r="H9" s="7" t="n">
         <v>56844</v>
       </c>
-      <c r="J9" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K9" s="2" t="inlineStr">
+      <c r="J9" s="5" t="n">
+        <v>7.3095</v>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L9" s="7" t="n">
-        <v>0.9955000000000001</v>
+      <c r="L9" s="6" t="n">
+        <v>0.9853</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="n">
+      <c r="A10" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="2" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>6.68% GOI 2040</t>
         </is>
       </c>
-      <c r="C10" s="2" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>IN0020250042</t>
         </is>
       </c>
-      <c r="D10" s="2" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E10" s="12" t="n">
-[...8 lines deleted...]
-      <c r="H10" s="8" t="n">
+      <c r="E10" s="11" t="n">
+        <v>24500000</v>
+      </c>
+      <c r="F10" s="5" t="n">
+        <v>24593.47</v>
+      </c>
+      <c r="G10" s="6" t="n">
+        <v>0.1829</v>
+      </c>
+      <c r="H10" s="7" t="n">
         <v>51324</v>
       </c>
-      <c r="J10" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K10" s="2" t="inlineStr">
+      <c r="J10" s="5" t="n">
+        <v>6.9309</v>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L10" s="7" t="n">
-        <v>0.0045</v>
+      <c r="L10" s="6" t="n">
+        <v>0.0147</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="2" t="n">
+      <c r="A11" s="1" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="2" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>7.09% GOI 2054</t>
         </is>
       </c>
-      <c r="C11" s="2" t="inlineStr">
+      <c r="C11" s="1" t="inlineStr">
         <is>
           <t>IN0020240118</t>
         </is>
       </c>
-      <c r="D11" s="2" t="inlineStr">
+      <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E11" s="12" t="n">
+      <c r="E11" s="11" t="n">
         <v>11000000</v>
       </c>
-      <c r="F11" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H11" s="8" t="n">
+      <c r="F11" s="5" t="n">
+        <v>10962.97</v>
+      </c>
+      <c r="G11" s="6" t="n">
+        <v>0.0815</v>
+      </c>
+      <c r="H11" s="7" t="n">
         <v>56466</v>
       </c>
-      <c r="J11" s="6" t="n">
-        <v>7.2387</v>
+      <c r="J11" s="5" t="n">
+        <v>7.3084</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="2" t="n">
+      <c r="A12" s="1" t="n">
         <v>5</v>
       </c>
-      <c r="B12" s="2" t="inlineStr">
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>7.30% GOI 2053</t>
         </is>
       </c>
-      <c r="C12" s="2" t="inlineStr">
+      <c r="C12" s="1" t="inlineStr">
         <is>
           <t>IN0020230051</t>
         </is>
       </c>
-      <c r="D12" s="2" t="inlineStr">
+      <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E12" s="12" t="n">
+      <c r="E12" s="11" t="n">
         <v>5000000</v>
       </c>
-      <c r="F12" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H12" s="8" t="n">
+      <c r="F12" s="5" t="n">
+        <v>5163.26</v>
+      </c>
+      <c r="G12" s="6" t="n">
+        <v>0.0384</v>
+      </c>
+      <c r="H12" s="7" t="n">
         <v>56054</v>
       </c>
-      <c r="J12" s="6" t="n">
-        <v>7.215</v>
+      <c r="J12" s="5" t="n">
+        <v>7.3012</v>
       </c>
     </row>
     <row r="13">
-      <c r="A13" s="2" t="n">
+      <c r="A13" s="8" t="n"/>
+      <c r="B13" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C13" s="8" t="n"/>
+      <c r="D13" s="8" t="n"/>
+      <c r="E13" s="8" t="n"/>
+      <c r="F13" s="9" t="n">
+        <v>132503.61</v>
+      </c>
+      <c r="G13" s="10" t="n">
+        <v>0.9853</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="B15" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
         <v>6</v>
       </c>
-      <c r="B13" s="2" t="inlineStr">
-[...32 lines deleted...]
-      <c r="B14" s="9" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F16" s="5" t="n">
+        <v>1928.48</v>
+      </c>
+      <c r="G16" s="6" t="n">
+        <v>0.0143</v>
+      </c>
+      <c r="H16" s="7" t="n">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="8" t="n"/>
+      <c r="B17" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C14" s="9" t="n"/>
-[...37 lines deleted...]
-      <c r="B18" s="9" t="inlineStr">
+      <c r="C17" s="8" t="n"/>
+      <c r="D17" s="8" t="n"/>
+      <c r="E17" s="8" t="n"/>
+      <c r="F17" s="9" t="n">
+        <v>1928.48</v>
+      </c>
+      <c r="G17" s="10" t="n">
+        <v>0.0143</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="B19" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E20" s="11" t="n"/>
+      <c r="F20" s="5" t="n">
+        <v>37.78</v>
+      </c>
+      <c r="G20" s="6" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="J20" s="5" t="n"/>
+    </row>
+    <row r="21">
+      <c r="A21" s="8" t="n"/>
+      <c r="B21" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C18" s="9" t="n"/>
-[...45 lines deleted...]
-        <v>-0.0237</v>
+      <c r="C21" s="8" t="n"/>
+      <c r="D21" s="8" t="n"/>
+      <c r="E21" s="8" t="n"/>
+      <c r="F21" s="9" t="n">
+        <v>37.78</v>
+      </c>
+      <c r="G21" s="10" t="n">
+        <v>0.0004</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="4" t="n"/>
+      <c r="B23" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C23" s="4" t="n"/>
+      <c r="D23" s="4" t="n"/>
+      <c r="E23" s="4" t="n"/>
+      <c r="F23" s="12" t="n">
+        <v>134469.87</v>
+      </c>
+      <c r="G23" s="13" t="n">
+        <v>1</v>
       </c>
     </row>
     <row r="24">
-      <c r="A24" s="5" t="n"/>
-[...11 lines deleted...]
-      <c r="G24" s="14" t="n">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="15" t="n">
         <v>1</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="B26" s="16" t="inlineStr">
+      <c r="B25" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="27" ht="27" customHeight="1" s="74">
-      <c r="A27" s="16" t="n">
+    <row r="26" ht="76.5" customHeight="1" s="73">
+      <c r="A26" t="n">
         <v>2</v>
       </c>
-      <c r="B27" s="16" t="inlineStr">
-[...9 lines deleted...]
-      <c r="B28" s="92" t="inlineStr">
+      <c r="B26" s="98" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
     </row>
-    <row r="29" ht="14.5" customHeight="1" s="74">
-      <c r="B29" s="49" t="inlineStr">
+    <row r="27" ht="14.5" customHeight="1" s="73">
+      <c r="B27" s="48" t="inlineStr">
         <is>
           <t>Disclosure in Derivatives</t>
         </is>
       </c>
-      <c r="C29" s="49" t="inlineStr">
+      <c r="C27" s="48" t="inlineStr">
         <is>
           <t>Industry</t>
         </is>
       </c>
-      <c r="D29" s="49" t="inlineStr">
+      <c r="D27" s="48" t="inlineStr">
         <is>
           <t>Notional Value</t>
         </is>
       </c>
-      <c r="E29" s="49" t="inlineStr">
+      <c r="E27" s="48" t="inlineStr">
         <is>
           <t>% To net assets</t>
         </is>
       </c>
     </row>
-    <row r="30" ht="14.5" customHeight="1" s="74">
-      <c r="B30" s="53" t="inlineStr">
+    <row r="28" ht="14.5" customHeight="1" s="73">
+      <c r="B28" s="53" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C30" s="54" t="inlineStr">
+      <c r="C28" s="54" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D30" s="52" t="n">
+      <c r="D28" s="51" t="n">
         <v>750000000</v>
       </c>
-      <c r="E30" s="55" t="n">
-[...4 lines deleted...]
-      <c r="B31" s="53" t="inlineStr">
+      <c r="E28" s="55" t="n">
+        <v>0.00027</v>
+      </c>
+    </row>
+    <row r="29" ht="14.5" customHeight="1" s="73">
+      <c r="B29" s="53" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C31" s="54" t="inlineStr">
+      <c r="C29" s="54" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D31" s="52" t="n">
+      <c r="D29" s="51" t="n">
         <v>500000000</v>
       </c>
-      <c r="E31" s="55" t="n">
-[...4 lines deleted...]
-      <c r="B35" s="98" t="inlineStr">
+      <c r="E29" s="55" t="n">
+        <v>9.000000000000001e-05</v>
+      </c>
+    </row>
+    <row r="32" ht="14.5" customHeight="1" s="73">
+      <c r="B32" s="69" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="49" ht="14.5" customHeight="1" s="74">
-      <c r="B49" s="98" t="inlineStr">
+    <row r="45" ht="14.5" customHeight="1" s="73">
+      <c r="B45" s="69" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Dynamic Gilt Index</t>
         </is>
       </c>
     </row>
+    <row r="58">
+      <c r="B58" s="16" t="n"/>
+      <c r="C58" s="18" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
+    <row r="59">
+      <c r="B59" s="16" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C59" s="18" t="inlineStr">
+        <is>
+          <t>DSP Gilt Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="60">
+      <c r="B60" s="16" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C60" s="19" t="n"/>
+    </row>
+    <row r="61">
+      <c r="B61" s="16" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C61" s="20" t="n">
+        <v>0.0736</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="B62" s="16" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C62" s="19" t="n">
+        <v>11.55</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="B63" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C63" s="19" t="n">
+        <v>30.89</v>
+      </c>
+    </row>
     <row r="64">
-      <c r="B64" s="17" t="n"/>
-[...3 lines deleted...]
-        </is>
+      <c r="B64" s="16" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C64" s="21" t="n">
+        <v>45991</v>
       </c>
     </row>
     <row r="65">
       <c r="B65" s="17" t="inlineStr">
         <is>
-          <t>Scheme Name:</t>
-[...58 lines deleted...]
-        <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C71" s="19" t="n"/>
-[...2 lines deleted...]
-      <c r="B74" s="4" t="n"/>
+      <c r="C65" s="18" t="n"/>
+    </row>
+    <row r="67" ht="14.5" customHeight="1" s="73">
+      <c r="B67" s="71" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="B28:G28"/>
+    <mergeCell ref="B26:F26"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>