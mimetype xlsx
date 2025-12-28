--- v3 (2025-12-06)
+++ v4 (2025-12-28)
@@ -1,74 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="922" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="993" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="GILT" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="3">
+  <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
-    <numFmt numFmtId="166" formatCode="0.000"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="23">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -77,57 +82,57 @@
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
@@ -144,50 +149,56 @@
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -331,333 +342,319 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="106">
+  <cellXfs count="102">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...13 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...22 lines deleted...]
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -747,57 +744,57 @@
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="5568950"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>46</row>
+      <row>45</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2298700</colOff>
-      <row>55</row>
+      <row>54</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="7981950"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
@@ -1057,652 +1054,662 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L67"/>
+  <dimension ref="A1:L66"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="A1" sqref="A1"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="J37" sqref="J37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="92" min="1" max="1"/>
+    <col width="37.26953125" customWidth="1" style="92" min="2" max="2"/>
+    <col width="20.1796875" bestFit="1" customWidth="1" style="92" min="3" max="3"/>
+    <col width="15.26953125" bestFit="1" customWidth="1" style="92" min="4" max="4"/>
+    <col width="16.26953125" bestFit="1" customWidth="1" style="92" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="92" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="92" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="92" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="92" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="92" min="10" max="10"/>
+    <col width="15.81640625" bestFit="1" customWidth="1" style="92" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="92" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="92" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="73">
-[...1 lines deleted...]
-      <c r="B1" s="72" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="68">
+      <c r="A1" s="67" t="n"/>
+      <c r="B1" s="67" t="inlineStr">
         <is>
           <t>DSP Gilt Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on November 30, 2025</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="1" t="n">
+      <c r="A8" s="92" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B8" s="92" t="inlineStr">
         <is>
           <t>6.90% GOI 2065</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C8" s="92" t="inlineStr">
         <is>
           <t>IN0020250018</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D8" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E8" s="11" t="n">
-[...8 lines deleted...]
-      <c r="H8" s="7" t="n">
+      <c r="E8" s="12" t="n">
+        <v>69000000</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>65563.16</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.4939</v>
+      </c>
+      <c r="H8" s="8" t="n">
         <v>60372</v>
       </c>
-      <c r="J8" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K8" s="3" t="inlineStr">
+      <c r="J8" s="6" t="n">
+        <v>7.3807</v>
+      </c>
+      <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="92" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="92" t="inlineStr">
         <is>
           <t>7.24% GOI 2055</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C9" s="92" t="inlineStr">
         <is>
           <t>IN0020250075</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D9" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E9" s="11" t="n">
-[...8 lines deleted...]
-      <c r="H9" s="7" t="n">
+      <c r="E9" s="12" t="n">
+        <v>26000000</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>26417.09</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.199</v>
+      </c>
+      <c r="H9" s="8" t="n">
         <v>56844</v>
       </c>
-      <c r="J9" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K9" s="1" t="inlineStr">
+      <c r="J9" s="6" t="n">
+        <v>7.3025</v>
+      </c>
+      <c r="K9" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L9" s="6" t="n">
-        <v>0.9853</v>
+      <c r="L9" s="7" t="n">
+        <v>0.9913</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="1" t="n">
+      <c r="A10" s="92" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B10" s="92" t="inlineStr">
         <is>
           <t>6.68% GOI 2040</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C10" s="92" t="inlineStr">
         <is>
           <t>IN0020250042</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D10" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E10" s="11" t="n">
-[...8 lines deleted...]
-      <c r="H10" s="7" t="n">
+      <c r="E10" s="12" t="n">
+        <v>23500000</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>23474.18</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.1768</v>
+      </c>
+      <c r="H10" s="8" t="n">
         <v>51324</v>
       </c>
-      <c r="J10" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+      <c r="J10" s="6" t="n">
+        <v>7.0183</v>
+      </c>
+      <c r="K10" s="92" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L10" s="6" t="n">
-        <v>0.0147</v>
+      <c r="L10" s="7" t="n">
+        <v>0.008699999999999999</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="1" t="n">
+      <c r="A11" s="92" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B11" s="92" t="inlineStr">
         <is>
           <t>7.09% GOI 2054</t>
         </is>
       </c>
-      <c r="C11" s="1" t="inlineStr">
+      <c r="C11" s="92" t="inlineStr">
         <is>
           <t>IN0020240118</t>
         </is>
       </c>
-      <c r="D11" s="1" t="inlineStr">
+      <c r="D11" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E11" s="11" t="n">
+      <c r="E11" s="12" t="n">
         <v>11000000</v>
       </c>
-      <c r="F11" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H11" s="7" t="n">
+      <c r="F11" s="6" t="n">
+        <v>10982.32</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0827</v>
+      </c>
+      <c r="H11" s="8" t="n">
         <v>56466</v>
       </c>
-      <c r="J11" s="5" t="n">
-        <v>7.3084</v>
+      <c r="J11" s="6" t="n">
+        <v>7.3189</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="1" t="n">
+      <c r="A12" s="92" t="n">
         <v>5</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
+      <c r="B12" s="92" t="inlineStr">
         <is>
           <t>7.30% GOI 2053</t>
         </is>
       </c>
-      <c r="C12" s="1" t="inlineStr">
+      <c r="C12" s="92" t="inlineStr">
         <is>
           <t>IN0020230051</t>
         </is>
       </c>
-      <c r="D12" s="1" t="inlineStr">
+      <c r="D12" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E12" s="11" t="n">
+      <c r="E12" s="12" t="n">
         <v>5000000</v>
       </c>
-      <c r="F12" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H12" s="7" t="n">
+      <c r="F12" s="6" t="n">
+        <v>5165.98</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0389</v>
+      </c>
+      <c r="H12" s="8" t="n">
         <v>56054</v>
       </c>
-      <c r="J12" s="5" t="n">
-        <v>7.3012</v>
+      <c r="J12" s="6" t="n">
+        <v>7.3228</v>
       </c>
     </row>
     <row r="13">
-      <c r="A13" s="8" t="n"/>
-      <c r="B13" s="8" t="inlineStr">
+      <c r="A13" s="9" t="n"/>
+      <c r="B13" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C13" s="8" t="n"/>
-[...6 lines deleted...]
-        <v>0.9853</v>
+      <c r="C13" s="9" t="n"/>
+      <c r="D13" s="9" t="n"/>
+      <c r="E13" s="9" t="n"/>
+      <c r="F13" s="10" t="n">
+        <v>131602.73</v>
+      </c>
+      <c r="G13" s="11" t="n">
+        <v>0.9913</v>
       </c>
     </row>
     <row r="15">
-      <c r="B15" s="3" t="inlineStr">
+      <c r="B15" s="4" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="16">
-      <c r="A16" s="1" t="n">
+      <c r="A16" s="92" t="n">
         <v>6</v>
       </c>
-      <c r="B16" s="1" t="inlineStr">
+      <c r="B16" s="4" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F16" s="5" t="n">
-[...6 lines deleted...]
-        <v>45992</v>
+      <c r="F16" s="6" t="n">
+        <v>717.6900000000001</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="H16" s="8" t="n">
+        <v>46007</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17" s="8" t="n"/>
-      <c r="B17" s="8" t="inlineStr">
+      <c r="A17" s="9" t="n"/>
+      <c r="B17" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C17" s="8" t="n"/>
-[...6 lines deleted...]
-        <v>0.0143</v>
+      <c r="C17" s="9" t="n"/>
+      <c r="D17" s="9" t="n"/>
+      <c r="E17" s="9" t="n"/>
+      <c r="F17" s="10" t="n">
+        <v>717.6900000000001</v>
+      </c>
+      <c r="G17" s="11" t="n">
+        <v>0.0054</v>
       </c>
     </row>
     <row r="19">
-      <c r="B19" s="3" t="inlineStr">
+      <c r="B19" s="4" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="20">
-      <c r="B20" s="1" t="inlineStr">
+      <c r="B20" s="92" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E20" s="11" t="n"/>
-[...6 lines deleted...]
-      <c r="J20" s="5" t="n"/>
+      <c r="E20" s="12" t="n"/>
+      <c r="F20" s="6" t="n">
+        <v>418.76</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
     </row>
     <row r="21">
-      <c r="A21" s="8" t="n"/>
-      <c r="B21" s="8" t="inlineStr">
+      <c r="A21" s="9" t="n"/>
+      <c r="B21" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C21" s="8" t="n"/>
-[...6 lines deleted...]
-        <v>0.0004</v>
+      <c r="C21" s="9" t="n"/>
+      <c r="D21" s="9" t="n"/>
+      <c r="E21" s="9" t="n"/>
+      <c r="F21" s="10" t="n">
+        <v>418.76</v>
+      </c>
+      <c r="G21" s="11" t="n">
+        <v>0.0033</v>
       </c>
     </row>
     <row r="23">
-      <c r="A23" s="4" t="n"/>
-      <c r="B23" s="4" t="inlineStr">
+      <c r="A23" s="5" t="n"/>
+      <c r="B23" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C23" s="4" t="n"/>
-[...5 lines deleted...]
-      <c r="G23" s="13" t="n">
+      <c r="C23" s="5" t="n"/>
+      <c r="D23" s="5" t="n"/>
+      <c r="E23" s="5" t="n"/>
+      <c r="F23" s="13" t="n">
+        <v>132739.18</v>
+      </c>
+      <c r="G23" s="14" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="24">
-      <c r="A24" s="1" t="inlineStr">
+      <c r="A24" s="92" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="15" t="n">
         <v>1</v>
       </c>
       <c r="B25" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="26" ht="76.5" customHeight="1" s="73">
-      <c r="A26" t="n">
+    <row r="26" ht="82.5" customHeight="1" s="68">
+      <c r="A26" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B26" s="98" t="inlineStr">
+      <c r="B26" s="69" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
     </row>
-    <row r="27" ht="14.5" customHeight="1" s="73">
-      <c r="B27" s="48" t="inlineStr">
+    <row r="27">
+      <c r="B27" s="47" t="inlineStr">
         <is>
           <t>Disclosure in Derivatives</t>
         </is>
       </c>
-      <c r="C27" s="48" t="inlineStr">
+      <c r="C27" s="47" t="inlineStr">
         <is>
           <t>Industry</t>
         </is>
       </c>
-      <c r="D27" s="48" t="inlineStr">
+      <c r="D27" s="47" t="inlineStr">
         <is>
           <t>Notional Value</t>
         </is>
       </c>
-      <c r="E27" s="48" t="inlineStr">
+      <c r="E27" s="47" t="inlineStr">
         <is>
           <t>% To net assets</t>
         </is>
       </c>
     </row>
-    <row r="28" ht="14.5" customHeight="1" s="73">
-      <c r="B28" s="53" t="inlineStr">
+    <row r="28">
+      <c r="A28" s="15" t="n"/>
+      <c r="B28" s="52" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C28" s="54" t="inlineStr">
+      <c r="C28" s="53" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D28" s="51" t="n">
+      <c r="D28" s="50" t="n">
         <v>750000000</v>
       </c>
-      <c r="E28" s="55" t="n">
-[...4 lines deleted...]
-      <c r="B29" s="53" t="inlineStr">
+      <c r="E28" s="54" t="n">
+        <v>0.0006400000000000001</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="15" t="n"/>
+      <c r="B29" s="52" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C29" s="54" t="inlineStr">
+      <c r="C29" s="53" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D29" s="51" t="n">
+      <c r="D29" s="50" t="n">
         <v>500000000</v>
       </c>
-      <c r="E29" s="55" t="n">
-[...4 lines deleted...]
-      <c r="B32" s="69" t="inlineStr">
+      <c r="E29" s="54" t="n">
+        <v>0.00035</v>
+      </c>
+    </row>
+    <row r="30" ht="30" customHeight="1" s="68">
+      <c r="A30" s="15" t="n">
+        <v>3</v>
+      </c>
+      <c r="B30" s="85" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" ht="14.5" customHeight="1" s="68">
+      <c r="B32" s="91" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="45" ht="14.5" customHeight="1" s="73">
-      <c r="B45" s="69" t="inlineStr">
+    <row r="44" ht="14.5" customHeight="1" s="68">
+      <c r="B44" s="91" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Dynamic Gilt Index</t>
         </is>
       </c>
     </row>
-    <row r="58">
-[...1 lines deleted...]
-      <c r="C58" s="18" t="inlineStr">
+    <row r="59">
+      <c r="B59" s="16" t="n"/>
+      <c r="C59" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
-        </is>
-[...10 lines deleted...]
-          <t>DSP Gilt Fund</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="B60" s="16" t="inlineStr">
         <is>
-          <t>Description (if any)</t>
-[...2 lines deleted...]
-      <c r="C60" s="19" t="n"/>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C60" s="18" t="inlineStr">
+        <is>
+          <t>DSP Gilt Fund</t>
+        </is>
+      </c>
     </row>
     <row r="61">
       <c r="B61" s="16" t="inlineStr">
         <is>
-          <t>Annualised Portfolio YTM*:</t>
-[...4 lines deleted...]
-      </c>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C61" s="19" t="n"/>
     </row>
     <row r="62">
       <c r="B62" s="16" t="inlineStr">
         <is>
-          <t>Macaulay Duration</t>
-[...3 lines deleted...]
-        <v>11.55</v>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C62" s="20" t="n">
+        <v>0.07340000000000001</v>
       </c>
     </row>
     <row r="63">
       <c r="B63" s="16" t="inlineStr">
         <is>
-          <t>Residual Maturity</t>
+          <t>Macaulay Duration</t>
         </is>
       </c>
       <c r="C63" s="19" t="n">
-        <v>30.89</v>
+        <v>11.62</v>
       </c>
     </row>
     <row r="64">
       <c r="B64" s="16" t="inlineStr">
         <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C64" s="19" t="n">
+        <v>31.37</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="B65" s="16" t="inlineStr">
+        <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C64" s="21" t="n">
-[...4 lines deleted...]
-      <c r="B65" s="17" t="inlineStr">
+      <c r="C65" s="21" t="n">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="B66" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C65" s="18" t="n"/>
-[...2 lines deleted...]
-      <c r="B67" s="71" t="n"/>
+      <c r="C66" s="18" t="n"/>
     </row>
   </sheetData>
-  <mergeCells count="2">
-    <mergeCell ref="B26:F26"/>
+  <mergeCells count="3">
+    <mergeCell ref="B30:C30"/>
+    <mergeCell ref="B26:G26"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 