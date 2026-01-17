--- v4 (2025-12-28)
+++ v5 (2026-01-17)
@@ -1,79 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr/>
+  <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="993" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="883" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="GILT" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="23">
+  <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -110,56 +104,50 @@
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
-      <sz val="10"/>
-[...4 lines deleted...]
-      <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -342,319 +330,320 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="102">
+  <cellXfs count="101">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...93 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...29 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment vertical="center" wrapText="1"/>
-[...25 lines deleted...]
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -703,116 +692,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>33</row>
+      <row>35</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2298700</colOff>
-      <row>42</row>
+      <colOff>2374900</colOff>
+      <row>44</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="5568950"/>
+          <a:off x="457200" y="5740400"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>45</row>
+      <row>47</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2298700</colOff>
-[...1 lines deleted...]
-      <rowOff>31750</rowOff>
+      <colOff>2374900</colOff>
+      <row>56</row>
+      <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="7981950"/>
+          <a:off x="457200" y="8153400"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1050,666 +1039,693 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr>
+  <sheetPr codeName="Sheet8">
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L66"/>
+  <dimension ref="A1:L71"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="J37" sqref="J37"/>
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="92" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="92" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="45.54296875" customWidth="1" style="1" min="2" max="2"/>
+    <col width="18.81640625" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="16.26953125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="15.81640625" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="68">
-[...1 lines deleted...]
-      <c r="B1" s="67" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="74">
+      <c r="A1" s="73" t="n"/>
+      <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Gilt Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 15, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="92" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="92" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>6.90% GOI 2065</t>
         </is>
       </c>
-      <c r="C8" s="92" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>IN0020250018</t>
         </is>
       </c>
-      <c r="D8" s="92" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E8" s="12" t="n">
-[...8 lines deleted...]
-      <c r="H8" s="8" t="n">
+      <c r="E8" s="11" t="n">
+        <v>39000000</v>
+      </c>
+      <c r="F8" s="5" t="n">
+        <v>37368.66</v>
+      </c>
+      <c r="G8" s="6" t="n">
+        <v>0.2892</v>
+      </c>
+      <c r="H8" s="7" t="n">
         <v>60372</v>
       </c>
-      <c r="J8" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K8" s="4" t="inlineStr">
+      <c r="J8" s="5" t="n">
+        <v>7.3386</v>
+      </c>
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="92" t="n">
+      <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="92" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>7.24% GOI 2055</t>
         </is>
       </c>
-      <c r="C9" s="92" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>IN0020250075</t>
         </is>
       </c>
-      <c r="D9" s="92" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E9" s="12" t="n">
-[...8 lines deleted...]
-      <c r="H9" s="8" t="n">
+      <c r="E9" s="11" t="n">
+        <v>25500000</v>
+      </c>
+      <c r="F9" s="5" t="n">
+        <v>26112.5</v>
+      </c>
+      <c r="G9" s="6" t="n">
+        <v>0.2021</v>
+      </c>
+      <c r="H9" s="7" t="n">
         <v>56844</v>
       </c>
-      <c r="J9" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K9" s="92" t="inlineStr">
+      <c r="J9" s="5" t="n">
+        <v>7.2615</v>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L9" s="7" t="n">
-        <v>0.9913</v>
+      <c r="L9" s="6" t="n">
+        <v>0.8699</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="92" t="n">
+      <c r="A10" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="92" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>6.68% GOI 2040</t>
         </is>
       </c>
-      <c r="C10" s="92" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>IN0020250042</t>
         </is>
       </c>
-      <c r="D10" s="92" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E10" s="12" t="n">
-[...8 lines deleted...]
-      <c r="H10" s="8" t="n">
+      <c r="E10" s="11" t="n">
+        <v>19000000</v>
+      </c>
+      <c r="F10" s="5" t="n">
+        <v>19063.28</v>
+      </c>
+      <c r="G10" s="6" t="n">
+        <v>0.1475</v>
+      </c>
+      <c r="H10" s="7" t="n">
         <v>51324</v>
       </c>
-      <c r="J10" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K10" s="92" t="inlineStr">
+      <c r="J10" s="5" t="n">
+        <v>7.0007</v>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L10" s="7" t="n">
-        <v>0.008699999999999999</v>
+      <c r="L10" s="6" t="n">
+        <v>0.1301</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="92" t="n">
+      <c r="A11" s="1" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="92" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>7.30% GOI 2053</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230051</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E11" s="11" t="n">
+        <v>15000000</v>
+      </c>
+      <c r="F11" s="5" t="n">
+        <v>15063.04</v>
+      </c>
+      <c r="G11" s="6" t="n">
+        <v>0.1166</v>
+      </c>
+      <c r="H11" s="7" t="n">
+        <v>56054</v>
+      </c>
+      <c r="J11" s="5" t="n">
+        <v>7.2847</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>7.09% GOI 2054</t>
         </is>
       </c>
-      <c r="C11" s="92" t="inlineStr">
+      <c r="C12" s="1" t="inlineStr">
         <is>
           <t>IN0020240118</t>
         </is>
       </c>
-      <c r="D11" s="92" t="inlineStr">
+      <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E11" s="12" t="n">
+      <c r="E12" s="11" t="n">
         <v>11000000</v>
       </c>
-      <c r="F11" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H11" s="8" t="n">
+      <c r="F12" s="5" t="n">
+        <v>11070.97</v>
+      </c>
+      <c r="G12" s="6" t="n">
+        <v>0.0857</v>
+      </c>
+      <c r="H12" s="7" t="n">
         <v>56466</v>
       </c>
-      <c r="J11" s="6" t="n">
-[...17 lines deleted...]
-      <c r="D12" s="92" t="inlineStr">
+      <c r="J12" s="5" t="n">
+        <v>7.2756</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>6.80% GOI 2060</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>IN0020200187</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E12" s="12" t="n">
-[...17 lines deleted...]
-      <c r="B13" s="9" t="inlineStr">
+      <c r="E13" s="11" t="n">
+        <v>4000000</v>
+      </c>
+      <c r="F13" s="5" t="n">
+        <v>3721.05</v>
+      </c>
+      <c r="G13" s="6" t="n">
+        <v>0.0288</v>
+      </c>
+      <c r="H13" s="7" t="n">
+        <v>58790</v>
+      </c>
+      <c r="J13" s="5" t="n">
+        <v>7.3831</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="8" t="n"/>
+      <c r="B14" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C13" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B15" s="4" t="inlineStr">
+      <c r="C14" s="8" t="n"/>
+      <c r="D14" s="8" t="n"/>
+      <c r="E14" s="8" t="n"/>
+      <c r="F14" s="9" t="n">
+        <v>112399.5</v>
+      </c>
+      <c r="G14" s="10" t="n">
+        <v>0.8699</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="B16" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
-    <row r="16">
-[...3 lines deleted...]
-      <c r="B16" s="4" t="inlineStr">
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B17" s="3" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F16" s="6" t="n">
-[...11 lines deleted...]
-      <c r="B17" s="9" t="inlineStr">
+      <c r="F17" s="5" t="n">
+        <v>16334.59</v>
+      </c>
+      <c r="G17" s="6" t="n">
+        <v>0.1264</v>
+      </c>
+      <c r="H17" s="7" t="n">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="8" t="n"/>
+      <c r="B18" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C17" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B19" s="4" t="inlineStr">
+      <c r="C18" s="8" t="n"/>
+      <c r="D18" s="8" t="n"/>
+      <c r="E18" s="8" t="n"/>
+      <c r="F18" s="9" t="n">
+        <v>16334.59</v>
+      </c>
+      <c r="G18" s="10" t="n">
+        <v>0.1264</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
-    <row r="20">
-      <c r="B20" s="92" t="inlineStr">
+    <row r="21">
+      <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E20" s="12" t="n"/>
-[...10 lines deleted...]
-      <c r="B21" s="9" t="inlineStr">
+      <c r="E21" s="11" t="n"/>
+      <c r="F21" s="5" t="n">
+        <v>471.38</v>
+      </c>
+      <c r="G21" s="6" t="n">
+        <v>0.0037</v>
+      </c>
+      <c r="J21" s="5" t="n"/>
+    </row>
+    <row r="22">
+      <c r="A22" s="8" t="n"/>
+      <c r="B22" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C21" s="9" t="n"/>
-[...11 lines deleted...]
-      <c r="B23" s="5" t="inlineStr">
+      <c r="C22" s="8" t="n"/>
+      <c r="D22" s="8" t="n"/>
+      <c r="E22" s="8" t="n"/>
+      <c r="F22" s="9" t="n">
+        <v>471.38</v>
+      </c>
+      <c r="G22" s="10" t="n">
+        <v>0.0037</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="4" t="n"/>
+      <c r="B24" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C23" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G23" s="14" t="n">
+      <c r="C24" s="4" t="n"/>
+      <c r="D24" s="4" t="n"/>
+      <c r="E24" s="4" t="n"/>
+      <c r="F24" s="12" t="n">
+        <v>129205.47</v>
+      </c>
+      <c r="G24" s="13" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="24">
-      <c r="A24" s="92" t="inlineStr">
+    <row r="25">
+      <c r="A25" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="25">
-      <c r="A25" s="15" t="n">
+    <row r="26">
+      <c r="A26" s="15" t="n">
         <v>1</v>
       </c>
-      <c r="B25" s="15" t="inlineStr">
+      <c r="B26" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="26" ht="82.5" customHeight="1" s="68">
-      <c r="A26" s="15" t="n">
+    <row r="27" ht="27" customHeight="1" s="74">
+      <c r="A27" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B26" s="69" t="inlineStr">
+      <c r="B27" s="15" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="28" ht="72.65000000000001" customHeight="1" s="74">
+      <c r="A28" s="15" t="n">
+        <v>3</v>
+      </c>
+      <c r="B28" s="75" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
-      </c>
-[...39 lines deleted...]
-        <v>0.0006400000000000001</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="15" t="n"/>
-      <c r="B29" s="52" t="inlineStr">
+      <c r="B29" s="44" t="inlineStr">
+        <is>
+          <t>Disclosure in Derivatives</t>
+        </is>
+      </c>
+      <c r="C29" s="44" t="inlineStr">
+        <is>
+          <t>Industry</t>
+        </is>
+      </c>
+      <c r="D29" s="44" t="inlineStr">
+        <is>
+          <t>Notional Value</t>
+        </is>
+      </c>
+      <c r="E29" s="44" t="inlineStr">
+        <is>
+          <t>% To net assets</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="15" t="n"/>
+      <c r="B30" s="57" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C29" s="53" t="inlineStr">
+      <c r="C30" s="58" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D29" s="50" t="n">
-[...17 lines deleted...]
-      <c r="B32" s="91" t="inlineStr">
+      <c r="D30" s="47" t="n">
+        <v>750000000</v>
+      </c>
+      <c r="E30" s="59" t="n">
+        <v>0.00066</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="15" t="n"/>
+      <c r="B31" s="15" t="n"/>
+    </row>
+    <row r="32">
+      <c r="A32" s="15" t="n"/>
+      <c r="B32" s="15" t="n"/>
+    </row>
+    <row r="34" ht="14.5" customHeight="1" s="74">
+      <c r="B34" s="95" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="44" ht="14.5" customHeight="1" s="68">
-      <c r="B44" s="91" t="inlineStr">
+    <row r="46" ht="14.5" customHeight="1" s="74">
+      <c r="B46" s="95" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Dynamic Gilt Index</t>
         </is>
       </c>
     </row>
-    <row r="59">
-[...1 lines deleted...]
-      <c r="C59" s="18" t="inlineStr">
+    <row r="61">
+      <c r="B61" s="16" t="n"/>
+      <c r="C61" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
-    </row>
-[...18 lines deleted...]
-      <c r="C61" s="19" t="n"/>
     </row>
     <row r="62">
       <c r="B62" s="16" t="inlineStr">
         <is>
-          <t>Annualised Portfolio YTM*:</t>
-[...3 lines deleted...]
-        <v>0.07340000000000001</v>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C62" s="18" t="inlineStr">
+        <is>
+          <t>DSP Gilt Fund</t>
+        </is>
       </c>
     </row>
     <row r="63">
       <c r="B63" s="16" t="inlineStr">
         <is>
-          <t>Macaulay Duration</t>
-[...4 lines deleted...]
-      </c>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C63" s="19" t="n"/>
     </row>
     <row r="64">
       <c r="B64" s="16" t="inlineStr">
         <is>
-          <t>Residual Maturity</t>
-[...3 lines deleted...]
-        <v>31.37</v>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C64" s="20" t="n">
+        <v>0.07149999999999999</v>
       </c>
     </row>
     <row r="65">
       <c r="B65" s="16" t="inlineStr">
         <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C65" s="19" t="n">
+        <v>10.23</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="B66" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C66" s="19" t="n">
+        <v>26.17</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="B67" s="16" t="inlineStr">
+        <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C65" s="21" t="n">
-[...4 lines deleted...]
-      <c r="B66" s="17" t="inlineStr">
+      <c r="C67" s="21" t="n">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="B68" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C66" s="18" t="n"/>
+      <c r="C68" s="18" t="n"/>
+    </row>
+    <row r="71" ht="20.5" customHeight="1" s="74">
+      <c r="B71" s="72" t="n"/>
     </row>
   </sheetData>
-  <mergeCells count="3">
-[...1 lines deleted...]
-    <mergeCell ref="B26:G26"/>
+  <mergeCells count="2">
+    <mergeCell ref="B28:G28"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 