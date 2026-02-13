--- v5 (2026-01-17)
+++ v6 (2026-02-13)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="883" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="14880" tabRatio="917" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="GILT" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
   <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -107,75 +107,73 @@
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
-    </font>
-[...6 lines deleted...]
-      <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -335,66 +333,65 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="101">
+  <cellXfs count="107">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -405,245 +402,266 @@
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...9 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -692,116 +710,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>35</row>
+      <row>27</row>
       <rowOff>0</rowOff>
     </from>
     <to>
-      <col>1</col>
-[...1 lines deleted...]
-      <row>44</row>
+      <col>2</col>
+      <colOff>1494</colOff>
+      <row>36</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="5740400"/>
+          <a:off x="457200" y="5054600"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>47</row>
+      <row>41</row>
       <rowOff>0</rowOff>
     </from>
     <to>
-      <col>1</col>
-[...2 lines deleted...]
-      <rowOff>31749</rowOff>
+      <col>2</col>
+      <colOff>1494</colOff>
+      <row>50</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="8153400"/>
+          <a:off x="457200" y="7467600"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1043,85 +1061,85 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr codeName="Sheet8">
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L71"/>
+  <dimension ref="A1:L60"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7109375" defaultRowHeight="15"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...4 lines deleted...]
-    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="6.5703125" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="34.42578125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="18.85546875" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="14.140625" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="12.5703125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.85546875" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
-    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="12.5703125" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
-    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
-[...2 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="7.5703125" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="15.85546875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.5703125" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7109375" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="18.75" customHeight="1" s="83">
+      <c r="A1" s="82" t="n"/>
+      <c r="B1" s="82" t="inlineStr">
         <is>
           <t>DSP Gilt Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="3" t="inlineStr">
         <is>
-          <t>Portfolio as on December 31, 2025</t>
+          <t>Portfolio as on January 31, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
@@ -1153,579 +1171,435 @@
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>6.90% GOI 2065</t>
+          <t>7.24% GOI 2055</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>IN0020250018</t>
+          <t>IN0020250075</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E8" s="11" t="n">
-        <v>39000000</v>
+        <v>51500000</v>
       </c>
       <c r="F8" s="5" t="n">
-        <v>37368.66</v>
+        <v>52485.82</v>
       </c>
       <c r="G8" s="6" t="n">
-        <v>0.2892</v>
+        <v>0.4131</v>
       </c>
       <c r="H8" s="7" t="n">
-        <v>60372</v>
+        <v>56844</v>
       </c>
       <c r="J8" s="5" t="n">
-        <v>7.3386</v>
+        <v>7.3533</v>
       </c>
       <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>7.24% GOI 2055</t>
+          <t>6.90% GOI 2065</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>IN0020250075</t>
+          <t>IN0020250018</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E9" s="11" t="n">
-        <v>25500000</v>
+        <v>37500000</v>
       </c>
       <c r="F9" s="5" t="n">
-        <v>26112.5</v>
+        <v>35835.02</v>
       </c>
       <c r="G9" s="6" t="n">
-        <v>0.2021</v>
+        <v>0.282</v>
       </c>
       <c r="H9" s="7" t="n">
-        <v>56844</v>
+        <v>60372</v>
       </c>
       <c r="J9" s="5" t="n">
-        <v>7.2615</v>
+        <v>7.4076</v>
       </c>
       <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L9" s="6" t="n">
-        <v>0.8699</v>
+        <v>0.9639</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="n">
         <v>3</v>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>6.68% GOI 2040</t>
+          <t>6.48% GOI 2035</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>IN0020250042</t>
+          <t>IN0020250091</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E10" s="11" t="n">
-        <v>19000000</v>
+        <v>25000000</v>
       </c>
       <c r="F10" s="5" t="n">
-        <v>19063.28</v>
+        <v>25140.15</v>
       </c>
       <c r="G10" s="6" t="n">
-        <v>0.1475</v>
+        <v>0.1979</v>
       </c>
       <c r="H10" s="7" t="n">
-        <v>51324</v>
+        <v>49588</v>
       </c>
       <c r="J10" s="5" t="n">
-        <v>7.0007</v>
+        <v>6.6952</v>
       </c>
       <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L10" s="6" t="n">
-        <v>0.1301</v>
+        <v>0.0361</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="n">
         <v>4</v>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>7.30% GOI 2053</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>IN0020230051</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E11" s="11" t="n">
-        <v>15000000</v>
+        <v>9000000</v>
       </c>
       <c r="F11" s="5" t="n">
-        <v>15063.04</v>
+        <v>9014.360000000001</v>
       </c>
       <c r="G11" s="6" t="n">
-        <v>0.1166</v>
+        <v>0.0709</v>
       </c>
       <c r="H11" s="7" t="n">
         <v>56054</v>
       </c>
       <c r="J11" s="5" t="n">
-        <v>7.2847</v>
+        <v>7.3581</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="1" t="n">
+      <c r="A12" s="8" t="n"/>
+      <c r="B12" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C12" s="8" t="n"/>
+      <c r="D12" s="8" t="n"/>
+      <c r="E12" s="8" t="n"/>
+      <c r="F12" s="9" t="n">
+        <v>122475.35</v>
+      </c>
+      <c r="G12" s="10" t="n">
+        <v>0.9639</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="B14" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
         <v>5</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
-[...67 lines deleted...]
-      <c r="B14" s="8" t="inlineStr">
+      <c r="B15" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F15" s="5" t="n">
+        <v>19431.85</v>
+      </c>
+      <c r="G15" s="6" t="n">
+        <v>0.1529</v>
+      </c>
+      <c r="H15" s="7" t="n">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="8" t="n"/>
+      <c r="B16" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C14" s="8" t="n"/>
-[...32 lines deleted...]
-        <v>46023</v>
+      <c r="C16" s="8" t="n"/>
+      <c r="D16" s="8" t="n"/>
+      <c r="E16" s="8" t="n"/>
+      <c r="F16" s="9" t="n">
+        <v>19431.85</v>
+      </c>
+      <c r="G16" s="10" t="n">
+        <v>0.1529</v>
       </c>
     </row>
     <row r="18">
-      <c r="A18" s="8" t="n"/>
-      <c r="B18" s="8" t="inlineStr">
+      <c r="B18" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E19" s="11" t="n"/>
+      <c r="F19" s="5" t="n">
+        <v>-14852.22</v>
+      </c>
+      <c r="G19" s="6" t="n">
+        <v>-0.1168</v>
+      </c>
+      <c r="J19" s="5" t="n"/>
+    </row>
+    <row r="20">
+      <c r="A20" s="8" t="n"/>
+      <c r="B20" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C18" s="8" t="n"/>
-[...29 lines deleted...]
-      <c r="J21" s="5" t="n"/>
+      <c r="C20" s="8" t="n"/>
+      <c r="D20" s="8" t="n"/>
+      <c r="E20" s="8" t="n"/>
+      <c r="F20" s="9" t="n">
+        <v>-14852.22</v>
+      </c>
+      <c r="G20" s="10" t="n">
+        <v>-0.1168</v>
+      </c>
     </row>
     <row r="22">
-      <c r="A22" s="8" t="n"/>
-[...12 lines deleted...]
-        <v>0.0037</v>
+      <c r="A22" s="4" t="n"/>
+      <c r="B22" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C22" s="4" t="n"/>
+      <c r="D22" s="4" t="n"/>
+      <c r="E22" s="4" t="n"/>
+      <c r="F22" s="12" t="n">
+        <v>127054.98</v>
+      </c>
+      <c r="G22" s="13" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
       </c>
     </row>
     <row r="24">
-      <c r="A24" s="4" t="n"/>
-[...11 lines deleted...]
-      <c r="G24" s="13" t="n">
+      <c r="A24" s="14" t="n">
         <v>1</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="B26" s="15" t="inlineStr">
+      <c r="B24" s="14" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="27" ht="27" customHeight="1" s="74">
-[...70 lines deleted...]
-      <c r="B34" s="95" t="inlineStr">
+    <row r="26" ht="16.5" customHeight="1" s="83">
+      <c r="B26" s="75" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="46" ht="14.5" customHeight="1" s="74">
-      <c r="B46" s="95" t="inlineStr">
+    <row r="40" ht="16.5" customHeight="1" s="83">
+      <c r="B40" s="75" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Dynamic Gilt Index</t>
         </is>
       </c>
     </row>
-    <row r="61">
-[...1 lines deleted...]
-      <c r="C61" s="18" t="inlineStr">
+    <row r="53">
+      <c r="B53" s="15" t="n"/>
+      <c r="C53" s="17" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="62">
-      <c r="B62" s="16" t="inlineStr">
+    <row r="54">
+      <c r="B54" s="15" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C62" s="18" t="inlineStr">
+      <c r="C54" s="17" t="inlineStr">
         <is>
           <t>DSP Gilt Fund</t>
         </is>
       </c>
     </row>
-    <row r="63">
-      <c r="B63" s="16" t="inlineStr">
+    <row r="55">
+      <c r="B55" s="15" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C63" s="19" t="n"/>
-[...2 lines deleted...]
-      <c r="B64" s="16" t="inlineStr">
+      <c r="C55" s="18" t="n"/>
+    </row>
+    <row r="56">
+      <c r="B56" s="15" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C64" s="20" t="n">
-[...4 lines deleted...]
-      <c r="B65" s="16" t="inlineStr">
+      <c r="C56" s="19" t="n">
+        <v>0.0731</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="B57" s="15" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C65" s="19" t="n">
-[...4 lines deleted...]
-      <c r="B66" s="16" t="inlineStr">
+      <c r="C57" s="18" t="n">
+        <v>10.93</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="B58" s="15" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C66" s="19" t="n">
-[...4 lines deleted...]
-      <c r="B67" s="16" t="inlineStr">
+      <c r="C58" s="18" t="n">
+        <v>27.14</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="B59" s="15" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C67" s="21" t="n">
-[...4 lines deleted...]
-      <c r="B68" s="17" t="inlineStr">
+      <c r="C59" s="20" t="n">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="B60" s="16" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C68" s="18" t="n"/>
-[...2 lines deleted...]
-      <c r="B71" s="72" t="n"/>
+      <c r="C60" s="17" t="n"/>
     </row>
   </sheetData>
-  <mergeCells count="2">
-    <mergeCell ref="B28:G28"/>
+  <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 