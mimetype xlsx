--- v0 (2025-10-19)
+++ v1 (2025-11-08)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="997" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="945" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="CREDITRISK" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="22">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
@@ -157,50 +157,57 @@
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
@@ -334,66 +341,67 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="112">
+  <cellXfs count="106">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -449,212 +457,195 @@
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="10" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...40 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
@@ -719,51 +710,51 @@
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
       <row>66</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
       <row>75</row>
-      <rowOff>31749</rowOff>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="10026650"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
@@ -1058,90 +1049,90 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dspim.com/media/pages/mandatory-disclosures/disclosures-for-deviation-in-valuation-price/9b5bdcb45d-1720430633/il-amp-fs-energy-devlopment-company-limited.pdf" TargetMode="External" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L101"/>
+  <dimension ref="A1:L104"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
     <col width="42.26953125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
     <col width="19" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
     <col width="21.1796875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
-    <col width="14.54296875" customWidth="1" style="2" min="5" max="5"/>
+    <col width="13.1796875" customWidth="1" style="2" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
     <col width="29" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
     <col width="30.1796875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
     <row r="1" ht="19" customHeight="1" s="74">
       <c r="A1" s="73" t="n"/>
       <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Credit Risk Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="4" t="inlineStr">
         <is>
-          <t>Portfolio as on October 15, 2025</t>
+          <t>Portfolio as on October 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
@@ -1232,1330 +1223,1333 @@
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="9" t="n"/>
       <c r="B9" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C9" s="9" t="n"/>
       <c r="D9" s="9" t="n"/>
       <c r="E9" s="9" t="n"/>
       <c r="F9" s="10" t="n">
         <v>1860.97</v>
       </c>
       <c r="G9" s="11" t="n">
         <v>0.0893</v>
       </c>
       <c r="K9" s="2" t="inlineStr">
         <is>
           <t>CRISIL AA</t>
         </is>
       </c>
       <c r="L9" s="7" t="n">
-        <v>0.2986</v>
+        <v>0.2996</v>
       </c>
     </row>
     <row r="10">
       <c r="K10" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L10" s="7" t="n">
-        <v>0.2202</v>
+        <v>0.2197</v>
       </c>
     </row>
     <row r="11">
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
       <c r="K11" s="2" t="inlineStr">
         <is>
           <t>CARE AA</t>
         </is>
       </c>
       <c r="L11" s="7" t="n">
-        <v>0.1255</v>
+        <v>0.1259</v>
       </c>
     </row>
     <row r="12">
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
       <c r="K12" s="2" t="inlineStr">
         <is>
           <t>ICRA AA</t>
         </is>
       </c>
       <c r="L12" s="7" t="n">
-        <v>0.0994</v>
+        <v>0.0998</v>
       </c>
     </row>
     <row r="13">
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
       <c r="K13" s="2" t="inlineStr">
         <is>
           <t>Transport Infrastructure</t>
         </is>
       </c>
       <c r="L13" s="7" t="n">
         <v>0.0893</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
         <v>2</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Tata Housing Development Company Limited**</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>INE582L08060</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>CARE AA</t>
         </is>
       </c>
       <c r="E14" s="12" t="n">
         <v>1500</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>1599.38</v>
+        <v>1603.71</v>
       </c>
       <c r="G14" s="7" t="n">
-        <v>0.0767</v>
+        <v>0.0769</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>46688</v>
       </c>
       <c r="I14" s="2" t="inlineStr">
         <is>
           <t>PU - 12-Dec-2025 CA - 12-Dec-2025</t>
         </is>
       </c>
       <c r="J14" s="6" t="n">
-        <v>6.4351</v>
+        <v>6.5202</v>
       </c>
       <c r="K14" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="L14" s="7" t="n">
-        <v>0.0495</v>
+        <v>0.0497</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
         <v>3</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Nirma Limited**</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>INE091A07216</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>CRISIL AA</t>
         </is>
       </c>
       <c r="E15" s="12" t="n">
         <v>1500</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>1587.83</v>
+        <v>1592.29</v>
       </c>
       <c r="G15" s="7" t="n">
-        <v>0.0762</v>
+        <v>0.0764</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>46119</v>
       </c>
       <c r="I15" s="2" t="inlineStr">
         <is>
           <t>PU - 23-Feb-2026 CA - 23-Feb-2026</t>
         </is>
       </c>
       <c r="J15" s="6" t="n">
-        <v>6.9649</v>
+        <v>7.0149</v>
       </c>
       <c r="K15" s="2" t="inlineStr">
         <is>
           <t>IND AA</t>
         </is>
       </c>
       <c r="L15" s="7" t="n">
-        <v>0.0489</v>
+        <v>0.0491</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
         <v>4</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Aditya Birla Renewables Limited**</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>INE01QP08016</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>CRISIL AA</t>
         </is>
       </c>
       <c r="E16" s="12" t="n">
         <v>1500</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>1532.33</v>
+        <v>1536.77</v>
       </c>
       <c r="G16" s="7" t="n">
-        <v>0.0735</v>
+        <v>0.0737</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>46654</v>
       </c>
       <c r="J16" s="6" t="n">
-        <v>7.65</v>
+        <v>7.67</v>
       </c>
       <c r="K16" s="2" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
       <c r="L16" s="7" t="n">
         <v>0.0032</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
         <v>5</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Aadhar Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>INE883F07330</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>ICRA AA</t>
         </is>
       </c>
       <c r="E17" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>1073.22</v>
+        <v>1075.93</v>
       </c>
       <c r="G17" s="7" t="n">
-        <v>0.0515</v>
+        <v>0.0516</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>46620</v>
       </c>
       <c r="J17" s="6" t="n">
-        <v>7.58</v>
+        <v>7.625</v>
       </c>
       <c r="K17" s="2" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L17" s="7" t="n">
-        <v>0.0654</v>
+        <v>0.06370000000000001</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
         <v>6</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
           <t>Aditya Birla Real Estate Limited**</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>INE055A08037</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>CRISIL AA</t>
         </is>
       </c>
       <c r="E18" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>1033.74</v>
+        <v>1036.8</v>
       </c>
       <c r="G18" s="7" t="n">
-        <v>0.0496</v>
+        <v>0.0497</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>46137</v>
       </c>
       <c r="J18" s="6" t="n">
-        <v>7.26</v>
+        <v>7.2851</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
         <v>7</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>Sikka Ports &amp; Terminals Limited**</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>INE941D07208</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E19" s="12" t="n">
         <v>100</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>1032.53</v>
+        <v>1035.35</v>
       </c>
       <c r="G19" s="7" t="n">
-        <v>0.0495</v>
+        <v>0.0497</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>46134</v>
       </c>
       <c r="J19" s="6" t="n">
-        <v>6.575</v>
+        <v>6.59</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
         <v>8</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>Tata Projects Limited**</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>INE725H08154</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>IND AA</t>
         </is>
       </c>
       <c r="E20" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>1020.06</v>
+        <v>1022.95</v>
       </c>
       <c r="G20" s="7" t="n">
-        <v>0.0489</v>
+        <v>0.0491</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>46059</v>
       </c>
       <c r="J20" s="6" t="n">
-        <v>6.885</v>
+        <v>6.935</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
         <v>9</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Nuvama Wealth Finance Limited**</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>INE918K07PY9</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>CARE AA</t>
         </is>
       </c>
       <c r="E21" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>1016.28</v>
+        <v>1020.79</v>
       </c>
       <c r="G21" s="7" t="n">
-        <v>0.0488</v>
+        <v>0.049</v>
       </c>
       <c r="H21" s="8" t="n">
         <v>46549</v>
       </c>
       <c r="J21" s="6" t="n">
-        <v>8.977399999999999</v>
+        <v>8.9307</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
         <v>10</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
           <t>JTPM Metal Traders Limited**</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>INE02PE08036</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>CRISIL AA</t>
         </is>
       </c>
       <c r="E22" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>1013.31</v>
+        <v>1019.1</v>
       </c>
       <c r="G22" s="7" t="n">
-        <v>0.0486</v>
+        <v>0.0489</v>
       </c>
       <c r="H22" s="8" t="n">
         <v>47025</v>
       </c>
       <c r="I22" s="2" t="inlineStr">
         <is>
           <t>PU - 29-09-2028 CA - 29-09-2028</t>
         </is>
       </c>
       <c r="J22" s="6" t="n">
-        <v>8.0284</v>
+        <v>8.0703</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
         <v>11</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Piramal Finance Limited</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>INE202B07JW4</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>ICRA AA</t>
         </is>
       </c>
       <c r="E23" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>999.02</v>
+        <v>1005.54</v>
       </c>
       <c r="G23" s="7" t="n">
-        <v>0.0479</v>
+        <v>0.0482</v>
       </c>
       <c r="H23" s="8" t="n">
         <v>46689</v>
       </c>
       <c r="J23" s="6" t="n">
-        <v>8.8344</v>
+        <v>8.6752</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
         <v>12</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
           <t>360 One Prime Limited**</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>INE248U07EQ0</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>CRISIL AA</t>
         </is>
       </c>
       <c r="E24" s="12" t="n">
         <v>50000</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>536.36</v>
+        <v>538.1900000000001</v>
       </c>
       <c r="G24" s="7" t="n">
-        <v>0.0257</v>
+        <v>0.0258</v>
       </c>
       <c r="H24" s="8" t="n">
         <v>46040</v>
       </c>
       <c r="J24" s="6" t="n">
-        <v>7.8258</v>
+        <v>7.8004</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
         <v>13</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Tata Projects Limited**</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>INE725H08196</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>CRISIL AA</t>
         </is>
       </c>
       <c r="E25" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>521.22</v>
+        <v>522.7</v>
       </c>
       <c r="G25" s="7" t="n">
-        <v>0.025</v>
+        <v>0.0251</v>
       </c>
       <c r="H25" s="8" t="n">
         <v>46505</v>
       </c>
       <c r="J25" s="6" t="n">
-        <v>7.32</v>
+        <v>7.34</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="9" t="n"/>
       <c r="B26" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C26" s="9" t="n"/>
       <c r="D26" s="9" t="n"/>
       <c r="E26" s="9" t="n"/>
       <c r="F26" s="10" t="n">
-        <v>12965.28</v>
+        <v>13010.12</v>
       </c>
       <c r="G26" s="11" t="n">
-        <v>0.6219</v>
+        <v>0.6241</v>
       </c>
     </row>
     <row r="28">
       <c r="B28" s="4" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
         <v>14</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
           <t>6.48% GOI 2035</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
           <t>IN0020250091</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E29" s="12" t="n">
         <v>2000000</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>2011.97</v>
+        <v>2010.58</v>
       </c>
       <c r="G29" s="7" t="n">
-        <v>0.0965</v>
+        <v>0.0964</v>
       </c>
       <c r="H29" s="8" t="n">
         <v>49588</v>
       </c>
       <c r="J29" s="6" t="n">
-        <v>6.4222</v>
+        <v>6.4683</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
         <v>15</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
           <t>6.92% GOI 2039</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>IN0020240134</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E30" s="12" t="n">
         <v>1000000</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>1041.85</v>
+        <v>1033.35</v>
       </c>
       <c r="G30" s="7" t="n">
-        <v>0.05</v>
+        <v>0.0496</v>
       </c>
       <c r="H30" s="8" t="n">
         <v>51092</v>
       </c>
       <c r="J30" s="6" t="n">
-        <v>6.77</v>
+        <v>6.8968</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
         <v>16</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
           <t>7.10% GOI 2034</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>IN0020240019</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E31" s="12" t="n">
         <v>500000</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>519</v>
+        <v>518.37</v>
       </c>
       <c r="G31" s="7" t="n">
         <v>0.0249</v>
       </c>
       <c r="H31" s="8" t="n">
         <v>49042</v>
       </c>
       <c r="J31" s="6" t="n">
-        <v>6.5332</v>
+        <v>6.5951</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
         <v>17</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
           <t>6.79% GOI 2034</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>IN0020240126</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E32" s="12" t="n">
         <v>500000</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>509.45</v>
+        <v>509.05</v>
       </c>
       <c r="G32" s="7" t="n">
         <v>0.0244</v>
       </c>
       <c r="H32" s="8" t="n">
         <v>49224</v>
       </c>
       <c r="J32" s="6" t="n">
-        <v>6.5333</v>
+        <v>6.5856</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
         <v>18</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
           <t>6.33% GOI 2035</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>IN0020250026</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E33" s="12" t="n">
         <v>500000</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>508.76</v>
+        <v>508.37</v>
       </c>
       <c r="G33" s="7" t="n">
         <v>0.0244</v>
       </c>
       <c r="H33" s="8" t="n">
         <v>49434</v>
       </c>
       <c r="J33" s="6" t="n">
-        <v>6.4826</v>
+        <v>6.5329</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="9" t="n"/>
       <c r="B34" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C34" s="9" t="n"/>
       <c r="D34" s="9" t="n"/>
       <c r="E34" s="9" t="n"/>
       <c r="F34" s="10" t="n">
-        <v>4591.03</v>
+        <v>4579.72</v>
       </c>
       <c r="G34" s="11" t="n">
-        <v>0.2202</v>
+        <v>0.2197</v>
       </c>
     </row>
     <row r="36">
       <c r="B36" s="4" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
         <v>19</v>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
       <c r="F37" s="6" t="n">
-        <v>1784.84</v>
+        <v>1765.5</v>
       </c>
       <c r="G37" s="7" t="n">
-        <v>0.0857</v>
+        <v>0.0847</v>
       </c>
       <c r="H37" s="8" t="n">
-        <v>45946</v>
+        <v>45964</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="9" t="n"/>
       <c r="B38" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C38" s="9" t="n"/>
       <c r="D38" s="9" t="n"/>
       <c r="E38" s="9" t="n"/>
       <c r="F38" s="10" t="n">
-        <v>1784.84</v>
+        <v>1765.5</v>
       </c>
       <c r="G38" s="11" t="n">
-        <v>0.0857</v>
+        <v>0.0847</v>
       </c>
     </row>
     <row r="40">
       <c r="B40" s="4" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2" t="n">
         <v>20</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
           <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>INF0RQ622028</t>
         </is>
       </c>
       <c r="E41" s="12" t="n">
         <v>585.071</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>66.8</v>
+        <v>66.94</v>
       </c>
       <c r="G41" s="7" t="n">
         <v>0.0032</v>
       </c>
       <c r="J41" s="6" t="n"/>
     </row>
     <row r="42">
       <c r="A42" s="9" t="n"/>
       <c r="B42" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C42" s="9" t="n"/>
       <c r="D42" s="9" t="n"/>
       <c r="E42" s="9" t="n"/>
       <c r="F42" s="10" t="n">
-        <v>66.8</v>
+        <v>66.94</v>
       </c>
       <c r="G42" s="11" t="n">
         <v>0.0032</v>
       </c>
     </row>
     <row r="44">
       <c r="B44" s="4" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="B45" s="2" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
       <c r="E45" s="12" t="n"/>
       <c r="F45" s="6" t="n">
-        <v>-427.18</v>
+        <v>-436.07</v>
       </c>
       <c r="G45" s="7" t="n">
-        <v>-0.0203</v>
+        <v>-0.021</v>
       </c>
       <c r="J45" s="6" t="n"/>
     </row>
     <row r="46">
       <c r="A46" s="9" t="n"/>
       <c r="B46" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C46" s="9" t="n"/>
       <c r="D46" s="9" t="n"/>
       <c r="E46" s="9" t="n"/>
       <c r="F46" s="10" t="n">
-        <v>-427.18</v>
+        <v>-436.07</v>
       </c>
       <c r="G46" s="11" t="n">
-        <v>-0.0203</v>
+        <v>-0.021</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="n"/>
       <c r="B48" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
       <c r="C48" s="5" t="n"/>
       <c r="D48" s="5" t="n"/>
       <c r="E48" s="5" t="n"/>
       <c r="F48" s="13" t="n">
-        <v>20841.74</v>
+        <v>20847.18</v>
       </c>
       <c r="G48" s="14" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2" t="n">
         <v>1</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
     <row r="51">
-      <c r="A51" s="15" t="n">
+      <c r="A51" s="16" t="n">
         <v>2</v>
       </c>
-      <c r="B51" s="15" t="inlineStr">
+      <c r="B51" s="16" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
     <row r="52" ht="27" customHeight="1" s="74">
-      <c r="A52" s="15" t="n">
+      <c r="A52" s="16" t="n">
         <v>3</v>
       </c>
-      <c r="B52" s="15" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A53" s="22" t="n">
+      <c r="B52" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" ht="59.15" customHeight="1" s="74">
+      <c r="A53" s="23" t="n">
         <v>4</v>
       </c>
-      <c r="B53" s="76" t="inlineStr">
+      <c r="B53" s="83" t="inlineStr">
         <is>
           <t>In case of below securities, DSP Mutual Fund has ignored prices provided by valuation agencies. Disclosure vide circular no. SEBI/HO/IMD/DF4/CIR/P/2019/41 dated March 22, 2019 &amp; SEBI/HO/IMD/DF4/CIR/P/2019/102 dated September 24,2019  for detailed rationale along with other details are available at the below mentioned links</t>
         </is>
       </c>
-      <c r="C53" s="107" t="n"/>
-[...2 lines deleted...]
-      <c r="F53" s="107" t="n"/>
+      <c r="C53" s="101" t="n"/>
+      <c r="D53" s="101" t="n"/>
+      <c r="E53" s="101" t="n"/>
+      <c r="F53" s="101" t="n"/>
     </row>
     <row r="54" ht="14.5" customHeight="1" s="74">
-      <c r="A54" s="22" t="n"/>
-      <c r="B54" s="32" t="inlineStr">
+      <c r="A54" s="23" t="n"/>
+      <c r="B54" s="33" t="inlineStr">
         <is>
           <t>Name of the securities</t>
         </is>
       </c>
-      <c r="C54" s="32" t="inlineStr">
+      <c r="C54" s="33" t="inlineStr">
         <is>
           <t>No of Instances</t>
         </is>
       </c>
-      <c r="D54" s="104" t="inlineStr">
+      <c r="D54" s="85" t="inlineStr">
         <is>
           <t>Links</t>
         </is>
       </c>
-      <c r="E54" s="108" t="n"/>
-[...4 lines deleted...]
-      <c r="B55" s="42" t="inlineStr">
+      <c r="E54" s="102" t="n"/>
+      <c r="F54" s="103" t="n"/>
+    </row>
+    <row r="55" ht="74.5" customHeight="1" s="74">
+      <c r="A55" s="23" t="n"/>
+      <c r="B55" s="43" t="inlineStr">
         <is>
           <t>Il&amp;Fs Energy Development Company Limited (Maturity Date : 28-Jun-2019)</t>
         </is>
       </c>
-      <c r="C55" s="33" t="n">
+      <c r="C55" s="34" t="n">
         <v>309</v>
       </c>
-      <c r="D55" s="110" t="inlineStr">
+      <c r="D55" s="104" t="inlineStr">
         <is>
           <t>https://www.dspim.com/media/pages/mandatory-disclosures/disclosures-for-deviation-in-valuation-price/9b5bdcb45d-1720430633/il-amp-fs-energy-devlopment-company-limited.pdf</t>
         </is>
       </c>
-      <c r="E55" s="108" t="n"/>
-[...4 lines deleted...]
-      <c r="B56" s="42" t="inlineStr">
+      <c r="E55" s="102" t="n"/>
+      <c r="F55" s="103" t="n"/>
+    </row>
+    <row r="56" ht="75" customHeight="1" s="74">
+      <c r="A56" s="23" t="n"/>
+      <c r="B56" s="43" t="inlineStr">
         <is>
           <t>Il&amp;Fs Energy Development Company Limited (Maturity Date : 07-Jun-2019)</t>
         </is>
       </c>
-      <c r="C56" s="33" t="n">
+      <c r="C56" s="34" t="n">
         <v>309</v>
       </c>
-      <c r="D56" s="111" t="inlineStr">
+      <c r="D56" s="105" t="inlineStr">
         <is>
           <t>https://www.dspim.com/media/pages/mandatory-disclosures/disclosures-for-deviation-in-valuation-price/9b5bdcb45d-1720430633/il-amp-fs-energy-devlopment-company-limited.pdf</t>
         </is>
       </c>
-      <c r="E56" s="108" t="n"/>
-[...4 lines deleted...]
-      <c r="B57" s="76" t="inlineStr">
+      <c r="E56" s="102" t="n"/>
+      <c r="F56" s="103" t="n"/>
+    </row>
+    <row r="57" ht="115.5" customHeight="1" s="74">
+      <c r="A57" s="23" t="n"/>
+      <c r="B57" s="83" t="inlineStr">
         <is>
           <t xml:space="preserve">As per SEBI (MUTUAL FUNDS) REGULATIONS, 1996 and  MASTER CIRCULAR SEBI/HO/IMD/IMD-PoD-1/P/CIR/2024/90 Dtd June 27th 2024,  Below are the details of the securities in case of which issuer has defaulted beyond its maturity date. 
 Pursuant to the application filed by the Board of IL&amp;FS with the Hon’ble NCLAT to effect the interim distribution process, DSP Credit Risk Fund has received Interim distribution from IL&amp;FS Transportation Networks Limited and IL&amp;Fs Energy Development Company Limited as stated below. The cash distribution has been recognized as realized income passed on to the investors through NAV. The impact of InVITs has been factored in the NAV of the respective scheme on the March 07,2025 on which the INVITs were allotted.The provision of 10% is created on all the distributions of ITNL including prior distribution to safeguard the interest of unit holders as ITNL may claw back the amount in case the distribution results in excess distribution than what the debenture holders ought to have received.  </t>
         </is>
       </c>
-      <c r="C57" s="107" t="n"/>
-[...5 lines deleted...]
-      <c r="I57" s="107" t="n"/>
+      <c r="C57" s="101" t="n"/>
+      <c r="D57" s="101" t="n"/>
+      <c r="E57" s="101" t="n"/>
+      <c r="F57" s="101" t="n"/>
+      <c r="G57" s="101" t="n"/>
+      <c r="H57" s="101" t="n"/>
+      <c r="I57" s="101" t="n"/>
     </row>
     <row r="58" ht="81" customHeight="1" s="74">
-      <c r="B58" s="83" t="inlineStr">
+      <c r="B58" s="84" t="inlineStr">
         <is>
           <t>Security Name</t>
         </is>
       </c>
-      <c r="C58" s="83" t="inlineStr">
+      <c r="C58" s="84" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D58" s="83" t="inlineStr">
+      <c r="D58" s="84" t="inlineStr">
         <is>
           <t>value of the security considered under net receivables (i.e. value recognized in NAV in absolute terms and as % to NAV)
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="E58" s="109" t="n"/>
-      <c r="F58" s="83" t="inlineStr">
+      <c r="E58" s="103" t="n"/>
+      <c r="F58" s="84" t="inlineStr">
         <is>
           <t>total amount (including principal and interest) that is due to the scheme on that investment
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="G58" s="83" t="inlineStr">
+      <c r="G58" s="84" t="inlineStr">
         <is>
           <t>Interim Distribution received (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="H58" s="83" t="inlineStr">
+      <c r="H58" s="84" t="inlineStr">
         <is>
           <t>Date of passing Interim Distribution recognized in NAV</t>
         </is>
       </c>
-      <c r="I58" s="35" t="inlineStr">
+      <c r="I58" s="36" t="inlineStr">
         <is>
           <t>Interim Distribution 2(Units) INR at Unit Face Value Rs. 100 (Rs. In Lakhs)</t>
         </is>
       </c>
     </row>
     <row r="59" ht="27" customHeight="1" s="74">
-      <c r="B59" s="36" t="inlineStr">
+      <c r="B59" s="37" t="inlineStr">
         <is>
           <t>0% IL&amp;Fs Transportation Networks Limited Ncd Series A 23032019</t>
         </is>
       </c>
-      <c r="C59" s="36" t="inlineStr">
+      <c r="C59" s="37" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D59" s="37" t="n">
+      <c r="D59" s="38" t="n">
         <v>0</v>
       </c>
-      <c r="E59" s="38" t="n">
+      <c r="E59" s="39" t="n">
         <v>0</v>
       </c>
-      <c r="F59" s="37" t="n">
+      <c r="F59" s="38" t="n">
         <v>23396.176713</v>
       </c>
-      <c r="G59" s="39" t="inlineStr">
+      <c r="G59" s="40" t="inlineStr">
         <is>
           <t>1459.66
 738.78</t>
         </is>
       </c>
-      <c r="H59" s="40" t="inlineStr">
+      <c r="H59" s="41" t="inlineStr">
         <is>
           <t>19-10-2023
 27-02-2025</t>
         </is>
       </c>
-      <c r="I59" s="41" t="n">
+      <c r="I59" s="42" t="n">
         <v>2588.67</v>
       </c>
     </row>
     <row r="60" ht="27" customHeight="1" s="74">
-      <c r="B60" s="36" t="inlineStr">
+      <c r="B60" s="37" t="inlineStr">
         <is>
           <t>0% IL&amp;Fs Energy Development Company Limited Ncd 07062019</t>
         </is>
       </c>
-      <c r="C60" s="36" t="inlineStr">
+      <c r="C60" s="37" t="inlineStr">
         <is>
           <t>INE938L08049</t>
         </is>
       </c>
-      <c r="D60" s="37" t="n">
+      <c r="D60" s="38" t="n">
         <v>0</v>
       </c>
-      <c r="E60" s="38" t="n">
+      <c r="E60" s="39" t="n">
         <v>0</v>
       </c>
-      <c r="F60" s="37" t="n">
+      <c r="F60" s="38" t="n">
         <v>13861.96</v>
       </c>
-      <c r="G60" s="39" t="inlineStr">
+      <c r="G60" s="40" t="inlineStr">
         <is>
           <t>12.03
 5.01</t>
         </is>
       </c>
-      <c r="H60" s="40" t="inlineStr">
+      <c r="H60" s="41" t="inlineStr">
         <is>
           <t>06-07-2023
 01-03-2024</t>
         </is>
       </c>
-      <c r="I60" s="41" t="inlineStr">
+      <c r="I60" s="42" t="inlineStr">
         <is>
           <t>NIL</t>
         </is>
       </c>
     </row>
     <row r="61" ht="27" customHeight="1" s="74">
-      <c r="B61" s="36" t="inlineStr">
+      <c r="B61" s="37" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Energy Development Company Limited Ncd 28062019</t>
         </is>
       </c>
-      <c r="C61" s="36" t="inlineStr">
+      <c r="C61" s="37" t="inlineStr">
         <is>
           <t>INE938L08056</t>
         </is>
       </c>
-      <c r="D61" s="37" t="n">
+      <c r="D61" s="38" t="n">
         <v>0</v>
       </c>
-      <c r="E61" s="38" t="n">
+      <c r="E61" s="39" t="n">
         <v>0</v>
       </c>
-      <c r="F61" s="37" t="n">
+      <c r="F61" s="38" t="n">
         <v>10645.019</v>
       </c>
-      <c r="G61" s="39" t="inlineStr">
+      <c r="G61" s="40" t="inlineStr">
         <is>
           <t>9.19
 3.82</t>
         </is>
       </c>
-      <c r="H61" s="40" t="inlineStr">
+      <c r="H61" s="41" t="inlineStr">
         <is>
           <t>06-07-2023
 01-03-2024</t>
         </is>
       </c>
-      <c r="I61" s="41" t="inlineStr">
+      <c r="I61" s="42" t="inlineStr">
         <is>
           <t>NIL</t>
         </is>
       </c>
     </row>
     <row r="65" ht="14.5" customHeight="1" s="74">
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
     <row r="79" ht="14.5" customHeight="1" s="74">
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Credit Risk Debt B-II Index</t>
         </is>
       </c>
     </row>
     <row r="94">
-      <c r="B94" s="16" t="n"/>
-      <c r="C94" s="18" t="inlineStr">
+      <c r="B94" s="17" t="n"/>
+      <c r="C94" s="19" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
     <row r="95">
-      <c r="B95" s="16" t="inlineStr">
+      <c r="B95" s="17" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C95" s="18" t="inlineStr">
+      <c r="C95" s="19" t="inlineStr">
         <is>
           <t>DSP Credit Risk Fund</t>
         </is>
       </c>
     </row>
     <row r="96">
-      <c r="B96" s="16" t="inlineStr">
+      <c r="B96" s="17" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C96" s="19" t="n"/>
+      <c r="C96" s="20" t="n"/>
     </row>
     <row r="97">
-      <c r="B97" s="16" t="inlineStr">
+      <c r="B97" s="17" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C97" s="20" t="n">
-        <v>0.0711</v>
+      <c r="C97" s="21" t="n">
+        <v>0.0716</v>
       </c>
     </row>
     <row r="98">
-      <c r="B98" s="16" t="inlineStr">
+      <c r="B98" s="17" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C98" s="95" t="n">
-        <v>2.6</v>
+      <c r="C98" s="20" t="n">
+        <v>2.55</v>
       </c>
     </row>
     <row r="99">
-      <c r="B99" s="16" t="inlineStr">
+      <c r="B99" s="17" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C99" s="19" t="n">
-        <v>3.44</v>
+      <c r="C99" s="20" t="n">
+        <v>3.39</v>
       </c>
     </row>
     <row r="100">
-      <c r="B100" s="16" t="inlineStr">
+      <c r="B100" s="17" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C100" s="21" t="n">
-        <v>45945</v>
+      <c r="C100" s="22" t="n">
+        <v>45961</v>
       </c>
     </row>
     <row r="101">
-      <c r="B101" s="17" t="inlineStr">
+      <c r="B101" s="18" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C101" s="18" t="n"/>
+      <c r="C101" s="19" t="n"/>
+    </row>
+    <row r="104">
+      <c r="B104" s="4" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="B53:F53"/>
     <mergeCell ref="D54:F54"/>
     <mergeCell ref="D56:F56"/>
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="D58:E58"/>
     <mergeCell ref="B57:I57"/>
     <mergeCell ref="D55:F55"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D55" r:id="rId1"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D55" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId2"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ICRON Research</dc:creator>
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>