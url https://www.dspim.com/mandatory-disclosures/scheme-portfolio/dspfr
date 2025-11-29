--- v1 (2025-11-08)
+++ v2 (2025-11-29)
@@ -1,79 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="945" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="938" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="CREDITRISK" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
   <fonts count="22">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -158,50 +152,58 @@
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
@@ -336,325 +338,305 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="106">
+  <cellXfs count="100">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...35 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...53 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...9 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -703,99 +685,99 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>66</row>
+      <row>65</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>75</row>
+      <row>74</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="10026650"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>80</row>
+      <row>79</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>89</row>
-      <rowOff>31750</rowOff>
+      <row>88</row>
+      <rowOff>31751</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="12439650"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
@@ -1045,1511 +1027,1499 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dspim.com/media/pages/mandatory-disclosures/disclosures-for-deviation-in-valuation-price/9b5bdcb45d-1720430633/il-amp-fs-energy-devlopment-company-limited.pdf" TargetMode="External" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId2" /></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dspim.com/media/pages/mandatory-disclosures/disclosures-for-deviation-in-valuation-price/9b5bdcb45d-1720430633/il-amp-fs-energy-devlopment-company-limited.pdf" TargetMode="External" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dspim.com/media/pages/mandatory-disclosures/disclosures-for-deviation-in-valuation-price/9b5bdcb45d-1720430633/il-amp-fs-energy-devlopment-company-limited.pdf" TargetMode="External" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L104"/>
+  <dimension ref="A1:L100"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="19" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="21.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="12.26953125" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="29" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="72">
+      <c r="A1" s="71" t="n"/>
+      <c r="B1" s="71" t="inlineStr">
         <is>
           <t>DSP Credit Risk Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on November 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>Units issued by REITs &amp; InvITs</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Roadstar Infra Investment Trust</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE0JEI23010</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Transport Infrastructure</t>
         </is>
       </c>
-      <c r="E8" s="12" t="n">
+      <c r="E8" s="11" t="n">
         <v>2563667</v>
       </c>
-      <c r="F8" s="6" t="n">
+      <c r="F8" s="5" t="n">
         <v>1860.97</v>
       </c>
-      <c r="G8" s="7" t="n">
-[...2 lines deleted...]
-      <c r="H8" s="8" t="n">
+      <c r="G8" s="6" t="n">
+        <v>0.0892</v>
+      </c>
+      <c r="H8" s="7" t="n">
         <v>2</v>
       </c>
-      <c r="J8" s="6" t="n"/>
-      <c r="K8" s="4" t="inlineStr">
+      <c r="J8" s="5" t="n"/>
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="9" t="n"/>
-      <c r="B9" s="9" t="inlineStr">
+      <c r="A9" s="8" t="n"/>
+      <c r="B9" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C9" s="9" t="n"/>
-[...2 lines deleted...]
-      <c r="F9" s="10" t="n">
+      <c r="C9" s="8" t="n"/>
+      <c r="D9" s="8" t="n"/>
+      <c r="E9" s="8" t="n"/>
+      <c r="F9" s="9" t="n">
         <v>1860.97</v>
       </c>
-      <c r="G9" s="11" t="n">
-[...2 lines deleted...]
-      <c r="K9" s="2" t="inlineStr">
+      <c r="G9" s="10" t="n">
+        <v>0.0892</v>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>CRISIL AA</t>
         </is>
       </c>
-      <c r="L9" s="7" t="n">
-        <v>0.2996</v>
+      <c r="L9" s="6" t="n">
+        <v>0.3002</v>
       </c>
     </row>
     <row r="10">
-      <c r="K10" s="2" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L10" s="7" t="n">
-        <v>0.2197</v>
+      <c r="L10" s="6" t="n">
+        <v>0.2193</v>
       </c>
     </row>
     <row r="11">
-      <c r="B11" s="4" t="inlineStr">
+      <c r="B11" s="3" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
-      <c r="K11" s="2" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>CARE AA</t>
         </is>
       </c>
-      <c r="L11" s="7" t="n">
-        <v>0.1259</v>
+      <c r="L11" s="6" t="n">
+        <v>0.1262</v>
       </c>
     </row>
     <row r="12">
-      <c r="B12" s="4" t="inlineStr">
+      <c r="B12" s="3" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
-      <c r="K12" s="2" t="inlineStr">
+      <c r="K12" s="1" t="inlineStr">
         <is>
           <t>ICRA AA</t>
         </is>
       </c>
-      <c r="L12" s="7" t="n">
-        <v>0.0998</v>
+      <c r="L12" s="6" t="n">
+        <v>0.1001</v>
       </c>
     </row>
     <row r="13">
-      <c r="B13" s="4" t="inlineStr">
+      <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K13" s="2" t="inlineStr">
+      <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Transport Infrastructure</t>
         </is>
       </c>
-      <c r="L13" s="7" t="n">
-        <v>0.0893</v>
+      <c r="L13" s="6" t="n">
+        <v>0.0892</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="2" t="n">
+      <c r="A14" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B14" s="2" t="inlineStr">
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Tata Housing Development Company Limited**</t>
         </is>
       </c>
-      <c r="C14" s="2" t="inlineStr">
+      <c r="C14" s="1" t="inlineStr">
         <is>
           <t>INE582L08060</t>
         </is>
       </c>
-      <c r="D14" s="2" t="inlineStr">
+      <c r="D14" s="1" t="inlineStr">
         <is>
           <t>CARE AA</t>
         </is>
       </c>
-      <c r="E14" s="12" t="n">
+      <c r="E14" s="11" t="n">
         <v>1500</v>
       </c>
-      <c r="F14" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H14" s="8" t="n">
+      <c r="F14" s="5" t="n">
+        <v>1608.17</v>
+      </c>
+      <c r="G14" s="6" t="n">
+        <v>0.0771</v>
+      </c>
+      <c r="H14" s="7" t="n">
         <v>46688</v>
       </c>
-      <c r="I14" s="2" t="inlineStr">
+      <c r="I14" s="1" t="inlineStr">
         <is>
           <t>PU - 12-Dec-2025 CA - 12-Dec-2025</t>
         </is>
       </c>
-      <c r="J14" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K14" s="2" t="inlineStr">
+      <c r="J14" s="5" t="n">
+        <v>6.3648</v>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="L14" s="7" t="n">
+      <c r="L14" s="6" t="n">
+        <v>0.0498</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Nirma Limited**</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE091A07216</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA</t>
+        </is>
+      </c>
+      <c r="E15" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F15" s="5" t="n">
+        <v>1597.08</v>
+      </c>
+      <c r="G15" s="6" t="n">
+        <v>0.0765</v>
+      </c>
+      <c r="H15" s="7" t="n">
+        <v>46119</v>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
+        <is>
+          <t>PU - 23-Feb-2026 CA - 23-Feb-2026</t>
+        </is>
+      </c>
+      <c r="J15" s="5" t="n">
+        <v>6.9301</v>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>IND AA</t>
+        </is>
+      </c>
+      <c r="L15" s="6" t="n">
+        <v>0.0492</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Aditya Birla Renewables Limited**</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE01QP08016</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA</t>
+        </is>
+      </c>
+      <c r="E16" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F16" s="5" t="n">
+        <v>1541.95</v>
+      </c>
+      <c r="G16" s="6" t="n">
+        <v>0.07389999999999999</v>
+      </c>
+      <c r="H16" s="7" t="n">
+        <v>46654</v>
+      </c>
+      <c r="J16" s="5" t="n">
+        <v>7.65</v>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L16" s="6" t="n">
+        <v>0.0032</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Aadhar Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE883F07330</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AA</t>
+        </is>
+      </c>
+      <c r="E17" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F17" s="5" t="n">
+        <v>1080.07</v>
+      </c>
+      <c r="G17" s="6" t="n">
+        <v>0.0518</v>
+      </c>
+      <c r="H17" s="7" t="n">
+        <v>46620</v>
+      </c>
+      <c r="J17" s="5" t="n">
+        <v>7.5699</v>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L17" s="6" t="n">
+        <v>0.06279999999999999</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Aditya Birla Real Estate Limited**</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE055A08037</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA</t>
+        </is>
+      </c>
+      <c r="E18" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F18" s="5" t="n">
+        <v>1039.96</v>
+      </c>
+      <c r="G18" s="6" t="n">
+        <v>0.0498</v>
+      </c>
+      <c r="H18" s="7" t="n">
+        <v>46137</v>
+      </c>
+      <c r="J18" s="5" t="n">
+        <v>7.25</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Sikka Ports &amp; Terminals Limited**</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE941D07208</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E19" s="11" t="n">
+        <v>100</v>
+      </c>
+      <c r="F19" s="5" t="n">
+        <v>1038.23</v>
+      </c>
+      <c r="G19" s="6" t="n">
+        <v>0.0498</v>
+      </c>
+      <c r="H19" s="7" t="n">
+        <v>46134</v>
+      </c>
+      <c r="J19" s="5" t="n">
+        <v>6.555</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Tata Projects Limited**</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE725H08154</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>IND AA</t>
+        </is>
+      </c>
+      <c r="E20" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F20" s="5" t="n">
+        <v>1026.03</v>
+      </c>
+      <c r="G20" s="6" t="n">
+        <v>0.0492</v>
+      </c>
+      <c r="H20" s="7" t="n">
+        <v>46059</v>
+      </c>
+      <c r="J20" s="5" t="n">
+        <v>6.845</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Nuvama Wealth Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE918K07PY9</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>CARE AA</t>
+        </is>
+      </c>
+      <c r="E21" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F21" s="5" t="n">
+        <v>1025.66</v>
+      </c>
+      <c r="G21" s="6" t="n">
+        <v>0.0491</v>
+      </c>
+      <c r="H21" s="7" t="n">
+        <v>46549</v>
+      </c>
+      <c r="J21" s="5" t="n">
+        <v>8.840199999999999</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>JTPM Metal Traders Limited**</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE02PE08036</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA</t>
+        </is>
+      </c>
+      <c r="E22" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F22" s="5" t="n">
+        <v>1023.03</v>
+      </c>
+      <c r="G22" s="6" t="n">
+        <v>0.049</v>
+      </c>
+      <c r="H22" s="7" t="n">
+        <v>47025</v>
+      </c>
+      <c r="I22" s="1" t="inlineStr">
+        <is>
+          <t>PU - 29-09-2028 CA - 29-09-2028</t>
+        </is>
+      </c>
+      <c r="J22" s="5" t="n">
+        <v>8.045500000000001</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Piramal Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE202B07JW4</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AA</t>
+        </is>
+      </c>
+      <c r="E23" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F23" s="5" t="n">
+        <v>1008.83</v>
+      </c>
+      <c r="G23" s="6" t="n">
+        <v>0.0483</v>
+      </c>
+      <c r="H23" s="7" t="n">
+        <v>46689</v>
+      </c>
+      <c r="J23" s="5" t="n">
+        <v>8.684200000000001</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>360 One Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE248U07EQ0</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA</t>
+        </is>
+      </c>
+      <c r="E24" s="11" t="n">
+        <v>50000</v>
+      </c>
+      <c r="F24" s="5" t="n">
+        <v>539.85</v>
+      </c>
+      <c r="G24" s="6" t="n">
+        <v>0.0259</v>
+      </c>
+      <c r="H24" s="7" t="n">
+        <v>46040</v>
+      </c>
+      <c r="J24" s="5" t="n">
+        <v>7.8491</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Tata Projects Limited**</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE725H08196</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA</t>
+        </is>
+      </c>
+      <c r="E25" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F25" s="5" t="n">
+        <v>524.36</v>
+      </c>
+      <c r="G25" s="6" t="n">
+        <v>0.0251</v>
+      </c>
+      <c r="H25" s="7" t="n">
+        <v>46505</v>
+      </c>
+      <c r="J25" s="5" t="n">
+        <v>7.32</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="8" t="n"/>
+      <c r="B26" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C26" s="8" t="n"/>
+      <c r="D26" s="8" t="n"/>
+      <c r="E26" s="8" t="n"/>
+      <c r="F26" s="9" t="n">
+        <v>13053.22</v>
+      </c>
+      <c r="G26" s="10" t="n">
+        <v>0.6254999999999999</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="B28" s="3" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>6.48% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250091</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E29" s="11" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F29" s="5" t="n">
+        <v>2013.74</v>
+      </c>
+      <c r="G29" s="6" t="n">
+        <v>0.0965</v>
+      </c>
+      <c r="H29" s="7" t="n">
+        <v>49588</v>
+      </c>
+      <c r="J29" s="5" t="n">
+        <v>6.4833</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>6.92% GOI 2039</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>IN0020240134</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E30" s="11" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F30" s="5" t="n">
+        <v>1036.71</v>
+      </c>
+      <c r="G30" s="6" t="n">
         <v>0.0497</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A15" s="2" t="n">
+      <c r="H30" s="7" t="n">
+        <v>51092</v>
+      </c>
+      <c r="J30" s="5" t="n">
+        <v>6.8919</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>7.10% GOI 2034</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>IN0020240019</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E31" s="11" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F31" s="5" t="n">
+        <v>520.49</v>
+      </c>
+      <c r="G31" s="6" t="n">
+        <v>0.0249</v>
+      </c>
+      <c r="H31" s="7" t="n">
+        <v>49042</v>
+      </c>
+      <c r="J31" s="5" t="n">
+        <v>6.5732</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>6.79% GOI 2034</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>IN0020240126</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E32" s="11" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F32" s="5" t="n">
+        <v>510.57</v>
+      </c>
+      <c r="G32" s="6" t="n">
+        <v>0.0245</v>
+      </c>
+      <c r="H32" s="7" t="n">
+        <v>49224</v>
+      </c>
+      <c r="J32" s="5" t="n">
+        <v>6.5813</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>6.33% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250026</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E33" s="11" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F33" s="5" t="n">
+        <v>494.02</v>
+      </c>
+      <c r="G33" s="6" t="n">
+        <v>0.0237</v>
+      </c>
+      <c r="H33" s="7" t="n">
+        <v>49434</v>
+      </c>
+      <c r="J33" s="5" t="n">
+        <v>6.5285</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="8" t="n"/>
+      <c r="B34" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C34" s="8" t="n"/>
+      <c r="D34" s="8" t="n"/>
+      <c r="E34" s="8" t="n"/>
+      <c r="F34" s="9" t="n">
+        <v>4575.53</v>
+      </c>
+      <c r="G34" s="10" t="n">
+        <v>0.2193</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="B36" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B37" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F37" s="5" t="n">
+        <v>1739.8</v>
+      </c>
+      <c r="G37" s="6" t="n">
+        <v>0.0833</v>
+      </c>
+      <c r="H37" s="7" t="n">
+        <v>45978</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="8" t="n"/>
+      <c r="B38" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C38" s="8" t="n"/>
+      <c r="D38" s="8" t="n"/>
+      <c r="E38" s="8" t="n"/>
+      <c r="F38" s="9" t="n">
+        <v>1739.8</v>
+      </c>
+      <c r="G38" s="10" t="n">
+        <v>0.0833</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="B40" s="3" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E41" s="11" t="n">
+        <v>585.071</v>
+      </c>
+      <c r="F41" s="5" t="n">
+        <v>67.08</v>
+      </c>
+      <c r="G41" s="6" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J41" s="5" t="n"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="8" t="n"/>
+      <c r="B42" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C42" s="8" t="n"/>
+      <c r="D42" s="8" t="n"/>
+      <c r="E42" s="8" t="n"/>
+      <c r="F42" s="9" t="n">
+        <v>67.08</v>
+      </c>
+      <c r="G42" s="10" t="n">
+        <v>0.0032</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="B44" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="45">
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E45" s="11" t="n"/>
+      <c r="F45" s="5" t="n">
+        <v>-428.53</v>
+      </c>
+      <c r="G45" s="6" t="n">
+        <v>-0.0205</v>
+      </c>
+      <c r="J45" s="5" t="n"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="8" t="n"/>
+      <c r="B46" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C46" s="8" t="n"/>
+      <c r="D46" s="8" t="n"/>
+      <c r="E46" s="8" t="n"/>
+      <c r="F46" s="9" t="n">
+        <v>-428.53</v>
+      </c>
+      <c r="G46" s="10" t="n">
+        <v>-0.0205</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="4" t="n"/>
+      <c r="B48" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C48" s="4" t="n"/>
+      <c r="D48" s="4" t="n"/>
+      <c r="E48" s="4" t="n"/>
+      <c r="F48" s="12" t="n">
+        <v>20868.07</v>
+      </c>
+      <c r="G48" s="13" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="14" t="n">
+        <v>2</v>
+      </c>
+      <c r="B51" s="14" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" ht="60" customHeight="1" s="72">
+      <c r="A52" s="21" t="n">
         <v>3</v>
       </c>
-      <c r="B15" s="2" t="inlineStr">
-[...819 lines deleted...]
-      <c r="B53" s="83" t="inlineStr">
+      <c r="B52" s="73" t="inlineStr">
         <is>
           <t>In case of below securities, DSP Mutual Fund has ignored prices provided by valuation agencies. Disclosure vide circular no. SEBI/HO/IMD/DF4/CIR/P/2019/41 dated March 22, 2019 &amp; SEBI/HO/IMD/DF4/CIR/P/2019/102 dated September 24,2019  for detailed rationale along with other details are available at the below mentioned links</t>
         </is>
       </c>
-      <c r="C53" s="101" t="n"/>
-[...6 lines deleted...]
-      <c r="B54" s="33" t="inlineStr">
+      <c r="C52" s="96" t="n"/>
+      <c r="D52" s="96" t="n"/>
+      <c r="E52" s="96" t="n"/>
+      <c r="F52" s="96" t="n"/>
+    </row>
+    <row r="53" ht="14.5" customHeight="1" s="72">
+      <c r="A53" s="21" t="n"/>
+      <c r="B53" s="31" t="inlineStr">
         <is>
           <t>Name of the securities</t>
         </is>
       </c>
-      <c r="C54" s="33" t="inlineStr">
+      <c r="C53" s="31" t="inlineStr">
         <is>
           <t>No of Instances</t>
         </is>
       </c>
-      <c r="D54" s="85" t="inlineStr">
+      <c r="D53" s="95" t="inlineStr">
         <is>
           <t>Links</t>
         </is>
       </c>
-      <c r="E54" s="102" t="n"/>
-[...4 lines deleted...]
-      <c r="B55" s="43" t="inlineStr">
+      <c r="E53" s="97" t="n"/>
+      <c r="F53" s="98" t="n"/>
+    </row>
+    <row r="54" ht="66.65000000000001" customHeight="1" s="72">
+      <c r="A54" s="21" t="n"/>
+      <c r="B54" s="41" t="inlineStr">
         <is>
           <t>Il&amp;Fs Energy Development Company Limited (Maturity Date : 28-Jun-2019)</t>
         </is>
       </c>
-      <c r="C55" s="34" t="n">
+      <c r="C54" s="32" t="n">
         <v>309</v>
       </c>
-      <c r="D55" s="104" t="inlineStr">
+      <c r="D54" s="99" t="inlineStr">
         <is>
           <t>https://www.dspim.com/media/pages/mandatory-disclosures/disclosures-for-deviation-in-valuation-price/9b5bdcb45d-1720430633/il-amp-fs-energy-devlopment-company-limited.pdf</t>
         </is>
       </c>
-      <c r="E55" s="102" t="n"/>
-[...4 lines deleted...]
-      <c r="B56" s="43" t="inlineStr">
+      <c r="E54" s="97" t="n"/>
+      <c r="F54" s="98" t="n"/>
+    </row>
+    <row r="55" ht="60.65" customHeight="1" s="72">
+      <c r="A55" s="21" t="n"/>
+      <c r="B55" s="41" t="inlineStr">
         <is>
           <t>Il&amp;Fs Energy Development Company Limited (Maturity Date : 07-Jun-2019)</t>
         </is>
       </c>
-      <c r="C56" s="34" t="n">
+      <c r="C55" s="32" t="n">
         <v>309</v>
       </c>
-      <c r="D56" s="105" t="inlineStr">
+      <c r="D55" s="99" t="inlineStr">
         <is>
           <t>https://www.dspim.com/media/pages/mandatory-disclosures/disclosures-for-deviation-in-valuation-price/9b5bdcb45d-1720430633/il-amp-fs-energy-devlopment-company-limited.pdf</t>
         </is>
       </c>
-      <c r="E56" s="102" t="n"/>
-[...4 lines deleted...]
-      <c r="B57" s="83" t="inlineStr">
+      <c r="E55" s="97" t="n"/>
+      <c r="F55" s="98" t="n"/>
+    </row>
+    <row r="56" ht="126" customHeight="1" s="72">
+      <c r="A56" s="21" t="n"/>
+      <c r="B56" s="73" t="inlineStr">
         <is>
           <t xml:space="preserve">As per SEBI (MUTUAL FUNDS) REGULATIONS, 1996 and  MASTER CIRCULAR SEBI/HO/IMD/IMD-PoD-1/P/CIR/2024/90 Dtd June 27th 2024,  Below are the details of the securities in case of which issuer has defaulted beyond its maturity date. 
 Pursuant to the application filed by the Board of IL&amp;FS with the Hon’ble NCLAT to effect the interim distribution process, DSP Credit Risk Fund has received Interim distribution from IL&amp;FS Transportation Networks Limited and IL&amp;Fs Energy Development Company Limited as stated below. The cash distribution has been recognized as realized income passed on to the investors through NAV. The impact of InVITs has been factored in the NAV of the respective scheme on the March 07,2025 on which the INVITs were allotted.The provision of 10% is created on all the distributions of ITNL including prior distribution to safeguard the interest of unit holders as ITNL may claw back the amount in case the distribution results in excess distribution than what the debenture holders ought to have received.  </t>
         </is>
       </c>
-      <c r="C57" s="101" t="n"/>
-[...8 lines deleted...]
-      <c r="B58" s="84" t="inlineStr">
+      <c r="C56" s="96" t="n"/>
+      <c r="D56" s="96" t="n"/>
+      <c r="E56" s="96" t="n"/>
+      <c r="F56" s="96" t="n"/>
+      <c r="G56" s="96" t="n"/>
+      <c r="H56" s="96" t="n"/>
+      <c r="I56" s="96" t="n"/>
+    </row>
+    <row r="57" ht="81" customHeight="1" s="72">
+      <c r="B57" s="80" t="inlineStr">
         <is>
           <t>Security Name</t>
         </is>
       </c>
-      <c r="C58" s="84" t="inlineStr">
+      <c r="C57" s="80" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D58" s="84" t="inlineStr">
+      <c r="D57" s="80" t="inlineStr">
         <is>
           <t>value of the security considered under net receivables (i.e. value recognized in NAV in absolute terms and as % to NAV)
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="E58" s="103" t="n"/>
-      <c r="F58" s="84" t="inlineStr">
+      <c r="E57" s="98" t="n"/>
+      <c r="F57" s="80" t="inlineStr">
         <is>
           <t>total amount (including principal and interest) that is due to the scheme on that investment
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="G58" s="84" t="inlineStr">
+      <c r="G57" s="80" t="inlineStr">
         <is>
           <t>Interim Distribution received (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="H58" s="84" t="inlineStr">
+      <c r="H57" s="80" t="inlineStr">
         <is>
           <t>Date of passing Interim Distribution recognized in NAV</t>
         </is>
       </c>
-      <c r="I58" s="36" t="inlineStr">
+      <c r="I57" s="34" t="inlineStr">
         <is>
           <t>Interim Distribution 2(Units) INR at Unit Face Value Rs. 100 (Rs. In Lakhs)</t>
         </is>
       </c>
     </row>
-    <row r="59" ht="27" customHeight="1" s="74">
-      <c r="B59" s="37" t="inlineStr">
+    <row r="58" ht="27" customHeight="1" s="72">
+      <c r="B58" s="35" t="inlineStr">
         <is>
           <t>0% IL&amp;Fs Transportation Networks Limited Ncd Series A 23032019</t>
         </is>
       </c>
-      <c r="C59" s="37" t="inlineStr">
+      <c r="C58" s="35" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D59" s="38" t="n">
+      <c r="D58" s="36" t="n">
         <v>0</v>
       </c>
-      <c r="E59" s="39" t="n">
+      <c r="E58" s="37" t="n">
         <v>0</v>
       </c>
-      <c r="F59" s="38" t="n">
+      <c r="F58" s="36" t="n">
         <v>23396.176713</v>
       </c>
-      <c r="G59" s="40" t="inlineStr">
+      <c r="G58" s="38" t="inlineStr">
         <is>
           <t>1459.66
 738.78</t>
         </is>
       </c>
-      <c r="H59" s="41" t="inlineStr">
+      <c r="H58" s="39" t="inlineStr">
         <is>
           <t>19-10-2023
 27-02-2025</t>
         </is>
       </c>
-      <c r="I59" s="42" t="n">
+      <c r="I58" s="40" t="n">
         <v>2588.67</v>
       </c>
     </row>
-    <row r="60" ht="27" customHeight="1" s="74">
-      <c r="B60" s="37" t="inlineStr">
+    <row r="59" ht="27" customHeight="1" s="72">
+      <c r="B59" s="35" t="inlineStr">
         <is>
           <t>0% IL&amp;Fs Energy Development Company Limited Ncd 07062019</t>
         </is>
       </c>
-      <c r="C60" s="37" t="inlineStr">
+      <c r="C59" s="35" t="inlineStr">
         <is>
           <t>INE938L08049</t>
         </is>
       </c>
-      <c r="D60" s="38" t="n">
+      <c r="D59" s="36" t="n">
         <v>0</v>
       </c>
-      <c r="E60" s="39" t="n">
+      <c r="E59" s="37" t="n">
         <v>0</v>
       </c>
-      <c r="F60" s="38" t="n">
+      <c r="F59" s="36" t="n">
         <v>13861.96</v>
       </c>
-      <c r="G60" s="40" t="inlineStr">
+      <c r="G59" s="38" t="inlineStr">
         <is>
           <t>12.03
 5.01</t>
         </is>
       </c>
-      <c r="H60" s="41" t="inlineStr">
+      <c r="H59" s="39" t="inlineStr">
         <is>
           <t>06-07-2023
 01-03-2024</t>
         </is>
       </c>
-      <c r="I60" s="42" t="inlineStr">
+      <c r="I59" s="40" t="inlineStr">
         <is>
           <t>NIL</t>
         </is>
       </c>
     </row>
-    <row r="61" ht="27" customHeight="1" s="74">
-      <c r="B61" s="37" t="inlineStr">
+    <row r="60" ht="27" customHeight="1" s="72">
+      <c r="B60" s="35" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Energy Development Company Limited Ncd 28062019</t>
         </is>
       </c>
-      <c r="C61" s="37" t="inlineStr">
+      <c r="C60" s="35" t="inlineStr">
         <is>
           <t>INE938L08056</t>
         </is>
       </c>
-      <c r="D61" s="38" t="n">
+      <c r="D60" s="36" t="n">
         <v>0</v>
       </c>
-      <c r="E61" s="39" t="n">
+      <c r="E60" s="37" t="n">
         <v>0</v>
       </c>
-      <c r="F61" s="38" t="n">
+      <c r="F60" s="36" t="n">
         <v>10645.019</v>
       </c>
-      <c r="G61" s="40" t="inlineStr">
+      <c r="G60" s="38" t="inlineStr">
         <is>
           <t>9.19
 3.82</t>
         </is>
       </c>
-      <c r="H61" s="41" t="inlineStr">
+      <c r="H60" s="39" t="inlineStr">
         <is>
           <t>06-07-2023
 01-03-2024</t>
         </is>
       </c>
-      <c r="I61" s="42" t="inlineStr">
+      <c r="I60" s="40" t="inlineStr">
         <is>
           <t>NIL</t>
         </is>
       </c>
     </row>
-    <row r="65" ht="14.5" customHeight="1" s="74">
-      <c r="B65" s="1" t="inlineStr">
+    <row r="64" ht="14.5" customHeight="1" s="72">
+      <c r="B64" s="69" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="79" ht="14.5" customHeight="1" s="74">
-      <c r="B79" s="1" t="inlineStr">
+    <row r="78" ht="14.5" customHeight="1" s="72">
+      <c r="B78" s="69" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Credit Risk Debt B-II Index</t>
         </is>
       </c>
     </row>
+    <row r="93">
+      <c r="B93" s="15" t="n"/>
+      <c r="C93" s="17" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
     <row r="94">
-      <c r="B94" s="17" t="n"/>
-[...2 lines deleted...]
-          <t>Portfolio Information</t>
+      <c r="B94" s="15" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C94" s="17" t="inlineStr">
+        <is>
+          <t>DSP Credit Risk Fund</t>
         </is>
       </c>
     </row>
     <row r="95">
-      <c r="B95" s="17" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="B95" s="15" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C95" s="18" t="n"/>
     </row>
     <row r="96">
-      <c r="B96" s="17" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C96" s="20" t="n"/>
+      <c r="B96" s="15" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C96" s="19" t="n">
+        <v>0.0711</v>
+      </c>
     </row>
     <row r="97">
-      <c r="B97" s="17" t="inlineStr">
-[...5 lines deleted...]
-        <v>0.0716</v>
+      <c r="B97" s="15" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C97" s="18" t="n">
+        <v>2.52</v>
       </c>
     </row>
     <row r="98">
-      <c r="B98" s="17" t="inlineStr">
-[...5 lines deleted...]
-        <v>2.55</v>
+      <c r="B98" s="15" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C98" s="18" t="n">
+        <v>3.35</v>
       </c>
     </row>
     <row r="99">
-      <c r="B99" s="17" t="inlineStr">
-[...1 lines deleted...]
-          <t>Residual Maturity</t>
+      <c r="B99" s="15" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
         </is>
       </c>
       <c r="C99" s="20" t="n">
-        <v>3.39</v>
+        <v>45976</v>
       </c>
     </row>
     <row r="100">
-      <c r="B100" s="17" t="inlineStr">
-[...9 lines deleted...]
-      <c r="B101" s="18" t="inlineStr">
+      <c r="B100" s="16" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C101" s="19" t="n"/>
-[...2 lines deleted...]
-      <c r="B104" s="4" t="n"/>
+      <c r="C100" s="17" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="7">
-    <mergeCell ref="B53:F53"/>
+    <mergeCell ref="B56:I56"/>
+    <mergeCell ref="D57:E57"/>
     <mergeCell ref="D54:F54"/>
-    <mergeCell ref="D56:F56"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="D58:E58"/>
-    <mergeCell ref="B57:I57"/>
+    <mergeCell ref="D53:F53"/>
     <mergeCell ref="D55:F55"/>
+    <mergeCell ref="B52:F52"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D55" r:id="rId1"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D54" r:id="rId1"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D55" r:id="rId2"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Koushik Chowdhury</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>