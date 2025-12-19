--- v2 (2025-11-29)
+++ v3 (2025-12-19)
@@ -1,67 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="938" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="922" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="CREDITRISK" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="166" formatCode="0.000"/>
   </numFmts>
-  <fonts count="22">
+  <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
@@ -152,58 +153,50 @@
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
-    </font>
-[...6 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
@@ -343,65 +336,66 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="100">
+  <cellXfs count="111">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -516,127 +510,163 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
     <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...29 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -685,99 +715,99 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>65</row>
+      <row>64</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>74</row>
+      <row>73</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="10026650"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>79</row>
+      <row>77</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>88</row>
-      <rowOff>31751</rowOff>
+      <row>86</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="12439650"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
@@ -1027,94 +1057,94 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dspim.com/media/pages/mandatory-disclosures/disclosures-for-deviation-in-valuation-price/9b5bdcb45d-1720430633/il-amp-fs-energy-devlopment-company-limited.pdf" TargetMode="External" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dspim.com/media/pages/mandatory-disclosures/disclosures-for-deviation-in-valuation-price/9b5bdcb45d-1720430633/il-amp-fs-energy-devlopment-company-limited.pdf" TargetMode="External" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId3" /></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dspim.com/media/pages/mandatory-disclosures/disclosures-for-deviation-in-valuation-price/9b5bdcb45d-1720430633/il-amp-fs-energy-devlopment-company-limited.pdf" TargetMode="External" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L100"/>
+  <dimension ref="A1:L98"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
     <col width="42.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
-    <col width="19" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="21.453125" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
     <col width="21.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
-    <col width="12.26953125" customWidth="1" style="1" min="5" max="5"/>
+    <col width="11.54296875" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
     <col width="29" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
     <col width="30.1796875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="72">
-[...1 lines deleted...]
-      <c r="B1" s="71" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="73">
+      <c r="A1" s="72" t="n"/>
+      <c r="B1" s="72" t="inlineStr">
         <is>
           <t>DSP Credit Risk Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="3" t="inlineStr">
         <is>
-          <t>Portfolio as on November 15, 2025</t>
+          <t>Portfolio as on November 30, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
@@ -1168,1358 +1198,1360 @@
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Roadstar Infra Investment Trust</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE0JEI23010</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Transport Infrastructure</t>
         </is>
       </c>
       <c r="E8" s="11" t="n">
         <v>2563667</v>
       </c>
       <c r="F8" s="5" t="n">
         <v>1860.97</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0.0892</v>
       </c>
-      <c r="H8" s="7" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="H8" s="7" t="n"/>
       <c r="J8" s="5" t="n"/>
       <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="8" t="n"/>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C9" s="8" t="n"/>
       <c r="D9" s="8" t="n"/>
       <c r="E9" s="8" t="n"/>
       <c r="F9" s="9" t="n">
         <v>1860.97</v>
       </c>
       <c r="G9" s="10" t="n">
         <v>0.0892</v>
       </c>
       <c r="K9" s="1" t="inlineStr">
         <is>
           <t>CRISIL AA</t>
         </is>
       </c>
       <c r="L9" s="6" t="n">
-        <v>0.3002</v>
+        <v>0.3014</v>
       </c>
     </row>
     <row r="10">
       <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L10" s="6" t="n">
-        <v>0.2193</v>
+        <v>0.2178</v>
       </c>
     </row>
     <row r="11">
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
       <c r="K11" s="1" t="inlineStr">
         <is>
           <t>CARE AA</t>
         </is>
       </c>
       <c r="L11" s="6" t="n">
-        <v>0.1262</v>
+        <v>0.1266</v>
       </c>
     </row>
     <row r="12">
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
       <c r="K12" s="1" t="inlineStr">
         <is>
           <t>ICRA AA</t>
         </is>
       </c>
       <c r="L12" s="6" t="n">
-        <v>0.1001</v>
+        <v>0.1007</v>
       </c>
     </row>
     <row r="13">
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
       <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Transport Infrastructure</t>
         </is>
       </c>
       <c r="L13" s="6" t="n">
         <v>0.0892</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="n">
         <v>2</v>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Tata Housing Development Company Limited**</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>INE582L08060</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>CARE AA</t>
         </is>
       </c>
       <c r="E14" s="11" t="n">
         <v>1500</v>
       </c>
       <c r="F14" s="5" t="n">
-        <v>1608.17</v>
+        <v>1612.37</v>
       </c>
       <c r="G14" s="6" t="n">
-        <v>0.0771</v>
+        <v>0.07729999999999999</v>
       </c>
       <c r="H14" s="7" t="n">
         <v>46688</v>
       </c>
       <c r="I14" s="1" t="inlineStr">
         <is>
           <t>PU - 12-Dec-2025 CA - 12-Dec-2025</t>
         </is>
       </c>
       <c r="J14" s="5" t="n">
-        <v>6.3648</v>
+        <v>6.3453</v>
       </c>
       <c r="K14" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="L14" s="6" t="n">
-        <v>0.0498</v>
+        <v>0.0499</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="n">
         <v>3</v>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Nirma Limited**</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>INE091A07216</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>CRISIL AA</t>
         </is>
       </c>
       <c r="E15" s="11" t="n">
         <v>1500</v>
       </c>
       <c r="F15" s="5" t="n">
-        <v>1597.08</v>
+        <v>1601.62</v>
       </c>
       <c r="G15" s="6" t="n">
-        <v>0.0765</v>
+        <v>0.07679999999999999</v>
       </c>
       <c r="H15" s="7" t="n">
         <v>46119</v>
       </c>
       <c r="I15" s="1" t="inlineStr">
         <is>
           <t>PU - 23-Feb-2026 CA - 23-Feb-2026</t>
         </is>
       </c>
       <c r="J15" s="5" t="n">
-        <v>6.9301</v>
+        <v>6.8899</v>
       </c>
       <c r="K15" s="1" t="inlineStr">
         <is>
           <t>IND AA</t>
         </is>
       </c>
       <c r="L15" s="6" t="n">
-        <v>0.0492</v>
+        <v>0.0493</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="n">
         <v>4</v>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Aditya Birla Renewables Limited**</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>INE01QP08016</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>CRISIL AA</t>
         </is>
       </c>
       <c r="E16" s="11" t="n">
         <v>1500</v>
       </c>
       <c r="F16" s="5" t="n">
-        <v>1541.95</v>
+        <v>1546.88</v>
       </c>
       <c r="G16" s="6" t="n">
-        <v>0.07389999999999999</v>
+        <v>0.0741</v>
       </c>
       <c r="H16" s="7" t="n">
         <v>46654</v>
       </c>
       <c r="J16" s="5" t="n">
-        <v>7.65</v>
+        <v>7.64</v>
       </c>
       <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
       <c r="L16" s="6" t="n">
         <v>0.0032</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="n">
         <v>5</v>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Aadhar Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>INE883F07330</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>ICRA AA</t>
         </is>
       </c>
       <c r="E17" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F17" s="5" t="n">
-        <v>1080.07</v>
+        <v>1085.4</v>
       </c>
       <c r="G17" s="6" t="n">
-        <v>0.0518</v>
+        <v>0.052</v>
       </c>
       <c r="H17" s="7" t="n">
         <v>46620</v>
       </c>
       <c r="J17" s="5" t="n">
-        <v>7.5699</v>
+        <v>7.4374</v>
       </c>
       <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L17" s="6" t="n">
-        <v>0.06279999999999999</v>
+        <v>0.0619</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="n">
         <v>6</v>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Aditya Birla Real Estate Limited**</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>INE055A08037</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
           <t>CRISIL AA</t>
         </is>
       </c>
       <c r="E18" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F18" s="5" t="n">
-        <v>1039.96</v>
+        <v>1042.93</v>
       </c>
       <c r="G18" s="6" t="n">
-        <v>0.0498</v>
+        <v>0.05</v>
       </c>
       <c r="H18" s="7" t="n">
         <v>46137</v>
       </c>
       <c r="J18" s="5" t="n">
-        <v>7.25</v>
+        <v>7.2601</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="n">
         <v>7</v>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Sikka Ports &amp; Terminals Limited**</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t>INE941D07208</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E19" s="11" t="n">
         <v>100</v>
       </c>
       <c r="F19" s="5" t="n">
-        <v>1038.23</v>
+        <v>1041.08</v>
       </c>
       <c r="G19" s="6" t="n">
-        <v>0.0498</v>
+        <v>0.0499</v>
       </c>
       <c r="H19" s="7" t="n">
         <v>46134</v>
       </c>
       <c r="J19" s="5" t="n">
-        <v>6.555</v>
+        <v>6.5225</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="n">
         <v>8</v>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Tata Projects Limited**</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>INE725H08154</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>IND AA</t>
         </is>
       </c>
       <c r="E20" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F20" s="5" t="n">
-        <v>1026.03</v>
+        <v>1028.81</v>
       </c>
       <c r="G20" s="6" t="n">
-        <v>0.0492</v>
+        <v>0.0493</v>
       </c>
       <c r="H20" s="7" t="n">
         <v>46059</v>
       </c>
       <c r="J20" s="5" t="n">
-        <v>6.845</v>
+        <v>6.8799</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="n">
         <v>9</v>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Nuvama Wealth Finance Limited**</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>INE918K07PY9</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>CARE AA</t>
         </is>
       </c>
       <c r="E21" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F21" s="5" t="n">
-        <v>1025.66</v>
+        <v>1027.98</v>
       </c>
       <c r="G21" s="6" t="n">
-        <v>0.0491</v>
+        <v>0.0493</v>
       </c>
       <c r="H21" s="7" t="n">
         <v>46549</v>
       </c>
       <c r="J21" s="5" t="n">
-        <v>8.840199999999999</v>
+        <v>8.9312</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="n">
         <v>10</v>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>JTPM Metal Traders Limited**</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>INE02PE08036</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>CRISIL AA</t>
         </is>
       </c>
       <c r="E22" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F22" s="5" t="n">
-        <v>1023.03</v>
+        <v>1027.71</v>
       </c>
       <c r="G22" s="6" t="n">
-        <v>0.049</v>
+        <v>0.0493</v>
       </c>
       <c r="H22" s="7" t="n">
         <v>47025</v>
       </c>
       <c r="I22" s="1" t="inlineStr">
         <is>
           <t>PU - 29-09-2028 CA - 29-09-2028</t>
         </is>
       </c>
       <c r="J22" s="5" t="n">
-        <v>8.045500000000001</v>
+        <v>7.9927</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="n">
         <v>11</v>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Piramal Finance Limited**</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t>INE202B07JW4</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>ICRA AA</t>
         </is>
       </c>
       <c r="E23" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F23" s="5" t="n">
-        <v>1008.83</v>
+        <v>1015.08</v>
       </c>
       <c r="G23" s="6" t="n">
-        <v>0.0483</v>
+        <v>0.0487</v>
       </c>
       <c r="H23" s="7" t="n">
         <v>46689</v>
       </c>
       <c r="J23" s="5" t="n">
-        <v>8.684200000000001</v>
+        <v>8.52</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="n">
         <v>12</v>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>360 One Prime Limited**</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
           <t>INE248U07EQ0</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>CRISIL AA</t>
         </is>
       </c>
       <c r="E24" s="11" t="n">
         <v>50000</v>
       </c>
       <c r="F24" s="5" t="n">
-        <v>539.85</v>
+        <v>541.58</v>
       </c>
       <c r="G24" s="6" t="n">
-        <v>0.0259</v>
+        <v>0.026</v>
       </c>
       <c r="H24" s="7" t="n">
         <v>46040</v>
       </c>
       <c r="J24" s="5" t="n">
-        <v>7.8491</v>
+        <v>7.8461</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="n">
         <v>13</v>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Tata Projects Limited**</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
           <t>INE725H08196</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
           <t>CRISIL AA</t>
         </is>
       </c>
       <c r="E25" s="11" t="n">
         <v>500</v>
       </c>
       <c r="F25" s="5" t="n">
-        <v>524.36</v>
+        <v>525.95</v>
       </c>
       <c r="G25" s="6" t="n">
-        <v>0.0251</v>
+        <v>0.0252</v>
       </c>
       <c r="H25" s="7" t="n">
         <v>46505</v>
       </c>
       <c r="J25" s="5" t="n">
-        <v>7.32</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="8" t="n"/>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C26" s="8" t="n"/>
       <c r="D26" s="8" t="n"/>
       <c r="E26" s="8" t="n"/>
       <c r="F26" s="9" t="n">
-        <v>13053.22</v>
+        <v>13097.39</v>
       </c>
       <c r="G26" s="10" t="n">
-        <v>0.6254999999999999</v>
+        <v>0.6279</v>
       </c>
     </row>
     <row r="28">
       <c r="B28" s="3" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="n">
         <v>14</v>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>6.48% GOI 2035</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
           <t>IN0020250091</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E29" s="11" t="n">
         <v>2000000</v>
       </c>
       <c r="F29" s="5" t="n">
-        <v>2013.74</v>
+        <v>2016.4</v>
       </c>
       <c r="G29" s="6" t="n">
-        <v>0.0965</v>
+        <v>0.09660000000000001</v>
       </c>
       <c r="H29" s="7" t="n">
         <v>49588</v>
       </c>
       <c r="J29" s="5" t="n">
-        <v>6.4833</v>
+        <v>6.5021</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="n">
         <v>15</v>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>6.92% GOI 2039</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
           <t>IN0020240134</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E30" s="11" t="n">
         <v>1000000</v>
       </c>
       <c r="F30" s="5" t="n">
-        <v>1036.71</v>
+        <v>1001.54</v>
       </c>
       <c r="G30" s="6" t="n">
-        <v>0.0497</v>
+        <v>0.048</v>
       </c>
       <c r="H30" s="7" t="n">
         <v>51092</v>
       </c>
       <c r="J30" s="5" t="n">
-        <v>6.8919</v>
+        <v>6.9304</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="n">
         <v>16</v>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>7.10% GOI 2034</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
           <t>IN0020240019</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E31" s="11" t="n">
         <v>500000</v>
       </c>
       <c r="F31" s="5" t="n">
-        <v>520.49</v>
+        <v>522.23</v>
       </c>
       <c r="G31" s="6" t="n">
-        <v>0.0249</v>
+        <v>0.025</v>
       </c>
       <c r="H31" s="7" t="n">
         <v>49042</v>
       </c>
       <c r="J31" s="5" t="n">
-        <v>6.5732</v>
+        <v>6.5629</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="n">
         <v>17</v>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>6.79% GOI 2034</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
           <t>IN0020240126</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E32" s="11" t="n">
         <v>500000</v>
       </c>
       <c r="F32" s="5" t="n">
-        <v>510.57</v>
+        <v>511.8</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0.0245</v>
       </c>
       <c r="H32" s="7" t="n">
         <v>49224</v>
       </c>
       <c r="J32" s="5" t="n">
-        <v>6.5813</v>
+        <v>6.5857</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="n">
         <v>18</v>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>6.33% GOI 2035</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
           <t>IN0020250026</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E33" s="11" t="n">
         <v>500000</v>
       </c>
       <c r="F33" s="5" t="n">
-        <v>494.02</v>
+        <v>494.83</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0.0237</v>
       </c>
       <c r="H33" s="7" t="n">
         <v>49434</v>
       </c>
       <c r="J33" s="5" t="n">
-        <v>6.5285</v>
+        <v>6.5436</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="8" t="n"/>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C34" s="8" t="n"/>
       <c r="D34" s="8" t="n"/>
       <c r="E34" s="8" t="n"/>
       <c r="F34" s="9" t="n">
-        <v>4575.53</v>
+        <v>4546.8</v>
       </c>
       <c r="G34" s="10" t="n">
-        <v>0.2193</v>
+        <v>0.2178</v>
       </c>
     </row>
     <row r="36">
       <c r="B36" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="n">
         <v>19</v>
       </c>
-      <c r="B37" s="3" t="inlineStr">
+      <c r="B37" s="1" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
       <c r="F37" s="5" t="n">
-        <v>1739.8</v>
+        <v>1724.65</v>
       </c>
       <c r="G37" s="6" t="n">
-        <v>0.0833</v>
+        <v>0.0827</v>
       </c>
       <c r="H37" s="7" t="n">
-        <v>45978</v>
+        <v>45992</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="8" t="n"/>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C38" s="8" t="n"/>
       <c r="D38" s="8" t="n"/>
       <c r="E38" s="8" t="n"/>
       <c r="F38" s="9" t="n">
-        <v>1739.8</v>
+        <v>1724.65</v>
       </c>
       <c r="G38" s="10" t="n">
-        <v>0.0833</v>
+        <v>0.0827</v>
       </c>
     </row>
     <row r="40">
       <c r="B40" s="3" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="n">
         <v>20</v>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
           <t>INF0RQ622028</t>
         </is>
       </c>
       <c r="E41" s="11" t="n">
         <v>585.071</v>
       </c>
       <c r="F41" s="5" t="n">
-        <v>67.08</v>
+        <v>67.25</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0.0032</v>
       </c>
       <c r="J41" s="5" t="n"/>
     </row>
     <row r="42">
       <c r="A42" s="8" t="n"/>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C42" s="8" t="n"/>
       <c r="D42" s="8" t="n"/>
       <c r="E42" s="8" t="n"/>
       <c r="F42" s="9" t="n">
-        <v>67.08</v>
+        <v>67.25</v>
       </c>
       <c r="G42" s="10" t="n">
         <v>0.0032</v>
       </c>
     </row>
     <row r="44">
       <c r="B44" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
       <c r="E45" s="11" t="n"/>
       <c r="F45" s="5" t="n">
-        <v>-428.53</v>
+        <v>-433.09</v>
       </c>
       <c r="G45" s="6" t="n">
-        <v>-0.0205</v>
+        <v>-0.0208</v>
       </c>
       <c r="J45" s="5" t="n"/>
     </row>
     <row r="46">
       <c r="A46" s="8" t="n"/>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C46" s="8" t="n"/>
       <c r="D46" s="8" t="n"/>
       <c r="E46" s="8" t="n"/>
       <c r="F46" s="9" t="n">
-        <v>-428.53</v>
+        <v>-433.09</v>
       </c>
       <c r="G46" s="10" t="n">
-        <v>-0.0205</v>
+        <v>-0.0208</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="4" t="n"/>
       <c r="B48" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
       <c r="C48" s="4" t="n"/>
       <c r="D48" s="4" t="n"/>
       <c r="E48" s="4" t="n"/>
       <c r="F48" s="12" t="n">
-        <v>20868.07</v>
+        <v>20863.97</v>
       </c>
       <c r="G48" s="13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
     <row r="51">
-      <c r="A51" s="14" t="n">
+      <c r="A51" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B51" s="14" t="inlineStr">
+      <c r="B51" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="52" ht="60" customHeight="1" s="72">
-      <c r="A52" s="21" t="n">
+    <row r="52" ht="49" customHeight="1" s="73">
+      <c r="A52" s="22" t="n">
         <v>3</v>
       </c>
-      <c r="B52" s="73" t="inlineStr">
+      <c r="B52" s="74" t="inlineStr">
         <is>
           <t>In case of below securities, DSP Mutual Fund has ignored prices provided by valuation agencies. Disclosure vide circular no. SEBI/HO/IMD/DF4/CIR/P/2019/41 dated March 22, 2019 &amp; SEBI/HO/IMD/DF4/CIR/P/2019/102 dated September 24,2019  for detailed rationale along with other details are available at the below mentioned links</t>
         </is>
       </c>
-      <c r="C52" s="96" t="n"/>
-[...6 lines deleted...]
-      <c r="B53" s="31" t="inlineStr">
+      <c r="C52" s="106" t="n"/>
+      <c r="D52" s="106" t="n"/>
+      <c r="E52" s="106" t="n"/>
+      <c r="F52" s="106" t="n"/>
+    </row>
+    <row r="53" ht="14.5" customHeight="1" s="73">
+      <c r="A53" s="22" t="n"/>
+      <c r="B53" s="32" t="inlineStr">
         <is>
           <t>Name of the securities</t>
         </is>
       </c>
-      <c r="C53" s="31" t="inlineStr">
+      <c r="C53" s="32" t="inlineStr">
         <is>
           <t>No of Instances</t>
         </is>
       </c>
-      <c r="D53" s="95" t="inlineStr">
+      <c r="D53" s="97" t="inlineStr">
         <is>
           <t>Links</t>
         </is>
       </c>
-      <c r="E53" s="97" t="n"/>
-[...4 lines deleted...]
-      <c r="B54" s="41" t="inlineStr">
+      <c r="E53" s="107" t="n"/>
+      <c r="F53" s="108" t="n"/>
+    </row>
+    <row r="54" ht="73" customHeight="1" s="73">
+      <c r="A54" s="22" t="n"/>
+      <c r="B54" s="42" t="inlineStr">
         <is>
           <t>Il&amp;Fs Energy Development Company Limited (Maturity Date : 28-Jun-2019)</t>
         </is>
       </c>
-      <c r="C54" s="32" t="n">
+      <c r="C54" s="33" t="n">
         <v>309</v>
       </c>
-      <c r="D54" s="99" t="inlineStr">
+      <c r="D54" s="109" t="inlineStr">
         <is>
           <t>https://www.dspim.com/media/pages/mandatory-disclosures/disclosures-for-deviation-in-valuation-price/9b5bdcb45d-1720430633/il-amp-fs-energy-devlopment-company-limited.pdf</t>
         </is>
       </c>
-      <c r="E54" s="97" t="n"/>
-[...4 lines deleted...]
-      <c r="B55" s="41" t="inlineStr">
+      <c r="E54" s="107" t="n"/>
+      <c r="F54" s="108" t="n"/>
+    </row>
+    <row r="55" ht="60.65" customHeight="1" s="73">
+      <c r="A55" s="22" t="n"/>
+      <c r="B55" s="42" t="inlineStr">
         <is>
           <t>Il&amp;Fs Energy Development Company Limited (Maturity Date : 07-Jun-2019)</t>
         </is>
       </c>
-      <c r="C55" s="32" t="n">
+      <c r="C55" s="33" t="n">
         <v>309</v>
       </c>
-      <c r="D55" s="99" t="inlineStr">
+      <c r="D55" s="110" t="inlineStr">
         <is>
           <t>https://www.dspim.com/media/pages/mandatory-disclosures/disclosures-for-deviation-in-valuation-price/9b5bdcb45d-1720430633/il-amp-fs-energy-devlopment-company-limited.pdf</t>
         </is>
       </c>
-      <c r="E55" s="97" t="n"/>
-[...4 lines deleted...]
-      <c r="B56" s="73" t="inlineStr">
+      <c r="E55" s="107" t="n"/>
+      <c r="F55" s="108" t="n"/>
+    </row>
+    <row r="56" ht="132" customHeight="1" s="73">
+      <c r="A56" s="22" t="n">
+        <v>4</v>
+      </c>
+      <c r="B56" s="74" t="inlineStr">
         <is>
           <t xml:space="preserve">As per SEBI (MUTUAL FUNDS) REGULATIONS, 1996 and  MASTER CIRCULAR SEBI/HO/IMD/IMD-PoD-1/P/CIR/2024/90 Dtd June 27th 2024,  Below are the details of the securities in case of which issuer has defaulted beyond its maturity date. 
 Pursuant to the application filed by the Board of IL&amp;FS with the Hon’ble NCLAT to effect the interim distribution process, DSP Credit Risk Fund has received Interim distribution from IL&amp;FS Transportation Networks Limited and IL&amp;Fs Energy Development Company Limited as stated below. The cash distribution has been recognized as realized income passed on to the investors through NAV. The impact of InVITs has been factored in the NAV of the respective scheme on the March 07,2025 on which the INVITs were allotted.The provision of 10% is created on all the distributions of ITNL including prior distribution to safeguard the interest of unit holders as ITNL may claw back the amount in case the distribution results in excess distribution than what the debenture holders ought to have received.  </t>
         </is>
       </c>
-      <c r="C56" s="96" t="n"/>
-[...8 lines deleted...]
-      <c r="B57" s="80" t="inlineStr">
+      <c r="C56" s="106" t="n"/>
+      <c r="D56" s="106" t="n"/>
+      <c r="E56" s="106" t="n"/>
+      <c r="F56" s="106" t="n"/>
+      <c r="G56" s="106" t="n"/>
+      <c r="H56" s="106" t="n"/>
+      <c r="I56" s="106" t="n"/>
+    </row>
+    <row r="57" ht="81" customHeight="1" s="73">
+      <c r="B57" s="81" t="inlineStr">
         <is>
           <t>Security Name</t>
         </is>
       </c>
-      <c r="C57" s="80" t="inlineStr">
+      <c r="C57" s="81" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D57" s="80" t="inlineStr">
+      <c r="D57" s="81" t="inlineStr">
         <is>
           <t>value of the security considered under net receivables (i.e. value recognized in NAV in absolute terms and as % to NAV)
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="E57" s="98" t="n"/>
-      <c r="F57" s="80" t="inlineStr">
+      <c r="E57" s="108" t="n"/>
+      <c r="F57" s="81" t="inlineStr">
         <is>
           <t>total amount (including principal and interest) that is due to the scheme on that investment
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="G57" s="80" t="inlineStr">
+      <c r="G57" s="81" t="inlineStr">
         <is>
           <t>Interim Distribution received (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="H57" s="80" t="inlineStr">
+      <c r="H57" s="81" t="inlineStr">
         <is>
           <t>Date of passing Interim Distribution recognized in NAV</t>
         </is>
       </c>
-      <c r="I57" s="34" t="inlineStr">
+      <c r="I57" s="35" t="inlineStr">
         <is>
           <t>Interim Distribution 2(Units) INR at Unit Face Value Rs. 100 (Rs. In Lakhs)</t>
         </is>
       </c>
     </row>
-    <row r="58" ht="27" customHeight="1" s="72">
-      <c r="B58" s="35" t="inlineStr">
+    <row r="58" ht="27" customHeight="1" s="73">
+      <c r="B58" s="36" t="inlineStr">
         <is>
           <t>0% IL&amp;Fs Transportation Networks Limited Ncd Series A 23032019</t>
         </is>
       </c>
-      <c r="C58" s="35" t="inlineStr">
+      <c r="C58" s="36" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D58" s="36" t="n">
+      <c r="D58" s="37" t="n">
         <v>0</v>
       </c>
-      <c r="E58" s="37" t="n">
+      <c r="E58" s="38" t="n">
         <v>0</v>
       </c>
-      <c r="F58" s="36" t="n">
+      <c r="F58" s="37" t="n">
         <v>23396.176713</v>
       </c>
-      <c r="G58" s="38" t="inlineStr">
+      <c r="G58" s="39" t="inlineStr">
         <is>
           <t>1459.66
 738.78</t>
         </is>
       </c>
-      <c r="H58" s="39" t="inlineStr">
+      <c r="H58" s="40" t="inlineStr">
         <is>
           <t>19-10-2023
 27-02-2025</t>
         </is>
       </c>
-      <c r="I58" s="40" t="n">
+      <c r="I58" s="41" t="n">
         <v>2588.67</v>
       </c>
     </row>
-    <row r="59" ht="27" customHeight="1" s="72">
-      <c r="B59" s="35" t="inlineStr">
+    <row r="59" ht="27" customHeight="1" s="73">
+      <c r="B59" s="36" t="inlineStr">
         <is>
           <t>0% IL&amp;Fs Energy Development Company Limited Ncd 07062019</t>
         </is>
       </c>
-      <c r="C59" s="35" t="inlineStr">
+      <c r="C59" s="36" t="inlineStr">
         <is>
           <t>INE938L08049</t>
         </is>
       </c>
-      <c r="D59" s="36" t="n">
+      <c r="D59" s="37" t="n">
         <v>0</v>
       </c>
-      <c r="E59" s="37" t="n">
+      <c r="E59" s="38" t="n">
         <v>0</v>
       </c>
-      <c r="F59" s="36" t="n">
+      <c r="F59" s="37" t="n">
         <v>13861.96</v>
       </c>
-      <c r="G59" s="38" t="inlineStr">
+      <c r="G59" s="39" t="inlineStr">
         <is>
           <t>12.03
 5.01</t>
         </is>
       </c>
-      <c r="H59" s="39" t="inlineStr">
+      <c r="H59" s="40" t="inlineStr">
         <is>
           <t>06-07-2023
 01-03-2024</t>
         </is>
       </c>
-      <c r="I59" s="40" t="inlineStr">
+      <c r="I59" s="41" t="inlineStr">
         <is>
           <t>NIL</t>
         </is>
       </c>
     </row>
-    <row r="60" ht="27" customHeight="1" s="72">
-      <c r="B60" s="35" t="inlineStr">
+    <row r="60" ht="27" customHeight="1" s="73">
+      <c r="B60" s="36" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Energy Development Company Limited Ncd 28062019</t>
         </is>
       </c>
-      <c r="C60" s="35" t="inlineStr">
+      <c r="C60" s="36" t="inlineStr">
         <is>
           <t>INE938L08056</t>
         </is>
       </c>
-      <c r="D60" s="36" t="n">
+      <c r="D60" s="37" t="n">
         <v>0</v>
       </c>
-      <c r="E60" s="37" t="n">
+      <c r="E60" s="38" t="n">
         <v>0</v>
       </c>
-      <c r="F60" s="36" t="n">
+      <c r="F60" s="37" t="n">
         <v>10645.019</v>
       </c>
-      <c r="G60" s="38" t="inlineStr">
+      <c r="G60" s="39" t="inlineStr">
         <is>
           <t>9.19
 3.82</t>
         </is>
       </c>
-      <c r="H60" s="39" t="inlineStr">
+      <c r="H60" s="40" t="inlineStr">
         <is>
           <t>06-07-2023
 01-03-2024</t>
         </is>
       </c>
-      <c r="I60" s="40" t="inlineStr">
+      <c r="I60" s="41" t="inlineStr">
         <is>
           <t>NIL</t>
         </is>
       </c>
     </row>
-    <row r="64" ht="14.5" customHeight="1" s="72">
-      <c r="B64" s="69" t="inlineStr">
+    <row r="63" ht="14.5" customHeight="1" s="73">
+      <c r="B63" s="69" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="78" ht="14.5" customHeight="1" s="72">
-      <c r="B78" s="69" t="inlineStr">
+    <row r="76" ht="14.5" customHeight="1" s="73">
+      <c r="B76" s="69" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Credit Risk Debt B-II Index</t>
         </is>
       </c>
     </row>
+    <row r="89">
+      <c r="B89" s="16" t="n"/>
+      <c r="C89" s="18" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
+    <row r="90">
+      <c r="B90" s="16" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C90" s="18" t="inlineStr">
+        <is>
+          <t>DSP Credit Risk Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="91">
+      <c r="B91" s="16" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C91" s="19" t="n"/>
+    </row>
+    <row r="92">
+      <c r="B92" s="16" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C92" s="20" t="n">
+        <v>0.07099999999999999</v>
+      </c>
+    </row>
     <row r="93">
-      <c r="B93" s="15" t="n"/>
-[...3 lines deleted...]
-        </is>
+      <c r="B93" s="16" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C93" s="19" t="n">
+        <v>2.48</v>
       </c>
     </row>
     <row r="94">
-      <c r="B94" s="15" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="B94" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C94" s="19" t="n">
+        <v>3.29</v>
       </c>
     </row>
     <row r="95">
-      <c r="B95" s="15" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C95" s="18" t="n"/>
+      <c r="B95" s="16" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C95" s="21" t="n">
+        <v>45991</v>
+      </c>
     </row>
     <row r="96">
-      <c r="B96" s="15" t="inlineStr">
-[...39 lines deleted...]
-      <c r="B100" s="16" t="inlineStr">
+      <c r="B96" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C100" s="17" t="n"/>
+      <c r="C96" s="18" t="n"/>
+    </row>
+    <row r="98" ht="14.5" customHeight="1" s="73">
+      <c r="B98" s="71" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="B56:I56"/>
     <mergeCell ref="D57:E57"/>
     <mergeCell ref="D54:F54"/>
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="D53:F53"/>
     <mergeCell ref="D55:F55"/>
     <mergeCell ref="B52:F52"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D54" r:id="rId1"/>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D55" r:id="rId2"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Koushik Chowdhury</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>