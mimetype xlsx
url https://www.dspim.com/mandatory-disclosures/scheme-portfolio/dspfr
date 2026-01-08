--- v3 (2025-12-19)
+++ v4 (2026-01-08)
@@ -1,66 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr/>
+  <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="922" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="883" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="CREDITRISK" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="3">
+  <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
-    <numFmt numFmtId="166" formatCode="0.000"/>
   </numFmts>
   <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
@@ -77,117 +76,117 @@
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
-      <sz val="10"/>
-[...4 lines deleted...]
-      <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -336,328 +335,315 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="111">
+  <cellXfs count="106">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...129 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
@@ -715,99 +701,99 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>64</row>
+      <row>66</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>73</row>
+      <row>75</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="10026650"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>77</row>
+      <row>79</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>86</row>
-      <rowOff>31750</rowOff>
+      <row>88</row>
+      <rowOff>31751</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="12439650"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
@@ -1062,89 +1048,89 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dspim.com/media/pages/mandatory-disclosures/disclosures-for-deviation-in-valuation-price/9b5bdcb45d-1720430633/il-amp-fs-energy-devlopment-company-limited.pdf" TargetMode="External" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr>
+  <sheetPr codeName="Sheet3">
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L98"/>
+  <dimension ref="A1:L103"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-    <col width="42.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
-    <col width="21.453125" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="46" customWidth="1" style="1" min="2" max="2"/>
+    <col width="19" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
     <col width="21.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
-    <col width="11.54296875" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="10.81640625" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
     <col width="29" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
     <col width="30.1796875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="73">
-[...1 lines deleted...]
-      <c r="B1" s="72" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="74">
+      <c r="A1" s="73" t="n"/>
+      <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Credit Risk Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="3" t="inlineStr">
         <is>
-          <t>Portfolio as on November 30, 2025</t>
+          <t>Portfolio as on December 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
@@ -1196,1348 +1182,1373 @@
       <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Roadstar Infra Investment Trust</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE0JEI23010</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Transport Infrastructure</t>
         </is>
       </c>
       <c r="E8" s="11" t="n">
         <v>2563667</v>
       </c>
       <c r="F8" s="5" t="n">
         <v>1860.97</v>
       </c>
       <c r="G8" s="6" t="n">
-        <v>0.0892</v>
-[...1 lines deleted...]
-      <c r="H8" s="7" t="n"/>
+        <v>0.09039999999999999</v>
+      </c>
+      <c r="H8" s="7" t="n">
+        <v>2</v>
+      </c>
       <c r="J8" s="5" t="n"/>
       <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="8" t="n"/>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C9" s="8" t="n"/>
       <c r="D9" s="8" t="n"/>
       <c r="E9" s="8" t="n"/>
       <c r="F9" s="9" t="n">
         <v>1860.97</v>
       </c>
       <c r="G9" s="10" t="n">
-        <v>0.0892</v>
+        <v>0.09039999999999999</v>
       </c>
       <c r="K9" s="1" t="inlineStr">
         <is>
           <t>CRISIL AA</t>
         </is>
       </c>
       <c r="L9" s="6" t="n">
-        <v>0.3014</v>
+        <v>0.3069</v>
       </c>
     </row>
     <row r="10">
       <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L10" s="6" t="n">
-        <v>0.2178</v>
+        <v>0.2453</v>
       </c>
     </row>
     <row r="11">
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
       <c r="K11" s="1" t="inlineStr">
         <is>
-          <t>CARE AA</t>
+          <t>ICRA AA</t>
         </is>
       </c>
       <c r="L11" s="6" t="n">
-        <v>0.1266</v>
+        <v>0.1273</v>
       </c>
     </row>
     <row r="12">
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
       <c r="K12" s="1" t="inlineStr">
         <is>
-          <t>ICRA AA</t>
+          <t>Transport Infrastructure</t>
         </is>
       </c>
       <c r="L12" s="6" t="n">
-        <v>0.1007</v>
+        <v>0.09039999999999999</v>
       </c>
     </row>
     <row r="13">
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
       <c r="K13" s="1" t="inlineStr">
         <is>
-          <t>Transport Infrastructure</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="L13" s="6" t="n">
-        <v>0.0892</v>
+        <v>0.0508</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="n">
         <v>2</v>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tata Housing Development Company Limited**</t>
+          <t>Nirma Limited**</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>INE582L08060</t>
+          <t>INE091A07216</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>CARE AA</t>
+          <t>CRISIL AA</t>
         </is>
       </c>
       <c r="E14" s="11" t="n">
         <v>1500</v>
       </c>
       <c r="F14" s="5" t="n">
-        <v>1612.37</v>
+        <v>1610.71</v>
       </c>
       <c r="G14" s="6" t="n">
-        <v>0.07729999999999999</v>
+        <v>0.07829999999999999</v>
       </c>
       <c r="H14" s="7" t="n">
-        <v>46688</v>
+        <v>46119</v>
       </c>
       <c r="I14" s="1" t="inlineStr">
         <is>
-          <t>PU - 12-Dec-2025 CA - 12-Dec-2025</t>
+          <t>PU - 23-Feb-2026 CA - 23-Feb-2026</t>
         </is>
       </c>
       <c r="J14" s="5" t="n">
-        <v>6.3453</v>
+        <v>6.89</v>
       </c>
       <c r="K14" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>CARE AA</t>
         </is>
       </c>
       <c r="L14" s="6" t="n">
-        <v>0.0499</v>
+        <v>0.0504</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="n">
         <v>3</v>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Nirma Limited**</t>
+          <t>Aditya Birla Renewables Limited**</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>INE091A07216</t>
+          <t>INE01QP08016</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>CRISIL AA</t>
         </is>
       </c>
       <c r="E15" s="11" t="n">
         <v>1500</v>
       </c>
       <c r="F15" s="5" t="n">
-        <v>1601.62</v>
+        <v>1551.58</v>
       </c>
       <c r="G15" s="6" t="n">
-        <v>0.07679999999999999</v>
+        <v>0.07539999999999999</v>
       </c>
       <c r="H15" s="7" t="n">
-        <v>46119</v>
-[...4 lines deleted...]
-        </is>
+        <v>46654</v>
       </c>
       <c r="J15" s="5" t="n">
-        <v>6.8899</v>
+        <v>7.85</v>
       </c>
       <c r="K15" s="1" t="inlineStr">
         <is>
           <t>IND AA</t>
         </is>
       </c>
       <c r="L15" s="6" t="n">
-        <v>0.0493</v>
+        <v>0.0503</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="n">
         <v>4</v>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Aditya Birla Renewables Limited**</t>
+          <t>Aadhar Housing Finance Limited</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>INE01QP08016</t>
+          <t>INE883F07330</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AA</t>
+          <t>ICRA AA</t>
         </is>
       </c>
       <c r="E16" s="11" t="n">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="F16" s="5" t="n">
-        <v>1546.88</v>
+        <v>1087.5</v>
       </c>
       <c r="G16" s="6" t="n">
-        <v>0.0741</v>
+        <v>0.0529</v>
       </c>
       <c r="H16" s="7" t="n">
-        <v>46654</v>
+        <v>46620</v>
       </c>
       <c r="J16" s="5" t="n">
-        <v>7.64</v>
+        <v>7.74</v>
       </c>
       <c r="K16" s="1" t="inlineStr">
         <is>
-          <t>Alternative Investment Funds (AIF)</t>
+          <t>CARE AA-</t>
         </is>
       </c>
       <c r="L16" s="6" t="n">
-        <v>0.0032</v>
+        <v>0.0253</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="n">
         <v>5</v>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Aadhar Housing Finance Limited**</t>
+          <t>Aditya Birla Real Estate Limited**</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>INE883F07330</t>
+          <t>INE055A08037</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
-          <t>ICRA AA</t>
+          <t>CRISIL AA</t>
         </is>
       </c>
       <c r="E17" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F17" s="5" t="n">
-        <v>1085.4</v>
+        <v>1048.85</v>
       </c>
       <c r="G17" s="6" t="n">
-        <v>0.052</v>
+        <v>0.051</v>
       </c>
       <c r="H17" s="7" t="n">
-        <v>46620</v>
+        <v>46137</v>
       </c>
       <c r="J17" s="5" t="n">
-        <v>7.4374</v>
+        <v>7.375</v>
       </c>
       <c r="K17" s="1" t="inlineStr">
         <is>
-          <t>Cash &amp; Equivalent</t>
+          <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
       <c r="L17" s="6" t="n">
-        <v>0.0619</v>
+        <v>0.0033</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="n">
         <v>6</v>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Aditya Birla Real Estate Limited**</t>
+          <t>Sikka Ports &amp; Terminals Limited**</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>INE055A08037</t>
+          <t>INE941D07208</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E18" s="11" t="n">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="F18" s="5" t="n">
-        <v>1042.93</v>
+        <v>1046.23</v>
       </c>
       <c r="G18" s="6" t="n">
+        <v>0.0508</v>
+      </c>
+      <c r="H18" s="7" t="n">
+        <v>46134</v>
+      </c>
+      <c r="J18" s="5" t="n">
+        <v>6.6851</v>
+      </c>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L18" s="6" t="n">
         <v>0.05</v>
-      </c>
-[...4 lines deleted...]
-        <v>7.2601</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="n">
         <v>7</v>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sikka Ports &amp; Terminals Limited**</t>
+          <t>Nuvama Wealth Finance Limited**</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>INE941D07208</t>
+          <t>INE918K07PY9</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>CARE AA</t>
         </is>
       </c>
       <c r="E19" s="11" t="n">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="F19" s="5" t="n">
-        <v>1041.08</v>
+        <v>1036.88</v>
       </c>
       <c r="G19" s="6" t="n">
-        <v>0.0499</v>
+        <v>0.0504</v>
       </c>
       <c r="H19" s="7" t="n">
-        <v>46134</v>
+        <v>46549</v>
       </c>
       <c r="J19" s="5" t="n">
-        <v>6.5225</v>
+        <v>8.824199999999999</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="n">
         <v>8</v>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Tata Projects Limited**</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>INE725H08154</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>IND AA</t>
         </is>
       </c>
       <c r="E20" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F20" s="5" t="n">
-        <v>1028.81</v>
+        <v>1035.17</v>
       </c>
       <c r="G20" s="6" t="n">
-        <v>0.0493</v>
+        <v>0.0503</v>
       </c>
       <c r="H20" s="7" t="n">
         <v>46059</v>
       </c>
       <c r="J20" s="5" t="n">
-        <v>6.8799</v>
+        <v>6.5021</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="n">
         <v>9</v>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Nuvama Wealth Finance Limited**</t>
+          <t>JTPM Metal Traders Limited**</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>INE918K07PY9</t>
+          <t>INE02PE08036</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>CARE AA</t>
+          <t>CRISIL AA</t>
         </is>
       </c>
       <c r="E21" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F21" s="5" t="n">
-        <v>1027.98</v>
+        <v>1031.6</v>
       </c>
       <c r="G21" s="6" t="n">
-        <v>0.0493</v>
+        <v>0.0501</v>
       </c>
       <c r="H21" s="7" t="n">
-        <v>46549</v>
+        <v>47025</v>
+      </c>
+      <c r="I21" s="1" t="inlineStr">
+        <is>
+          <t>PU - 29-09-2028 CA - 29-09-2028</t>
+        </is>
       </c>
       <c r="J21" s="5" t="n">
-        <v>8.9312</v>
+        <v>8.101100000000001</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="n">
         <v>10</v>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>JTPM Metal Traders Limited**</t>
+          <t>Piramal Finance Limited**</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>INE02PE08036</t>
+          <t>INE202B07JW4</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AA</t>
+          <t>ICRA AA</t>
         </is>
       </c>
       <c r="E22" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F22" s="5" t="n">
-        <v>1027.71</v>
+        <v>1020.6</v>
       </c>
       <c r="G22" s="6" t="n">
-        <v>0.0493</v>
+        <v>0.0496</v>
       </c>
       <c r="H22" s="7" t="n">
-        <v>47025</v>
-[...4 lines deleted...]
-        </is>
+        <v>46689</v>
       </c>
       <c r="J22" s="5" t="n">
-        <v>7.9927</v>
+        <v>8.615</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="n">
         <v>11</v>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Piramal Finance Limited**</t>
+          <t>360 One Prime Limited**</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>INE202B07JW4</t>
+          <t>INE248U07EQ0</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
-          <t>ICRA AA</t>
+          <t>CRISIL AA</t>
         </is>
       </c>
       <c r="E23" s="11" t="n">
-        <v>1000</v>
+        <v>50000</v>
       </c>
       <c r="F23" s="5" t="n">
-        <v>1015.08</v>
+        <v>545.16</v>
       </c>
       <c r="G23" s="6" t="n">
-        <v>0.0487</v>
+        <v>0.0265</v>
       </c>
       <c r="H23" s="7" t="n">
-        <v>46689</v>
+        <v>46040</v>
       </c>
       <c r="J23" s="5" t="n">
-        <v>8.52</v>
+        <v>7.8936</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="n">
         <v>12</v>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>360 One Prime Limited**</t>
+          <t>Tata Projects Limited**</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>INE248U07EQ0</t>
+          <t>INE725H08196</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>CRISIL AA</t>
         </is>
       </c>
       <c r="E24" s="11" t="n">
-        <v>50000</v>
+        <v>500</v>
       </c>
       <c r="F24" s="5" t="n">
-        <v>541.58</v>
+        <v>527.6900000000001</v>
       </c>
       <c r="G24" s="6" t="n">
-        <v>0.026</v>
+        <v>0.0256</v>
       </c>
       <c r="H24" s="7" t="n">
-        <v>46040</v>
+        <v>46505</v>
       </c>
       <c r="J24" s="5" t="n">
-        <v>7.8461</v>
+        <v>7.54</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="n">
         <v>13</v>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Tata Projects Limited**</t>
+          <t>Indostar Capital Finance Limited**</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>INE725H08196</t>
+          <t>INE896L07983</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AA</t>
+          <t>CARE AA-</t>
         </is>
       </c>
       <c r="E25" s="11" t="n">
+        <v>50000</v>
+      </c>
+      <c r="F25" s="5" t="n">
+        <v>520.14</v>
+      </c>
+      <c r="G25" s="6" t="n">
+        <v>0.0253</v>
+      </c>
+      <c r="H25" s="7" t="n">
+        <v>46290</v>
+      </c>
+      <c r="J25" s="5" t="n">
+        <v>8.504899999999999</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>360 One Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE248U07GC5</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AA</t>
+        </is>
+      </c>
+      <c r="E26" s="11" t="n">
         <v>500</v>
       </c>
-      <c r="F25" s="5" t="n">
-[...14 lines deleted...]
-      <c r="B26" s="8" t="inlineStr">
+      <c r="F26" s="5" t="n">
+        <v>510.18</v>
+      </c>
+      <c r="G26" s="6" t="n">
+        <v>0.0248</v>
+      </c>
+      <c r="H26" s="7" t="n">
+        <v>46667</v>
+      </c>
+      <c r="J26" s="5" t="n">
+        <v>8.7249</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="8" t="n"/>
+      <c r="B27" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C26" s="8" t="n"/>
-[...10 lines deleted...]
-      <c r="B28" s="3" t="inlineStr">
+      <c r="C27" s="8" t="n"/>
+      <c r="D27" s="8" t="n"/>
+      <c r="E27" s="8" t="n"/>
+      <c r="F27" s="9" t="n">
+        <v>12572.29</v>
+      </c>
+      <c r="G27" s="10" t="n">
+        <v>0.611</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="B29" s="3" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
-      </c>
-[...33 lines deleted...]
-        <v>6.5021</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="n">
         <v>15</v>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>6.92% GOI 2039</t>
+          <t>6.48% GOI 2035</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>IN0020240134</t>
+          <t>IN0020250091</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E30" s="11" t="n">
-        <v>1000000</v>
+        <v>3000000</v>
       </c>
       <c r="F30" s="5" t="n">
-        <v>1001.54</v>
+        <v>3019.98</v>
       </c>
       <c r="G30" s="6" t="n">
-        <v>0.048</v>
+        <v>0.1468</v>
       </c>
       <c r="H30" s="7" t="n">
-        <v>51092</v>
+        <v>49588</v>
       </c>
       <c r="J30" s="5" t="n">
-        <v>6.9304</v>
+        <v>6.5996</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="n">
         <v>16</v>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>7.10% GOI 2034</t>
+          <t>6.92% GOI 2039</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>IN0020240019</t>
+          <t>IN0020240134</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E31" s="11" t="n">
-        <v>500000</v>
+        <v>1000000</v>
       </c>
       <c r="F31" s="5" t="n">
-        <v>522.23</v>
+        <v>1008.71</v>
       </c>
       <c r="G31" s="6" t="n">
-        <v>0.025</v>
+        <v>0.049</v>
       </c>
       <c r="H31" s="7" t="n">
-        <v>49042</v>
+        <v>51092</v>
       </c>
       <c r="J31" s="5" t="n">
-        <v>6.5629</v>
+        <v>6.9138</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="n">
         <v>17</v>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>6.79% GOI 2034</t>
+          <t>7.10% GOI 2034</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>IN0020240126</t>
+          <t>IN0020240019</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E32" s="11" t="n">
         <v>500000</v>
       </c>
       <c r="F32" s="5" t="n">
-        <v>511.8</v>
+        <v>522.49</v>
       </c>
       <c r="G32" s="6" t="n">
-        <v>0.0245</v>
+        <v>0.0254</v>
       </c>
       <c r="H32" s="7" t="n">
-        <v>49224</v>
+        <v>49042</v>
       </c>
       <c r="J32" s="5" t="n">
-        <v>6.5857</v>
+        <v>6.6424</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="n">
         <v>18</v>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>6.33% GOI 2035</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
           <t>IN0020250026</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E33" s="11" t="n">
         <v>500000</v>
       </c>
       <c r="F33" s="5" t="n">
-        <v>494.83</v>
+        <v>495.5</v>
       </c>
       <c r="G33" s="6" t="n">
-        <v>0.0237</v>
+        <v>0.0241</v>
       </c>
       <c r="H33" s="7" t="n">
         <v>49434</v>
       </c>
       <c r="J33" s="5" t="n">
-        <v>6.5436</v>
+        <v>6.602</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="8" t="n"/>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C34" s="8" t="n"/>
       <c r="D34" s="8" t="n"/>
       <c r="E34" s="8" t="n"/>
       <c r="F34" s="9" t="n">
-        <v>4546.8</v>
+        <v>5046.68</v>
       </c>
       <c r="G34" s="10" t="n">
-        <v>0.2178</v>
+        <v>0.2453</v>
       </c>
     </row>
     <row r="36">
       <c r="B36" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="n">
         <v>19</v>
       </c>
-      <c r="B37" s="1" t="inlineStr">
+      <c r="B37" s="3" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
       <c r="F37" s="5" t="n">
-        <v>1724.65</v>
+        <v>1462.32</v>
       </c>
       <c r="G37" s="6" t="n">
-        <v>0.0827</v>
+        <v>0.0711</v>
       </c>
       <c r="H37" s="7" t="n">
-        <v>45992</v>
+        <v>46023</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="8" t="n"/>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C38" s="8" t="n"/>
       <c r="D38" s="8" t="n"/>
       <c r="E38" s="8" t="n"/>
       <c r="F38" s="9" t="n">
-        <v>1724.65</v>
+        <v>1462.32</v>
       </c>
       <c r="G38" s="10" t="n">
-        <v>0.0827</v>
+        <v>0.0711</v>
       </c>
     </row>
     <row r="40">
       <c r="B40" s="3" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="n">
         <v>20</v>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
           <t>INF0RQ622028</t>
         </is>
       </c>
       <c r="E41" s="11" t="n">
         <v>585.071</v>
       </c>
       <c r="F41" s="5" t="n">
-        <v>67.25</v>
+        <v>67.59999999999999</v>
       </c>
       <c r="G41" s="6" t="n">
-        <v>0.0032</v>
+        <v>0.0033</v>
       </c>
       <c r="J41" s="5" t="n"/>
     </row>
     <row r="42">
       <c r="A42" s="8" t="n"/>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C42" s="8" t="n"/>
       <c r="D42" s="8" t="n"/>
       <c r="E42" s="8" t="n"/>
       <c r="F42" s="9" t="n">
-        <v>67.25</v>
+        <v>67.59999999999999</v>
       </c>
       <c r="G42" s="10" t="n">
-        <v>0.0032</v>
+        <v>0.0033</v>
       </c>
     </row>
     <row r="44">
       <c r="B44" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
       <c r="E45" s="11" t="n"/>
       <c r="F45" s="5" t="n">
-        <v>-433.09</v>
+        <v>-434.28</v>
       </c>
       <c r="G45" s="6" t="n">
-        <v>-0.0208</v>
+        <v>-0.0211</v>
       </c>
       <c r="J45" s="5" t="n"/>
     </row>
     <row r="46">
       <c r="A46" s="8" t="n"/>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C46" s="8" t="n"/>
       <c r="D46" s="8" t="n"/>
       <c r="E46" s="8" t="n"/>
       <c r="F46" s="9" t="n">
-        <v>-433.09</v>
+        <v>-434.28</v>
       </c>
       <c r="G46" s="10" t="n">
-        <v>-0.0208</v>
+        <v>-0.0211</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="4" t="n"/>
       <c r="B48" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
       <c r="C48" s="4" t="n"/>
       <c r="D48" s="4" t="n"/>
       <c r="E48" s="4" t="n"/>
       <c r="F48" s="12" t="n">
-        <v>20863.97</v>
+        <v>20575.58</v>
       </c>
       <c r="G48" s="13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="15" t="n">
         <v>2</v>
       </c>
       <c r="B51" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="52" ht="49" customHeight="1" s="73">
-      <c r="A52" s="22" t="n">
+    <row r="52" ht="27" customHeight="1" s="74">
+      <c r="A52" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B52" s="74" t="inlineStr">
+      <c r="B52" s="15" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" ht="61" customHeight="1" s="74">
+      <c r="A53" s="15" t="n">
+        <v>4</v>
+      </c>
+      <c r="B53" s="76" t="inlineStr">
         <is>
           <t>In case of below securities, DSP Mutual Fund has ignored prices provided by valuation agencies. Disclosure vide circular no. SEBI/HO/IMD/DF4/CIR/P/2019/41 dated March 22, 2019 &amp; SEBI/HO/IMD/DF4/CIR/P/2019/102 dated September 24,2019  for detailed rationale along with other details are available at the below mentioned links</t>
         </is>
       </c>
-      <c r="C52" s="106" t="n"/>
-[...6 lines deleted...]
-      <c r="B53" s="32" t="inlineStr">
+      <c r="C53" s="101" t="n"/>
+      <c r="D53" s="101" t="n"/>
+      <c r="E53" s="101" t="n"/>
+      <c r="F53" s="101" t="n"/>
+    </row>
+    <row r="54" ht="14.5" customHeight="1" s="74">
+      <c r="A54" s="15" t="n"/>
+      <c r="B54" s="31" t="inlineStr">
         <is>
           <t>Name of the securities</t>
         </is>
       </c>
-      <c r="C53" s="32" t="inlineStr">
+      <c r="C54" s="31" t="inlineStr">
         <is>
           <t>No of Instances</t>
         </is>
       </c>
-      <c r="D53" s="97" t="inlineStr">
+      <c r="D54" s="99" t="inlineStr">
         <is>
           <t>Links</t>
         </is>
       </c>
-      <c r="E53" s="107" t="n"/>
-[...4 lines deleted...]
-      <c r="B54" s="42" t="inlineStr">
+      <c r="E54" s="102" t="n"/>
+      <c r="F54" s="103" t="n"/>
+    </row>
+    <row r="55" ht="66" customHeight="1" s="74">
+      <c r="A55" s="15" t="n"/>
+      <c r="B55" s="39" t="inlineStr">
         <is>
           <t>Il&amp;Fs Energy Development Company Limited (Maturity Date : 28-Jun-2019)</t>
         </is>
       </c>
-      <c r="C54" s="33" t="n">
+      <c r="C55" s="32" t="n">
         <v>309</v>
       </c>
-      <c r="D54" s="109" t="inlineStr">
+      <c r="D55" s="104" t="inlineStr">
         <is>
           <t>https://www.dspim.com/media/pages/mandatory-disclosures/disclosures-for-deviation-in-valuation-price/9b5bdcb45d-1720430633/il-amp-fs-energy-devlopment-company-limited.pdf</t>
         </is>
       </c>
-      <c r="E54" s="107" t="n"/>
-[...4 lines deleted...]
-      <c r="B55" s="42" t="inlineStr">
+      <c r="E55" s="102" t="n"/>
+      <c r="F55" s="103" t="n"/>
+    </row>
+    <row r="56" ht="67" customHeight="1" s="74">
+      <c r="A56" s="15" t="n"/>
+      <c r="B56" s="39" t="inlineStr">
         <is>
           <t>Il&amp;Fs Energy Development Company Limited (Maturity Date : 07-Jun-2019)</t>
         </is>
       </c>
-      <c r="C55" s="33" t="n">
+      <c r="C56" s="32" t="n">
         <v>309</v>
       </c>
-      <c r="D55" s="110" t="inlineStr">
+      <c r="D56" s="105" t="inlineStr">
         <is>
           <t>https://www.dspim.com/media/pages/mandatory-disclosures/disclosures-for-deviation-in-valuation-price/9b5bdcb45d-1720430633/il-amp-fs-energy-devlopment-company-limited.pdf</t>
         </is>
       </c>
-      <c r="E55" s="107" t="n"/>
-[...6 lines deleted...]
-      <c r="B56" s="74" t="inlineStr">
+      <c r="E56" s="102" t="n"/>
+      <c r="F56" s="103" t="n"/>
+    </row>
+    <row r="57" ht="115" customHeight="1" s="74">
+      <c r="A57" s="15" t="n"/>
+      <c r="B57" s="76" t="inlineStr">
         <is>
           <t xml:space="preserve">As per SEBI (MUTUAL FUNDS) REGULATIONS, 1996 and  MASTER CIRCULAR SEBI/HO/IMD/IMD-PoD-1/P/CIR/2024/90 Dtd June 27th 2024,  Below are the details of the securities in case of which issuer has defaulted beyond its maturity date. 
 Pursuant to the application filed by the Board of IL&amp;FS with the Hon’ble NCLAT to effect the interim distribution process, DSP Credit Risk Fund has received Interim distribution from IL&amp;FS Transportation Networks Limited and IL&amp;Fs Energy Development Company Limited as stated below. The cash distribution has been recognized as realized income passed on to the investors through NAV. The impact of InVITs has been factored in the NAV of the respective scheme on the March 07,2025 on which the INVITs were allotted.The provision of 10% is created on all the distributions of ITNL including prior distribution to safeguard the interest of unit holders as ITNL may claw back the amount in case the distribution results in excess distribution than what the debenture holders ought to have received.  </t>
         </is>
       </c>
-      <c r="C56" s="106" t="n"/>
-[...8 lines deleted...]
-      <c r="B57" s="81" t="inlineStr">
+      <c r="C57" s="101" t="n"/>
+      <c r="D57" s="101" t="n"/>
+      <c r="E57" s="101" t="n"/>
+      <c r="F57" s="101" t="n"/>
+      <c r="G57" s="101" t="n"/>
+      <c r="H57" s="101" t="n"/>
+      <c r="I57" s="101" t="n"/>
+    </row>
+    <row r="58" ht="81" customHeight="1" s="74">
+      <c r="A58" s="15" t="n"/>
+      <c r="B58" s="83" t="inlineStr">
         <is>
           <t>Security Name</t>
         </is>
       </c>
-      <c r="C57" s="81" t="inlineStr">
+      <c r="C58" s="83" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D57" s="81" t="inlineStr">
+      <c r="D58" s="83" t="inlineStr">
         <is>
           <t>value of the security considered under net receivables (i.e. value recognized in NAV in absolute terms and as % to NAV)
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="E57" s="108" t="n"/>
-      <c r="F57" s="81" t="inlineStr">
+      <c r="E58" s="103" t="n"/>
+      <c r="F58" s="83" t="inlineStr">
         <is>
           <t>total amount (including principal and interest) that is due to the scheme on that investment
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="G57" s="81" t="inlineStr">
+      <c r="G58" s="83" t="inlineStr">
         <is>
           <t>Interim Distribution received (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="H57" s="81" t="inlineStr">
+      <c r="H58" s="83" t="inlineStr">
         <is>
           <t>Date of passing Interim Distribution recognized in NAV</t>
         </is>
       </c>
-      <c r="I57" s="35" t="inlineStr">
+      <c r="I58" s="24" t="inlineStr">
         <is>
           <t>Interim Distribution 2(Units) INR at Unit Face Value Rs. 100 (Rs. In Lakhs)</t>
         </is>
       </c>
     </row>
-    <row r="58" ht="27" customHeight="1" s="73">
-      <c r="B58" s="36" t="inlineStr">
+    <row r="59" ht="27" customHeight="1" s="74">
+      <c r="A59" s="15" t="n"/>
+      <c r="B59" s="33" t="inlineStr">
         <is>
           <t>0% IL&amp;Fs Transportation Networks Limited Ncd Series A 23032019</t>
         </is>
       </c>
-      <c r="C58" s="36" t="inlineStr">
+      <c r="C59" s="33" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D58" s="37" t="n">
+      <c r="D59" s="34" t="n">
         <v>0</v>
       </c>
-      <c r="E58" s="38" t="n">
+      <c r="E59" s="35" t="n">
         <v>0</v>
       </c>
-      <c r="F58" s="37" t="n">
+      <c r="F59" s="34" t="n">
         <v>23396.176713</v>
       </c>
-      <c r="G58" s="39" t="inlineStr">
+      <c r="G59" s="36" t="inlineStr">
         <is>
           <t>1459.66
 738.78</t>
         </is>
       </c>
-      <c r="H58" s="40" t="inlineStr">
+      <c r="H59" s="37" t="inlineStr">
         <is>
           <t>19-10-2023
 27-02-2025</t>
         </is>
       </c>
-      <c r="I58" s="41" t="n">
+      <c r="I59" s="38" t="n">
         <v>2588.67</v>
       </c>
     </row>
-    <row r="59" ht="27" customHeight="1" s="73">
-      <c r="B59" s="36" t="inlineStr">
+    <row r="60" ht="27" customHeight="1" s="74">
+      <c r="A60" s="15" t="n"/>
+      <c r="B60" s="33" t="inlineStr">
         <is>
           <t>0% IL&amp;Fs Energy Development Company Limited Ncd 07062019</t>
         </is>
       </c>
-      <c r="C59" s="36" t="inlineStr">
+      <c r="C60" s="33" t="inlineStr">
         <is>
           <t>INE938L08049</t>
         </is>
       </c>
-      <c r="D59" s="37" t="n">
+      <c r="D60" s="34" t="n">
         <v>0</v>
       </c>
-      <c r="E59" s="38" t="n">
+      <c r="E60" s="35" t="n">
         <v>0</v>
       </c>
-      <c r="F59" s="37" t="n">
+      <c r="F60" s="34" t="n">
         <v>13861.96</v>
       </c>
-      <c r="G59" s="39" t="inlineStr">
+      <c r="G60" s="36" t="inlineStr">
         <is>
           <t>12.03
 5.01</t>
         </is>
       </c>
-      <c r="H59" s="40" t="inlineStr">
+      <c r="H60" s="37" t="inlineStr">
         <is>
           <t>06-07-2023
 01-03-2024</t>
         </is>
       </c>
-      <c r="I59" s="41" t="inlineStr">
+      <c r="I60" s="38" t="inlineStr">
         <is>
           <t>NIL</t>
         </is>
       </c>
     </row>
-    <row r="60" ht="27" customHeight="1" s="73">
-      <c r="B60" s="36" t="inlineStr">
+    <row r="61" ht="27" customHeight="1" s="74">
+      <c r="A61" s="15" t="n"/>
+      <c r="B61" s="33" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Energy Development Company Limited Ncd 28062019</t>
         </is>
       </c>
-      <c r="C60" s="36" t="inlineStr">
+      <c r="C61" s="33" t="inlineStr">
         <is>
           <t>INE938L08056</t>
         </is>
       </c>
-      <c r="D60" s="37" t="n">
+      <c r="D61" s="34" t="n">
         <v>0</v>
       </c>
-      <c r="E60" s="38" t="n">
+      <c r="E61" s="35" t="n">
         <v>0</v>
       </c>
-      <c r="F60" s="37" t="n">
+      <c r="F61" s="34" t="n">
         <v>10645.019</v>
       </c>
-      <c r="G60" s="39" t="inlineStr">
+      <c r="G61" s="36" t="inlineStr">
         <is>
           <t>9.19
 3.82</t>
         </is>
       </c>
-      <c r="H60" s="40" t="inlineStr">
+      <c r="H61" s="37" t="inlineStr">
         <is>
           <t>06-07-2023
 01-03-2024</t>
         </is>
       </c>
-      <c r="I60" s="41" t="inlineStr">
+      <c r="I61" s="38" t="inlineStr">
         <is>
           <t>NIL</t>
         </is>
       </c>
     </row>
-    <row r="63" ht="14.5" customHeight="1" s="73">
-      <c r="B63" s="69" t="inlineStr">
+    <row r="62">
+      <c r="A62" s="15" t="n"/>
+      <c r="B62" s="15" t="n"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="15" t="n"/>
+      <c r="B63" s="15" t="n"/>
+    </row>
+    <row r="65" ht="14.5" customHeight="1" s="74">
+      <c r="B65" s="95" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="76" ht="14.5" customHeight="1" s="73">
-      <c r="B76" s="69" t="inlineStr">
+    <row r="78" ht="14.5" customHeight="1" s="74">
+      <c r="B78" s="95" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Credit Risk Debt B-II Index</t>
         </is>
       </c>
     </row>
-    <row r="89">
-[...1 lines deleted...]
-      <c r="C89" s="18" t="inlineStr">
+    <row r="93">
+      <c r="B93" s="16" t="n"/>
+      <c r="C93" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
-      </c>
-[...38 lines deleted...]
-        <v>2.48</v>
       </c>
     </row>
     <row r="94">
       <c r="B94" s="16" t="inlineStr">
         <is>
-          <t>Residual Maturity</t>
-[...3 lines deleted...]
-        <v>3.29</v>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C94" s="18" t="inlineStr">
+        <is>
+          <t>DSP Credit Risk Fund</t>
+        </is>
       </c>
     </row>
     <row r="95">
       <c r="B95" s="16" t="inlineStr">
         <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C95" s="19" t="n"/>
+    </row>
+    <row r="96">
+      <c r="B96" s="16" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C96" s="20" t="n">
+        <v>0.0733</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="B97" s="16" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C97" s="19" t="n">
+        <v>2.73</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="B98" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C98" s="19" t="n">
+        <v>3.63</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="B99" s="16" t="inlineStr">
+        <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C95" s="21" t="n">
-[...4 lines deleted...]
-      <c r="B96" s="17" t="inlineStr">
+      <c r="C99" s="21" t="n">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="B100" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C96" s="18" t="n"/>
-[...2 lines deleted...]
-      <c r="B98" s="71" t="n"/>
+      <c r="C100" s="18" t="n"/>
+    </row>
+    <row r="103" ht="21" customHeight="1" s="74">
+      <c r="B103" s="72" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="7">
-    <mergeCell ref="B56:I56"/>
-    <mergeCell ref="D57:E57"/>
+    <mergeCell ref="B53:F53"/>
     <mergeCell ref="D54:F54"/>
+    <mergeCell ref="D56:F56"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="D53:F53"/>
+    <mergeCell ref="D58:E58"/>
+    <mergeCell ref="B57:I57"/>
     <mergeCell ref="D55:F55"/>
-    <mergeCell ref="B52:F52"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D54" r:id="rId1"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D55" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>