--- v4 (2026-01-08)
+++ v5 (2026-02-24)
@@ -1,73 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr codeName="ThisWorkbook"/>
+  <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="883" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="990" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="CREDITRISK" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="166" formatCode="0.000%"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="24">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -107,95 +114,109 @@
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+      <u val="single"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
@@ -330,328 +351,292 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="106">
+  <cellXfs count="96">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...58 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
-    </xf>
-[...17 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
@@ -701,116 +686,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>66</row>
+      <row>62</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>75</row>
+      <row>71</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="10026650"/>
+          <a:off x="457200" y="9512300"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>79</row>
+      <row>74</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>88</row>
-      <rowOff>31751</rowOff>
+      <row>83</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="12439650"/>
+          <a:off x="457200" y="11925300"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1048,1507 +1033,1443 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dspim.com/media/pages/mandatory-disclosures/disclosures-for-deviation-in-valuation-price/9b5bdcb45d-1720430633/il-amp-fs-energy-devlopment-company-limited.pdf" TargetMode="External" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr codeName="Sheet3">
+  <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L103"/>
+  <dimension ref="A1:L95"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="84" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="84" min="2" max="2"/>
+    <col width="19" bestFit="1" customWidth="1" style="84" min="3" max="3"/>
+    <col width="21.1796875" bestFit="1" customWidth="1" style="84" min="4" max="4"/>
+    <col width="13.26953125" customWidth="1" style="84" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="84" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="84" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="84" min="8" max="8"/>
+    <col width="29" bestFit="1" customWidth="1" style="84" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="84" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="84" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="84" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="84" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="62">
+      <c r="A1" s="61" t="n"/>
+      <c r="B1" s="61" t="inlineStr">
         <is>
           <t>DSP Credit Risk Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 31, 2025</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on February 15, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>Units issued by REITs &amp; InvITs</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="1" t="n">
+      <c r="A8" s="84" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B8" s="84" t="inlineStr">
         <is>
           <t>Roadstar Infra Investment Trust</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C8" s="84" t="inlineStr">
         <is>
           <t>INE0JEI23010</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D8" s="84" t="inlineStr">
         <is>
           <t>Transport Infrastructure</t>
         </is>
       </c>
-      <c r="E8" s="11" t="n">
+      <c r="E8" s="12" t="n">
         <v>2563667</v>
       </c>
-      <c r="F8" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H8" s="7" t="n">
+      <c r="F8" s="6" t="n">
+        <v>1525.38</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.0694</v>
+      </c>
+      <c r="H8" s="8" t="n"/>
+      <c r="J8" s="6" t="n"/>
+      <c r="K8" s="4" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="4" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="9" t="n"/>
+      <c r="B9" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C9" s="9" t="n"/>
+      <c r="D9" s="9" t="n"/>
+      <c r="E9" s="9" t="n"/>
+      <c r="F9" s="10" t="n">
+        <v>1525.38</v>
+      </c>
+      <c r="G9" s="11" t="n">
+        <v>0.0694</v>
+      </c>
+      <c r="K9" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AA</t>
+        </is>
+      </c>
+      <c r="L9" s="7" t="n">
+        <v>0.3102</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="K10" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L10" s="7" t="n">
+        <v>0.1845</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="B11" s="4" t="inlineStr">
+        <is>
+          <t>DEBT INSTRUMENTS</t>
+        </is>
+      </c>
+      <c r="K11" s="84" t="inlineStr">
+        <is>
+          <t>ICRA AA</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.1204</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="B12" s="4" t="inlineStr">
+        <is>
+          <t>BOND &amp; NCD's</t>
+        </is>
+      </c>
+      <c r="K12" s="84" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.0694</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="B13" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+      <c r="K13" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A+</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.048</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="84" t="n">
         <v>2</v>
       </c>
-      <c r="J8" s="5" t="n"/>
-[...13 lines deleted...]
-      <c r="B9" s="8" t="inlineStr">
+      <c r="B14" s="84" t="inlineStr">
+        <is>
+          <t>Nirma Limited**</t>
+        </is>
+      </c>
+      <c r="C14" s="84" t="inlineStr">
+        <is>
+          <t>INE091A07216</t>
+        </is>
+      </c>
+      <c r="D14" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AA</t>
+        </is>
+      </c>
+      <c r="E14" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>1624.33</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.07389999999999999</v>
+      </c>
+      <c r="H14" s="8" t="n">
+        <v>46119</v>
+      </c>
+      <c r="I14" s="84" t="inlineStr">
+        <is>
+          <t>PU - 23-Feb-2026 CA - 23-Feb-2026</t>
+        </is>
+      </c>
+      <c r="J14" s="6" t="n">
+        <v>6.7558</v>
+      </c>
+      <c r="K14" s="84" t="inlineStr">
+        <is>
+          <t>CARE AA</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.0478</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="84" t="n">
+        <v>3</v>
+      </c>
+      <c r="B15" s="84" t="inlineStr">
+        <is>
+          <t>Aditya Birla Renewables Limited**</t>
+        </is>
+      </c>
+      <c r="C15" s="84" t="inlineStr">
+        <is>
+          <t>INE01QP08016</t>
+        </is>
+      </c>
+      <c r="D15" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AA</t>
+        </is>
+      </c>
+      <c r="E15" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>1563.23</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0711</v>
+      </c>
+      <c r="H15" s="8" t="n">
+        <v>46654</v>
+      </c>
+      <c r="J15" s="6" t="n">
+        <v>7.995</v>
+      </c>
+      <c r="K15" s="84" t="inlineStr">
+        <is>
+          <t>CARE AA-</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0239</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="84" t="n">
+        <v>4</v>
+      </c>
+      <c r="B16" s="84" t="inlineStr">
+        <is>
+          <t>Aadhar Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C16" s="84" t="inlineStr">
+        <is>
+          <t>INE883F07330</t>
+        </is>
+      </c>
+      <c r="D16" s="84" t="inlineStr">
+        <is>
+          <t>ICRA AA</t>
+        </is>
+      </c>
+      <c r="E16" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>1097.21</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0499</v>
+      </c>
+      <c r="H16" s="8" t="n">
+        <v>46620</v>
+      </c>
+      <c r="J16" s="6" t="n">
+        <v>7.78</v>
+      </c>
+      <c r="K16" s="84" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="84" t="n">
+        <v>5</v>
+      </c>
+      <c r="B17" s="84" t="inlineStr">
+        <is>
+          <t>Aditya Birla Real Estate Limited**</t>
+        </is>
+      </c>
+      <c r="C17" s="84" t="inlineStr">
+        <is>
+          <t>INE055A08037</t>
+        </is>
+      </c>
+      <c r="D17" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AA</t>
+        </is>
+      </c>
+      <c r="E17" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>1057.46</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0481</v>
+      </c>
+      <c r="H17" s="8" t="n">
+        <v>46137</v>
+      </c>
+      <c r="J17" s="6" t="n">
+        <v>7.8949</v>
+      </c>
+      <c r="K17" s="84" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
+        <v>0.1927</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="84" t="n">
+        <v>6</v>
+      </c>
+      <c r="B18" s="84" t="inlineStr">
+        <is>
+          <t>GMR AIRPORTS LIMITED**</t>
+        </is>
+      </c>
+      <c r="C18" s="84" t="inlineStr">
+        <is>
+          <t>INE776C08083</t>
+        </is>
+      </c>
+      <c r="D18" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A+</t>
+        </is>
+      </c>
+      <c r="E18" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>1053.93</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.048</v>
+      </c>
+      <c r="H18" s="8" t="n">
+        <v>46431</v>
+      </c>
+      <c r="J18" s="6" t="n">
+        <v>10.1049</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="84" t="n">
+        <v>7</v>
+      </c>
+      <c r="B19" s="84" t="inlineStr">
+        <is>
+          <t>Nuvama Wealth Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C19" s="84" t="inlineStr">
+        <is>
+          <t>INE918K07PY9</t>
+        </is>
+      </c>
+      <c r="D19" s="84" t="inlineStr">
+        <is>
+          <t>CARE AA</t>
+        </is>
+      </c>
+      <c r="E19" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>1051.17</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0478</v>
+      </c>
+      <c r="H19" s="8" t="n">
+        <v>46549</v>
+      </c>
+      <c r="J19" s="6" t="n">
+        <v>8.56</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="84" t="n">
+        <v>8</v>
+      </c>
+      <c r="B20" s="84" t="inlineStr">
+        <is>
+          <t>JTPM Metal Traders Limited**</t>
+        </is>
+      </c>
+      <c r="C20" s="84" t="inlineStr">
+        <is>
+          <t>INE02PE08036</t>
+        </is>
+      </c>
+      <c r="D20" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AA</t>
+        </is>
+      </c>
+      <c r="E20" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>1039.75</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0473</v>
+      </c>
+      <c r="H20" s="8" t="n">
+        <v>47025</v>
+      </c>
+      <c r="I20" s="84" t="inlineStr">
+        <is>
+          <t>PU - 29-09-2028 CA - 29-09-2028</t>
+        </is>
+      </c>
+      <c r="J20" s="6" t="n">
+        <v>8.181699999999999</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="84" t="n">
+        <v>9</v>
+      </c>
+      <c r="B21" s="84" t="inlineStr">
+        <is>
+          <t>Piramal Finance Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="84" t="inlineStr">
+        <is>
+          <t>INE202B07JW4</t>
+        </is>
+      </c>
+      <c r="D21" s="84" t="inlineStr">
+        <is>
+          <t>ICRA AA</t>
+        </is>
+      </c>
+      <c r="E21" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>1032.69</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.047</v>
+      </c>
+      <c r="H21" s="8" t="n">
+        <v>46689</v>
+      </c>
+      <c r="J21" s="6" t="n">
+        <v>8.5236</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="84" t="n">
+        <v>10</v>
+      </c>
+      <c r="B22" s="84" t="inlineStr">
+        <is>
+          <t>Adani Power Limited**</t>
+        </is>
+      </c>
+      <c r="C22" s="84" t="inlineStr">
+        <is>
+          <t>INE814H07190</t>
+        </is>
+      </c>
+      <c r="D22" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AA</t>
+        </is>
+      </c>
+      <c r="E22" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>1001.3</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0456</v>
+      </c>
+      <c r="H22" s="8" t="n">
+        <v>46779</v>
+      </c>
+      <c r="J22" s="6" t="n">
+        <v>8.4297</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="84" t="n">
+        <v>11</v>
+      </c>
+      <c r="B23" s="84" t="inlineStr">
+        <is>
+          <t>Tata Projects Limited**</t>
+        </is>
+      </c>
+      <c r="C23" s="84" t="inlineStr">
+        <is>
+          <t>INE725H08196</t>
+        </is>
+      </c>
+      <c r="D23" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AA</t>
+        </is>
+      </c>
+      <c r="E23" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>531.91</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0242</v>
+      </c>
+      <c r="H23" s="8" t="n">
+        <v>46505</v>
+      </c>
+      <c r="J23" s="6" t="n">
+        <v>7.655</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="84" t="n">
+        <v>12</v>
+      </c>
+      <c r="B24" s="84" t="inlineStr">
+        <is>
+          <t>Indostar Capital Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C24" s="84" t="inlineStr">
+        <is>
+          <t>INE896L07983</t>
+        </is>
+      </c>
+      <c r="D24" s="84" t="inlineStr">
+        <is>
+          <t>CARE AA-</t>
+        </is>
+      </c>
+      <c r="E24" s="12" t="n">
+        <v>50000</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>525.34</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0239</v>
+      </c>
+      <c r="H24" s="8" t="n">
+        <v>46290</v>
+      </c>
+      <c r="J24" s="6" t="n">
+        <v>8.5395</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="84" t="n">
+        <v>13</v>
+      </c>
+      <c r="B25" s="84" t="inlineStr">
+        <is>
+          <t>360 One Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C25" s="84" t="inlineStr">
+        <is>
+          <t>INE248U07GC5</t>
+        </is>
+      </c>
+      <c r="D25" s="84" t="inlineStr">
+        <is>
+          <t>ICRA AA</t>
+        </is>
+      </c>
+      <c r="E25" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>515.84</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0235</v>
+      </c>
+      <c r="H25" s="8" t="n">
+        <v>46667</v>
+      </c>
+      <c r="J25" s="6" t="n">
+        <v>8.69</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="9" t="n"/>
+      <c r="B26" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C9" s="8" t="n"/>
-[...18 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+      <c r="C26" s="9" t="n"/>
+      <c r="D26" s="9" t="n"/>
+      <c r="E26" s="9" t="n"/>
+      <c r="F26" s="10" t="n">
+        <v>12094.16</v>
+      </c>
+      <c r="G26" s="11" t="n">
+        <v>0.5503</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="B28" s="4" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="84" t="n">
+        <v>14</v>
+      </c>
+      <c r="B29" s="84" t="inlineStr">
+        <is>
+          <t>6.48% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C29" s="84" t="inlineStr">
+        <is>
+          <t>IN0020250091</t>
+        </is>
+      </c>
+      <c r="D29" s="84" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L10" s="6" t="n">
-[...49 lines deleted...]
-      <c r="A14" s="1" t="n">
+      <c r="E29" s="12" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>2018.32</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.09180000000000001</v>
+      </c>
+      <c r="H29" s="8" t="n">
+        <v>49588</v>
+      </c>
+      <c r="J29" s="6" t="n">
+        <v>6.6812</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="84" t="n">
+        <v>15</v>
+      </c>
+      <c r="B30" s="84" t="inlineStr">
+        <is>
+          <t>6.92% GOI 2039</t>
+        </is>
+      </c>
+      <c r="C30" s="84" t="inlineStr">
+        <is>
+          <t>IN0020240134</t>
+        </is>
+      </c>
+      <c r="D30" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E30" s="12" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>1014.3</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0462</v>
+      </c>
+      <c r="H30" s="8" t="n">
+        <v>51092</v>
+      </c>
+      <c r="J30" s="6" t="n">
+        <v>6.9482</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="84" t="n">
+        <v>16</v>
+      </c>
+      <c r="B31" s="84" t="inlineStr">
+        <is>
+          <t>7.10% GOI 2034</t>
+        </is>
+      </c>
+      <c r="C31" s="84" t="inlineStr">
+        <is>
+          <t>IN0020240019</t>
+        </is>
+      </c>
+      <c r="D31" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E31" s="12" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>525.22</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0239</v>
+      </c>
+      <c r="H31" s="8" t="n">
+        <v>49042</v>
+      </c>
+      <c r="J31" s="6" t="n">
+        <v>6.6916</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="84" t="n">
+        <v>17</v>
+      </c>
+      <c r="B32" s="84" t="inlineStr">
+        <is>
+          <t>6.33% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C32" s="84" t="inlineStr">
+        <is>
+          <t>IN0020250026</t>
+        </is>
+      </c>
+      <c r="D32" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E32" s="12" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>497.4</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0226</v>
+      </c>
+      <c r="H32" s="8" t="n">
+        <v>49434</v>
+      </c>
+      <c r="J32" s="6" t="n">
+        <v>6.6656</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="9" t="n"/>
+      <c r="B33" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C33" s="9" t="n"/>
+      <c r="D33" s="9" t="n"/>
+      <c r="E33" s="9" t="n"/>
+      <c r="F33" s="10" t="n">
+        <v>4055.24</v>
+      </c>
+      <c r="G33" s="11" t="n">
+        <v>0.1845</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="B35" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="84" t="n">
+        <v>18</v>
+      </c>
+      <c r="B36" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>4613.47</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.2099</v>
+      </c>
+      <c r="H36" s="8" t="n">
+        <v>46069</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="9" t="n"/>
+      <c r="B37" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C37" s="9" t="n"/>
+      <c r="D37" s="9" t="n"/>
+      <c r="E37" s="9" t="n"/>
+      <c r="F37" s="10" t="n">
+        <v>4613.47</v>
+      </c>
+      <c r="G37" s="11" t="n">
+        <v>0.2099</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="B39" s="4" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="84" t="n">
+        <v>19</v>
+      </c>
+      <c r="B40" s="84" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C40" s="84" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E40" s="12" t="n">
+        <v>585.071</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>68.09999999999999</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="9" t="n"/>
+      <c r="B41" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C41" s="9" t="n"/>
+      <c r="D41" s="9" t="n"/>
+      <c r="E41" s="9" t="n"/>
+      <c r="F41" s="10" t="n">
+        <v>68.09999999999999</v>
+      </c>
+      <c r="G41" s="11" t="n">
+        <v>0.0031</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="B43" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="B44" s="84" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E44" s="12" t="n"/>
+      <c r="F44" s="6" t="n">
+        <v>-382.21</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>-0.0172</v>
+      </c>
+      <c r="J44" s="6" t="n"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="9" t="n"/>
+      <c r="B45" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C45" s="9" t="n"/>
+      <c r="D45" s="9" t="n"/>
+      <c r="E45" s="9" t="n"/>
+      <c r="F45" s="10" t="n">
+        <v>-382.21</v>
+      </c>
+      <c r="G45" s="11" t="n">
+        <v>-0.0172</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="5" t="n"/>
+      <c r="B47" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C47" s="5" t="n"/>
+      <c r="D47" s="5" t="n"/>
+      <c r="E47" s="5" t="n"/>
+      <c r="F47" s="13" t="n">
+        <v>21974.14</v>
+      </c>
+      <c r="G47" s="14" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="81" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="84" t="n">
+        <v>1</v>
+      </c>
+      <c r="B49" s="84" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B14" s="1" t="inlineStr">
-[...44 lines deleted...]
-      <c r="A15" s="1" t="n">
+      <c r="B50" s="15" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" ht="57" customHeight="1" s="62">
+      <c r="A51" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B15" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A16" s="1" t="n">
+      <c r="B51" s="85" t="inlineStr">
+        <is>
+          <t>In case of below securities, DSP Mutual Fund has ignored prices provided by valuation agencies. Disclosure vide circular no. SEBI/HO/IMD/DF4/CIR/P/2019/41 dated March 22, 2019 &amp; SEBI/HO/IMD/DF4/CIR/P/2019/102 dated September 24,2019  for detailed rationale along with other details are available at the below mentioned links</t>
+        </is>
+      </c>
+      <c r="C51" s="91" t="n"/>
+      <c r="D51" s="91" t="n"/>
+      <c r="E51" s="91" t="n"/>
+      <c r="F51" s="91" t="n"/>
+    </row>
+    <row r="52" ht="14.25" customHeight="1" s="62">
+      <c r="A52" s="15" t="n"/>
+      <c r="B52" s="28" t="inlineStr">
+        <is>
+          <t>Name of the securities</t>
+        </is>
+      </c>
+      <c r="C52" s="28" t="inlineStr">
+        <is>
+          <t>No of Instances</t>
+        </is>
+      </c>
+      <c r="D52" s="70" t="inlineStr">
+        <is>
+          <t>Links</t>
+        </is>
+      </c>
+      <c r="E52" s="92" t="n"/>
+      <c r="F52" s="93" t="n"/>
+    </row>
+    <row r="53" ht="66" customHeight="1" s="62">
+      <c r="A53" s="15" t="n"/>
+      <c r="B53" s="29" t="inlineStr">
+        <is>
+          <t>Il&amp;Fs Energy Development Company Limited (Maturity Date : 28-Jun-2019)</t>
+        </is>
+      </c>
+      <c r="C53" s="30" t="n">
+        <v>309</v>
+      </c>
+      <c r="D53" s="94" t="inlineStr">
+        <is>
+          <t>https://www.dspim.com/media/pages/mandatory-disclosures/disclosures-for-deviation-in-valuation-price/9b5bdcb45d-1720430633/il-amp-fs-energy-devlopment-company-limited.pdf</t>
+        </is>
+      </c>
+      <c r="E53" s="92" t="n"/>
+      <c r="F53" s="93" t="n"/>
+    </row>
+    <row r="54" ht="71.25" customHeight="1" s="62">
+      <c r="A54" s="15" t="n"/>
+      <c r="B54" s="29" t="inlineStr">
+        <is>
+          <t>Il&amp;Fs Energy Development Company Limited (Maturity Date : 07-Jun-2019)</t>
+        </is>
+      </c>
+      <c r="C54" s="30" t="n">
+        <v>309</v>
+      </c>
+      <c r="D54" s="95" t="inlineStr">
+        <is>
+          <t>https://www.dspim.com/media/pages/mandatory-disclosures/disclosures-for-deviation-in-valuation-price/9b5bdcb45d-1720430633/il-amp-fs-energy-devlopment-company-limited.pdf</t>
+        </is>
+      </c>
+      <c r="E54" s="92" t="n"/>
+      <c r="F54" s="93" t="n"/>
+    </row>
+    <row r="55" ht="108.5" customHeight="1" s="62">
+      <c r="A55" s="15" t="n">
         <v>4</v>
       </c>
-      <c r="B16" s="1" t="inlineStr">
-[...847 lines deleted...]
-      <c r="B57" s="76" t="inlineStr">
+      <c r="B55" s="63" t="inlineStr">
         <is>
           <t xml:space="preserve">As per SEBI (MUTUAL FUNDS) REGULATIONS, 1996 and  MASTER CIRCULAR SEBI/HO/IMD/IMD-PoD-1/P/CIR/2024/90 Dtd June 27th 2024,  Below are the details of the securities in case of which issuer has defaulted beyond its maturity date. 
 Pursuant to the application filed by the Board of IL&amp;FS with the Hon’ble NCLAT to effect the interim distribution process, DSP Credit Risk Fund has received Interim distribution from IL&amp;FS Transportation Networks Limited and IL&amp;Fs Energy Development Company Limited as stated below. The cash distribution has been recognized as realized income passed on to the investors through NAV. The impact of InVITs has been factored in the NAV of the respective scheme on the March 07,2025 on which the INVITs were allotted.The provision of 10% is created on all the distributions of ITNL including prior distribution to safeguard the interest of unit holders as ITNL may claw back the amount in case the distribution results in excess distribution than what the debenture holders ought to have received.  </t>
         </is>
       </c>
-      <c r="C57" s="101" t="n"/>
-[...9 lines deleted...]
-      <c r="B58" s="83" t="inlineStr">
+      <c r="C55" s="91" t="n"/>
+      <c r="D55" s="91" t="n"/>
+      <c r="E55" s="91" t="n"/>
+      <c r="F55" s="91" t="n"/>
+      <c r="G55" s="91" t="n"/>
+      <c r="H55" s="91" t="n"/>
+      <c r="I55" s="91" t="n"/>
+    </row>
+    <row r="56" ht="81" customHeight="1" s="62">
+      <c r="A56" s="15" t="n"/>
+      <c r="B56" s="69" t="inlineStr">
         <is>
           <t>Security Name</t>
         </is>
       </c>
-      <c r="C58" s="83" t="inlineStr">
+      <c r="C56" s="69" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D58" s="83" t="inlineStr">
+      <c r="D56" s="69" t="inlineStr">
         <is>
           <t>value of the security considered under net receivables (i.e. value recognized in NAV in absolute terms and as % to NAV)
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="E58" s="103" t="n"/>
-      <c r="F58" s="83" t="inlineStr">
+      <c r="E56" s="93" t="n"/>
+      <c r="F56" s="69" t="inlineStr">
         <is>
           <t>total amount (including principal and interest) that is due to the scheme on that investment
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="G58" s="83" t="inlineStr">
+      <c r="G56" s="69" t="inlineStr">
         <is>
           <t>Interim Distribution received (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="H58" s="83" t="inlineStr">
+      <c r="H56" s="69" t="inlineStr">
         <is>
           <t>Date of passing Interim Distribution recognized in NAV</t>
         </is>
       </c>
-      <c r="I58" s="24" t="inlineStr">
+      <c r="I56" s="32" t="inlineStr">
         <is>
           <t>Interim Distribution 2(Units) INR at Unit Face Value Rs. 100 (Rs. In Lakhs)</t>
         </is>
       </c>
     </row>
-    <row r="59" ht="27" customHeight="1" s="74">
+    <row r="57" ht="33.75" customHeight="1" s="62">
+      <c r="A57" s="15" t="n"/>
+      <c r="B57" s="33" t="inlineStr">
+        <is>
+          <t>0% IL&amp;Fs Transportation Networks Limited Ncd Series A 23032019</t>
+        </is>
+      </c>
+      <c r="C57" s="33" t="inlineStr">
+        <is>
+          <t>INE975G08140</t>
+        </is>
+      </c>
+      <c r="D57" s="34" t="n">
+        <v>0</v>
+      </c>
+      <c r="E57" s="35" t="n">
+        <v>0</v>
+      </c>
+      <c r="F57" s="34" t="n">
+        <v>23396.176713</v>
+      </c>
+      <c r="G57" s="36" t="inlineStr">
+        <is>
+          <t>1459.66
+738.78</t>
+        </is>
+      </c>
+      <c r="H57" s="37" t="inlineStr">
+        <is>
+          <t>19-10-2023
+27-02-2025</t>
+        </is>
+      </c>
+      <c r="I57" s="38" t="n">
+        <v>2588.67</v>
+      </c>
+    </row>
+    <row r="58" ht="27" customHeight="1" s="62">
+      <c r="A58" s="15" t="n"/>
+      <c r="B58" s="33" t="inlineStr">
+        <is>
+          <t>0% IL&amp;Fs Energy Development Company Limited Ncd 07062019</t>
+        </is>
+      </c>
+      <c r="C58" s="33" t="inlineStr">
+        <is>
+          <t>INE938L08049</t>
+        </is>
+      </c>
+      <c r="D58" s="34" t="n">
+        <v>0</v>
+      </c>
+      <c r="E58" s="35" t="n">
+        <v>0</v>
+      </c>
+      <c r="F58" s="34" t="n">
+        <v>13861.96</v>
+      </c>
+      <c r="G58" s="36" t="inlineStr">
+        <is>
+          <t>12.03
+5.01</t>
+        </is>
+      </c>
+      <c r="H58" s="37" t="inlineStr">
+        <is>
+          <t>06-07-2023
+01-03-2024</t>
+        </is>
+      </c>
+      <c r="I58" s="38" t="inlineStr">
+        <is>
+          <t>NIL</t>
+        </is>
+      </c>
+    </row>
+    <row r="59" ht="27" customHeight="1" s="62">
       <c r="A59" s="15" t="n"/>
       <c r="B59" s="33" t="inlineStr">
         <is>
-          <t>0% IL&amp;Fs Transportation Networks Limited Ncd Series A 23032019</t>
+          <t>0% IL&amp;FS Energy Development Company Limited Ncd 28062019</t>
         </is>
       </c>
       <c r="C59" s="33" t="inlineStr">
         <is>
-          <t>INE975G08140</t>
+          <t>INE938L08056</t>
         </is>
       </c>
       <c r="D59" s="34" t="n">
         <v>0</v>
       </c>
       <c r="E59" s="35" t="n">
         <v>0</v>
       </c>
       <c r="F59" s="34" t="n">
-        <v>23396.176713</v>
+        <v>10645.019</v>
       </c>
       <c r="G59" s="36" t="inlineStr">
         <is>
-          <t>1459.66
-738.78</t>
+          <t>9.19
+3.82</t>
         </is>
       </c>
       <c r="H59" s="37" t="inlineStr">
-        <is>
-[...35 lines deleted...]
-      <c r="H60" s="37" t="inlineStr">
         <is>
           <t>06-07-2023
 01-03-2024</t>
         </is>
       </c>
-      <c r="I60" s="38" t="inlineStr">
+      <c r="I59" s="38" t="inlineStr">
         <is>
           <t>NIL</t>
         </is>
       </c>
     </row>
-    <row r="61" ht="27" customHeight="1" s="74">
-[...47 lines deleted...]
-      <c r="B65" s="95" t="inlineStr">
+    <row r="61" ht="14.5" customHeight="1" s="62">
+      <c r="B61" s="86" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="78" ht="14.5" customHeight="1" s="74">
-      <c r="B78" s="95" t="inlineStr">
+    <row r="73" ht="14.5" customHeight="1" s="62">
+      <c r="B73" s="86" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Credit Risk Debt B-II Index</t>
         </is>
       </c>
     </row>
+    <row r="88">
+      <c r="B88" s="16" t="n"/>
+      <c r="C88" s="18" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
+    <row r="89">
+      <c r="B89" s="16" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C89" s="18" t="inlineStr">
+        <is>
+          <t>DSP Credit Risk Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="90">
+      <c r="B90" s="16" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C90" s="19" t="n"/>
+    </row>
+    <row r="91">
+      <c r="B91" s="16" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C91" s="20" t="n">
+        <v>0.07240000000000001</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="B92" s="16" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C92" s="19" t="n">
+        <v>2.18</v>
+      </c>
+    </row>
     <row r="93">
-      <c r="B93" s="16" t="n"/>
-[...3 lines deleted...]
-        </is>
+      <c r="B93" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C93" s="19" t="n">
+        <v>2.9</v>
       </c>
     </row>
     <row r="94">
       <c r="B94" s="16" t="inlineStr">
         <is>
-          <t>Scheme Name:</t>
-[...5 lines deleted...]
-        </is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C94" s="21" t="n">
+        <v>46068</v>
       </c>
     </row>
     <row r="95">
-      <c r="B95" s="16" t="inlineStr">
-[...47 lines deleted...]
-      <c r="B100" s="17" t="inlineStr">
+      <c r="B95" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C100" s="18" t="n"/>
-[...2 lines deleted...]
-      <c r="B103" s="72" t="n"/>
+      <c r="C95" s="18" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="7">
-    <mergeCell ref="B53:F53"/>
+    <mergeCell ref="B55:I55"/>
     <mergeCell ref="D54:F54"/>
-    <mergeCell ref="D56:F56"/>
+    <mergeCell ref="B51:F51"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="D58:E58"/>
-[...1 lines deleted...]
-    <mergeCell ref="D55:F55"/>
+    <mergeCell ref="D52:F52"/>
+    <mergeCell ref="D56:E56"/>
+    <mergeCell ref="D53:F53"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D55" r:id="rId1"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="D53" r:id="rId1"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>