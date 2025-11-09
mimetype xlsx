--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="997" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="945" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Corporate Bond" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="22">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
@@ -157,50 +157,57 @@
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
@@ -334,66 +341,67 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="107">
+  <cellXfs count="101">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -449,212 +457,195 @@
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="10" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...40 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -703,116 +694,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>76</row>
+      <row>80</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>85</row>
+      <row>89</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="13284200"/>
+          <a:off x="457200" y="13970000"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>90</row>
+      <row>94</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>99</row>
+      <row>103</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="15697200"/>
+          <a:off x="457200" y="16383000"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1049,90 +1040,90 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L111"/>
+  <dimension ref="A1:L118"/>
   <sheetViews>
-    <sheetView topLeftCell="A83" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="B116" sqref="B116"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
     <col width="46.81640625" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
     <col width="23.1796875" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
     <col width="14.1796875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
-    <col width="14.54296875" customWidth="1" style="2" min="5" max="5"/>
+    <col width="15.1796875" customWidth="1" style="2" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
     <col width="28.54296875" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
     <col width="30.1796875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
     <row r="1" ht="19" customHeight="1" s="74">
       <c r="A1" s="73" t="n"/>
       <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Corporate Bond Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="4" t="inlineStr">
         <is>
-          <t>Portfolio as on October 15, 2025</t>
+          <t>Portfolio as on October 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
@@ -1198,1840 +1189,1910 @@
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
         <v>1</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Indian Oil Corporation Limited**</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>INE242A08502</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E9" s="12" t="n">
         <v>1750</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>18148.75</v>
+        <v>18185.23</v>
       </c>
       <c r="G9" s="7" t="n">
-        <v>0.0682</v>
+        <v>0.0668</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>46436</v>
       </c>
       <c r="J9" s="6" t="n">
-        <v>6.37</v>
+        <v>6.43</v>
       </c>
       <c r="K9" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="L9" s="7" t="n">
-        <v>0.7514999999999999</v>
+        <v>0.7299</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
         <v>2</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>INE115A07PR7</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E10" s="12" t="n">
         <v>1500</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>15646.66</v>
+        <v>15684.91</v>
       </c>
       <c r="G10" s="7" t="n">
-        <v>0.0588</v>
+        <v>0.0576</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>46433</v>
       </c>
       <c r="J10" s="6" t="n">
-        <v>6.705</v>
+        <v>6.74</v>
       </c>
       <c r="K10" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L10" s="7" t="n">
-        <v>0.1502</v>
+        <v>0.1468</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
         <v>3</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>INE261F08CF9</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E11" s="12" t="n">
         <v>1300</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>13305.45</v>
+        <v>13338.1</v>
       </c>
       <c r="G11" s="7" t="n">
-        <v>0.05</v>
+        <v>0.049</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>46539</v>
       </c>
       <c r="J11" s="6" t="n">
-        <v>6.615</v>
+        <v>6.64</v>
       </c>
       <c r="K11" s="2" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
       <c r="L11" s="7" t="n">
-        <v>0.0896</v>
+        <v>0.0878</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
         <v>4</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>INE020B08DT7</t>
+          <t>INE053F07AB5</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E12" s="12" t="n">
         <v>850</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>8973.969999999999</v>
+        <v>8926.76</v>
       </c>
       <c r="G12" s="7" t="n">
-        <v>0.0337</v>
+        <v>0.0328</v>
       </c>
       <c r="H12" s="8" t="n">
-        <v>48152</v>
-[...4 lines deleted...]
-        </is>
+        <v>46553</v>
       </c>
       <c r="J12" s="6" t="n">
-        <v>6.63</v>
+        <v>6.555</v>
       </c>
       <c r="K12" s="2" t="inlineStr">
         <is>
-          <t>Alternative Investment Funds (AIF)</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="L12" s="7" t="n">
-        <v>0.0028</v>
+        <v>0.0172</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
         <v>5</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Indian Railway Finance Corporation Limited**</t>
+          <t>Power Grid Corporation of India Limited**</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>INE053F07AB5</t>
+          <t>INE752E07OF7</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E13" s="12" t="n">
         <v>850</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>8911.17</v>
+        <v>8833.73</v>
       </c>
       <c r="G13" s="7" t="n">
-        <v>0.0335</v>
+        <v>0.0324</v>
       </c>
       <c r="H13" s="8" t="n">
-        <v>46553</v>
+        <v>46557</v>
       </c>
       <c r="J13" s="6" t="n">
-        <v>6.485</v>
+        <v>6.4483</v>
       </c>
       <c r="K13" s="2" t="inlineStr">
         <is>
-          <t>Cash &amp; Equivalent</t>
+          <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
       <c r="L13" s="7" t="n">
-        <v>0.0059</v>
+        <v>0.0028</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
         <v>6</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Power Grid Corporation of India Limited**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>INE752E07OF7</t>
+          <t>INE020B08DT7</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E14" s="12" t="n">
         <v>850</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>8813.33</v>
+        <v>8469.559999999999</v>
       </c>
       <c r="G14" s="7" t="n">
-        <v>0.0331</v>
+        <v>0.0311</v>
       </c>
       <c r="H14" s="8" t="n">
-        <v>46557</v>
+        <v>48152</v>
+      </c>
+      <c r="I14" s="2" t="inlineStr">
+        <is>
+          <t>PU - 31-Oct-2026 CA - 31-Oct-2026</t>
+        </is>
       </c>
       <c r="J14" s="6" t="n">
-        <v>6.42</v>
+        <v>6.63</v>
+      </c>
+      <c r="K14" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.0155</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
         <v>7</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Sundaram Finance Limited**</t>
+          <t>Power Finance Corporation Limited</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>INE660A07RQ0</t>
+          <t>INE134E08IO0</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E15" s="12" t="n">
-        <v>7500</v>
+        <v>750</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>8167.49</v>
+        <v>7996.98</v>
       </c>
       <c r="G15" s="7" t="n">
-        <v>0.0307</v>
+        <v>0.0294</v>
       </c>
       <c r="H15" s="8" t="n">
-        <v>46321</v>
+        <v>46392</v>
       </c>
       <c r="J15" s="6" t="n">
-        <v>6.9075</v>
+        <v>6.5769</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
         <v>8</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>INE134E08IO0</t>
+          <t>INE296A07TG0</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E16" s="12" t="n">
-        <v>750</v>
+        <v>7500</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>7979.5</v>
+        <v>7920.47</v>
       </c>
       <c r="G16" s="7" t="n">
-        <v>0.03</v>
+        <v>0.0291</v>
       </c>
       <c r="H16" s="8" t="n">
-        <v>46392</v>
+        <v>46472</v>
       </c>
       <c r="J16" s="6" t="n">
-        <v>6.5212</v>
+        <v>6.935</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
         <v>9</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>INE296A07TG0</t>
+          <t>INE296A07SX7</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E17" s="12" t="n">
         <v>7500</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>7893.68</v>
+        <v>7907.44</v>
       </c>
       <c r="G17" s="7" t="n">
-        <v>0.0297</v>
+        <v>0.029</v>
       </c>
       <c r="H17" s="8" t="n">
-        <v>46472</v>
+        <v>46517</v>
       </c>
       <c r="J17" s="6" t="n">
-        <v>6.97</v>
+        <v>6.965</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
         <v>10</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>INE296A07SX7</t>
+          <t>INE020B08FA2</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E18" s="12" t="n">
         <v>7500</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>7883.59</v>
+        <v>7847.01</v>
       </c>
       <c r="G18" s="7" t="n">
-        <v>0.0296</v>
+        <v>0.0288</v>
       </c>
       <c r="H18" s="8" t="n">
-        <v>46517</v>
+        <v>46538</v>
       </c>
       <c r="J18" s="6" t="n">
-        <v>6.97</v>
+        <v>6.57</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
         <v>11</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Bajaj Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>INE020B08FA2</t>
+          <t>INE377Y07425</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E19" s="12" t="n">
-        <v>7500</v>
+        <v>750</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>7825.15</v>
+        <v>7793.63</v>
       </c>
       <c r="G19" s="7" t="n">
-        <v>0.0294</v>
+        <v>0.0286</v>
       </c>
       <c r="H19" s="8" t="n">
-        <v>46538</v>
+        <v>46168</v>
       </c>
       <c r="J19" s="6" t="n">
-        <v>6.57</v>
+        <v>6.59</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
         <v>12</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Bajaj Housing Finance Limited</t>
+          <t>Sundaram Finance Limited**</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>INE377Y07425</t>
+          <t>INE660A07RQ0</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E20" s="12" t="n">
-        <v>750</v>
+        <v>7500</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>7773.81</v>
+        <v>7592.58</v>
       </c>
       <c r="G20" s="7" t="n">
-        <v>0.0292</v>
+        <v>0.0279</v>
       </c>
       <c r="H20" s="8" t="n">
-        <v>46168</v>
+        <v>46321</v>
       </c>
       <c r="J20" s="6" t="n">
-        <v>6.55</v>
+        <v>6.835</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
         <v>13</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Jamnagar Utilities &amp; Power Private Limited**</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>INE936D07174</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E21" s="12" t="n">
         <v>750</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>7505.56</v>
+        <v>7520.65</v>
       </c>
       <c r="G21" s="7" t="n">
-        <v>0.0282</v>
+        <v>0.0276</v>
       </c>
       <c r="H21" s="8" t="n">
         <v>46294</v>
       </c>
       <c r="J21" s="6" t="n">
-        <v>6.63</v>
+        <v>6.715</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
         <v>14</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Sikka Ports &amp; Terminals Limited**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>INE941D07158</t>
+          <t>INE556F08KN9</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E22" s="12" t="n">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>5444.46</v>
+        <v>5385.77</v>
       </c>
       <c r="G22" s="7" t="n">
-        <v>0.0205</v>
+        <v>0.0198</v>
       </c>
       <c r="H22" s="8" t="n">
-        <v>46323</v>
+        <v>46548</v>
       </c>
       <c r="J22" s="6" t="n">
-        <v>6.7</v>
+        <v>6.645</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
         <v>15</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>INE556F08KN9</t>
+          <t>INE261F08EF5</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E23" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>5372.52</v>
+        <v>5317.4</v>
       </c>
       <c r="G23" s="7" t="n">
-        <v>0.0202</v>
+        <v>0.0195</v>
       </c>
       <c r="H23" s="8" t="n">
-        <v>46548</v>
+        <v>46461</v>
       </c>
       <c r="J23" s="6" t="n">
-        <v>6.62</v>
+        <v>6.64</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
         <v>16</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development</t>
+          <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>INE261F08EF5</t>
+          <t>INE053F07AA7</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E24" s="12" t="n">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>5305.1</v>
+        <v>5271.03</v>
       </c>
       <c r="G24" s="7" t="n">
-        <v>0.0199</v>
+        <v>0.0194</v>
       </c>
       <c r="H24" s="8" t="n">
-        <v>46461</v>
+        <v>46535</v>
       </c>
       <c r="J24" s="6" t="n">
-        <v>6.6</v>
+        <v>6.555</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
         <v>17</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Indian Railway Finance Corporation Limited**</t>
+          <t>NIIF Infrastructure Finance Limited**</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>INE053F07AA7</t>
+          <t>INE246R07558</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E25" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>5261.66</v>
+        <v>5251.49</v>
       </c>
       <c r="G25" s="7" t="n">
-        <v>0.0198</v>
+        <v>0.0193</v>
       </c>
       <c r="H25" s="8" t="n">
-        <v>46535</v>
+        <v>46441</v>
       </c>
       <c r="J25" s="6" t="n">
-        <v>6.485</v>
+        <v>7.0259</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
         <v>18</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>NIIF Infrastructure Finance Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>INE246R07558</t>
+          <t>INE134E08JC3</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E26" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>5234.94</v>
+        <v>5205.6</v>
       </c>
       <c r="G26" s="7" t="n">
-        <v>0.0197</v>
+        <v>0.0191</v>
       </c>
       <c r="H26" s="8" t="n">
-        <v>46441</v>
+        <v>46549</v>
       </c>
       <c r="J26" s="6" t="n">
-        <v>7.041</v>
+        <v>6.58</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
         <v>19</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Export-Import Bank of India**</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>INE134E08JC3</t>
+          <t>INE514E08FP6</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E27" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>5194.17</v>
+        <v>5145.83</v>
       </c>
       <c r="G27" s="7" t="n">
-        <v>0.0195</v>
+        <v>0.0189</v>
       </c>
       <c r="H27" s="8" t="n">
-        <v>46549</v>
+        <v>46602</v>
       </c>
       <c r="J27" s="6" t="n">
-        <v>6.54</v>
+        <v>6.4875</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
         <v>20</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Export-Import Bank of India**</t>
+          <t>Tata Capital Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>INE514E08FP6</t>
+          <t>INE033L07IO1</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E28" s="12" t="n">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>5135.55</v>
+        <v>5114.42</v>
       </c>
       <c r="G28" s="7" t="n">
-        <v>0.0193</v>
+        <v>0.0188</v>
       </c>
       <c r="H28" s="8" t="n">
-        <v>46602</v>
+        <v>46589</v>
       </c>
       <c r="J28" s="6" t="n">
-        <v>6.4411</v>
+        <v>6.915</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
         <v>21</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Tata Capital Housing Finance Limited**</t>
+          <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>INE033L07IO1</t>
+          <t>INE053F07983</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E29" s="12" t="n">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>5102.29</v>
+        <v>5101.94</v>
       </c>
       <c r="G29" s="7" t="n">
-        <v>0.0192</v>
+        <v>0.0187</v>
       </c>
       <c r="H29" s="8" t="n">
-        <v>46589</v>
+        <v>46465</v>
       </c>
       <c r="J29" s="6" t="n">
-        <v>6.8799</v>
+        <v>6.555</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
         <v>22</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Indian Railway Finance Corporation Limited**</t>
+          <t>Sikka Ports &amp; Terminals Limited**</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>INE053F07983</t>
+          <t>INE941D07158</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E30" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>5093.41</v>
+        <v>5060.89</v>
       </c>
       <c r="G30" s="7" t="n">
-        <v>0.0191</v>
+        <v>0.0186</v>
       </c>
       <c r="H30" s="8" t="n">
-        <v>46465</v>
+        <v>46323</v>
       </c>
       <c r="J30" s="6" t="n">
-        <v>6.47</v>
+        <v>6.725</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
         <v>23</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Sikka Ports &amp; Terminals Limited</t>
+          <t>Sikka Ports &amp; Terminals Limited**</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>INE941D07166</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E31" s="12" t="n">
         <v>400</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>4335.49</v>
+        <v>4346.05</v>
       </c>
       <c r="G31" s="7" t="n">
-        <v>0.0163</v>
+        <v>0.016</v>
       </c>
       <c r="H31" s="8" t="n">
         <v>46344</v>
       </c>
       <c r="J31" s="6" t="n">
-        <v>6.7</v>
+        <v>6.745</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
         <v>24</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
           <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>INE134E08IX1</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E32" s="12" t="n">
         <v>400</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>4091.62</v>
+        <v>4100.16</v>
       </c>
       <c r="G32" s="7" t="n">
-        <v>0.0154</v>
+        <v>0.0151</v>
       </c>
       <c r="H32" s="8" t="n">
         <v>46468</v>
       </c>
       <c r="J32" s="6" t="n">
-        <v>6.525</v>
+        <v>6.58</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
         <v>25</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
           <t>Nuclear Power Corporation Of India Limited**</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>INE206D08196</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E33" s="12" t="n">
         <v>350</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>3690.24</v>
+        <v>3703.1</v>
       </c>
       <c r="G33" s="7" t="n">
-        <v>0.0139</v>
+        <v>0.0136</v>
       </c>
       <c r="H33" s="8" t="n">
         <v>46410</v>
       </c>
       <c r="J33" s="6" t="n">
-        <v>6.525</v>
+        <v>6.46</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="n">
         <v>26</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
           <t>Power Grid Corporation of India Limited**</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>INE752E07OG5</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E34" s="12" t="n">
         <v>350</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>3590.26</v>
+        <v>3599.33</v>
       </c>
       <c r="G34" s="7" t="n">
-        <v>0.0135</v>
+        <v>0.0132</v>
       </c>
       <c r="H34" s="8" t="n">
         <v>46608</v>
       </c>
       <c r="J34" s="6" t="n">
-        <v>6.435</v>
+        <v>6.4483</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="n">
         <v>27</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
           <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>INE296A07SC1</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E35" s="12" t="n">
         <v>300</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>3061.92</v>
+        <v>3071.01</v>
       </c>
       <c r="G35" s="7" t="n">
-        <v>0.0115</v>
+        <v>0.0113</v>
       </c>
       <c r="H35" s="8" t="n">
         <v>46624</v>
       </c>
       <c r="J35" s="6" t="n">
         <v>7</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
         <v>28</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Mahindra &amp; Mahindra Financial Services Limited**</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>INE556F08KK5</t>
+          <t>INE774D07VE1</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E36" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>2735.2</v>
+        <v>2696.16</v>
       </c>
       <c r="G36" s="7" t="n">
-        <v>0.0103</v>
+        <v>0.009900000000000001</v>
       </c>
       <c r="H36" s="8" t="n">
-        <v>46496</v>
+        <v>46471</v>
       </c>
       <c r="J36" s="6" t="n">
-        <v>6.62</v>
+        <v>6.985</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
         <v>29</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Mahindra &amp; Mahindra Financial Services Limited**</t>
+          <t>Kotak Mahindra Prime Limited**</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>INE774D07VE1</t>
+          <t>INE916DA7SR0</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E37" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>2687.52</v>
+        <v>2681.97</v>
       </c>
       <c r="G37" s="7" t="n">
-        <v>0.0101</v>
+        <v>0.0098</v>
       </c>
       <c r="H37" s="8" t="n">
-        <v>46471</v>
+        <v>46428</v>
       </c>
       <c r="J37" s="6" t="n">
-        <v>7.005</v>
+        <v>6.91</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="n">
         <v>30</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Prime Limited**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>INE916DA7SR0</t>
+          <t>INE020B08AH8</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E38" s="12" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>2672.73</v>
+        <v>2659.86</v>
       </c>
       <c r="G38" s="7" t="n">
-        <v>0.01</v>
+        <v>0.0098</v>
       </c>
       <c r="H38" s="8" t="n">
-        <v>46428</v>
+        <v>46458</v>
       </c>
       <c r="J38" s="6" t="n">
-        <v>6.955</v>
+        <v>6.57</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="n">
         <v>31</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>INE020B08AH8</t>
+          <t>INE556F08KP4</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E39" s="12" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>2652.95</v>
+        <v>2657.5</v>
       </c>
       <c r="G39" s="7" t="n">
-        <v>0.01</v>
+        <v>0.0098</v>
       </c>
       <c r="H39" s="8" t="n">
-        <v>46458</v>
+        <v>46609</v>
       </c>
       <c r="J39" s="6" t="n">
-        <v>6.555</v>
+        <v>6.645</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2" t="n">
         <v>32</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Tata Capital Limited**</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>INE556F08KP4</t>
+          <t>INE976I07CT9</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E40" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>2650.51</v>
+        <v>2639.04</v>
       </c>
       <c r="G40" s="7" t="n">
-        <v>0.01</v>
+        <v>0.0097</v>
       </c>
       <c r="H40" s="8" t="n">
-        <v>46609</v>
+        <v>46517</v>
       </c>
       <c r="J40" s="6" t="n">
-        <v>6.6334</v>
+        <v>7.095</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2" t="n">
         <v>33</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>Tata Capital Limited**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>INE976I07CT9</t>
+          <t>INE556F08KQ2</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E41" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>2633.68</v>
+        <v>2611.22</v>
       </c>
       <c r="G41" s="7" t="n">
-        <v>0.009900000000000001</v>
+        <v>0.009599999999999999</v>
       </c>
       <c r="H41" s="8" t="n">
-        <v>46517</v>
+        <v>46640</v>
       </c>
       <c r="J41" s="6" t="n">
-        <v>7.025</v>
+        <v>6.645</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2" t="n">
         <v>34</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Grasim Industries Limited**</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>INE556F08KQ2</t>
+          <t>INE047A08190</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E42" s="12" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>2604.38</v>
+        <v>2608.24</v>
       </c>
       <c r="G42" s="7" t="n">
-        <v>0.0098</v>
+        <v>0.009599999999999999</v>
       </c>
       <c r="H42" s="8" t="n">
-        <v>46640</v>
+        <v>46548</v>
       </c>
       <c r="J42" s="6" t="n">
-        <v>6.6334</v>
+        <v>6.535</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2" t="n">
         <v>35</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
-          <t>Grasim Industries Limited**</t>
+          <t>Tata Capital Limited**</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
-          <t>INE047A08190</t>
+          <t>INE306N07NK5</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E43" s="12" t="n">
         <v>250</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>2603.52</v>
+        <v>2602.43</v>
       </c>
       <c r="G43" s="7" t="n">
-        <v>0.0098</v>
+        <v>0.009599999999999999</v>
       </c>
       <c r="H43" s="8" t="n">
-        <v>46548</v>
+        <v>46163</v>
       </c>
       <c r="J43" s="6" t="n">
-        <v>6.47</v>
+        <v>6.9725</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2" t="n">
         <v>36</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Tata Capital Limited**</t>
+          <t>Sundaram Finance Limited**</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>INE306N07NK5</t>
+          <t>INE660A07RY4</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E44" s="12" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>2596.46</v>
+        <v>2574.17</v>
       </c>
       <c r="G44" s="7" t="n">
-        <v>0.0098</v>
+        <v>0.0094</v>
       </c>
       <c r="H44" s="8" t="n">
-        <v>46163</v>
+        <v>46535</v>
       </c>
       <c r="J44" s="6" t="n">
-        <v>6.8599</v>
+        <v>6.965</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2" t="n">
         <v>37</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Sundaram Finance Limited**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>INE660A07RY4</t>
+          <t>INE556F08KK5</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E45" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>2565.74</v>
+        <v>2546.85</v>
       </c>
       <c r="G45" s="7" t="n">
-        <v>0.009599999999999999</v>
+        <v>0.009299999999999999</v>
       </c>
       <c r="H45" s="8" t="n">
-        <v>46535</v>
+        <v>46496</v>
       </c>
       <c r="J45" s="6" t="n">
-        <v>6.9875</v>
+        <v>6.645</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2" t="n">
         <v>38</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
           <t>ICICI Home Finance Company Limited**</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>INE071G07660</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E46" s="12" t="n">
         <v>1500</v>
       </c>
       <c r="F46" s="6" t="n">
-        <v>1597.4</v>
+        <v>1601.39</v>
       </c>
       <c r="G46" s="7" t="n">
-        <v>0.006</v>
+        <v>0.0059</v>
       </c>
       <c r="H46" s="8" t="n">
         <v>46451</v>
       </c>
       <c r="J46" s="6" t="n">
-        <v>6.86</v>
+        <v>6.895</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2" t="n">
         <v>39</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
           <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
           <t>INE115A07LU0</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E47" s="12" t="n">
         <v>100</v>
       </c>
       <c r="F47" s="6" t="n">
-        <v>1048.94</v>
+        <v>1051.06</v>
       </c>
       <c r="G47" s="7" t="n">
         <v>0.0039</v>
       </c>
       <c r="H47" s="8" t="n">
         <v>46524</v>
       </c>
       <c r="J47" s="6" t="n">
-        <v>6.705</v>
+        <v>6.765</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="9" t="n"/>
       <c r="B48" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C48" s="9" t="n"/>
       <c r="D48" s="9" t="n"/>
       <c r="E48" s="9" t="n"/>
       <c r="F48" s="10" t="n">
-        <v>223790.77</v>
+        <v>222620.96</v>
       </c>
       <c r="G48" s="11" t="n">
-        <v>0.8411</v>
+        <v>0.8177</v>
       </c>
     </row>
     <row r="50">
       <c r="B50" s="4" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2" t="n">
         <v>40</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
           <t>7.38% GOI 2027</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
           <t>IN0020220037</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E51" s="12" t="n">
         <v>35500000</v>
       </c>
       <c r="F51" s="6" t="n">
-        <v>37339.72</v>
+        <v>37361.44</v>
       </c>
       <c r="G51" s="7" t="n">
-        <v>0.1404</v>
+        <v>0.1372</v>
       </c>
       <c r="H51" s="8" t="n">
         <v>46558</v>
       </c>
       <c r="J51" s="6" t="n">
-        <v>5.5982</v>
+        <v>5.7134</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2" t="n">
         <v>41</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
           <t>7.02% GOI 2027</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>IN0020240043</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E52" s="12" t="n">
         <v>2500000</v>
       </c>
       <c r="F52" s="6" t="n">
-        <v>2618.51</v>
+        <v>2623.59</v>
       </c>
       <c r="G52" s="7" t="n">
-        <v>0.0098</v>
+        <v>0.009599999999999999</v>
       </c>
       <c r="H52" s="8" t="n">
         <v>46534</v>
       </c>
       <c r="J52" s="6" t="n">
-        <v>5.6802</v>
+        <v>5.7078</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="9" t="n"/>
       <c r="B53" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C53" s="9" t="n"/>
       <c r="D53" s="9" t="n"/>
       <c r="E53" s="9" t="n"/>
       <c r="F53" s="10" t="n">
-        <v>39958.23</v>
+        <v>39985.03</v>
       </c>
       <c r="G53" s="11" t="n">
-        <v>0.1502</v>
+        <v>0.1468</v>
       </c>
     </row>
     <row r="55">
       <c r="B55" s="4" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="56">
-      <c r="A56" s="2" t="n">
+      <c r="B56" s="4" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="2" t="n">
         <v>42</v>
       </c>
-      <c r="B56" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="B57" s="9" t="inlineStr">
+      <c r="B57" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C57" s="2" t="inlineStr">
+        <is>
+          <t>INE556F16BO9</t>
+        </is>
+      </c>
+      <c r="D57" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E57" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>4698.42</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.0172</v>
+      </c>
+      <c r="H57" s="8" t="n">
+        <v>46323</v>
+      </c>
+      <c r="J57" s="6" t="n">
+        <v>6.49</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="9" t="n"/>
+      <c r="B58" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C57" s="9" t="n"/>
-[...13 lines deleted...]
-        </is>
+      <c r="C58" s="9" t="n"/>
+      <c r="D58" s="9" t="n"/>
+      <c r="E58" s="9" t="n"/>
+      <c r="F58" s="10" t="n">
+        <v>4698.42</v>
+      </c>
+      <c r="G58" s="11" t="n">
+        <v>0.0172</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2" t="n">
         <v>43</v>
       </c>
-      <c r="B60" s="2" t="inlineStr">
-[...10 lines deleted...]
-        <v>6618.369</v>
+      <c r="B60" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
       </c>
       <c r="F60" s="6" t="n">
-        <v>755.62</v>
+        <v>4508.29</v>
       </c>
       <c r="G60" s="7" t="n">
-        <v>0.0028</v>
-[...1 lines deleted...]
-      <c r="J60" s="6" t="n"/>
+        <v>0.0165</v>
+      </c>
+      <c r="H60" s="8" t="n">
+        <v>45964</v>
+      </c>
     </row>
     <row r="61">
       <c r="A61" s="9" t="n"/>
       <c r="B61" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C61" s="9" t="n"/>
       <c r="D61" s="9" t="n"/>
       <c r="E61" s="9" t="n"/>
       <c r="F61" s="10" t="n">
-        <v>755.62</v>
+        <v>4508.29</v>
       </c>
       <c r="G61" s="11" t="n">
-        <v>0.0028</v>
+        <v>0.0165</v>
       </c>
     </row>
     <row r="63">
       <c r="B63" s="4" t="inlineStr">
         <is>
-          <t>Cash &amp; Cash Equivalent</t>
+          <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
     </row>
     <row r="64">
+      <c r="A64" s="2" t="n">
+        <v>44</v>
+      </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>Net Receivables/Payables</t>
-[...2 lines deleted...]
-      <c r="E64" s="12" t="n"/>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C64" s="2" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E64" s="12" t="n">
+        <v>6618.369</v>
+      </c>
       <c r="F64" s="6" t="n">
-        <v>97.12</v>
+        <v>757.2</v>
       </c>
       <c r="G64" s="7" t="n">
-        <v>0.0005</v>
+        <v>0.0028</v>
       </c>
       <c r="J64" s="6" t="n"/>
     </row>
     <row r="65">
       <c r="A65" s="9" t="n"/>
       <c r="B65" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C65" s="9" t="n"/>
       <c r="D65" s="9" t="n"/>
       <c r="E65" s="9" t="n"/>
       <c r="F65" s="10" t="n">
-        <v>97.12</v>
+        <v>757.2</v>
       </c>
       <c r="G65" s="11" t="n">
-        <v>0.0005</v>
+        <v>0.0028</v>
       </c>
     </row>
     <row r="67">
-      <c r="A67" s="5" t="n"/>
-      <c r="B67" s="5" t="inlineStr">
+      <c r="B67" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="68">
+      <c r="B68" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E68" s="12" t="n"/>
+      <c r="F68" s="6" t="n">
+        <v>-166.61</v>
+      </c>
+      <c r="G68" s="7" t="n">
+        <v>-0.001</v>
+      </c>
+      <c r="J68" s="6" t="n"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="9" t="n"/>
+      <c r="B69" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C69" s="9" t="n"/>
+      <c r="D69" s="9" t="n"/>
+      <c r="E69" s="9" t="n"/>
+      <c r="F69" s="10" t="n">
+        <v>-166.61</v>
+      </c>
+      <c r="G69" s="11" t="n">
+        <v>-0.001</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="5" t="n"/>
+      <c r="B71" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C67" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G67" s="14" t="n">
+      <c r="C71" s="5" t="n"/>
+      <c r="D71" s="5" t="n"/>
+      <c r="E71" s="5" t="n"/>
+      <c r="F71" s="13" t="n">
+        <v>272403.29</v>
+      </c>
+      <c r="G71" s="14" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="68">
-      <c r="A68" s="2" t="inlineStr">
+    <row r="72">
+      <c r="A72" s="2" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="69">
-      <c r="A69" s="2" t="n">
+    <row r="73">
+      <c r="A73" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="B69" s="2" t="inlineStr">
+      <c r="B73" s="2" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
-    <row r="70">
-      <c r="A70" s="15" t="n">
+    <row r="74">
+      <c r="A74" s="16" t="n">
         <v>2</v>
       </c>
-      <c r="B70" s="15" t="inlineStr">
+      <c r="B74" s="16" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="71" ht="27" customHeight="1" s="74">
-      <c r="A71" s="15" t="n">
+    <row r="75" ht="27" customHeight="1" s="74">
+      <c r="A75" s="16" t="n">
         <v>3</v>
       </c>
-      <c r="B71" s="15" t="inlineStr">
-[...6 lines deleted...]
-      <c r="B75" s="1" t="inlineStr">
+      <c r="B75" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="79" ht="14.5" customHeight="1" s="74">
+      <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="89" ht="14.5" customHeight="1" s="74">
-      <c r="B89" s="1" t="inlineStr">
+    <row r="93" ht="14.5" customHeight="1" s="74">
+      <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Corporate Debt A-II Index</t>
         </is>
       </c>
     </row>
-    <row r="104">
-[...1 lines deleted...]
-      <c r="C104" s="18" t="inlineStr">
+    <row r="108">
+      <c r="B108" s="17" t="n"/>
+      <c r="C108" s="19" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="105">
-      <c r="B105" s="16" t="inlineStr">
+    <row r="109">
+      <c r="B109" s="17" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C105" s="18" t="inlineStr">
+      <c r="C109" s="19" t="inlineStr">
         <is>
           <t>DSP Corporate Bond Fund</t>
         </is>
       </c>
     </row>
-    <row r="106">
-      <c r="B106" s="16" t="inlineStr">
+    <row r="110">
+      <c r="B110" s="17" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C106" s="19" t="n"/>
-[...39 lines deleted...]
-      </c>
+      <c r="C110" s="20" t="n"/>
     </row>
     <row r="111">
       <c r="B111" s="17" t="inlineStr">
         <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C111" s="21" t="n">
+        <v>0.06519999999999999</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="B112" s="17" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C112" s="20" t="n">
+        <v>1.31</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="B113" s="17" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C113" s="20" t="n">
+        <v>1.37</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="B114" s="17" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C114" s="22" t="n">
+        <v>45961</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="B115" s="18" t="inlineStr">
+        <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C111" s="18" t="n"/>
+      <c r="C115" s="19" t="n"/>
+    </row>
+    <row r="118">
+      <c r="B118" s="4" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ICRON Research</dc:creator>
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>