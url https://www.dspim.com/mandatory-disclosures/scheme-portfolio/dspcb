--- v1 (2025-11-09)
+++ v2 (2025-12-24)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="945" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="993" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Corporate Bond" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="22">
+  <fonts count="23">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
@@ -82,57 +82,57 @@
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
@@ -149,50 +149,56 @@
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -341,127 +347,123 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="101">
+  <cellXfs count="102">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...31 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -469,183 +471,190 @@
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...79 lines deleted...]
-    </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -694,116 +703,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>80</row>
+      <row>81</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>89</row>
+      <row>90</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="13970000"/>
+          <a:off x="457200" y="14484350"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>94</row>
+      <row>93</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>103</row>
-      <rowOff>31750</rowOff>
+      <row>102</row>
+      <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="16383000"/>
+          <a:off x="457200" y="16897350"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1045,85 +1054,85 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L118"/>
+  <dimension ref="A1:L114"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="92" min="1" max="1"/>
+    <col width="46.81640625" bestFit="1" customWidth="1" style="92" min="2" max="2"/>
+    <col width="24.81640625" bestFit="1" customWidth="1" style="92" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="92" min="4" max="4"/>
+    <col width="11.81640625" bestFit="1" customWidth="1" style="92" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="92" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="92" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="92" min="8" max="8"/>
+    <col width="28.54296875" bestFit="1" customWidth="1" style="92" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="92" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="92" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="92" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="92" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="68">
+      <c r="A1" s="67" t="n"/>
+      <c r="B1" s="67" t="inlineStr">
         <is>
           <t>DSP Corporate Bond Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="4" t="inlineStr">
         <is>
-          <t>Portfolio as on October 31, 2025</t>
+          <t>Portfolio as on December 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
@@ -1167,1932 +1176,2034 @@
     <row r="7">
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="B8" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="92" t="n">
         <v>1</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
+      <c r="B9" s="92" t="inlineStr">
         <is>
           <t>Indian Oil Corporation Limited**</t>
         </is>
       </c>
-      <c r="C9" s="2" t="inlineStr">
+      <c r="C9" s="92" t="inlineStr">
         <is>
           <t>INE242A08502</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
+      <c r="D9" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E9" s="12" t="n">
         <v>1750</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>18185.23</v>
+        <v>18286.12</v>
       </c>
       <c r="G9" s="7" t="n">
-        <v>0.0668</v>
+        <v>0.06510000000000001</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>46436</v>
       </c>
       <c r="J9" s="6" t="n">
-        <v>6.43</v>
-[...1 lines deleted...]
-      <c r="K9" s="2" t="inlineStr">
+        <v>6.635</v>
+      </c>
+      <c r="K9" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="L9" s="7" t="n">
-        <v>0.7299</v>
+        <v>0.7284</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="n">
+      <c r="A10" s="92" t="n">
         <v>2</v>
       </c>
-      <c r="B10" s="2" t="inlineStr">
+      <c r="B10" s="92" t="inlineStr">
         <is>
           <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
-      <c r="C10" s="2" t="inlineStr">
+      <c r="C10" s="92" t="inlineStr">
         <is>
           <t>INE115A07PR7</t>
         </is>
       </c>
-      <c r="D10" s="2" t="inlineStr">
+      <c r="D10" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E10" s="12" t="n">
         <v>1500</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>15684.91</v>
+        <v>15776.45</v>
       </c>
       <c r="G10" s="7" t="n">
-        <v>0.0576</v>
+        <v>0.0561</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>46433</v>
       </c>
       <c r="J10" s="6" t="n">
-        <v>6.74</v>
-[...1 lines deleted...]
-      <c r="K10" s="2" t="inlineStr">
+        <v>6.955</v>
+      </c>
+      <c r="K10" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L10" s="7" t="n">
-        <v>0.1468</v>
+        <v>0.1522</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="2" t="n">
+      <c r="A11" s="92" t="n">
         <v>3</v>
       </c>
-      <c r="B11" s="2" t="inlineStr">
+      <c r="B11" s="92" t="inlineStr">
         <is>
           <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
-      <c r="C11" s="2" t="inlineStr">
+      <c r="C11" s="92" t="inlineStr">
         <is>
           <t>INE261F08CF9</t>
         </is>
       </c>
-      <c r="D11" s="2" t="inlineStr">
+      <c r="D11" s="92" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E11" s="12" t="n">
         <v>1300</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>13338.1</v>
+        <v>13408.25</v>
       </c>
       <c r="G11" s="7" t="n">
-        <v>0.049</v>
+        <v>0.0477</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>46539</v>
       </c>
       <c r="J11" s="6" t="n">
-        <v>6.64</v>
-[...1 lines deleted...]
-      <c r="K11" s="2" t="inlineStr">
+        <v>6.845</v>
+      </c>
+      <c r="K11" s="92" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
       <c r="L11" s="7" t="n">
-        <v>0.0878</v>
+        <v>0.08550000000000001</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="2" t="n">
+      <c r="A12" s="92" t="n">
         <v>4</v>
       </c>
-      <c r="B12" s="2" t="inlineStr">
+      <c r="B12" s="92" t="inlineStr">
         <is>
           <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
-      <c r="C12" s="2" t="inlineStr">
+      <c r="C12" s="92" t="inlineStr">
         <is>
           <t>INE053F07AB5</t>
         </is>
       </c>
-      <c r="D12" s="2" t="inlineStr">
+      <c r="D12" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E12" s="12" t="n">
         <v>850</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>8926.76</v>
+        <v>8971.440000000001</v>
       </c>
       <c r="G12" s="7" t="n">
-        <v>0.0328</v>
+        <v>0.0319</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>46553</v>
       </c>
       <c r="J12" s="6" t="n">
-        <v>6.555</v>
-[...1 lines deleted...]
-      <c r="K12" s="2" t="inlineStr">
+        <v>6.77</v>
+      </c>
+      <c r="K12" s="92" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="L12" s="7" t="n">
-        <v>0.0172</v>
+        <v>0.0168</v>
       </c>
     </row>
     <row r="13">
-      <c r="A13" s="2" t="n">
+      <c r="A13" s="92" t="n">
         <v>5</v>
       </c>
-      <c r="B13" s="2" t="inlineStr">
+      <c r="B13" s="92" t="inlineStr">
         <is>
           <t>Power Grid Corporation of India Limited**</t>
         </is>
       </c>
-      <c r="C13" s="2" t="inlineStr">
+      <c r="C13" s="92" t="inlineStr">
         <is>
           <t>INE752E07OF7</t>
         </is>
       </c>
-      <c r="D13" s="2" t="inlineStr">
+      <c r="D13" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E13" s="12" t="n">
         <v>850</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>8833.73</v>
+        <v>8875.43</v>
       </c>
       <c r="G13" s="7" t="n">
-        <v>0.0324</v>
+        <v>0.0316</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>46557</v>
       </c>
       <c r="J13" s="6" t="n">
-        <v>6.4483</v>
-[...1 lines deleted...]
-      <c r="K13" s="2" t="inlineStr">
+        <v>6.67</v>
+      </c>
+      <c r="K13" s="92" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
       <c r="L13" s="7" t="n">
-        <v>0.0028</v>
+        <v>0.0027</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="2" t="n">
+      <c r="A14" s="92" t="n">
         <v>6</v>
       </c>
-      <c r="B14" s="2" t="inlineStr">
+      <c r="B14" s="92" t="inlineStr">
         <is>
           <t>REC Limited**</t>
         </is>
       </c>
-      <c r="C14" s="2" t="inlineStr">
+      <c r="C14" s="92" t="inlineStr">
         <is>
           <t>INE020B08DT7</t>
         </is>
       </c>
-      <c r="D14" s="2" t="inlineStr">
+      <c r="D14" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E14" s="12" t="n">
         <v>850</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>8469.559999999999</v>
+        <v>8521.98</v>
       </c>
       <c r="G14" s="7" t="n">
-        <v>0.0311</v>
+        <v>0.0303</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>48152</v>
       </c>
-      <c r="I14" s="2" t="inlineStr">
+      <c r="I14" s="92" t="inlineStr">
         <is>
           <t>PU - 31-Oct-2026 CA - 31-Oct-2026</t>
         </is>
       </c>
       <c r="J14" s="6" t="n">
-        <v>6.63</v>
-[...1 lines deleted...]
-      <c r="K14" s="2" t="inlineStr">
+        <v>6.8149</v>
+      </c>
+      <c r="K14" s="92" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L14" s="7" t="n">
-        <v>0.0155</v>
+        <v>0.0144</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="2" t="n">
+      <c r="A15" s="92" t="n">
         <v>7</v>
       </c>
-      <c r="B15" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C15" s="2" t="inlineStr">
+      <c r="B15" s="92" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C15" s="92" t="inlineStr">
         <is>
           <t>INE134E08IO0</t>
         </is>
       </c>
-      <c r="D15" s="2" t="inlineStr">
+      <c r="D15" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E15" s="12" t="n">
         <v>750</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>7996.98</v>
+        <v>8041.62</v>
       </c>
       <c r="G15" s="7" t="n">
-        <v>0.0294</v>
+        <v>0.0286</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>46392</v>
       </c>
       <c r="J15" s="6" t="n">
-        <v>6.5769</v>
+        <v>6.8239</v>
       </c>
     </row>
     <row r="16">
-      <c r="A16" s="2" t="n">
+      <c r="A16" s="92" t="n">
         <v>8</v>
       </c>
-      <c r="B16" s="2" t="inlineStr">
+      <c r="B16" s="92" t="inlineStr">
         <is>
           <t>Bajaj Finance Limited**</t>
         </is>
       </c>
-      <c r="C16" s="2" t="inlineStr">
+      <c r="C16" s="92" t="inlineStr">
         <is>
           <t>INE296A07TG0</t>
         </is>
       </c>
-      <c r="D16" s="2" t="inlineStr">
+      <c r="D16" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E16" s="12" t="n">
         <v>7500</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>7920.47</v>
+        <v>7971.41</v>
       </c>
       <c r="G16" s="7" t="n">
-        <v>0.0291</v>
+        <v>0.0284</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>46472</v>
       </c>
       <c r="J16" s="6" t="n">
-        <v>6.935</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17" s="2" t="n">
+      <c r="A17" s="92" t="n">
         <v>9</v>
       </c>
-      <c r="B17" s="2" t="inlineStr">
+      <c r="B17" s="92" t="inlineStr">
         <is>
           <t>Bajaj Finance Limited**</t>
         </is>
       </c>
-      <c r="C17" s="2" t="inlineStr">
+      <c r="C17" s="92" t="inlineStr">
         <is>
           <t>INE296A07SX7</t>
         </is>
       </c>
-      <c r="D17" s="2" t="inlineStr">
+      <c r="D17" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E17" s="12" t="n">
         <v>7500</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>7907.44</v>
+        <v>7952.2</v>
       </c>
       <c r="G17" s="7" t="n">
-        <v>0.029</v>
+        <v>0.0283</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>46517</v>
       </c>
       <c r="J17" s="6" t="n">
-        <v>6.965</v>
+        <v>7.18</v>
       </c>
     </row>
     <row r="18">
-      <c r="A18" s="2" t="n">
+      <c r="A18" s="92" t="n">
         <v>10</v>
       </c>
-      <c r="B18" s="2" t="inlineStr">
+      <c r="B18" s="92" t="inlineStr">
         <is>
           <t>REC Limited**</t>
         </is>
       </c>
-      <c r="C18" s="2" t="inlineStr">
+      <c r="C18" s="92" t="inlineStr">
         <is>
           <t>INE020B08FA2</t>
         </is>
       </c>
-      <c r="D18" s="2" t="inlineStr">
+      <c r="D18" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E18" s="12" t="n">
         <v>7500</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>7847.01</v>
+        <v>7883.19</v>
       </c>
       <c r="G18" s="7" t="n">
-        <v>0.0288</v>
+        <v>0.028</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>46538</v>
       </c>
       <c r="J18" s="6" t="n">
-        <v>6.57</v>
+        <v>6.82</v>
       </c>
     </row>
     <row r="19">
-      <c r="A19" s="2" t="n">
+      <c r="A19" s="92" t="n">
         <v>11</v>
       </c>
-      <c r="B19" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D19" s="2" t="inlineStr">
+      <c r="B19" s="92" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="92" t="inlineStr">
+        <is>
+          <t>INE377Y07557</t>
+        </is>
+      </c>
+      <c r="D19" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E19" s="12" t="n">
-        <v>750</v>
+        <v>7500</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>7793.63</v>
+        <v>7844.55</v>
       </c>
       <c r="G19" s="7" t="n">
-        <v>0.0286</v>
+        <v>0.0279</v>
       </c>
       <c r="H19" s="8" t="n">
-        <v>46168</v>
+        <v>46444</v>
       </c>
       <c r="J19" s="6" t="n">
-        <v>6.59</v>
+        <v>7</v>
       </c>
     </row>
     <row r="20">
-      <c r="A20" s="2" t="n">
+      <c r="A20" s="92" t="n">
         <v>12</v>
       </c>
-      <c r="B20" s="2" t="inlineStr">
+      <c r="B20" s="92" t="inlineStr">
         <is>
           <t>Sundaram Finance Limited**</t>
         </is>
       </c>
-      <c r="C20" s="2" t="inlineStr">
+      <c r="C20" s="92" t="inlineStr">
         <is>
           <t>INE660A07RQ0</t>
         </is>
       </c>
-      <c r="D20" s="2" t="inlineStr">
+      <c r="D20" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E20" s="12" t="n">
         <v>7500</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>7592.58</v>
+        <v>7643.38</v>
       </c>
       <c r="G20" s="7" t="n">
-        <v>0.0279</v>
+        <v>0.0272</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>46321</v>
       </c>
       <c r="J20" s="6" t="n">
-        <v>6.835</v>
+        <v>6.99</v>
       </c>
     </row>
     <row r="21">
-      <c r="A21" s="2" t="n">
+      <c r="A21" s="92" t="n">
         <v>13</v>
       </c>
-      <c r="B21" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C21" s="2" t="inlineStr">
+      <c r="B21" s="92" t="inlineStr">
+        <is>
+          <t>Jamnagar Utilities &amp; Power Private Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="92" t="inlineStr">
         <is>
           <t>INE936D07174</t>
         </is>
       </c>
-      <c r="D21" s="2" t="inlineStr">
+      <c r="D21" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E21" s="12" t="n">
         <v>750</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>7520.65</v>
+        <v>7569.33</v>
       </c>
       <c r="G21" s="7" t="n">
-        <v>0.0276</v>
+        <v>0.0269</v>
       </c>
       <c r="H21" s="8" t="n">
         <v>46294</v>
       </c>
       <c r="J21" s="6" t="n">
-        <v>6.715</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="22">
-      <c r="A22" s="2" t="n">
+      <c r="A22" s="92" t="n">
         <v>14</v>
       </c>
-      <c r="B22" s="2" t="inlineStr">
+      <c r="B22" s="92" t="inlineStr">
         <is>
           <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
-      <c r="C22" s="2" t="inlineStr">
+      <c r="C22" s="92" t="inlineStr">
         <is>
           <t>INE556F08KN9</t>
         </is>
       </c>
-      <c r="D22" s="2" t="inlineStr">
+      <c r="D22" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E22" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>5385.77</v>
+        <v>5415.55</v>
       </c>
       <c r="G22" s="7" t="n">
-        <v>0.0198</v>
+        <v>0.0193</v>
       </c>
       <c r="H22" s="8" t="n">
         <v>46548</v>
       </c>
       <c r="J22" s="6" t="n">
-        <v>6.645</v>
+        <v>6.835</v>
       </c>
     </row>
     <row r="23">
-      <c r="A23" s="2" t="n">
+      <c r="A23" s="92" t="n">
         <v>15</v>
       </c>
-      <c r="B23" s="2" t="inlineStr">
+      <c r="B23" s="92" t="inlineStr">
         <is>
           <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
-      <c r="C23" s="2" t="inlineStr">
+      <c r="C23" s="92" t="inlineStr">
         <is>
           <t>INE261F08EF5</t>
         </is>
       </c>
-      <c r="D23" s="2" t="inlineStr">
+      <c r="D23" s="92" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E23" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>5317.4</v>
+        <v>5347.66</v>
       </c>
       <c r="G23" s="7" t="n">
-        <v>0.0195</v>
+        <v>0.019</v>
       </c>
       <c r="H23" s="8" t="n">
         <v>46461</v>
       </c>
       <c r="J23" s="6" t="n">
-        <v>6.64</v>
+        <v>6.845</v>
       </c>
     </row>
     <row r="24">
-      <c r="A24" s="2" t="n">
+      <c r="A24" s="92" t="n">
         <v>16</v>
       </c>
-      <c r="B24" s="2" t="inlineStr">
+      <c r="B24" s="92" t="inlineStr">
         <is>
           <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
-      <c r="C24" s="2" t="inlineStr">
+      <c r="C24" s="92" t="inlineStr">
         <is>
           <t>INE053F07AA7</t>
         </is>
       </c>
-      <c r="D24" s="2" t="inlineStr">
+      <c r="D24" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E24" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>5271.03</v>
+        <v>5297.89</v>
       </c>
       <c r="G24" s="7" t="n">
-        <v>0.0194</v>
+        <v>0.0188</v>
       </c>
       <c r="H24" s="8" t="n">
         <v>46535</v>
       </c>
       <c r="J24" s="6" t="n">
-        <v>6.555</v>
+        <v>6.77</v>
       </c>
     </row>
     <row r="25">
-      <c r="A25" s="2" t="n">
+      <c r="A25" s="92" t="n">
         <v>17</v>
       </c>
-      <c r="B25" s="2" t="inlineStr">
+      <c r="B25" s="92" t="inlineStr">
         <is>
           <t>NIIF Infrastructure Finance Limited**</t>
         </is>
       </c>
-      <c r="C25" s="2" t="inlineStr">
+      <c r="C25" s="92" t="inlineStr">
         <is>
           <t>INE246R07558</t>
         </is>
       </c>
-      <c r="D25" s="2" t="inlineStr">
+      <c r="D25" s="92" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E25" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>5251.49</v>
+        <v>5286.07</v>
       </c>
       <c r="G25" s="7" t="n">
-        <v>0.0193</v>
+        <v>0.0188</v>
       </c>
       <c r="H25" s="8" t="n">
         <v>46441</v>
       </c>
       <c r="J25" s="6" t="n">
-        <v>7.0259</v>
+        <v>7.1999</v>
       </c>
     </row>
     <row r="26">
-      <c r="A26" s="2" t="n">
+      <c r="A26" s="92" t="n">
         <v>18</v>
       </c>
-      <c r="B26" s="2" t="inlineStr">
+      <c r="B26" s="92" t="inlineStr">
         <is>
           <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
-      <c r="C26" s="2" t="inlineStr">
+      <c r="C26" s="92" t="inlineStr">
         <is>
           <t>INE134E08JC3</t>
         </is>
       </c>
-      <c r="D26" s="2" t="inlineStr">
+      <c r="D26" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E26" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>5205.6</v>
+        <v>5229.63</v>
       </c>
       <c r="G26" s="7" t="n">
-        <v>0.0191</v>
+        <v>0.0186</v>
       </c>
       <c r="H26" s="8" t="n">
         <v>46549</v>
       </c>
       <c r="J26" s="6" t="n">
-        <v>6.58</v>
+        <v>6.825</v>
       </c>
     </row>
     <row r="27">
-      <c r="A27" s="2" t="n">
+      <c r="A27" s="92" t="n">
         <v>19</v>
       </c>
-      <c r="B27" s="2" t="inlineStr">
+      <c r="B27" s="92" t="inlineStr">
         <is>
           <t>Export-Import Bank of India**</t>
         </is>
       </c>
-      <c r="C27" s="2" t="inlineStr">
+      <c r="C27" s="92" t="inlineStr">
         <is>
           <t>INE514E08FP6</t>
         </is>
       </c>
-      <c r="D27" s="2" t="inlineStr">
+      <c r="D27" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E27" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>5145.83</v>
+        <v>5167.84</v>
       </c>
       <c r="G27" s="7" t="n">
-        <v>0.0189</v>
+        <v>0.0184</v>
       </c>
       <c r="H27" s="8" t="n">
         <v>46602</v>
       </c>
       <c r="J27" s="6" t="n">
-        <v>6.4875</v>
+        <v>6.725</v>
       </c>
     </row>
     <row r="28">
-      <c r="A28" s="2" t="n">
+      <c r="A28" s="92" t="n">
         <v>20</v>
       </c>
-      <c r="B28" s="2" t="inlineStr">
+      <c r="B28" s="92" t="inlineStr">
         <is>
           <t>Tata Capital Housing Finance Limited**</t>
         </is>
       </c>
-      <c r="C28" s="2" t="inlineStr">
+      <c r="C28" s="92" t="inlineStr">
         <is>
           <t>INE033L07IO1</t>
         </is>
       </c>
-      <c r="D28" s="2" t="inlineStr">
+      <c r="D28" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E28" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>5114.42</v>
+        <v>5145.36</v>
       </c>
       <c r="G28" s="7" t="n">
-        <v>0.0188</v>
+        <v>0.0183</v>
       </c>
       <c r="H28" s="8" t="n">
         <v>46589</v>
       </c>
       <c r="J28" s="6" t="n">
-        <v>6.915</v>
+        <v>7.07</v>
       </c>
     </row>
     <row r="29">
-      <c r="A29" s="2" t="n">
+      <c r="A29" s="92" t="n">
         <v>21</v>
       </c>
-      <c r="B29" s="2" t="inlineStr">
+      <c r="B29" s="92" t="inlineStr">
         <is>
           <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
-      <c r="C29" s="2" t="inlineStr">
+      <c r="C29" s="92" t="inlineStr">
         <is>
           <t>INE053F07983</t>
         </is>
       </c>
-      <c r="D29" s="2" t="inlineStr">
+      <c r="D29" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E29" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>5101.94</v>
+        <v>5129.36</v>
       </c>
       <c r="G29" s="7" t="n">
-        <v>0.0187</v>
+        <v>0.0182</v>
       </c>
       <c r="H29" s="8" t="n">
         <v>46465</v>
       </c>
       <c r="J29" s="6" t="n">
-        <v>6.555</v>
+        <v>6.77</v>
       </c>
     </row>
     <row r="30">
-      <c r="A30" s="2" t="n">
+      <c r="A30" s="92" t="n">
         <v>22</v>
       </c>
-      <c r="B30" s="2" t="inlineStr">
+      <c r="B30" s="92" t="inlineStr">
         <is>
           <t>Sikka Ports &amp; Terminals Limited**</t>
         </is>
       </c>
-      <c r="C30" s="2" t="inlineStr">
+      <c r="C30" s="92" t="inlineStr">
         <is>
           <t>INE941D07158</t>
         </is>
       </c>
-      <c r="D30" s="2" t="inlineStr">
+      <c r="D30" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E30" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>5060.89</v>
+        <v>5093.25</v>
       </c>
       <c r="G30" s="7" t="n">
-        <v>0.0186</v>
+        <v>0.0181</v>
       </c>
       <c r="H30" s="8" t="n">
         <v>46323</v>
       </c>
       <c r="J30" s="6" t="n">
-        <v>6.725</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="31">
-      <c r="A31" s="2" t="n">
+      <c r="A31" s="92" t="n">
         <v>23</v>
       </c>
-      <c r="B31" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D31" s="2" t="inlineStr">
+      <c r="B31" s="92" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C31" s="92" t="inlineStr">
+        <is>
+          <t>INE134E08IX1</t>
+        </is>
+      </c>
+      <c r="D31" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E31" s="12" t="n">
         <v>400</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>4346.05</v>
+        <v>4121.05</v>
       </c>
       <c r="G31" s="7" t="n">
-        <v>0.016</v>
+        <v>0.0147</v>
       </c>
       <c r="H31" s="8" t="n">
-        <v>46344</v>
+        <v>46468</v>
       </c>
       <c r="J31" s="6" t="n">
-        <v>6.745</v>
+        <v>6.825</v>
       </c>
     </row>
     <row r="32">
-      <c r="A32" s="2" t="n">
+      <c r="A32" s="92" t="n">
         <v>24</v>
       </c>
-      <c r="B32" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D32" s="2" t="inlineStr">
+      <c r="B32" s="92" t="inlineStr">
+        <is>
+          <t>Sikka Ports &amp; Terminals Limited**</t>
+        </is>
+      </c>
+      <c r="C32" s="92" t="inlineStr">
+        <is>
+          <t>INE941D07166</t>
+        </is>
+      </c>
+      <c r="D32" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E32" s="12" t="n">
         <v>400</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>4100.16</v>
+        <v>4057.51</v>
       </c>
       <c r="G32" s="7" t="n">
-        <v>0.0151</v>
+        <v>0.0144</v>
       </c>
       <c r="H32" s="8" t="n">
-        <v>46468</v>
+        <v>46344</v>
       </c>
       <c r="J32" s="6" t="n">
-        <v>6.58</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="33">
-      <c r="A33" s="2" t="n">
+      <c r="A33" s="92" t="n">
         <v>25</v>
       </c>
-      <c r="B33" s="2" t="inlineStr">
+      <c r="B33" s="92" t="inlineStr">
         <is>
           <t>Nuclear Power Corporation Of India Limited**</t>
         </is>
       </c>
-      <c r="C33" s="2" t="inlineStr">
+      <c r="C33" s="92" t="inlineStr">
         <is>
           <t>INE206D08196</t>
         </is>
       </c>
-      <c r="D33" s="2" t="inlineStr">
+      <c r="D33" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E33" s="12" t="n">
         <v>350</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>3703.1</v>
+        <v>3724.33</v>
       </c>
       <c r="G33" s="7" t="n">
-        <v>0.0136</v>
+        <v>0.0132</v>
       </c>
       <c r="H33" s="8" t="n">
         <v>46410</v>
       </c>
       <c r="J33" s="6" t="n">
-        <v>6.46</v>
+        <v>6.665</v>
       </c>
     </row>
     <row r="34">
-      <c r="A34" s="2" t="n">
+      <c r="A34" s="92" t="n">
         <v>26</v>
       </c>
-      <c r="B34" s="2" t="inlineStr">
+      <c r="B34" s="92" t="inlineStr">
         <is>
           <t>Power Grid Corporation of India Limited**</t>
         </is>
       </c>
-      <c r="C34" s="2" t="inlineStr">
+      <c r="C34" s="92" t="inlineStr">
         <is>
           <t>INE752E07OG5</t>
         </is>
       </c>
-      <c r="D34" s="2" t="inlineStr">
+      <c r="D34" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E34" s="12" t="n">
         <v>350</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>3599.33</v>
+        <v>3615.26</v>
       </c>
       <c r="G34" s="7" t="n">
-        <v>0.0132</v>
+        <v>0.0129</v>
       </c>
       <c r="H34" s="8" t="n">
         <v>46608</v>
       </c>
       <c r="J34" s="6" t="n">
-        <v>6.4483</v>
+        <v>6.67</v>
       </c>
     </row>
     <row r="35">
-      <c r="A35" s="2" t="n">
+      <c r="A35" s="92" t="n">
         <v>27</v>
       </c>
-      <c r="B35" s="2" t="inlineStr">
+      <c r="B35" s="92" t="inlineStr">
         <is>
           <t>Bajaj Finance Limited**</t>
         </is>
       </c>
-      <c r="C35" s="2" t="inlineStr">
+      <c r="C35" s="92" t="inlineStr">
         <is>
           <t>INE296A07SC1</t>
         </is>
       </c>
-      <c r="D35" s="2" t="inlineStr">
+      <c r="D35" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E35" s="12" t="n">
         <v>300</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>3071.01</v>
+        <v>3088.08</v>
       </c>
       <c r="G35" s="7" t="n">
-        <v>0.0113</v>
+        <v>0.011</v>
       </c>
       <c r="H35" s="8" t="n">
         <v>46624</v>
       </c>
       <c r="J35" s="6" t="n">
-        <v>7</v>
+        <v>7.185</v>
       </c>
     </row>
     <row r="36">
-      <c r="A36" s="2" t="n">
+      <c r="A36" s="92" t="n">
         <v>28</v>
       </c>
-      <c r="B36" s="2" t="inlineStr">
+      <c r="B36" s="92" t="inlineStr">
         <is>
           <t>Mahindra &amp; Mahindra Financial Services Limited**</t>
         </is>
       </c>
-      <c r="C36" s="2" t="inlineStr">
+      <c r="C36" s="92" t="inlineStr">
         <is>
           <t>INE774D07VE1</t>
         </is>
       </c>
-      <c r="D36" s="2" t="inlineStr">
+      <c r="D36" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E36" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>2696.16</v>
+        <v>2712.74</v>
       </c>
       <c r="G36" s="7" t="n">
-        <v>0.009900000000000001</v>
+        <v>0.0097</v>
       </c>
       <c r="H36" s="8" t="n">
         <v>46471</v>
       </c>
       <c r="J36" s="6" t="n">
-        <v>6.985</v>
+        <v>7.185</v>
       </c>
     </row>
     <row r="37">
-      <c r="A37" s="2" t="n">
+      <c r="A37" s="92" t="n">
         <v>29</v>
       </c>
-      <c r="B37" s="2" t="inlineStr">
+      <c r="B37" s="92" t="inlineStr">
         <is>
           <t>Kotak Mahindra Prime Limited**</t>
         </is>
       </c>
-      <c r="C37" s="2" t="inlineStr">
+      <c r="C37" s="92" t="inlineStr">
         <is>
           <t>INE916DA7SR0</t>
         </is>
       </c>
-      <c r="D37" s="2" t="inlineStr">
+      <c r="D37" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E37" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>2681.97</v>
+        <v>2698.3</v>
       </c>
       <c r="G37" s="7" t="n">
-        <v>0.0098</v>
+        <v>0.009599999999999999</v>
       </c>
       <c r="H37" s="8" t="n">
         <v>46428</v>
       </c>
       <c r="J37" s="6" t="n">
-        <v>6.91</v>
+        <v>7.125</v>
       </c>
     </row>
     <row r="38">
-      <c r="A38" s="2" t="n">
+      <c r="A38" s="92" t="n">
         <v>30</v>
       </c>
-      <c r="B38" s="2" t="inlineStr">
+      <c r="B38" s="92" t="inlineStr">
         <is>
           <t>REC Limited**</t>
         </is>
       </c>
-      <c r="C38" s="2" t="inlineStr">
+      <c r="C38" s="92" t="inlineStr">
         <is>
           <t>INE020B08AH8</t>
         </is>
       </c>
-      <c r="D38" s="2" t="inlineStr">
+      <c r="D38" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E38" s="12" t="n">
         <v>250</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>2659.86</v>
+        <v>2673.49</v>
       </c>
       <c r="G38" s="7" t="n">
-        <v>0.0098</v>
+        <v>0.0095</v>
       </c>
       <c r="H38" s="8" t="n">
         <v>46458</v>
       </c>
       <c r="J38" s="6" t="n">
-        <v>6.57</v>
+        <v>6.82</v>
       </c>
     </row>
     <row r="39">
-      <c r="A39" s="2" t="n">
+      <c r="A39" s="92" t="n">
         <v>31</v>
       </c>
-      <c r="B39" s="2" t="inlineStr">
+      <c r="B39" s="92" t="inlineStr">
         <is>
           <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
-      <c r="C39" s="2" t="inlineStr">
+      <c r="C39" s="92" t="inlineStr">
         <is>
           <t>INE556F08KP4</t>
         </is>
       </c>
-      <c r="D39" s="2" t="inlineStr">
+      <c r="D39" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E39" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>2657.5</v>
+        <v>2671.39</v>
       </c>
       <c r="G39" s="7" t="n">
-        <v>0.0098</v>
+        <v>0.0095</v>
       </c>
       <c r="H39" s="8" t="n">
         <v>46609</v>
       </c>
       <c r="J39" s="6" t="n">
-        <v>6.645</v>
+        <v>6.835</v>
       </c>
     </row>
     <row r="40">
-      <c r="A40" s="2" t="n">
+      <c r="A40" s="92" t="n">
         <v>32</v>
       </c>
-      <c r="B40" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D40" s="2" t="inlineStr">
+      <c r="B40" s="92" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C40" s="92" t="inlineStr">
+        <is>
+          <t>INE115A07RE1</t>
+        </is>
+      </c>
+      <c r="D40" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E40" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>2639.04</v>
+        <v>2665.8</v>
       </c>
       <c r="G40" s="7" t="n">
-        <v>0.0097</v>
+        <v>0.0095</v>
       </c>
       <c r="H40" s="8" t="n">
-        <v>46517</v>
+        <v>46464</v>
       </c>
       <c r="J40" s="6" t="n">
-        <v>7.095</v>
+        <v>6.955</v>
       </c>
     </row>
     <row r="41">
-      <c r="A41" s="2" t="n">
+      <c r="A41" s="92" t="n">
         <v>33</v>
       </c>
-      <c r="B41" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D41" s="2" t="inlineStr">
+      <c r="B41" s="92" t="inlineStr">
+        <is>
+          <t>Tata Capital Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="92" t="inlineStr">
+        <is>
+          <t>INE976I07CT9</t>
+        </is>
+      </c>
+      <c r="D41" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E41" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>2611.22</v>
+        <v>2659.3</v>
       </c>
       <c r="G41" s="7" t="n">
-        <v>0.009599999999999999</v>
+        <v>0.0095</v>
       </c>
       <c r="H41" s="8" t="n">
-        <v>46640</v>
+        <v>46517</v>
       </c>
       <c r="J41" s="6" t="n">
-        <v>6.645</v>
+        <v>7.16</v>
       </c>
     </row>
     <row r="42">
-      <c r="A42" s="2" t="n">
+      <c r="A42" s="92" t="n">
         <v>34</v>
       </c>
-      <c r="B42" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D42" s="2" t="inlineStr">
+      <c r="B42" s="92" t="inlineStr">
+        <is>
+          <t>Tata Capital Limited**</t>
+        </is>
+      </c>
+      <c r="C42" s="92" t="inlineStr">
+        <is>
+          <t>INE306N07NK5</t>
+        </is>
+      </c>
+      <c r="D42" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E42" s="12" t="n">
         <v>250</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>2608.24</v>
+        <v>2624.78</v>
       </c>
       <c r="G42" s="7" t="n">
-        <v>0.009599999999999999</v>
+        <v>0.009299999999999999</v>
       </c>
       <c r="H42" s="8" t="n">
+        <v>46163</v>
+      </c>
+      <c r="J42" s="6" t="n">
+        <v>6.915</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="92" t="n">
+        <v>35</v>
+      </c>
+      <c r="B43" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C43" s="92" t="inlineStr">
+        <is>
+          <t>INE556F08KQ2</t>
+        </is>
+      </c>
+      <c r="D43" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E43" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>2624.37</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+      <c r="H43" s="8" t="n">
+        <v>46640</v>
+      </c>
+      <c r="J43" s="6" t="n">
+        <v>6.835</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="92" t="n">
+        <v>36</v>
+      </c>
+      <c r="B44" s="92" t="inlineStr">
+        <is>
+          <t>Grasim Industries Limited**</t>
+        </is>
+      </c>
+      <c r="C44" s="92" t="inlineStr">
+        <is>
+          <t>INE047A08190</t>
+        </is>
+      </c>
+      <c r="D44" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E44" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>2620.15</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+      <c r="H44" s="8" t="n">
         <v>46548</v>
       </c>
-      <c r="J42" s="6" t="n">
-[...42 lines deleted...]
-      <c r="B44" s="2" t="inlineStr">
+      <c r="J44" s="6" t="n">
+        <v>6.78</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="92" t="n">
+        <v>37</v>
+      </c>
+      <c r="B45" s="92" t="inlineStr">
         <is>
           <t>Sundaram Finance Limited**</t>
         </is>
       </c>
-      <c r="C44" s="2" t="inlineStr">
+      <c r="C45" s="92" t="inlineStr">
         <is>
           <t>INE660A07RY4</t>
         </is>
       </c>
-      <c r="D44" s="2" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D45" s="2" t="inlineStr">
+      <c r="D45" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E45" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>2546.85</v>
+        <v>2588.93</v>
       </c>
       <c r="G45" s="7" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="H45" s="8" t="n">
+        <v>46535</v>
+      </c>
+      <c r="J45" s="6" t="n">
+        <v>7.165</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="92" t="n">
+        <v>38</v>
+      </c>
+      <c r="B46" s="92" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C46" s="92" t="inlineStr">
+        <is>
+          <t>INE134E08IT9</t>
+        </is>
+      </c>
+      <c r="D46" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E46" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>2585.85</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="H46" s="8" t="n">
+        <v>46438</v>
+      </c>
+      <c r="J46" s="6" t="n">
+        <v>6.825</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="92" t="n">
+        <v>39</v>
+      </c>
+      <c r="B47" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C47" s="92" t="inlineStr">
+        <is>
+          <t>INE556F08KK5</t>
+        </is>
+      </c>
+      <c r="D47" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E47" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>2561.18</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0091</v>
+      </c>
+      <c r="H47" s="8" t="n">
+        <v>46496</v>
+      </c>
+      <c r="J47" s="6" t="n">
+        <v>6.835</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="92" t="n">
+        <v>40</v>
+      </c>
+      <c r="B48" s="92" t="inlineStr">
+        <is>
+          <t>ICICI Home Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C48" s="92" t="inlineStr">
+        <is>
+          <t>INE071G07660</t>
+        </is>
+      </c>
+      <c r="D48" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E48" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>1610.99</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="H48" s="8" t="n">
+        <v>46451</v>
+      </c>
+      <c r="J48" s="6" t="n">
+        <v>7.105</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="92" t="n">
+        <v>41</v>
+      </c>
+      <c r="B49" s="92" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C49" s="92" t="inlineStr">
+        <is>
+          <t>INE115A07LU0</t>
+        </is>
+      </c>
+      <c r="D49" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E49" s="12" t="n">
+        <v>100</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>1056.78</v>
+      </c>
+      <c r="G49" s="7" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="H49" s="8" t="n">
+        <v>46524</v>
+      </c>
+      <c r="J49" s="6" t="n">
+        <v>6.975</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="9" t="n"/>
+      <c r="B50" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C50" s="9" t="n"/>
+      <c r="D50" s="9" t="n"/>
+      <c r="E50" s="9" t="n"/>
+      <c r="F50" s="10" t="n">
+        <v>228818.24</v>
+      </c>
+      <c r="G50" s="11" t="n">
+        <v>0.8139</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="B52" s="4" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="92" t="n">
+        <v>42</v>
+      </c>
+      <c r="B53" s="92" t="inlineStr">
+        <is>
+          <t>7.38% GOI 2027</t>
+        </is>
+      </c>
+      <c r="C53" s="92" t="inlineStr">
+        <is>
+          <t>IN0020220037</t>
+        </is>
+      </c>
+      <c r="D53" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E53" s="12" t="n">
+        <v>35500000</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>37622.15</v>
+      </c>
+      <c r="G53" s="7" t="n">
+        <v>0.1338</v>
+      </c>
+      <c r="H53" s="8" t="n">
+        <v>46558</v>
+      </c>
+      <c r="J53" s="6" t="n">
+        <v>5.7198</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="92" t="n">
+        <v>43</v>
+      </c>
+      <c r="B54" s="92" t="inlineStr">
+        <is>
+          <t>7.59% Gujarat SDL 2027</t>
+        </is>
+      </c>
+      <c r="C54" s="92" t="inlineStr">
+        <is>
+          <t>IN1520160194</t>
+        </is>
+      </c>
+      <c r="D54" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E54" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>2609.91</v>
+      </c>
+      <c r="G54" s="7" t="n">
         <v>0.009299999999999999</v>
       </c>
-      <c r="H45" s="8" t="n">
-[...78 lines deleted...]
-      <c r="B48" s="9" t="inlineStr">
+      <c r="H54" s="8" t="n">
+        <v>46433</v>
+      </c>
+      <c r="J54" s="6" t="n">
+        <v>5.9149</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="92" t="n">
+        <v>44</v>
+      </c>
+      <c r="B55" s="92" t="inlineStr">
+        <is>
+          <t>7.02% GOI 2027</t>
+        </is>
+      </c>
+      <c r="C55" s="92" t="inlineStr">
+        <is>
+          <t>IN0020240043</t>
+        </is>
+      </c>
+      <c r="D55" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E55" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>2553.89</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.0091</v>
+      </c>
+      <c r="H55" s="8" t="n">
+        <v>46534</v>
+      </c>
+      <c r="J55" s="6" t="n">
+        <v>5.714</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="9" t="n"/>
+      <c r="B56" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C48" s="9" t="n"/>
-[...104 lines deleted...]
-      <c r="B55" s="4" t="inlineStr">
+      <c r="C56" s="9" t="n"/>
+      <c r="D56" s="9" t="n"/>
+      <c r="E56" s="9" t="n"/>
+      <c r="F56" s="10" t="n">
+        <v>42785.95</v>
+      </c>
+      <c r="G56" s="11" t="n">
+        <v>0.1522</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="B58" s="4" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
-    <row r="56">
-      <c r="B56" s="4" t="inlineStr">
+    <row r="59">
+      <c r="B59" s="4" t="inlineStr">
         <is>
           <t>Certificate of Deposit</t>
         </is>
       </c>
     </row>
-    <row r="57">
-[...3 lines deleted...]
-      <c r="B57" s="2" t="inlineStr">
+    <row r="60">
+      <c r="A60" s="92" t="n">
+        <v>45</v>
+      </c>
+      <c r="B60" s="92" t="inlineStr">
         <is>
           <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
-      <c r="C57" s="2" t="inlineStr">
+      <c r="C60" s="92" t="inlineStr">
         <is>
           <t>INE556F16BO9</t>
         </is>
       </c>
-      <c r="D57" s="2" t="inlineStr">
+      <c r="D60" s="92" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
-      <c r="E57" s="12" t="n">
+      <c r="E60" s="12" t="n">
         <v>1000</v>
       </c>
-      <c r="F57" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H57" s="8" t="n">
+      <c r="F60" s="6" t="n">
+        <v>4725.1</v>
+      </c>
+      <c r="G60" s="7" t="n">
+        <v>0.0168</v>
+      </c>
+      <c r="H60" s="8" t="n">
         <v>46323</v>
       </c>
-      <c r="J57" s="6" t="n">
-[...36 lines deleted...]
-        <v>45964</v>
+      <c r="J60" s="6" t="n">
+        <v>6.72</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="9" t="n"/>
       <c r="B61" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C61" s="9" t="n"/>
       <c r="D61" s="9" t="n"/>
       <c r="E61" s="9" t="n"/>
       <c r="F61" s="10" t="n">
-        <v>4508.29</v>
+        <v>4725.1</v>
       </c>
       <c r="G61" s="11" t="n">
-        <v>0.0165</v>
+        <v>0.0168</v>
       </c>
     </row>
     <row r="63">
+      <c r="A63" s="92" t="n">
+        <v>46</v>
+      </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>4404.38</v>
+      </c>
+      <c r="G63" s="7" t="n">
+        <v>0.0157</v>
+      </c>
+      <c r="H63" s="8" t="n">
+        <v>46007</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="9" t="n"/>
+      <c r="B64" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C64" s="9" t="n"/>
+      <c r="D64" s="9" t="n"/>
+      <c r="E64" s="9" t="n"/>
+      <c r="F64" s="10" t="n">
+        <v>4404.38</v>
+      </c>
+      <c r="G64" s="11" t="n">
+        <v>0.0157</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="B66" s="4" t="inlineStr">
+        <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
     </row>
-    <row r="64">
-[...3 lines deleted...]
-      <c r="B64" s="2" t="inlineStr">
+    <row r="67">
+      <c r="A67" s="92" t="n">
+        <v>47</v>
+      </c>
+      <c r="B67" s="92" t="inlineStr">
         <is>
           <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
         </is>
       </c>
-      <c r="C64" s="2" t="inlineStr">
+      <c r="C67" s="92" t="inlineStr">
         <is>
           <t>INF0RQ622028</t>
         </is>
       </c>
-      <c r="E64" s="12" t="n">
+      <c r="E67" s="12" t="n">
         <v>6618.369</v>
       </c>
-      <c r="F64" s="6" t="n">
-[...9 lines deleted...]
-      <c r="B65" s="9" t="inlineStr">
+      <c r="F67" s="6" t="n">
+        <v>762.37</v>
+      </c>
+      <c r="G67" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J67" s="6" t="n"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="9" t="n"/>
+      <c r="B68" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C65" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B67" s="4" t="inlineStr">
+      <c r="C68" s="9" t="n"/>
+      <c r="D68" s="9" t="n"/>
+      <c r="E68" s="9" t="n"/>
+      <c r="F68" s="10" t="n">
+        <v>762.37</v>
+      </c>
+      <c r="G68" s="11" t="n">
+        <v>0.0027</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="B70" s="4" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
-    <row r="68">
-      <c r="B68" s="2" t="inlineStr">
+    <row r="71">
+      <c r="B71" s="92" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E68" s="12" t="n"/>
-[...10 lines deleted...]
-      <c r="B69" s="9" t="inlineStr">
+      <c r="E71" s="12" t="n"/>
+      <c r="F71" s="6" t="n">
+        <v>-403.76</v>
+      </c>
+      <c r="G71" s="7" t="n">
+        <v>-0.0013</v>
+      </c>
+      <c r="J71" s="6" t="n"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="9" t="n"/>
+      <c r="B72" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C69" s="9" t="n"/>
-[...11 lines deleted...]
-      <c r="B71" s="5" t="inlineStr">
+      <c r="C72" s="9" t="n"/>
+      <c r="D72" s="9" t="n"/>
+      <c r="E72" s="9" t="n"/>
+      <c r="F72" s="10" t="n">
+        <v>-403.76</v>
+      </c>
+      <c r="G72" s="11" t="n">
+        <v>-0.0013</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="5" t="n"/>
+      <c r="B74" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C71" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G71" s="14" t="n">
+      <c r="C74" s="5" t="n"/>
+      <c r="D74" s="5" t="n"/>
+      <c r="E74" s="5" t="n"/>
+      <c r="F74" s="13" t="n">
+        <v>281092.28</v>
+      </c>
+      <c r="G74" s="14" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="72">
-      <c r="A72" s="2" t="inlineStr">
+    <row r="75">
+      <c r="A75" s="92" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="73">
-      <c r="A73" s="2" t="n">
+    <row r="76">
+      <c r="A76" s="92" t="n">
         <v>1</v>
       </c>
-      <c r="B73" s="2" t="inlineStr">
+      <c r="B76" s="92" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
-    <row r="74">
-      <c r="A74" s="16" t="n">
+    <row r="77">
+      <c r="A77" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B74" s="16" t="inlineStr">
+      <c r="B77" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="75" ht="27" customHeight="1" s="74">
-      <c r="A75" s="16" t="n">
+    <row r="78" ht="27" customHeight="1" s="68">
+      <c r="A78" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B75" s="16" t="inlineStr">
+      <c r="B78" s="15" t="inlineStr">
         <is>
           <t>Net Assets does not include unit activity for the last day of the month</t>
         </is>
       </c>
     </row>
-    <row r="79" ht="14.5" customHeight="1" s="74">
-      <c r="B79" s="1" t="inlineStr">
+    <row r="80" ht="14.5" customHeight="1" s="68">
+      <c r="B80" s="91" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="93" ht="14.5" customHeight="1" s="74">
-      <c r="B93" s="1" t="inlineStr">
+    <row r="92" ht="14.5" customHeight="1" s="68">
+      <c r="B92" s="91" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Corporate Debt A-II Index</t>
         </is>
       </c>
     </row>
+    <row r="107">
+      <c r="B107" s="16" t="n"/>
+      <c r="C107" s="18" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
     <row r="108">
-      <c r="B108" s="17" t="n"/>
-[...2 lines deleted...]
-          <t>Portfolio Information</t>
+      <c r="B108" s="16" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C108" s="18" t="inlineStr">
+        <is>
+          <t>DSP Corporate Bond Fund</t>
         </is>
       </c>
     </row>
     <row r="109">
-      <c r="B109" s="17" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="B109" s="16" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C109" s="19" t="n"/>
     </row>
     <row r="110">
-      <c r="B110" s="17" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C110" s="20" t="n"/>
+      <c r="B110" s="16" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C110" s="20" t="n">
+        <v>0.0669</v>
+      </c>
     </row>
     <row r="111">
-      <c r="B111" s="17" t="inlineStr">
-[...5 lines deleted...]
-        <v>0.06519999999999999</v>
+      <c r="B111" s="16" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C111" s="19" t="n">
+        <v>1.21</v>
       </c>
     </row>
     <row r="112">
-      <c r="B112" s="17" t="inlineStr">
-[...5 lines deleted...]
-        <v>1.31</v>
+      <c r="B112" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C112" s="19" t="n">
+        <v>1.27</v>
       </c>
     </row>
     <row r="113">
-      <c r="B113" s="17" t="inlineStr">
-[...5 lines deleted...]
-        <v>1.37</v>
+      <c r="B113" s="16" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C113" s="21" t="n">
+        <v>46006</v>
       </c>
     </row>
     <row r="114">
       <c r="B114" s="17" t="inlineStr">
         <is>
-          <t>As on (Date)</t>
-[...8 lines deleted...]
-        <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C115" s="19" t="n"/>
-[...2 lines deleted...]
-      <c r="B118" s="4" t="n"/>
+      <c r="C114" s="18" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>