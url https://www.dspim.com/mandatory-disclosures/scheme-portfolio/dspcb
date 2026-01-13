--- v2 (2025-12-24)
+++ v3 (2026-01-13)
@@ -1,79 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr/>
+  <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="993" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="883" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Corporate Bond" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="23">
+  <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -110,56 +104,50 @@
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
-      <sz val="10"/>
-[...4 lines deleted...]
-      <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -342,319 +330,320 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="102">
+  <cellXfs count="101">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...93 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...29 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment vertical="center" wrapText="1"/>
-[...25 lines deleted...]
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -703,116 +692,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>81</row>
+      <row>85</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>90</row>
+      <row>94</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="14484350"/>
+          <a:off x="457200" y="15170150"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>93</row>
+      <row>97</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>102</row>
-      <rowOff>31749</rowOff>
+      <row>106</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="16897350"/>
+          <a:off x="457200" y="17583150"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1050,2142 +1039,2293 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr>
+  <sheetPr codeName="Sheet11">
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L114"/>
+  <dimension ref="A1:L121"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="92" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="92" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="46.81640625" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="23.1796875" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="28.54296875" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="68">
-[...1 lines deleted...]
-      <c r="B1" s="67" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="74">
+      <c r="A1" s="73" t="n"/>
+      <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Corporate Bond Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 15, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="B8" s="4" t="inlineStr">
+      <c r="B8" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K8" s="4" t="inlineStr">
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="92" t="n">
+      <c r="A9" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B9" s="92" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Indian Oil Corporation Limited**</t>
         </is>
       </c>
-      <c r="C9" s="92" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE242A08502</t>
         </is>
       </c>
-      <c r="D9" s="92" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E9" s="12" t="n">
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E9" s="11" t="n">
         <v>1750</v>
       </c>
-      <c r="F9" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H9" s="8" t="n">
+      <c r="F9" s="5" t="n">
+        <v>18345.99</v>
+      </c>
+      <c r="G9" s="6" t="n">
+        <v>0.0537</v>
+      </c>
+      <c r="H9" s="7" t="n">
         <v>46436</v>
       </c>
-      <c r="J9" s="6" t="n">
-[...8 lines deleted...]
-        <v>0.7284</v>
+      <c r="J9" s="5" t="n">
+        <v>6.59</v>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L9" s="6" t="n">
+        <v>0.6846</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="92" t="n">
+      <c r="A10" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B10" s="92" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
-      <c r="C10" s="92" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE115A07PR7</t>
         </is>
       </c>
-      <c r="D10" s="92" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E10" s="12" t="n">
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E10" s="11" t="n">
         <v>1500</v>
       </c>
-      <c r="F10" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H10" s="8" t="n">
+      <c r="F10" s="5" t="n">
+        <v>15826.16</v>
+      </c>
+      <c r="G10" s="6" t="n">
+        <v>0.0464</v>
+      </c>
+      <c r="H10" s="7" t="n">
         <v>46433</v>
       </c>
-      <c r="J10" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K10" s="92" t="inlineStr">
+      <c r="J10" s="5" t="n">
+        <v>6.935</v>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L10" s="7" t="n">
-        <v>0.1522</v>
+      <c r="L10" s="6" t="n">
+        <v>0.1445</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="92" t="n">
+      <c r="A11" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="B11" s="92" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>INE916DA7SR0</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E11" s="11" t="n">
+        <v>12500</v>
+      </c>
+      <c r="F11" s="5" t="n">
+        <v>13535.55</v>
+      </c>
+      <c r="G11" s="6" t="n">
+        <v>0.0397</v>
+      </c>
+      <c r="H11" s="7" t="n">
+        <v>46428</v>
+      </c>
+      <c r="J11" s="5" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="L11" s="6" t="n">
+        <v>0.0785</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
-      <c r="C11" s="92" t="inlineStr">
+      <c r="C12" s="1" t="inlineStr">
         <is>
           <t>INE261F08CF9</t>
         </is>
       </c>
-      <c r="D11" s="92" t="inlineStr">
+      <c r="D12" s="1" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
-      <c r="E11" s="12" t="n">
+      <c r="E12" s="11" t="n">
         <v>1300</v>
       </c>
-      <c r="F11" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H11" s="8" t="n">
+      <c r="F12" s="5" t="n">
+        <v>13454.04</v>
+      </c>
+      <c r="G12" s="6" t="n">
+        <v>0.0394</v>
+      </c>
+      <c r="H12" s="7" t="n">
         <v>46539</v>
       </c>
-      <c r="J11" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K11" s="92" t="inlineStr">
+      <c r="J12" s="5" t="n">
+        <v>6.805</v>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L12" s="6" t="n">
+        <v>0.0415</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE377Y07557</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E13" s="11" t="n">
+        <v>12500</v>
+      </c>
+      <c r="F13" s="5" t="n">
+        <v>13123.09</v>
+      </c>
+      <c r="G13" s="6" t="n">
+        <v>0.0384</v>
+      </c>
+      <c r="H13" s="7" t="n">
+        <v>46444</v>
+      </c>
+      <c r="J13" s="5" t="n">
+        <v>6.9257</v>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>CARE A1+</t>
+        </is>
+      </c>
+      <c r="L13" s="6" t="n">
+        <v>0.0275</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FA2</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E14" s="11" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F14" s="5" t="n">
+        <v>10546</v>
+      </c>
+      <c r="G14" s="6" t="n">
+        <v>0.0309</v>
+      </c>
+      <c r="H14" s="7" t="n">
+        <v>46538</v>
+      </c>
+      <c r="J14" s="5" t="n">
+        <v>6.785</v>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L14" s="6" t="n">
+        <v>0.0022</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE053F07AB5</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E15" s="11" t="n">
+        <v>850</v>
+      </c>
+      <c r="F15" s="5" t="n">
+        <v>8997.82</v>
+      </c>
+      <c r="G15" s="6" t="n">
+        <v>0.0264</v>
+      </c>
+      <c r="H15" s="7" t="n">
+        <v>46553</v>
+      </c>
+      <c r="J15" s="5" t="n">
+        <v>6.765</v>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L15" s="6" t="n">
+        <v>0.0212</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited**</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE752E07OF7</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E16" s="11" t="n">
+        <v>850</v>
+      </c>
+      <c r="F16" s="5" t="n">
+        <v>8903.24</v>
+      </c>
+      <c r="G16" s="6" t="n">
+        <v>0.0261</v>
+      </c>
+      <c r="H16" s="7" t="n">
+        <v>46557</v>
+      </c>
+      <c r="J16" s="5" t="n">
+        <v>6.6472</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08DT7</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E17" s="11" t="n">
+        <v>850</v>
+      </c>
+      <c r="F17" s="5" t="n">
+        <v>8546.41</v>
+      </c>
+      <c r="G17" s="6" t="n">
+        <v>0.025</v>
+      </c>
+      <c r="H17" s="7" t="n">
+        <v>48152</v>
+      </c>
+      <c r="I17" s="1" t="inlineStr">
+        <is>
+          <t>PU - 31-Oct-2026 CA - 31-Oct-2026</t>
+        </is>
+      </c>
+      <c r="J17" s="5" t="n">
+        <v>6.8099</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08IO0</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E18" s="11" t="n">
+        <v>750</v>
+      </c>
+      <c r="F18" s="5" t="n">
+        <v>8069.5</v>
+      </c>
+      <c r="G18" s="6" t="n">
+        <v>0.0236</v>
+      </c>
+      <c r="H18" s="7" t="n">
+        <v>46392</v>
+      </c>
+      <c r="J18" s="5" t="n">
+        <v>6.7598</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EF5</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
-      <c r="L11" s="7" t="n">
-[...7 lines deleted...]
-      <c r="B12" s="92" t="inlineStr">
+      <c r="E19" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F19" s="5" t="n">
+        <v>8048.62</v>
+      </c>
+      <c r="G19" s="6" t="n">
+        <v>0.0236</v>
+      </c>
+      <c r="H19" s="7" t="n">
+        <v>46461</v>
+      </c>
+      <c r="J19" s="5" t="n">
+        <v>6.8</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07TG0</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E20" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F20" s="5" t="n">
+        <v>7995.42</v>
+      </c>
+      <c r="G20" s="6" t="n">
+        <v>0.0234</v>
+      </c>
+      <c r="H20" s="7" t="n">
+        <v>46472</v>
+      </c>
+      <c r="J20" s="5" t="n">
+        <v>7.1</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07SX7</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E21" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F21" s="5" t="n">
+        <v>7982.13</v>
+      </c>
+      <c r="G21" s="6" t="n">
+        <v>0.0234</v>
+      </c>
+      <c r="H21" s="7" t="n">
+        <v>46517</v>
+      </c>
+      <c r="J21" s="5" t="n">
+        <v>7.12</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Sundaram Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE660A07RQ0</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E22" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F22" s="5" t="n">
+        <v>7660.8</v>
+      </c>
+      <c r="G22" s="6" t="n">
+        <v>0.0224</v>
+      </c>
+      <c r="H22" s="7" t="n">
+        <v>46321</v>
+      </c>
+      <c r="J22" s="5" t="n">
+        <v>7.07</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Jamnagar Utilities &amp; Power Private Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE936D07174</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E23" s="11" t="n">
+        <v>750</v>
+      </c>
+      <c r="F23" s="5" t="n">
+        <v>7593.79</v>
+      </c>
+      <c r="G23" s="6" t="n">
+        <v>0.0222</v>
+      </c>
+      <c r="H23" s="7" t="n">
+        <v>46294</v>
+      </c>
+      <c r="J23" s="5" t="n">
+        <v>6.85</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08AC9</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E24" s="11" t="n">
+        <v>750</v>
+      </c>
+      <c r="F24" s="5" t="n">
+        <v>7553.15</v>
+      </c>
+      <c r="G24" s="6" t="n">
+        <v>0.0221</v>
+      </c>
+      <c r="H24" s="7" t="n">
+        <v>46386</v>
+      </c>
+      <c r="J24" s="5" t="n">
+        <v>6.8</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KN9</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E25" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F25" s="5" t="n">
+        <v>5433.02</v>
+      </c>
+      <c r="G25" s="6" t="n">
+        <v>0.0159</v>
+      </c>
+      <c r="H25" s="7" t="n">
+        <v>46548</v>
+      </c>
+      <c r="J25" s="5" t="n">
+        <v>6.8088</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
-      <c r="C12" s="92" t="inlineStr">
-[...24 lines deleted...]
-      <c r="K12" s="92" t="inlineStr">
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE053F07AA7</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E26" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F26" s="5" t="n">
+        <v>5313.45</v>
+      </c>
+      <c r="G26" s="6" t="n">
+        <v>0.0156</v>
+      </c>
+      <c r="H26" s="7" t="n">
+        <v>46535</v>
+      </c>
+      <c r="J26" s="5" t="n">
+        <v>6.765</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>NIIF Infrastructure Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE246R07558</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E27" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F27" s="5" t="n">
+        <v>5299.83</v>
+      </c>
+      <c r="G27" s="6" t="n">
+        <v>0.0155</v>
+      </c>
+      <c r="H27" s="7" t="n">
+        <v>46441</v>
+      </c>
+      <c r="J27" s="5" t="n">
+        <v>7.245</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08JC3</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E28" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F28" s="5" t="n">
+        <v>5248.83</v>
+      </c>
+      <c r="G28" s="6" t="n">
+        <v>0.0154</v>
+      </c>
+      <c r="H28" s="7" t="n">
+        <v>46549</v>
+      </c>
+      <c r="J28" s="5" t="n">
+        <v>6.765</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE514E08FP6</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E29" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F29" s="5" t="n">
+        <v>5184.82</v>
+      </c>
+      <c r="G29" s="6" t="n">
+        <v>0.0152</v>
+      </c>
+      <c r="H29" s="7" t="n">
+        <v>46602</v>
+      </c>
+      <c r="J29" s="5" t="n">
+        <v>6.695</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Tata Capital Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE033L07IO1</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E30" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F30" s="5" t="n">
+        <v>5161.86</v>
+      </c>
+      <c r="G30" s="6" t="n">
+        <v>0.0151</v>
+      </c>
+      <c r="H30" s="7" t="n">
+        <v>46589</v>
+      </c>
+      <c r="J30" s="5" t="n">
+        <v>7.055</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE053F07983</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E31" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F31" s="5" t="n">
+        <v>5144.68</v>
+      </c>
+      <c r="G31" s="6" t="n">
+        <v>0.0151</v>
+      </c>
+      <c r="H31" s="7" t="n">
+        <v>46465</v>
+      </c>
+      <c r="J31" s="5" t="n">
+        <v>6.76</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Sikka Ports &amp; Terminals Limited**</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE941D07158</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E32" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F32" s="5" t="n">
+        <v>5106.83</v>
+      </c>
+      <c r="G32" s="6" t="n">
+        <v>0.015</v>
+      </c>
+      <c r="H32" s="7" t="n">
+        <v>46323</v>
+      </c>
+      <c r="J32" s="5" t="n">
+        <v>6.925</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08IT9</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E33" s="11" t="n">
+        <v>450</v>
+      </c>
+      <c r="F33" s="5" t="n">
+        <v>4671.1</v>
+      </c>
+      <c r="G33" s="6" t="n">
+        <v>0.0137</v>
+      </c>
+      <c r="H33" s="7" t="n">
+        <v>46438</v>
+      </c>
+      <c r="J33" s="5" t="n">
+        <v>6.76</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08IX1</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E34" s="11" t="n">
+        <v>400</v>
+      </c>
+      <c r="F34" s="5" t="n">
+        <v>4135.92</v>
+      </c>
+      <c r="G34" s="6" t="n">
+        <v>0.0121</v>
+      </c>
+      <c r="H34" s="7" t="n">
+        <v>46468</v>
+      </c>
+      <c r="J34" s="5" t="n">
+        <v>6.76</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Sikka Ports &amp; Terminals Limited**</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE941D07166</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E35" s="11" t="n">
+        <v>400</v>
+      </c>
+      <c r="F35" s="5" t="n">
+        <v>4068.24</v>
+      </c>
+      <c r="G35" s="6" t="n">
+        <v>0.0119</v>
+      </c>
+      <c r="H35" s="7" t="n">
+        <v>46344</v>
+      </c>
+      <c r="J35" s="5" t="n">
+        <v>6.925</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Nuclear Power Corporation Of India Limited**</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE206D08196</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E36" s="11" t="n">
+        <v>350</v>
+      </c>
+      <c r="F36" s="5" t="n">
+        <v>3734.36</v>
+      </c>
+      <c r="G36" s="6" t="n">
+        <v>0.0109</v>
+      </c>
+      <c r="H36" s="7" t="n">
+        <v>46410</v>
+      </c>
+      <c r="J36" s="5" t="n">
+        <v>6.68</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited**</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE752E07OG5</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E37" s="11" t="n">
+        <v>350</v>
+      </c>
+      <c r="F37" s="5" t="n">
+        <v>3625.65</v>
+      </c>
+      <c r="G37" s="6" t="n">
+        <v>0.0106</v>
+      </c>
+      <c r="H37" s="7" t="n">
+        <v>46608</v>
+      </c>
+      <c r="J37" s="5" t="n">
+        <v>6.6672</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07SC1</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E38" s="11" t="n">
+        <v>300</v>
+      </c>
+      <c r="F38" s="5" t="n">
+        <v>3099.99</v>
+      </c>
+      <c r="G38" s="6" t="n">
+        <v>0.0091</v>
+      </c>
+      <c r="H38" s="7" t="n">
+        <v>46624</v>
+      </c>
+      <c r="J38" s="5" t="n">
+        <v>7.13</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE774D07VE1</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E39" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F39" s="5" t="n">
+        <v>2721.58</v>
+      </c>
+      <c r="G39" s="6" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="H39" s="7" t="n">
+        <v>46471</v>
+      </c>
+      <c r="J39" s="5" t="n">
+        <v>7.165</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08AH8</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E40" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F40" s="5" t="n">
+        <v>2682.22</v>
+      </c>
+      <c r="G40" s="6" t="n">
+        <v>0.007900000000000001</v>
+      </c>
+      <c r="H40" s="7" t="n">
+        <v>46458</v>
+      </c>
+      <c r="J40" s="5" t="n">
+        <v>6.785</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KP4</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E41" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F41" s="5" t="n">
+        <v>2679.38</v>
+      </c>
+      <c r="G41" s="6" t="n">
+        <v>0.0078</v>
+      </c>
+      <c r="H41" s="7" t="n">
+        <v>46609</v>
+      </c>
+      <c r="J41" s="5" t="n">
+        <v>6.8288</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07RE1</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E42" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F42" s="5" t="n">
+        <v>2674.24</v>
+      </c>
+      <c r="G42" s="6" t="n">
+        <v>0.0078</v>
+      </c>
+      <c r="H42" s="7" t="n">
+        <v>46464</v>
+      </c>
+      <c r="J42" s="5" t="n">
+        <v>6.935</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Tata Capital Limited**</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE976I07CT9</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E43" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F43" s="5" t="n">
+        <v>2666.77</v>
+      </c>
+      <c r="G43" s="6" t="n">
+        <v>0.0078</v>
+      </c>
+      <c r="H43" s="7" t="n">
+        <v>46517</v>
+      </c>
+      <c r="J43" s="5" t="n">
+        <v>7.1792</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Tata Capital Limited**</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>INE306N07NK5</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E44" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F44" s="5" t="n">
+        <v>2632.73</v>
+      </c>
+      <c r="G44" s="6" t="n">
+        <v>0.0077</v>
+      </c>
+      <c r="H44" s="7" t="n">
+        <v>46163</v>
+      </c>
+      <c r="J44" s="5" t="n">
+        <v>6.895</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KQ2</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E45" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F45" s="5" t="n">
+        <v>2632.23</v>
+      </c>
+      <c r="G45" s="6" t="n">
+        <v>0.0077</v>
+      </c>
+      <c r="H45" s="7" t="n">
+        <v>46640</v>
+      </c>
+      <c r="J45" s="5" t="n">
+        <v>6.8287</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Grasim Industries Limited**</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>INE047A08190</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E46" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F46" s="5" t="n">
+        <v>2629.22</v>
+      </c>
+      <c r="G46" s="6" t="n">
+        <v>0.0077</v>
+      </c>
+      <c r="H46" s="7" t="n">
+        <v>46548</v>
+      </c>
+      <c r="J46" s="5" t="n">
+        <v>6.735</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Sundaram Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>INE660A07RY4</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E47" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F47" s="5" t="n">
+        <v>2598.91</v>
+      </c>
+      <c r="G47" s="6" t="n">
+        <v>0.0076</v>
+      </c>
+      <c r="H47" s="7" t="n">
+        <v>46535</v>
+      </c>
+      <c r="J47" s="5" t="n">
+        <v>7.1</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KK5</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E48" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F48" s="5" t="n">
+        <v>2569.41</v>
+      </c>
+      <c r="G48" s="6" t="n">
+        <v>0.0075</v>
+      </c>
+      <c r="H48" s="7" t="n">
+        <v>46496</v>
+      </c>
+      <c r="J48" s="5" t="n">
+        <v>6.8087</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Home Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>INE071G07660</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E49" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F49" s="5" t="n">
+        <v>1616.18</v>
+      </c>
+      <c r="G49" s="6" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="H49" s="7" t="n">
+        <v>46451</v>
+      </c>
+      <c r="J49" s="5" t="n">
+        <v>7.085</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07LU0</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E50" s="11" t="n">
+        <v>100</v>
+      </c>
+      <c r="F50" s="5" t="n">
+        <v>1060.36</v>
+      </c>
+      <c r="G50" s="6" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="H50" s="7" t="n">
+        <v>46524</v>
+      </c>
+      <c r="J50" s="5" t="n">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="8" t="n"/>
+      <c r="B51" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C51" s="8" t="n"/>
+      <c r="D51" s="8" t="n"/>
+      <c r="E51" s="8" t="n"/>
+      <c r="F51" s="9" t="n">
+        <v>260573.52</v>
+      </c>
+      <c r="G51" s="10" t="n">
+        <v>0.7631</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="B53" s="3" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>7.38% GOI 2027</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>IN0020220037</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E54" s="11" t="n">
+        <v>35500000</v>
+      </c>
+      <c r="F54" s="5" t="n">
+        <v>36423.43</v>
+      </c>
+      <c r="G54" s="6" t="n">
+        <v>0.1067</v>
+      </c>
+      <c r="H54" s="7" t="n">
+        <v>46558</v>
+      </c>
+      <c r="J54" s="5" t="n">
+        <v>5.6701</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>7.02% GOI 2027</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>IN0020240043</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E55" s="11" t="n">
+        <v>7500000</v>
+      </c>
+      <c r="F55" s="5" t="n">
+        <v>7681.26</v>
+      </c>
+      <c r="G55" s="6" t="n">
+        <v>0.0225</v>
+      </c>
+      <c r="H55" s="7" t="n">
+        <v>46534</v>
+      </c>
+      <c r="J55" s="5" t="n">
+        <v>5.6983</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="1" t="n">
+        <v>45</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>7.59% Gujarat SDL 2027</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>IN1520160194</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E56" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F56" s="5" t="n">
+        <v>2614.36</v>
+      </c>
+      <c r="G56" s="6" t="n">
+        <v>0.0077</v>
+      </c>
+      <c r="H56" s="7" t="n">
+        <v>46433</v>
+      </c>
+      <c r="J56" s="5" t="n">
+        <v>5.985</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="n">
+        <v>46</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>7.86% Karnataka SDL 2027</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>IN1920160117</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E57" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F57" s="5" t="n">
+        <v>2611.26</v>
+      </c>
+      <c r="G57" s="6" t="n">
+        <v>0.0076</v>
+      </c>
+      <c r="H57" s="7" t="n">
+        <v>46461</v>
+      </c>
+      <c r="J57" s="5" t="n">
+        <v>5.985</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="8" t="n"/>
+      <c r="B58" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C58" s="8" t="n"/>
+      <c r="D58" s="8" t="n"/>
+      <c r="E58" s="8" t="n"/>
+      <c r="F58" s="9" t="n">
+        <v>49330.31</v>
+      </c>
+      <c r="G58" s="10" t="n">
+        <v>0.1445</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="B60" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="B61" s="3" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="1" t="n">
+        <v>47</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>INE237AD6109</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
-      <c r="L12" s="7" t="n">
-[...37 lines deleted...]
-      <c r="K13" s="92" t="inlineStr">
+      <c r="E62" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F62" s="5" t="n">
+        <v>9405.32</v>
+      </c>
+      <c r="G62" s="6" t="n">
+        <v>0.0276</v>
+      </c>
+      <c r="H62" s="7" t="n">
+        <v>46374</v>
+      </c>
+      <c r="J62" s="5" t="n">
+        <v>6.575</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16IJ0</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>CARE A1+</t>
+        </is>
+      </c>
+      <c r="E63" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F63" s="5" t="n">
+        <v>9399.5</v>
+      </c>
+      <c r="G63" s="6" t="n">
+        <v>0.0275</v>
+      </c>
+      <c r="H63" s="7" t="n">
+        <v>46370</v>
+      </c>
+      <c r="J63" s="5" t="n">
+        <v>6.72</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="1" t="n">
+        <v>49</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BO9</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E64" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F64" s="5" t="n">
+        <v>4739.77</v>
+      </c>
+      <c r="G64" s="6" t="n">
+        <v>0.0139</v>
+      </c>
+      <c r="H64" s="7" t="n">
+        <v>46323</v>
+      </c>
+      <c r="J64" s="5" t="n">
+        <v>6.6801</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="8" t="n"/>
+      <c r="B65" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C65" s="8" t="n"/>
+      <c r="D65" s="8" t="n"/>
+      <c r="E65" s="8" t="n"/>
+      <c r="F65" s="9" t="n">
+        <v>23544.59</v>
+      </c>
+      <c r="G65" s="10" t="n">
+        <v>0.06900000000000001</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="B67" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F67" s="5" t="n">
+        <v>6864.22</v>
+      </c>
+      <c r="G67" s="6" t="n">
+        <v>0.0201</v>
+      </c>
+      <c r="H67" s="7" t="n">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="8" t="n"/>
+      <c r="B68" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C68" s="8" t="n"/>
+      <c r="D68" s="8" t="n"/>
+      <c r="E68" s="8" t="n"/>
+      <c r="F68" s="9" t="n">
+        <v>6864.22</v>
+      </c>
+      <c r="G68" s="10" t="n">
+        <v>0.0201</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="B70" s="3" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
-      <c r="L13" s="7" t="n">
-[...1278 lines deleted...]
-      <c r="B50" s="9" t="inlineStr">
+    </row>
+    <row r="71">
+      <c r="A71" s="1" t="n">
+        <v>51</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E71" s="11" t="n">
+        <v>6618.369</v>
+      </c>
+      <c r="F71" s="5" t="n">
+        <v>764.67</v>
+      </c>
+      <c r="G71" s="6" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="J71" s="5" t="n"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="8" t="n"/>
+      <c r="B72" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C50" s="9" t="n"/>
-[...123 lines deleted...]
-      <c r="B56" s="9" t="inlineStr">
+      <c r="C72" s="8" t="n"/>
+      <c r="D72" s="8" t="n"/>
+      <c r="E72" s="8" t="n"/>
+      <c r="F72" s="9" t="n">
+        <v>764.67</v>
+      </c>
+      <c r="G72" s="10" t="n">
+        <v>0.0022</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="B74" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="75">
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E75" s="11" t="n"/>
+      <c r="F75" s="5" t="n">
+        <v>276.81</v>
+      </c>
+      <c r="G75" s="6" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="J75" s="5" t="n"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="8" t="n"/>
+      <c r="B76" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C56" s="9" t="n"/>
-[...201 lines deleted...]
-      <c r="B74" s="5" t="inlineStr">
+      <c r="C76" s="8" t="n"/>
+      <c r="D76" s="8" t="n"/>
+      <c r="E76" s="8" t="n"/>
+      <c r="F76" s="9" t="n">
+        <v>276.81</v>
+      </c>
+      <c r="G76" s="10" t="n">
+        <v>0.0011</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="4" t="n"/>
+      <c r="B78" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C74" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G74" s="14" t="n">
+      <c r="C78" s="4" t="n"/>
+      <c r="D78" s="4" t="n"/>
+      <c r="E78" s="4" t="n"/>
+      <c r="F78" s="12" t="n">
+        <v>341354.12</v>
+      </c>
+      <c r="G78" s="13" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="75">
-      <c r="A75" s="92" t="inlineStr">
+    <row r="79">
+      <c r="A79" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="76">
-      <c r="A76" s="92" t="n">
+    <row r="80">
+      <c r="A80" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B76" s="92" t="inlineStr">
+      <c r="B80" s="1" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
-    <row r="77">
-      <c r="A77" s="15" t="n">
+    <row r="81">
+      <c r="A81" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B77" s="15" t="inlineStr">
+      <c r="B81" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="78" ht="27" customHeight="1" s="68">
-      <c r="A78" s="15" t="n">
+    <row r="82" ht="27" customHeight="1" s="74">
+      <c r="A82" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B78" s="15" t="inlineStr">
+      <c r="B82" s="15" t="inlineStr">
         <is>
           <t>Net Assets does not include unit activity for the last day of the month</t>
         </is>
       </c>
     </row>
-    <row r="80" ht="14.5" customHeight="1" s="68">
-      <c r="B80" s="91" t="inlineStr">
+    <row r="84" ht="14.5" customHeight="1" s="74">
+      <c r="B84" s="95" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="92" ht="14.5" customHeight="1" s="68">
-      <c r="B92" s="91" t="inlineStr">
+    <row r="96" ht="14.5" customHeight="1" s="74">
+      <c r="B96" s="95" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Corporate Debt A-II Index</t>
         </is>
       </c>
     </row>
-    <row r="107">
-[...1 lines deleted...]
-      <c r="C107" s="18" t="inlineStr">
+    <row r="111">
+      <c r="B111" s="16" t="n"/>
+      <c r="C111" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
-      </c>
-[...38 lines deleted...]
-        <v>1.21</v>
       </c>
     </row>
     <row r="112">
       <c r="B112" s="16" t="inlineStr">
         <is>
-          <t>Residual Maturity</t>
-[...3 lines deleted...]
-        <v>1.27</v>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C112" s="18" t="inlineStr">
+        <is>
+          <t>DSP Corporate Bond Fund</t>
+        </is>
       </c>
     </row>
     <row r="113">
       <c r="B113" s="16" t="inlineStr">
         <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C113" s="19" t="n"/>
+    </row>
+    <row r="114">
+      <c r="B114" s="16" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C114" s="20" t="n">
+        <v>0.0667</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="B115" s="16" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C115" s="19" t="n">
+        <v>1.14</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="B116" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C116" s="19" t="n">
+        <v>1.2</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="B117" s="16" t="inlineStr">
+        <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C113" s="21" t="n">
-[...4 lines deleted...]
-      <c r="B114" s="17" t="inlineStr">
+      <c r="C117" s="21" t="n">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="B118" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C114" s="18" t="n"/>
+      <c r="C118" s="18" t="n"/>
+    </row>
+    <row r="121" ht="17.15" customHeight="1" s="74">
+      <c r="B121" s="72" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>