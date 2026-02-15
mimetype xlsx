--- v3 (2026-01-13)
+++ v4 (2026-02-15)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="883" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="14880" tabRatio="917" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Corporate Bond" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
   <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -107,75 +107,73 @@
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
-    </font>
-[...6 lines deleted...]
-      <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -335,66 +333,65 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="101">
+  <cellXfs count="107">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -405,245 +402,266 @@
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...9 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -692,116 +710,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>85</row>
+      <row>84</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>94</row>
+      <row>93</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="15170150"/>
+          <a:off x="457200" y="14827250"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
       <row>97</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
       <row>106</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="17583150"/>
+          <a:off x="457200" y="17240250"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1043,85 +1061,85 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr codeName="Sheet11">
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L121"/>
+  <dimension ref="A1:L116"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7109375" defaultRowHeight="15"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...4 lines deleted...]
-    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="6.5703125" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="46.85546875" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="23.140625" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="14.140625" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="12.42578125" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.85546875" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
-    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
-[...4 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="12.5703125" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="28.5703125" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.5703125" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30.140625" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.5703125" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7109375" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="18.75" customHeight="1" s="83">
+      <c r="A1" s="82" t="n"/>
+      <c r="B1" s="82" t="inlineStr">
         <is>
           <t>DSP Corporate Bond Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="3" t="inlineStr">
         <is>
-          <t>Portfolio as on December 31, 2025</t>
+          <t>Portfolio as on January 31, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
@@ -1187,2145 +1205,2124 @@
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Indian Oil Corporation Limited**</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE242A08502</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E9" s="11" t="n">
         <v>1750</v>
       </c>
       <c r="F9" s="5" t="n">
-        <v>18345.99</v>
+        <v>18376.7</v>
       </c>
       <c r="G9" s="6" t="n">
-        <v>0.0537</v>
+        <v>0.0542</v>
       </c>
       <c r="H9" s="7" t="n">
         <v>46436</v>
       </c>
       <c r="J9" s="5" t="n">
-        <v>6.59</v>
+        <v>6.995</v>
       </c>
       <c r="K9" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="L9" s="6" t="n">
-        <v>0.6846</v>
+        <v>0.6866</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="n">
         <v>2</v>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE115A07PR7</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E10" s="11" t="n">
         <v>1500</v>
       </c>
       <c r="F10" s="5" t="n">
-        <v>15826.16</v>
+        <v>15873.09</v>
       </c>
       <c r="G10" s="6" t="n">
-        <v>0.0464</v>
+        <v>0.0468</v>
       </c>
       <c r="H10" s="7" t="n">
         <v>46433</v>
       </c>
       <c r="J10" s="5" t="n">
-        <v>6.935</v>
+        <v>7.235</v>
       </c>
       <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L10" s="6" t="n">
-        <v>0.1445</v>
+        <v>0.146</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="n">
         <v>3</v>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Kotak Mahindra Prime Limited**</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>INE916DA7SR0</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E11" s="11" t="n">
         <v>12500</v>
       </c>
       <c r="F11" s="5" t="n">
-        <v>13535.55</v>
+        <v>13568.3</v>
       </c>
       <c r="G11" s="6" t="n">
-        <v>0.0397</v>
+        <v>0.04</v>
       </c>
       <c r="H11" s="7" t="n">
         <v>46428</v>
       </c>
       <c r="J11" s="5" t="n">
-        <v>7.1</v>
+        <v>7.485</v>
       </c>
       <c r="K11" s="1" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
       <c r="L11" s="6" t="n">
-        <v>0.0785</v>
+        <v>0.07820000000000001</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="n">
         <v>4</v>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>INE261F08CF9</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E12" s="11" t="n">
         <v>1300</v>
       </c>
       <c r="F12" s="5" t="n">
-        <v>13454.04</v>
+        <v>13467.94</v>
       </c>
       <c r="G12" s="6" t="n">
-        <v>0.0394</v>
+        <v>0.0397</v>
       </c>
       <c r="H12" s="7" t="n">
         <v>46539</v>
       </c>
       <c r="J12" s="5" t="n">
-        <v>6.805</v>
+        <v>7.19</v>
       </c>
       <c r="K12" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="L12" s="6" t="n">
-        <v>0.0415</v>
+        <v>0.0696</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="n">
         <v>5</v>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Bajaj Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>INE377Y07557</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E13" s="11" t="n">
         <v>12500</v>
       </c>
       <c r="F13" s="5" t="n">
-        <v>13123.09</v>
+        <v>13148.82</v>
       </c>
       <c r="G13" s="6" t="n">
-        <v>0.0384</v>
+        <v>0.0388</v>
       </c>
       <c r="H13" s="7" t="n">
         <v>46444</v>
       </c>
       <c r="J13" s="5" t="n">
-        <v>6.9257</v>
+        <v>7.32</v>
       </c>
       <c r="K13" s="1" t="inlineStr">
         <is>
-          <t>CARE A1+</t>
+          <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
       <c r="L13" s="6" t="n">
-        <v>0.0275</v>
+        <v>0.0028</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="n">
         <v>6</v>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>REC Limited**</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>INE020B08FA2</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E14" s="11" t="n">
         <v>10000</v>
       </c>
       <c r="F14" s="5" t="n">
-        <v>10546</v>
+        <v>10558.38</v>
       </c>
       <c r="G14" s="6" t="n">
-        <v>0.0309</v>
+        <v>0.0311</v>
       </c>
       <c r="H14" s="7" t="n">
         <v>46538</v>
       </c>
       <c r="J14" s="5" t="n">
-        <v>6.785</v>
+        <v>7.16</v>
       </c>
       <c r="K14" s="1" t="inlineStr">
         <is>
-          <t>Alternative Investment Funds (AIF)</t>
+          <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L14" s="6" t="n">
-        <v>0.0022</v>
+        <v>0.0168</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="n">
         <v>7</v>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>INE053F07AB5</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E15" s="11" t="n">
         <v>850</v>
       </c>
       <c r="F15" s="5" t="n">
-        <v>8997.82</v>
+        <v>9003.110000000001</v>
       </c>
       <c r="G15" s="6" t="n">
-        <v>0.0264</v>
+        <v>0.0265</v>
       </c>
       <c r="H15" s="7" t="n">
         <v>46553</v>
       </c>
       <c r="J15" s="5" t="n">
-        <v>6.765</v>
-[...7 lines deleted...]
-        <v>0.0212</v>
+        <v>7.1812</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="n">
         <v>8</v>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Power Grid Corporation of India Limited**</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>INE752E07OF7</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E16" s="11" t="n">
         <v>850</v>
       </c>
       <c r="F16" s="5" t="n">
-        <v>8903.24</v>
+        <v>8918.299999999999</v>
       </c>
       <c r="G16" s="6" t="n">
-        <v>0.0261</v>
+        <v>0.0263</v>
       </c>
       <c r="H16" s="7" t="n">
         <v>46557</v>
       </c>
       <c r="J16" s="5" t="n">
-        <v>6.6472</v>
+        <v>6.955</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="n">
         <v>9</v>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>REC Limited**</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>INE020B08DT7</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E17" s="11" t="n">
         <v>850</v>
       </c>
       <c r="F17" s="5" t="n">
-        <v>8546.41</v>
+        <v>8559.450000000001</v>
       </c>
       <c r="G17" s="6" t="n">
-        <v>0.025</v>
+        <v>0.0252</v>
       </c>
       <c r="H17" s="7" t="n">
         <v>48152</v>
       </c>
       <c r="I17" s="1" t="inlineStr">
         <is>
           <t>PU - 31-Oct-2026 CA - 31-Oct-2026</t>
         </is>
       </c>
       <c r="J17" s="5" t="n">
-        <v>6.8099</v>
+        <v>7.37</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="n">
         <v>10</v>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>INE134E08IO0</t>
+          <t>INE261F08EF5</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E18" s="11" t="n">
-        <v>750</v>
+        <v>7500</v>
       </c>
       <c r="F18" s="5" t="n">
-        <v>8069.5</v>
+        <v>8063.01</v>
       </c>
       <c r="G18" s="6" t="n">
-        <v>0.0236</v>
+        <v>0.0238</v>
       </c>
       <c r="H18" s="7" t="n">
-        <v>46392</v>
+        <v>46461</v>
       </c>
       <c r="J18" s="5" t="n">
-        <v>6.7598</v>
+        <v>7.19</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="n">
         <v>11</v>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development</t>
+          <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>INE261F08EF5</t>
+          <t>INE296A07TG0</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E19" s="11" t="n">
         <v>7500</v>
       </c>
       <c r="F19" s="5" t="n">
-        <v>8048.62</v>
+        <v>8018.41</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0.0236</v>
       </c>
       <c r="H19" s="7" t="n">
-        <v>46461</v>
+        <v>46472</v>
       </c>
       <c r="J19" s="5" t="n">
-        <v>6.8</v>
+        <v>7.395</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="n">
         <v>12</v>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>INE296A07TG0</t>
+          <t>INE296A07SX7</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E20" s="11" t="n">
         <v>7500</v>
       </c>
       <c r="F20" s="5" t="n">
-        <v>7995.42</v>
+        <v>8000.35</v>
       </c>
       <c r="G20" s="6" t="n">
-        <v>0.0234</v>
+        <v>0.0236</v>
       </c>
       <c r="H20" s="7" t="n">
-        <v>46472</v>
+        <v>46517</v>
       </c>
       <c r="J20" s="5" t="n">
-        <v>7.1</v>
+        <v>7.44</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="n">
         <v>13</v>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited**</t>
+          <t>Sundaram Finance Limited**</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>INE296A07SX7</t>
+          <t>INE660A07RQ0</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E21" s="11" t="n">
         <v>7500</v>
       </c>
       <c r="F21" s="5" t="n">
-        <v>7982.13</v>
+        <v>7665.36</v>
       </c>
       <c r="G21" s="6" t="n">
-        <v>0.0234</v>
+        <v>0.0226</v>
       </c>
       <c r="H21" s="7" t="n">
-        <v>46517</v>
+        <v>46321</v>
       </c>
       <c r="J21" s="5" t="n">
-        <v>7.12</v>
+        <v>7.8049</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="n">
         <v>14</v>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sundaram Finance Limited**</t>
+          <t>Jamnagar Utilities &amp; Power Private Limited**</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>INE660A07RQ0</t>
+          <t>INE936D07174</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E22" s="11" t="n">
-        <v>7500</v>
+        <v>750</v>
       </c>
       <c r="F22" s="5" t="n">
-        <v>7660.8</v>
+        <v>7607.35</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0.0224</v>
       </c>
       <c r="H22" s="7" t="n">
-        <v>46321</v>
+        <v>46294</v>
       </c>
       <c r="J22" s="5" t="n">
-        <v>7.07</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="n">
         <v>15</v>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Jamnagar Utilities &amp; Power Private Limited</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>INE936D07174</t>
+          <t>INE020B08AC9</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E23" s="11" t="n">
         <v>750</v>
       </c>
       <c r="F23" s="5" t="n">
-        <v>7593.79</v>
+        <v>7557.98</v>
       </c>
       <c r="G23" s="6" t="n">
-        <v>0.0222</v>
+        <v>0.0223</v>
       </c>
       <c r="H23" s="7" t="n">
-        <v>46294</v>
+        <v>46386</v>
       </c>
       <c r="J23" s="5" t="n">
-        <v>6.85</v>
+        <v>7.36</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="n">
         <v>16</v>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>INE020B08AC9</t>
+          <t>INE134E08IO0</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E24" s="11" t="n">
         <v>750</v>
       </c>
       <c r="F24" s="5" t="n">
-        <v>7553.15</v>
+        <v>7535.63</v>
       </c>
       <c r="G24" s="6" t="n">
-        <v>0.0221</v>
+        <v>0.0222</v>
       </c>
       <c r="H24" s="7" t="n">
-        <v>46386</v>
+        <v>46392</v>
       </c>
       <c r="J24" s="5" t="n">
-        <v>6.8</v>
+        <v>7.26</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="n">
         <v>17</v>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>INE556F08KN9</t>
+          <t>INE053F07AA7</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E25" s="11" t="n">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="F25" s="5" t="n">
-        <v>5433.02</v>
+        <v>5317.51</v>
       </c>
       <c r="G25" s="6" t="n">
-        <v>0.0159</v>
+        <v>0.0157</v>
       </c>
       <c r="H25" s="7" t="n">
-        <v>46548</v>
+        <v>46535</v>
       </c>
       <c r="J25" s="5" t="n">
-        <v>6.8088</v>
+        <v>7.1812</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="n">
         <v>18</v>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Indian Railway Finance Corporation Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>INE053F07AA7</t>
+          <t>INE134E08JC3</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E26" s="11" t="n">
         <v>500</v>
       </c>
       <c r="F26" s="5" t="n">
-        <v>5313.45</v>
+        <v>5248.64</v>
       </c>
       <c r="G26" s="6" t="n">
-        <v>0.0156</v>
+        <v>0.0155</v>
       </c>
       <c r="H26" s="7" t="n">
-        <v>46535</v>
+        <v>46549</v>
       </c>
       <c r="J26" s="5" t="n">
-        <v>6.765</v>
+        <v>7.23</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="n">
         <v>19</v>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>NIIF Infrastructure Finance Limited**</t>
+          <t>Export-Import Bank of India**</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>INE246R07558</t>
+          <t>INE514E08FP6</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E27" s="11" t="n">
         <v>500</v>
       </c>
       <c r="F27" s="5" t="n">
-        <v>5299.83</v>
+        <v>5190.05</v>
       </c>
       <c r="G27" s="6" t="n">
-        <v>0.0155</v>
+        <v>0.0153</v>
       </c>
       <c r="H27" s="7" t="n">
-        <v>46441</v>
+        <v>46602</v>
       </c>
       <c r="J27" s="5" t="n">
-        <v>7.245</v>
+        <v>7.03</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="n">
         <v>20</v>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Tata Capital Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>INE134E08JC3</t>
+          <t>INE033L07IO1</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E28" s="11" t="n">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="F28" s="5" t="n">
-        <v>5248.83</v>
+        <v>5172.56</v>
       </c>
       <c r="G28" s="6" t="n">
-        <v>0.0154</v>
+        <v>0.0153</v>
       </c>
       <c r="H28" s="7" t="n">
-        <v>46549</v>
+        <v>46589</v>
       </c>
       <c r="J28" s="5" t="n">
-        <v>6.765</v>
+        <v>7.34</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="n">
         <v>21</v>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Export-Import Bank of India**</t>
+          <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>INE514E08FP6</t>
+          <t>INE053F07983</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E29" s="11" t="n">
         <v>500</v>
       </c>
       <c r="F29" s="5" t="n">
-        <v>5184.82</v>
+        <v>5151.08</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0.0152</v>
       </c>
       <c r="H29" s="7" t="n">
-        <v>46602</v>
+        <v>46465</v>
       </c>
       <c r="J29" s="5" t="n">
-        <v>6.695</v>
+        <v>7.1812</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="n">
         <v>22</v>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tata Capital Housing Finance Limited**</t>
+          <t>Sikka Ports &amp; Terminals Limited**</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>INE033L07IO1</t>
+          <t>INE941D07158</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E30" s="11" t="n">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="F30" s="5" t="n">
-        <v>5161.86</v>
+        <v>5112.65</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0.0151</v>
       </c>
       <c r="H30" s="7" t="n">
-        <v>46589</v>
+        <v>46323</v>
       </c>
       <c r="J30" s="5" t="n">
-        <v>7.055</v>
+        <v>7.5599</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="n">
         <v>23</v>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Indian Railway Finance Corporation Limited**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>INE053F07983</t>
+          <t>INE556F08KN9</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E31" s="11" t="n">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="F31" s="5" t="n">
-        <v>5144.68</v>
+        <v>5048.06</v>
       </c>
       <c r="G31" s="6" t="n">
-        <v>0.0151</v>
+        <v>0.0149</v>
       </c>
       <c r="H31" s="7" t="n">
-        <v>46465</v>
+        <v>46548</v>
       </c>
       <c r="J31" s="5" t="n">
-        <v>6.76</v>
+        <v>7.24</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="n">
         <v>24</v>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sikka Ports &amp; Terminals Limited**</t>
+          <t>NIIF Infrastructure Finance Limited**</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>INE941D07158</t>
+          <t>INE246R07558</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E32" s="11" t="n">
         <v>500</v>
       </c>
       <c r="F32" s="5" t="n">
-        <v>5106.83</v>
+        <v>4978.56</v>
       </c>
       <c r="G32" s="6" t="n">
-        <v>0.015</v>
+        <v>0.0147</v>
       </c>
       <c r="H32" s="7" t="n">
-        <v>46323</v>
+        <v>46441</v>
       </c>
       <c r="J32" s="5" t="n">
-        <v>6.925</v>
+        <v>7.5349</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="n">
         <v>25</v>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
           <t>INE134E08IT9</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E33" s="11" t="n">
         <v>450</v>
       </c>
       <c r="F33" s="5" t="n">
-        <v>4671.1</v>
+        <v>4676.57</v>
       </c>
       <c r="G33" s="6" t="n">
-        <v>0.0137</v>
+        <v>0.0138</v>
       </c>
       <c r="H33" s="7" t="n">
         <v>46438</v>
       </c>
       <c r="J33" s="5" t="n">
-        <v>6.76</v>
+        <v>7.23</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="n">
         <v>26</v>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
           <t>INE134E08IX1</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E34" s="11" t="n">
         <v>400</v>
       </c>
       <c r="F34" s="5" t="n">
-        <v>4135.92</v>
+        <v>4139.29</v>
       </c>
       <c r="G34" s="6" t="n">
-        <v>0.0121</v>
+        <v>0.0122</v>
       </c>
       <c r="H34" s="7" t="n">
         <v>46468</v>
       </c>
       <c r="J34" s="5" t="n">
-        <v>6.76</v>
+        <v>7.23</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="n">
         <v>27</v>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Sikka Ports &amp; Terminals Limited**</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
           <t>INE941D07166</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E35" s="11" t="n">
         <v>400</v>
       </c>
       <c r="F35" s="5" t="n">
-        <v>4068.24</v>
+        <v>4071.45</v>
       </c>
       <c r="G35" s="6" t="n">
-        <v>0.0119</v>
+        <v>0.012</v>
       </c>
       <c r="H35" s="7" t="n">
         <v>46344</v>
       </c>
       <c r="J35" s="5" t="n">
-        <v>6.925</v>
+        <v>7.56</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="n">
         <v>28</v>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Nuclear Power Corporation Of India Limited**</t>
+          <t>Power Grid Corporation of India Limited**</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>INE206D08196</t>
+          <t>INE752E07OG5</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E36" s="11" t="n">
         <v>350</v>
       </c>
       <c r="F36" s="5" t="n">
-        <v>3734.36</v>
+        <v>3631.36</v>
       </c>
       <c r="G36" s="6" t="n">
-        <v>0.0109</v>
+        <v>0.0107</v>
       </c>
       <c r="H36" s="7" t="n">
-        <v>46410</v>
+        <v>46608</v>
       </c>
       <c r="J36" s="5" t="n">
-        <v>6.68</v>
+        <v>6.955</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="n">
         <v>29</v>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Power Grid Corporation of India Limited**</t>
+          <t>Nuclear Power Corporation Of India Limited**</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>INE752E07OG5</t>
+          <t>INE206D08196</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E37" s="11" t="n">
         <v>350</v>
       </c>
       <c r="F37" s="5" t="n">
-        <v>3625.65</v>
+        <v>3581.63</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0.0106</v>
       </c>
       <c r="H37" s="7" t="n">
-        <v>46608</v>
+        <v>46410</v>
       </c>
       <c r="J37" s="5" t="n">
-        <v>6.6672</v>
+        <v>7.0257</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="n">
         <v>30</v>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
           <t>INE296A07SC1</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E38" s="11" t="n">
         <v>300</v>
       </c>
       <c r="F38" s="5" t="n">
-        <v>3099.99</v>
+        <v>3101.98</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0.0091</v>
       </c>
       <c r="H38" s="7" t="n">
         <v>46624</v>
       </c>
       <c r="J38" s="5" t="n">
-        <v>7.13</v>
+        <v>7.505</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="n">
         <v>31</v>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Mahindra &amp; Mahindra Financial Services Limited**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>INE774D07VE1</t>
+          <t>INE020B08AH8</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E39" s="11" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F39" s="5" t="n">
-        <v>2721.58</v>
+        <v>2687.43</v>
       </c>
       <c r="G39" s="6" t="n">
-        <v>0.008</v>
+        <v>0.007900000000000001</v>
       </c>
       <c r="H39" s="7" t="n">
-        <v>46471</v>
+        <v>46458</v>
       </c>
       <c r="J39" s="5" t="n">
-        <v>7.165</v>
+        <v>7.16</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="n">
         <v>32</v>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>INE020B08AH8</t>
+          <t>INE115A07RE1</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E40" s="11" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F40" s="5" t="n">
-        <v>2682.22</v>
+        <v>2681.6</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0.007900000000000001</v>
       </c>
       <c r="H40" s="7" t="n">
-        <v>46458</v>
+        <v>46464</v>
       </c>
       <c r="J40" s="5" t="n">
-        <v>6.785</v>
+        <v>7.235</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="n">
         <v>33</v>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
           <t>INE556F08KP4</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E41" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F41" s="5" t="n">
-        <v>2679.38</v>
+        <v>2680.01</v>
       </c>
       <c r="G41" s="6" t="n">
-        <v>0.0078</v>
+        <v>0.007900000000000001</v>
       </c>
       <c r="H41" s="7" t="n">
         <v>46609</v>
       </c>
       <c r="J41" s="5" t="n">
-        <v>6.8288</v>
+        <v>7.24</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="n">
         <v>34</v>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>LIC Housing Finance Limited**</t>
+          <t>Tata Capital Limited**</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>INE115A07RE1</t>
+          <t>INE976I07CT9</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E42" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F42" s="5" t="n">
-        <v>2674.24</v>
+        <v>2673.71</v>
       </c>
       <c r="G42" s="6" t="n">
-        <v>0.0078</v>
+        <v>0.007900000000000001</v>
       </c>
       <c r="H42" s="7" t="n">
-        <v>46464</v>
+        <v>46517</v>
       </c>
       <c r="J42" s="5" t="n">
-        <v>6.935</v>
+        <v>7.475</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="n">
         <v>35</v>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Tata Capital Limited**</t>
+          <t>Tata Capital Limited</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>INE976I07CT9</t>
+          <t>INE306N07NK5</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E43" s="11" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F43" s="5" t="n">
-        <v>2666.77</v>
+        <v>2642.39</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0.0078</v>
       </c>
       <c r="H43" s="7" t="n">
-        <v>46517</v>
+        <v>46163</v>
       </c>
       <c r="J43" s="5" t="n">
-        <v>7.1792</v>
+        <v>7.5999</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="n">
         <v>36</v>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Tata Capital Limited**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>INE306N07NK5</t>
+          <t>INE556F08KQ2</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E44" s="11" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F44" s="5" t="n">
-        <v>2632.73</v>
+        <v>2631.77</v>
       </c>
       <c r="G44" s="6" t="n">
-        <v>0.0077</v>
+        <v>0.0078</v>
       </c>
       <c r="H44" s="7" t="n">
-        <v>46163</v>
+        <v>46640</v>
       </c>
       <c r="J44" s="5" t="n">
-        <v>6.895</v>
+        <v>7.24</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="n">
         <v>37</v>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Grasim Industries Limited**</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>INE556F08KQ2</t>
+          <t>INE047A08190</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E45" s="11" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F45" s="5" t="n">
-        <v>2632.23</v>
+        <v>2631.62</v>
       </c>
       <c r="G45" s="6" t="n">
-        <v>0.0077</v>
+        <v>0.0078</v>
       </c>
       <c r="H45" s="7" t="n">
-        <v>46640</v>
+        <v>46548</v>
       </c>
       <c r="J45" s="5" t="n">
-        <v>6.8287</v>
+        <v>7.12</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="n">
         <v>38</v>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Grasim Industries Limited**</t>
+          <t>Sundaram Finance Limited**</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>INE047A08190</t>
+          <t>INE660A07RY4</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E46" s="11" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F46" s="5" t="n">
-        <v>2629.22</v>
+        <v>2603.89</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0.0077</v>
       </c>
       <c r="H46" s="7" t="n">
-        <v>46548</v>
+        <v>46535</v>
       </c>
       <c r="J46" s="5" t="n">
-        <v>6.735</v>
+        <v>7.435</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="n">
         <v>39</v>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sundaram Finance Limited**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>INE660A07RY4</t>
+          <t>INE556F08KK5</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E47" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F47" s="5" t="n">
-        <v>2598.91</v>
+        <v>2571.61</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0.0076</v>
       </c>
       <c r="H47" s="7" t="n">
-        <v>46535</v>
+        <v>46496</v>
       </c>
       <c r="J47" s="5" t="n">
-        <v>7.1</v>
+        <v>7.24</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="n">
         <v>40</v>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Mahindra &amp; Mahindra Financial Services Limited**</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>INE556F08KK5</t>
+          <t>INE774D07VE1</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E48" s="11" t="n">
         <v>2500</v>
       </c>
       <c r="F48" s="5" t="n">
-        <v>2569.41</v>
+        <v>2521.94</v>
       </c>
       <c r="G48" s="6" t="n">
-        <v>0.0075</v>
+        <v>0.0074</v>
       </c>
       <c r="H48" s="7" t="n">
-        <v>46496</v>
+        <v>46471</v>
       </c>
       <c r="J48" s="5" t="n">
-        <v>6.8087</v>
+        <v>7.515</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="n">
         <v>41</v>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>ICICI Home Finance Company Limited**</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
           <t>INE071G07660</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E49" s="11" t="n">
         <v>1500</v>
       </c>
       <c r="F49" s="5" t="n">
-        <v>1616.18</v>
+        <v>1621</v>
       </c>
       <c r="G49" s="6" t="n">
-        <v>0.0047</v>
+        <v>0.0048</v>
       </c>
       <c r="H49" s="7" t="n">
         <v>46451</v>
       </c>
       <c r="J49" s="5" t="n">
-        <v>7.085</v>
+        <v>7.385</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="n">
         <v>42</v>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>LIC Housing Finance Limited</t>
+          <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
           <t>INE115A07LU0</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E50" s="11" t="n">
         <v>100</v>
       </c>
       <c r="F50" s="5" t="n">
-        <v>1060.36</v>
+        <v>1062.86</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0.0031</v>
       </c>
       <c r="H50" s="7" t="n">
         <v>46524</v>
       </c>
       <c r="J50" s="5" t="n">
-        <v>6.94</v>
+        <v>7.235</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="8" t="n"/>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C51" s="8" t="n"/>
       <c r="D51" s="8" t="n"/>
       <c r="E51" s="8" t="n"/>
       <c r="F51" s="9" t="n">
-        <v>260573.52</v>
+        <v>259353.4</v>
       </c>
       <c r="G51" s="10" t="n">
-        <v>0.7631</v>
+        <v>0.7648</v>
       </c>
     </row>
     <row r="53">
       <c r="B53" s="3" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="n">
         <v>43</v>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>7.38% GOI 2027</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
           <t>IN0020220037</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E54" s="11" t="n">
         <v>35500000</v>
       </c>
       <c r="F54" s="5" t="n">
-        <v>36423.43</v>
+        <v>36579.06</v>
       </c>
       <c r="G54" s="6" t="n">
-        <v>0.1067</v>
+        <v>0.1078</v>
       </c>
       <c r="H54" s="7" t="n">
         <v>46558</v>
       </c>
       <c r="J54" s="5" t="n">
-        <v>5.6701</v>
+        <v>5.7006</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="n">
         <v>44</v>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>7.02% GOI 2027</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
           <t>IN0020240043</t>
         </is>
       </c>
       <c r="D55" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E55" s="11" t="n">
         <v>7500000</v>
       </c>
       <c r="F55" s="5" t="n">
-        <v>7681.26</v>
+        <v>7716.86</v>
       </c>
       <c r="G55" s="6" t="n">
-        <v>0.0225</v>
+        <v>0.0228</v>
       </c>
       <c r="H55" s="7" t="n">
         <v>46534</v>
       </c>
       <c r="J55" s="5" t="n">
-        <v>5.6983</v>
+        <v>5.703</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="n">
         <v>45</v>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>7.59% Gujarat SDL 2027</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
           <t>IN1520160194</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E56" s="11" t="n">
         <v>2500000</v>
       </c>
       <c r="F56" s="5" t="n">
-        <v>2614.36</v>
+        <v>2627.73</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0.0077</v>
       </c>
       <c r="H56" s="7" t="n">
         <v>46433</v>
       </c>
       <c r="J56" s="5" t="n">
-        <v>5.985</v>
+        <v>5.9656</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="n">
         <v>46</v>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>7.86% Karnataka SDL 2027</t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
           <t>IN1920160117</t>
         </is>
       </c>
       <c r="D57" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E57" s="11" t="n">
         <v>2500000</v>
       </c>
       <c r="F57" s="5" t="n">
-        <v>2611.26</v>
+        <v>2624.65</v>
       </c>
       <c r="G57" s="6" t="n">
-        <v>0.0076</v>
+        <v>0.0077</v>
       </c>
       <c r="H57" s="7" t="n">
         <v>46461</v>
       </c>
       <c r="J57" s="5" t="n">
-        <v>5.985</v>
+        <v>5.9656</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="8" t="n"/>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C58" s="8" t="n"/>
       <c r="D58" s="8" t="n"/>
       <c r="E58" s="8" t="n"/>
       <c r="F58" s="9" t="n">
-        <v>49330.31</v>
+        <v>49548.3</v>
       </c>
       <c r="G58" s="10" t="n">
-        <v>0.1445</v>
+        <v>0.146</v>
       </c>
     </row>
     <row r="60">
       <c r="B60" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="B61" s="3" t="inlineStr">
         <is>
           <t>Certificate of Deposit</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="n">
         <v>47</v>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank Limited**</t>
+          <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
-          <t>INE237AD6109</t>
+          <t>INE040A16IJ0</t>
         </is>
       </c>
       <c r="D62" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E62" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F62" s="5" t="n">
-        <v>9405.32</v>
+        <v>9413.23</v>
       </c>
       <c r="G62" s="6" t="n">
-        <v>0.0276</v>
+        <v>0.0278</v>
       </c>
       <c r="H62" s="7" t="n">
-        <v>46374</v>
+        <v>46370</v>
       </c>
       <c r="J62" s="5" t="n">
-        <v>6.575</v>
+        <v>7.2</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="n">
         <v>48</v>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Kotak Mahindra Bank Limited**</t>
         </is>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
-          <t>INE040A16IJ0</t>
+          <t>INE237AD6109</t>
         </is>
       </c>
       <c r="D63" s="1" t="inlineStr">
         <is>
-          <t>CARE A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E63" s="11" t="n">
         <v>2000</v>
       </c>
       <c r="F63" s="5" t="n">
-        <v>9399.5</v>
+        <v>9412.459999999999</v>
       </c>
       <c r="G63" s="6" t="n">
-        <v>0.0275</v>
+        <v>0.0278</v>
       </c>
       <c r="H63" s="7" t="n">
-        <v>46370</v>
+        <v>46374</v>
       </c>
       <c r="J63" s="5" t="n">
-        <v>6.72</v>
+        <v>7.12</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="n">
         <v>49</v>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
           <t>INE556F16BO9</t>
         </is>
       </c>
       <c r="D64" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E64" s="11" t="n">
         <v>1000</v>
       </c>
       <c r="F64" s="5" t="n">
-        <v>4739.77</v>
+        <v>4745.06</v>
       </c>
       <c r="G64" s="6" t="n">
-        <v>0.0139</v>
+        <v>0.014</v>
       </c>
       <c r="H64" s="7" t="n">
         <v>46323</v>
       </c>
       <c r="J64" s="5" t="n">
-        <v>6.6801</v>
+        <v>7.29</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="8" t="n"/>
       <c r="B65" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C65" s="8" t="n"/>
       <c r="D65" s="8" t="n"/>
       <c r="E65" s="8" t="n"/>
       <c r="F65" s="9" t="n">
-        <v>23544.59</v>
+        <v>23570.75</v>
       </c>
       <c r="G65" s="10" t="n">
-        <v>0.06900000000000001</v>
+        <v>0.0696</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="n">
         <v>50</v>
       </c>
       <c r="B67" s="3" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
       <c r="F67" s="5" t="n">
-        <v>6864.22</v>
+        <v>6402.54</v>
       </c>
       <c r="G67" s="6" t="n">
-        <v>0.0201</v>
+        <v>0.0189</v>
       </c>
       <c r="H67" s="7" t="n">
-        <v>46023</v>
+        <v>46055</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="8" t="n"/>
       <c r="B68" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C68" s="8" t="n"/>
       <c r="D68" s="8" t="n"/>
       <c r="E68" s="8" t="n"/>
       <c r="F68" s="9" t="n">
-        <v>6864.22</v>
+        <v>6402.54</v>
       </c>
       <c r="G68" s="10" t="n">
-        <v>0.0201</v>
+        <v>0.0189</v>
       </c>
     </row>
     <row r="70">
       <c r="B70" s="3" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="n">
         <v>51</v>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
         </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
           <t>INF0RQ622028</t>
         </is>
       </c>
       <c r="E71" s="11" t="n">
-        <v>6618.369</v>
+        <v>8273.548000000001</v>
       </c>
       <c r="F71" s="5" t="n">
-        <v>764.67</v>
+        <v>959.64</v>
       </c>
       <c r="G71" s="6" t="n">
-        <v>0.0022</v>
+        <v>0.0028</v>
       </c>
       <c r="J71" s="5" t="n"/>
     </row>
     <row r="72">
       <c r="A72" s="8" t="n"/>
       <c r="B72" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C72" s="8" t="n"/>
       <c r="D72" s="8" t="n"/>
       <c r="E72" s="8" t="n"/>
       <c r="F72" s="9" t="n">
-        <v>764.67</v>
+        <v>959.64</v>
       </c>
       <c r="G72" s="10" t="n">
-        <v>0.0022</v>
+        <v>0.0028</v>
       </c>
     </row>
     <row r="74">
       <c r="B74" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
       <c r="E75" s="11" t="n"/>
       <c r="F75" s="5" t="n">
-        <v>276.81</v>
+        <v>-657.05</v>
       </c>
       <c r="G75" s="6" t="n">
-        <v>0.0011</v>
+        <v>-0.0021</v>
       </c>
       <c r="J75" s="5" t="n"/>
     </row>
     <row r="76">
       <c r="A76" s="8" t="n"/>
       <c r="B76" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C76" s="8" t="n"/>
       <c r="D76" s="8" t="n"/>
       <c r="E76" s="8" t="n"/>
       <c r="F76" s="9" t="n">
-        <v>276.81</v>
+        <v>-657.05</v>
       </c>
       <c r="G76" s="10" t="n">
-        <v>0.0011</v>
+        <v>-0.0021</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="4" t="n"/>
       <c r="B78" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
       <c r="C78" s="4" t="n"/>
       <c r="D78" s="4" t="n"/>
       <c r="E78" s="4" t="n"/>
       <c r="F78" s="12" t="n">
-        <v>341354.12</v>
+        <v>339177.58</v>
       </c>
       <c r="G78" s="13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
     <row r="81">
-      <c r="A81" s="15" t="n">
+      <c r="A81" s="14" t="n">
         <v>2</v>
       </c>
-      <c r="B81" s="15" t="inlineStr">
+      <c r="B81" s="14" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="82" ht="27" customHeight="1" s="74">
-[...10 lines deleted...]
-      <c r="B84" s="95" t="inlineStr">
+    <row r="83" ht="16.5" customHeight="1" s="83">
+      <c r="B83" s="75" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="96" ht="14.5" customHeight="1" s="74">
-      <c r="B96" s="95" t="inlineStr">
+    <row r="96" ht="16.5" customHeight="1" s="83">
+      <c r="B96" s="75" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Corporate Debt A-II Index</t>
         </is>
       </c>
     </row>
+    <row r="109">
+      <c r="B109" s="15" t="n"/>
+      <c r="C109" s="17" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
+    <row r="110">
+      <c r="B110" s="15" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C110" s="17" t="inlineStr">
+        <is>
+          <t>DSP Corporate Bond Fund</t>
+        </is>
+      </c>
+    </row>
     <row r="111">
-      <c r="B111" s="16" t="n"/>
-[...4 lines deleted...]
-      </c>
+      <c r="B111" s="15" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C111" s="18" t="n"/>
     </row>
     <row r="112">
-      <c r="B112" s="16" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="B112" s="15" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C112" s="19" t="n">
+        <v>0.0702</v>
       </c>
     </row>
     <row r="113">
-      <c r="B113" s="16" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C113" s="19" t="n"/>
+      <c r="B113" s="15" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C113" s="18" t="n">
+        <v>1.07</v>
+      </c>
     </row>
     <row r="114">
-      <c r="B114" s="16" t="inlineStr">
-[...5 lines deleted...]
-        <v>0.0667</v>
+      <c r="B114" s="15" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C114" s="18" t="n">
+        <v>1.12</v>
       </c>
     </row>
     <row r="115">
-      <c r="B115" s="16" t="inlineStr">
-[...5 lines deleted...]
-        <v>1.14</v>
+      <c r="B115" s="15" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C115" s="20" t="n">
+        <v>46053</v>
       </c>
     </row>
     <row r="116">
       <c r="B116" s="16" t="inlineStr">
         <is>
-          <t>Residual Maturity</t>
-[...18 lines deleted...]
-        <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C118" s="18" t="n"/>
-[...2 lines deleted...]
-      <c r="B121" s="72" t="n"/>
+      <c r="C116" s="17" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>