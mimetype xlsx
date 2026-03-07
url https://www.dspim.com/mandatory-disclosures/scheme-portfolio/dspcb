--- v4 (2026-02-15)
+++ v5 (2026-03-07)
@@ -1,73 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr codeName="ThisWorkbook"/>
+  <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="14880" tabRatio="917" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="919" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Corporate Bond" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="166" formatCode="0.000%"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="23">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -130,50 +137,58 @@
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+      <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -328,340 +343,318 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="107">
+  <cellXfs count="101">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
-[...100 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
-    </xf>
-[...61 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -751,58 +744,58 @@
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="14827250"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>97</row>
+      <row>96</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>106</row>
-      <rowOff>31750</rowOff>
+      <row>105</row>
+      <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="17240250"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
@@ -1057,2272 +1050,2272 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr codeName="Sheet11">
+  <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:L116"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7109375" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.5703125" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7109375" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="46.81640625" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="23.1796875" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="13.453125" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="32.26953125" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="18.75" customHeight="1" s="83">
-[...1 lines deleted...]
-      <c r="B1" s="82" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="70">
+      <c r="A1" s="69" t="n"/>
+      <c r="B1" s="69" t="inlineStr">
         <is>
           <t>DSP Corporate Bond Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on January 31, 2026</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on February 28, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="B8" s="3" t="inlineStr">
+      <c r="B8" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K8" s="3" t="inlineStr">
+      <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Indian Oil Corporation Limited**</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C9" s="2" t="inlineStr">
         <is>
           <t>INE242A08502</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E9" s="11" t="n">
+      <c r="D9" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E9" s="12" t="n">
         <v>1750</v>
       </c>
-      <c r="F9" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H9" s="7" t="n">
+      <c r="F9" s="6" t="n">
+        <v>17405.51</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.051</v>
+      </c>
+      <c r="H9" s="8" t="n">
         <v>46436</v>
       </c>
-      <c r="J9" s="5" t="n">
-[...8 lines deleted...]
-        <v>0.6866</v>
+      <c r="J9" s="6" t="n">
+        <v>6.925</v>
+      </c>
+      <c r="K9" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L9" s="7" t="n">
+        <v>0.6756</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="1" t="n">
+      <c r="A10" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B10" s="2" t="inlineStr">
         <is>
           <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C10" s="2" t="inlineStr">
         <is>
           <t>INE115A07PR7</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E10" s="11" t="n">
+      <c r="D10" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E10" s="12" t="n">
         <v>1500</v>
       </c>
-      <c r="F10" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H10" s="7" t="n">
+      <c r="F10" s="6" t="n">
+        <v>14966.98</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0439</v>
+      </c>
+      <c r="H10" s="8" t="n">
         <v>46433</v>
       </c>
-      <c r="J10" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+      <c r="J10" s="6" t="n">
+        <v>7.16</v>
+      </c>
+      <c r="K10" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L10" s="6" t="n">
+      <c r="L10" s="7" t="n">
         <v>0.146</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="1" t="n">
+      <c r="A11" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B11" s="2" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C11" s="2" t="inlineStr">
+        <is>
+          <t>INE261F08CF9</t>
+        </is>
+      </c>
+      <c r="D11" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E11" s="12" t="n">
+        <v>1300</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>13559.43</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0398</v>
+      </c>
+      <c r="H11" s="8" t="n">
+        <v>46539</v>
+      </c>
+      <c r="J11" s="6" t="n">
+        <v>7.06</v>
+      </c>
+      <c r="K11" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.09039999999999999</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="2" t="n">
+        <v>4</v>
+      </c>
+      <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Kotak Mahindra Prime Limited**</t>
         </is>
       </c>
-      <c r="C11" s="1" t="inlineStr">
+      <c r="C12" s="2" t="inlineStr">
         <is>
           <t>INE916DA7SR0</t>
         </is>
       </c>
-      <c r="D11" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E11" s="11" t="n">
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E12" s="12" t="n">
         <v>12500</v>
       </c>
-      <c r="F11" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H11" s="7" t="n">
+      <c r="F12" s="6" t="n">
+        <v>12646.26</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0371</v>
+      </c>
+      <c r="H12" s="8" t="n">
         <v>46428</v>
       </c>
-      <c r="J11" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K11" s="1" t="inlineStr">
+      <c r="J12" s="6" t="n">
+        <v>7.2625</v>
+      </c>
+      <c r="K12" s="2" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
-      <c r="L11" s="6" t="n">
-[...7 lines deleted...]
-      <c r="B12" s="1" t="inlineStr">
+      <c r="L12" s="7" t="n">
+        <v>0.07829999999999999</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="B13" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C13" s="2" t="inlineStr">
+        <is>
+          <t>INE377Y07557</t>
+        </is>
+      </c>
+      <c r="D13" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E13" s="12" t="n">
+        <v>12500</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>12510.34</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0367</v>
+      </c>
+      <c r="H13" s="8" t="n">
+        <v>46444</v>
+      </c>
+      <c r="J13" s="6" t="n">
+        <v>7.11</v>
+      </c>
+      <c r="K13" s="2" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0028</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
+        <v>6</v>
+      </c>
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>INE020B08FA2</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E14" s="12" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>10636.78</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0312</v>
+      </c>
+      <c r="H14" s="8" t="n">
+        <v>46538</v>
+      </c>
+      <c r="J14" s="6" t="n">
+        <v>6.97</v>
+      </c>
+      <c r="K14" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.0069</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="B15" s="2" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C15" s="2" t="inlineStr">
+        <is>
+          <t>INE053F07AB5</t>
+        </is>
+      </c>
+      <c r="D15" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E15" s="12" t="n">
+        <v>850</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>9073.49</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0266</v>
+      </c>
+      <c r="H15" s="8" t="n">
+        <v>46553</v>
+      </c>
+      <c r="J15" s="6" t="n">
+        <v>6.9613</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited**</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
+        <is>
+          <t>INE752E07OF7</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E16" s="12" t="n">
+        <v>850</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>8977.879999999999</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0263</v>
+      </c>
+      <c r="H16" s="8" t="n">
+        <v>46557</v>
+      </c>
+      <c r="J16" s="6" t="n">
+        <v>6.825</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="n">
+        <v>9</v>
+      </c>
+      <c r="B17" s="2" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C17" s="2" t="inlineStr">
+        <is>
+          <t>INE020B08DT7</t>
+        </is>
+      </c>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E17" s="12" t="n">
+        <v>850</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>8614.959999999999</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0253</v>
+      </c>
+      <c r="H17" s="8" t="n">
+        <v>48152</v>
+      </c>
+      <c r="I17" s="2" t="inlineStr">
+        <is>
+          <t>PU - 31-Oct-2026 CA - 31-Oct-2026</t>
+        </is>
+      </c>
+      <c r="J17" s="6" t="n">
+        <v>7.1989</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="B18" s="2" t="inlineStr">
         <is>
           <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
-      <c r="C12" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D12" s="1" t="inlineStr">
+      <c r="C18" s="2" t="inlineStr">
+        <is>
+          <t>INE261F08EF5</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
-      <c r="E12" s="11" t="n">
-[...14 lines deleted...]
-      <c r="K12" s="1" t="inlineStr">
+      <c r="E18" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>8116.31</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0238</v>
+      </c>
+      <c r="H18" s="8" t="n">
+        <v>46461</v>
+      </c>
+      <c r="J18" s="6" t="n">
+        <v>7.05</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="2" t="n">
+        <v>11</v>
+      </c>
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>INE296A07TG0</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E19" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>8073.67</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0237</v>
+      </c>
+      <c r="H19" s="8" t="n">
+        <v>46472</v>
+      </c>
+      <c r="J19" s="6" t="n">
+        <v>7.245</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="n">
+        <v>12</v>
+      </c>
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>INE296A07SX7</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E20" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>8057.08</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0236</v>
+      </c>
+      <c r="H20" s="8" t="n">
+        <v>46517</v>
+      </c>
+      <c r="J20" s="6" t="n">
+        <v>7.29</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="2" t="n">
+        <v>13</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>Sundaram Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <t>INE660A07RQ0</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E21" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>7729.24</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0227</v>
+      </c>
+      <c r="H21" s="8" t="n">
+        <v>46321</v>
+      </c>
+      <c r="J21" s="6" t="n">
+        <v>7.385</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="2" t="n">
+        <v>14</v>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>Jamnagar Utilities &amp; Power Private Limited**</t>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <t>INE936D07174</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E22" s="12" t="n">
+        <v>750</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>7653.49</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0224</v>
+      </c>
+      <c r="H22" s="8" t="n">
+        <v>46294</v>
+      </c>
+      <c r="J22" s="6" t="n">
+        <v>7.345</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C23" s="2" t="inlineStr">
+        <is>
+          <t>INE020B08AC9</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E23" s="12" t="n">
+        <v>750</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>7611.99</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0223</v>
+      </c>
+      <c r="H23" s="8" t="n">
+        <v>46386</v>
+      </c>
+      <c r="J23" s="6" t="n">
+        <v>7.1289</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="2" t="n">
+        <v>16</v>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C24" s="2" t="inlineStr">
+        <is>
+          <t>INE134E08IO0</t>
+        </is>
+      </c>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E24" s="12" t="n">
+        <v>750</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>7588.83</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0222</v>
+      </c>
+      <c r="H24" s="8" t="n">
+        <v>46392</v>
+      </c>
+      <c r="J24" s="6" t="n">
+        <v>7.035</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="2" t="n">
+        <v>17</v>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C25" s="2" t="inlineStr">
+        <is>
+          <t>INE053F07AA7</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E25" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>5358.58</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0157</v>
+      </c>
+      <c r="H25" s="8" t="n">
+        <v>46535</v>
+      </c>
+      <c r="J25" s="6" t="n">
+        <v>6.9612</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <t>INE134E08JC3</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E26" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>5290.56</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0155</v>
+      </c>
+      <c r="H26" s="8" t="n">
+        <v>46549</v>
+      </c>
+      <c r="J26" s="6" t="n">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="2" t="n">
+        <v>19</v>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C27" s="2" t="inlineStr">
+        <is>
+          <t>INE514E08FP6</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E27" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>5224.45</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0153</v>
+      </c>
+      <c r="H27" s="8" t="n">
+        <v>46602</v>
+      </c>
+      <c r="J27" s="6" t="n">
+        <v>6.92</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="B28" s="2" t="inlineStr">
+        <is>
+          <t>Tata Capital Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C28" s="2" t="inlineStr">
+        <is>
+          <t>INE033L07IO1</t>
+        </is>
+      </c>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E28" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>5211.97</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0153</v>
+      </c>
+      <c r="H28" s="8" t="n">
+        <v>46589</v>
+      </c>
+      <c r="J28" s="6" t="n">
+        <v>7.165</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="2" t="n">
+        <v>21</v>
+      </c>
+      <c r="B29" s="2" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C29" s="2" t="inlineStr">
+        <is>
+          <t>INE053F07983</t>
+        </is>
+      </c>
+      <c r="D29" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E29" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>5189.9</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0152</v>
+      </c>
+      <c r="H29" s="8" t="n">
+        <v>46465</v>
+      </c>
+      <c r="J29" s="6" t="n">
+        <v>6.9512</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="2" t="n">
+        <v>22</v>
+      </c>
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <t>Sikka Ports &amp; Terminals Limited**</t>
+        </is>
+      </c>
+      <c r="C30" s="2" t="inlineStr">
+        <is>
+          <t>INE941D07158</t>
+        </is>
+      </c>
+      <c r="D30" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E30" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>5147.68</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0151</v>
+      </c>
+      <c r="H30" s="8" t="n">
+        <v>46323</v>
+      </c>
+      <c r="J30" s="6" t="n">
+        <v>7.35</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="2" t="n">
+        <v>23</v>
+      </c>
+      <c r="B31" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C31" s="2" t="inlineStr">
+        <is>
+          <t>INE556F08KN9</t>
+        </is>
+      </c>
+      <c r="D31" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E31" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>5086.4</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0149</v>
+      </c>
+      <c r="H31" s="8" t="n">
+        <v>46548</v>
+      </c>
+      <c r="J31" s="6" t="n">
+        <v>7.0508</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="B32" s="2" t="inlineStr">
+        <is>
+          <t>NIIF Infrastructure Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C32" s="2" t="inlineStr">
+        <is>
+          <t>INE246R07558</t>
+        </is>
+      </c>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E32" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>5013.07</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0147</v>
+      </c>
+      <c r="H32" s="8" t="n">
+        <v>46441</v>
+      </c>
+      <c r="J32" s="6" t="n">
+        <v>7.3879</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <t>INE134E08IT9</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E33" s="12" t="n">
+        <v>450</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>4538.3</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="H33" s="8" t="n">
+        <v>46438</v>
+      </c>
+      <c r="J33" s="6" t="n">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="2" t="inlineStr">
+        <is>
+          <t>INE134E08IX1</t>
+        </is>
+      </c>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E34" s="12" t="n">
+        <v>400</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>4170.87</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0122</v>
+      </c>
+      <c r="H34" s="8" t="n">
+        <v>46468</v>
+      </c>
+      <c r="J34" s="6" t="n">
+        <v>6.99</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="2" t="n">
+        <v>27</v>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <t>Sikka Ports &amp; Terminals Limited**</t>
+        </is>
+      </c>
+      <c r="C35" s="2" t="inlineStr">
+        <is>
+          <t>INE941D07166</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E35" s="12" t="n">
+        <v>400</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>4099.7</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.012</v>
+      </c>
+      <c r="H35" s="8" t="n">
+        <v>46344</v>
+      </c>
+      <c r="J35" s="6" t="n">
+        <v>7.35</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited**</t>
+        </is>
+      </c>
+      <c r="C36" s="2" t="inlineStr">
+        <is>
+          <t>INE752E07OG5</t>
+        </is>
+      </c>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E36" s="12" t="n">
+        <v>350</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>3656.24</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0107</v>
+      </c>
+      <c r="H36" s="8" t="n">
+        <v>46608</v>
+      </c>
+      <c r="J36" s="6" t="n">
+        <v>6.825</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="2" t="n">
+        <v>29</v>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>Nuclear Power Corporation Of India Limited**</t>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <t>INE206D08196</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E37" s="12" t="n">
+        <v>350</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>3601.81</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0106</v>
+      </c>
+      <c r="H37" s="8" t="n">
+        <v>46410</v>
+      </c>
+      <c r="J37" s="6" t="n">
+        <v>6.9757</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <t>INE296A07SC1</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E38" s="12" t="n">
+        <v>300</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>3128.09</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="H38" s="8" t="n">
+        <v>46624</v>
+      </c>
+      <c r="J38" s="6" t="n">
+        <v>7.29</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="2" t="n">
+        <v>31</v>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <t>INE020B08AH8</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E39" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>2706.57</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.007900000000000001</v>
+      </c>
+      <c r="H39" s="8" t="n">
+        <v>46458</v>
+      </c>
+      <c r="J39" s="6" t="n">
+        <v>6.96</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="B40" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C40" s="2" t="inlineStr">
+        <is>
+          <t>INE556F08KP4</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E40" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>2700.63</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.007900000000000001</v>
+      </c>
+      <c r="H40" s="8" t="n">
+        <v>46609</v>
+      </c>
+      <c r="J40" s="6" t="n">
+        <v>7.0533</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="2" t="n">
+        <v>33</v>
+      </c>
+      <c r="B41" s="2" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C41" s="2" t="inlineStr">
+        <is>
+          <t>INE115A07RE1</t>
+        </is>
+      </c>
+      <c r="D41" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E41" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>2699.07</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.007900000000000001</v>
+      </c>
+      <c r="H41" s="8" t="n">
+        <v>46464</v>
+      </c>
+      <c r="J41" s="6" t="n">
+        <v>7.11</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="B42" s="2" t="inlineStr">
+        <is>
+          <t>Tata Capital Limited**</t>
+        </is>
+      </c>
+      <c r="C42" s="2" t="inlineStr">
+        <is>
+          <t>INE976I07CT9</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E42" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>2693.29</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.007900000000000001</v>
+      </c>
+      <c r="H42" s="8" t="n">
+        <v>46517</v>
+      </c>
+      <c r="J42" s="6" t="n">
+        <v>7.305</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="B43" s="2" t="inlineStr">
+        <is>
+          <t>Tata Capital Limited**</t>
+        </is>
+      </c>
+      <c r="C43" s="2" t="inlineStr">
+        <is>
+          <t>INE306N07NK5</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E43" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>2657.88</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0078</v>
+      </c>
+      <c r="H43" s="8" t="n">
+        <v>46163</v>
+      </c>
+      <c r="J43" s="6" t="n">
+        <v>7.5401</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="B44" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C44" s="2" t="inlineStr">
+        <is>
+          <t>INE556F08KQ2</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E44" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>2652.51</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.0078</v>
+      </c>
+      <c r="H44" s="8" t="n">
+        <v>46640</v>
+      </c>
+      <c r="J44" s="6" t="n">
+        <v>7.0534</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="2" t="n">
+        <v>37</v>
+      </c>
+      <c r="B45" s="2" t="inlineStr">
+        <is>
+          <t>Grasim Industries Limited**</t>
+        </is>
+      </c>
+      <c r="C45" s="2" t="inlineStr">
+        <is>
+          <t>INE047A08190</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E45" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>2651.96</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.0078</v>
+      </c>
+      <c r="H45" s="8" t="n">
+        <v>46548</v>
+      </c>
+      <c r="J45" s="6" t="n">
+        <v>6.905</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="2" t="n">
+        <v>38</v>
+      </c>
+      <c r="B46" s="2" t="inlineStr">
+        <is>
+          <t>Sundaram Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C46" s="2" t="inlineStr">
+        <is>
+          <t>INE660A07RY4</t>
+        </is>
+      </c>
+      <c r="D46" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E46" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>2622.7</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0077</v>
+      </c>
+      <c r="H46" s="8" t="n">
+        <v>46535</v>
+      </c>
+      <c r="J46" s="6" t="n">
+        <v>7.28</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="2" t="n">
+        <v>39</v>
+      </c>
+      <c r="B47" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C47" s="2" t="inlineStr">
+        <is>
+          <t>INE556F08KK5</t>
+        </is>
+      </c>
+      <c r="D47" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E47" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>2590.46</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0076</v>
+      </c>
+      <c r="H47" s="8" t="n">
+        <v>46496</v>
+      </c>
+      <c r="J47" s="6" t="n">
+        <v>7.0506</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="B48" s="2" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C48" s="2" t="inlineStr">
+        <is>
+          <t>INE774D07VE1</t>
+        </is>
+      </c>
+      <c r="D48" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E48" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>2541.1</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="H48" s="8" t="n">
+        <v>46471</v>
+      </c>
+      <c r="J48" s="6" t="n">
+        <v>7.31</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="2" t="n">
+        <v>41</v>
+      </c>
+      <c r="B49" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Home Finance Company Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="2" t="inlineStr">
+        <is>
+          <t>INE071G07660</t>
+        </is>
+      </c>
+      <c r="D49" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E49" s="12" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>1632.71</v>
+      </c>
+      <c r="G49" s="7" t="n">
+        <v>0.0048</v>
+      </c>
+      <c r="H49" s="8" t="n">
+        <v>46451</v>
+      </c>
+      <c r="J49" s="6" t="n">
+        <v>7.1861</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="B50" s="2" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C50" s="2" t="inlineStr">
+        <is>
+          <t>INE115A07LU0</t>
+        </is>
+      </c>
+      <c r="D50" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E50" s="12" t="n">
+        <v>100</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>1069.99</v>
+      </c>
+      <c r="G50" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="H50" s="8" t="n">
+        <v>46524</v>
+      </c>
+      <c r="J50" s="6" t="n">
+        <v>7.11</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="9" t="n"/>
+      <c r="B51" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C51" s="9" t="n"/>
+      <c r="D51" s="9" t="n"/>
+      <c r="E51" s="9" t="n"/>
+      <c r="F51" s="10" t="n">
+        <v>257158.73</v>
+      </c>
+      <c r="G51" s="11" t="n">
+        <v>0.7539</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="B53" s="4" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="2" t="n">
+        <v>43</v>
+      </c>
+      <c r="B54" s="2" t="inlineStr">
+        <is>
+          <t>7.38% GOI 2027</t>
+        </is>
+      </c>
+      <c r="C54" s="2" t="inlineStr">
+        <is>
+          <t>IN0020220037</t>
+        </is>
+      </c>
+      <c r="D54" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E54" s="12" t="n">
+        <v>35500000</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>36824.26</v>
+      </c>
+      <c r="G54" s="7" t="n">
+        <v>0.108</v>
+      </c>
+      <c r="H54" s="8" t="n">
+        <v>46558</v>
+      </c>
+      <c r="J54" s="6" t="n">
+        <v>5.5365</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="2" t="n">
+        <v>44</v>
+      </c>
+      <c r="B55" s="2" t="inlineStr">
+        <is>
+          <t>7.02% GOI 2027</t>
+        </is>
+      </c>
+      <c r="C55" s="2" t="inlineStr">
+        <is>
+          <t>IN0020240043</t>
+        </is>
+      </c>
+      <c r="D55" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E55" s="12" t="n">
+        <v>7500000</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>7765.17</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.0228</v>
+      </c>
+      <c r="H55" s="8" t="n">
+        <v>46534</v>
+      </c>
+      <c r="J55" s="6" t="n">
+        <v>5.5686</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="B56" s="2" t="inlineStr">
+        <is>
+          <t>7.86% Karnataka SDL 2027</t>
+        </is>
+      </c>
+      <c r="C56" s="2" t="inlineStr">
+        <is>
+          <t>IN1920160117</t>
+        </is>
+      </c>
+      <c r="D56" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E56" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>2639.57</v>
+      </c>
+      <c r="G56" s="7" t="n">
+        <v>0.0077</v>
+      </c>
+      <c r="H56" s="8" t="n">
+        <v>46461</v>
+      </c>
+      <c r="J56" s="6" t="n">
+        <v>5.885</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="2" t="n">
+        <v>46</v>
+      </c>
+      <c r="B57" s="2" t="inlineStr">
+        <is>
+          <t>7.59% Gujarat SDL 2027</t>
+        </is>
+      </c>
+      <c r="C57" s="2" t="inlineStr">
+        <is>
+          <t>IN1520160194</t>
+        </is>
+      </c>
+      <c r="D57" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E57" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>2549.11</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.0075</v>
+      </c>
+      <c r="H57" s="8" t="n">
+        <v>46433</v>
+      </c>
+      <c r="J57" s="6" t="n">
+        <v>5.81</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="9" t="n"/>
+      <c r="B58" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C58" s="9" t="n"/>
+      <c r="D58" s="9" t="n"/>
+      <c r="E58" s="9" t="n"/>
+      <c r="F58" s="10" t="n">
+        <v>49778.11</v>
+      </c>
+      <c r="G58" s="11" t="n">
+        <v>0.146</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="B60" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="B61" s="4" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="2" t="n">
+        <v>47</v>
+      </c>
+      <c r="B62" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C62" s="2" t="inlineStr">
+        <is>
+          <t>INE040A16IJ0</t>
+        </is>
+      </c>
+      <c r="D62" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
-      <c r="L12" s="6" t="n">
-[...37 lines deleted...]
-      <c r="K13" s="1" t="inlineStr">
+      <c r="E62" s="12" t="n">
+        <v>3500</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>16589.6</v>
+      </c>
+      <c r="G62" s="7" t="n">
+        <v>0.0486</v>
+      </c>
+      <c r="H62" s="8" t="n">
+        <v>46370</v>
+      </c>
+      <c r="J62" s="6" t="n">
+        <v>6.955</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="2" t="n">
+        <v>48</v>
+      </c>
+      <c r="B63" s="2" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C63" s="2" t="inlineStr">
+        <is>
+          <t>INE237AD6109</t>
+        </is>
+      </c>
+      <c r="D63" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E63" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>9475.799999999999</v>
+      </c>
+      <c r="G63" s="7" t="n">
+        <v>0.0278</v>
+      </c>
+      <c r="H63" s="8" t="n">
+        <v>46374</v>
+      </c>
+      <c r="J63" s="6" t="n">
+        <v>6.915</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="2" t="n">
+        <v>49</v>
+      </c>
+      <c r="B64" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C64" s="2" t="inlineStr">
+        <is>
+          <t>INE556F16BO9</t>
+        </is>
+      </c>
+      <c r="D64" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E64" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>4776.7</v>
+      </c>
+      <c r="G64" s="7" t="n">
+        <v>0.014</v>
+      </c>
+      <c r="H64" s="8" t="n">
+        <v>46323</v>
+      </c>
+      <c r="J64" s="6" t="n">
+        <v>7.0801</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="9" t="n"/>
+      <c r="B65" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C65" s="9" t="n"/>
+      <c r="D65" s="9" t="n"/>
+      <c r="E65" s="9" t="n"/>
+      <c r="F65" s="10" t="n">
+        <v>30842.1</v>
+      </c>
+      <c r="G65" s="11" t="n">
+        <v>0.09039999999999999</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="B67" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F67" s="6" t="n">
+        <v>2254.19</v>
+      </c>
+      <c r="G67" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H67" s="8" t="n">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="9" t="n"/>
+      <c r="B68" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C68" s="9" t="n"/>
+      <c r="D68" s="9" t="n"/>
+      <c r="E68" s="9" t="n"/>
+      <c r="F68" s="10" t="n">
+        <v>2254.19</v>
+      </c>
+      <c r="G68" s="11" t="n">
+        <v>0.0066</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="B70" s="4" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
-      <c r="L13" s="6" t="n">
+    </row>
+    <row r="71">
+      <c r="A71" s="2" t="n">
+        <v>51</v>
+      </c>
+      <c r="B71" s="2" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C71" s="2" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E71" s="12" t="n">
+        <v>8273.548000000001</v>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>965.16</v>
+      </c>
+      <c r="G71" s="7" t="n">
         <v>0.0028</v>
       </c>
-    </row>
-[...1310 lines deleted...]
-      <c r="B51" s="8" t="inlineStr">
+      <c r="J71" s="6" t="n"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="9" t="n"/>
+      <c r="B72" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C51" s="8" t="n"/>
-[...158 lines deleted...]
-      <c r="B58" s="8" t="inlineStr">
+      <c r="C72" s="9" t="n"/>
+      <c r="D72" s="9" t="n"/>
+      <c r="E72" s="9" t="n"/>
+      <c r="F72" s="10" t="n">
+        <v>965.16</v>
+      </c>
+      <c r="G72" s="11" t="n">
+        <v>0.0028</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="B74" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="75">
+      <c r="B75" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E75" s="12" t="n"/>
+      <c r="F75" s="6" t="n">
+        <v>114.62</v>
+      </c>
+      <c r="G75" s="7" t="n">
+        <v>0.0003</v>
+      </c>
+      <c r="J75" s="6" t="n"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="9" t="n"/>
+      <c r="B76" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C58" s="8" t="n"/>
-[...266 lines deleted...]
-        <v>-0.0021</v>
+      <c r="C76" s="9" t="n"/>
+      <c r="D76" s="9" t="n"/>
+      <c r="E76" s="9" t="n"/>
+      <c r="F76" s="10" t="n">
+        <v>114.62</v>
+      </c>
+      <c r="G76" s="11" t="n">
+        <v>0.0003</v>
       </c>
     </row>
     <row r="78">
-      <c r="A78" s="4" t="n"/>
-      <c r="B78" s="4" t="inlineStr">
+      <c r="A78" s="5" t="n"/>
+      <c r="B78" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C78" s="4" t="n"/>
-[...5 lines deleted...]
-      <c r="G78" s="13" t="n">
+      <c r="C78" s="5" t="n"/>
+      <c r="D78" s="5" t="n"/>
+      <c r="E78" s="5" t="n"/>
+      <c r="F78" s="13" t="n">
+        <v>341112.91</v>
+      </c>
+      <c r="G78" s="14" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="79">
-      <c r="A79" s="1" t="inlineStr">
+      <c r="A79" s="2" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="80">
-      <c r="A80" s="1" t="n">
+      <c r="A80" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="B80" s="1" t="inlineStr">
+      <c r="B80" s="2" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
     <row r="81">
-      <c r="A81" s="14" t="n">
+      <c r="A81" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B81" s="14" t="inlineStr">
+      <c r="B81" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="83" ht="16.5" customHeight="1" s="83">
-      <c r="B83" s="75" t="inlineStr">
+    <row r="83" ht="14.5" customHeight="1" s="70">
+      <c r="B83" s="93" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="96" ht="16.5" customHeight="1" s="83">
-      <c r="B96" s="75" t="inlineStr">
+    <row r="95" ht="14.5" customHeight="1" s="70">
+      <c r="B95" s="93" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Corporate Debt A-II Index</t>
         </is>
       </c>
     </row>
     <row r="109">
-      <c r="B109" s="15" t="n"/>
-      <c r="C109" s="17" t="inlineStr">
+      <c r="B109" s="16" t="n"/>
+      <c r="C109" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
     <row r="110">
-      <c r="B110" s="15" t="inlineStr">
+      <c r="B110" s="16" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C110" s="17" t="inlineStr">
+      <c r="C110" s="18" t="inlineStr">
         <is>
           <t>DSP Corporate Bond Fund</t>
         </is>
       </c>
     </row>
     <row r="111">
-      <c r="B111" s="15" t="inlineStr">
+      <c r="B111" s="16" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C111" s="18" t="n"/>
+      <c r="C111" s="19" t="n"/>
     </row>
     <row r="112">
-      <c r="B112" s="15" t="inlineStr">
+      <c r="B112" s="16" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C112" s="19" t="n">
-        <v>0.0702</v>
+      <c r="C112" s="20" t="n">
+        <v>0.06859999999999999</v>
       </c>
     </row>
     <row r="113">
-      <c r="B113" s="15" t="inlineStr">
+      <c r="B113" s="16" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C113" s="18" t="n">
-        <v>1.07</v>
+      <c r="C113" s="19" t="n">
+        <v>1.01</v>
       </c>
     </row>
     <row r="114">
-      <c r="B114" s="15" t="inlineStr">
+      <c r="B114" s="16" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C114" s="18" t="n">
-        <v>1.12</v>
+      <c r="C114" s="19" t="n">
+        <v>1.05</v>
       </c>
     </row>
     <row r="115">
-      <c r="B115" s="15" t="inlineStr">
+      <c r="B115" s="16" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C115" s="20" t="n">
-        <v>46053</v>
+      <c r="C115" s="21" t="n">
+        <v>46081</v>
       </c>
     </row>
     <row r="116">
-      <c r="B116" s="16" t="inlineStr">
+      <c r="B116" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C116" s="17" t="n"/>
+      <c r="C116" s="18" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>