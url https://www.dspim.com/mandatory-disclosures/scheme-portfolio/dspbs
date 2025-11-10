--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -1,1099 +1,784 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...4 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C3A23753-A858-42DC-837C-919B292D55E6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="Monthly Portfolio" sheetId="1" r:id="rId1"/>
-[...2 lines deleted...]
-    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId4"/>
+    <sheet name="BSE Sensex ETF" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="191029"/>
-[...12 lines deleted...]
-  </extLst>
+  <definedNames/>
+  <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...477 lines deleted...]
-
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-[...7 lines deleted...]
-    <numFmt numFmtId="170" formatCode="#,##0.000000"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="24">
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFFFFFF"/>
+      <sz val="14"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color rgb="FF000000"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFFFFFF"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="11"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
       <sz val="10"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <color theme="10"/>
+      <sz val="11"/>
+      <u val="single"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+      <u val="single"/>
+    </font>
+    <font>
       <name val="Arial"/>
       <family val="2"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-      <sz val="9"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="9"/>
-[...1 lines deleted...]
-      <name val="Trebuchet MS"/>
+      <name val="Arial"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="9"/>
-[...1 lines deleted...]
-      <name val="Trebuchet MS"/>
+      <name val="Arial"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
-      <b/>
-[...2 lines deleted...]
-      <name val="Trebuchet MS"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+      <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
-      <patternFill patternType="none"/>
+      <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="3">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="4">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+  <cellStyleXfs count="3">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="62">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+  <cellXfs count="96">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...59 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="169" fontId="8" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="2" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...18 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="4">
-    <cellStyle name="Comma" xfId="1" builtinId="3"/>
+  <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="3" xr:uid="{0ADCEAA2-B57C-4723-AAC8-2AA80FF93B9E}"/>
-    <cellStyle name="Percent" xfId="2" builtinId="5"/>
+    <cellStyle name="Percent" xfId="1" builtinId="5"/>
+    <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
-  <dxfs count="4">
-[...12 lines deleted...]
-  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <extLst>
-[...6 lines deleted...]
-  </extLst>
+  <colors>
+    <indexedColors>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008000"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00808000"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="00C0C0C0"/>
+      <rgbColor rgb="00808080"/>
+      <rgbColor rgb="009999FF"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00FFFFCC"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00660066"/>
+      <rgbColor rgb="00FF8080"/>
+      <rgbColor rgb="000066CC"/>
+      <rgbColor rgb="00CCCCFF"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="0000CCFF"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00CCFFCC"/>
+      <rgbColor rgb="00FFFF99"/>
+      <rgbColor rgb="0099CCFF"/>
+      <rgbColor rgb="00FF99CC"/>
+      <rgbColor rgb="00CC99FF"/>
+      <rgbColor rgb="00FFCC99"/>
+      <rgbColor rgb="003366FF"/>
+      <rgbColor rgb="0033CCCC"/>
+      <rgbColor rgb="0099CC00"/>
+      <rgbColor rgb="00FFCC00"/>
+      <rgbColor rgb="00FF9900"/>
+      <rgbColor rgb="00FF6600"/>
+      <rgbColor rgb="00666699"/>
+      <rgbColor rgb="00969696"/>
+      <rgbColor rgb="00003366"/>
+      <rgbColor rgb="00339966"/>
+      <rgbColor rgb="00003300"/>
+      <rgbColor rgb="00333300"/>
+      <rgbColor rgb="00993300"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00333399"/>
+      <rgbColor rgb="00333333"/>
+    </indexedColors>
+  </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...22 lines deleted...]
-        <xdr:cNvPicPr>
+<wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>0</colOff>
+      <row>58</row>
+      <rowOff>0</rowOff>
+    </from>
+    <to>
+      <col>1</col>
+      <colOff>2374900</colOff>
+      <row>67</row>
+      <rowOff>31750</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="2" name="Picture 1"/>
+        <cNvPicPr>
           <a:picLocks/>
-        </xdr:cNvPicPr>
-[...2 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-      <xdr:spPr>
+      </blipFill>
+      <spPr>
         <a:xfrm>
-          <a:off x="457200" y="9855200"/>
+          <a:off x="457200" y="10198100"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <a:avLst/>
+          <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...25 lines deleted...]
-        <xdr:cNvPicPr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>0</colOff>
+      <row>72</row>
+      <rowOff>0</rowOff>
+    </from>
+    <to>
+      <col>1</col>
+      <colOff>2374900</colOff>
+      <row>81</row>
+      <rowOff>31750</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="3" name="Picture 2"/>
+        <cNvPicPr>
           <a:picLocks/>
-        </xdr:cNvPicPr>
-[...2 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-      <xdr:spPr>
+      </blipFill>
+      <spPr>
         <a:xfrm>
-          <a:off x="457200" y="12268200"/>
+          <a:off x="457200" y="12611100"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <a:avLst/>
+          <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...102 lines deleted...]
-</xdr:wsDr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+</wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1313,2818 +998,1431 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L65"/>
+<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:L71"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col min="1" max="1" width="6.54296875" style="1" bestFit="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14" max="16384" width="8.7265625" style="1"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="13.453125" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="42.54296875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="8.26953125" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="42.54296875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-[...10 lines deleted...]
-      <c r="B2" s="2" t="s">
+    <row r="1" ht="19" customHeight="1" s="77">
+      <c r="A1" s="76" t="n"/>
+      <c r="B1" s="76" t="inlineStr">
+        <is>
+          <t>DSP BSE SENSEX ETF</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on October 31, 2025</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="5" t="inlineStr">
+        <is>
+          <t>Sr. No.</t>
+        </is>
+      </c>
+      <c r="B4" s="5" t="inlineStr">
+        <is>
+          <t>Name of Instrument</t>
+        </is>
+      </c>
+      <c r="C4" s="5" t="inlineStr">
+        <is>
+          <t>ISIN</t>
+        </is>
+      </c>
+      <c r="D4" s="5" t="inlineStr">
+        <is>
+          <t>Rating/Industry</t>
+        </is>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t>Quantity</t>
+        </is>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t>Market value (Rs. In lakhs)</t>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t>% to Net Assets</t>
+        </is>
+      </c>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t>Maturity Date</t>
+        </is>
+      </c>
+      <c r="I4" s="5" t="inlineStr">
+        <is>
+          <t>Put/Call Option</t>
+        </is>
+      </c>
+      <c r="J4" s="5" t="inlineStr">
+        <is>
+          <t>YTM (%)</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="B6" s="4" t="inlineStr">
+        <is>
+          <t>EQUITY &amp; EQUITY RELATED</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="B7" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="3" t="s">
+      <c r="B8" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C8" s="2" t="inlineStr">
+        <is>
+          <t>INE040A01034</t>
+        </is>
+      </c>
+      <c r="D8" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>13520</v>
+      </c>
+      <c r="F8" s="7" t="n">
+        <v>133.53</v>
+      </c>
+      <c r="G8" s="8" t="n">
+        <v>0.1506</v>
+      </c>
+      <c r="J8" s="7" t="n"/>
+      <c r="K8" s="4" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="4" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="B9" s="2" t="inlineStr">
+        <is>
+          <t>Reliance Industries Limited</t>
+        </is>
+      </c>
+      <c r="C9" s="2" t="inlineStr">
+        <is>
+          <t>INE002A01018</t>
+        </is>
+      </c>
+      <c r="D9" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E9" s="6" t="n">
+        <v>6033</v>
+      </c>
+      <c r="F9" s="7" t="n">
+        <v>89.68000000000001</v>
+      </c>
+      <c r="G9" s="8" t="n">
+        <v>0.1011</v>
+      </c>
+      <c r="J9" s="7" t="n"/>
+      <c r="K9" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="L9" s="8" t="n">
+        <v>0.3528</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="B10" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Bank Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="2" t="inlineStr">
+        <is>
+          <t>INE090A01021</t>
+        </is>
+      </c>
+      <c r="D10" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>6366</v>
+      </c>
+      <c r="F10" s="7" t="n">
+        <v>85.63</v>
+      </c>
+      <c r="G10" s="8" t="n">
+        <v>0.09660000000000001</v>
+      </c>
+      <c r="J10" s="7" t="n"/>
+      <c r="K10" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L10" s="8" t="n">
+        <v>0.1099</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="2" t="n">
         <v>4</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="B11" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="2" t="inlineStr">
+        <is>
+          <t>INE397D01024</t>
+        </is>
+      </c>
+      <c r="D11" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>2440</v>
+      </c>
+      <c r="F11" s="7" t="n">
+        <v>50.13</v>
+      </c>
+      <c r="G11" s="8" t="n">
+        <v>0.0565</v>
+      </c>
+      <c r="J11" s="7" t="n"/>
+      <c r="K11" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L11" s="8" t="n">
+        <v>0.1011</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="2" t="n">
         <v>5</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="B12" s="2" t="inlineStr">
+        <is>
+          <t>Infosys Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="2" t="inlineStr">
+        <is>
+          <t>INE009A01021</t>
+        </is>
+      </c>
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>3186</v>
+      </c>
+      <c r="F12" s="7" t="n">
+        <v>47.23</v>
+      </c>
+      <c r="G12" s="8" t="n">
+        <v>0.0533</v>
+      </c>
+      <c r="J12" s="7" t="n"/>
+      <c r="K12" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="L12" s="8" t="n">
+        <v>0.0629</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="2" t="n">
         <v>6</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="B13" s="2" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="2" t="inlineStr">
+        <is>
+          <t>INE018A01030</t>
+        </is>
+      </c>
+      <c r="D13" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>1042</v>
+      </c>
+      <c r="F13" s="7" t="n">
+        <v>42.01</v>
+      </c>
+      <c r="G13" s="8" t="n">
+        <v>0.0474</v>
+      </c>
+      <c r="J13" s="7" t="n"/>
+      <c r="K13" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L13" s="8" t="n">
+        <v>0.0611</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
         <v>7</v>
       </c>
-      <c r="G4" s="3" t="s">
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>ITC Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>INE154A01025</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>8599</v>
+      </c>
+      <c r="F14" s="7" t="n">
+        <v>36.14</v>
+      </c>
+      <c r="G14" s="8" t="n">
+        <v>0.0408</v>
+      </c>
+      <c r="J14" s="7" t="n"/>
+      <c r="K14" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L14" s="8" t="n">
+        <v>0.0565</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="n">
         <v>8</v>
       </c>
-      <c r="H4" s="3" t="s">
+      <c r="B15" s="2" t="inlineStr">
+        <is>
+          <t>State Bank of India</t>
+        </is>
+      </c>
+      <c r="C15" s="2" t="inlineStr">
+        <is>
+          <t>INE062A01020</t>
+        </is>
+      </c>
+      <c r="D15" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>3704</v>
+      </c>
+      <c r="F15" s="7" t="n">
+        <v>34.71</v>
+      </c>
+      <c r="G15" s="8" t="n">
+        <v>0.0391</v>
+      </c>
+      <c r="J15" s="7" t="n"/>
+      <c r="K15" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="L15" s="8" t="n">
+        <v>0.0474</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="n">
         <v>9</v>
       </c>
-      <c r="I4" s="3" t="s">
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
+        <is>
+          <t>INE238A01034</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E16" s="6" t="n">
+        <v>2545</v>
+      </c>
+      <c r="F16" s="7" t="n">
+        <v>31.38</v>
+      </c>
+      <c r="G16" s="8" t="n">
+        <v>0.0354</v>
+      </c>
+      <c r="J16" s="7" t="n"/>
+      <c r="K16" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L16" s="8" t="n">
+        <v>0.0395</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="n">
         <v>10</v>
       </c>
-      <c r="J4" s="3" t="s">
+      <c r="B17" s="2" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="2" t="inlineStr">
+        <is>
+          <t>INE467B01029</t>
+        </is>
+      </c>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E17" s="6" t="n">
+        <v>903</v>
+      </c>
+      <c r="F17" s="7" t="n">
+        <v>27.61</v>
+      </c>
+      <c r="G17" s="8" t="n">
+        <v>0.0311</v>
+      </c>
+      <c r="J17" s="7" t="n"/>
+      <c r="K17" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="L17" s="8" t="n">
+        <v>0.0326</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="2" t="n">
         <v>11</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B6" s="2" t="s">
+      <c r="B18" s="2" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="2" t="inlineStr">
+        <is>
+          <t>INE237A01028</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E18" s="6" t="n">
+        <v>1312</v>
+      </c>
+      <c r="F18" s="7" t="n">
+        <v>27.58</v>
+      </c>
+      <c r="G18" s="8" t="n">
+        <v>0.0311</v>
+      </c>
+      <c r="J18" s="7" t="n"/>
+      <c r="K18" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L18" s="8" t="n">
+        <v>0.0293</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="2" t="n">
         <v>12</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B7" s="2" t="s">
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>INE101A01026</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E19" s="6" t="n">
+        <v>787</v>
+      </c>
+      <c r="F19" s="7" t="n">
+        <v>27.44</v>
+      </c>
+      <c r="G19" s="8" t="n">
+        <v>0.0309</v>
+      </c>
+      <c r="J19" s="7" t="n"/>
+      <c r="K19" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L19" s="8" t="n">
+        <v>0.0268</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="n">
         <v>13</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="1">
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>INE296A01032</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E20" s="6" t="n">
+        <v>2327</v>
+      </c>
+      <c r="F20" s="7" t="n">
+        <v>24.26</v>
+      </c>
+      <c r="G20" s="8" t="n">
+        <v>0.0274</v>
+      </c>
+      <c r="J20" s="7" t="n"/>
+      <c r="K20" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L20" s="8" t="n">
+        <v>0.0179</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="2" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>Eternal Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <t>INE758T01015</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E21" s="6" t="n">
+        <v>6195</v>
+      </c>
+      <c r="F21" s="7" t="n">
+        <v>19.68</v>
+      </c>
+      <c r="G21" s="8" t="n">
+        <v>0.0222</v>
+      </c>
+      <c r="J21" s="7" t="n"/>
+      <c r="K21" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L21" s="8" t="n">
+        <v>0.0154</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Unilever Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <t>INE030A01027</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E22" s="6" t="n">
+        <v>796</v>
+      </c>
+      <c r="F22" s="7" t="n">
+        <v>19.63</v>
+      </c>
+      <c r="G22" s="8" t="n">
+        <v>0.0221</v>
+      </c>
+      <c r="J22" s="7" t="n"/>
+      <c r="K22" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L22" s="8" t="n">
+        <v>0.0152</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="2" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <t>Maruti Suzuki India Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="2" t="inlineStr">
+        <is>
+          <t>INE585B01010</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E23" s="6" t="n">
+        <v>118</v>
+      </c>
+      <c r="F23" s="7" t="n">
+        <v>19.11</v>
+      </c>
+      <c r="G23" s="8" t="n">
+        <v>0.0215</v>
+      </c>
+      <c r="J23" s="7" t="n"/>
+      <c r="K23" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="L23" s="8" t="n">
+        <v>0.0141</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="2" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <t>Sun Pharmaceutical Industries Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="2" t="inlineStr">
+        <is>
+          <t>INE044A01036</t>
+        </is>
+      </c>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E24" s="6" t="n">
+        <v>941</v>
+      </c>
+      <c r="F24" s="7" t="n">
+        <v>15.9</v>
+      </c>
+      <c r="G24" s="8" t="n">
+        <v>0.0179</v>
+      </c>
+      <c r="J24" s="7" t="n"/>
+      <c r="K24" s="2" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L24" s="8" t="n">
+        <v>0.0107</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <t>HCL Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="2" t="inlineStr">
+        <is>
+          <t>INE860A01027</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E25" s="6" t="n">
+        <v>944</v>
+      </c>
+      <c r="F25" s="7" t="n">
+        <v>14.55</v>
+      </c>
+      <c r="G25" s="8" t="n">
+        <v>0.0164</v>
+      </c>
+      <c r="J25" s="7" t="n"/>
+      <c r="K25" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="L25" s="8" t="n">
+        <v>0.0055</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="2" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>NTPC Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <t>INE733E01010</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E26" s="6" t="n">
+        <v>4236</v>
+      </c>
+      <c r="F26" s="7" t="n">
+        <v>14.27</v>
+      </c>
+      <c r="G26" s="8" t="n">
+        <v>0.0161</v>
+      </c>
+      <c r="J26" s="7" t="n"/>
+      <c r="K26" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L26" s="8" t="n">
+        <v>0.0013</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>Titan Company Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="2" t="inlineStr">
+        <is>
+          <t>INE280A01028</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E27" s="6" t="n">
+        <v>364</v>
+      </c>
+      <c r="F27" s="7" t="n">
+        <v>13.63</v>
+      </c>
+      <c r="G27" s="8" t="n">
+        <v>0.0154</v>
+      </c>
+      <c r="J27" s="7" t="n"/>
+    </row>
+    <row r="28">
+      <c r="A28" s="2" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="2" t="inlineStr">
+        <is>
+          <t>Bharat Electronics Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="2" t="inlineStr">
+        <is>
+          <t>INE263A01024</t>
+        </is>
+      </c>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E28" s="6" t="n">
+        <v>3194</v>
+      </c>
+      <c r="F28" s="7" t="n">
+        <v>13.61</v>
+      </c>
+      <c r="G28" s="8" t="n">
+        <v>0.0154</v>
+      </c>
+      <c r="J28" s="7" t="n"/>
+    </row>
+    <row r="29">
+      <c r="A29" s="2" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="2" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="2" t="inlineStr">
+        <is>
+          <t>INE081A01020</t>
+        </is>
+      </c>
+      <c r="D29" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E29" s="6" t="n">
+        <v>7346</v>
+      </c>
+      <c r="F29" s="7" t="n">
+        <v>13.44</v>
+      </c>
+      <c r="G29" s="8" t="n">
+        <v>0.0152</v>
+      </c>
+      <c r="J29" s="7" t="n"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="2" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <t>UltraTech Cement Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="2" t="inlineStr">
+        <is>
+          <t>INE481G01011</t>
+        </is>
+      </c>
+      <c r="D30" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E30" s="6" t="n">
+        <v>105</v>
+      </c>
+      <c r="F30" s="7" t="n">
+        <v>12.54</v>
+      </c>
+      <c r="G30" s="8" t="n">
+        <v>0.0141</v>
+      </c>
+      <c r="J30" s="7" t="n"/>
+    </row>
+    <row r="31">
+      <c r="A31" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="2" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="2" t="inlineStr">
+        <is>
+          <t>INE752E01010</t>
+        </is>
+      </c>
+      <c r="D31" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E31" s="6" t="n">
+        <v>4063</v>
+      </c>
+      <c r="F31" s="7" t="n">
+        <v>11.71</v>
+      </c>
+      <c r="G31" s="8" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="J31" s="7" t="n"/>
+    </row>
+    <row r="32">
+      <c r="A32" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finserv Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="2" t="inlineStr">
+        <is>
+          <t>INE918I01026</t>
+        </is>
+      </c>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E32" s="6" t="n">
+        <v>513</v>
+      </c>
+      <c r="F32" s="7" t="n">
+        <v>10.71</v>
+      </c>
+      <c r="G32" s="8" t="n">
+        <v>0.0121</v>
+      </c>
+      <c r="J32" s="7" t="n"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>Asian Paints Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <t>INE021A01026</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E33" s="6" t="n">
+        <v>402</v>
+      </c>
+      <c r="F33" s="7" t="n">
+        <v>10.09</v>
+      </c>
+      <c r="G33" s="8" t="n">
+        <v>0.0114</v>
+      </c>
+      <c r="J33" s="7" t="n"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="2" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <t>Adani Ports and Special Economic Zone Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="2" t="inlineStr">
+        <is>
+          <t>INE742F01042</t>
+        </is>
+      </c>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E34" s="6" t="n">
+        <v>655</v>
+      </c>
+      <c r="F34" s="7" t="n">
+        <v>9.51</v>
+      </c>
+      <c r="G34" s="8" t="n">
+        <v>0.0107</v>
+      </c>
+      <c r="J34" s="7" t="n"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <t>Trent Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="2" t="inlineStr">
+        <is>
+          <t>INE849A01020</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E35" s="6" t="n">
+        <v>197</v>
+      </c>
+      <c r="F35" s="7" t="n">
+        <v>9.25</v>
+      </c>
+      <c r="G35" s="8" t="n">
+        <v>0.0104</v>
+      </c>
+      <c r="J35" s="7" t="n"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="2" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <t>Tech Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="2" t="inlineStr">
+        <is>
+          <t>INE669C01036</t>
+        </is>
+      </c>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E36" s="6" t="n">
+        <v>568</v>
+      </c>
+      <c r="F36" s="7" t="n">
+        <v>8.09</v>
+      </c>
+      <c r="G36" s="8" t="n">
+        <v>0.0091</v>
+      </c>
+      <c r="J36" s="7" t="n"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>Tata Motors Passenger Vehicles Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <t>INE155A01022</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E37" s="6" t="n">
+        <v>1871</v>
+      </c>
+      <c r="F37" s="7" t="n">
+        <v>7.67</v>
+      </c>
+      <c r="G37" s="8" t="n">
+        <v>0.008699999999999999</v>
+      </c>
+      <c r="J37" s="7" t="n"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="2" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>Tata Motors Limited^</t>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <t>INE1TAE01010</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="E38" s="6" t="n">
+        <v>1871</v>
+      </c>
+      <c r="F38" s="7" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="G38" s="8" t="n">
+        <v>0.0055</v>
+      </c>
+      <c r="J38" s="7" t="n"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="9" t="n"/>
+      <c r="B39" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C39" s="9" t="n"/>
+      <c r="D39" s="9" t="n"/>
+      <c r="E39" s="9" t="n"/>
+      <c r="F39" s="10" t="n">
+        <v>885.62</v>
+      </c>
+      <c r="G39" s="11" t="n">
+        <v>0.9987</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="B41" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="B42" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F42" s="7" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="G42" s="8" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="H42" s="12" t="n">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="9" t="n"/>
+      <c r="B43" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C43" s="9" t="n"/>
+      <c r="D43" s="9" t="n"/>
+      <c r="E43" s="9" t="n"/>
+      <c r="F43" s="10" t="n">
+        <v>0.21</v>
+      </c>
+      <c r="G43" s="11" t="n">
+        <v>0.0002</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="B45" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="B46" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E46" s="6" t="n"/>
+      <c r="F46" s="7" t="n">
+        <v>0.79</v>
+      </c>
+      <c r="G46" s="8" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="J46" s="7" t="n"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="9" t="n"/>
+      <c r="B47" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C47" s="9" t="n"/>
+      <c r="D47" s="9" t="n"/>
+      <c r="E47" s="9" t="n"/>
+      <c r="F47" s="10" t="n">
+        <v>0.79</v>
+      </c>
+      <c r="G47" s="11" t="n">
+        <v>0.0011</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="5" t="n"/>
+      <c r="B49" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C49" s="5" t="n"/>
+      <c r="D49" s="5" t="n"/>
+      <c r="E49" s="5" t="n"/>
+      <c r="F49" s="13" t="n">
+        <v>886.62</v>
+      </c>
+      <c r="G49" s="14" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...26 lines deleted...]
-      <c r="A9" s="1">
+    </row>
+    <row r="50">
+      <c r="A50" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="B51" s="2" t="inlineStr">
+        <is>
+          <t>^ Pending Listing</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="16" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...26 lines deleted...]
-      <c r="A10" s="1">
+      <c r="B52" s="16" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" ht="27" customHeight="1" s="77">
+      <c r="A53" s="16" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...891 lines deleted...]
-        <v>103</v>
+      <c r="B53" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="57" ht="14.5" customHeight="1" s="77">
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Scheme Riskometer</t>
+        </is>
+      </c>
+    </row>
+    <row r="71" ht="14.5" customHeight="1" s="77">
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Benchmark Riskometer: BSE Sensex TRI</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{987028DD-EF4C-404B-811B-5ECF57DAD7FA}">
-  <dimension ref="A1:L65"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:A1"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
-[...1049 lines deleted...]
-      <selection activeCell="A5" sqref="A5"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
-[...605 lines deleted...]
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
-  <DocSecurity>0</DocSecurity>
-[...21 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...1 lines deleted...]
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>
-
-[...27 lines deleted...]
-</file>