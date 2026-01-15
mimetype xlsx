--- v1 (2025-11-10)
+++ v2 (2026-01-15)
@@ -1,68 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="920" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="BSE Sensex ETF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="3">
-[...2 lines deleted...]
-    <numFmt numFmtId="166" formatCode="0.0%"/>
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="24">
+  <fonts count="17">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
@@ -109,507 +108,378 @@
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="Arial"/>
-[...23 lines deleted...]
-      <name val="Arial"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="0"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Arial"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Libre Franklin"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Arial"/>
-[...21 lines deleted...]
-      <color theme="1"/>
+      <name val="Libre Franklin"/>
+      <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
-    <font>
-[...6 lines deleted...]
-    </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="1"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="12">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...7 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...35 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="96">
+  <cellXfs count="73">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="165" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="165" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-[...99 lines deleted...]
-    </xf>
+    <xf numFmtId="10" fontId="13" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="43" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="4" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -656,98 +526,98 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>58</row>
+      <row>56</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>67</row>
+      <row>65</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="10198100"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>72</row>
+      <row>68</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>81</row>
+      <row>77</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="12611100"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
@@ -1002,90 +872,90 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L71"/>
+  <dimension ref="A1:L67"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
     <col width="42.26953125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
-    <col width="13.453125" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
-    <col width="42.54296875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="12.1796875" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="28.7265625" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
     <col width="8.26953125" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
-    <col width="42.54296875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="28.7265625" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="77">
-[...1 lines deleted...]
-      <c r="B1" s="76" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="41">
+      <c r="A1" s="40" t="n"/>
+      <c r="B1" s="40" t="inlineStr">
         <is>
           <t>DSP BSE SENSEX ETF</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 31, 2025</t>
+      <c r="B2" s="65" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
@@ -1098,1331 +968,1339 @@
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
       <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
       <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="65" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="65" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>INE040A01034</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E8" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K8" s="4" t="inlineStr">
+      <c r="E8" s="10" t="n">
+        <v>13266</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>131.57</v>
+      </c>
+      <c r="G8" s="66" t="n">
+        <v>0.1497</v>
+      </c>
+      <c r="J8" s="6" t="n"/>
+      <c r="K8" s="65" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="65" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Reliance Industries Limited</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>INE002A01018</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Petroleum Products</t>
         </is>
       </c>
-      <c r="E9" s="6" t="n">
-[...8 lines deleted...]
-      <c r="J9" s="7" t="n"/>
+      <c r="E9" s="10" t="n">
+        <v>5897</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>92.55</v>
+      </c>
+      <c r="G9" s="66" t="n">
+        <v>0.1053</v>
+      </c>
+      <c r="J9" s="6" t="n"/>
       <c r="K9" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="L9" s="8" t="n">
-        <v>0.3528</v>
+      <c r="L9" s="66" t="n">
+        <v>0.3534</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>ICICI Bank Limited</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>INE090A01021</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E10" s="6" t="n">
-[...8 lines deleted...]
-      <c r="J10" s="7" t="n"/>
+      <c r="E10" s="10" t="n">
+        <v>6228</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>83.64</v>
+      </c>
+      <c r="G10" s="66" t="n">
+        <v>0.09520000000000001</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
       <c r="K10" s="2" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="L10" s="8" t="n">
-        <v>0.1099</v>
+      <c r="L10" s="66" t="n">
+        <v>0.1166</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
         <v>4</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Bharti Airtel Limited</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>INE397D01024</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
-      <c r="E11" s="6" t="n">
-[...8 lines deleted...]
-      <c r="J11" s="7" t="n"/>
+      <c r="E11" s="10" t="n">
+        <v>2435</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>51.27</v>
+      </c>
+      <c r="G11" s="66" t="n">
+        <v>0.0583</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
       <c r="K11" s="2" t="inlineStr">
         <is>
           <t>Petroleum Products</t>
         </is>
       </c>
-      <c r="L11" s="8" t="n">
-        <v>0.1011</v>
+      <c r="L11" s="66" t="n">
+        <v>0.1053</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
         <v>5</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Infosys Limited</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>INE009A01021</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E12" s="6" t="n">
-[...8 lines deleted...]
-      <c r="J12" s="7" t="n"/>
+      <c r="E12" s="10" t="n">
+        <v>3114</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>50.34</v>
+      </c>
+      <c r="G12" s="66" t="n">
+        <v>0.0573</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
       <c r="K12" s="2" t="inlineStr">
         <is>
           <t>Diversified FMCG</t>
         </is>
       </c>
-      <c r="L12" s="8" t="n">
-        <v>0.0629</v>
+      <c r="L12" s="66" t="n">
+        <v>0.0591</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
         <v>6</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Larsen &amp; Toubro Limited</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>INE018A01030</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="E13" s="6" t="n">
-[...8 lines deleted...]
-      <c r="J13" s="7" t="n"/>
+      <c r="E13" s="10" t="n">
+        <v>1019</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>41.61</v>
+      </c>
+      <c r="G13" s="66" t="n">
+        <v>0.0473</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
       <c r="K13" s="2" t="inlineStr">
         <is>
-          <t>Automobiles</t>
-[...3 lines deleted...]
-        <v>0.0611</v>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L13" s="66" t="n">
+        <v>0.0583</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
         <v>7</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>ITC Limited</t>
+          <t>State Bank of India</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>INE154A01025</t>
+          <t>INE062A01020</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Diversified FMCG</t>
-[...11 lines deleted...]
-      <c r="J14" s="7" t="n"/>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E14" s="10" t="n">
+        <v>3620</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>35.56</v>
+      </c>
+      <c r="G14" s="66" t="n">
+        <v>0.0405</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
       <c r="K14" s="2" t="inlineStr">
         <is>
-          <t>Telecom - Services</t>
-[...3 lines deleted...]
-        <v>0.0565</v>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L14" s="66" t="n">
+        <v>0.0548</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
         <v>8</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>State Bank of India</t>
+          <t>ITC Limited</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>INE062A01020</t>
+          <t>INE154A01025</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Banks</t>
-[...11 lines deleted...]
-      <c r="J15" s="7" t="n"/>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E15" s="10" t="n">
+        <v>8407</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>33.88</v>
+      </c>
+      <c r="G15" s="66" t="n">
+        <v>0.0386</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
       <c r="K15" s="2" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="L15" s="8" t="n">
-        <v>0.0474</v>
+      <c r="L15" s="66" t="n">
+        <v>0.0473</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
         <v>9</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Axis Bank Limited</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>INE238A01034</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E16" s="6" t="n">
-[...8 lines deleted...]
-      <c r="J16" s="7" t="n"/>
+      <c r="E16" s="10" t="n">
+        <v>2488</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>31.57</v>
+      </c>
+      <c r="G16" s="66" t="n">
+        <v>0.0359</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
       <c r="K16" s="2" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="L16" s="8" t="n">
-        <v>0.0395</v>
+      <c r="L16" s="66" t="n">
+        <v>0.0372</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
         <v>10</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Tata Consultancy Services Limited</t>
+          <t>Mahindra &amp; Mahindra Limited</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>INE467B01029</t>
+          <t>INE101A01026</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>IT - Software</t>
-[...11 lines deleted...]
-      <c r="J17" s="7" t="n"/>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E17" s="10" t="n">
+        <v>780</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>28.93</v>
+      </c>
+      <c r="G17" s="66" t="n">
+        <v>0.0329</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
       <c r="K17" s="2" t="inlineStr">
         <is>
-          <t>Retailing</t>
-[...3 lines deleted...]
-        <v>0.0326</v>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L17" s="66" t="n">
+        <v>0.0288</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
         <v>11</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank Limited</t>
+          <t>Tata Consultancy Services Limited</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>INE237A01028</t>
+          <t>INE467B01029</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Banks</t>
-[...11 lines deleted...]
-      <c r="J18" s="7" t="n"/>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E18" s="10" t="n">
+        <v>883</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>28.31</v>
+      </c>
+      <c r="G18" s="66" t="n">
+        <v>0.0322</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
       <c r="K18" s="2" t="inlineStr">
         <is>
-          <t>Power</t>
-[...3 lines deleted...]
-        <v>0.0293</v>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="L18" s="66" t="n">
+        <v>0.0285</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
         <v>12</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Mahindra &amp; Mahindra Limited</t>
+          <t>Kotak Mahindra Bank Limited</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>INE101A01026</t>
+          <t>INE237A01028</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Automobiles</t>
-[...11 lines deleted...]
-      <c r="J19" s="7" t="n"/>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E19" s="10" t="n">
+        <v>1282</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>28.21</v>
+      </c>
+      <c r="G19" s="66" t="n">
+        <v>0.0321</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
       <c r="K19" s="2" t="inlineStr">
         <is>
-          <t>Consumer Durables</t>
-[...3 lines deleted...]
-        <v>0.0268</v>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L19" s="66" t="n">
+        <v>0.0275</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
         <v>13</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>Bajaj Finance Limited</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>INE296A01032</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="E20" s="6" t="n">
-[...8 lines deleted...]
-      <c r="J20" s="7" t="n"/>
+      <c r="E20" s="10" t="n">
+        <v>2278</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>22.48</v>
+      </c>
+      <c r="G20" s="66" t="n">
+        <v>0.0256</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
       <c r="K20" s="2" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
-      <c r="L20" s="8" t="n">
-        <v>0.0179</v>
+      <c r="L20" s="66" t="n">
+        <v>0.018</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
         <v>14</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Eternal Limited</t>
+          <t>Maruti Suzuki India Limited</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>INE758T01015</t>
+          <t>INE585B01010</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Retailing</t>
-[...11 lines deleted...]
-      <c r="J21" s="7" t="n"/>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E21" s="10" t="n">
+        <v>115</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>19.21</v>
+      </c>
+      <c r="G21" s="66" t="n">
+        <v>0.0219</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
       <c r="K21" s="2" t="inlineStr">
         <is>
-          <t>Aerospace &amp; Defense</t>
-[...3 lines deleted...]
-        <v>0.0154</v>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L21" s="66" t="n">
+        <v>0.0147</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
         <v>15</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
           <t>Hindustan Unilever Limited</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>INE030A01027</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Diversified FMCG</t>
         </is>
       </c>
-      <c r="E22" s="6" t="n">
-[...8 lines deleted...]
-      <c r="J22" s="7" t="n"/>
+      <c r="E22" s="10" t="n">
+        <v>778</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>18.01</v>
+      </c>
+      <c r="G22" s="66" t="n">
+        <v>0.0205</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
       <c r="K22" s="2" t="inlineStr">
         <is>
-          <t>Ferrous Metals</t>
-[...3 lines deleted...]
-        <v>0.0152</v>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L22" s="66" t="n">
+        <v>0.0142</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
         <v>16</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Maruti Suzuki India Limited</t>
+          <t>Eternal Limited</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>INE585B01010</t>
+          <t>INE758T01015</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Automobiles</t>
-[...11 lines deleted...]
-      <c r="J23" s="7" t="n"/>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E23" s="10" t="n">
+        <v>6055</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>16.83</v>
+      </c>
+      <c r="G23" s="66" t="n">
+        <v>0.0192</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
       <c r="K23" s="2" t="inlineStr">
         <is>
           <t>Cement &amp; Cement Products</t>
         </is>
       </c>
-      <c r="L23" s="8" t="n">
-        <v>0.0141</v>
+      <c r="L23" s="66" t="n">
+        <v>0.0138</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
         <v>17</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
           <t>Sun Pharmaceutical Industries Limited</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>INE044A01036</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
-      <c r="E24" s="6" t="n">
-[...8 lines deleted...]
-      <c r="J24" s="7" t="n"/>
+      <c r="E24" s="10" t="n">
+        <v>920</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>15.82</v>
+      </c>
+      <c r="G24" s="66" t="n">
+        <v>0.018</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
       <c r="K24" s="2" t="inlineStr">
         <is>
-          <t>Transport Infrastructure</t>
-[...3 lines deleted...]
-        <v>0.0107</v>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="L24" s="66" t="n">
+        <v>0.0112</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
         <v>18</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>HCL Technologies Limited</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>INE860A01027</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E25" s="6" t="n">
-[...8 lines deleted...]
-      <c r="J25" s="7" t="n"/>
+      <c r="E25" s="10" t="n">
+        <v>922</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>14.98</v>
+      </c>
+      <c r="G25" s="66" t="n">
+        <v>0.017</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
       <c r="K25" s="2" t="inlineStr">
         <is>
-          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
-[...3 lines deleted...]
-        <v>0.0055</v>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L25" s="66" t="n">
+        <v>0.0107</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
         <v>19</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>NTPC Limited</t>
+          <t>Titan Company Limited</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>INE733E01010</t>
+          <t>INE280A01028</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Power</t>
-[...11 lines deleted...]
-      <c r="J26" s="7" t="n"/>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E26" s="10" t="n">
+        <v>356</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>14.42</v>
+      </c>
+      <c r="G26" s="66" t="n">
+        <v>0.0164</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
       <c r="K26" s="2" t="inlineStr">
         <is>
-          <t>Cash &amp; Equivalent</t>
-[...3 lines deleted...]
-        <v>0.0013</v>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="L26" s="66" t="n">
+        <v>0.0003</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
         <v>20</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Titan Company Limited</t>
+          <t>NTPC Limited</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>INE280A01028</t>
+          <t>INE733E01010</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Consumer Durables</t>
-[...11 lines deleted...]
-      <c r="J27" s="7" t="n"/>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E27" s="10" t="n">
+        <v>4141</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>13.64</v>
+      </c>
+      <c r="G27" s="66" t="n">
+        <v>0.0155</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+      <c r="K27" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L27" s="66" t="n">
+        <v>0.0003</v>
+      </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
         <v>21</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Bharat Electronics Limited</t>
+          <t>Tata Steel Limited</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>INE263A01024</t>
+          <t>INE081A01020</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Aerospace &amp; Defense</t>
-[...11 lines deleted...]
-      <c r="J28" s="7" t="n"/>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E28" s="10" t="n">
+        <v>7180</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>12.93</v>
+      </c>
+      <c r="G28" s="66" t="n">
+        <v>0.0147</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
         <v>22</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Tata Steel Limited</t>
+          <t>Bharat Electronics Limited</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>INE081A01020</t>
+          <t>INE263A01024</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Ferrous Metals</t>
-[...11 lines deleted...]
-      <c r="J29" s="7" t="n"/>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E29" s="10" t="n">
+        <v>3121</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>12.47</v>
+      </c>
+      <c r="G29" s="66" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
         <v>23</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
           <t>UltraTech Cement Limited</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>INE481G01011</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Cement &amp; Cement Products</t>
         </is>
       </c>
-      <c r="E30" s="6" t="n">
-[...8 lines deleted...]
-      <c r="J30" s="7" t="n"/>
+      <c r="E30" s="10" t="n">
+        <v>103</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>12.14</v>
+      </c>
+      <c r="G30" s="66" t="n">
+        <v>0.0138</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
         <v>24</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Power Grid Corporation of India Limited</t>
+          <t>Asian Paints Limited</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>INE752E01010</t>
+          <t>INE021A01026</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Power</t>
-[...11 lines deleted...]
-      <c r="J31" s="7" t="n"/>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E31" s="10" t="n">
+        <v>393</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>10.88</v>
+      </c>
+      <c r="G31" s="66" t="n">
+        <v>0.0124</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
         <v>25</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Bajaj Finserv Limited</t>
+          <t>Power Grid Corporation of India Limited</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>INE918I01026</t>
+          <t>INE752E01010</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Finance</t>
-[...11 lines deleted...]
-      <c r="J32" s="7" t="n"/>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E32" s="10" t="n">
+        <v>3972</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>10.51</v>
+      </c>
+      <c r="G32" s="66" t="n">
+        <v>0.012</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
         <v>26</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Asian Paints Limited</t>
+          <t>Bajaj Finserv Limited</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>INE021A01026</t>
+          <t>INE918I01026</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Consumer Durables</t>
-[...11 lines deleted...]
-      <c r="J33" s="7" t="n"/>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E33" s="10" t="n">
+        <v>501</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>10.21</v>
+      </c>
+      <c r="G33" s="66" t="n">
+        <v>0.0116</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
     </row>
     <row r="34">
       <c r="A34" s="2" t="n">
         <v>27</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Adani Ports and Special Economic Zone Limited</t>
+          <t>Interglobe Aviation Limited</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>INE742F01042</t>
+          <t>INE646L01027</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Transport Infrastructure</t>
-[...11 lines deleted...]
-      <c r="J34" s="7" t="n"/>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="E34" s="10" t="n">
+        <v>195</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>9.869999999999999</v>
+      </c>
+      <c r="G34" s="66" t="n">
+        <v>0.0112</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
     </row>
     <row r="35">
       <c r="A35" s="2" t="n">
         <v>28</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Trent Limited</t>
+          <t>Adani Ports and Special Economic Zone Limited</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>INE849A01020</t>
+          <t>INE742F01042</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Retailing</t>
-[...11 lines deleted...]
-      <c r="J35" s="7" t="n"/>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E35" s="10" t="n">
+        <v>640</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>9.4</v>
+      </c>
+      <c r="G35" s="66" t="n">
+        <v>0.0107</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
         <v>29</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>Tech Mahindra Limited</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>INE669C01036</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E36" s="6" t="n">
-[...8 lines deleted...]
-      <c r="J36" s="7" t="n"/>
+      <c r="E36" s="10" t="n">
+        <v>555</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>8.83</v>
+      </c>
+      <c r="G36" s="66" t="n">
+        <v>0.0101</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
         <v>30</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Tata Motors Passenger Vehicles Limited</t>
+          <t>Trent Limited</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>INE155A01022</t>
+          <t>INE849A01020</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Automobiles</t>
-[...11 lines deleted...]
-      <c r="J37" s="7" t="n"/>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E37" s="10" t="n">
+        <v>192</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>8.210000000000001</v>
+      </c>
+      <c r="G37" s="66" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
     </row>
     <row r="38">
       <c r="A38" s="2" t="n">
         <v>31</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Tata Motors Limited^</t>
+          <t>Kwality Wall's India Limited^</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>INE1TAE01010</t>
+          <t>INE2KCE01013</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
-[...11 lines deleted...]
-      <c r="J38" s="7" t="n"/>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E38" s="10" t="n">
+        <v>783</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="G38" s="66" t="n">
+        <v>0.0003</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
     </row>
     <row r="39">
-      <c r="A39" s="9" t="n"/>
-      <c r="B39" s="9" t="inlineStr">
+      <c r="A39" s="11" t="n"/>
+      <c r="B39" s="11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C39" s="9" t="n"/>
-[...6 lines deleted...]
-        <v>0.9987</v>
+      <c r="C39" s="11" t="n"/>
+      <c r="D39" s="11" t="n"/>
+      <c r="E39" s="11" t="n"/>
+      <c r="F39" s="12" t="n">
+        <v>878.58</v>
+      </c>
+      <c r="G39" s="13" t="n">
+        <v>0.9997</v>
       </c>
     </row>
     <row r="41">
-      <c r="B41" s="4" t="inlineStr">
+      <c r="B41" s="65" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2" t="n">
         <v>32</v>
       </c>
-      <c r="B42" s="4" t="inlineStr">
+      <c r="B42" s="65" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F42" s="7" t="n">
-[...6 lines deleted...]
-        <v>45964</v>
+      <c r="F42" s="6" t="n">
+        <v>1.09</v>
+      </c>
+      <c r="G42" s="66" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="H42" s="14" t="n">
+        <v>46023</v>
       </c>
     </row>
     <row r="43">
-      <c r="A43" s="9" t="n"/>
-      <c r="B43" s="9" t="inlineStr">
+      <c r="A43" s="11" t="n"/>
+      <c r="B43" s="11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C43" s="9" t="n"/>
-[...6 lines deleted...]
-        <v>0.0002</v>
+      <c r="C43" s="11" t="n"/>
+      <c r="D43" s="11" t="n"/>
+      <c r="E43" s="11" t="n"/>
+      <c r="F43" s="12" t="n">
+        <v>1.09</v>
+      </c>
+      <c r="G43" s="13" t="n">
+        <v>0.0012</v>
       </c>
     </row>
     <row r="45">
-      <c r="B45" s="4" t="inlineStr">
+      <c r="B45" s="65" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="B46" s="2" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E46" s="6" t="n"/>
-[...6 lines deleted...]
-      <c r="J46" s="7" t="n"/>
+      <c r="E46" s="10" t="n"/>
+      <c r="F46" s="6" t="n">
+        <v>-0.86</v>
+      </c>
+      <c r="G46" s="66" t="n">
+        <v>-0.0009</v>
+      </c>
+      <c r="J46" s="6" t="n"/>
     </row>
     <row r="47">
-      <c r="A47" s="9" t="n"/>
-      <c r="B47" s="9" t="inlineStr">
+      <c r="A47" s="11" t="n"/>
+      <c r="B47" s="11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C47" s="9" t="n"/>
-[...6 lines deleted...]
-        <v>0.0011</v>
+      <c r="C47" s="11" t="n"/>
+      <c r="D47" s="11" t="n"/>
+      <c r="E47" s="11" t="n"/>
+      <c r="F47" s="12" t="n">
+        <v>-0.86</v>
+      </c>
+      <c r="G47" s="13" t="n">
+        <v>-0.0009</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="n"/>
       <c r="B49" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
       <c r="C49" s="5" t="n"/>
       <c r="D49" s="5" t="n"/>
       <c r="E49" s="5" t="n"/>
-      <c r="F49" s="13" t="n">
-[...2 lines deleted...]
-      <c r="G49" s="14" t="n">
+      <c r="F49" s="8" t="n">
+        <v>878.8099999999999</v>
+      </c>
+      <c r="G49" s="9" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2" t="n">
         <v>1</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
           <t>^ Pending Listing</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="16" t="n">
         <v>2</v>
       </c>
       <c r="B52" s="16" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="53" ht="27" customHeight="1" s="77">
+    <row r="53" ht="27" customHeight="1" s="41">
       <c r="A53" s="16" t="n">
         <v>3</v>
       </c>
       <c r="B53" s="16" t="inlineStr">
         <is>
           <t>Net Assets does not include unit activity for the last day of the month</t>
         </is>
       </c>
     </row>
-    <row r="57" ht="14.5" customHeight="1" s="77">
-      <c r="B57" s="1" t="inlineStr">
+    <row r="55" ht="14.5" customHeight="1" s="41">
+      <c r="B55" s="54" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="71" ht="14.5" customHeight="1" s="77">
-      <c r="B71" s="1" t="inlineStr">
+    <row r="67" ht="14.5" customHeight="1" s="41">
+      <c r="B67" s="54" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: BSE Sensex TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>