--- v2 (2026-01-15)
+++ v3 (2026-02-24)
@@ -1,79 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="920" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="950" firstSheet="26" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="BSE Sensex ETF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
-[...1 lines deleted...]
-    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="17">
+  <fonts count="16">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -92,118 +87,114 @@
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="9"/>
+    </font>
+    <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color theme="0"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
-    <font>
-[...8 lines deleted...]
-    </font>
   </fonts>
-  <fills count="6">
+  <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -288,198 +279,188 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="73">
+  <cellXfs count="65">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...13 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -526,116 +507,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>56</row>
+      <row>55</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>65</row>
+      <row>64</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="10198100"/>
+          <a:off x="457200" y="9855200"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
       <row>68</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
       <row>77</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="12611100"/>
+          <a:off x="457200" y="12268200"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -879,1406 +860,1396 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:L67"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="14.26953125" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="31.54296875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="9.453125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="26.7265625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="15.7265625" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="28.7265625" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="41">
-[...1 lines deleted...]
-      <c r="B1" s="40" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="45">
+      <c r="A1" s="44" t="n"/>
+      <c r="B1" s="44" t="inlineStr">
         <is>
           <t>DSP BSE SENSEX ETF</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="65" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on January 31, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="65" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="65" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE040A01034</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E8" s="10" t="n">
-        <v>13266</v>
+      <c r="E8" s="5" t="n">
+        <v>13596</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>131.57</v>
-[...2 lines deleted...]
-        <v>0.1497</v>
+        <v>126.35</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.1453</v>
       </c>
       <c r="J8" s="6" t="n"/>
-      <c r="K8" s="65" t="inlineStr">
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="65" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Bank Limited</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>INE090A01021</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E9" s="5" t="n">
+        <v>6383</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>86.48999999999999</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.09950000000000001</v>
+      </c>
+      <c r="J9" s="6" t="n"/>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="L9" s="7" t="n">
+        <v>0.3618</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Reliance Industries Limited</t>
         </is>
       </c>
-      <c r="C9" s="2" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE002A01018</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Petroleum Products</t>
         </is>
       </c>
-      <c r="E9" s="10" t="n">
-[...9 lines deleted...]
-      <c r="K9" s="2" t="inlineStr">
+      <c r="E10" s="5" t="n">
+        <v>6044</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>84.37</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.097</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L10" s="7" t="n">
+        <v>0.1225</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Infosys Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>INE009A01021</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="n">
+        <v>3192</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>52.36</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0602</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.097</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>INE397D01024</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="n">
+        <v>2496</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>49.12</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0565</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.0565</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE018A01030</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="n">
+        <v>1045</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>41.1</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0473</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0537</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>State Bank of India</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE062A01020</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="L9" s="66" t="n">
-[...17 lines deleted...]
-      <c r="D10" s="2" t="inlineStr">
+      <c r="E14" s="5" t="n">
+        <v>3710</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>39.98</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.046</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.0512</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE238A01034</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E10" s="10" t="n">
-[...9 lines deleted...]
-      <c r="K10" s="2" t="inlineStr">
+      <c r="E15" s="5" t="n">
+        <v>2550</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>34.94</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0402</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0473</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE467B01029</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="L10" s="66" t="n">
-[...55 lines deleted...]
-      <c r="D12" s="2" t="inlineStr">
+      <c r="E16" s="5" t="n">
+        <v>905</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>28.28</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0325</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.0365</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>ITC Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE154A01025</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="n">
+        <v>8617</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>27.76</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0319</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
+        <v>0.0294</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE101A01026</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="n">
+        <v>800</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>27.46</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0316</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="L18" s="7" t="n">
+        <v>0.0281</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE237A01036</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="n">
+        <v>6571</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>26.81</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0308</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L19" s="7" t="n">
+        <v>0.028</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE296A01032</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="n">
+        <v>2335</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>21.73</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.025</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L20" s="7" t="n">
+        <v>0.0173</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Unilever Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE030A01027</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="n">
+        <v>798</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>18.94</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0218</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L21" s="7" t="n">
+        <v>0.0165</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Maruti Suzuki India Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE585B01010</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="n">
+        <v>117</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>17.08</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0196</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L22" s="7" t="n">
+        <v>0.0163</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Eternal Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE758T01015</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="n">
+        <v>6207</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>16.99</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0195</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="L23" s="7" t="n">
+        <v>0.0153</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>HCL Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE860A01027</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E12" s="10" t="n">
-[...161 lines deleted...]
-      <c r="K16" s="2" t="inlineStr">
+      <c r="E24" s="5" t="n">
+        <v>945</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>16.01</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0184</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L24" s="7" t="n">
+        <v>0.0107</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>NTPC Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE733E01010</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="n">
+        <v>4245</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>15.1</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0174</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="L25" s="7" t="n">
+        <v>0.0106</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Sun Pharmaceutical Industries Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE044A01036</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="n">
+        <v>943</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>15.04</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0173</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="L26" s="7" t="n">
+        <v>0.0003</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Titan Company Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE280A01028</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="n">
+        <v>365</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>14.52</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0167</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L27" s="7" t="n">
+        <v>0.001</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Electronics Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE263A01024</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="n">
+        <v>3200</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>14.37</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0165</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE081A01020</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="n">
+        <v>7360</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>14.21</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0163</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>UltraTech Cement Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE481G01011</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="n">
+        <v>105</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>13.34</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0153</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE752E01010</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="n">
+        <v>4072</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>10.44</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.012</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finserv Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE918I01026</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="L16" s="66" t="n">
-[...32 lines deleted...]
-      <c r="K17" s="2" t="inlineStr">
+      <c r="E32" s="5" t="n">
+        <v>514</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>10.04</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0115</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Tech Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE669C01036</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="n">
+        <v>569</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>9.92</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0114</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Asian Paints Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE021A01026</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
         <is>
           <t>Consumer Durables</t>
         </is>
       </c>
-      <c r="L17" s="66" t="n">
-[...32 lines deleted...]
-      <c r="K18" s="2" t="inlineStr">
+      <c r="E34" s="5" t="n">
+        <v>403</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>9.789999999999999</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0113</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Adani Ports and Special Economic Zone Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE742F01042</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="n">
+        <v>656</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>9.300000000000001</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.0107</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Interglobe Aviation Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE646L01027</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="n">
+        <v>200</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>9.19</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0106</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Trent Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE849A01020</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Retailing</t>
         </is>
       </c>
-      <c r="L18" s="66" t="n">
-[...298 lines deleted...]
-      <c r="K26" s="2" t="inlineStr">
+      <c r="E37" s="5" t="n">
+        <v>197</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>7.46</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0086</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Kwality Wall's India Limited^</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE2KCE01013</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
         <is>
           <t>Food Products</t>
         </is>
       </c>
-      <c r="L26" s="66" t="n">
-[...360 lines deleted...]
-      <c r="E38" s="10" t="n">
+      <c r="E38" s="5" t="n">
         <v>783</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>0.3</v>
       </c>
-      <c r="G38" s="66" t="n">
+      <c r="G38" s="7" t="n">
         <v>0.0003</v>
       </c>
       <c r="J38" s="6" t="n"/>
     </row>
     <row r="39">
-      <c r="A39" s="11" t="n"/>
-      <c r="B39" s="11" t="inlineStr">
+      <c r="A39" s="8" t="n"/>
+      <c r="B39" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C39" s="11" t="n"/>
-[...6 lines deleted...]
-        <v>0.9997</v>
+      <c r="C39" s="8" t="n"/>
+      <c r="D39" s="8" t="n"/>
+      <c r="E39" s="8" t="n"/>
+      <c r="F39" s="9" t="n">
+        <v>868.79</v>
+      </c>
+      <c r="G39" s="10" t="n">
+        <v>0.999</v>
       </c>
     </row>
     <row r="41">
-      <c r="B41" s="65" t="inlineStr">
+      <c r="B41" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="42">
-      <c r="A42" s="2" t="n">
+      <c r="A42" s="1" t="n">
         <v>32</v>
       </c>
-      <c r="B42" s="65" t="inlineStr">
+      <c r="B42" s="3" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
       <c r="F42" s="6" t="n">
-        <v>1.09</v>
-[...5 lines deleted...]
-        <v>46023</v>
+        <v>0.13</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="H42" s="11" t="n">
+        <v>46055</v>
       </c>
     </row>
     <row r="43">
-      <c r="A43" s="11" t="n"/>
-      <c r="B43" s="11" t="inlineStr">
+      <c r="A43" s="8" t="n"/>
+      <c r="B43" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C43" s="11" t="n"/>
-[...6 lines deleted...]
-        <v>0.0012</v>
+      <c r="C43" s="8" t="n"/>
+      <c r="D43" s="8" t="n"/>
+      <c r="E43" s="8" t="n"/>
+      <c r="F43" s="9" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="G43" s="10" t="n">
+        <v>0.0002</v>
       </c>
     </row>
     <row r="45">
-      <c r="B45" s="65" t="inlineStr">
+      <c r="B45" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="46">
-      <c r="B46" s="2" t="inlineStr">
+      <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E46" s="10" t="n"/>
+      <c r="E46" s="5" t="n"/>
       <c r="F46" s="6" t="n">
-        <v>-0.86</v>
-[...2 lines deleted...]
-        <v>-0.0009</v>
+        <v>0.7</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0008</v>
       </c>
       <c r="J46" s="6" t="n"/>
     </row>
     <row r="47">
-      <c r="A47" s="11" t="n"/>
-      <c r="B47" s="11" t="inlineStr">
+      <c r="A47" s="8" t="n"/>
+      <c r="B47" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C47" s="11" t="n"/>
-[...6 lines deleted...]
-        <v>-0.0009</v>
+      <c r="C47" s="8" t="n"/>
+      <c r="D47" s="8" t="n"/>
+      <c r="E47" s="8" t="n"/>
+      <c r="F47" s="9" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="G47" s="10" t="n">
+        <v>0.0008</v>
       </c>
     </row>
     <row r="49">
-      <c r="A49" s="5" t="n"/>
-      <c r="B49" s="5" t="inlineStr">
+      <c r="A49" s="4" t="n"/>
+      <c r="B49" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C49" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G49" s="9" t="n">
+      <c r="C49" s="4" t="n"/>
+      <c r="D49" s="4" t="n"/>
+      <c r="E49" s="4" t="n"/>
+      <c r="F49" s="12" t="n">
+        <v>869.62</v>
+      </c>
+      <c r="G49" s="13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="50">
-      <c r="A50" s="2" t="inlineStr">
+      <c r="A50" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="51">
-      <c r="A51" s="2" t="n">
+      <c r="A51" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B51" s="2" t="inlineStr">
+      <c r="B51" s="1" t="inlineStr">
         <is>
           <t>^ Pending Listing</t>
         </is>
       </c>
     </row>
     <row r="52">
-      <c r="A52" s="16" t="n">
+      <c r="A52" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B52" s="16" t="inlineStr">
+      <c r="B52" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="53" ht="27" customHeight="1" s="41">
-[...10 lines deleted...]
-      <c r="B55" s="54" t="inlineStr">
+    <row r="54" ht="14.5" customHeight="1" s="45">
+      <c r="B54" s="39" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="67" ht="14.5" customHeight="1" s="41">
-      <c r="B67" s="54" t="inlineStr">
+    <row r="67" ht="14.5" customHeight="1" s="45">
+      <c r="B67" s="39" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: BSE Sensex TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>