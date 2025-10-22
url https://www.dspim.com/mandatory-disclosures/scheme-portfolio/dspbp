--- v0 (2025-10-01)
+++ v1 (2025-10-22)
@@ -1,159 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="927" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="997" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="BANKING &amp; PSU" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="20">
+  <fonts count="21">
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -326,307 +332,328 @@
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="100">
+  <cellXfs count="109">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-[...23 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...67 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
@@ -678,276 +705,242 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>118</row>
+      <row>115</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>127</row>
+      <row>124</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="3" name="Picture 2"/>
+        <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="20313650"/>
+          <a:off x="457200" y="19799300"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>132</row>
+      <row>129</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>141</row>
+      <row>138</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="5" name="Picture 4"/>
+        <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="22726650"/>
+          <a:off x="457200" y="22212300"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -965,65 +958,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...5 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1044,124 +1037,104 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L153"/>
+  <dimension ref="A1:L150"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
     <col width="52.81640625" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
     <col width="28.7265625" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
     <col width="14.1796875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
-    <col width="15.08984375" customWidth="1" style="2" min="5" max="5"/>
+    <col width="14.54296875" customWidth="1" style="2" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
-    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="15.453125" customWidth="1" style="2" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
     <col width="14.7265625" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
     <col width="30.1796875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="73">
-[...1 lines deleted...]
-      <c r="B1" s="72" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="74">
+      <c r="A1" s="73" t="n"/>
+      <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Banking and PSU Debt Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="4" t="inlineStr">
         <is>
-          <t>Portfolio as on September 15, 2025</t>
+          <t>Portfolio as on October 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
@@ -1227,3083 +1200,2970 @@
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
         <v>1</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>INE261F08EG3</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E9" s="12" t="n">
         <v>17500</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>18435.39</v>
+        <v>18559.67</v>
       </c>
       <c r="G9" s="7" t="n">
-        <v>0.0392</v>
+        <v>0.0434</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>47238</v>
       </c>
       <c r="J9" s="6" t="n">
-        <v>6.8825</v>
+        <v>6.84</v>
       </c>
       <c r="K9" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="L9" s="7" t="n">
-        <v>0.5179</v>
+        <v>0.6172</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
         <v>2</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>INE556F08KK5</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E10" s="12" t="n">
         <v>12500</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>13577.81</v>
+        <v>13675.98</v>
       </c>
       <c r="G10" s="7" t="n">
-        <v>0.0289</v>
+        <v>0.032</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>46496</v>
       </c>
       <c r="J10" s="6" t="n">
-        <v>6.7625</v>
+        <v>6.62</v>
       </c>
       <c r="K10" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L10" s="7" t="n">
-        <v>0.2041</v>
+        <v>0.1975</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
         <v>3</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development</t>
+          <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>INE261F08EM1</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E11" s="12" t="n">
         <v>12500</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>13139.59</v>
+        <v>13261.06</v>
       </c>
       <c r="G11" s="7" t="n">
-        <v>0.0279</v>
+        <v>0.031</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>46836</v>
       </c>
       <c r="J11" s="6" t="n">
-        <v>6.84</v>
+        <v>6.66</v>
       </c>
       <c r="K11" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="L11" s="7" t="n">
-        <v>0.126</v>
+        <v>0.0688</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
         <v>4</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Power Grid Corporation of India Limited**</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>INE752E07OF7</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E12" s="12" t="n">
         <v>1050</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>10806.64</v>
+        <v>10887.05</v>
       </c>
       <c r="G12" s="7" t="n">
-        <v>0.023</v>
+        <v>0.0255</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>46557</v>
       </c>
       <c r="J12" s="6" t="n">
-        <v>6.565</v>
+        <v>6.42</v>
       </c>
       <c r="K12" s="2" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
       <c r="L12" s="7" t="n">
-        <v>0.0601</v>
+        <v>0.0609</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
         <v>5</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>GAIL (India) Limited**</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>INE129A08014</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>IND AAA</t>
         </is>
       </c>
       <c r="E13" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>10698.55</v>
+        <v>10777.55</v>
       </c>
       <c r="G13" s="7" t="n">
-        <v>0.0227</v>
+        <v>0.0252</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>46741</v>
       </c>
       <c r="J13" s="6" t="n">
-        <v>6.555</v>
+        <v>6.44</v>
       </c>
       <c r="K13" s="2" t="inlineStr">
         <is>
           <t>IND AAA</t>
         </is>
       </c>
       <c r="L13" s="7" t="n">
-        <v>0.0339</v>
+        <v>0.0376</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
         <v>6</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Power Grid Corporation of India Limited**</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>INE752E08767</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E14" s="12" t="n">
         <v>10000</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>10637.41</v>
+        <v>10750.38</v>
       </c>
       <c r="G14" s="7" t="n">
-        <v>0.0226</v>
+        <v>0.0252</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>49242</v>
       </c>
       <c r="J14" s="6" t="n">
-        <v>7.0687</v>
+        <v>6.9875</v>
       </c>
       <c r="K14" s="2" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="L14" s="7" t="n">
-        <v>0.0106</v>
+        <v>0.0058</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
         <v>7</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>INE040A08955</t>
+          <t>INE053F08403</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E15" s="12" t="n">
         <v>10000</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>10460.55</v>
+        <v>10588.54</v>
       </c>
       <c r="G15" s="7" t="n">
-        <v>0.0222</v>
+        <v>0.0248</v>
       </c>
       <c r="H15" s="8" t="n">
-        <v>46889</v>
+        <v>49140</v>
       </c>
       <c r="J15" s="6" t="n">
-        <v>6.8249</v>
+        <v>7.045</v>
       </c>
       <c r="K15" s="2" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
       <c r="L15" s="7" t="n">
-        <v>0.0104</v>
+        <v>0.0027</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
         <v>8</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Indian Railway Finance Corporation Limited**</t>
+          <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>INE053F08403</t>
+          <t>INE040A08955</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E16" s="12" t="n">
         <v>10000</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>10435.6</v>
+        <v>10523.29</v>
       </c>
       <c r="G16" s="7" t="n">
-        <v>0.0222</v>
+        <v>0.0246</v>
       </c>
       <c r="H16" s="8" t="n">
-        <v>49140</v>
+        <v>46889</v>
       </c>
       <c r="J16" s="6" t="n">
-        <v>7.19</v>
+        <v>6.8</v>
       </c>
       <c r="K16" s="2" t="inlineStr">
         <is>
-          <t>Alternative Investment Funds (AIF)</t>
+          <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L16" s="7" t="n">
-        <v>0.0024</v>
+        <v>0.0095</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
         <v>9</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Bharti Telecom Limited**</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>INE134E08MA1</t>
+          <t>INE403D08280</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E17" s="12" t="n">
-        <v>7500</v>
+        <v>10000</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>8017.97</v>
+        <v>10007.74</v>
       </c>
       <c r="G17" s="7" t="n">
-        <v>0.017</v>
+        <v>0.0234</v>
       </c>
       <c r="H17" s="8" t="n">
-        <v>48632</v>
+        <v>47102</v>
       </c>
       <c r="J17" s="6" t="n">
-        <v>7.1662</v>
-[...7 lines deleted...]
-        <v>0.0346</v>
+        <v>7.4422</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
         <v>10</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Bharti Telecom Limited**</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>INE020B08EH0</t>
+          <t>INE403D08272</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E18" s="12" t="n">
-        <v>7500</v>
+        <v>10000</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>7925.36</v>
+        <v>10005.94</v>
       </c>
       <c r="G18" s="7" t="n">
-        <v>0.0168</v>
+        <v>0.0234</v>
       </c>
       <c r="H18" s="8" t="n">
-        <v>46843</v>
+        <v>46675</v>
       </c>
       <c r="J18" s="6" t="n">
-        <v>6.824</v>
+        <v>7.3277</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
         <v>11</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>INE134E08NM4</t>
+          <t>INE134E08MA1</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E19" s="12" t="n">
         <v>7500</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>7914.22</v>
+        <v>8096.23</v>
       </c>
       <c r="G19" s="7" t="n">
-        <v>0.0168</v>
+        <v>0.0189</v>
       </c>
       <c r="H19" s="8" t="n">
-        <v>48228</v>
+        <v>48632</v>
       </c>
       <c r="J19" s="6" t="n">
-        <v>7.1049</v>
+        <v>7.09</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
         <v>12</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>INE556F08KY6</t>
+          <t>INE134E08NM4</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E20" s="12" t="n">
         <v>7500</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>7881.29</v>
+        <v>8022.52</v>
       </c>
       <c r="G20" s="7" t="n">
-        <v>0.0168</v>
+        <v>0.0188</v>
       </c>
       <c r="H20" s="8" t="n">
-        <v>47563</v>
+        <v>48228</v>
       </c>
       <c r="J20" s="6" t="n">
-        <v>6.985</v>
+        <v>6.935</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
         <v>13</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>REC Limited**</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>INE020B08FL9</t>
+          <t>INE020B08EH0</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E21" s="12" t="n">
         <v>7500</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>7817.6</v>
+        <v>8008.69</v>
       </c>
       <c r="G21" s="7" t="n">
-        <v>0.0166</v>
+        <v>0.0187</v>
       </c>
       <c r="H21" s="8" t="n">
-        <v>47603</v>
+        <v>46843</v>
       </c>
       <c r="J21" s="6" t="n">
-        <v>6.9499</v>
+        <v>6.585</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
         <v>14</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Small Industries Development Bank of India</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>INE020B08FB0</t>
+          <t>INE556F08KY6</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E22" s="12" t="n">
         <v>7500</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>7816.4</v>
+        <v>7943.43</v>
       </c>
       <c r="G22" s="7" t="n">
-        <v>0.0166</v>
+        <v>0.0186</v>
       </c>
       <c r="H22" s="8" t="n">
-        <v>49095</v>
+        <v>47563</v>
       </c>
       <c r="J22" s="6" t="n">
-        <v>7.2056</v>
+        <v>6.92</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
         <v>15</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>INE134E08LN6</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E23" s="12" t="n">
         <v>750</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>7810.55</v>
+        <v>7919.25</v>
       </c>
       <c r="G23" s="7" t="n">
-        <v>0.0166</v>
+        <v>0.0185</v>
       </c>
       <c r="H23" s="8" t="n">
         <v>48318</v>
       </c>
       <c r="J23" s="6" t="n">
-        <v>7.1049</v>
+        <v>6.935</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
         <v>16</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Financing Infrastructure and Development**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>INE0KUG08068</t>
+          <t>INE020B08FB0</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E24" s="12" t="n">
-        <v>6500</v>
+        <v>7500</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>6637.73</v>
+        <v>7918.98</v>
       </c>
       <c r="G24" s="7" t="n">
-        <v>0.0141</v>
+        <v>0.0185</v>
       </c>
       <c r="H24" s="8" t="n">
-        <v>49396</v>
+        <v>49095</v>
       </c>
       <c r="J24" s="6" t="n">
-        <v>7.3275</v>
+        <v>7.085</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
         <v>17</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Indian Railway Finance Corporation Limited**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>INE053F07AY7</t>
+          <t>INE020B08FL9</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E25" s="12" t="n">
-        <v>500</v>
+        <v>7500</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>5623.84</v>
+        <v>7893.98</v>
       </c>
       <c r="G25" s="7" t="n">
-        <v>0.012</v>
+        <v>0.0185</v>
       </c>
       <c r="H25" s="8" t="n">
-        <v>47091</v>
+        <v>47603</v>
       </c>
       <c r="J25" s="6" t="n">
-        <v>6.7777</v>
+        <v>6.835</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
         <v>18</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>National Bank for Financing Infrastructure and Development**</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>INE134E08LX5</t>
+          <t>INE0KUG08068</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E26" s="12" t="n">
-        <v>500</v>
+        <v>6500</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>5356.63</v>
+        <v>6757.6</v>
       </c>
       <c r="G26" s="7" t="n">
-        <v>0.0114</v>
+        <v>0.0158</v>
       </c>
       <c r="H26" s="8" t="n">
-        <v>46769</v>
+        <v>49396</v>
       </c>
       <c r="J26" s="6" t="n">
-        <v>6.8586</v>
+        <v>7.14</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
         <v>19</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Power Grid Corporation of India Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>INE752E08734</t>
+          <t>INE134E08LX5</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E27" s="12" t="n">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>5274.78</v>
+        <v>5414.61</v>
       </c>
       <c r="G27" s="7" t="n">
-        <v>0.0112</v>
+        <v>0.0127</v>
       </c>
       <c r="H27" s="8" t="n">
-        <v>49015</v>
+        <v>46769</v>
       </c>
       <c r="J27" s="6" t="n">
-        <v>7.0687</v>
+        <v>6.58</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
         <v>20</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Power Grid Corporation of India Limited**</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>INE556F08KW0</t>
+          <t>INE752E08734</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E28" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>5256.92</v>
+        <v>5329.97</v>
       </c>
       <c r="G28" s="7" t="n">
-        <v>0.0112</v>
+        <v>0.0125</v>
       </c>
       <c r="H28" s="8" t="n">
-        <v>47189</v>
+        <v>49015</v>
       </c>
       <c r="J28" s="6" t="n">
-        <v>6.9608</v>
+        <v>6.9875</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
         <v>21</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>National Housing Bank**</t>
+          <t>Small Industries Development Bank of India</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>INE557F08FX6</t>
+          <t>INE556F08KW0</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>IND AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E29" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>5248.39</v>
+        <v>5325.08</v>
       </c>
       <c r="G29" s="7" t="n">
-        <v>0.0112</v>
+        <v>0.0125</v>
       </c>
       <c r="H29" s="8" t="n">
-        <v>47942</v>
+        <v>47189</v>
       </c>
       <c r="J29" s="6" t="n">
-        <v>7.045</v>
+        <v>6.7</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
         <v>22</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Indian Railway Finance Corporation Limited**</t>
+          <t>National Housing Bank**</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>INE053F08320</t>
+          <t>INE557F08FX6</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>IND AAA</t>
         </is>
       </c>
       <c r="E30" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>5247.23</v>
+        <v>5310.43</v>
       </c>
       <c r="G30" s="7" t="n">
-        <v>0.0112</v>
+        <v>0.0124</v>
       </c>
       <c r="H30" s="8" t="n">
-        <v>47039</v>
+        <v>47942</v>
       </c>
       <c r="J30" s="6" t="n">
-        <v>6.7777</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
         <v>23</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>NTPC Limited**</t>
+          <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>INE733E08247</t>
+          <t>INE053F08320</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E31" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>5173.64</v>
+        <v>5298.05</v>
       </c>
       <c r="G31" s="7" t="n">
-        <v>0.011</v>
+        <v>0.0124</v>
       </c>
       <c r="H31" s="8" t="n">
-        <v>46129</v>
+        <v>47039</v>
       </c>
       <c r="J31" s="6" t="n">
-        <v>6.4213</v>
+        <v>6.6097</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
         <v>24</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>State Bank of India**</t>
+          <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>INE062A08421</t>
+          <t>INE053F07AY7</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E32" s="12" t="n">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>5124.26</v>
+        <v>5255.47</v>
       </c>
       <c r="G32" s="7" t="n">
-        <v>0.0109</v>
+        <v>0.0123</v>
       </c>
       <c r="H32" s="8" t="n">
-        <v>50948</v>
+        <v>47091</v>
       </c>
       <c r="J32" s="6" t="n">
-        <v>7.255</v>
+        <v>6.6096</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
         <v>25</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Indian Railway Finance Corporation Limited**</t>
+          <t>Bajaj Finance Limited</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>INE053F08437</t>
+          <t>INE296A07TJ4</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E33" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>5112.03</v>
+        <v>5210.76</v>
       </c>
       <c r="G33" s="7" t="n">
-        <v>0.0109</v>
+        <v>0.0122</v>
       </c>
       <c r="H33" s="8" t="n">
-        <v>51088</v>
+        <v>46930</v>
       </c>
       <c r="J33" s="6" t="n">
-        <v>7.235</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="n">
         <v>26</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Indian Railway Finance Corporation Limited**</t>
+          <t>State Bank of India**</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>INE053F08494</t>
+          <t>INE062A08421</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E34" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>5105.92</v>
+        <v>5208.83</v>
       </c>
       <c r="G34" s="7" t="n">
-        <v>0.0109</v>
+        <v>0.0122</v>
       </c>
       <c r="H34" s="8" t="n">
-        <v>47603</v>
+        <v>50948</v>
       </c>
       <c r="J34" s="6" t="n">
-        <v>6.9</v>
+        <v>7.1275</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="n">
         <v>27</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development</t>
+          <t>NTPC Limited**</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>INE261F08EO7</t>
+          <t>INE733E08247</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E35" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>5078.96</v>
+        <v>5202.14</v>
       </c>
       <c r="G35" s="7" t="n">
-        <v>0.0108</v>
+        <v>0.0122</v>
       </c>
       <c r="H35" s="8" t="n">
-        <v>47011</v>
+        <v>46129</v>
       </c>
       <c r="J35" s="6" t="n">
-        <v>6.8865</v>
+        <v>6.3401</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
         <v>28</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>INE134E08NB7</t>
+          <t>INE053F08437</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E36" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>5048.23</v>
+        <v>5160.9</v>
       </c>
       <c r="G36" s="7" t="n">
-        <v>0.0107</v>
+        <v>0.0121</v>
       </c>
       <c r="H36" s="8" t="n">
-        <v>50966</v>
+        <v>51088</v>
       </c>
       <c r="J36" s="6" t="n">
-        <v>7.265</v>
+        <v>7.19</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
         <v>29</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Indian Railway Finance Corporation Limited</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>INE020B08FV8</t>
+          <t>INE053F08494</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E37" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>4945.41</v>
+        <v>5156.75</v>
       </c>
       <c r="G37" s="7" t="n">
-        <v>0.0105</v>
+        <v>0.0121</v>
       </c>
       <c r="H37" s="8" t="n">
-        <v>49795</v>
+        <v>47603</v>
       </c>
       <c r="J37" s="6" t="n">
-        <v>7.255</v>
+        <v>6.78</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="n">
         <v>30</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited**</t>
+          <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>INE296A07TH8</t>
+          <t>INE261F08EO7</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E38" s="12" t="n">
-        <v>4500</v>
+        <v>5000</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>4654.49</v>
+        <v>5131.09</v>
       </c>
       <c r="G38" s="7" t="n">
-        <v>0.009900000000000001</v>
+        <v>0.012</v>
       </c>
       <c r="H38" s="8" t="n">
-        <v>49402</v>
+        <v>47011</v>
       </c>
       <c r="J38" s="6" t="n">
-        <v>7.5398</v>
+        <v>6.7</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="n">
         <v>31</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Indian Railway Finance Corporation Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>INE053F07CD7</t>
+          <t>INE134E08NB7</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E39" s="12" t="n">
-        <v>450</v>
+        <v>5000</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>4533.91</v>
+        <v>5123.78</v>
       </c>
       <c r="G39" s="7" t="n">
-        <v>0.009599999999999999</v>
+        <v>0.012</v>
       </c>
       <c r="H39" s="8" t="n">
-        <v>49465</v>
+        <v>50966</v>
       </c>
       <c r="J39" s="6" t="n">
-        <v>7.21</v>
+        <v>7.1572</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2" t="n">
         <v>32</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Financing Infrastructure and Development**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>INE0KUG08084</t>
+          <t>INE020B08FV8</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E40" s="12" t="n">
-        <v>3500</v>
+        <v>5000</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>3539.1</v>
+        <v>5011.16</v>
       </c>
       <c r="G40" s="7" t="n">
-        <v>0.0075</v>
+        <v>0.0117</v>
       </c>
       <c r="H40" s="8" t="n">
-        <v>49406</v>
-[...4 lines deleted...]
-        </is>
+        <v>49795</v>
       </c>
       <c r="J40" s="6" t="n">
-        <v>7.3275</v>
+        <v>7.15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2" t="n">
         <v>33</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
-          <t>State Bank of India Basel III Tier 2**</t>
+          <t>National Bank for Financing Infrastructure and Development**</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
-          <t>INE062A08405</t>
+          <t>INE0KUG08084</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E41" s="12" t="n">
-        <v>30</v>
+        <v>3500</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>3286.54</v>
+        <v>3603.31</v>
       </c>
       <c r="G41" s="7" t="n">
-        <v>0.007</v>
+        <v>0.008399999999999999</v>
       </c>
       <c r="H41" s="8" t="n">
-        <v>50711</v>
+        <v>49406</v>
       </c>
       <c r="I41" s="2" t="inlineStr">
         <is>
-          <t>CA - 02-Nov-2033</t>
+          <t>PU - 08-Apr-2026</t>
         </is>
       </c>
       <c r="J41" s="6" t="n">
-        <v>7.4706</v>
+        <v>7.14</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2" t="n">
         <v>34</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>State Bank of India Basel III Tier 2**</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
-          <t>INE134E08ND3</t>
+          <t>INE062A08405</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E42" s="12" t="n">
-        <v>2500</v>
+        <v>30</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>2710.91</v>
+        <v>3316.02</v>
       </c>
       <c r="G42" s="7" t="n">
-        <v>0.0058</v>
+        <v>0.0078</v>
       </c>
       <c r="H42" s="8" t="n">
-        <v>48136</v>
+        <v>50711</v>
+      </c>
+      <c r="I42" s="2" t="inlineStr">
+        <is>
+          <t>CA - 02-Nov-2033</t>
+        </is>
       </c>
       <c r="J42" s="6" t="n">
-        <v>6.9999</v>
+        <v>7.4308</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2" t="n">
         <v>35</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
           <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
-          <t>INE556F08KS8</t>
+          <t>INE556F08KM1</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E43" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>2707.69</v>
+        <v>2701.84</v>
       </c>
       <c r="G43" s="7" t="n">
-        <v>0.0058</v>
+        <v>0.0063</v>
       </c>
       <c r="H43" s="8" t="n">
-        <v>47175</v>
+        <v>46521</v>
       </c>
       <c r="J43" s="6" t="n">
-        <v>6.9608</v>
+        <v>6.62</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2" t="n">
         <v>36</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
-          <t>INE556F08KM1</t>
+          <t>INE261F08EK5</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E44" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>2682.24</v>
+        <v>2659.17</v>
       </c>
       <c r="G44" s="7" t="n">
-        <v>0.0057</v>
+        <v>0.0062</v>
       </c>
       <c r="H44" s="8" t="n">
-        <v>46521</v>
+        <v>46807</v>
       </c>
       <c r="J44" s="6" t="n">
-        <v>6.76</v>
+        <v>6.66</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2" t="n">
         <v>37</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
-          <t>INE134E08LD7</t>
+          <t>INE020B08FQ8</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E45" s="12" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>2662.08</v>
+        <v>2641.29</v>
       </c>
       <c r="G45" s="7" t="n">
-        <v>0.0057</v>
+        <v>0.0062</v>
       </c>
       <c r="H45" s="8" t="n">
-        <v>45917</v>
+        <v>49368</v>
       </c>
       <c r="J45" s="6" t="n">
-        <v>5.7786</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2" t="n">
         <v>38</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development</t>
+          <t>NTPC Limited**</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
-          <t>INE261F08EK5</t>
+          <t>INE733E08262</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E46" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F46" s="6" t="n">
-        <v>2635.17</v>
+        <v>2636.06</v>
       </c>
       <c r="G46" s="7" t="n">
-        <v>0.0056</v>
+        <v>0.0062</v>
       </c>
       <c r="H46" s="8" t="n">
-        <v>46807</v>
+        <v>51215</v>
       </c>
       <c r="J46" s="6" t="n">
-        <v>6.8395</v>
+        <v>7.11</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2" t="n">
         <v>39</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>REC Limited</t>
+          <t>Bajaj Finance Limited</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
-          <t>INE020B08FQ8</t>
+          <t>INE296A07TH8</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E47" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F47" s="6" t="n">
-        <v>2602.82</v>
+        <v>2624.99</v>
       </c>
       <c r="G47" s="7" t="n">
-        <v>0.0055</v>
+        <v>0.0061</v>
       </c>
       <c r="H47" s="8" t="n">
-        <v>49368</v>
+        <v>49402</v>
       </c>
       <c r="J47" s="6" t="n">
-        <v>7.24</v>
+        <v>7.3975</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2" t="n">
         <v>40</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>Indian Railway Finance Corporation Limited**</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>INE053F08304</t>
+          <t>INE040A08773</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E48" s="12" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>2591.99</v>
+        <v>2610.67</v>
       </c>
       <c r="G48" s="7" t="n">
-        <v>0.0055</v>
+        <v>0.0061</v>
       </c>
       <c r="H48" s="8" t="n">
-        <v>46310</v>
+        <v>48463</v>
       </c>
       <c r="J48" s="6" t="n">
-        <v>6.605</v>
+        <v>7.1213</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2" t="n">
         <v>41</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>NTPC Limited**</t>
+          <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>INE733E08262</t>
+          <t>INE053F08304</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E49" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F49" s="6" t="n">
-        <v>2587.92</v>
+        <v>2609.3</v>
       </c>
       <c r="G49" s="7" t="n">
-        <v>0.0055</v>
+        <v>0.0061</v>
       </c>
       <c r="H49" s="8" t="n">
-        <v>51215</v>
+        <v>46310</v>
       </c>
       <c r="J49" s="6" t="n">
-        <v>7.26</v>
+        <v>6.45</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2" t="n">
         <v>42</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited**</t>
+          <t>National Bank for Financing Infrastructure and Development**</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
-          <t>INE296A07TJ4</t>
+          <t>INE0KUG08019</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E50" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>2583.34</v>
+        <v>2603.82</v>
       </c>
       <c r="G50" s="7" t="n">
-        <v>0.0055</v>
+        <v>0.0061</v>
       </c>
       <c r="H50" s="8" t="n">
-        <v>46930</v>
+        <v>48746</v>
       </c>
       <c r="J50" s="6" t="n">
-        <v>7.22</v>
+        <v>7.13</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2" t="n">
         <v>43</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Financing Infrastructure and Development**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
-          <t>INE0KUG08019</t>
+          <t>INE020B08DV3</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E51" s="12" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F51" s="6" t="n">
-        <v>2569.4</v>
+        <v>2593.7</v>
       </c>
       <c r="G51" s="7" t="n">
-        <v>0.0055</v>
+        <v>0.0061</v>
       </c>
       <c r="H51" s="8" t="n">
-        <v>48746</v>
+        <v>48293</v>
       </c>
       <c r="J51" s="6" t="n">
-        <v>7.265</v>
+        <v>6.955</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2" t="n">
         <v>44</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
-          <t>INE040A08773</t>
+          <t>INE556F08KR0</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E52" s="12" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F52" s="6" t="n">
-        <v>2568.93</v>
+        <v>2581.44</v>
       </c>
       <c r="G52" s="7" t="n">
-        <v>0.0055</v>
+        <v>0.006</v>
       </c>
       <c r="H52" s="8" t="n">
-        <v>48463</v>
+        <v>47366</v>
       </c>
       <c r="J52" s="6" t="n">
-        <v>7.32</v>
+        <v>6.735</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2" t="n">
         <v>45</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Power Grid Corporation of India Limited**</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
-          <t>INE020B08DV3</t>
+          <t>INE752E08783</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E53" s="12" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F53" s="6" t="n">
-        <v>2557.24</v>
+        <v>2581.02</v>
       </c>
       <c r="G53" s="7" t="n">
-        <v>0.0054</v>
+        <v>0.006</v>
       </c>
       <c r="H53" s="8" t="n">
-        <v>48293</v>
+        <v>49414</v>
       </c>
       <c r="J53" s="6" t="n">
-        <v>7.13</v>
+        <v>6.9695</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2" t="n">
         <v>46</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Tata Capital Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>INE556F08KR0</t>
+          <t>INE033L07HU0</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E54" s="12" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>2548.32</v>
+        <v>2575.24</v>
       </c>
       <c r="G54" s="7" t="n">
-        <v>0.0054</v>
+        <v>0.006</v>
       </c>
       <c r="H54" s="8" t="n">
-        <v>47366</v>
+        <v>46604</v>
       </c>
       <c r="J54" s="6" t="n">
-        <v>6.9608</v>
+        <v>6.8799</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2" t="n">
         <v>47</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>Power Grid Corporation of India Limited**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>INE752E08783</t>
+          <t>INE020B08FF1</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E55" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F55" s="6" t="n">
-        <v>2546.08</v>
+        <v>2564.86</v>
       </c>
       <c r="G55" s="7" t="n">
-        <v>0.0054</v>
+        <v>0.006</v>
       </c>
       <c r="H55" s="8" t="n">
-        <v>49414</v>
+        <v>46630</v>
       </c>
       <c r="J55" s="6" t="n">
-        <v>7.0915</v>
+        <v>6.585</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2" t="n">
         <v>48</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>INE020B08FF1</t>
+          <t>INE556F08KS8</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E56" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>2545.59</v>
+        <v>2556.24</v>
       </c>
       <c r="G56" s="7" t="n">
-        <v>0.0054</v>
+        <v>0.006</v>
       </c>
       <c r="H56" s="8" t="n">
-        <v>46630</v>
+        <v>47175</v>
       </c>
       <c r="J56" s="6" t="n">
-        <v>6.715</v>
+        <v>6.72</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2" t="n">
         <v>49</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>INE020B08FW6</t>
+          <t>INE134E08NC5</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E57" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F57" s="6" t="n">
-        <v>2535.6</v>
+        <v>2555.6</v>
       </c>
       <c r="G57" s="7" t="n">
-        <v>0.0054</v>
+        <v>0.006</v>
       </c>
       <c r="H57" s="8" t="n">
-        <v>46783</v>
+        <v>49233</v>
       </c>
       <c r="J57" s="6" t="n">
-        <v>6.824</v>
+        <v>7.085</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2" t="n">
         <v>50</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
           <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>INE134E08NC5</t>
+          <t>INE134E08ND3</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E58" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F58" s="6" t="n">
-        <v>2523.83</v>
+        <v>2553.73</v>
       </c>
       <c r="G58" s="7" t="n">
-        <v>0.0054</v>
+        <v>0.006</v>
       </c>
       <c r="H58" s="8" t="n">
-        <v>49233</v>
+        <v>48136</v>
       </c>
       <c r="J58" s="6" t="n">
-        <v>7.1912</v>
+        <v>6.915</v>
       </c>
     </row>
     <row r="59">
-      <c r="A59" s="9" t="n"/>
-      <c r="B59" s="9" t="inlineStr">
+      <c r="A59" s="2" t="n">
+        <v>51</v>
+      </c>
+      <c r="B59" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C59" s="2" t="inlineStr">
+        <is>
+          <t>INE296A07TM8</t>
+        </is>
+      </c>
+      <c r="D59" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E59" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>2548.06</v>
+      </c>
+      <c r="G59" s="7" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="H59" s="8" t="n">
+        <v>46944</v>
+      </c>
+      <c r="J59" s="6" t="n">
+        <v>7.1</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="9" t="n"/>
+      <c r="B60" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C59" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B61" s="4" t="inlineStr">
+      <c r="C60" s="9" t="n"/>
+      <c r="D60" s="9" t="n"/>
+      <c r="E60" s="9" t="n"/>
+      <c r="F60" s="10" t="n">
+        <v>305853.26</v>
+      </c>
+      <c r="G60" s="11" t="n">
+        <v>0.7157</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="B62" s="4" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
-      </c>
-[...33 lines deleted...]
-        <v>6.223</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2" t="n">
         <v>52</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
           <t>6.90% GOI 2065</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>IN0020250018</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E63" s="12" t="n">
-        <v>24500000</v>
+        <v>25000000</v>
       </c>
       <c r="F63" s="6" t="n">
-        <v>24042.16</v>
+        <v>24257.57</v>
       </c>
       <c r="G63" s="7" t="n">
-        <v>0.0511</v>
+        <v>0.0568</v>
       </c>
       <c r="H63" s="8" t="n">
         <v>60372</v>
       </c>
       <c r="J63" s="6" t="n">
-        <v>7.2673</v>
+        <v>7.1273</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2" t="n">
         <v>53</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
           <t>8.30% GOI 2042</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>IN0020120062</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E64" s="12" t="n">
         <v>12500000</v>
       </c>
       <c r="F64" s="6" t="n">
-        <v>14428.72</v>
+        <v>14517.49</v>
       </c>
       <c r="G64" s="7" t="n">
-        <v>0.0307</v>
+        <v>0.034</v>
       </c>
       <c r="H64" s="8" t="n">
         <v>52231</v>
       </c>
       <c r="J64" s="6" t="n">
-        <v>6.9288</v>
+        <v>6.9239</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2" t="n">
         <v>54</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>6.28% GOI 2032</t>
+          <t>8.51% GOI FRB 2033</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>IN0020250059</t>
+          <t>IN0020200120</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E65" s="12" t="n">
-        <v>10000000</v>
+        <v>12500000</v>
       </c>
       <c r="F65" s="6" t="n">
-        <v>10000.58</v>
+        <v>12975.58</v>
       </c>
       <c r="G65" s="7" t="n">
-        <v>0.0213</v>
+        <v>0.0304</v>
       </c>
       <c r="H65" s="8" t="n">
-        <v>48409</v>
+        <v>48844</v>
       </c>
       <c r="J65" s="6" t="n">
-        <v>6.4752</v>
+        <v>6.2595</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2" t="n">
         <v>55</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>7.32% GOI 2030</t>
+          <t>6.28% GOI 2032</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>IN0020230135</t>
+          <t>IN0020250059</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E66" s="12" t="n">
-        <v>7000000</v>
+        <v>10000000</v>
       </c>
       <c r="F66" s="6" t="n">
-        <v>7473.14</v>
+        <v>10111.71</v>
       </c>
       <c r="G66" s="7" t="n">
-        <v>0.0159</v>
+        <v>0.0237</v>
       </c>
       <c r="H66" s="8" t="n">
-        <v>47800</v>
+        <v>48409</v>
       </c>
       <c r="J66" s="6" t="n">
-        <v>6.3365</v>
+        <v>6.3677</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2" t="n">
         <v>56</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>7.25% GOI 2063</t>
+          <t>7.32% GOI 2030</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>IN0020230044</t>
+          <t>IN0020230135</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E67" s="12" t="n">
-        <v>5000000</v>
+        <v>7000000</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>5064.56</v>
+        <v>7554.99</v>
       </c>
       <c r="G67" s="7" t="n">
-        <v>0.0108</v>
+        <v>0.0177</v>
       </c>
       <c r="H67" s="8" t="n">
-        <v>59699</v>
+        <v>47800</v>
       </c>
       <c r="J67" s="6" t="n">
-        <v>7.2958</v>
+        <v>6.1975</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2" t="n">
         <v>57</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>7.30% GOI 2053</t>
+          <t>7.25% GOI 2063</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>IN0020230051</t>
+          <t>IN0020230044</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E68" s="12" t="n">
-        <v>4000000</v>
+        <v>5000000</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>4103.55</v>
+        <v>5177.59</v>
       </c>
       <c r="G68" s="7" t="n">
-        <v>0.008699999999999999</v>
+        <v>0.0121</v>
       </c>
       <c r="H68" s="8" t="n">
-        <v>56054</v>
+        <v>59699</v>
       </c>
       <c r="J68" s="6" t="n">
-        <v>7.2294</v>
+        <v>7.1676</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="2" t="n">
         <v>58</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>7.09% GOI 2054</t>
+          <t>7.30% GOI 2053</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>IN0020240118</t>
+          <t>IN0020230051</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E69" s="12" t="n">
-        <v>2500000</v>
+        <v>4000000</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>2479.3</v>
+        <v>4206.9</v>
       </c>
       <c r="G69" s="7" t="n">
-        <v>0.0053</v>
+        <v>0.0098</v>
       </c>
       <c r="H69" s="8" t="n">
-        <v>56466</v>
+        <v>56054</v>
       </c>
       <c r="J69" s="6" t="n">
-        <v>7.2247</v>
+        <v>7.067</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="2" t="n">
         <v>59</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>6.33% GOI 2035</t>
+          <t>6.48% GOI 2035</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>IN0020250026</t>
+          <t>IN0020250091</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E70" s="12" t="n">
-        <v>1500000</v>
+        <v>3000000</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>1517.04</v>
+        <v>3017.95</v>
       </c>
       <c r="G70" s="7" t="n">
-        <v>0.0032</v>
+        <v>0.0071</v>
       </c>
       <c r="H70" s="8" t="n">
-        <v>49434</v>
+        <v>49588</v>
       </c>
       <c r="J70" s="6" t="n">
-        <v>6.4935</v>
+        <v>6.4222</v>
       </c>
     </row>
     <row r="71">
-      <c r="A71" s="9" t="n"/>
-      <c r="B71" s="9" t="inlineStr">
+      <c r="A71" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="B71" s="2" t="inlineStr">
+        <is>
+          <t>7.09% GOI 2054</t>
+        </is>
+      </c>
+      <c r="C71" s="2" t="inlineStr">
+        <is>
+          <t>IN0020240118</t>
+        </is>
+      </c>
+      <c r="D71" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E71" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>2540.24</v>
+      </c>
+      <c r="G71" s="7" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="H71" s="8" t="n">
+        <v>56466</v>
+      </c>
+      <c r="J71" s="6" t="n">
+        <v>7.0715</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="9" t="n"/>
+      <c r="B72" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C71" s="9" t="n"/>
-[...13 lines deleted...]
-        </is>
+      <c r="C72" s="9" t="n"/>
+      <c r="D72" s="9" t="n"/>
+      <c r="E72" s="9" t="n"/>
+      <c r="F72" s="10" t="n">
+        <v>84360.02</v>
+      </c>
+      <c r="G72" s="11" t="n">
+        <v>0.1975</v>
       </c>
     </row>
     <row r="74">
       <c r="B74" s="4" t="inlineStr">
         <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="75">
+      <c r="B75" s="4" t="inlineStr">
+        <is>
           <t>Certificate of Deposit</t>
         </is>
-      </c>
-[...33 lines deleted...]
-        <v>5.9048</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="2" t="n">
         <v>61</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>Axis Bank Limited</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
-          <t>INE238AD6991</t>
+          <t>INE040A16GF2</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E76" s="12" t="n">
         <v>2000</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>9907.639999999999</v>
+        <v>9816.74</v>
       </c>
       <c r="G76" s="7" t="n">
-        <v>0.0211</v>
+        <v>0.023</v>
       </c>
       <c r="H76" s="8" t="n">
-        <v>45973</v>
+        <v>46059</v>
       </c>
       <c r="J76" s="6" t="n">
-        <v>5.9694</v>
+        <v>6.03</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="2" t="n">
         <v>62</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited</t>
+          <t>Indian Bank**</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
-          <t>INE040A16GF2</t>
+          <t>INE562A16NM7</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E77" s="12" t="n">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="F77" s="6" t="n">
-        <v>9762.860000000001</v>
+        <v>2491.76</v>
       </c>
       <c r="G77" s="7" t="n">
-        <v>0.0208</v>
+        <v>0.0058</v>
       </c>
       <c r="H77" s="8" t="n">
-        <v>46059</v>
+        <v>45967</v>
       </c>
       <c r="J77" s="6" t="n">
-        <v>6.1999</v>
+        <v>5.7503</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="2" t="n">
         <v>63</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>Bank of Baroda**</t>
+          <t>Indian Bank**</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
-          <t>INE028A16JB0</t>
+          <t>INE562A16NQ8</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
-          <t>IND A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E78" s="12" t="n">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="F78" s="6" t="n">
-        <v>4998.46</v>
+        <v>2480.74</v>
       </c>
       <c r="G78" s="7" t="n">
-        <v>0.0106</v>
+        <v>0.0058</v>
       </c>
       <c r="H78" s="8" t="n">
-        <v>45918</v>
+        <v>45995</v>
       </c>
       <c r="J78" s="6" t="n">
-        <v>5.6319</v>
+        <v>5.7851</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="2" t="n">
         <v>64</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited</t>
+          <t>Union Bank of India**</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
-          <t>INE040A16FM0</t>
+          <t>INE692A16IF6</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E79" s="12" t="n">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>4997.7</v>
+        <v>2478.34</v>
       </c>
       <c r="G79" s="7" t="n">
-        <v>0.0106</v>
+        <v>0.0058</v>
       </c>
       <c r="H79" s="8" t="n">
-        <v>45919</v>
+        <v>46001</v>
       </c>
       <c r="J79" s="6" t="n">
-        <v>5.5992</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="2" t="n">
         <v>65</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>Canara Bank</t>
+          <t>Axis Bank Limited**</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
-          <t>INE476A16ZP7</t>
+          <t>INE238AD6AX9</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E80" s="12" t="n">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>4936.65</v>
+        <v>2475.94</v>
       </c>
       <c r="G80" s="7" t="n">
-        <v>0.0105</v>
+        <v>0.0058</v>
       </c>
       <c r="H80" s="8" t="n">
-        <v>45996</v>
+        <v>46007</v>
       </c>
       <c r="J80" s="6" t="n">
-        <v>5.8553</v>
+        <v>5.8149</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="2" t="n">
         <v>66</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>Indian Bank</t>
+          <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
-          <t>INE562A16NQ8</t>
+          <t>INE040A16GA3</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E81" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F81" s="6" t="n">
-        <v>2468.64</v>
+        <v>2475.22</v>
       </c>
       <c r="G81" s="7" t="n">
-        <v>0.0052</v>
+        <v>0.0058</v>
       </c>
       <c r="H81" s="8" t="n">
-        <v>45995</v>
+        <v>46009</v>
       </c>
       <c r="J81" s="6" t="n">
-        <v>5.8702</v>
+        <v>5.7996</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="2" t="n">
         <v>67</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>Union Bank of India</t>
+          <t>Punjab National Bank**</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
-          <t>INE692A16IF6</t>
+          <t>INE160A16QS0</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E82" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F82" s="6" t="n">
-        <v>2466.51</v>
+        <v>2474.88</v>
       </c>
       <c r="G82" s="7" t="n">
-        <v>0.0052</v>
+        <v>0.0058</v>
       </c>
       <c r="H82" s="8" t="n">
-        <v>46001</v>
+        <v>46010</v>
       </c>
       <c r="J82" s="6" t="n">
-        <v>5.8301</v>
+        <v>5.7901</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="2" t="n">
         <v>68</v>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>Axis Bank Limited**</t>
+          <t>Kotak Mahindra Bank Limited**</t>
         </is>
       </c>
       <c r="C83" s="2" t="inlineStr">
         <is>
-          <t>INE238AD6AX9</t>
+          <t>INE237A161Z4</t>
         </is>
       </c>
       <c r="D83" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E83" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F83" s="6" t="n">
-        <v>2463.16</v>
+        <v>2466</v>
       </c>
       <c r="G83" s="7" t="n">
-        <v>0.0052</v>
+        <v>0.0058</v>
       </c>
       <c r="H83" s="8" t="n">
-        <v>46007</v>
+        <v>46031</v>
       </c>
       <c r="J83" s="6" t="n">
-        <v>5.9998</v>
+        <v>5.9199</v>
       </c>
     </row>
     <row r="84">
-      <c r="A84" s="2" t="n">
+      <c r="A84" s="9" t="n"/>
+      <c r="B84" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C84" s="9" t="n"/>
+      <c r="D84" s="9" t="n"/>
+      <c r="E84" s="9" t="n"/>
+      <c r="F84" s="10" t="n">
+        <v>27159.62</v>
+      </c>
+      <c r="G84" s="11" t="n">
+        <v>0.0636</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="B86" s="4" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="87">
+      <c r="B87" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="2" t="n">
         <v>69</v>
       </c>
-      <c r="B84" s="2" t="inlineStr">
-[...44 lines deleted...]
-      <c r="D85" s="2" t="inlineStr">
+      <c r="B88" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C88" s="2" t="inlineStr">
+        <is>
+          <t>INE403D14585</t>
+        </is>
+      </c>
+      <c r="D88" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
-      <c r="E85" s="12" t="n">
-[...52 lines deleted...]
-      <c r="B87" s="9" t="inlineStr">
+      <c r="E88" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F88" s="6" t="n">
+        <v>4687.32</v>
+      </c>
+      <c r="G88" s="7" t="n">
+        <v>0.011</v>
+      </c>
+      <c r="H88" s="8" t="n">
+        <v>46283</v>
+      </c>
+      <c r="J88" s="6" t="n">
+        <v>7.225</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="9" t="n"/>
+      <c r="B89" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C87" s="9" t="n"/>
-[...20 lines deleted...]
-        </is>
+      <c r="C89" s="9" t="n"/>
+      <c r="D89" s="9" t="n"/>
+      <c r="E89" s="9" t="n"/>
+      <c r="F89" s="10" t="n">
+        <v>4687.32</v>
+      </c>
+      <c r="G89" s="11" t="n">
+        <v>0.011</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="2" t="n">
-        <v>72</v>
-[...17 lines deleted...]
-        <v>2000</v>
+        <v>70</v>
+      </c>
+      <c r="B91" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
       </c>
       <c r="F91" s="6" t="n">
-        <v>9939.360000000001</v>
+        <v>3118.31</v>
       </c>
       <c r="G91" s="7" t="n">
-        <v>0.0211</v>
+        <v>0.0073</v>
       </c>
       <c r="H91" s="8" t="n">
-        <v>45947</v>
-[...2 lines deleted...]
-        <v>7.1834</v>
+        <v>45946</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="9" t="n"/>
       <c r="B92" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C92" s="9" t="n"/>
       <c r="D92" s="9" t="n"/>
       <c r="E92" s="9" t="n"/>
       <c r="F92" s="10" t="n">
-        <v>9939.360000000001</v>
+        <v>3118.31</v>
       </c>
       <c r="G92" s="11" t="n">
-        <v>0.0211</v>
+        <v>0.0073</v>
       </c>
     </row>
     <row r="94">
-      <c r="A94" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="B94" s="4" t="inlineStr">
         <is>
-          <t>TREPS / Reverse Repo Investments</t>
-[...9 lines deleted...]
-        <v>45916</v>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
       </c>
     </row>
     <row r="95">
-      <c r="A95" s="9" t="n"/>
-      <c r="B95" s="9" t="inlineStr">
+      <c r="A95" s="2" t="n">
+        <v>71</v>
+      </c>
+      <c r="B95" s="2" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C95" s="2" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E95" s="12" t="n">
+        <v>10095.756</v>
+      </c>
+      <c r="F95" s="6" t="n">
+        <v>1152.63</v>
+      </c>
+      <c r="G95" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J95" s="6" t="n"/>
+    </row>
+    <row r="96">
+      <c r="A96" s="9" t="n"/>
+      <c r="B96" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C95" s="9" t="n"/>
-[...13 lines deleted...]
-        </is>
+      <c r="C96" s="9" t="n"/>
+      <c r="D96" s="9" t="n"/>
+      <c r="E96" s="9" t="n"/>
+      <c r="F96" s="10" t="n">
+        <v>1152.63</v>
+      </c>
+      <c r="G96" s="11" t="n">
+        <v>0.0027</v>
       </c>
     </row>
     <row r="98">
-      <c r="A98" s="2" t="n">
-[...21 lines deleted...]
-      <c r="J98" s="6" t="n"/>
+      <c r="B98" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
     </row>
     <row r="99">
-      <c r="A99" s="9" t="n"/>
-      <c r="B99" s="9" t="inlineStr">
+      <c r="B99" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E99" s="12" t="n"/>
+      <c r="F99" s="6" t="n">
+        <v>927.59</v>
+      </c>
+      <c r="G99" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="J99" s="6" t="n"/>
+    </row>
+    <row r="100">
+      <c r="A100" s="9" t="n"/>
+      <c r="B100" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C99" s="9" t="n"/>
-[...13 lines deleted...]
-        </is>
+      <c r="C100" s="9" t="n"/>
+      <c r="D100" s="9" t="n"/>
+      <c r="E100" s="9" t="n"/>
+      <c r="F100" s="10" t="n">
+        <v>927.59</v>
+      </c>
+      <c r="G100" s="11" t="n">
+        <v>0.0022</v>
       </c>
     </row>
     <row r="102">
-      <c r="B102" s="2" t="inlineStr">
-[...11 lines deleted...]
-      <c r="J102" s="6" t="n"/>
+      <c r="A102" s="5" t="n"/>
+      <c r="B102" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C102" s="5" t="n"/>
+      <c r="D102" s="5" t="n"/>
+      <c r="E102" s="5" t="n"/>
+      <c r="F102" s="13" t="n">
+        <v>427258.75</v>
+      </c>
+      <c r="G102" s="14" t="n">
+        <v>1</v>
+      </c>
     </row>
     <row r="103">
-      <c r="A103" s="9" t="n"/>
-[...28 lines deleted...]
-      <c r="G105" s="14" t="n">
+      <c r="A103" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="2" t="n">
         <v>1</v>
       </c>
+      <c r="B104" s="2" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" ht="40.5" customHeight="1" s="74">
+      <c r="A105" s="15" t="n">
+        <v>2</v>
+      </c>
+      <c r="B105" s="15" t="inlineStr">
+        <is>
+          <t>As on October 15, 2025, the aggregate investments by the schemes of DSP Mutual Fund in DSP Banking and PSU Debt Fund is  ₹1,05,864.16 Lakhs.</t>
+        </is>
+      </c>
     </row>
     <row r="106">
-      <c r="A106" s="2" t="inlineStr">
-[...15 lines deleted...]
-    <row r="108" ht="40.5" customHeight="1" s="73">
+      <c r="A106" s="15" t="n">
+        <v>3</v>
+      </c>
+      <c r="B106" s="15" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" ht="27" customHeight="1" s="74">
+      <c r="A107" s="15" t="n">
+        <v>4</v>
+      </c>
+      <c r="B107" s="15" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the day of the Portfolio</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" ht="14.5" customHeight="1" s="74">
       <c r="A108" s="15" t="n">
-        <v>2</v>
-[...28 lines deleted...]
-      <c r="A111" s="15" t="n">
         <v>5</v>
       </c>
-      <c r="B111" s="92" t="inlineStr">
+      <c r="B108" s="93" t="inlineStr">
         <is>
           <t>Yield to call as per AMFI Best Practices Guidelines Circular No. 88 / 2020 -21</t>
         </is>
       </c>
-      <c r="C111" s="98" t="n"/>
-[...3 lines deleted...]
-      <c r="B112" s="57" t="inlineStr">
+      <c r="C108" s="107" t="n"/>
+      <c r="D108" s="108" t="n"/>
+    </row>
+    <row r="109" ht="14.5" customHeight="1" s="74">
+      <c r="B109" s="64" t="inlineStr">
         <is>
           <t>Issuer</t>
         </is>
       </c>
-      <c r="C112" s="57" t="inlineStr">
+      <c r="C109" s="64" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D112" s="57" t="inlineStr">
+      <c r="D109" s="64" t="inlineStr">
         <is>
           <t>YTC</t>
         </is>
       </c>
     </row>
-    <row r="113" ht="14.5" customHeight="1" s="73">
-      <c r="B113" s="57" t="inlineStr">
+    <row r="110" ht="14.5" customHeight="1" s="74">
+      <c r="B110" s="65" t="inlineStr">
         <is>
           <t>State Bank of India Basel III Tier 2**</t>
         </is>
       </c>
-      <c r="C113" s="57" t="inlineStr">
+      <c r="C110" s="65" t="inlineStr">
         <is>
           <t>INE062A08405</t>
         </is>
       </c>
-      <c r="D113" s="58" t="n">
-[...4 lines deleted...]
-      <c r="A114" s="2" t="n">
+      <c r="D110" s="20" t="n">
+        <v>0.074308</v>
+      </c>
+    </row>
+    <row r="111" ht="75.5" customHeight="1" s="74">
+      <c r="A111" s="2" t="n">
         <v>6</v>
       </c>
-      <c r="B114" s="89" t="inlineStr">
-[...6 lines deleted...]
-      <c r="B117" s="1" t="inlineStr">
+      <c r="B111" s="75" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
+        </is>
+      </c>
+    </row>
+    <row r="114" ht="14.5" customHeight="1" s="74">
+      <c r="B114" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="131" ht="14.5" customHeight="1" s="73">
-      <c r="B131" s="1" t="inlineStr">
+    <row r="128" ht="14.5" customHeight="1" s="74">
+      <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty Banking &amp; PSU Debt Index A-II</t>
         </is>
       </c>
     </row>
+    <row r="143">
+      <c r="B143" s="16" t="n"/>
+      <c r="C143" s="18" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
+    <row r="144">
+      <c r="B144" s="16" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C144" s="18" t="inlineStr">
+        <is>
+          <t>DSP Banking and PSU Debt Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="145">
+      <c r="B145" s="16" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C145" s="19" t="n"/>
+    </row>
     <row r="146">
-      <c r="B146" s="16" t="n"/>
-[...3 lines deleted...]
-        </is>
+      <c r="B146" s="16" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C146" s="20" t="n">
+        <v>0.068</v>
       </c>
     </row>
     <row r="147">
       <c r="B147" s="16" t="inlineStr">
         <is>
-          <t>Scheme Name:</t>
-[...5 lines deleted...]
-        </is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C147" s="19" t="n">
+        <v>4.69</v>
       </c>
     </row>
     <row r="148">
       <c r="B148" s="16" t="inlineStr">
         <is>
-          <t>Description (if any)</t>
-[...2 lines deleted...]
-      <c r="C148" s="19" t="n"/>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C148" s="19" t="n">
+        <v>8.07</v>
+      </c>
     </row>
     <row r="149">
       <c r="B149" s="16" t="inlineStr">
         <is>
-          <t>Annualised Portfolio YTM*:</t>
-[...3 lines deleted...]
-        <v>0.06759999999999999</v>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C149" s="21" t="n">
+        <v>45945</v>
       </c>
     </row>
     <row r="150">
-      <c r="B150" s="16" t="inlineStr">
-[...29 lines deleted...]
-      <c r="B153" s="17" t="inlineStr">
+      <c r="B150" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C153" s="18" t="n"/>
+      <c r="C150" s="18" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="3">
-    <mergeCell ref="B114:G114"/>
+    <mergeCell ref="B111:G111"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="B111:D111"/>
+    <mergeCell ref="B108:D108"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Rahul Jain</dc:creator>
+  <dc:creator>ICRON Research</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>