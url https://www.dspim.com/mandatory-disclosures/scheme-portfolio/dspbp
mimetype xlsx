--- v1 (2025-10-22)
+++ v2 (2025-11-12)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="997" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="945" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="BANKING &amp; PSU" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="22">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
@@ -157,50 +157,57 @@
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
@@ -334,66 +341,67 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="109">
+  <cellXfs count="103">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -449,212 +457,195 @@
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="10" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...40 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
@@ -729,92 +720,92 @@
       <colOff>0</colOff>
       <row>115</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
       <row>124</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="19799300"/>
+          <a:off x="457200" y="19627850"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
       <row>129</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
       <row>138</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="22212300"/>
+          <a:off x="457200" y="22040850"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1051,90 +1042,90 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L150"/>
+  <dimension ref="A1:L153"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
     <col width="52.81640625" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
     <col width="28.7265625" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
     <col width="14.1796875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
-    <col width="14.54296875" customWidth="1" style="2" min="5" max="5"/>
+    <col width="15.81640625" customWidth="1" style="2" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
-    <col width="15.453125" customWidth="1" style="2" min="7" max="7"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
     <col width="14.7265625" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
     <col width="30.1796875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
     <row r="1" ht="19" customHeight="1" s="74">
       <c r="A1" s="73" t="n"/>
       <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Banking and PSU Debt Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="4" t="inlineStr">
         <is>
-          <t>Portfolio as on October 15, 2025</t>
+          <t>Portfolio as on October 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
@@ -1200,2970 +1191,2943 @@
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
         <v>1</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>INE261F08EG3</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E9" s="12" t="n">
         <v>17500</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>18559.67</v>
+        <v>18643.71</v>
       </c>
       <c r="G9" s="7" t="n">
-        <v>0.0434</v>
+        <v>0.0443</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>47238</v>
       </c>
       <c r="J9" s="6" t="n">
-        <v>6.84</v>
+        <v>6.7841</v>
       </c>
       <c r="K9" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="L9" s="7" t="n">
-        <v>0.6172</v>
+        <v>0.6152</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
         <v>2</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>INE556F08KK5</t>
+          <t>INE261F08EM1</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E10" s="12" t="n">
         <v>12500</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>13675.98</v>
+        <v>13304.06</v>
       </c>
       <c r="G10" s="7" t="n">
-        <v>0.032</v>
+        <v>0.0316</v>
       </c>
       <c r="H10" s="8" t="n">
-        <v>46496</v>
+        <v>46836</v>
       </c>
       <c r="J10" s="6" t="n">
-        <v>6.62</v>
+        <v>6.64</v>
       </c>
       <c r="K10" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L10" s="7" t="n">
-        <v>0.1975</v>
+        <v>0.1988</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
         <v>3</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>INE261F08EM1</t>
+          <t>INE556F08KK5</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E11" s="12" t="n">
         <v>12500</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>13261.06</v>
+        <v>12734.23</v>
       </c>
       <c r="G11" s="7" t="n">
-        <v>0.031</v>
+        <v>0.0302</v>
       </c>
       <c r="H11" s="8" t="n">
-        <v>46836</v>
+        <v>46496</v>
       </c>
       <c r="J11" s="6" t="n">
-        <v>6.66</v>
+        <v>6.645</v>
       </c>
       <c r="K11" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="L11" s="7" t="n">
-        <v>0.0688</v>
+        <v>0.07580000000000001</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
         <v>4</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Power Grid Corporation of India Limited**</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>INE752E07OF7</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E12" s="12" t="n">
         <v>1050</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>10887.05</v>
+        <v>10912.25</v>
       </c>
       <c r="G12" s="7" t="n">
-        <v>0.0255</v>
+        <v>0.0259</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>46557</v>
       </c>
       <c r="J12" s="6" t="n">
-        <v>6.42</v>
+        <v>6.4483</v>
       </c>
       <c r="K12" s="2" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
       <c r="L12" s="7" t="n">
-        <v>0.0609</v>
+        <v>0.0619</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
         <v>5</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>GAIL (India) Limited**</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>INE129A08014</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>IND AAA</t>
         </is>
       </c>
       <c r="E13" s="12" t="n">
         <v>1000</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>10777.55</v>
+        <v>10806.08</v>
       </c>
       <c r="G13" s="7" t="n">
-        <v>0.0252</v>
+        <v>0.0257</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>46741</v>
       </c>
       <c r="J13" s="6" t="n">
-        <v>6.44</v>
+        <v>6.445</v>
       </c>
       <c r="K13" s="2" t="inlineStr">
         <is>
           <t>IND AAA</t>
         </is>
       </c>
       <c r="L13" s="7" t="n">
-        <v>0.0376</v>
+        <v>0.0384</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
         <v>6</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Power Grid Corporation of India Limited**</t>
+          <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>INE752E08767</t>
+          <t>INE053F08403</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E14" s="12" t="n">
         <v>10000</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>10750.38</v>
+        <v>10584.82</v>
       </c>
       <c r="G14" s="7" t="n">
-        <v>0.0252</v>
+        <v>0.0251</v>
       </c>
       <c r="H14" s="8" t="n">
-        <v>49242</v>
+        <v>49140</v>
       </c>
       <c r="J14" s="6" t="n">
-        <v>6.9875</v>
+        <v>7.1</v>
       </c>
       <c r="K14" s="2" t="inlineStr">
         <is>
           <t>ICRA A1+</t>
         </is>
       </c>
       <c r="L14" s="7" t="n">
-        <v>0.0058</v>
+        <v>0.0059</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
         <v>7</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Indian Railway Finance Corporation Limited**</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>INE053F08403</t>
+          <t>INE040A08955</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E15" s="12" t="n">
         <v>10000</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>10588.54</v>
+        <v>10544.08</v>
       </c>
       <c r="G15" s="7" t="n">
-        <v>0.0248</v>
+        <v>0.025</v>
       </c>
       <c r="H15" s="8" t="n">
-        <v>49140</v>
+        <v>46889</v>
       </c>
       <c r="J15" s="6" t="n">
-        <v>7.045</v>
+        <v>6.8417</v>
       </c>
       <c r="K15" s="2" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
       <c r="L15" s="7" t="n">
         <v>0.0027</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
         <v>8</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited</t>
+          <t>Power Grid Corporation of India Limited**</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>INE040A08955</t>
+          <t>INE752E08767</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E16" s="12" t="n">
         <v>10000</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>10523.29</v>
+        <v>10071.71</v>
       </c>
       <c r="G16" s="7" t="n">
-        <v>0.0246</v>
+        <v>0.0239</v>
       </c>
       <c r="H16" s="8" t="n">
-        <v>46889</v>
+        <v>49242</v>
       </c>
       <c r="J16" s="6" t="n">
-        <v>6.8</v>
+        <v>6.99</v>
       </c>
       <c r="K16" s="2" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L16" s="7" t="n">
-        <v>0.0095</v>
+        <v>0.0013</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
         <v>9</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Bharti Telecom Limited**</t>
+          <t>Bharti Telecom Limited</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>INE403D08280</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E17" s="12" t="n">
         <v>10000</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>10007.74</v>
+        <v>10059.44</v>
       </c>
       <c r="G17" s="7" t="n">
-        <v>0.0234</v>
+        <v>0.0239</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>47102</v>
       </c>
       <c r="J17" s="6" t="n">
-        <v>7.4422</v>
+        <v>7.3675</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
         <v>10</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
           <t>Bharti Telecom Limited**</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>INE403D08272</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E18" s="12" t="n">
         <v>10000</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>10005.94</v>
+        <v>10045.9</v>
       </c>
       <c r="G18" s="7" t="n">
-        <v>0.0234</v>
+        <v>0.0239</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>46675</v>
       </c>
       <c r="J18" s="6" t="n">
-        <v>7.3277</v>
+        <v>7.2774</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
         <v>11</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>INE134E08MA1</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E19" s="12" t="n">
         <v>7500</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>8096.23</v>
+        <v>8120.59</v>
       </c>
       <c r="G19" s="7" t="n">
-        <v>0.0189</v>
+        <v>0.0193</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>48632</v>
       </c>
       <c r="J19" s="6" t="n">
-        <v>7.09</v>
+        <v>7.0899</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
         <v>12</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>INE134E08NM4</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E20" s="12" t="n">
         <v>7500</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>8022.52</v>
+        <v>8034.94</v>
       </c>
       <c r="G20" s="7" t="n">
-        <v>0.0188</v>
+        <v>0.0191</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>48228</v>
       </c>
       <c r="J20" s="6" t="n">
-        <v>6.935</v>
+        <v>6.965</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
         <v>13</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>REC Limited</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>INE020B08EH0</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E21" s="12" t="n">
         <v>7500</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>8008.69</v>
+        <v>8018.67</v>
       </c>
       <c r="G21" s="7" t="n">
-        <v>0.0187</v>
+        <v>0.019</v>
       </c>
       <c r="H21" s="8" t="n">
         <v>46843</v>
       </c>
       <c r="J21" s="6" t="n">
-        <v>6.585</v>
+        <v>6.66</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
         <v>14</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>INE556F08KY6</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E22" s="12" t="n">
         <v>7500</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>7943.43</v>
+        <v>7985.85</v>
       </c>
       <c r="G22" s="7" t="n">
-        <v>0.0186</v>
+        <v>0.019</v>
       </c>
       <c r="H22" s="8" t="n">
         <v>47563</v>
       </c>
       <c r="J22" s="6" t="n">
-        <v>6.92</v>
+        <v>6.8518</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
         <v>15</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>REC Limited</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>INE134E08LN6</t>
+          <t>INE020B08FL9</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E23" s="12" t="n">
-        <v>750</v>
+        <v>7500</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>7919.25</v>
+        <v>7934.43</v>
       </c>
       <c r="G23" s="7" t="n">
-        <v>0.0185</v>
+        <v>0.0188</v>
       </c>
       <c r="H23" s="8" t="n">
-        <v>48318</v>
+        <v>47603</v>
       </c>
       <c r="J23" s="6" t="n">
-        <v>6.935</v>
+        <v>6.7738</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
         <v>16</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>INE020B08FB0</t>
+          <t>INE134E08LN6</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E24" s="12" t="n">
-        <v>7500</v>
+        <v>750</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>7918.98</v>
+        <v>7931.18</v>
       </c>
       <c r="G24" s="7" t="n">
-        <v>0.0185</v>
+        <v>0.0188</v>
       </c>
       <c r="H24" s="8" t="n">
-        <v>49095</v>
+        <v>48318</v>
       </c>
       <c r="J24" s="6" t="n">
-        <v>7.085</v>
+        <v>6.965</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
         <v>17</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>REC Limited**</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>INE020B08FL9</t>
+          <t>INE020B08FB0</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E25" s="12" t="n">
         <v>7500</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>7893.98</v>
+        <v>7929.56</v>
       </c>
       <c r="G25" s="7" t="n">
-        <v>0.0185</v>
+        <v>0.0188</v>
       </c>
       <c r="H25" s="8" t="n">
-        <v>47603</v>
+        <v>49095</v>
       </c>
       <c r="J25" s="6" t="n">
-        <v>6.835</v>
+        <v>7.1126</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
         <v>18</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
           <t>National Bank for Financing Infrastructure and Development**</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>INE0KUG08068</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E26" s="12" t="n">
         <v>6500</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>6757.6</v>
+        <v>6804.56</v>
       </c>
       <c r="G26" s="7" t="n">
-        <v>0.0158</v>
+        <v>0.0162</v>
       </c>
       <c r="H26" s="8" t="n">
         <v>49396</v>
       </c>
       <c r="J26" s="6" t="n">
-        <v>7.14</v>
+        <v>7.0792</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
         <v>19</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
           <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>INE134E08LX5</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E27" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>5414.61</v>
+        <v>5425.45</v>
       </c>
       <c r="G27" s="7" t="n">
-        <v>0.0127</v>
+        <v>0.0129</v>
       </c>
       <c r="H27" s="8" t="n">
         <v>46769</v>
       </c>
       <c r="J27" s="6" t="n">
-        <v>6.58</v>
+        <v>6.6225</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
         <v>20</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>Power Grid Corporation of India Limited**</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
           <t>INE752E08734</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E28" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>5329.97</v>
+        <v>5344.99</v>
       </c>
       <c r="G28" s="7" t="n">
-        <v>0.0125</v>
+        <v>0.0127</v>
       </c>
       <c r="H28" s="8" t="n">
         <v>49015</v>
       </c>
       <c r="J28" s="6" t="n">
-        <v>6.9875</v>
+        <v>6.99</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
         <v>21</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India</t>
+          <t>National Housing Bank**</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>INE556F08KW0</t>
+          <t>INE557F08FX6</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>IND AAA</t>
         </is>
       </c>
       <c r="E29" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>5325.08</v>
+        <v>5329.36</v>
       </c>
       <c r="G29" s="7" t="n">
-        <v>0.0125</v>
+        <v>0.0127</v>
       </c>
       <c r="H29" s="8" t="n">
-        <v>47189</v>
+        <v>47942</v>
       </c>
       <c r="J29" s="6" t="n">
-        <v>6.7</v>
+        <v>6.885</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
         <v>22</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>National Housing Bank**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>INE557F08FX6</t>
+          <t>INE556F08KW0</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>IND AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E30" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>5310.43</v>
+        <v>5326.16</v>
       </c>
       <c r="G30" s="7" t="n">
-        <v>0.0124</v>
+        <v>0.0126</v>
       </c>
       <c r="H30" s="8" t="n">
-        <v>47942</v>
+        <v>47189</v>
       </c>
       <c r="J30" s="6" t="n">
-        <v>6.9</v>
+        <v>6.795</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
         <v>23</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
           <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>INE053F08320</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E31" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>5298.05</v>
+        <v>5308.26</v>
       </c>
       <c r="G31" s="7" t="n">
-        <v>0.0124</v>
+        <v>0.0126</v>
       </c>
       <c r="H31" s="8" t="n">
         <v>47039</v>
       </c>
       <c r="J31" s="6" t="n">
-        <v>6.6097</v>
+        <v>6.645</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
         <v>24</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
           <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>INE053F07AY7</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E32" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>5255.47</v>
+        <v>5265.27</v>
       </c>
       <c r="G32" s="7" t="n">
-        <v>0.0123</v>
+        <v>0.0125</v>
       </c>
       <c r="H32" s="8" t="n">
         <v>47091</v>
       </c>
       <c r="J32" s="6" t="n">
-        <v>6.6096</v>
+        <v>6.645</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
         <v>25</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited</t>
+          <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>INE296A07TJ4</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E33" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>5210.76</v>
+        <v>5224.68</v>
       </c>
       <c r="G33" s="7" t="n">
-        <v>0.0122</v>
+        <v>0.0124</v>
       </c>
       <c r="H33" s="8" t="n">
         <v>46930</v>
       </c>
       <c r="J33" s="6" t="n">
-        <v>7.1</v>
+        <v>7.115</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="n">
         <v>26</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>State Bank of India**</t>
+          <t>NTPC Limited**</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>INE062A08421</t>
+          <t>INE733E08247</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E34" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>5208.83</v>
+        <v>5215.96</v>
       </c>
       <c r="G34" s="7" t="n">
-        <v>0.0122</v>
+        <v>0.0124</v>
       </c>
       <c r="H34" s="8" t="n">
-        <v>50948</v>
+        <v>46129</v>
       </c>
       <c r="J34" s="6" t="n">
-        <v>7.1275</v>
+        <v>6.3501</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="n">
         <v>27</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>NTPC Limited**</t>
+          <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>INE733E08247</t>
+          <t>INE053F08437</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E35" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>5202.14</v>
+        <v>5189.09</v>
       </c>
       <c r="G35" s="7" t="n">
-        <v>0.0122</v>
+        <v>0.0123</v>
       </c>
       <c r="H35" s="8" t="n">
-        <v>46129</v>
+        <v>51088</v>
       </c>
       <c r="J35" s="6" t="n">
-        <v>6.3401</v>
+        <v>7.1612</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
         <v>28</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Indian Railway Finance Corporation Limited**</t>
+          <t>State Bank of India**</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>INE053F08437</t>
+          <t>INE062A08421</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E36" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>5160.9</v>
+        <v>5188.96</v>
       </c>
       <c r="G36" s="7" t="n">
-        <v>0.0121</v>
+        <v>0.0123</v>
       </c>
       <c r="H36" s="8" t="n">
-        <v>51088</v>
+        <v>50948</v>
       </c>
       <c r="J36" s="6" t="n">
-        <v>7.19</v>
+        <v>7.21</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
         <v>29</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
           <t>Indian Railway Finance Corporation Limited</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>INE053F08494</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E37" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>5156.75</v>
+        <v>5167.83</v>
       </c>
       <c r="G37" s="7" t="n">
-        <v>0.0121</v>
+        <v>0.0123</v>
       </c>
       <c r="H37" s="8" t="n">
         <v>47603</v>
       </c>
       <c r="J37" s="6" t="n">
-        <v>6.78</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="n">
         <v>30</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>INE261F08EO7</t>
+          <t>INE134E08NB7</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E38" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>5131.09</v>
+        <v>5148.94</v>
       </c>
       <c r="G38" s="7" t="n">
-        <v>0.012</v>
+        <v>0.0122</v>
       </c>
       <c r="H38" s="8" t="n">
-        <v>47011</v>
+        <v>50966</v>
       </c>
       <c r="J38" s="6" t="n">
-        <v>6.7</v>
+        <v>7.1349</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="n">
         <v>31</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>INE134E08NB7</t>
+          <t>INE261F08EO7</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E39" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>5123.78</v>
+        <v>5140.15</v>
       </c>
       <c r="G39" s="7" t="n">
-        <v>0.012</v>
+        <v>0.0122</v>
       </c>
       <c r="H39" s="8" t="n">
-        <v>50966</v>
+        <v>47011</v>
       </c>
       <c r="J39" s="6" t="n">
-        <v>7.1572</v>
+        <v>6.7432</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2" t="n">
         <v>32</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
           <t>REC Limited**</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>INE020B08FV8</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E40" s="12" t="n">
         <v>5000</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>5011.16</v>
+        <v>5029.89</v>
       </c>
       <c r="G40" s="7" t="n">
-        <v>0.0117</v>
+        <v>0.0119</v>
       </c>
       <c r="H40" s="8" t="n">
         <v>49795</v>
       </c>
       <c r="J40" s="6" t="n">
-        <v>7.15</v>
+        <v>7.14</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2" t="n">
         <v>33</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
           <t>National Bank for Financing Infrastructure and Development**</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>INE0KUG08084</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E41" s="12" t="n">
         <v>3500</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>3603.31</v>
+        <v>3628.46</v>
       </c>
       <c r="G41" s="7" t="n">
-        <v>0.008399999999999999</v>
+        <v>0.0086</v>
       </c>
       <c r="H41" s="8" t="n">
         <v>49406</v>
       </c>
       <c r="I41" s="2" t="inlineStr">
         <is>
           <t>PU - 08-Apr-2026</t>
         </is>
       </c>
       <c r="J41" s="6" t="n">
-        <v>7.14</v>
+        <v>7.0793</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2" t="n">
         <v>34</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
           <t>State Bank of India Basel III Tier 2**</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>INE062A08405</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E42" s="12" t="n">
         <v>30</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>3316.02</v>
+        <v>3345.43</v>
       </c>
       <c r="G42" s="7" t="n">
-        <v>0.0078</v>
+        <v>0.007900000000000001</v>
       </c>
       <c r="H42" s="8" t="n">
         <v>50711</v>
       </c>
       <c r="I42" s="2" t="inlineStr">
         <is>
           <t>CA - 02-Nov-2033</t>
         </is>
       </c>
       <c r="J42" s="6" t="n">
-        <v>7.4308</v>
+        <v>7.3552</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2" t="n">
         <v>35</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
           <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>INE556F08KM1</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E43" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>2701.84</v>
+        <v>2708.55</v>
       </c>
       <c r="G43" s="7" t="n">
-        <v>0.0063</v>
+        <v>0.0064</v>
       </c>
       <c r="H43" s="8" t="n">
         <v>46521</v>
       </c>
       <c r="J43" s="6" t="n">
-        <v>6.62</v>
+        <v>6.645</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2" t="n">
         <v>36</v>
       </c>
       <c r="B44" s="2" t="inlineStr">
         <is>
           <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C44" s="2" t="inlineStr">
         <is>
           <t>INE261F08EK5</t>
         </is>
       </c>
       <c r="D44" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E44" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>2659.17</v>
+        <v>2667.75</v>
       </c>
       <c r="G44" s="7" t="n">
-        <v>0.0062</v>
+        <v>0.0063</v>
       </c>
       <c r="H44" s="8" t="n">
         <v>46807</v>
       </c>
       <c r="J44" s="6" t="n">
-        <v>6.66</v>
+        <v>6.64</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2" t="n">
         <v>37</v>
       </c>
       <c r="B45" s="2" t="inlineStr">
         <is>
           <t>REC Limited**</t>
         </is>
       </c>
       <c r="C45" s="2" t="inlineStr">
         <is>
           <t>INE020B08FQ8</t>
         </is>
       </c>
       <c r="D45" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E45" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>2641.29</v>
+        <v>2645.44</v>
       </c>
       <c r="G45" s="7" t="n">
-        <v>0.0062</v>
+        <v>0.0063</v>
       </c>
       <c r="H45" s="8" t="n">
         <v>49368</v>
       </c>
       <c r="J45" s="6" t="n">
-        <v>7.1</v>
+        <v>7.1226</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2" t="n">
         <v>38</v>
       </c>
       <c r="B46" s="2" t="inlineStr">
         <is>
           <t>NTPC Limited**</t>
         </is>
       </c>
       <c r="C46" s="2" t="inlineStr">
         <is>
           <t>INE733E08262</t>
         </is>
       </c>
       <c r="D46" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E46" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F46" s="6" t="n">
-        <v>2636.06</v>
+        <v>2634.01</v>
       </c>
       <c r="G46" s="7" t="n">
-        <v>0.0062</v>
+        <v>0.0063</v>
       </c>
       <c r="H46" s="8" t="n">
         <v>51215</v>
       </c>
       <c r="J46" s="6" t="n">
-        <v>7.11</v>
+        <v>7.155</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2" t="n">
         <v>39</v>
       </c>
       <c r="B47" s="2" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited</t>
+          <t>National Bank for Financing Infrastructure and Development**</t>
         </is>
       </c>
       <c r="C47" s="2" t="inlineStr">
         <is>
-          <t>INE296A07TH8</t>
+          <t>INE0KUG08019</t>
         </is>
       </c>
       <c r="D47" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E47" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F47" s="6" t="n">
-        <v>2624.99</v>
+        <v>2619.06</v>
       </c>
       <c r="G47" s="7" t="n">
-        <v>0.0061</v>
+        <v>0.0062</v>
       </c>
       <c r="H47" s="8" t="n">
-        <v>49402</v>
+        <v>48746</v>
       </c>
       <c r="J47" s="6" t="n">
-        <v>7.3975</v>
+        <v>7.0792</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2" t="n">
         <v>40</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
-          <t>INE040A08773</t>
+          <t>INE053F08304</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E48" s="12" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>2610.67</v>
+        <v>2614.99</v>
       </c>
       <c r="G48" s="7" t="n">
-        <v>0.0061</v>
+        <v>0.0062</v>
       </c>
       <c r="H48" s="8" t="n">
-        <v>48463</v>
+        <v>46310</v>
       </c>
       <c r="J48" s="6" t="n">
-        <v>7.1213</v>
+        <v>6.515</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2" t="n">
         <v>41</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>Indian Railway Finance Corporation Limited**</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
-          <t>INE053F08304</t>
+          <t>INE040A08773</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E49" s="12" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F49" s="6" t="n">
-        <v>2609.3</v>
+        <v>2611.31</v>
       </c>
       <c r="G49" s="7" t="n">
-        <v>0.0061</v>
+        <v>0.0062</v>
       </c>
       <c r="H49" s="8" t="n">
-        <v>46310</v>
+        <v>48463</v>
       </c>
       <c r="J49" s="6" t="n">
-        <v>6.45</v>
+        <v>7.175</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2" t="n">
         <v>42</v>
       </c>
       <c r="B50" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Financing Infrastructure and Development**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C50" s="2" t="inlineStr">
         <is>
-          <t>INE0KUG08019</t>
+          <t>INE020B08DV3</t>
         </is>
       </c>
       <c r="D50" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E50" s="12" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>2603.82</v>
+        <v>2598.22</v>
       </c>
       <c r="G50" s="7" t="n">
-        <v>0.0061</v>
+        <v>0.0062</v>
       </c>
       <c r="H50" s="8" t="n">
-        <v>48746</v>
+        <v>48293</v>
       </c>
       <c r="J50" s="6" t="n">
-        <v>7.13</v>
+        <v>6.98</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2" t="n">
         <v>43</v>
       </c>
       <c r="B51" s="2" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Power Grid Corporation of India Limited</t>
         </is>
       </c>
       <c r="C51" s="2" t="inlineStr">
         <is>
-          <t>INE020B08DV3</t>
+          <t>INE752E08783</t>
         </is>
       </c>
       <c r="D51" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E51" s="12" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F51" s="6" t="n">
-        <v>2593.7</v>
+        <v>2584.01</v>
       </c>
       <c r="G51" s="7" t="n">
         <v>0.0061</v>
       </c>
       <c r="H51" s="8" t="n">
-        <v>48293</v>
+        <v>49414</v>
       </c>
       <c r="J51" s="6" t="n">
-        <v>6.955</v>
+        <v>6.997</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2" t="n">
         <v>44</v>
       </c>
       <c r="B52" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Small Industries Development Bank of India</t>
         </is>
       </c>
       <c r="C52" s="2" t="inlineStr">
         <is>
           <t>INE556F08KR0</t>
         </is>
       </c>
       <c r="D52" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E52" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F52" s="6" t="n">
-        <v>2581.44</v>
+        <v>2583.4</v>
       </c>
       <c r="G52" s="7" t="n">
-        <v>0.006</v>
+        <v>0.0061</v>
       </c>
       <c r="H52" s="8" t="n">
         <v>47366</v>
       </c>
       <c r="J52" s="6" t="n">
-        <v>6.735</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2" t="n">
         <v>45</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
-          <t>Power Grid Corporation of India Limited**</t>
+          <t>Tata Capital Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
-          <t>INE752E08783</t>
+          <t>INE033L07HU0</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E53" s="12" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F53" s="6" t="n">
-        <v>2581.02</v>
+        <v>2581.33</v>
       </c>
       <c r="G53" s="7" t="n">
-        <v>0.006</v>
+        <v>0.0061</v>
       </c>
       <c r="H53" s="8" t="n">
-        <v>49414</v>
+        <v>46604</v>
       </c>
       <c r="J53" s="6" t="n">
-        <v>6.9695</v>
+        <v>6.915</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2" t="n">
         <v>46</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>Tata Capital Housing Finance Limited**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>INE033L07HU0</t>
+          <t>INE020B08FF1</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E54" s="12" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>2575.24</v>
+        <v>2572.67</v>
       </c>
       <c r="G54" s="7" t="n">
-        <v>0.006</v>
+        <v>0.0061</v>
       </c>
       <c r="H54" s="8" t="n">
-        <v>46604</v>
+        <v>46630</v>
       </c>
       <c r="J54" s="6" t="n">
-        <v>6.8799</v>
+        <v>6.57</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2" t="n">
         <v>47</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>INE020B08FF1</t>
+          <t>INE134E08NC5</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
-          <t>ICRA AAA</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E55" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F55" s="6" t="n">
-        <v>2564.86</v>
+        <v>2560.84</v>
       </c>
       <c r="G55" s="7" t="n">
-        <v>0.006</v>
+        <v>0.0061</v>
       </c>
       <c r="H55" s="8" t="n">
-        <v>46630</v>
+        <v>49233</v>
       </c>
       <c r="J55" s="6" t="n">
-        <v>6.585</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2" t="n">
         <v>48</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>Small Industries Development Bank of India</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>INE556F08KS8</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E56" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>2556.24</v>
+        <v>2557.7</v>
       </c>
       <c r="G56" s="7" t="n">
-        <v>0.006</v>
+        <v>0.0061</v>
       </c>
       <c r="H56" s="8" t="n">
         <v>47175</v>
       </c>
       <c r="J56" s="6" t="n">
-        <v>6.72</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2" t="n">
         <v>49</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>INE134E08NC5</t>
+          <t>INE296A07TM8</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E57" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F57" s="6" t="n">
-        <v>2555.6</v>
+        <v>2554.55</v>
       </c>
       <c r="G57" s="7" t="n">
-        <v>0.006</v>
+        <v>0.0061</v>
       </c>
       <c r="H57" s="8" t="n">
-        <v>49233</v>
+        <v>46944</v>
       </c>
       <c r="J57" s="6" t="n">
-        <v>7.085</v>
+        <v>7.12</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2" t="n">
         <v>50</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>INE134E08ND3</t>
+          <t>INE296A07TH8</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E58" s="12" t="n">
-        <v>2500</v>
+        <v>1500</v>
       </c>
       <c r="F58" s="6" t="n">
-        <v>2553.73</v>
+        <v>1575.68</v>
       </c>
       <c r="G58" s="7" t="n">
-        <v>0.006</v>
+        <v>0.0037</v>
       </c>
       <c r="H58" s="8" t="n">
-        <v>48136</v>
+        <v>49402</v>
       </c>
       <c r="J58" s="6" t="n">
-        <v>6.915</v>
+        <v>7.44</v>
       </c>
     </row>
     <row r="59">
-      <c r="A59" s="2" t="n">
+      <c r="A59" s="9" t="n"/>
+      <c r="B59" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C59" s="9" t="n"/>
+      <c r="D59" s="9" t="n"/>
+      <c r="E59" s="9" t="n"/>
+      <c r="F59" s="10" t="n">
+        <v>301414.45</v>
+      </c>
+      <c r="G59" s="11" t="n">
+        <v>0.7155</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="B61" s="4" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="2" t="n">
         <v>51</v>
       </c>
-      <c r="B59" s="2" t="inlineStr">
-[...51 lines deleted...]
-        </is>
+      <c r="B62" s="2" t="inlineStr">
+        <is>
+          <t>6.90% GOI 2065</t>
+        </is>
+      </c>
+      <c r="C62" s="2" t="inlineStr">
+        <is>
+          <t>IN0020250018</t>
+        </is>
+      </c>
+      <c r="D62" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E62" s="12" t="n">
+        <v>25000000</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>23812.07</v>
+      </c>
+      <c r="G62" s="7" t="n">
+        <v>0.0565</v>
+      </c>
+      <c r="H62" s="8" t="n">
+        <v>60372</v>
+      </c>
+      <c r="J62" s="6" t="n">
+        <v>7.2917</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2" t="n">
         <v>52</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>6.90% GOI 2065</t>
+          <t>8.30% GOI 2042</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
-          <t>IN0020250018</t>
+          <t>IN0020120062</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E63" s="12" t="n">
-        <v>25000000</v>
+        <v>12500000</v>
       </c>
       <c r="F63" s="6" t="n">
-        <v>24257.57</v>
+        <v>14452.7</v>
       </c>
       <c r="G63" s="7" t="n">
-        <v>0.0568</v>
+        <v>0.0343</v>
       </c>
       <c r="H63" s="8" t="n">
-        <v>60372</v>
+        <v>52231</v>
       </c>
       <c r="J63" s="6" t="n">
-        <v>7.1273</v>
+        <v>7.0021</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2" t="n">
         <v>53</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>8.30% GOI 2042</t>
+          <t>8.51% GOI FRB 2033</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
-          <t>IN0020120062</t>
+          <t>IN0020200120</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E64" s="12" t="n">
         <v>12500000</v>
       </c>
       <c r="F64" s="6" t="n">
-        <v>14517.49</v>
+        <v>13035.05</v>
       </c>
       <c r="G64" s="7" t="n">
-        <v>0.034</v>
+        <v>0.031</v>
       </c>
       <c r="H64" s="8" t="n">
-        <v>52231</v>
+        <v>48844</v>
       </c>
       <c r="J64" s="6" t="n">
-        <v>6.9239</v>
+        <v>6.2048</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2" t="n">
         <v>54</v>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>8.51% GOI FRB 2033</t>
+          <t>6.28% GOI 2032</t>
         </is>
       </c>
       <c r="C65" s="2" t="inlineStr">
         <is>
-          <t>IN0020200120</t>
+          <t>IN0020250059</t>
         </is>
       </c>
       <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E65" s="12" t="n">
-        <v>12500000</v>
+        <v>10000000</v>
       </c>
       <c r="F65" s="6" t="n">
-        <v>12975.58</v>
+        <v>10106.58</v>
       </c>
       <c r="G65" s="7" t="n">
-        <v>0.0304</v>
+        <v>0.024</v>
       </c>
       <c r="H65" s="8" t="n">
-        <v>48844</v>
+        <v>48409</v>
       </c>
       <c r="J65" s="6" t="n">
-        <v>6.2595</v>
+        <v>6.4266</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2" t="n">
         <v>55</v>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>6.28% GOI 2032</t>
+          <t>7.32% GOI 2030</t>
         </is>
       </c>
       <c r="C66" s="2" t="inlineStr">
         <is>
-          <t>IN0020250059</t>
+          <t>IN0020230135</t>
         </is>
       </c>
       <c r="D66" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E66" s="12" t="n">
-        <v>10000000</v>
+        <v>7000000</v>
       </c>
       <c r="F66" s="6" t="n">
-        <v>10111.71</v>
+        <v>7569.09</v>
       </c>
       <c r="G66" s="7" t="n">
-        <v>0.0237</v>
+        <v>0.018</v>
       </c>
       <c r="H66" s="8" t="n">
-        <v>48409</v>
+        <v>47800</v>
       </c>
       <c r="J66" s="6" t="n">
-        <v>6.3677</v>
+        <v>6.2142</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2" t="n">
         <v>56</v>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>7.32% GOI 2030</t>
+          <t>7.25% GOI 2063</t>
         </is>
       </c>
       <c r="C67" s="2" t="inlineStr">
         <is>
-          <t>IN0020230135</t>
+          <t>IN0020230044</t>
         </is>
       </c>
       <c r="D67" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E67" s="12" t="n">
-        <v>7000000</v>
+        <v>5000000</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>7554.99</v>
+        <v>5091.76</v>
       </c>
       <c r="G67" s="7" t="n">
-        <v>0.0177</v>
+        <v>0.0121</v>
       </c>
       <c r="H67" s="8" t="n">
-        <v>47800</v>
+        <v>59699</v>
       </c>
       <c r="J67" s="6" t="n">
-        <v>6.1975</v>
+        <v>7.3248</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2" t="n">
         <v>57</v>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>7.25% GOI 2063</t>
+          <t>7.30% GOI 2053</t>
         </is>
       </c>
       <c r="C68" s="2" t="inlineStr">
         <is>
-          <t>IN0020230044</t>
+          <t>IN0020230051</t>
         </is>
       </c>
       <c r="D68" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E68" s="12" t="n">
-        <v>5000000</v>
+        <v>4000000</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>5177.59</v>
+        <v>4147.03</v>
       </c>
       <c r="G68" s="7" t="n">
-        <v>0.0121</v>
+        <v>0.0098</v>
       </c>
       <c r="H68" s="8" t="n">
-        <v>59699</v>
+        <v>56054</v>
       </c>
       <c r="J68" s="6" t="n">
-        <v>7.1676</v>
+        <v>7.215</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="2" t="n">
         <v>58</v>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>7.30% GOI 2053</t>
+          <t>6.48% GOI 2035</t>
         </is>
       </c>
       <c r="C69" s="2" t="inlineStr">
         <is>
-          <t>IN0020230051</t>
+          <t>IN0020250091</t>
         </is>
       </c>
       <c r="D69" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E69" s="12" t="n">
-        <v>4000000</v>
+        <v>3000000</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>4206.9</v>
+        <v>3015.86</v>
       </c>
       <c r="G69" s="7" t="n">
-        <v>0.0098</v>
+        <v>0.0072</v>
       </c>
       <c r="H69" s="8" t="n">
-        <v>56054</v>
+        <v>49588</v>
       </c>
       <c r="J69" s="6" t="n">
-        <v>7.067</v>
+        <v>6.4683</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="2" t="n">
         <v>59</v>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>6.48% GOI 2035</t>
+          <t>7.09% GOI 2054</t>
         </is>
       </c>
       <c r="C70" s="2" t="inlineStr">
         <is>
-          <t>IN0020250091</t>
+          <t>IN0020240118</t>
         </is>
       </c>
       <c r="D70" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E70" s="12" t="n">
-        <v>3000000</v>
+        <v>2500000</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>3017.95</v>
+        <v>2497.24</v>
       </c>
       <c r="G70" s="7" t="n">
-        <v>0.0071</v>
+        <v>0.0059</v>
       </c>
       <c r="H70" s="8" t="n">
-        <v>49588</v>
+        <v>56466</v>
       </c>
       <c r="J70" s="6" t="n">
-        <v>6.4222</v>
+        <v>7.2387</v>
       </c>
     </row>
     <row r="71">
-      <c r="A71" s="2" t="n">
-[...35 lines deleted...]
-      <c r="B72" s="9" t="inlineStr">
+      <c r="A71" s="9" t="n"/>
+      <c r="B71" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C72" s="9" t="n"/>
-[...6 lines deleted...]
-        <v>0.1975</v>
+      <c r="C71" s="9" t="n"/>
+      <c r="D71" s="9" t="n"/>
+      <c r="E71" s="9" t="n"/>
+      <c r="F71" s="10" t="n">
+        <v>83727.38</v>
+      </c>
+      <c r="G71" s="11" t="n">
+        <v>0.1988</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="B73" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
       </c>
     </row>
     <row r="74">
       <c r="B74" s="4" t="inlineStr">
         <is>
-          <t>MONEY MARKET INSTRUMENTS</t>
+          <t>Certificate of Deposit</t>
         </is>
       </c>
     </row>
     <row r="75">
-      <c r="B75" s="4" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A75" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="B75" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C75" s="2" t="inlineStr">
+        <is>
+          <t>INE040A16GF2</t>
+        </is>
+      </c>
+      <c r="D75" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E75" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F75" s="6" t="n">
+        <v>9840.690000000001</v>
+      </c>
+      <c r="G75" s="7" t="n">
+        <v>0.0234</v>
+      </c>
+      <c r="H75" s="8" t="n">
+        <v>46059</v>
+      </c>
+      <c r="J75" s="6" t="n">
+        <v>6.0919</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="2" t="n">
         <v>61</v>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Kotak Mahindra Bank Limited**</t>
         </is>
       </c>
       <c r="C76" s="2" t="inlineStr">
         <is>
-          <t>INE040A16GF2</t>
+          <t>INE237A161Z4</t>
         </is>
       </c>
       <c r="D76" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E76" s="12" t="n">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>9816.74</v>
+        <v>4943.92</v>
       </c>
       <c r="G76" s="7" t="n">
-        <v>0.023</v>
+        <v>0.0117</v>
       </c>
       <c r="H76" s="8" t="n">
-        <v>46059</v>
+        <v>46031</v>
       </c>
       <c r="J76" s="6" t="n">
-        <v>6.03</v>
+        <v>5.9999</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="2" t="n">
         <v>62</v>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
           <t>Indian Bank**</t>
         </is>
       </c>
       <c r="C77" s="2" t="inlineStr">
         <is>
           <t>INE562A16NM7</t>
         </is>
       </c>
       <c r="D77" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E77" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F77" s="6" t="n">
-        <v>2491.76</v>
+        <v>2498</v>
       </c>
       <c r="G77" s="7" t="n">
-        <v>0.0058</v>
+        <v>0.0059</v>
       </c>
       <c r="H77" s="8" t="n">
         <v>45967</v>
       </c>
       <c r="J77" s="6" t="n">
-        <v>5.7503</v>
+        <v>5.841</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="2" t="n">
         <v>63</v>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
           <t>Indian Bank**</t>
         </is>
       </c>
       <c r="C78" s="2" t="inlineStr">
         <is>
           <t>INE562A16NQ8</t>
         </is>
       </c>
       <c r="D78" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E78" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F78" s="6" t="n">
-        <v>2480.74</v>
+        <v>2486.67</v>
       </c>
       <c r="G78" s="7" t="n">
-        <v>0.0058</v>
+        <v>0.0059</v>
       </c>
       <c r="H78" s="8" t="n">
         <v>45995</v>
       </c>
       <c r="J78" s="6" t="n">
-        <v>5.7851</v>
+        <v>5.9302</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="2" t="n">
         <v>64</v>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
           <t>Union Bank of India**</t>
         </is>
       </c>
       <c r="C79" s="2" t="inlineStr">
         <is>
           <t>INE692A16IF6</t>
         </is>
       </c>
       <c r="D79" s="2" t="inlineStr">
         <is>
           <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E79" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>2478.34</v>
+        <v>2484.45</v>
       </c>
       <c r="G79" s="7" t="n">
-        <v>0.0058</v>
+        <v>0.0059</v>
       </c>
       <c r="H79" s="8" t="n">
         <v>46001</v>
       </c>
       <c r="J79" s="6" t="n">
-        <v>5.8</v>
+        <v>5.8601</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="2" t="n">
         <v>65</v>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
           <t>Axis Bank Limited**</t>
         </is>
       </c>
       <c r="C80" s="2" t="inlineStr">
         <is>
           <t>INE238AD6AX9</t>
         </is>
       </c>
       <c r="D80" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E80" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>2475.94</v>
+        <v>2481.86</v>
       </c>
       <c r="G80" s="7" t="n">
-        <v>0.0058</v>
+        <v>0.0059</v>
       </c>
       <c r="H80" s="8" t="n">
         <v>46007</v>
       </c>
       <c r="J80" s="6" t="n">
-        <v>5.8149</v>
+        <v>5.9301</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="2" t="n">
         <v>66</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C81" s="2" t="inlineStr">
         <is>
           <t>INE040A16GA3</t>
         </is>
       </c>
       <c r="D81" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E81" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F81" s="6" t="n">
-        <v>2475.22</v>
+        <v>2481.24</v>
       </c>
       <c r="G81" s="7" t="n">
-        <v>0.0058</v>
+        <v>0.0059</v>
       </c>
       <c r="H81" s="8" t="n">
         <v>46009</v>
       </c>
       <c r="J81" s="6" t="n">
-        <v>5.7996</v>
+        <v>5.8701</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="2" t="n">
         <v>67</v>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
           <t>Punjab National Bank**</t>
         </is>
       </c>
       <c r="C82" s="2" t="inlineStr">
         <is>
           <t>INE160A16QS0</t>
         </is>
       </c>
       <c r="D82" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E82" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F82" s="6" t="n">
-        <v>2474.88</v>
+        <v>2480.59</v>
       </c>
       <c r="G82" s="7" t="n">
-        <v>0.0058</v>
+        <v>0.0059</v>
       </c>
       <c r="H82" s="8" t="n">
         <v>46010</v>
       </c>
       <c r="J82" s="6" t="n">
-        <v>5.7901</v>
+        <v>5.9501</v>
       </c>
     </row>
     <row r="83">
-      <c r="A83" s="2" t="n">
-[...35 lines deleted...]
-      <c r="B84" s="9" t="inlineStr">
+      <c r="A83" s="9" t="n"/>
+      <c r="B83" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C84" s="9" t="n"/>
-[...6 lines deleted...]
-        <v>0.0636</v>
+      <c r="C83" s="9" t="n"/>
+      <c r="D83" s="9" t="n"/>
+      <c r="E83" s="9" t="n"/>
+      <c r="F83" s="10" t="n">
+        <v>29697.42</v>
+      </c>
+      <c r="G83" s="11" t="n">
+        <v>0.07049999999999999</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="B85" s="4" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
       </c>
     </row>
     <row r="86">
       <c r="B86" s="4" t="inlineStr">
         <is>
-          <t>Commercial Papers</t>
+          <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="87">
-      <c r="B87" s="4" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A87" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="B87" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C87" s="2" t="inlineStr">
+        <is>
+          <t>INE403D14585</t>
+        </is>
+      </c>
+      <c r="D87" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E87" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F87" s="6" t="n">
+        <v>4702.54</v>
+      </c>
+      <c r="G87" s="7" t="n">
+        <v>0.0112</v>
+      </c>
+      <c r="H87" s="8" t="n">
+        <v>46283</v>
+      </c>
+      <c r="J87" s="6" t="n">
+        <v>7.1925</v>
       </c>
     </row>
     <row r="88">
-      <c r="A88" s="2" t="n">
+      <c r="A88" s="9" t="n"/>
+      <c r="B88" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C88" s="9" t="n"/>
+      <c r="D88" s="9" t="n"/>
+      <c r="E88" s="9" t="n"/>
+      <c r="F88" s="10" t="n">
+        <v>4702.54</v>
+      </c>
+      <c r="G88" s="11" t="n">
+        <v>0.0112</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="2" t="n">
         <v>69</v>
       </c>
-      <c r="B88" s="2" t="inlineStr">
-[...32 lines deleted...]
-      <c r="B89" s="9" t="inlineStr">
+      <c r="B90" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F90" s="6" t="n">
+        <v>338.67</v>
+      </c>
+      <c r="G90" s="7" t="n">
+        <v>0.0008</v>
+      </c>
+      <c r="H90" s="8" t="n">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="9" t="n"/>
+      <c r="B91" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C89" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="A91" s="2" t="n">
+      <c r="C91" s="9" t="n"/>
+      <c r="D91" s="9" t="n"/>
+      <c r="E91" s="9" t="n"/>
+      <c r="F91" s="10" t="n">
+        <v>338.67</v>
+      </c>
+      <c r="G91" s="11" t="n">
+        <v>0.0008</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="B93" s="4" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="2" t="n">
         <v>70</v>
       </c>
-      <c r="B91" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="B92" s="9" t="inlineStr">
+      <c r="B94" s="2" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C94" s="2" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E94" s="12" t="n">
+        <v>10095.756</v>
+      </c>
+      <c r="F94" s="6" t="n">
+        <v>1155.04</v>
+      </c>
+      <c r="G94" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J94" s="6" t="n"/>
+    </row>
+    <row r="95">
+      <c r="A95" s="9" t="n"/>
+      <c r="B95" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C92" s="9" t="n"/>
-[...36 lines deleted...]
-      <c r="G95" s="7" t="n">
+      <c r="C95" s="9" t="n"/>
+      <c r="D95" s="9" t="n"/>
+      <c r="E95" s="9" t="n"/>
+      <c r="F95" s="10" t="n">
+        <v>1155.04</v>
+      </c>
+      <c r="G95" s="11" t="n">
         <v>0.0027</v>
       </c>
-      <c r="J95" s="6" t="n"/>
-[...3 lines deleted...]
-      <c r="B96" s="9" t="inlineStr">
+    </row>
+    <row r="97">
+      <c r="B97" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="98">
+      <c r="B98" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E98" s="12" t="n"/>
+      <c r="F98" s="6" t="n">
+        <v>99.05</v>
+      </c>
+      <c r="G98" s="7" t="n">
+        <v>0.0005</v>
+      </c>
+      <c r="J98" s="6" t="n"/>
+    </row>
+    <row r="99">
+      <c r="A99" s="9" t="n"/>
+      <c r="B99" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C96" s="9" t="n"/>
-[...45 lines deleted...]
-        <v>0.0022</v>
+      <c r="C99" s="9" t="n"/>
+      <c r="D99" s="9" t="n"/>
+      <c r="E99" s="9" t="n"/>
+      <c r="F99" s="10" t="n">
+        <v>99.05</v>
+      </c>
+      <c r="G99" s="11" t="n">
+        <v>0.0005</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="5" t="n"/>
+      <c r="B101" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C101" s="5" t="n"/>
+      <c r="D101" s="5" t="n"/>
+      <c r="E101" s="5" t="n"/>
+      <c r="F101" s="13" t="n">
+        <v>421134.55</v>
+      </c>
+      <c r="G101" s="14" t="n">
+        <v>1</v>
       </c>
     </row>
     <row r="102">
-      <c r="A102" s="5" t="n"/>
-[...11 lines deleted...]
-      <c r="G102" s="14" t="n">
+      <c r="A102" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="2" t="n">
         <v>1</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="B104" s="2" t="inlineStr">
+      <c r="B103" s="2" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
-    <row r="105" ht="40.5" customHeight="1" s="74">
-      <c r="A105" s="15" t="n">
+    <row r="104" ht="40.5" customHeight="1" s="74">
+      <c r="A104" s="16" t="n">
         <v>2</v>
       </c>
-      <c r="B105" s="15" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A106" s="15" t="n">
+      <c r="B104" s="16" t="inlineStr">
+        <is>
+          <t>As on October 31, 2025, the aggregate investments by the schemes of DSP Mutual Fund in DSP Banking and PSU Debt Fund is  ₹ 1,05,925.81 Lakhs.</t>
+        </is>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="16" t="n">
         <v>3</v>
       </c>
-      <c r="B106" s="15" t="inlineStr">
+      <c r="B105" s="16" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="107" ht="27" customHeight="1" s="74">
-      <c r="A107" s="15" t="n">
+    <row r="106" ht="27" customHeight="1" s="74">
+      <c r="A106" s="16" t="n">
         <v>4</v>
       </c>
-      <c r="B107" s="15" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B106" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" ht="14.5" customHeight="1" s="74">
+      <c r="A107" s="16" t="n">
+        <v>5</v>
+      </c>
+      <c r="B107" s="95" t="inlineStr">
+        <is>
+          <t>Yield to call as per AMFI Best Practices Guidelines Circular No. 88 / 2020 -21</t>
+        </is>
+      </c>
+      <c r="C107" s="101" t="n"/>
+      <c r="D107" s="102" t="n"/>
     </row>
     <row r="108" ht="14.5" customHeight="1" s="74">
-      <c r="A108" s="15" t="n">
-[...8 lines deleted...]
-      <c r="D108" s="108" t="n"/>
+      <c r="B108" s="60" t="inlineStr">
+        <is>
+          <t>Issuer</t>
+        </is>
+      </c>
+      <c r="C108" s="60" t="inlineStr">
+        <is>
+          <t>ISIN</t>
+        </is>
+      </c>
+      <c r="D108" s="60" t="inlineStr">
+        <is>
+          <t>YTC</t>
+        </is>
+      </c>
     </row>
     <row r="109" ht="14.5" customHeight="1" s="74">
-      <c r="B109" s="64" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="B109" s="61" t="inlineStr">
+        <is>
+          <t>State Bank of India Basel III Tier 2**</t>
+        </is>
+      </c>
+      <c r="C109" s="61" t="inlineStr">
+        <is>
+          <t>INE062A08405</t>
+        </is>
+      </c>
+      <c r="D109" s="21" t="n">
+        <v>0.07355200000000001</v>
       </c>
     </row>
     <row r="110" ht="14.5" customHeight="1" s="74">
-      <c r="B110" s="65" t="inlineStr">
-[...13 lines deleted...]
-    <row r="111" ht="75.5" customHeight="1" s="74">
+      <c r="B110" s="71" t="n"/>
+      <c r="C110" s="71" t="n"/>
+      <c r="D110" s="72" t="n"/>
+    </row>
+    <row r="111" ht="94.5" customHeight="1" s="74">
       <c r="A111" s="2" t="n">
         <v>6</v>
       </c>
-      <c r="B111" s="75" t="inlineStr">
+      <c r="B111" s="92" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
     </row>
     <row r="114" ht="14.5" customHeight="1" s="74">
       <c r="B114" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
     <row r="128" ht="14.5" customHeight="1" s="74">
       <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty Banking &amp; PSU Debt Index A-II</t>
         </is>
       </c>
     </row>
     <row r="143">
-      <c r="B143" s="16" t="n"/>
-      <c r="C143" s="18" t="inlineStr">
+      <c r="B143" s="17" t="n"/>
+      <c r="C143" s="19" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
     <row r="144">
-      <c r="B144" s="16" t="inlineStr">
+      <c r="B144" s="17" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C144" s="18" t="inlineStr">
+      <c r="C144" s="19" t="inlineStr">
         <is>
           <t>DSP Banking and PSU Debt Fund</t>
         </is>
       </c>
     </row>
     <row r="145">
-      <c r="B145" s="16" t="inlineStr">
+      <c r="B145" s="17" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C145" s="19" t="n"/>
+      <c r="C145" s="20" t="n"/>
     </row>
     <row r="146">
-      <c r="B146" s="16" t="inlineStr">
+      <c r="B146" s="17" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C146" s="20" t="n">
-        <v>0.068</v>
+      <c r="C146" s="21" t="n">
+        <v>0.0683</v>
       </c>
     </row>
     <row r="147">
-      <c r="B147" s="16" t="inlineStr">
+      <c r="B147" s="17" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C147" s="19" t="n">
-        <v>4.69</v>
+      <c r="C147" s="20" t="n">
+        <v>4.64</v>
       </c>
     </row>
     <row r="148">
-      <c r="B148" s="16" t="inlineStr">
+      <c r="B148" s="17" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C148" s="19" t="n">
-        <v>8.07</v>
+      <c r="C148" s="20" t="n">
+        <v>8.02</v>
       </c>
     </row>
     <row r="149">
-      <c r="B149" s="16" t="inlineStr">
+      <c r="B149" s="17" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C149" s="21" t="n">
-        <v>45945</v>
+      <c r="C149" s="22" t="n">
+        <v>45961</v>
       </c>
     </row>
     <row r="150">
-      <c r="B150" s="17" t="inlineStr">
+      <c r="B150" s="18" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C150" s="18" t="n"/>
+      <c r="C150" s="19" t="n"/>
+    </row>
+    <row r="153">
+      <c r="B153" s="4" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="3">
-    <mergeCell ref="B111:G111"/>
+    <mergeCell ref="B107:D107"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="B108:D108"/>
+    <mergeCell ref="B111:D111"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ICRON Research</dc:creator>
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>