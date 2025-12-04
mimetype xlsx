--- v2 (2025-11-12)
+++ v3 (2025-12-04)
@@ -1,79 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="945" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="938" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="BANKING &amp; PSU" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
   <fonts count="22">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -158,50 +152,58 @@
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
@@ -336,315 +338,298 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="103">
+  <cellXfs count="98">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...35 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...53 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...9 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
@@ -696,116 +681,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>115</row>
+      <row>112</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>124</row>
-      <rowOff>31750</rowOff>
+      <row>121</row>
+      <rowOff>31751</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="19627850"/>
+          <a:off x="457200" y="19284950"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>129</row>
+      <row>126</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>138</row>
-      <rowOff>31750</rowOff>
+      <row>135</row>
+      <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="22040850"/>
+          <a:off x="457200" y="21697950"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1047,3087 +1032,3009 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L153"/>
+  <dimension ref="A1:L147"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="52.81640625" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="28.7265625" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="12.26953125" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14.7265625" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="72">
+      <c r="A1" s="71" t="n"/>
+      <c r="B1" s="71" t="inlineStr">
         <is>
           <t>DSP Banking and PSU Debt Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on November 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="B8" s="4" t="inlineStr">
+      <c r="B8" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K8" s="4" t="inlineStr">
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EG3</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E9" s="11" t="n">
+        <v>17500</v>
+      </c>
+      <c r="F9" s="5" t="n">
+        <v>18701.61</v>
+      </c>
+      <c r="G9" s="6" t="n">
+        <v>0.045</v>
+      </c>
+      <c r="H9" s="7" t="n">
+        <v>47238</v>
+      </c>
+      <c r="J9" s="5" t="n">
+        <v>6.77</v>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L9" s="6" t="n">
+        <v>0.625</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KK5</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E10" s="11" t="n">
+        <v>12500</v>
+      </c>
+      <c r="F10" s="5" t="n">
+        <v>12774.59</v>
+      </c>
+      <c r="G10" s="6" t="n">
+        <v>0.0308</v>
+      </c>
+      <c r="H10" s="7" t="n">
+        <v>46496</v>
+      </c>
+      <c r="J10" s="5" t="n">
+        <v>6.605</v>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L10" s="6" t="n">
+        <v>0.1842</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited**</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>INE752E07OF7</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E11" s="11" t="n">
+        <v>1050</v>
+      </c>
+      <c r="F11" s="5" t="n">
+        <v>10935.36</v>
+      </c>
+      <c r="G11" s="6" t="n">
+        <v>0.0263</v>
+      </c>
+      <c r="H11" s="7" t="n">
+        <v>46557</v>
+      </c>
+      <c r="J11" s="5" t="n">
+        <v>6.48</v>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L11" s="6" t="n">
+        <v>0.0711</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited**</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>INE129A08014</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="E12" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F12" s="5" t="n">
+        <v>10832.89</v>
+      </c>
+      <c r="G12" s="6" t="n">
+        <v>0.0261</v>
+      </c>
+      <c r="H12" s="7" t="n">
+        <v>46741</v>
+      </c>
+      <c r="J12" s="5" t="n">
+        <v>6.45</v>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="L12" s="6" t="n">
+        <v>0.0502</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE053F08403</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E13" s="11" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F13" s="5" t="n">
+        <v>10637.12</v>
+      </c>
+      <c r="G13" s="6" t="n">
+        <v>0.0256</v>
+      </c>
+      <c r="H13" s="7" t="n">
+        <v>49140</v>
+      </c>
+      <c r="J13" s="5" t="n">
+        <v>7.065</v>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="L13" s="6" t="n">
+        <v>0.039</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE040A08955</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E14" s="11" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F14" s="5" t="n">
+        <v>10567.52</v>
+      </c>
+      <c r="G14" s="6" t="n">
+        <v>0.0255</v>
+      </c>
+      <c r="H14" s="7" t="n">
+        <v>46889</v>
+      </c>
+      <c r="J14" s="5" t="n">
+        <v>6.865</v>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="L14" s="6" t="n">
+        <v>0.006</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited**</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE752E08767</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E15" s="11" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F15" s="5" t="n">
+        <v>10103.07</v>
+      </c>
+      <c r="G15" s="6" t="n">
+        <v>0.0243</v>
+      </c>
+      <c r="H15" s="7" t="n">
+        <v>49242</v>
+      </c>
+      <c r="J15" s="5" t="n">
+        <v>6.9848</v>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L15" s="6" t="n">
+        <v>0.0028</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE403D08280</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E16" s="11" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F16" s="5" t="n">
+        <v>10096.22</v>
+      </c>
+      <c r="G16" s="6" t="n">
+        <v>0.0243</v>
+      </c>
+      <c r="H16" s="7" t="n">
+        <v>47102</v>
+      </c>
+      <c r="J16" s="5" t="n">
+        <v>7.34</v>
+      </c>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L16" s="6" t="n">
+        <v>0.0217</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE403D08272</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E17" s="11" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F17" s="5" t="n">
+        <v>10082.07</v>
+      </c>
+      <c r="G17" s="6" t="n">
+        <v>0.0243</v>
+      </c>
+      <c r="H17" s="7" t="n">
+        <v>46675</v>
+      </c>
+      <c r="J17" s="5" t="n">
+        <v>7.2362</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08MA1</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E18" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F18" s="5" t="n">
+        <v>8143.46</v>
+      </c>
+      <c r="G18" s="6" t="n">
+        <v>0.0196</v>
+      </c>
+      <c r="H18" s="7" t="n">
+        <v>48632</v>
+      </c>
+      <c r="I18" s="1" t="inlineStr">
+        <is>
+          <t>PU - 21-Feb-2026</t>
+        </is>
+      </c>
+      <c r="J18" s="5" t="n">
+        <v>7.09</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08NM4</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E19" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F19" s="5" t="n">
+        <v>8053.5</v>
+      </c>
+      <c r="G19" s="6" t="n">
+        <v>0.0194</v>
+      </c>
+      <c r="H19" s="7" t="n">
+        <v>48228</v>
+      </c>
+      <c r="J19" s="5" t="n">
+        <v>6.975</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08EH0</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E20" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F20" s="5" t="n">
+        <v>8040.87</v>
+      </c>
+      <c r="G20" s="6" t="n">
+        <v>0.0194</v>
+      </c>
+      <c r="H20" s="7" t="n">
+        <v>46843</v>
+      </c>
+      <c r="J20" s="5" t="n">
+        <v>6.6543</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KY6</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E21" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F21" s="5" t="n">
+        <v>8027.6</v>
+      </c>
+      <c r="G21" s="6" t="n">
+        <v>0.0193</v>
+      </c>
+      <c r="H21" s="7" t="n">
+        <v>47563</v>
+      </c>
+      <c r="J21" s="5" t="n">
+        <v>6.78</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EM1</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E22" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F22" s="5" t="n">
+        <v>7991.48</v>
+      </c>
+      <c r="G22" s="6" t="n">
+        <v>0.0192</v>
+      </c>
+      <c r="H22" s="7" t="n">
+        <v>46836</v>
+      </c>
+      <c r="J22" s="5" t="n">
+        <v>6.715</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FB0</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E23" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F23" s="5" t="n">
+        <v>7965.16</v>
+      </c>
+      <c r="G23" s="6" t="n">
+        <v>0.0192</v>
+      </c>
+      <c r="H23" s="7" t="n">
+        <v>49095</v>
+      </c>
+      <c r="J23" s="5" t="n">
+        <v>7.085</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FL9</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E24" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F24" s="5" t="n">
+        <v>7959.37</v>
+      </c>
+      <c r="G24" s="6" t="n">
+        <v>0.0192</v>
+      </c>
+      <c r="H24" s="7" t="n">
+        <v>47603</v>
+      </c>
+      <c r="J24" s="5" t="n">
+        <v>6.7614</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08LN6</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E25" s="11" t="n">
+        <v>750</v>
+      </c>
+      <c r="F25" s="5" t="n">
+        <v>7949.39</v>
+      </c>
+      <c r="G25" s="6" t="n">
+        <v>0.0191</v>
+      </c>
+      <c r="H25" s="7" t="n">
+        <v>48318</v>
+      </c>
+      <c r="J25" s="5" t="n">
+        <v>6.975</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development**</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE0KUG08068</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E26" s="11" t="n">
+        <v>6500</v>
+      </c>
+      <c r="F26" s="5" t="n">
+        <v>6788.63</v>
+      </c>
+      <c r="G26" s="6" t="n">
+        <v>0.0163</v>
+      </c>
+      <c r="H26" s="7" t="n">
+        <v>49396</v>
+      </c>
+      <c r="I26" s="1" t="inlineStr">
+        <is>
+          <t>PU - 28-Mar-2026</t>
+        </is>
+      </c>
+      <c r="J26" s="5" t="n">
+        <v>7.16</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08LX5</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E27" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F27" s="5" t="n">
+        <v>5434.66</v>
+      </c>
+      <c r="G27" s="6" t="n">
+        <v>0.0131</v>
+      </c>
+      <c r="H27" s="7" t="n">
+        <v>46769</v>
+      </c>
+      <c r="J27" s="5" t="n">
+        <v>6.6738</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited**</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE752E08734</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E28" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F28" s="5" t="n">
+        <v>5361.46</v>
+      </c>
+      <c r="G28" s="6" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="H28" s="7" t="n">
+        <v>49015</v>
+      </c>
+      <c r="J28" s="5" t="n">
+        <v>6.9848</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>National Housing Bank**</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE557F08FX6</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="E29" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F29" s="5" t="n">
+        <v>5349.53</v>
+      </c>
+      <c r="G29" s="6" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="H29" s="7" t="n">
+        <v>47942</v>
+      </c>
+      <c r="J29" s="5" t="n">
+        <v>6.86</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KW0</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E30" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F30" s="5" t="n">
+        <v>5345.81</v>
+      </c>
+      <c r="G30" s="6" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="H30" s="7" t="n">
+        <v>47189</v>
+      </c>
+      <c r="J30" s="5" t="n">
+        <v>6.7592</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE053F08320</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E31" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F31" s="5" t="n">
+        <v>5321.66</v>
+      </c>
+      <c r="G31" s="6" t="n">
+        <v>0.0128</v>
+      </c>
+      <c r="H31" s="7" t="n">
+        <v>47039</v>
+      </c>
+      <c r="J31" s="5" t="n">
+        <v>6.65</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE053F07AY7</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E32" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F32" s="5" t="n">
+        <v>5278.52</v>
+      </c>
+      <c r="G32" s="6" t="n">
+        <v>0.0127</v>
+      </c>
+      <c r="H32" s="7" t="n">
+        <v>47091</v>
+      </c>
+      <c r="J32" s="5" t="n">
+        <v>6.65</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07TJ4</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E33" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F33" s="5" t="n">
+        <v>5242.96</v>
+      </c>
+      <c r="G33" s="6" t="n">
+        <v>0.0126</v>
+      </c>
+      <c r="H33" s="7" t="n">
+        <v>46930</v>
+      </c>
+      <c r="J33" s="5" t="n">
+        <v>7.085</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>NTPC Limited**</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE733E08247</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E34" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F34" s="5" t="n">
+        <v>5230.17</v>
+      </c>
+      <c r="G34" s="6" t="n">
+        <v>0.0126</v>
+      </c>
+      <c r="H34" s="7" t="n">
+        <v>46129</v>
+      </c>
+      <c r="J34" s="5" t="n">
+        <v>6.305</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>State Bank of India**</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE062A08421</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E35" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F35" s="5" t="n">
+        <v>5214.56</v>
+      </c>
+      <c r="G35" s="6" t="n">
+        <v>0.0126</v>
+      </c>
+      <c r="H35" s="7" t="n">
+        <v>50948</v>
+      </c>
+      <c r="J35" s="5" t="n">
+        <v>7.185</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE053F08494</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E36" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F36" s="5" t="n">
+        <v>5191.6</v>
+      </c>
+      <c r="G36" s="6" t="n">
+        <v>0.0125</v>
+      </c>
+      <c r="H36" s="7" t="n">
+        <v>47603</v>
+      </c>
+      <c r="J36" s="5" t="n">
+        <v>6.7477</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE053F08437</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E37" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F37" s="5" t="n">
+        <v>5187.94</v>
+      </c>
+      <c r="G37" s="6" t="n">
+        <v>0.0125</v>
+      </c>
+      <c r="H37" s="7" t="n">
+        <v>51088</v>
+      </c>
+      <c r="J37" s="5" t="n">
+        <v>7.1981</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08NB7</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E38" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F38" s="5" t="n">
+        <v>5147.03</v>
+      </c>
+      <c r="G38" s="6" t="n">
+        <v>0.0124</v>
+      </c>
+      <c r="H38" s="7" t="n">
+        <v>50966</v>
+      </c>
+      <c r="J38" s="5" t="n">
+        <v>7.1732</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
         <is>
           <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
-      <c r="C9" s="2" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A10" s="2" t="n">
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EO7</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E39" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F39" s="5" t="n">
+        <v>5146.75</v>
+      </c>
+      <c r="G39" s="6" t="n">
+        <v>0.0124</v>
+      </c>
+      <c r="H39" s="7" t="n">
+        <v>47011</v>
+      </c>
+      <c r="J39" s="5" t="n">
+        <v>6.8</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FV8</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E40" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F40" s="5" t="n">
+        <v>5052.59</v>
+      </c>
+      <c r="G40" s="6" t="n">
+        <v>0.0122</v>
+      </c>
+      <c r="H40" s="7" t="n">
+        <v>49795</v>
+      </c>
+      <c r="J40" s="5" t="n">
+        <v>7.1162</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development**</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE0KUG08084</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E41" s="11" t="n">
+        <v>3500</v>
+      </c>
+      <c r="F41" s="5" t="n">
+        <v>3619.83</v>
+      </c>
+      <c r="G41" s="6" t="n">
+        <v>0.008699999999999999</v>
+      </c>
+      <c r="H41" s="7" t="n">
+        <v>49406</v>
+      </c>
+      <c r="I41" s="1" t="inlineStr">
+        <is>
+          <t>PU - 08-Apr-2026</t>
+        </is>
+      </c>
+      <c r="J41" s="5" t="n">
+        <v>7.16</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>State Bank of India Basel III Tier 2**</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE062A08405</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E42" s="11" t="n">
+        <v>30</v>
+      </c>
+      <c r="F42" s="5" t="n">
+        <v>3124.46</v>
+      </c>
+      <c r="G42" s="6" t="n">
+        <v>0.0075</v>
+      </c>
+      <c r="H42" s="7" t="n">
+        <v>50711</v>
+      </c>
+      <c r="I42" s="1" t="inlineStr">
+        <is>
+          <t>CA - 02-Nov-2033</t>
+        </is>
+      </c>
+      <c r="J42" s="5" t="n">
+        <v>7.3385</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KM1</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E43" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F43" s="5" t="n">
+        <v>2717.11</v>
+      </c>
+      <c r="G43" s="6" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H43" s="7" t="n">
+        <v>46521</v>
+      </c>
+      <c r="J43" s="5" t="n">
+        <v>6.605</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EK5</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E44" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F44" s="5" t="n">
+        <v>2670.92</v>
+      </c>
+      <c r="G44" s="6" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H44" s="7" t="n">
+        <v>46807</v>
+      </c>
+      <c r="J44" s="5" t="n">
+        <v>6.715</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FQ8</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E45" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F45" s="5" t="n">
+        <v>2656.3</v>
+      </c>
+      <c r="G45" s="6" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H45" s="7" t="n">
+        <v>49368</v>
+      </c>
+      <c r="J45" s="5" t="n">
+        <v>7.1025</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>NTPC Limited**</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>INE733E08262</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E46" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F46" s="5" t="n">
+        <v>2632.67</v>
+      </c>
+      <c r="G46" s="6" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H46" s="7" t="n">
+        <v>51215</v>
+      </c>
+      <c r="J46" s="5" t="n">
+        <v>7.195</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development**</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>INE0KUG08019</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E47" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F47" s="5" t="n">
+        <v>2624.88</v>
+      </c>
+      <c r="G47" s="6" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H47" s="7" t="n">
+        <v>48746</v>
+      </c>
+      <c r="J47" s="5" t="n">
+        <v>7.09</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>INE053F08304</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E48" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F48" s="5" t="n">
+        <v>2621.78</v>
+      </c>
+      <c r="G48" s="6" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H48" s="7" t="n">
+        <v>46310</v>
+      </c>
+      <c r="J48" s="5" t="n">
+        <v>6.515</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>INE040A08773</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E49" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F49" s="5" t="n">
+        <v>2621.27</v>
+      </c>
+      <c r="G49" s="6" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H49" s="7" t="n">
+        <v>48463</v>
+      </c>
+      <c r="J49" s="5" t="n">
+        <v>7.1562</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08DV3</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E50" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F50" s="5" t="n">
+        <v>2604.19</v>
+      </c>
+      <c r="G50" s="6" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H50" s="7" t="n">
+        <v>48293</v>
+      </c>
+      <c r="J50" s="5" t="n">
+        <v>6.99</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KR0</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E51" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F51" s="5" t="n">
+        <v>2592.53</v>
+      </c>
+      <c r="G51" s="6" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="H51" s="7" t="n">
+        <v>47366</v>
+      </c>
+      <c r="J51" s="5" t="n">
+        <v>6.7742</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Tata Capital Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>INE033L07HU0</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E52" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F52" s="5" t="n">
+        <v>2590.23</v>
+      </c>
+      <c r="G52" s="6" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="H52" s="7" t="n">
+        <v>46604</v>
+      </c>
+      <c r="J52" s="5" t="n">
+        <v>6.87</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="1" t="n">
+        <v>45</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited**</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>INE752E08783</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E53" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F53" s="5" t="n">
+        <v>2589.55</v>
+      </c>
+      <c r="G53" s="6" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="H53" s="7" t="n">
+        <v>49414</v>
+      </c>
+      <c r="J53" s="5" t="n">
+        <v>7.0069</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="1" t="n">
+        <v>46</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FF1</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E54" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F54" s="5" t="n">
+        <v>2578.79</v>
+      </c>
+      <c r="G54" s="6" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="H54" s="7" t="n">
+        <v>46630</v>
+      </c>
+      <c r="J54" s="5" t="n">
+        <v>6.585</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="1" t="n">
+        <v>47</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08NC5</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E55" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F55" s="5" t="n">
+        <v>2569.69</v>
+      </c>
+      <c r="G55" s="6" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="H55" s="7" t="n">
+        <v>49233</v>
+      </c>
+      <c r="J55" s="5" t="n">
+        <v>7.09</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KS8</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E56" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F56" s="5" t="n">
+        <v>2567.57</v>
+      </c>
+      <c r="G56" s="6" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="H56" s="7" t="n">
+        <v>47175</v>
+      </c>
+      <c r="J56" s="5" t="n">
+        <v>6.7592</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="n">
+        <v>49</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07TM8</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E57" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F57" s="5" t="n">
+        <v>2563.54</v>
+      </c>
+      <c r="G57" s="6" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="H57" s="7" t="n">
+        <v>46944</v>
+      </c>
+      <c r="J57" s="5" t="n">
+        <v>7.09</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07TH8</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E58" s="11" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F58" s="5" t="n">
+        <v>1580.34</v>
+      </c>
+      <c r="G58" s="6" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="H58" s="7" t="n">
+        <v>49402</v>
+      </c>
+      <c r="J58" s="5" t="n">
+        <v>7.44</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="8" t="n"/>
+      <c r="B59" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C59" s="8" t="n"/>
+      <c r="D59" s="8" t="n"/>
+      <c r="E59" s="8" t="n"/>
+      <c r="F59" s="9" t="n">
+        <v>296680.8</v>
+      </c>
+      <c r="G59" s="10" t="n">
+        <v>0.7141999999999999</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="B61" s="3" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="1" t="n">
+        <v>51</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>6.90% GOI 2065</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250018</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E62" s="11" t="n">
+        <v>22500000</v>
+      </c>
+      <c r="F62" s="5" t="n">
+        <v>21275.04</v>
+      </c>
+      <c r="G62" s="6" t="n">
+        <v>0.0512</v>
+      </c>
+      <c r="H62" s="7" t="n">
+        <v>60372</v>
+      </c>
+      <c r="J62" s="5" t="n">
+        <v>7.3715</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="1" t="n">
+        <v>52</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>8.51% GOI FRB 2033</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>IN0020200120</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E63" s="11" t="n">
+        <v>12500000</v>
+      </c>
+      <c r="F63" s="5" t="n">
+        <v>13034.26</v>
+      </c>
+      <c r="G63" s="6" t="n">
+        <v>0.0314</v>
+      </c>
+      <c r="H63" s="7" t="n">
+        <v>48844</v>
+      </c>
+      <c r="J63" s="5" t="n">
+        <v>6.25</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="1" t="n">
+        <v>53</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>6.68% GOI 2040</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250042</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E64" s="11" t="n">
+        <v>12500000</v>
+      </c>
+      <c r="F64" s="5" t="n">
+        <v>12553.19</v>
+      </c>
+      <c r="G64" s="6" t="n">
+        <v>0.0302</v>
+      </c>
+      <c r="H64" s="7" t="n">
+        <v>51324</v>
+      </c>
+      <c r="J64" s="5" t="n">
+        <v>6.8964</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="1" t="n">
+        <v>54</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>6.28% GOI 2032</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250059</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E65" s="11" t="n">
+        <v>10000000</v>
+      </c>
+      <c r="F65" s="5" t="n">
+        <v>10123.98</v>
+      </c>
+      <c r="G65" s="6" t="n">
+        <v>0.0244</v>
+      </c>
+      <c r="H65" s="7" t="n">
+        <v>48409</v>
+      </c>
+      <c r="J65" s="5" t="n">
+        <v>6.444</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="1" t="n">
+        <v>55</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>7.32% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230135</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E66" s="11" t="n">
+        <v>7000000</v>
+      </c>
+      <c r="F66" s="5" t="n">
+        <v>7321.19</v>
+      </c>
+      <c r="G66" s="6" t="n">
+        <v>0.0176</v>
+      </c>
+      <c r="H66" s="7" t="n">
+        <v>47800</v>
+      </c>
+      <c r="J66" s="5" t="n">
+        <v>6.25</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="1" t="n">
+        <v>56</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>7.25% GOI 2063</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230044</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E67" s="11" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F67" s="5" t="n">
+        <v>5053.71</v>
+      </c>
+      <c r="G67" s="6" t="n">
+        <v>0.0122</v>
+      </c>
+      <c r="H67" s="7" t="n">
+        <v>59699</v>
+      </c>
+      <c r="J67" s="5" t="n">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="1" t="n">
+        <v>57</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>7.30% GOI 2053</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230051</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E68" s="11" t="n">
+        <v>4000000</v>
+      </c>
+      <c r="F68" s="5" t="n">
+        <v>4121.54</v>
+      </c>
+      <c r="G68" s="6" t="n">
+        <v>0.009900000000000001</v>
+      </c>
+      <c r="H68" s="7" t="n">
+        <v>56054</v>
+      </c>
+      <c r="J68" s="5" t="n">
+        <v>7.2943</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="1" t="n">
+        <v>58</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>6.48% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250091</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E69" s="11" t="n">
+        <v>3000000</v>
+      </c>
+      <c r="F69" s="5" t="n">
+        <v>3020.62</v>
+      </c>
+      <c r="G69" s="6" t="n">
+        <v>0.0073</v>
+      </c>
+      <c r="H69" s="7" t="n">
+        <v>49588</v>
+      </c>
+      <c r="J69" s="5" t="n">
+        <v>6.4833</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="8" t="n"/>
+      <c r="B70" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C70" s="8" t="n"/>
+      <c r="D70" s="8" t="n"/>
+      <c r="E70" s="8" t="n"/>
+      <c r="F70" s="9" t="n">
+        <v>76503.53</v>
+      </c>
+      <c r="G70" s="10" t="n">
+        <v>0.1842</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="B72" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="73">
+      <c r="B73" s="3" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="1" t="n">
+        <v>59</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16GF2</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E74" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F74" s="5" t="n">
+        <v>9867.120000000001</v>
+      </c>
+      <c r="G74" s="6" t="n">
+        <v>0.0238</v>
+      </c>
+      <c r="H74" s="7" t="n">
+        <v>46059</v>
+      </c>
+      <c r="J74" s="5" t="n">
+        <v>5.9944</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="1" t="n">
+        <v>60</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>INE237A161Z4</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E75" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F75" s="5" t="n">
+        <v>4955.94</v>
+      </c>
+      <c r="G75" s="6" t="n">
+        <v>0.0119</v>
+      </c>
+      <c r="H75" s="7" t="n">
+        <v>46031</v>
+      </c>
+      <c r="J75" s="5" t="n">
+        <v>6.0099</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="1" t="n">
+        <v>61</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Indian Bank</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>INE562A16NQ8</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E76" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F76" s="5" t="n">
+        <v>2492.93</v>
+      </c>
+      <c r="G76" s="6" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="H76" s="7" t="n">
+        <v>45995</v>
+      </c>
+      <c r="J76" s="5" t="n">
+        <v>5.7508</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="1" t="n">
+        <v>62</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Union Bank of India</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>INE692A16IF6</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E77" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F77" s="5" t="n">
+        <v>2490.57</v>
+      </c>
+      <c r="G77" s="6" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="H77" s="7" t="n">
+        <v>46001</v>
+      </c>
+      <c r="J77" s="5" t="n">
+        <v>5.7598</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="1" t="n">
+        <v>63</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6AX9</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E78" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F78" s="5" t="n">
+        <v>2488.16</v>
+      </c>
+      <c r="G78" s="6" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="H78" s="7" t="n">
+        <v>46007</v>
+      </c>
+      <c r="J78" s="5" t="n">
+        <v>5.7908</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="1" t="n">
+        <v>64</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16GA3</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E79" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F79" s="5" t="n">
+        <v>2487.38</v>
+      </c>
+      <c r="G79" s="6" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="H79" s="7" t="n">
+        <v>46009</v>
+      </c>
+      <c r="J79" s="5" t="n">
+        <v>5.79</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="1" t="n">
+        <v>65</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Punjab National Bank**</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>INE160A16QS0</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E80" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F80" s="5" t="n">
+        <v>2487.02</v>
+      </c>
+      <c r="G80" s="6" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="H80" s="7" t="n">
+        <v>46010</v>
+      </c>
+      <c r="J80" s="5" t="n">
+        <v>5.7704</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="8" t="n"/>
+      <c r="B81" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C81" s="8" t="n"/>
+      <c r="D81" s="8" t="n"/>
+      <c r="E81" s="8" t="n"/>
+      <c r="F81" s="9" t="n">
+        <v>27269.12</v>
+      </c>
+      <c r="G81" s="10" t="n">
+        <v>0.06569999999999999</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="B83" s="3" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="84">
+      <c r="B84" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="1" t="n">
+        <v>66</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t>INE403D14585</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E85" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F85" s="5" t="n">
+        <v>4716.96</v>
+      </c>
+      <c r="G85" s="6" t="n">
+        <v>0.0114</v>
+      </c>
+      <c r="H85" s="7" t="n">
+        <v>46283</v>
+      </c>
+      <c r="J85" s="5" t="n">
+        <v>7.1575</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="8" t="n"/>
+      <c r="B86" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C86" s="8" t="n"/>
+      <c r="D86" s="8" t="n"/>
+      <c r="E86" s="8" t="n"/>
+      <c r="F86" s="9" t="n">
+        <v>4716.96</v>
+      </c>
+      <c r="G86" s="10" t="n">
+        <v>0.0114</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="1" t="n">
+        <v>67</v>
+      </c>
+      <c r="B88" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F88" s="5" t="n">
+        <v>4301.15</v>
+      </c>
+      <c r="G88" s="6" t="n">
+        <v>0.0103</v>
+      </c>
+      <c r="H88" s="7" t="n">
+        <v>45978</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="8" t="n"/>
+      <c r="B89" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C89" s="8" t="n"/>
+      <c r="D89" s="8" t="n"/>
+      <c r="E89" s="8" t="n"/>
+      <c r="F89" s="9" t="n">
+        <v>4301.15</v>
+      </c>
+      <c r="G89" s="10" t="n">
+        <v>0.0103</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="B91" s="3" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="1" t="n">
+        <v>68</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C92" s="1" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E92" s="11" t="n">
+        <v>10095.756</v>
+      </c>
+      <c r="F92" s="5" t="n">
+        <v>1157.52</v>
+      </c>
+      <c r="G92" s="6" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J92" s="5" t="n"/>
+    </row>
+    <row r="93">
+      <c r="A93" s="8" t="n"/>
+      <c r="B93" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C93" s="8" t="n"/>
+      <c r="D93" s="8" t="n"/>
+      <c r="E93" s="8" t="n"/>
+      <c r="F93" s="9" t="n">
+        <v>1157.52</v>
+      </c>
+      <c r="G93" s="10" t="n">
+        <v>0.0028</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="B95" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="96">
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E96" s="11" t="n"/>
+      <c r="F96" s="5" t="n">
+        <v>4588.18</v>
+      </c>
+      <c r="G96" s="6" t="n">
+        <v>0.0114</v>
+      </c>
+      <c r="J96" s="5" t="n"/>
+    </row>
+    <row r="97">
+      <c r="A97" s="8" t="n"/>
+      <c r="B97" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C97" s="8" t="n"/>
+      <c r="D97" s="8" t="n"/>
+      <c r="E97" s="8" t="n"/>
+      <c r="F97" s="9" t="n">
+        <v>4588.18</v>
+      </c>
+      <c r="G97" s="10" t="n">
+        <v>0.0114</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="4" t="n"/>
+      <c r="B99" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C99" s="4" t="n"/>
+      <c r="D99" s="4" t="n"/>
+      <c r="E99" s="4" t="n"/>
+      <c r="F99" s="12" t="n">
+        <v>415217.26</v>
+      </c>
+      <c r="G99" s="13" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" ht="40.5" customHeight="1" s="72">
+      <c r="A102" s="14" t="n">
         <v>2</v>
       </c>
-      <c r="B10" s="2" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A11" s="2" t="n">
+      <c r="B102" s="14" t="inlineStr">
+        <is>
+          <t>As on November 15, 2025, the aggregate investments by the schemes of DSP Mutual Fund in DSP Banking and PSU Debt Fund is  ₹ 1,06,089.09 Lakhs.</t>
+        </is>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="14" t="n">
         <v>3</v>
       </c>
-      <c r="B11" s="2" t="inlineStr">
-[...82 lines deleted...]
-      <c r="A13" s="2" t="n">
+      <c r="B103" s="14" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" ht="14.5" customHeight="1" s="72">
+      <c r="A104" s="14" t="n">
         <v>5</v>
       </c>
-      <c r="B13" s="2" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A14" s="2" t="n">
+      <c r="B104" s="86" t="inlineStr">
+        <is>
+          <t>Yield to call as per AMFI Best Practices Guidelines Circular No. 88 / 2020 -21</t>
+        </is>
+      </c>
+      <c r="C104" s="96" t="n"/>
+      <c r="D104" s="97" t="n"/>
+    </row>
+    <row r="105" ht="14.5" customHeight="1" s="72">
+      <c r="B105" s="59" t="inlineStr">
+        <is>
+          <t>Issuer</t>
+        </is>
+      </c>
+      <c r="C105" s="59" t="inlineStr">
+        <is>
+          <t>ISIN</t>
+        </is>
+      </c>
+      <c r="D105" s="59" t="inlineStr">
+        <is>
+          <t>YTC</t>
+        </is>
+      </c>
+    </row>
+    <row r="106" ht="14.5" customHeight="1" s="72">
+      <c r="B106" s="60" t="inlineStr">
+        <is>
+          <t>State Bank of India Basel III Tier 2**</t>
+        </is>
+      </c>
+      <c r="C106" s="60" t="inlineStr">
+        <is>
+          <t>INE062A08405</t>
+        </is>
+      </c>
+      <c r="D106" s="19" t="n">
+        <v>0.07338500000000001</v>
+      </c>
+    </row>
+    <row r="107" ht="59" customHeight="1" s="72">
+      <c r="A107" s="1" t="n">
         <v>6</v>
       </c>
-      <c r="B14" s="2" t="inlineStr">
-[...2578 lines deleted...]
-      <c r="B111" s="92" t="inlineStr">
+      <c r="B107" s="91" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
     </row>
-    <row r="114" ht="14.5" customHeight="1" s="74">
-      <c r="B114" s="1" t="inlineStr">
+    <row r="111" ht="14.5" customHeight="1" s="72">
+      <c r="B111" s="69" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="128" ht="14.5" customHeight="1" s="74">
-      <c r="B128" s="1" t="inlineStr">
+    <row r="125" ht="14.5" customHeight="1" s="72">
+      <c r="B125" s="69" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty Banking &amp; PSU Debt Index A-II</t>
         </is>
       </c>
     </row>
+    <row r="140">
+      <c r="B140" s="15" t="n"/>
+      <c r="C140" s="17" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
+    <row r="141">
+      <c r="B141" s="15" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C141" s="17" t="inlineStr">
+        <is>
+          <t>DSP Banking and PSU Debt Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="142">
+      <c r="B142" s="15" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C142" s="70" t="n"/>
+    </row>
     <row r="143">
-      <c r="B143" s="17" t="n"/>
-[...3 lines deleted...]
-        </is>
+      <c r="B143" s="15" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C143" s="19" t="n">
+        <v>0.068</v>
       </c>
     </row>
     <row r="144">
-      <c r="B144" s="17" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="B144" s="15" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C144" s="18" t="n">
+        <v>4.42</v>
       </c>
     </row>
     <row r="145">
-      <c r="B145" s="17" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C145" s="20" t="n"/>
+      <c r="B145" s="15" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C145" s="18" t="n">
+        <v>7.49</v>
+      </c>
     </row>
     <row r="146">
-      <c r="B146" s="17" t="inlineStr">
-[...5 lines deleted...]
-        <v>0.0683</v>
+      <c r="B146" s="15" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C146" s="20" t="n">
+        <v>45976</v>
       </c>
     </row>
     <row r="147">
-      <c r="B147" s="17" t="inlineStr">
-[...29 lines deleted...]
-      <c r="B150" s="18" t="inlineStr">
+      <c r="B147" s="16" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C150" s="19" t="n"/>
-[...2 lines deleted...]
-      <c r="B153" s="4" t="n"/>
+      <c r="C147" s="17" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="3">
-    <mergeCell ref="B107:D107"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="B111:D111"/>
+    <mergeCell ref="B104:D104"/>
+    <mergeCell ref="B107:G107"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Koushik Chowdhury</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>