--- v3 (2025-12-04)
+++ v4 (2025-12-24)
@@ -1,73 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="938" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="993" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="BANKING &amp; PSU" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="22">
+  <fonts count="23">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -76,57 +82,57 @@
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
@@ -149,61 +155,59 @@
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
-      <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
-      <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
@@ -338,299 +342,319 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="98">
+  <cellXfs count="104">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...13 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...10 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
@@ -681,116 +705,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>112</row>
+      <row>110</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>121</row>
+      <row>119</row>
       <rowOff>31751</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="19284950"/>
+          <a:off x="457200" y="19113500"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>126</row>
+      <row>122</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>135</row>
-      <rowOff>31749</rowOff>
+      <row>131</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="21697950"/>
+          <a:off x="457200" y="21526500"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1032,3009 +1056,2982 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L147"/>
+  <dimension ref="A1:L143"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="92" min="1" max="1"/>
+    <col width="52.81640625" bestFit="1" customWidth="1" style="92" min="2" max="2"/>
+    <col width="28.7265625" bestFit="1" customWidth="1" style="92" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="92" min="4" max="4"/>
+    <col width="11.81640625" bestFit="1" customWidth="1" style="92" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="92" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="92" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="92" min="8" max="8"/>
+    <col width="14.7265625" bestFit="1" customWidth="1" style="92" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="92" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="92" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="92" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="92" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="72">
-[...1 lines deleted...]
-      <c r="B1" s="71" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="68">
+      <c r="A1" s="67" t="n"/>
+      <c r="B1" s="67" t="inlineStr">
         <is>
           <t>DSP Banking and PSU Debt Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on November 15, 2025</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="B8" s="3" t="inlineStr">
+      <c r="B8" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K8" s="3" t="inlineStr">
+      <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="92" t="n">
         <v>1</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="92" t="inlineStr">
         <is>
           <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C9" s="92" t="inlineStr">
         <is>
           <t>INE261F08EG3</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E9" s="11" t="n">
+      <c r="D9" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E9" s="12" t="n">
         <v>17500</v>
       </c>
-      <c r="F9" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H9" s="7" t="n">
+      <c r="F9" s="6" t="n">
+        <v>18708.8</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.0462</v>
+      </c>
+      <c r="H9" s="8" t="n">
         <v>47238</v>
       </c>
-      <c r="J9" s="5" t="n">
-[...8 lines deleted...]
-        <v>0.625</v>
+      <c r="J9" s="6" t="n">
+        <v>6.95</v>
+      </c>
+      <c r="K9" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L9" s="7" t="n">
+        <v>0.6394</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="1" t="n">
+      <c r="A10" s="92" t="n">
         <v>2</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B10" s="92" t="inlineStr">
         <is>
           <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C10" s="92" t="inlineStr">
         <is>
           <t>INE556F08KK5</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E10" s="11" t="n">
+      <c r="D10" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E10" s="12" t="n">
         <v>12500</v>
       </c>
-      <c r="F10" s="5" t="n">
-[...2 lines deleted...]
-      <c r="G10" s="6" t="n">
+      <c r="F10" s="6" t="n">
+        <v>12805.88</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0316</v>
+      </c>
+      <c r="H10" s="8" t="n">
+        <v>46496</v>
+      </c>
+      <c r="J10" s="6" t="n">
+        <v>6.835</v>
+      </c>
+      <c r="K10" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L10" s="7" t="n">
+        <v>0.1889</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="92" t="n">
+        <v>3</v>
+      </c>
+      <c r="B11" s="92" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited**</t>
+        </is>
+      </c>
+      <c r="C11" s="92" t="inlineStr">
+        <is>
+          <t>INE752E07OF7</t>
+        </is>
+      </c>
+      <c r="D11" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E11" s="12" t="n">
+        <v>1050</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>10963.76</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0271</v>
+      </c>
+      <c r="H11" s="8" t="n">
+        <v>46557</v>
+      </c>
+      <c r="J11" s="6" t="n">
+        <v>6.67</v>
+      </c>
+      <c r="K11" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.07530000000000001</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="92" t="n">
+        <v>4</v>
+      </c>
+      <c r="B12" s="92" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited**</t>
+        </is>
+      </c>
+      <c r="C12" s="92" t="inlineStr">
+        <is>
+          <t>INE129A08014</t>
+        </is>
+      </c>
+      <c r="D12" s="92" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="E12" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>10851.71</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0268</v>
+      </c>
+      <c r="H12" s="8" t="n">
+        <v>46741</v>
+      </c>
+      <c r="J12" s="6" t="n">
+        <v>6.65</v>
+      </c>
+      <c r="K12" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.0514</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="92" t="n">
+        <v>5</v>
+      </c>
+      <c r="B13" s="92" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C13" s="92" t="inlineStr">
+        <is>
+          <t>INE053F08403</t>
+        </is>
+      </c>
+      <c r="D13" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E13" s="12" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>10598.95</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0262</v>
+      </c>
+      <c r="H13" s="8" t="n">
+        <v>49140</v>
+      </c>
+      <c r="J13" s="6" t="n">
+        <v>7.22</v>
+      </c>
+      <c r="K13" s="92" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="92" t="n">
+        <v>6</v>
+      </c>
+      <c r="B14" s="92" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="92" t="inlineStr">
+        <is>
+          <t>INE040A08955</t>
+        </is>
+      </c>
+      <c r="D14" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E14" s="12" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>10595.79</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0262</v>
+      </c>
+      <c r="H14" s="8" t="n">
+        <v>46889</v>
+      </c>
+      <c r="J14" s="6" t="n">
+        <v>7</v>
+      </c>
+      <c r="K14" s="92" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="92" t="n">
+        <v>7</v>
+      </c>
+      <c r="B15" s="92" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="92" t="inlineStr">
+        <is>
+          <t>INE752E08767</t>
+        </is>
+      </c>
+      <c r="D15" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E15" s="12" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>10117.23</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.025</v>
+      </c>
+      <c r="H15" s="8" t="n">
+        <v>49242</v>
+      </c>
+      <c r="J15" s="6" t="n">
+        <v>7.05</v>
+      </c>
+      <c r="K15" s="92" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0021</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="92" t="n">
+        <v>8</v>
+      </c>
+      <c r="B16" s="92" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C16" s="92" t="inlineStr">
+        <is>
+          <t>INE403D08272</t>
+        </is>
+      </c>
+      <c r="D16" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E16" s="12" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>10111.66</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.025</v>
+      </c>
+      <c r="H16" s="8" t="n">
+        <v>46675</v>
+      </c>
+      <c r="J16" s="6" t="n">
+        <v>7.4075</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="92" t="n">
+        <v>9</v>
+      </c>
+      <c r="B17" s="92" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C17" s="92" t="inlineStr">
+        <is>
+          <t>INE403D08280</t>
+        </is>
+      </c>
+      <c r="D17" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E17" s="12" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>10021.52</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0247</v>
+      </c>
+      <c r="H17" s="8" t="n">
+        <v>47102</v>
+      </c>
+      <c r="J17" s="6" t="n">
+        <v>7.3749</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="92" t="n">
+        <v>10</v>
+      </c>
+      <c r="B18" s="92" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C18" s="92" t="inlineStr">
+        <is>
+          <t>INE134E08MA1</t>
+        </is>
+      </c>
+      <c r="D18" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E18" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>8131.68</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0201</v>
+      </c>
+      <c r="H18" s="8" t="n">
+        <v>48632</v>
+      </c>
+      <c r="I18" s="92" t="inlineStr">
+        <is>
+          <t>PU - 21-Feb-2026</t>
+        </is>
+      </c>
+      <c r="J18" s="6" t="n">
+        <v>7.2283</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="92" t="n">
+        <v>11</v>
+      </c>
+      <c r="B19" s="92" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C19" s="92" t="inlineStr">
+        <is>
+          <t>INE020B08EH0</t>
+        </is>
+      </c>
+      <c r="D19" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E19" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>8057.51</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0199</v>
+      </c>
+      <c r="H19" s="8" t="n">
+        <v>46843</v>
+      </c>
+      <c r="J19" s="6" t="n">
+        <v>6.82</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="92" t="n">
+        <v>12</v>
+      </c>
+      <c r="B20" s="92" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="92" t="inlineStr">
+        <is>
+          <t>INE134E08NM4</t>
+        </is>
+      </c>
+      <c r="D20" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E20" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>8018.75</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0198</v>
+      </c>
+      <c r="H20" s="8" t="n">
+        <v>48228</v>
+      </c>
+      <c r="J20" s="6" t="n">
+        <v>7.1933</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="92" t="n">
+        <v>13</v>
+      </c>
+      <c r="B21" s="92" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C21" s="92" t="inlineStr">
+        <is>
+          <t>INE261F08EM1</t>
+        </is>
+      </c>
+      <c r="D21" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E21" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>8010.23</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0198</v>
+      </c>
+      <c r="H21" s="8" t="n">
+        <v>46836</v>
+      </c>
+      <c r="J21" s="6" t="n">
+        <v>6.87</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="92" t="n">
+        <v>14</v>
+      </c>
+      <c r="B22" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C22" s="92" t="inlineStr">
+        <is>
+          <t>INE556F08KY6</t>
+        </is>
+      </c>
+      <c r="D22" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E22" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>8006.41</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0198</v>
+      </c>
+      <c r="H22" s="8" t="n">
+        <v>47563</v>
+      </c>
+      <c r="J22" s="6" t="n">
+        <v>7.017</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="92" t="n">
+        <v>15</v>
+      </c>
+      <c r="B23" s="92" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C23" s="92" t="inlineStr">
+        <is>
+          <t>INE020B08FL9</t>
+        </is>
+      </c>
+      <c r="D23" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E23" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>7942.83</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0196</v>
+      </c>
+      <c r="H23" s="8" t="n">
+        <v>47603</v>
+      </c>
+      <c r="J23" s="6" t="n">
+        <v>6.9746</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="92" t="n">
+        <v>16</v>
+      </c>
+      <c r="B24" s="92" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C24" s="92" t="inlineStr">
+        <is>
+          <t>INE020B08FB0</t>
+        </is>
+      </c>
+      <c r="D24" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E24" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>7937.05</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0196</v>
+      </c>
+      <c r="H24" s="8" t="n">
+        <v>49095</v>
+      </c>
+      <c r="J24" s="6" t="n">
+        <v>7.24</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="92" t="n">
+        <v>17</v>
+      </c>
+      <c r="B25" s="92" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C25" s="92" t="inlineStr">
+        <is>
+          <t>INE134E08LN6</t>
+        </is>
+      </c>
+      <c r="D25" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E25" s="12" t="n">
+        <v>750</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>7912.78</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0195</v>
+      </c>
+      <c r="H25" s="8" t="n">
+        <v>48318</v>
+      </c>
+      <c r="J25" s="6" t="n">
+        <v>7.1933</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="92" t="n">
+        <v>18</v>
+      </c>
+      <c r="B26" s="92" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development**</t>
+        </is>
+      </c>
+      <c r="C26" s="92" t="inlineStr">
+        <is>
+          <t>INE0KUG08068</t>
+        </is>
+      </c>
+      <c r="D26" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E26" s="12" t="n">
+        <v>6500</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>6758.97</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0167</v>
+      </c>
+      <c r="H26" s="8" t="n">
+        <v>49396</v>
+      </c>
+      <c r="I26" s="92" t="inlineStr">
+        <is>
+          <t>PU - 28-Mar-2026</t>
+        </is>
+      </c>
+      <c r="J26" s="6" t="n">
+        <v>7.32</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="92" t="n">
+        <v>19</v>
+      </c>
+      <c r="B27" s="92" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C27" s="92" t="inlineStr">
+        <is>
+          <t>INE134E08LX5</t>
+        </is>
+      </c>
+      <c r="D27" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E27" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>5448.77</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0135</v>
+      </c>
+      <c r="H27" s="8" t="n">
+        <v>46769</v>
+      </c>
+      <c r="J27" s="6" t="n">
+        <v>6.8291</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="92" t="n">
+        <v>20</v>
+      </c>
+      <c r="B28" s="92" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited**</t>
+        </is>
+      </c>
+      <c r="C28" s="92" t="inlineStr">
+        <is>
+          <t>INE752E08734</t>
+        </is>
+      </c>
+      <c r="D28" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E28" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>5371.15</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="H28" s="8" t="n">
+        <v>49015</v>
+      </c>
+      <c r="J28" s="6" t="n">
+        <v>7.05</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="92" t="n">
+        <v>21</v>
+      </c>
+      <c r="B29" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C29" s="92" t="inlineStr">
+        <is>
+          <t>INE556F08KW0</t>
+        </is>
+      </c>
+      <c r="D29" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E29" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>5343.42</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="H29" s="8" t="n">
+        <v>47189</v>
+      </c>
+      <c r="J29" s="6" t="n">
+        <v>6.978</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="92" t="n">
+        <v>22</v>
+      </c>
+      <c r="B30" s="92" t="inlineStr">
+        <is>
+          <t>National Housing Bank**</t>
+        </is>
+      </c>
+      <c r="C30" s="92" t="inlineStr">
+        <is>
+          <t>INE557F08FX6</t>
+        </is>
+      </c>
+      <c r="D30" s="92" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="E30" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>5332.79</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="H30" s="8" t="n">
+        <v>47942</v>
+      </c>
+      <c r="J30" s="6" t="n">
+        <v>7.07</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="92" t="n">
+        <v>23</v>
+      </c>
+      <c r="B31" s="92" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C31" s="92" t="inlineStr">
+        <is>
+          <t>INE053F08320</t>
+        </is>
+      </c>
+      <c r="D31" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E31" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>5320.2</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0131</v>
+      </c>
+      <c r="H31" s="8" t="n">
+        <v>47039</v>
+      </c>
+      <c r="J31" s="6" t="n">
+        <v>6.885</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="92" t="n">
+        <v>24</v>
+      </c>
+      <c r="B32" s="92" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C32" s="92" t="inlineStr">
+        <is>
+          <t>INE053F07AY7</t>
+        </is>
+      </c>
+      <c r="D32" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E32" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>5274.9</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="H32" s="8" t="n">
+        <v>47091</v>
+      </c>
+      <c r="J32" s="6" t="n">
+        <v>6.885</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="92" t="n">
+        <v>25</v>
+      </c>
+      <c r="B33" s="92" t="inlineStr">
+        <is>
+          <t>NTPC Limited**</t>
+        </is>
+      </c>
+      <c r="C33" s="92" t="inlineStr">
+        <is>
+          <t>INE733E08247</t>
+        </is>
+      </c>
+      <c r="D33" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E33" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>5253.64</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="H33" s="8" t="n">
+        <v>46129</v>
+      </c>
+      <c r="J33" s="6" t="n">
+        <v>6.4838</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="92" t="n">
+        <v>26</v>
+      </c>
+      <c r="B34" s="92" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="92" t="inlineStr">
+        <is>
+          <t>INE296A07TJ4</t>
+        </is>
+      </c>
+      <c r="D34" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E34" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>5251.63</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="H34" s="8" t="n">
+        <v>46930</v>
+      </c>
+      <c r="J34" s="6" t="n">
+        <v>7.27</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="92" t="n">
+        <v>27</v>
+      </c>
+      <c r="B35" s="92" t="inlineStr">
+        <is>
+          <t>State Bank of India**</t>
+        </is>
+      </c>
+      <c r="C35" s="92" t="inlineStr">
+        <is>
+          <t>INE062A08421</t>
+        </is>
+      </c>
+      <c r="D35" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E35" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>5201.79</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.0128</v>
+      </c>
+      <c r="H35" s="8" t="n">
+        <v>50948</v>
+      </c>
+      <c r="J35" s="6" t="n">
+        <v>7.285</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="92" t="n">
+        <v>28</v>
+      </c>
+      <c r="B36" s="92" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C36" s="92" t="inlineStr">
+        <is>
+          <t>INE053F08437</t>
+        </is>
+      </c>
+      <c r="D36" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E36" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>5175.76</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0128</v>
+      </c>
+      <c r="H36" s="8" t="n">
+        <v>51088</v>
+      </c>
+      <c r="J36" s="6" t="n">
+        <v>7.2962</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="92" t="n">
+        <v>29</v>
+      </c>
+      <c r="B37" s="92" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C37" s="92" t="inlineStr">
+        <is>
+          <t>INE053F08494</t>
+        </is>
+      </c>
+      <c r="D37" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E37" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>5169.67</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0128</v>
+      </c>
+      <c r="H37" s="8" t="n">
+        <v>47603</v>
+      </c>
+      <c r="J37" s="6" t="n">
+        <v>7.02</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="92" t="n">
+        <v>30</v>
+      </c>
+      <c r="B38" s="92" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C38" s="92" t="inlineStr">
+        <is>
+          <t>INE261F08EO7</t>
+        </is>
+      </c>
+      <c r="D38" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E38" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>5161.79</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0127</v>
+      </c>
+      <c r="H38" s="8" t="n">
+        <v>47011</v>
+      </c>
+      <c r="J38" s="6" t="n">
+        <v>6.9045</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="92" t="n">
+        <v>31</v>
+      </c>
+      <c r="B39" s="92" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C39" s="92" t="inlineStr">
+        <is>
+          <t>INE134E08NB7</t>
+        </is>
+      </c>
+      <c r="D39" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E39" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>5124.6</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.0127</v>
+      </c>
+      <c r="H39" s="8" t="n">
+        <v>50966</v>
+      </c>
+      <c r="J39" s="6" t="n">
+        <v>7.2949</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="92" t="n">
+        <v>32</v>
+      </c>
+      <c r="B40" s="92" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C40" s="92" t="inlineStr">
+        <is>
+          <t>INE020B08FV8</t>
+        </is>
+      </c>
+      <c r="D40" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E40" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>5025.57</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0124</v>
+      </c>
+      <c r="H40" s="8" t="n">
+        <v>49795</v>
+      </c>
+      <c r="J40" s="6" t="n">
+        <v>7.275</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="92" t="n">
+        <v>33</v>
+      </c>
+      <c r="B41" s="92" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development**</t>
+        </is>
+      </c>
+      <c r="C41" s="92" t="inlineStr">
+        <is>
+          <t>INE0KUG08084</t>
+        </is>
+      </c>
+      <c r="D41" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E41" s="12" t="n">
+        <v>3500</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>3603.75</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0089</v>
+      </c>
+      <c r="H41" s="8" t="n">
+        <v>49406</v>
+      </c>
+      <c r="I41" s="92" t="inlineStr">
+        <is>
+          <t>PU - 08-Apr-2026</t>
+        </is>
+      </c>
+      <c r="J41" s="6" t="n">
+        <v>7.32</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="92" t="n">
+        <v>34</v>
+      </c>
+      <c r="B42" s="92" t="inlineStr">
+        <is>
+          <t>State Bank of India**</t>
+        </is>
+      </c>
+      <c r="C42" s="92" t="inlineStr">
+        <is>
+          <t>INE062A08405</t>
+        </is>
+      </c>
+      <c r="D42" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E42" s="12" t="n">
+        <v>30</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>3084.51</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.0076</v>
+      </c>
+      <c r="H42" s="8" t="n">
+        <v>50711</v>
+      </c>
+      <c r="I42" s="92" t="inlineStr">
+        <is>
+          <t>CA - 02-Nov-2033</t>
+        </is>
+      </c>
+      <c r="J42" s="6" t="n">
+        <v>7.5732</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="92" t="n">
+        <v>35</v>
+      </c>
+      <c r="B43" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C43" s="92" t="inlineStr">
+        <is>
+          <t>INE556F08KM1</t>
+        </is>
+      </c>
+      <c r="D43" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E43" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>2723.89</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H43" s="8" t="n">
+        <v>46521</v>
+      </c>
+      <c r="J43" s="6" t="n">
+        <v>6.835</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="92" t="n">
+        <v>36</v>
+      </c>
+      <c r="B44" s="92" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C44" s="92" t="inlineStr">
+        <is>
+          <t>INE261F08EK5</t>
+        </is>
+      </c>
+      <c r="D44" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E44" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>2677.48</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H44" s="8" t="n">
+        <v>46807</v>
+      </c>
+      <c r="J44" s="6" t="n">
+        <v>6.87</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="92" t="n">
+        <v>37</v>
+      </c>
+      <c r="B45" s="92" t="inlineStr">
+        <is>
+          <t>REC Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="92" t="inlineStr">
+        <is>
+          <t>INE020B08FQ8</t>
+        </is>
+      </c>
+      <c r="D45" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E45" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>2646.93</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H45" s="8" t="n">
+        <v>49368</v>
+      </c>
+      <c r="J45" s="6" t="n">
+        <v>7.25</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="92" t="n">
+        <v>38</v>
+      </c>
+      <c r="B46" s="92" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C46" s="92" t="inlineStr">
+        <is>
+          <t>INE053F08304</t>
+        </is>
+      </c>
+      <c r="D46" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E46" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>2631.59</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H46" s="8" t="n">
+        <v>46310</v>
+      </c>
+      <c r="J46" s="6" t="n">
+        <v>6.71</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="92" t="n">
+        <v>39</v>
+      </c>
+      <c r="B47" s="92" t="inlineStr">
+        <is>
+          <t>NTPC Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="92" t="inlineStr">
+        <is>
+          <t>INE733E08262</t>
+        </is>
+      </c>
+      <c r="D47" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E47" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>2624.85</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H47" s="8" t="n">
+        <v>51215</v>
+      </c>
+      <c r="J47" s="6" t="n">
+        <v>7.3</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="92" t="n">
+        <v>40</v>
+      </c>
+      <c r="B48" s="92" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development**</t>
+        </is>
+      </c>
+      <c r="C48" s="92" t="inlineStr">
+        <is>
+          <t>INE0KUG08019</t>
+        </is>
+      </c>
+      <c r="D48" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E48" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>2615.43</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H48" s="8" t="n">
+        <v>48746</v>
+      </c>
+      <c r="J48" s="6" t="n">
+        <v>7.26</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="92" t="n">
+        <v>41</v>
+      </c>
+      <c r="B49" s="92" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C49" s="92" t="inlineStr">
+        <is>
+          <t>INE040A08773</t>
+        </is>
+      </c>
+      <c r="D49" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E49" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>2610.63</v>
+      </c>
+      <c r="G49" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H49" s="8" t="n">
+        <v>48463</v>
+      </c>
+      <c r="J49" s="6" t="n">
+        <v>7.35</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="92" t="n">
+        <v>42</v>
+      </c>
+      <c r="B50" s="92" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C50" s="92" t="inlineStr">
+        <is>
+          <t>INE020B08DV3</t>
+        </is>
+      </c>
+      <c r="D50" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E50" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>2603.36</v>
+      </c>
+      <c r="G50" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H50" s="8" t="n">
+        <v>48293</v>
+      </c>
+      <c r="J50" s="6" t="n">
+        <v>7.115</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="92" t="n">
+        <v>43</v>
+      </c>
+      <c r="B51" s="92" t="inlineStr">
+        <is>
+          <t>Tata Capital Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C51" s="92" t="inlineStr">
+        <is>
+          <t>INE033L07HU0</t>
+        </is>
+      </c>
+      <c r="D51" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E51" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>2596.81</v>
+      </c>
+      <c r="G51" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H51" s="8" t="n">
+        <v>46604</v>
+      </c>
+      <c r="J51" s="6" t="n">
+        <v>7.07</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="92" t="n">
+        <v>44</v>
+      </c>
+      <c r="B52" s="92" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="92" t="inlineStr">
+        <is>
+          <t>INE752E08783</t>
+        </is>
+      </c>
+      <c r="D52" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E52" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>2593.18</v>
+      </c>
+      <c r="G52" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H52" s="8" t="n">
+        <v>49414</v>
+      </c>
+      <c r="J52" s="6" t="n">
+        <v>7.072</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="92" t="n">
+        <v>45</v>
+      </c>
+      <c r="B53" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C53" s="92" t="inlineStr">
+        <is>
+          <t>INE556F08KR0</t>
+        </is>
+      </c>
+      <c r="D53" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E53" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>2590.05</v>
+      </c>
+      <c r="G53" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H53" s="8" t="n">
+        <v>47366</v>
+      </c>
+      <c r="J53" s="6" t="n">
+        <v>6.978</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="92" t="n">
+        <v>46</v>
+      </c>
+      <c r="B54" s="92" t="inlineStr">
+        <is>
+          <t>REC Limited</t>
+        </is>
+      </c>
+      <c r="C54" s="92" t="inlineStr">
+        <is>
+          <t>INE020B08FF1</t>
+        </is>
+      </c>
+      <c r="D54" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E54" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>2583.01</v>
+      </c>
+      <c r="G54" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H54" s="8" t="n">
+        <v>46630</v>
+      </c>
+      <c r="J54" s="6" t="n">
+        <v>6.82</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="92" t="n">
+        <v>47</v>
+      </c>
+      <c r="B55" s="92" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C55" s="92" t="inlineStr">
+        <is>
+          <t>INE296A07TM8</t>
+        </is>
+      </c>
+      <c r="D55" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E55" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>2567.49</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H55" s="8" t="n">
+        <v>46944</v>
+      </c>
+      <c r="J55" s="6" t="n">
+        <v>7.275</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="92" t="n">
+        <v>48</v>
+      </c>
+      <c r="B56" s="92" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C56" s="92" t="inlineStr">
+        <is>
+          <t>INE556F08KS8</t>
+        </is>
+      </c>
+      <c r="D56" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E56" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>2566.03</v>
+      </c>
+      <c r="G56" s="7" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H56" s="8" t="n">
+        <v>47175</v>
+      </c>
+      <c r="J56" s="6" t="n">
+        <v>6.978</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="92" t="n">
+        <v>49</v>
+      </c>
+      <c r="B57" s="92" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C57" s="92" t="inlineStr">
+        <is>
+          <t>INE134E08NC5</t>
+        </is>
+      </c>
+      <c r="D57" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E57" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>2560.91</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H57" s="8" t="n">
+        <v>49233</v>
+      </c>
+      <c r="J57" s="6" t="n">
+        <v>7.235</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="92" t="n">
+        <v>50</v>
+      </c>
+      <c r="B58" s="92" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C58" s="92" t="inlineStr">
+        <is>
+          <t>INE296A07TH8</t>
+        </is>
+      </c>
+      <c r="D58" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E58" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>1053.9</v>
+      </c>
+      <c r="G58" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="H58" s="8" t="n">
+        <v>49402</v>
+      </c>
+      <c r="J58" s="6" t="n">
+        <v>7.5299</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="9" t="n"/>
+      <c r="B59" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C59" s="9" t="n"/>
+      <c r="D59" s="9" t="n"/>
+      <c r="E59" s="9" t="n"/>
+      <c r="F59" s="10" t="n">
+        <v>295940.99</v>
+      </c>
+      <c r="G59" s="11" t="n">
+        <v>0.7308</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="B61" s="4" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="92" t="n">
+        <v>51</v>
+      </c>
+      <c r="B62" s="92" t="inlineStr">
+        <is>
+          <t>6.90% GOI 2065</t>
+        </is>
+      </c>
+      <c r="C62" s="92" t="inlineStr">
+        <is>
+          <t>IN0020250018</t>
+        </is>
+      </c>
+      <c r="D62" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E62" s="12" t="n">
+        <v>22500000</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>21379.29</v>
+      </c>
+      <c r="G62" s="7" t="n">
+        <v>0.0528</v>
+      </c>
+      <c r="H62" s="8" t="n">
+        <v>60372</v>
+      </c>
+      <c r="J62" s="6" t="n">
+        <v>7.3807</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="92" t="n">
+        <v>52</v>
+      </c>
+      <c r="B63" s="92" t="inlineStr">
+        <is>
+          <t>8.51% GOI FRB 2033</t>
+        </is>
+      </c>
+      <c r="C63" s="92" t="inlineStr">
+        <is>
+          <t>IN0020200120</t>
+        </is>
+      </c>
+      <c r="D63" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E63" s="12" t="n">
+        <v>12500000</v>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>13146.83</v>
+      </c>
+      <c r="G63" s="7" t="n">
+        <v>0.0325</v>
+      </c>
+      <c r="H63" s="8" t="n">
+        <v>48844</v>
+      </c>
+      <c r="J63" s="6" t="n">
+        <v>6.17</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="92" t="n">
+        <v>53</v>
+      </c>
+      <c r="B64" s="92" t="inlineStr">
+        <is>
+          <t>6.68% GOI 2040</t>
+        </is>
+      </c>
+      <c r="C64" s="92" t="inlineStr">
+        <is>
+          <t>IN0020250042</t>
+        </is>
+      </c>
+      <c r="D64" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E64" s="12" t="n">
+        <v>12500000</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>12486.27</v>
+      </c>
+      <c r="G64" s="7" t="n">
         <v>0.0308</v>
       </c>
-      <c r="H10" s="7" t="n">
-[...5 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+      <c r="H64" s="8" t="n">
+        <v>51324</v>
+      </c>
+      <c r="J64" s="6" t="n">
+        <v>7.0183</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="92" t="n">
+        <v>54</v>
+      </c>
+      <c r="B65" s="92" t="inlineStr">
+        <is>
+          <t>6.28% GOI 2032</t>
+        </is>
+      </c>
+      <c r="C65" s="92" t="inlineStr">
+        <is>
+          <t>IN0020250059</t>
+        </is>
+      </c>
+      <c r="D65" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L10" s="6" t="n">
-[...4 lines deleted...]
-      <c r="A11" s="1" t="n">
+      <c r="E65" s="12" t="n">
+        <v>10000000</v>
+      </c>
+      <c r="F65" s="6" t="n">
+        <v>10127.92</v>
+      </c>
+      <c r="G65" s="7" t="n">
+        <v>0.025</v>
+      </c>
+      <c r="H65" s="8" t="n">
+        <v>48409</v>
+      </c>
+      <c r="J65" s="6" t="n">
+        <v>6.5387</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="92" t="n">
+        <v>55</v>
+      </c>
+      <c r="B66" s="92" t="inlineStr">
+        <is>
+          <t>7.32% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C66" s="92" t="inlineStr">
+        <is>
+          <t>IN0020230135</t>
+        </is>
+      </c>
+      <c r="D66" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E66" s="12" t="n">
+        <v>7000000</v>
+      </c>
+      <c r="F66" s="6" t="n">
+        <v>7317.88</v>
+      </c>
+      <c r="G66" s="7" t="n">
+        <v>0.0181</v>
+      </c>
+      <c r="H66" s="8" t="n">
+        <v>47800</v>
+      </c>
+      <c r="J66" s="6" t="n">
+        <v>6.387</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="92" t="n">
+        <v>56</v>
+      </c>
+      <c r="B67" s="92" t="inlineStr">
+        <is>
+          <t>7.25% GOI 2063</t>
+        </is>
+      </c>
+      <c r="C67" s="92" t="inlineStr">
+        <is>
+          <t>IN0020230044</t>
+        </is>
+      </c>
+      <c r="D67" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E67" s="12" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F67" s="6" t="n">
+        <v>4901.56</v>
+      </c>
+      <c r="G67" s="7" t="n">
+        <v>0.0121</v>
+      </c>
+      <c r="H67" s="8" t="n">
+        <v>59699</v>
+      </c>
+      <c r="J67" s="6" t="n">
+        <v>7.4124</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="92" t="n">
+        <v>57</v>
+      </c>
+      <c r="B68" s="92" t="inlineStr">
+        <is>
+          <t>7.30% GOI 2053</t>
+        </is>
+      </c>
+      <c r="C68" s="92" t="inlineStr">
+        <is>
+          <t>IN0020230051</t>
+        </is>
+      </c>
+      <c r="D68" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E68" s="12" t="n">
+        <v>4000000</v>
+      </c>
+      <c r="F68" s="6" t="n">
+        <v>4132.78</v>
+      </c>
+      <c r="G68" s="7" t="n">
+        <v>0.0102</v>
+      </c>
+      <c r="H68" s="8" t="n">
+        <v>56054</v>
+      </c>
+      <c r="J68" s="6" t="n">
+        <v>7.3228</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="92" t="n">
+        <v>58</v>
+      </c>
+      <c r="B69" s="92" t="inlineStr">
+        <is>
+          <t>6.48% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C69" s="92" t="inlineStr">
+        <is>
+          <t>IN0020250091</t>
+        </is>
+      </c>
+      <c r="D69" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E69" s="12" t="n">
+        <v>3000000</v>
+      </c>
+      <c r="F69" s="6" t="n">
+        <v>3013.57</v>
+      </c>
+      <c r="G69" s="7" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="H69" s="8" t="n">
+        <v>49588</v>
+      </c>
+      <c r="J69" s="6" t="n">
+        <v>6.5914</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="9" t="n"/>
+      <c r="B70" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C70" s="9" t="n"/>
+      <c r="D70" s="9" t="n"/>
+      <c r="E70" s="9" t="n"/>
+      <c r="F70" s="10" t="n">
+        <v>76506.10000000001</v>
+      </c>
+      <c r="G70" s="11" t="n">
+        <v>0.1889</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="B72" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="73">
+      <c r="B73" s="4" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="92" t="n">
+        <v>59</v>
+      </c>
+      <c r="B74" s="92" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C74" s="92" t="inlineStr">
+        <is>
+          <t>INE040A16GF2</t>
+        </is>
+      </c>
+      <c r="D74" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E74" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F74" s="6" t="n">
+        <v>9912.51</v>
+      </c>
+      <c r="G74" s="7" t="n">
+        <v>0.0245</v>
+      </c>
+      <c r="H74" s="8" t="n">
+        <v>46059</v>
+      </c>
+      <c r="J74" s="6" t="n">
+        <v>6.1953</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="92" t="n">
+        <v>60</v>
+      </c>
+      <c r="B75" s="92" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C75" s="92" t="inlineStr">
+        <is>
+          <t>INE237A161Z4</t>
+        </is>
+      </c>
+      <c r="D75" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E75" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F75" s="6" t="n">
+        <v>4980.26</v>
+      </c>
+      <c r="G75" s="7" t="n">
+        <v>0.0123</v>
+      </c>
+      <c r="H75" s="8" t="n">
+        <v>46031</v>
+      </c>
+      <c r="J75" s="6" t="n">
+        <v>6.0296</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="92" t="n">
+        <v>61</v>
+      </c>
+      <c r="B76" s="92" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C76" s="92" t="inlineStr">
+        <is>
+          <t>INE040A16HN4</t>
+        </is>
+      </c>
+      <c r="D76" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E76" s="12" t="n">
+        <v>700</v>
+      </c>
+      <c r="F76" s="6" t="n">
+        <v>3336.95</v>
+      </c>
+      <c r="G76" s="7" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="H76" s="8" t="n">
+        <v>46276</v>
+      </c>
+      <c r="J76" s="6" t="n">
+        <v>6.63</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="92" t="n">
+        <v>62</v>
+      </c>
+      <c r="B77" s="92" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C77" s="92" t="inlineStr">
+        <is>
+          <t>INE238AD6AX9</t>
+        </is>
+      </c>
+      <c r="D77" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E77" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F77" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="G77" s="7" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="H77" s="8" t="n">
+        <v>46007</v>
+      </c>
+      <c r="J77" s="6" t="n">
+        <v>5.2568</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="92" t="n">
+        <v>63</v>
+      </c>
+      <c r="B78" s="92" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C78" s="92" t="inlineStr">
+        <is>
+          <t>INE040A16GA3</t>
+        </is>
+      </c>
+      <c r="D78" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E78" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F78" s="6" t="n">
+        <v>2499.23</v>
+      </c>
+      <c r="G78" s="7" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="H78" s="8" t="n">
+        <v>46009</v>
+      </c>
+      <c r="J78" s="6" t="n">
+        <v>5.6045</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="92" t="n">
+        <v>64</v>
+      </c>
+      <c r="B79" s="92" t="inlineStr">
+        <is>
+          <t>Punjab National Bank**</t>
+        </is>
+      </c>
+      <c r="C79" s="92" t="inlineStr">
+        <is>
+          <t>INE160A16QS0</t>
+        </is>
+      </c>
+      <c r="D79" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E79" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F79" s="6" t="n">
+        <v>2498.85</v>
+      </c>
+      <c r="G79" s="7" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="H79" s="8" t="n">
+        <v>46010</v>
+      </c>
+      <c r="J79" s="6" t="n">
+        <v>5.5992</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="9" t="n"/>
+      <c r="B80" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C80" s="9" t="n"/>
+      <c r="D80" s="9" t="n"/>
+      <c r="E80" s="9" t="n"/>
+      <c r="F80" s="10" t="n">
+        <v>25727.8</v>
+      </c>
+      <c r="G80" s="11" t="n">
+        <v>0.0636</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="B82" s="4" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="83">
+      <c r="B83" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="92" t="n">
+        <v>65</v>
+      </c>
+      <c r="B84" s="92" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C84" s="92" t="inlineStr">
+        <is>
+          <t>INE403D14585</t>
+        </is>
+      </c>
+      <c r="D84" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E84" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F84" s="6" t="n">
+        <v>4734.45</v>
+      </c>
+      <c r="G84" s="7" t="n">
+        <v>0.0117</v>
+      </c>
+      <c r="H84" s="8" t="n">
+        <v>46283</v>
+      </c>
+      <c r="J84" s="6" t="n">
+        <v>7.4176</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="9" t="n"/>
+      <c r="B85" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C85" s="9" t="n"/>
+      <c r="D85" s="9" t="n"/>
+      <c r="E85" s="9" t="n"/>
+      <c r="F85" s="10" t="n">
+        <v>4734.45</v>
+      </c>
+      <c r="G85" s="11" t="n">
+        <v>0.0117</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="92" t="n">
+        <v>66</v>
+      </c>
+      <c r="B87" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F87" s="6" t="n">
+        <v>681.03</v>
+      </c>
+      <c r="G87" s="7" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="H87" s="8" t="n">
+        <v>46007</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="9" t="n"/>
+      <c r="B88" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C88" s="9" t="n"/>
+      <c r="D88" s="9" t="n"/>
+      <c r="E88" s="9" t="n"/>
+      <c r="F88" s="10" t="n">
+        <v>681.03</v>
+      </c>
+      <c r="G88" s="11" t="n">
+        <v>0.0017</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="B90" s="4" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="92" t="n">
+        <v>67</v>
+      </c>
+      <c r="B91" s="92" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C91" s="92" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E91" s="12" t="n">
+        <v>10095.756</v>
+      </c>
+      <c r="F91" s="6" t="n">
+        <v>1162.93</v>
+      </c>
+      <c r="G91" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J91" s="6" t="n"/>
+    </row>
+    <row r="92">
+      <c r="A92" s="9" t="n"/>
+      <c r="B92" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C92" s="9" t="n"/>
+      <c r="D92" s="9" t="n"/>
+      <c r="E92" s="9" t="n"/>
+      <c r="F92" s="10" t="n">
+        <v>1162.93</v>
+      </c>
+      <c r="G92" s="11" t="n">
+        <v>0.0029</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="B94" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="95">
+      <c r="B95" s="92" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E95" s="12" t="n"/>
+      <c r="F95" s="6" t="n">
+        <v>162.15</v>
+      </c>
+      <c r="G95" s="7" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="J95" s="6" t="n"/>
+    </row>
+    <row r="96">
+      <c r="A96" s="9" t="n"/>
+      <c r="B96" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C96" s="9" t="n"/>
+      <c r="D96" s="9" t="n"/>
+      <c r="E96" s="9" t="n"/>
+      <c r="F96" s="10" t="n">
+        <v>162.15</v>
+      </c>
+      <c r="G96" s="11" t="n">
+        <v>0.0004</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="5" t="n"/>
+      <c r="B98" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C98" s="5" t="n"/>
+      <c r="D98" s="5" t="n"/>
+      <c r="E98" s="5" t="n"/>
+      <c r="F98" s="13" t="n">
+        <v>404915.45</v>
+      </c>
+      <c r="G98" s="14" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="92" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="92" t="n">
+        <v>1</v>
+      </c>
+      <c r="B100" s="92" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" ht="40.5" customHeight="1" s="68">
+      <c r="A101" s="15" t="n">
+        <v>2</v>
+      </c>
+      <c r="B101" s="15" t="inlineStr">
+        <is>
+          <t>As on December 15, 2025, the aggregate investments by the schemes of DSP Mutual Fund in DSP Banking and PSU Debt Fund is  ₹ 1,06,141.99 Lakhs.</t>
+        </is>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A12" s="1" t="n">
+      <c r="B102" s="15" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="103" ht="14.5" customHeight="1" s="68">
+      <c r="A103" s="15" t="n">
         <v>4</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A13" s="1" t="n">
+      <c r="B103" s="87" t="inlineStr">
+        <is>
+          <t>Yield to call as per AMFI Best Practices Guidelines Circular No. 88 / 2020 -21</t>
+        </is>
+      </c>
+      <c r="C103" s="102" t="n"/>
+      <c r="D103" s="103" t="n"/>
+    </row>
+    <row r="104" ht="14.5" customHeight="1" s="68">
+      <c r="B104" s="55" t="inlineStr">
+        <is>
+          <t>Issuer</t>
+        </is>
+      </c>
+      <c r="C104" s="55" t="inlineStr">
+        <is>
+          <t>ISIN</t>
+        </is>
+      </c>
+      <c r="D104" s="55" t="inlineStr">
+        <is>
+          <t>YTC</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" ht="14.5" customHeight="1" s="68">
+      <c r="B105" s="56" t="inlineStr">
+        <is>
+          <t>State Bank of India Basel III Tier 2**</t>
+        </is>
+      </c>
+      <c r="C105" s="56" t="inlineStr">
+        <is>
+          <t>INE062A08405</t>
+        </is>
+      </c>
+      <c r="D105" s="20" t="n">
+        <v>0.07573199999999999</v>
+      </c>
+    </row>
+    <row r="106" ht="77.25" customHeight="1" s="68">
+      <c r="A106" s="92" t="n">
         <v>5</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A14" s="1" t="n">
+      <c r="B106" s="88" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
+        </is>
+      </c>
+    </row>
+    <row r="107" ht="19.5" customHeight="1" s="68">
+      <c r="A107" s="15" t="n">
         <v>6</v>
       </c>
-      <c r="B14" s="1" t="inlineStr">
-[...2510 lines deleted...]
-      <c r="B111" s="69" t="inlineStr">
+      <c r="B107" s="94" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="108" ht="19.5" customHeight="1" s="68">
+      <c r="A108" s="15" t="n"/>
+      <c r="B108" s="94" t="n"/>
+      <c r="C108" s="94" t="n"/>
+    </row>
+    <row r="109" ht="14.5" customHeight="1" s="68">
+      <c r="B109" s="91" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="125" ht="14.5" customHeight="1" s="72">
-      <c r="B125" s="69" t="inlineStr">
+    <row r="121" ht="14.5" customHeight="1" s="68">
+      <c r="B121" s="91" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty Banking &amp; PSU Debt Index A-II</t>
         </is>
       </c>
     </row>
+    <row r="136">
+      <c r="B136" s="16" t="n"/>
+      <c r="C136" s="18" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
+    <row r="137">
+      <c r="B137" s="16" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C137" s="18" t="inlineStr">
+        <is>
+          <t>DSP Banking and PSU Debt Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="138">
+      <c r="B138" s="16" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C138" s="19" t="n"/>
+    </row>
+    <row r="139">
+      <c r="B139" s="16" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C139" s="20" t="n">
+        <v>0.0697</v>
+      </c>
+    </row>
     <row r="140">
-      <c r="B140" s="15" t="n"/>
-[...3 lines deleted...]
-        </is>
+      <c r="B140" s="16" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C140" s="19" t="n">
+        <v>4.45</v>
       </c>
     </row>
     <row r="141">
-      <c r="B141" s="15" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="B141" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C141" s="19" t="n">
+        <v>7.58</v>
       </c>
     </row>
     <row r="142">
-      <c r="B142" s="15" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C142" s="70" t="n"/>
+      <c r="B142" s="16" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C142" s="21" t="n">
+        <v>46006</v>
+      </c>
     </row>
     <row r="143">
-      <c r="B143" s="15" t="inlineStr">
-[...39 lines deleted...]
-      <c r="B147" s="16" t="inlineStr">
+      <c r="B143" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C147" s="17" t="n"/>
+      <c r="C143" s="18" t="n"/>
     </row>
   </sheetData>
-  <mergeCells count="3">
+  <mergeCells count="4">
+    <mergeCell ref="B107:C107"/>
+    <mergeCell ref="B106:G106"/>
+    <mergeCell ref="B103:D103"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="B104:D104"/>
-    <mergeCell ref="B107:G107"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Koushik Chowdhury</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>