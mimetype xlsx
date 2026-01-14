--- v4 (2025-12-24)
+++ v5 (2026-01-14)
@@ -1,79 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr/>
+  <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="993" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="883" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="BANKING &amp; PSU" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="23">
+  <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -110,56 +104,50 @@
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
-      <sz val="10"/>
-[...4 lines deleted...]
-      <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -342,319 +330,320 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="104">
+  <cellXfs count="103">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...93 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...29 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment vertical="center" wrapText="1"/>
-[...25 lines deleted...]
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
@@ -705,116 +694,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>110</row>
+      <row>109</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>119</row>
+      <row>118</row>
       <rowOff>31751</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="19113500"/>
+          <a:off x="457200" y="18770600"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>122</row>
+      <row>121</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>131</row>
+      <row>130</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="21526500"/>
+          <a:off x="457200" y="21183600"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1052,2972 +1041,2901 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr>
+  <sheetPr codeName="Sheet12">
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L143"/>
+  <dimension ref="A1:L145"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="92" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="92" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="52.81640625" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="28.7265625" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14.7265625" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="68">
-[...1 lines deleted...]
-      <c r="B1" s="67" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="74">
+      <c r="A1" s="73" t="n"/>
+      <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Banking and PSU Debt Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 15, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="B8" s="4" t="inlineStr">
+      <c r="B8" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K8" s="4" t="inlineStr">
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="92" t="n">
+      <c r="A9" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B9" s="92" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C9" s="92" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE261F08EG3</t>
         </is>
       </c>
-      <c r="D9" s="92" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E9" s="12" t="n">
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E9" s="11" t="n">
         <v>17500</v>
       </c>
-      <c r="F9" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H9" s="8" t="n">
+      <c r="F9" s="5" t="n">
+        <v>18748.61</v>
+      </c>
+      <c r="G9" s="6" t="n">
+        <v>0.0475</v>
+      </c>
+      <c r="H9" s="7" t="n">
         <v>47238</v>
       </c>
-      <c r="J9" s="6" t="n">
-[...8 lines deleted...]
-        <v>0.6394</v>
+      <c r="J9" s="5" t="n">
+        <v>6.98</v>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L9" s="6" t="n">
+        <v>0.6553</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="92" t="n">
+      <c r="A10" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B10" s="92" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
-      <c r="C10" s="92" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE556F08KK5</t>
         </is>
       </c>
-      <c r="D10" s="92" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E10" s="12" t="n">
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E10" s="11" t="n">
         <v>12500</v>
       </c>
-      <c r="F10" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H10" s="8" t="n">
+      <c r="F10" s="5" t="n">
+        <v>12847.03</v>
+      </c>
+      <c r="G10" s="6" t="n">
+        <v>0.0325</v>
+      </c>
+      <c r="H10" s="7" t="n">
         <v>46496</v>
       </c>
-      <c r="J10" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K10" s="92" t="inlineStr">
+      <c r="J10" s="5" t="n">
+        <v>6.8087</v>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L10" s="7" t="n">
-        <v>0.1889</v>
+      <c r="L10" s="6" t="n">
+        <v>0.165</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="92" t="n">
+      <c r="A11" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="B11" s="92" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Power Grid Corporation of India Limited**</t>
         </is>
       </c>
-      <c r="C11" s="92" t="inlineStr">
+      <c r="C11" s="1" t="inlineStr">
         <is>
           <t>INE752E07OF7</t>
         </is>
       </c>
-      <c r="D11" s="92" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E11" s="12" t="n">
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E11" s="11" t="n">
         <v>1050</v>
       </c>
-      <c r="F11" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H11" s="8" t="n">
+      <c r="F11" s="5" t="n">
+        <v>10998.12</v>
+      </c>
+      <c r="G11" s="6" t="n">
+        <v>0.0279</v>
+      </c>
+      <c r="H11" s="7" t="n">
         <v>46557</v>
       </c>
-      <c r="J11" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K11" s="92" t="inlineStr">
+      <c r="J11" s="5" t="n">
+        <v>6.6472</v>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
-      <c r="L11" s="7" t="n">
-        <v>0.07530000000000001</v>
+      <c r="L11" s="6" t="n">
+        <v>0.07049999999999999</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="92" t="n">
+      <c r="A12" s="1" t="n">
         <v>4</v>
       </c>
-      <c r="B12" s="92" t="inlineStr">
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>INE053F08403</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E12" s="11" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F12" s="5" t="n">
+        <v>10675.34</v>
+      </c>
+      <c r="G12" s="6" t="n">
+        <v>0.027</v>
+      </c>
+      <c r="H12" s="7" t="n">
+        <v>49140</v>
+      </c>
+      <c r="J12" s="5" t="n">
+        <v>7.15</v>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="L12" s="6" t="n">
+        <v>0.0465</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE040A08955</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E13" s="11" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F13" s="5" t="n">
+        <v>10622.27</v>
+      </c>
+      <c r="G13" s="6" t="n">
+        <v>0.0269</v>
+      </c>
+      <c r="H13" s="7" t="n">
+        <v>46889</v>
+      </c>
+      <c r="J13" s="5" t="n">
+        <v>7.0233</v>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="L13" s="6" t="n">
+        <v>0.0393</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>GAIL (India) Limited**</t>
         </is>
       </c>
-      <c r="C12" s="92" t="inlineStr">
+      <c r="C14" s="1" t="inlineStr">
         <is>
           <t>INE129A08014</t>
         </is>
       </c>
-      <c r="D12" s="92" t="inlineStr">
+      <c r="D14" s="1" t="inlineStr">
         <is>
           <t>IND AAA</t>
         </is>
       </c>
-      <c r="E12" s="12" t="n">
+      <c r="E14" s="11" t="n">
         <v>1000</v>
       </c>
-      <c r="F12" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H12" s="8" t="n">
+      <c r="F14" s="5" t="n">
+        <v>10150.43</v>
+      </c>
+      <c r="G14" s="6" t="n">
+        <v>0.0257</v>
+      </c>
+      <c r="H14" s="7" t="n">
         <v>46741</v>
       </c>
-      <c r="J12" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K12" s="92" t="inlineStr">
+      <c r="J14" s="5" t="n">
+        <v>6.63</v>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L14" s="6" t="n">
+        <v>0.003</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE403D08272</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E15" s="11" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F15" s="5" t="n">
+        <v>10130.03</v>
+      </c>
+      <c r="G15" s="6" t="n">
+        <v>0.0257</v>
+      </c>
+      <c r="H15" s="7" t="n">
+        <v>46675</v>
+      </c>
+      <c r="J15" s="5" t="n">
+        <v>7.4899</v>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L15" s="6" t="n">
+        <v>0.0204</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited**</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE752E08767</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E16" s="11" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F16" s="5" t="n">
+        <v>10109.09</v>
+      </c>
+      <c r="G16" s="6" t="n">
+        <v>0.0256</v>
+      </c>
+      <c r="H16" s="7" t="n">
+        <v>49242</v>
+      </c>
+      <c r="J16" s="5" t="n">
+        <v>7.11</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE403D08280</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E17" s="11" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F17" s="5" t="n">
+        <v>10018.15</v>
+      </c>
+      <c r="G17" s="6" t="n">
+        <v>0.0254</v>
+      </c>
+      <c r="H17" s="7" t="n">
+        <v>47102</v>
+      </c>
+      <c r="J17" s="5" t="n">
+        <v>7.51</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08MA1</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E18" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F18" s="5" t="n">
+        <v>8168.32</v>
+      </c>
+      <c r="G18" s="6" t="n">
+        <v>0.0207</v>
+      </c>
+      <c r="H18" s="7" t="n">
+        <v>48632</v>
+      </c>
+      <c r="I18" s="1" t="inlineStr">
+        <is>
+          <t>PU - 21-Feb-2026</t>
+        </is>
+      </c>
+      <c r="J18" s="5" t="n">
+        <v>7.2</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08EH0</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E19" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F19" s="5" t="n">
+        <v>8086.56</v>
+      </c>
+      <c r="G19" s="6" t="n">
+        <v>0.0205</v>
+      </c>
+      <c r="H19" s="7" t="n">
+        <v>46843</v>
+      </c>
+      <c r="J19" s="5" t="n">
+        <v>6.7829</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08NM4</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E20" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F20" s="5" t="n">
+        <v>8066.01</v>
+      </c>
+      <c r="G20" s="6" t="n">
+        <v>0.0204</v>
+      </c>
+      <c r="H20" s="7" t="n">
+        <v>48228</v>
+      </c>
+      <c r="J20" s="5" t="n">
+        <v>7.13</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EM1</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
-      <c r="L12" s="7" t="n">
-[...4 lines deleted...]
-      <c r="A13" s="92" t="n">
+      <c r="E21" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F21" s="5" t="n">
+        <v>8037.65</v>
+      </c>
+      <c r="G21" s="6" t="n">
+        <v>0.0204</v>
+      </c>
+      <c r="H21" s="7" t="n">
+        <v>46836</v>
+      </c>
+      <c r="J21" s="5" t="n">
+        <v>6.8433</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KY6</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E22" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F22" s="5" t="n">
+        <v>8034.8</v>
+      </c>
+      <c r="G22" s="6" t="n">
+        <v>0.0203</v>
+      </c>
+      <c r="H22" s="7" t="n">
+        <v>47563</v>
+      </c>
+      <c r="J22" s="5" t="n">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FB0</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E23" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F23" s="5" t="n">
+        <v>7968.43</v>
+      </c>
+      <c r="G23" s="6" t="n">
+        <v>0.0202</v>
+      </c>
+      <c r="H23" s="7" t="n">
+        <v>49095</v>
+      </c>
+      <c r="J23" s="5" t="n">
+        <v>7.225</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FL9</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E24" s="11" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F24" s="5" t="n">
+        <v>7957.98</v>
+      </c>
+      <c r="G24" s="6" t="n">
+        <v>0.0202</v>
+      </c>
+      <c r="H24" s="7" t="n">
+        <v>47603</v>
+      </c>
+      <c r="J24" s="5" t="n">
+        <v>7.005</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08LN6</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E25" s="11" t="n">
+        <v>750</v>
+      </c>
+      <c r="F25" s="5" t="n">
+        <v>7440.01</v>
+      </c>
+      <c r="G25" s="6" t="n">
+        <v>0.0188</v>
+      </c>
+      <c r="H25" s="7" t="n">
+        <v>48318</v>
+      </c>
+      <c r="J25" s="5" t="n">
+        <v>7.13</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development**</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE0KUG08068</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E26" s="11" t="n">
+        <v>6500</v>
+      </c>
+      <c r="F26" s="5" t="n">
+        <v>6799</v>
+      </c>
+      <c r="G26" s="6" t="n">
+        <v>0.0172</v>
+      </c>
+      <c r="H26" s="7" t="n">
+        <v>49396</v>
+      </c>
+      <c r="I26" s="1" t="inlineStr">
+        <is>
+          <t>PU - 28-Mar-2026</t>
+        </is>
+      </c>
+      <c r="J26" s="5" t="n">
+        <v>7.275</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited**</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE752E08734</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E27" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F27" s="5" t="n">
+        <v>5368.83</v>
+      </c>
+      <c r="G27" s="6" t="n">
+        <v>0.0136</v>
+      </c>
+      <c r="H27" s="7" t="n">
+        <v>49015</v>
+      </c>
+      <c r="J27" s="5" t="n">
+        <v>7.11</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>National Housing Bank**</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE557F08FX6</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="E28" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F28" s="5" t="n">
+        <v>5361.77</v>
+      </c>
+      <c r="G28" s="6" t="n">
+        <v>0.0136</v>
+      </c>
+      <c r="H28" s="7" t="n">
+        <v>47942</v>
+      </c>
+      <c r="J28" s="5" t="n">
+        <v>7.01</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KW0</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E29" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F29" s="5" t="n">
+        <v>5358.26</v>
+      </c>
+      <c r="G29" s="6" t="n">
+        <v>0.0136</v>
+      </c>
+      <c r="H29" s="7" t="n">
+        <v>47189</v>
+      </c>
+      <c r="J29" s="5" t="n">
+        <v>6.985</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE053F08320</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E30" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F30" s="5" t="n">
+        <v>5343.82</v>
+      </c>
+      <c r="G30" s="6" t="n">
+        <v>0.0135</v>
+      </c>
+      <c r="H30" s="7" t="n">
+        <v>47039</v>
+      </c>
+      <c r="J30" s="5" t="n">
+        <v>6.82</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE053F07AY7</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E31" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F31" s="5" t="n">
+        <v>5298.92</v>
+      </c>
+      <c r="G31" s="6" t="n">
+        <v>0.0134</v>
+      </c>
+      <c r="H31" s="7" t="n">
+        <v>47091</v>
+      </c>
+      <c r="J31" s="5" t="n">
+        <v>6.82</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>NTPC Limited**</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE733E08247</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E32" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F32" s="5" t="n">
+        <v>5269.3</v>
+      </c>
+      <c r="G32" s="6" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="H32" s="7" t="n">
+        <v>46129</v>
+      </c>
+      <c r="J32" s="5" t="n">
+        <v>6.4171</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07TJ4</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E33" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F33" s="5" t="n">
+        <v>5268.92</v>
+      </c>
+      <c r="G33" s="6" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="H33" s="7" t="n">
+        <v>46930</v>
+      </c>
+      <c r="J33" s="5" t="n">
+        <v>7.26</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>State Bank of India**</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE062A08421</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E34" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F34" s="5" t="n">
+        <v>5234.8</v>
+      </c>
+      <c r="G34" s="6" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="H34" s="7" t="n">
+        <v>50948</v>
+      </c>
+      <c r="J34" s="5" t="n">
+        <v>7.245</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE053F08437</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E35" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F35" s="5" t="n">
+        <v>5198.63</v>
+      </c>
+      <c r="G35" s="6" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="H35" s="7" t="n">
+        <v>51088</v>
+      </c>
+      <c r="J35" s="5" t="n">
+        <v>7.28</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE053F08494</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E36" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F36" s="5" t="n">
+        <v>5196.13</v>
+      </c>
+      <c r="G36" s="6" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="H36" s="7" t="n">
+        <v>47603</v>
+      </c>
+      <c r="J36" s="5" t="n">
+        <v>6.9587</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EO7</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E37" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F37" s="5" t="n">
+        <v>5176.02</v>
+      </c>
+      <c r="G37" s="6" t="n">
+        <v>0.0131</v>
+      </c>
+      <c r="H37" s="7" t="n">
+        <v>47011</v>
+      </c>
+      <c r="J37" s="5" t="n">
+        <v>6.9119</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08NB7</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E38" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F38" s="5" t="n">
+        <v>5157.35</v>
+      </c>
+      <c r="G38" s="6" t="n">
+        <v>0.0131</v>
+      </c>
+      <c r="H38" s="7" t="n">
+        <v>50966</v>
+      </c>
+      <c r="J38" s="5" t="n">
+        <v>7.2549</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08LX5</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E39" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F39" s="5" t="n">
+        <v>5086.5</v>
+      </c>
+      <c r="G39" s="6" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="H39" s="7" t="n">
+        <v>46769</v>
+      </c>
+      <c r="J39" s="5" t="n">
+        <v>6.8043</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FV8</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E40" s="11" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F40" s="5" t="n">
+        <v>5035.85</v>
+      </c>
+      <c r="G40" s="6" t="n">
+        <v>0.0128</v>
+      </c>
+      <c r="H40" s="7" t="n">
+        <v>49795</v>
+      </c>
+      <c r="J40" s="5" t="n">
+        <v>7.29</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development**</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE0KUG08084</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E41" s="11" t="n">
+        <v>3500</v>
+      </c>
+      <c r="F41" s="5" t="n">
+        <v>3625.17</v>
+      </c>
+      <c r="G41" s="6" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="H41" s="7" t="n">
+        <v>49406</v>
+      </c>
+      <c r="I41" s="1" t="inlineStr">
+        <is>
+          <t>PU - 08-Apr-2026</t>
+        </is>
+      </c>
+      <c r="J41" s="5" t="n">
+        <v>7.275</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>State Bank of India**</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE062A08405</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E42" s="11" t="n">
+        <v>30</v>
+      </c>
+      <c r="F42" s="5" t="n">
+        <v>3139.59</v>
+      </c>
+      <c r="G42" s="6" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="H42" s="7" t="n">
+        <v>50711</v>
+      </c>
+      <c r="I42" s="1" t="inlineStr">
+        <is>
+          <t>CA - 02-Nov-2033</t>
+        </is>
+      </c>
+      <c r="J42" s="5" t="n">
+        <v>7.3901</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EK5</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E43" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F43" s="5" t="n">
+        <v>2687.73</v>
+      </c>
+      <c r="G43" s="6" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H43" s="7" t="n">
+        <v>46807</v>
+      </c>
+      <c r="J43" s="5" t="n">
+        <v>6.82</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FQ8</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E44" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F44" s="5" t="n">
+        <v>2658.35</v>
+      </c>
+      <c r="G44" s="6" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H44" s="7" t="n">
+        <v>49368</v>
+      </c>
+      <c r="J44" s="5" t="n">
+        <v>7.23</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>NTPC Limited**</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INE733E08262</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E45" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F45" s="5" t="n">
+        <v>2643.81</v>
+      </c>
+      <c r="G45" s="6" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H45" s="7" t="n">
+        <v>51215</v>
+      </c>
+      <c r="J45" s="5" t="n">
+        <v>7.25</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>INE053F08304</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E46" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F46" s="5" t="n">
+        <v>2637.97</v>
+      </c>
+      <c r="G46" s="6" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H46" s="7" t="n">
+        <v>46310</v>
+      </c>
+      <c r="J46" s="5" t="n">
+        <v>6.77</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development**</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>INE0KUG08019</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E47" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F47" s="5" t="n">
+        <v>2625.6</v>
+      </c>
+      <c r="G47" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H47" s="7" t="n">
+        <v>48746</v>
+      </c>
+      <c r="J47" s="5" t="n">
+        <v>7.245</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>INE040A08773</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E48" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F48" s="5" t="n">
+        <v>2622.68</v>
+      </c>
+      <c r="G48" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H48" s="7" t="n">
+        <v>48463</v>
+      </c>
+      <c r="J48" s="5" t="n">
+        <v>7.32</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08DV3</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E49" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F49" s="5" t="n">
+        <v>2610</v>
+      </c>
+      <c r="G49" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H49" s="7" t="n">
+        <v>48293</v>
+      </c>
+      <c r="J49" s="5" t="n">
+        <v>7.125</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Tata Capital Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>INE033L07HU0</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E50" s="11" t="n">
+        <v>250</v>
+      </c>
+      <c r="F50" s="5" t="n">
+        <v>2605.15</v>
+      </c>
+      <c r="G50" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H50" s="7" t="n">
+        <v>46604</v>
+      </c>
+      <c r="J50" s="5" t="n">
+        <v>7.055</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KR0</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E51" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F51" s="5" t="n">
+        <v>2595.57</v>
+      </c>
+      <c r="G51" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H51" s="7" t="n">
+        <v>47366</v>
+      </c>
+      <c r="J51" s="5" t="n">
+        <v>7.005</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited**</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>INE752E08783</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E52" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F52" s="5" t="n">
+        <v>2594.37</v>
+      </c>
+      <c r="G52" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H52" s="7" t="n">
+        <v>49414</v>
+      </c>
+      <c r="J52" s="5" t="n">
+        <v>7.1119</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="1" t="n">
+        <v>45</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07TM8</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E53" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F53" s="5" t="n">
+        <v>2576.24</v>
+      </c>
+      <c r="G53" s="6" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H53" s="7" t="n">
+        <v>46944</v>
+      </c>
+      <c r="J53" s="5" t="n">
+        <v>7.26</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="1" t="n">
+        <v>46</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08NC5</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E54" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F54" s="5" t="n">
+        <v>2575.93</v>
+      </c>
+      <c r="G54" s="6" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H54" s="7" t="n">
+        <v>49233</v>
+      </c>
+      <c r="J54" s="5" t="n">
+        <v>7.19</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="1" t="n">
+        <v>47</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KS8</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E55" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F55" s="5" t="n">
+        <v>2573.15</v>
+      </c>
+      <c r="G55" s="6" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H55" s="7" t="n">
+        <v>47175</v>
+      </c>
+      <c r="J55" s="5" t="n">
+        <v>6.985</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KM1</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E56" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F56" s="5" t="n">
+        <v>2537.53</v>
+      </c>
+      <c r="G56" s="6" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H56" s="7" t="n">
+        <v>46521</v>
+      </c>
+      <c r="J56" s="5" t="n">
+        <v>6.8087</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="n">
+        <v>49</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07TH8</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E57" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F57" s="5" t="n">
+        <v>1053.35</v>
+      </c>
+      <c r="G57" s="6" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="H57" s="7" t="n">
+        <v>49402</v>
+      </c>
+      <c r="J57" s="5" t="n">
+        <v>7.59</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="8" t="n"/>
+      <c r="B58" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C58" s="8" t="n"/>
+      <c r="D58" s="8" t="n"/>
+      <c r="E58" s="8" t="n"/>
+      <c r="F58" s="9" t="n">
+        <v>292575.12</v>
+      </c>
+      <c r="G58" s="10" t="n">
+        <v>0.7411</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="B60" s="3" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>8.51% GOI FRB 2033</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>IN0020200120</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E61" s="11" t="n">
+        <v>12500000</v>
+      </c>
+      <c r="F61" s="5" t="n">
+        <v>13141.1</v>
+      </c>
+      <c r="G61" s="6" t="n">
+        <v>0.0333</v>
+      </c>
+      <c r="H61" s="7" t="n">
+        <v>48844</v>
+      </c>
+      <c r="J61" s="5" t="n">
+        <v>6.1534</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="1" t="n">
+        <v>51</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>6.68% GOI 2040</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250042</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E62" s="11" t="n">
+        <v>12500000</v>
+      </c>
+      <c r="F62" s="5" t="n">
+        <v>12541.63</v>
+      </c>
+      <c r="G62" s="6" t="n">
+        <v>0.0318</v>
+      </c>
+      <c r="H62" s="7" t="n">
+        <v>51324</v>
+      </c>
+      <c r="J62" s="5" t="n">
+        <v>7.0007</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="1" t="n">
+        <v>52</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>6.90% GOI 2065</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250018</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E63" s="11" t="n">
+        <v>12500000</v>
+      </c>
+      <c r="F63" s="5" t="n">
+        <v>11977.13</v>
+      </c>
+      <c r="G63" s="6" t="n">
+        <v>0.0303</v>
+      </c>
+      <c r="H63" s="7" t="n">
+        <v>60372</v>
+      </c>
+      <c r="J63" s="5" t="n">
+        <v>7.3386</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="1" t="n">
+        <v>53</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>6.28% GOI 2032</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250059</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E64" s="11" t="n">
+        <v>10000000</v>
+      </c>
+      <c r="F64" s="5" t="n">
+        <v>10139.55</v>
+      </c>
+      <c r="G64" s="6" t="n">
+        <v>0.0257</v>
+      </c>
+      <c r="H64" s="7" t="n">
+        <v>48409</v>
+      </c>
+      <c r="J64" s="5" t="n">
+        <v>6.5687</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="1" t="n">
+        <v>54</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>7.32% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230135</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E65" s="11" t="n">
+        <v>7000000</v>
+      </c>
+      <c r="F65" s="5" t="n">
+        <v>7337.63</v>
+      </c>
+      <c r="G65" s="6" t="n">
+        <v>0.0186</v>
+      </c>
+      <c r="H65" s="7" t="n">
+        <v>47800</v>
+      </c>
+      <c r="J65" s="5" t="n">
+        <v>6.3851</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="1" t="n">
+        <v>55</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>7.25% GOI 2063</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230044</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E66" s="11" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F66" s="5" t="n">
+        <v>4955.81</v>
+      </c>
+      <c r="G66" s="6" t="n">
+        <v>0.0126</v>
+      </c>
+      <c r="H66" s="7" t="n">
+        <v>59699</v>
+      </c>
+      <c r="J66" s="5" t="n">
+        <v>7.3493</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="1" t="n">
+        <v>56</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>7.30% GOI 2053</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230051</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E67" s="11" t="n">
+        <v>4000000</v>
+      </c>
+      <c r="F67" s="5" t="n">
+        <v>4016.81</v>
+      </c>
+      <c r="G67" s="6" t="n">
+        <v>0.0102</v>
+      </c>
+      <c r="H67" s="7" t="n">
+        <v>56054</v>
+      </c>
+      <c r="J67" s="5" t="n">
+        <v>7.2847</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="1" t="n">
+        <v>57</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>6.48% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250091</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E68" s="11" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F68" s="5" t="n">
+        <v>1006.66</v>
+      </c>
+      <c r="G68" s="6" t="n">
+        <v>0.0025</v>
+      </c>
+      <c r="H68" s="7" t="n">
+        <v>49588</v>
+      </c>
+      <c r="J68" s="5" t="n">
+        <v>6.5996</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="8" t="n"/>
+      <c r="B69" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C69" s="8" t="n"/>
+      <c r="D69" s="8" t="n"/>
+      <c r="E69" s="8" t="n"/>
+      <c r="F69" s="9" t="n">
+        <v>65116.32</v>
+      </c>
+      <c r="G69" s="10" t="n">
+        <v>0.165</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="B71" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="72">
+      <c r="B72" s="3" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="1" t="n">
+        <v>58</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16GF2</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E73" s="11" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F73" s="5" t="n">
+        <v>9942.15</v>
+      </c>
+      <c r="G73" s="6" t="n">
+        <v>0.0252</v>
+      </c>
+      <c r="H73" s="7" t="n">
+        <v>46059</v>
+      </c>
+      <c r="J73" s="5" t="n">
+        <v>5.9</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="1" t="n">
+        <v>59</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16GW7</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E74" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F74" s="5" t="n">
+        <v>4882.77</v>
+      </c>
+      <c r="G74" s="6" t="n">
+        <v>0.0124</v>
+      </c>
+      <c r="H74" s="7" t="n">
+        <v>46161</v>
+      </c>
+      <c r="J74" s="5" t="n">
+        <v>6.3499</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="1" t="n">
+        <v>60</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HN4</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E75" s="11" t="n">
+        <v>700</v>
+      </c>
+      <c r="F75" s="5" t="n">
+        <v>3348</v>
+      </c>
+      <c r="G75" s="6" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="H75" s="7" t="n">
+        <v>46276</v>
+      </c>
+      <c r="J75" s="5" t="n">
+        <v>6.5501</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="1" t="n">
+        <v>61</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>INE237A161Z4</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E76" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F76" s="5" t="n">
+        <v>2496.72</v>
+      </c>
+      <c r="G76" s="6" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H76" s="7" t="n">
+        <v>46031</v>
+      </c>
+      <c r="J76" s="5" t="n">
+        <v>5.9984</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="1" t="n">
+        <v>62</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6BD9</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E77" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F77" s="5" t="n">
+        <v>2404.5</v>
+      </c>
+      <c r="G77" s="6" t="n">
+        <v>0.0061</v>
+      </c>
+      <c r="H77" s="7" t="n">
+        <v>46245</v>
+      </c>
+      <c r="J77" s="5" t="n">
+        <v>6.5301</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="8" t="n"/>
+      <c r="B78" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C78" s="8" t="n"/>
+      <c r="D78" s="8" t="n"/>
+      <c r="E78" s="8" t="n"/>
+      <c r="F78" s="9" t="n">
+        <v>23074.14</v>
+      </c>
+      <c r="G78" s="10" t="n">
+        <v>0.0585</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="B80" s="3" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="81">
+      <c r="B81" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="1" t="n">
+        <v>63</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>INE403D14585</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E82" s="11" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F82" s="5" t="n">
+        <v>4753.98</v>
+      </c>
+      <c r="G82" s="6" t="n">
+        <v>0.012</v>
+      </c>
+      <c r="H82" s="7" t="n">
+        <v>46283</v>
+      </c>
+      <c r="J82" s="5" t="n">
+        <v>7.265</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="8" t="n"/>
+      <c r="B83" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C83" s="8" t="n"/>
+      <c r="D83" s="8" t="n"/>
+      <c r="E83" s="8" t="n"/>
+      <c r="F83" s="9" t="n">
+        <v>4753.98</v>
+      </c>
+      <c r="G83" s="10" t="n">
+        <v>0.012</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="1" t="n">
+        <v>64</v>
+      </c>
+      <c r="B85" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F85" s="5" t="n">
+        <v>7820.78</v>
+      </c>
+      <c r="G85" s="6" t="n">
+        <v>0.0198</v>
+      </c>
+      <c r="H85" s="7" t="n">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="8" t="n"/>
+      <c r="B86" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C86" s="8" t="n"/>
+      <c r="D86" s="8" t="n"/>
+      <c r="E86" s="8" t="n"/>
+      <c r="F86" s="9" t="n">
+        <v>7820.78</v>
+      </c>
+      <c r="G86" s="10" t="n">
+        <v>0.0198</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="B88" s="3" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="1" t="n">
+        <v>65</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C89" s="1" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E89" s="11" t="n">
+        <v>10095.756</v>
+      </c>
+      <c r="F89" s="5" t="n">
+        <v>1166.44</v>
+      </c>
+      <c r="G89" s="6" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J89" s="5" t="n"/>
+    </row>
+    <row r="90">
+      <c r="A90" s="8" t="n"/>
+      <c r="B90" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C90" s="8" t="n"/>
+      <c r="D90" s="8" t="n"/>
+      <c r="E90" s="8" t="n"/>
+      <c r="F90" s="9" t="n">
+        <v>1166.44</v>
+      </c>
+      <c r="G90" s="10" t="n">
+        <v>0.003</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="B92" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="93">
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E93" s="11" t="n"/>
+      <c r="F93" s="5" t="n">
+        <v>330.5</v>
+      </c>
+      <c r="G93" s="6" t="n">
+        <v>0.0005999999999999999</v>
+      </c>
+      <c r="J93" s="5" t="n"/>
+    </row>
+    <row r="94">
+      <c r="A94" s="8" t="n"/>
+      <c r="B94" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C94" s="8" t="n"/>
+      <c r="D94" s="8" t="n"/>
+      <c r="E94" s="8" t="n"/>
+      <c r="F94" s="9" t="n">
+        <v>330.5</v>
+      </c>
+      <c r="G94" s="10" t="n">
+        <v>0.0005999999999999999</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="4" t="n"/>
+      <c r="B96" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C96" s="4" t="n"/>
+      <c r="D96" s="4" t="n"/>
+      <c r="E96" s="4" t="n"/>
+      <c r="F96" s="12" t="n">
+        <v>394837.28</v>
+      </c>
+      <c r="G96" s="13" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="99" ht="40.5" customHeight="1" s="74">
+      <c r="A99" s="15" t="n">
+        <v>2</v>
+      </c>
+      <c r="B99" s="15" t="inlineStr">
+        <is>
+          <t>As on December 31, 2025, the aggregate investments by the schemes of DSP Mutual Fund in DSP Banking and PSU Debt Fund is  ₹ 1,03,023.12 Lakhs.</t>
+        </is>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="15" t="n">
+        <v>3</v>
+      </c>
+      <c r="B100" s="15" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="101" ht="27" customHeight="1" s="74">
+      <c r="A101" s="15" t="n">
+        <v>4</v>
+      </c>
+      <c r="B101" s="15" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="102" ht="14.5" customHeight="1" s="74">
+      <c r="A102" s="15" t="n">
         <v>5</v>
       </c>
-      <c r="B13" s="92" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A14" s="92" t="n">
+      <c r="B102" s="93" t="inlineStr">
+        <is>
+          <t>Yield to call as per AMFI Best Practices Guidelines Circular No. 88 / 2020 -21</t>
+        </is>
+      </c>
+      <c r="C102" s="101" t="n"/>
+      <c r="D102" s="102" t="n"/>
+    </row>
+    <row r="103" ht="14.5" customHeight="1" s="74">
+      <c r="A103" s="15" t="n"/>
+      <c r="B103" s="64" t="inlineStr">
+        <is>
+          <t>Issuer</t>
+        </is>
+      </c>
+      <c r="C103" s="64" t="inlineStr">
+        <is>
+          <t>ISIN</t>
+        </is>
+      </c>
+      <c r="D103" s="64" t="inlineStr">
+        <is>
+          <t>YTC</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" ht="14.5" customHeight="1" s="74">
+      <c r="A104" s="15" t="n"/>
+      <c r="B104" s="65" t="inlineStr">
+        <is>
+          <t>State Bank of India Basel III Tier 2**</t>
+        </is>
+      </c>
+      <c r="C104" s="65" t="inlineStr">
+        <is>
+          <t>INE062A08405</t>
+        </is>
+      </c>
+      <c r="D104" s="20" t="n">
+        <v>0.07390099999999999</v>
+      </c>
+    </row>
+    <row r="105" ht="59.15" customHeight="1" s="74">
+      <c r="A105" s="1" t="n">
         <v>6</v>
       </c>
-      <c r="B14" s="92" t="inlineStr">
-[...2460 lines deleted...]
-      <c r="B106" s="88" t="inlineStr">
+      <c r="B105" s="75" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
     </row>
-    <row r="107" ht="19.5" customHeight="1" s="68">
-[...15 lines deleted...]
-      <c r="B109" s="91" t="inlineStr">
+    <row r="108" ht="14.5" customHeight="1" s="74">
+      <c r="B108" s="95" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="121" ht="14.5" customHeight="1" s="68">
-      <c r="B121" s="91" t="inlineStr">
+    <row r="120" ht="14.5" customHeight="1" s="74">
+      <c r="B120" s="95" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty Banking &amp; PSU Debt Index A-II</t>
         </is>
       </c>
     </row>
+    <row r="135">
+      <c r="B135" s="16" t="n"/>
+      <c r="C135" s="18" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
     <row r="136">
-      <c r="B136" s="16" t="n"/>
+      <c r="B136" s="16" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
       <c r="C136" s="18" t="inlineStr">
         <is>
-          <t>Portfolio Information</t>
+          <t>DSP Banking and PSU Debt Fund</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="B137" s="16" t="inlineStr">
         <is>
-          <t>Scheme Name:</t>
-[...6 lines deleted...]
-      </c>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C137" s="19" t="n"/>
     </row>
     <row r="138">
       <c r="B138" s="16" t="inlineStr">
         <is>
-          <t>Description (if any)</t>
-[...2 lines deleted...]
-      <c r="C138" s="19" t="n"/>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C138" s="20" t="n">
+        <v>0.0694</v>
+      </c>
     </row>
     <row r="139">
       <c r="B139" s="16" t="inlineStr">
         <is>
-          <t>Annualised Portfolio YTM*:</t>
-[...3 lines deleted...]
-        <v>0.0697</v>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C139" s="19" t="n">
+        <v>4.18</v>
       </c>
     </row>
     <row r="140">
       <c r="B140" s="16" t="inlineStr">
         <is>
-          <t>Macaulay Duration</t>
+          <t>Residual Maturity</t>
         </is>
       </c>
       <c r="C140" s="19" t="n">
-        <v>4.45</v>
+        <v>6.74</v>
       </c>
     </row>
     <row r="141">
       <c r="B141" s="16" t="inlineStr">
         <is>
-          <t>Residual Maturity</t>
-[...3 lines deleted...]
-        <v>7.58</v>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C141" s="21" t="n">
+        <v>46022</v>
       </c>
     </row>
     <row r="142">
-      <c r="B142" s="16" t="inlineStr">
-[...9 lines deleted...]
-      <c r="B143" s="17" t="inlineStr">
+      <c r="B142" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C143" s="18" t="n"/>
+      <c r="C142" s="18" t="n"/>
+    </row>
+    <row r="145" ht="14.5" customHeight="1" s="74">
+      <c r="B145" s="72" t="n"/>
     </row>
   </sheetData>
-  <mergeCells count="4">
-[...2 lines deleted...]
-    <mergeCell ref="B103:D103"/>
+  <mergeCells count="3">
     <mergeCell ref="B1:F1"/>
+    <mergeCell ref="B102:D102"/>
+    <mergeCell ref="B105:G105"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>