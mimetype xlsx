--- v5 (2026-01-14)
+++ v6 (2026-02-24)
@@ -1,73 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr codeName="ThisWorkbook"/>
+  <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="883" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="990" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="BANKING &amp; PSU" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="166" formatCode="0.000%"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="24">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -107,95 +114,109 @@
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+      <u val="single"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
@@ -330,320 +351,284 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="103">
+  <cellXfs count="93">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...58 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
-    </xf>
-[...17 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
@@ -694,116 +679,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>109</row>
+      <row>104</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>118</row>
-      <rowOff>31751</rowOff>
+      <row>113</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="18770600"/>
+          <a:off x="457200" y="17913350"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>121</row>
+      <row>118</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>130</row>
+      <row>127</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="21183600"/>
+          <a:off x="457200" y="20326350"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1041,2901 +1026,2784 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr codeName="Sheet12">
+  <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L145"/>
+  <dimension ref="A1:L139"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="84" min="1" max="1"/>
+    <col width="52.81640625" bestFit="1" customWidth="1" style="84" min="2" max="2"/>
+    <col width="28.7265625" bestFit="1" customWidth="1" style="84" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="84" min="4" max="4"/>
+    <col width="15.1796875" customWidth="1" style="84" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="84" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="84" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="84" min="8" max="8"/>
+    <col width="14.7265625" bestFit="1" customWidth="1" style="84" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="84" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="84" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="84" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="84" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="62">
+      <c r="A1" s="61" t="n"/>
+      <c r="B1" s="61" t="inlineStr">
         <is>
           <t>DSP Banking and PSU Debt Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 31, 2025</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on February 15, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="B8" s="3" t="inlineStr">
+      <c r="B8" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K8" s="3" t="inlineStr">
+      <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="84" t="n">
         <v>1</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="84" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C9" s="84" t="inlineStr">
+        <is>
+          <t>INE261F08EG3</t>
+        </is>
+      </c>
+      <c r="D9" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E9" s="12" t="n">
+        <v>17500</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>18849.51</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.0512</v>
+      </c>
+      <c r="H9" s="8" t="n">
+        <v>47238</v>
+      </c>
+      <c r="J9" s="6" t="n">
+        <v>7.1</v>
+      </c>
+      <c r="K9" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L9" s="7" t="n">
+        <v>0.6623</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="84" t="n">
+        <v>2</v>
+      </c>
+      <c r="B10" s="84" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C10" s="84" t="inlineStr">
+        <is>
+          <t>INE556F08KK5</t>
+        </is>
+      </c>
+      <c r="D10" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E10" s="12" t="n">
+        <v>12500</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>12925.12</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0351</v>
+      </c>
+      <c r="H10" s="8" t="n">
+        <v>46496</v>
+      </c>
+      <c r="J10" s="6" t="n">
+        <v>7.02</v>
+      </c>
+      <c r="K10" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L10" s="7" t="n">
+        <v>0.1513</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="84" t="n">
+        <v>3</v>
+      </c>
+      <c r="B11" s="84" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited**</t>
+        </is>
+      </c>
+      <c r="C11" s="84" t="inlineStr">
+        <is>
+          <t>INE752E07OF7</t>
+        </is>
+      </c>
+      <c r="D11" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E11" s="12" t="n">
+        <v>1050</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>11078.75</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0301</v>
+      </c>
+      <c r="H11" s="8" t="n">
+        <v>46557</v>
+      </c>
+      <c r="J11" s="6" t="n">
+        <v>6.715</v>
+      </c>
+      <c r="K11" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.0624</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="84" t="n">
+        <v>4</v>
+      </c>
+      <c r="B12" s="84" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C12" s="84" t="inlineStr">
+        <is>
+          <t>INE040A08955</t>
+        </is>
+      </c>
+      <c r="D12" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E12" s="12" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>10725.42</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0292</v>
+      </c>
+      <c r="H12" s="8" t="n">
+        <v>46889</v>
+      </c>
+      <c r="J12" s="6" t="n">
+        <v>6.965</v>
+      </c>
+      <c r="K12" s="84" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.0499</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="84" t="n">
+        <v>5</v>
+      </c>
+      <c r="B13" s="84" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C13" s="84" t="inlineStr">
+        <is>
+          <t>INE053F08403</t>
+        </is>
+      </c>
+      <c r="D13" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E13" s="12" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>10620.74</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0289</v>
+      </c>
+      <c r="H13" s="8" t="n">
+        <v>49140</v>
+      </c>
+      <c r="J13" s="6" t="n">
+        <v>7.39</v>
+      </c>
+      <c r="K13" s="84" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0424</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="84" t="n">
+        <v>6</v>
+      </c>
+      <c r="B14" s="84" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="84" t="inlineStr">
+        <is>
+          <t>INE403D08272</t>
+        </is>
+      </c>
+      <c r="D14" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E14" s="12" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>10221.14</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0278</v>
+      </c>
+      <c r="H14" s="8" t="n">
+        <v>46675</v>
+      </c>
+      <c r="J14" s="6" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="K14" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.0255</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="84" t="n">
+        <v>7</v>
+      </c>
+      <c r="B15" s="84" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited**</t>
+        </is>
+      </c>
+      <c r="C15" s="84" t="inlineStr">
+        <is>
+          <t>INE129A08014</t>
+        </is>
+      </c>
+      <c r="D15" s="84" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="E15" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>10211.65</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0278</v>
+      </c>
+      <c r="H15" s="8" t="n">
+        <v>46741</v>
+      </c>
+      <c r="J15" s="6" t="n">
+        <v>6.755</v>
+      </c>
+      <c r="K15" s="84" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0032</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="84" t="n">
+        <v>8</v>
+      </c>
+      <c r="B16" s="84" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="84" t="inlineStr">
+        <is>
+          <t>INE403D08280</t>
+        </is>
+      </c>
+      <c r="D16" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E16" s="12" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>10112.44</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0275</v>
+      </c>
+      <c r="H16" s="8" t="n">
+        <v>47102</v>
+      </c>
+      <c r="J16" s="6" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="K16" s="84" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.003</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="84" t="n">
+        <v>9</v>
+      </c>
+      <c r="B17" s="84" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited**</t>
+        </is>
+      </c>
+      <c r="C17" s="84" t="inlineStr">
+        <is>
+          <t>INE752E08767</t>
+        </is>
+      </c>
+      <c r="D17" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E17" s="12" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>10090.29</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0274</v>
+      </c>
+      <c r="H17" s="8" t="n">
+        <v>49242</v>
+      </c>
+      <c r="J17" s="6" t="n">
+        <v>7.28</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="84" t="n">
+        <v>10</v>
+      </c>
+      <c r="B18" s="84" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C18" s="84" t="inlineStr">
+        <is>
+          <t>INE134E08MA1</t>
+        </is>
+      </c>
+      <c r="D18" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E18" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>8179.28</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0222</v>
+      </c>
+      <c r="H18" s="8" t="n">
+        <v>48632</v>
+      </c>
+      <c r="I18" s="84" t="inlineStr">
+        <is>
+          <t>PU - 21-Feb-2026</t>
+        </is>
+      </c>
+      <c r="J18" s="6" t="n">
+        <v>7.35</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="84" t="n">
+        <v>11</v>
+      </c>
+      <c r="B19" s="84" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C19" s="84" t="inlineStr">
+        <is>
+          <t>INE020B08EH0</t>
+        </is>
+      </c>
+      <c r="D19" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E19" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>8136.68</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0221</v>
+      </c>
+      <c r="H19" s="8" t="n">
+        <v>46843</v>
+      </c>
+      <c r="J19" s="6" t="n">
+        <v>6.9</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="84" t="n">
+        <v>12</v>
+      </c>
+      <c r="B20" s="84" t="inlineStr">
         <is>
           <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A10" s="1" t="n">
+      <c r="C20" s="84" t="inlineStr">
+        <is>
+          <t>INE261F08EM1</t>
+        </is>
+      </c>
+      <c r="D20" s="84" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E20" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>8089.94</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.022</v>
+      </c>
+      <c r="H20" s="8" t="n">
+        <v>46836</v>
+      </c>
+      <c r="J20" s="6" t="n">
+        <v>6.9481</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="84" t="n">
+        <v>13</v>
+      </c>
+      <c r="B21" s="84" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C21" s="84" t="inlineStr">
+        <is>
+          <t>INE556F08KY6</t>
+        </is>
+      </c>
+      <c r="D21" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E21" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>8055.42</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0219</v>
+      </c>
+      <c r="H21" s="8" t="n">
+        <v>47563</v>
+      </c>
+      <c r="J21" s="6" t="n">
+        <v>7.185</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="84" t="n">
+        <v>14</v>
+      </c>
+      <c r="B22" s="84" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C22" s="84" t="inlineStr">
+        <is>
+          <t>INE020B08FL9</t>
+        </is>
+      </c>
+      <c r="D22" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E22" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>7989.51</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0217</v>
+      </c>
+      <c r="H22" s="8" t="n">
+        <v>47603</v>
+      </c>
+      <c r="J22" s="6" t="n">
+        <v>7.1425</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="84" t="n">
+        <v>15</v>
+      </c>
+      <c r="B23" s="84" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C23" s="84" t="inlineStr">
+        <is>
+          <t>INE020B08FB0</t>
+        </is>
+      </c>
+      <c r="D23" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E23" s="12" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>7974.5</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0217</v>
+      </c>
+      <c r="H23" s="8" t="n">
+        <v>49095</v>
+      </c>
+      <c r="J23" s="6" t="n">
+        <v>7.365</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="84" t="n">
+        <v>16</v>
+      </c>
+      <c r="B24" s="84" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C24" s="84" t="inlineStr">
+        <is>
+          <t>INE134E08LN6</t>
+        </is>
+      </c>
+      <c r="D24" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E24" s="12" t="n">
+        <v>750</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>7450.94</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0203</v>
+      </c>
+      <c r="H24" s="8" t="n">
+        <v>48318</v>
+      </c>
+      <c r="J24" s="6" t="n">
+        <v>7.28</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="84" t="n">
+        <v>17</v>
+      </c>
+      <c r="B25" s="84" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development**</t>
+        </is>
+      </c>
+      <c r="C25" s="84" t="inlineStr">
+        <is>
+          <t>INE0KUG08068</t>
+        </is>
+      </c>
+      <c r="D25" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E25" s="12" t="n">
+        <v>5500</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>5764.82</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0157</v>
+      </c>
+      <c r="H25" s="8" t="n">
+        <v>49396</v>
+      </c>
+      <c r="I25" s="84" t="inlineStr">
+        <is>
+          <t>PU - 28-Mar-2026</t>
+        </is>
+      </c>
+      <c r="J25" s="6" t="n">
+        <v>7.3861</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="84" t="n">
+        <v>18</v>
+      </c>
+      <c r="B26" s="84" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C26" s="84" t="inlineStr">
+        <is>
+          <t>INE556F08KW0</t>
+        </is>
+      </c>
+      <c r="D26" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E26" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>5399.33</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0147</v>
+      </c>
+      <c r="H26" s="8" t="n">
+        <v>47189</v>
+      </c>
+      <c r="J26" s="6" t="n">
+        <v>7.02</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="84" t="n">
+        <v>19</v>
+      </c>
+      <c r="B27" s="84" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C27" s="84" t="inlineStr">
+        <is>
+          <t>INE053F08320</t>
+        </is>
+      </c>
+      <c r="D27" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E27" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>5374.79</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0146</v>
+      </c>
+      <c r="H27" s="8" t="n">
+        <v>47039</v>
+      </c>
+      <c r="J27" s="6" t="n">
+        <v>6.935</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="84" t="n">
+        <v>20</v>
+      </c>
+      <c r="B28" s="84" t="inlineStr">
+        <is>
+          <t>National Housing Bank**</t>
+        </is>
+      </c>
+      <c r="C28" s="84" t="inlineStr">
+        <is>
+          <t>INE557F08FX6</t>
+        </is>
+      </c>
+      <c r="D28" s="84" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="E28" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>5367.6</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0146</v>
+      </c>
+      <c r="H28" s="8" t="n">
+        <v>47942</v>
+      </c>
+      <c r="J28" s="6" t="n">
+        <v>7.2</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="84" t="n">
+        <v>21</v>
+      </c>
+      <c r="B29" s="84" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited**</t>
+        </is>
+      </c>
+      <c r="C29" s="84" t="inlineStr">
+        <is>
+          <t>INE752E08734</t>
+        </is>
+      </c>
+      <c r="D29" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E29" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>5364.51</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0146</v>
+      </c>
+      <c r="H29" s="8" t="n">
+        <v>49015</v>
+      </c>
+      <c r="J29" s="6" t="n">
+        <v>7.28</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="84" t="n">
+        <v>22</v>
+      </c>
+      <c r="B30" s="84" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C30" s="84" t="inlineStr">
+        <is>
+          <t>INE053F07AY7</t>
+        </is>
+      </c>
+      <c r="D30" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E30" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>5328.55</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0145</v>
+      </c>
+      <c r="H30" s="8" t="n">
+        <v>47091</v>
+      </c>
+      <c r="J30" s="6" t="n">
+        <v>6.935</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="84" t="n">
+        <v>23</v>
+      </c>
+      <c r="B31" s="84" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="84" t="inlineStr">
+        <is>
+          <t>INE296A07TJ4</t>
+        </is>
+      </c>
+      <c r="D31" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E31" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>5309.33</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0144</v>
+      </c>
+      <c r="H31" s="8" t="n">
+        <v>46930</v>
+      </c>
+      <c r="J31" s="6" t="n">
+        <v>7.32</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="84" t="n">
+        <v>24</v>
+      </c>
+      <c r="B32" s="84" t="inlineStr">
+        <is>
+          <t>State Bank of India**</t>
+        </is>
+      </c>
+      <c r="C32" s="84" t="inlineStr">
+        <is>
+          <t>INE062A08421</t>
+        </is>
+      </c>
+      <c r="D32" s="84" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E32" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>5220.43</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="H32" s="8" t="n">
+        <v>50948</v>
+      </c>
+      <c r="J32" s="6" t="n">
+        <v>7.39</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="84" t="n">
+        <v>25</v>
+      </c>
+      <c r="B33" s="84" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C33" s="84" t="inlineStr">
+        <is>
+          <t>INE053F08494</t>
+        </is>
+      </c>
+      <c r="D33" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E33" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>5219.06</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="H33" s="8" t="n">
+        <v>47603</v>
+      </c>
+      <c r="J33" s="6" t="n">
+        <v>7.08</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="84" t="n">
+        <v>26</v>
+      </c>
+      <c r="B34" s="84" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C34" s="84" t="inlineStr">
+        <is>
+          <t>INE261F08EO7</t>
+        </is>
+      </c>
+      <c r="D34" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E34" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>5209.6</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="H34" s="8" t="n">
+        <v>47011</v>
+      </c>
+      <c r="J34" s="6" t="n">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="84" t="n">
+        <v>27</v>
+      </c>
+      <c r="B35" s="84" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C35" s="84" t="inlineStr">
+        <is>
+          <t>INE053F08437</t>
+        </is>
+      </c>
+      <c r="D35" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E35" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>5199.83</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.0141</v>
+      </c>
+      <c r="H35" s="8" t="n">
+        <v>51088</v>
+      </c>
+      <c r="J35" s="6" t="n">
+        <v>7.3873</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="84" t="n">
+        <v>28</v>
+      </c>
+      <c r="B36" s="84" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C36" s="84" t="inlineStr">
+        <is>
+          <t>INE134E08NB7</t>
+        </is>
+      </c>
+      <c r="D36" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E36" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>5129.98</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0139</v>
+      </c>
+      <c r="H36" s="8" t="n">
+        <v>50966</v>
+      </c>
+      <c r="J36" s="6" t="n">
+        <v>7.43</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="84" t="n">
+        <v>29</v>
+      </c>
+      <c r="B37" s="84" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C37" s="84" t="inlineStr">
+        <is>
+          <t>INE134E08LX5</t>
+        </is>
+      </c>
+      <c r="D37" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E37" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>5120.43</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0139</v>
+      </c>
+      <c r="H37" s="8" t="n">
+        <v>46769</v>
+      </c>
+      <c r="J37" s="6" t="n">
+        <v>6.9</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="84" t="n">
+        <v>30</v>
+      </c>
+      <c r="B38" s="84" t="inlineStr">
+        <is>
+          <t>REC Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="84" t="inlineStr">
+        <is>
+          <t>INE020B08FV8</t>
+        </is>
+      </c>
+      <c r="D38" s="84" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E38" s="12" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>5032.58</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0137</v>
+      </c>
+      <c r="H38" s="8" t="n">
+        <v>49795</v>
+      </c>
+      <c r="J38" s="6" t="n">
+        <v>7.431</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="84" t="n">
+        <v>31</v>
+      </c>
+      <c r="B39" s="84" t="inlineStr">
+        <is>
+          <t>State Bank of India**</t>
+        </is>
+      </c>
+      <c r="C39" s="84" t="inlineStr">
+        <is>
+          <t>INE062A08405</t>
+        </is>
+      </c>
+      <c r="D39" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E39" s="12" t="n">
+        <v>30</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>3145.24</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="H39" s="8" t="n">
+        <v>50711</v>
+      </c>
+      <c r="I39" s="84" t="inlineStr">
+        <is>
+          <t>CA - 02-Nov-2033</t>
+        </is>
+      </c>
+      <c r="J39" s="6" t="n">
+        <v>7.4821</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="84" t="n">
+        <v>32</v>
+      </c>
+      <c r="B40" s="84" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C40" s="84" t="inlineStr">
+        <is>
+          <t>INE261F08EK5</t>
+        </is>
+      </c>
+      <c r="D40" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E40" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>2700.4</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0073</v>
+      </c>
+      <c r="H40" s="8" t="n">
+        <v>46807</v>
+      </c>
+      <c r="J40" s="6" t="n">
+        <v>7.0323</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="84" t="n">
+        <v>33</v>
+      </c>
+      <c r="B41" s="84" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C41" s="84" t="inlineStr">
+        <is>
+          <t>INE053F08304</t>
+        </is>
+      </c>
+      <c r="D41" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E41" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>2656.41</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="H41" s="8" t="n">
+        <v>46310</v>
+      </c>
+      <c r="J41" s="6" t="n">
+        <v>6.99</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="84" t="n">
+        <v>34</v>
+      </c>
+      <c r="B42" s="84" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C42" s="84" t="inlineStr">
+        <is>
+          <t>INE020B08FQ8</t>
+        </is>
+      </c>
+      <c r="D42" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E42" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>2653.23</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="H42" s="8" t="n">
+        <v>49368</v>
+      </c>
+      <c r="J42" s="6" t="n">
+        <v>7.4075</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="84" t="n">
+        <v>35</v>
+      </c>
+      <c r="B43" s="84" t="inlineStr">
+        <is>
+          <t>NTPC Limited**</t>
+        </is>
+      </c>
+      <c r="C43" s="84" t="inlineStr">
+        <is>
+          <t>INE733E08262</t>
+        </is>
+      </c>
+      <c r="D43" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E43" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>2639.33</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="H43" s="8" t="n">
+        <v>51215</v>
+      </c>
+      <c r="J43" s="6" t="n">
+        <v>7.38</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="84" t="n">
+        <v>36</v>
+      </c>
+      <c r="B44" s="84" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C44" s="84" t="inlineStr">
+        <is>
+          <t>INE040A08773</t>
+        </is>
+      </c>
+      <c r="D44" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E44" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>2638.45</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="H44" s="8" t="n">
+        <v>48463</v>
+      </c>
+      <c r="J44" s="6" t="n">
+        <v>7.3798</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="84" t="n">
+        <v>37</v>
+      </c>
+      <c r="B45" s="84" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development**</t>
+        </is>
+      </c>
+      <c r="C45" s="84" t="inlineStr">
+        <is>
+          <t>INE0KUG08019</t>
+        </is>
+      </c>
+      <c r="D45" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E45" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>2632.87</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="H45" s="8" t="n">
+        <v>48746</v>
+      </c>
+      <c r="J45" s="6" t="n">
+        <v>7.36</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="84" t="n">
+        <v>38</v>
+      </c>
+      <c r="B46" s="84" t="inlineStr">
+        <is>
+          <t>Tata Capital Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C46" s="84" t="inlineStr">
+        <is>
+          <t>INE033L07HU0</t>
+        </is>
+      </c>
+      <c r="D46" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E46" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>2624.2</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H46" s="8" t="n">
+        <v>46604</v>
+      </c>
+      <c r="J46" s="6" t="n">
+        <v>7.1554</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="84" t="n">
+        <v>39</v>
+      </c>
+      <c r="B47" s="84" t="inlineStr">
+        <is>
+          <t>REC Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="84" t="inlineStr">
+        <is>
+          <t>INE020B08DV3</t>
+        </is>
+      </c>
+      <c r="D47" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E47" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>2620.24</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H47" s="8" t="n">
+        <v>48293</v>
+      </c>
+      <c r="J47" s="6" t="n">
+        <v>7.23</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="84" t="n">
+        <v>40</v>
+      </c>
+      <c r="B48" s="84" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C48" s="84" t="inlineStr">
+        <is>
+          <t>INE556F08KR0</t>
+        </is>
+      </c>
+      <c r="D48" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E48" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>2609.3</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H48" s="8" t="n">
+        <v>47366</v>
+      </c>
+      <c r="J48" s="6" t="n">
+        <v>7.1155</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="84" t="n">
+        <v>41</v>
+      </c>
+      <c r="B49" s="84" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C49" s="84" t="inlineStr">
+        <is>
+          <t>INE296A07TM8</t>
+        </is>
+      </c>
+      <c r="D49" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E49" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>2594.05</v>
+      </c>
+      <c r="G49" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H49" s="8" t="n">
+        <v>46944</v>
+      </c>
+      <c r="J49" s="6" t="n">
+        <v>7.355</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="84" t="n">
+        <v>42</v>
+      </c>
+      <c r="B50" s="84" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="84" t="inlineStr">
+        <is>
+          <t>INE752E08783</t>
+        </is>
+      </c>
+      <c r="D50" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E50" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>2587.03</v>
+      </c>
+      <c r="G50" s="7" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="H50" s="8" t="n">
+        <v>49414</v>
+      </c>
+      <c r="J50" s="6" t="n">
+        <v>7.2969</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="84" t="n">
+        <v>43</v>
+      </c>
+      <c r="B51" s="84" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C51" s="84" t="inlineStr">
+        <is>
+          <t>INE556F08KS8</t>
+        </is>
+      </c>
+      <c r="D51" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E51" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>2586.82</v>
+      </c>
+      <c r="G51" s="7" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="H51" s="8" t="n">
+        <v>47175</v>
+      </c>
+      <c r="J51" s="6" t="n">
+        <v>7.11</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="84" t="n">
+        <v>44</v>
+      </c>
+      <c r="B52" s="84" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C52" s="84" t="inlineStr">
+        <is>
+          <t>INE134E08NC5</t>
+        </is>
+      </c>
+      <c r="D52" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E52" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>2567.22</v>
+      </c>
+      <c r="G52" s="7" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="H52" s="8" t="n">
+        <v>49233</v>
+      </c>
+      <c r="J52" s="6" t="n">
+        <v>7.39</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="84" t="n">
+        <v>45</v>
+      </c>
+      <c r="B53" s="84" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C53" s="84" t="inlineStr">
+        <is>
+          <t>INE556F08KM1</t>
+        </is>
+      </c>
+      <c r="D53" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E53" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>2552.57</v>
+      </c>
+      <c r="G53" s="7" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="H53" s="8" t="n">
+        <v>46521</v>
+      </c>
+      <c r="J53" s="6" t="n">
+        <v>7.02</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="84" t="n">
+        <v>46</v>
+      </c>
+      <c r="B54" s="84" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India</t>
+        </is>
+      </c>
+      <c r="C54" s="84" t="inlineStr">
+        <is>
+          <t>INE514E08GD0</t>
+        </is>
+      </c>
+      <c r="D54" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E54" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>2544.76</v>
+      </c>
+      <c r="G54" s="7" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="H54" s="8" t="n">
+        <v>47465</v>
+      </c>
+      <c r="J54" s="6" t="n">
+        <v>6.97</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="84" t="n">
+        <v>47</v>
+      </c>
+      <c r="B55" s="84" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C55" s="84" t="inlineStr">
+        <is>
+          <t>INE296A07TH8</t>
+        </is>
+      </c>
+      <c r="D55" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E55" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>529.96</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="H55" s="8" t="n">
+        <v>49402</v>
+      </c>
+      <c r="J55" s="6" t="n">
+        <v>7.64</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="9" t="n"/>
+      <c r="B56" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C56" s="9" t="n"/>
+      <c r="D56" s="9" t="n"/>
+      <c r="E56" s="9" t="n"/>
+      <c r="F56" s="10" t="n">
+        <v>277634.25</v>
+      </c>
+      <c r="G56" s="11" t="n">
+        <v>0.7546</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="B58" s="4" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="84" t="n">
+        <v>48</v>
+      </c>
+      <c r="B59" s="84" t="inlineStr">
+        <is>
+          <t>6.90% GOI 2065</t>
+        </is>
+      </c>
+      <c r="C59" s="84" t="inlineStr">
+        <is>
+          <t>IN0020250018</t>
+        </is>
+      </c>
+      <c r="D59" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E59" s="12" t="n">
+        <v>17500000</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>16618.03</v>
+      </c>
+      <c r="G59" s="7" t="n">
+        <v>0.0452</v>
+      </c>
+      <c r="H59" s="8" t="n">
+        <v>60372</v>
+      </c>
+      <c r="J59" s="6" t="n">
+        <v>7.4824</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="84" t="n">
+        <v>49</v>
+      </c>
+      <c r="B60" s="84" t="inlineStr">
+        <is>
+          <t>6.01% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C60" s="84" t="inlineStr">
+        <is>
+          <t>IN0020250067</t>
+        </is>
+      </c>
+      <c r="D60" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E60" s="12" t="n">
+        <v>13500000</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>13398.2</v>
+      </c>
+      <c r="G60" s="7" t="n">
+        <v>0.0364</v>
+      </c>
+      <c r="H60" s="8" t="n">
+        <v>47685</v>
+      </c>
+      <c r="J60" s="6" t="n">
+        <v>6.3158</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="84" t="n">
+        <v>50</v>
+      </c>
+      <c r="B61" s="84" t="inlineStr">
+        <is>
+          <t>8.51% GOI FRB 2033</t>
+        </is>
+      </c>
+      <c r="C61" s="84" t="inlineStr">
+        <is>
+          <t>IN0020200120</t>
+        </is>
+      </c>
+      <c r="D61" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E61" s="12" t="n">
+        <v>12500000</v>
+      </c>
+      <c r="F61" s="6" t="n">
+        <v>13280.38</v>
+      </c>
+      <c r="G61" s="7" t="n">
+        <v>0.0361</v>
+      </c>
+      <c r="H61" s="8" t="n">
+        <v>48844</v>
+      </c>
+      <c r="J61" s="6" t="n">
+        <v>6.2729</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="84" t="n">
+        <v>51</v>
+      </c>
+      <c r="B62" s="84" t="inlineStr">
+        <is>
+          <t>7.32% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C62" s="84" t="inlineStr">
+        <is>
+          <t>IN0020230135</t>
+        </is>
+      </c>
+      <c r="D62" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E62" s="12" t="n">
+        <v>7000000</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>7401.87</v>
+      </c>
+      <c r="G62" s="7" t="n">
+        <v>0.0201</v>
+      </c>
+      <c r="H62" s="8" t="n">
+        <v>47800</v>
+      </c>
+      <c r="J62" s="6" t="n">
+        <v>6.3631</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="84" t="n">
+        <v>52</v>
+      </c>
+      <c r="B63" s="84" t="inlineStr">
+        <is>
+          <t>7.30% GOI 2053</t>
+        </is>
+      </c>
+      <c r="C63" s="84" t="inlineStr">
+        <is>
+          <t>IN0020230051</t>
+        </is>
+      </c>
+      <c r="D63" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E63" s="12" t="n">
+        <v>4000000</v>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>3978.22</v>
+      </c>
+      <c r="G63" s="7" t="n">
+        <v>0.0108</v>
+      </c>
+      <c r="H63" s="8" t="n">
+        <v>56054</v>
+      </c>
+      <c r="J63" s="6" t="n">
+        <v>7.4452</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="84" t="n">
+        <v>53</v>
+      </c>
+      <c r="B64" s="84" t="inlineStr">
+        <is>
+          <t>6.48% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C64" s="84" t="inlineStr">
+        <is>
+          <t>IN0020250091</t>
+        </is>
+      </c>
+      <c r="D64" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E64" s="12" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>1009.16</v>
+      </c>
+      <c r="G64" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="H64" s="8" t="n">
+        <v>49588</v>
+      </c>
+      <c r="J64" s="6" t="n">
+        <v>6.6812</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="9" t="n"/>
+      <c r="B65" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C65" s="9" t="n"/>
+      <c r="D65" s="9" t="n"/>
+      <c r="E65" s="9" t="n"/>
+      <c r="F65" s="10" t="n">
+        <v>55685.86</v>
+      </c>
+      <c r="G65" s="11" t="n">
+        <v>0.1513</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="B67" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="68">
+      <c r="B68" s="4" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="84" t="n">
+        <v>54</v>
+      </c>
+      <c r="B69" s="84" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C69" s="84" t="inlineStr">
+        <is>
+          <t>INE028A16LI1</t>
+        </is>
+      </c>
+      <c r="D69" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E69" s="12" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F69" s="6" t="n">
+        <v>9368.530000000001</v>
+      </c>
+      <c r="G69" s="7" t="n">
+        <v>0.0255</v>
+      </c>
+      <c r="H69" s="8" t="n">
+        <v>46430</v>
+      </c>
+      <c r="J69" s="6" t="n">
+        <v>6.815</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="84" t="n">
+        <v>55</v>
+      </c>
+      <c r="B70" s="84" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C70" s="84" t="inlineStr">
+        <is>
+          <t>INE238AD6BS7</t>
+        </is>
+      </c>
+      <c r="D70" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E70" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F70" s="6" t="n">
+        <v>4977.79</v>
+      </c>
+      <c r="G70" s="7" t="n">
+        <v>0.0135</v>
+      </c>
+      <c r="H70" s="8" t="n">
+        <v>46097</v>
+      </c>
+      <c r="J70" s="6" t="n">
+        <v>5.817</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="84" t="n">
+        <v>56</v>
+      </c>
+      <c r="B71" s="84" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C71" s="84" t="inlineStr">
+        <is>
+          <t>INE040A16GW7</t>
+        </is>
+      </c>
+      <c r="D71" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E71" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>4914.04</v>
+      </c>
+      <c r="G71" s="7" t="n">
+        <v>0.0134</v>
+      </c>
+      <c r="H71" s="8" t="n">
+        <v>46161</v>
+      </c>
+      <c r="J71" s="6" t="n">
+        <v>6.9407</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="84" t="n">
+        <v>57</v>
+      </c>
+      <c r="B72" s="84" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C72" s="84" t="inlineStr">
+        <is>
+          <t>INE040A16HN4</t>
+        </is>
+      </c>
+      <c r="D72" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E72" s="12" t="n">
+        <v>700</v>
+      </c>
+      <c r="F72" s="6" t="n">
+        <v>3367.09</v>
+      </c>
+      <c r="G72" s="7" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="H72" s="8" t="n">
+        <v>46276</v>
+      </c>
+      <c r="J72" s="6" t="n">
+        <v>6.96</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="84" t="n">
+        <v>58</v>
+      </c>
+      <c r="B73" s="84" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C73" s="84" t="inlineStr">
+        <is>
+          <t>INE040A16HC7</t>
+        </is>
+      </c>
+      <c r="D73" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E73" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F73" s="6" t="n">
+        <v>2479.33</v>
+      </c>
+      <c r="G73" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H73" s="8" t="n">
+        <v>46114</v>
+      </c>
+      <c r="J73" s="6" t="n">
+        <v>6.7634</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="84" t="n">
+        <v>59</v>
+      </c>
+      <c r="B74" s="84" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C74" s="84" t="inlineStr">
+        <is>
+          <t>INE238AD6BD9</t>
+        </is>
+      </c>
+      <c r="D74" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E74" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F74" s="6" t="n">
+        <v>2418.96</v>
+      </c>
+      <c r="G74" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H74" s="8" t="n">
+        <v>46245</v>
+      </c>
+      <c r="J74" s="6" t="n">
+        <v>6.948</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="9" t="n"/>
+      <c r="B75" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C75" s="9" t="n"/>
+      <c r="D75" s="9" t="n"/>
+      <c r="E75" s="9" t="n"/>
+      <c r="F75" s="10" t="n">
+        <v>27525.74</v>
+      </c>
+      <c r="G75" s="11" t="n">
+        <v>0.07489999999999999</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="B77" s="4" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="B78" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="84" t="n">
+        <v>60</v>
+      </c>
+      <c r="B79" s="84" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C79" s="84" t="inlineStr">
+        <is>
+          <t>INE403D14585</t>
+        </is>
+      </c>
+      <c r="D79" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E79" s="12" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F79" s="6" t="n">
+        <v>4784.43</v>
+      </c>
+      <c r="G79" s="7" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="H79" s="8" t="n">
+        <v>46283</v>
+      </c>
+      <c r="J79" s="6" t="n">
+        <v>7.685</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="9" t="n"/>
+      <c r="B80" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C80" s="9" t="n"/>
+      <c r="D80" s="9" t="n"/>
+      <c r="E80" s="9" t="n"/>
+      <c r="F80" s="10" t="n">
+        <v>4784.43</v>
+      </c>
+      <c r="G80" s="11" t="n">
+        <v>0.013</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="84" t="n">
+        <v>61</v>
+      </c>
+      <c r="B82" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F82" s="6" t="n">
+        <v>102.53</v>
+      </c>
+      <c r="G82" s="7" t="n">
+        <v>0.0003</v>
+      </c>
+      <c r="H82" s="8" t="n">
+        <v>46069</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="9" t="n"/>
+      <c r="B83" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C83" s="9" t="n"/>
+      <c r="D83" s="9" t="n"/>
+      <c r="E83" s="9" t="n"/>
+      <c r="F83" s="10" t="n">
+        <v>102.53</v>
+      </c>
+      <c r="G83" s="11" t="n">
+        <v>0.0003</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="B85" s="4" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="84" t="n">
+        <v>62</v>
+      </c>
+      <c r="B86" s="84" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C86" s="84" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E86" s="12" t="n">
+        <v>10095.756</v>
+      </c>
+      <c r="F86" s="6" t="n">
+        <v>1175.04</v>
+      </c>
+      <c r="G86" s="7" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J86" s="6" t="n"/>
+    </row>
+    <row r="87">
+      <c r="A87" s="9" t="n"/>
+      <c r="B87" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C87" s="9" t="n"/>
+      <c r="D87" s="9" t="n"/>
+      <c r="E87" s="9" t="n"/>
+      <c r="F87" s="10" t="n">
+        <v>1175.04</v>
+      </c>
+      <c r="G87" s="11" t="n">
+        <v>0.0032</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="B89" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="90">
+      <c r="B90" s="84" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E90" s="12" t="n"/>
+      <c r="F90" s="6" t="n">
+        <v>965.38</v>
+      </c>
+      <c r="G90" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J90" s="6" t="n"/>
+    </row>
+    <row r="91">
+      <c r="A91" s="9" t="n"/>
+      <c r="B91" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C91" s="9" t="n"/>
+      <c r="D91" s="9" t="n"/>
+      <c r="E91" s="9" t="n"/>
+      <c r="F91" s="10" t="n">
+        <v>965.38</v>
+      </c>
+      <c r="G91" s="11" t="n">
+        <v>0.0027</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="5" t="n"/>
+      <c r="B93" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C93" s="5" t="n"/>
+      <c r="D93" s="5" t="n"/>
+      <c r="E93" s="5" t="n"/>
+      <c r="F93" s="13" t="n">
+        <v>367873.23</v>
+      </c>
+      <c r="G93" s="14" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="81" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="84" t="n">
+        <v>1</v>
+      </c>
+      <c r="B95" s="84" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A11" s="1" t="n">
+      <c r="B96" s="84" t="inlineStr">
+        <is>
+          <t>As on February 15, 2026, the aggregate investments by the schemes of DSP Mutual Fund in DSP Banking and PSU Debt Fund is  ₹ 83,193.58 Lakhs.</t>
+        </is>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A12" s="1" t="n">
+      <c r="B97" s="15" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="98" ht="14.5" customHeight="1" s="62">
+      <c r="A98" s="84" t="n">
         <v>4</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A13" s="1" t="n">
+      <c r="B98" s="79" t="inlineStr">
+        <is>
+          <t>Yield to call as per AMFI Best Practices Guidelines Circular No. 88 / 2020 -21</t>
+        </is>
+      </c>
+      <c r="C98" s="91" t="n"/>
+      <c r="D98" s="92" t="n"/>
+    </row>
+    <row r="99" ht="14.5" customHeight="1" s="62">
+      <c r="B99" s="53" t="inlineStr">
+        <is>
+          <t>Issuer</t>
+        </is>
+      </c>
+      <c r="C99" s="53" t="inlineStr">
+        <is>
+          <t>ISIN</t>
+        </is>
+      </c>
+      <c r="D99" s="53" t="inlineStr">
+        <is>
+          <t>YTC</t>
+        </is>
+      </c>
+    </row>
+    <row r="100" ht="14.5" customHeight="1" s="62">
+      <c r="B100" s="54" t="inlineStr">
+        <is>
+          <t>State Bank of India Basel III Tier 2**</t>
+        </is>
+      </c>
+      <c r="C100" s="54" t="inlineStr">
+        <is>
+          <t>INE062A08405</t>
+        </is>
+      </c>
+      <c r="D100" s="20" t="n">
+        <v>0.074821</v>
+      </c>
+    </row>
+    <row r="101" ht="56.5" customHeight="1" s="62">
+      <c r="A101" s="84" t="n">
         <v>5</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
-[...2445 lines deleted...]
-      <c r="B105" s="75" t="inlineStr">
+      <c r="B101" s="68" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
     </row>
-    <row r="108" ht="14.5" customHeight="1" s="74">
-      <c r="B108" s="95" t="inlineStr">
+    <row r="103" ht="14.5" customHeight="1" s="62">
+      <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="120" ht="14.5" customHeight="1" s="74">
-      <c r="B120" s="95" t="inlineStr">
+    <row r="117" ht="14.5" customHeight="1" s="62">
+      <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty Banking &amp; PSU Debt Index A-II</t>
         </is>
       </c>
     </row>
+    <row r="132">
+      <c r="B132" s="16" t="n"/>
+      <c r="C132" s="18" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
+    <row r="133">
+      <c r="B133" s="16" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C133" s="18" t="inlineStr">
+        <is>
+          <t>DSP Banking and PSU Debt Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="134">
+      <c r="B134" s="16" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C134" s="19" t="n"/>
+    </row>
     <row r="135">
-      <c r="B135" s="16" t="n"/>
-[...3 lines deleted...]
-        </is>
+      <c r="B135" s="16" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C135" s="20" t="n">
+        <v>0.0708</v>
       </c>
     </row>
     <row r="136">
       <c r="B136" s="16" t="inlineStr">
         <is>
-          <t>Scheme Name:</t>
-[...5 lines deleted...]
-        </is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C136" s="19" t="n">
+        <v>3.88</v>
       </c>
     </row>
     <row r="137">
       <c r="B137" s="16" t="inlineStr">
         <is>
-          <t>Description (if any)</t>
-[...2 lines deleted...]
-      <c r="C137" s="19" t="n"/>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C137" s="19" t="n">
+        <v>6.39</v>
+      </c>
     </row>
     <row r="138">
       <c r="B138" s="16" t="inlineStr">
         <is>
-          <t>Annualised Portfolio YTM*:</t>
-[...3 lines deleted...]
-        <v>0.0694</v>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C138" s="21" t="n">
+        <v>46068</v>
       </c>
     </row>
     <row r="139">
-      <c r="B139" s="16" t="inlineStr">
-[...29 lines deleted...]
-      <c r="B142" s="17" t="inlineStr">
+      <c r="B139" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C142" s="18" t="n"/>
-[...2 lines deleted...]
-      <c r="B145" s="72" t="n"/>
+      <c r="C139" s="18" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="3">
+    <mergeCell ref="B101:G101"/>
+    <mergeCell ref="B98:D98"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="B102:D102"/>
-    <mergeCell ref="B105:G105"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>