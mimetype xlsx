--- v0 (2025-10-06)
+++ v1 (2025-10-29)
@@ -1,616 +1,1736 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Accounts\REPORTS\Monthend portfolio\2025-2026\06. September 2025\Half Yearly Portfolio\Portfolio\Derivative Disclosure\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4BF93087-455E-4AA3-9BD3-6C64DB5A668D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="968" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Aggressive Hybrid" sheetId="1" state="visible" r:id="rId1"/>
-    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
+    <sheet name="Monthly Portfolio" sheetId="1" r:id="rId1"/>
+    <sheet name="Half Yearly Portfolio" sheetId="3" r:id="rId2"/>
+    <sheet name="Notes to Half Yearly Portfolio" sheetId="4" r:id="rId3"/>
+    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId4"/>
   </sheets>
-  <definedNames/>
-  <calcPr calcId="191029" fullCalcOnLoad="1"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="810" uniqueCount="312">
+  <si>
+    <t>DSP Aggressive Hybrid Fund</t>
+  </si>
+  <si>
+    <t>Portfolio as on September 30, 2025</t>
+  </si>
+  <si>
+    <t>Sr. No.</t>
+  </si>
+  <si>
+    <t>Name of Instrument</t>
+  </si>
+  <si>
+    <t>ISIN</t>
+  </si>
+  <si>
+    <t>Rating/Industry</t>
+  </si>
+  <si>
+    <t>Quantity</t>
+  </si>
+  <si>
+    <t>Market value (Rs. In lakhs)</t>
+  </si>
+  <si>
+    <t>% to Net Assets</t>
+  </si>
+  <si>
+    <t>Maturity Date</t>
+  </si>
+  <si>
+    <t>Put/Call Option</t>
+  </si>
+  <si>
+    <t>YTM (%)</t>
+  </si>
+  <si>
+    <t>EQUITY &amp; EQUITY RELATED</t>
+  </si>
+  <si>
+    <t>Listed / awaiting listing on the stock exchanges</t>
+  </si>
+  <si>
+    <t>HDFC Bank Limited</t>
+  </si>
+  <si>
+    <t>INE040A01034</t>
+  </si>
+  <si>
+    <t>Banks</t>
+  </si>
+  <si>
+    <t>Sector/Rating</t>
+  </si>
+  <si>
+    <t>Percent</t>
+  </si>
+  <si>
+    <t>ICICI Bank Limited</t>
+  </si>
+  <si>
+    <t>INE090A01021</t>
+  </si>
+  <si>
+    <t>Mahindra &amp; Mahindra Limited</t>
+  </si>
+  <si>
+    <t>INE101A01026</t>
+  </si>
+  <si>
+    <t>Automobiles</t>
+  </si>
+  <si>
+    <t>Sovereign</t>
+  </si>
+  <si>
+    <t>Axis Bank Limited</t>
+  </si>
+  <si>
+    <t>INE238A01034</t>
+  </si>
+  <si>
+    <t>Pharmaceuticals &amp; Biotechnology</t>
+  </si>
+  <si>
+    <t>Kotak Mahindra Bank Limited</t>
+  </si>
+  <si>
+    <t>INE237A01028</t>
+  </si>
+  <si>
+    <t>CRISIL AAA</t>
+  </si>
+  <si>
+    <t>SBI Life Insurance Company Limited</t>
+  </si>
+  <si>
+    <t>INE123W01016</t>
+  </si>
+  <si>
+    <t>Insurance</t>
+  </si>
+  <si>
+    <t>IT - Software</t>
+  </si>
+  <si>
+    <t>ITC Limited</t>
+  </si>
+  <si>
+    <t>INE154A01025</t>
+  </si>
+  <si>
+    <t>Diversified FMCG</t>
+  </si>
+  <si>
+    <t>Samvardhana Motherson International Limited</t>
+  </si>
+  <si>
+    <t>INE775A01035</t>
+  </si>
+  <si>
+    <t>Auto Components</t>
+  </si>
+  <si>
+    <t>Finance</t>
+  </si>
+  <si>
+    <t>Infosys Limited</t>
+  </si>
+  <si>
+    <t>INE009A01021</t>
+  </si>
+  <si>
+    <t>NTPC Limited</t>
+  </si>
+  <si>
+    <t>INE733E01010</t>
+  </si>
+  <si>
+    <t>Power</t>
+  </si>
+  <si>
+    <t>Cipla Limited</t>
+  </si>
+  <si>
+    <t>INE059A01026</t>
+  </si>
+  <si>
+    <t>State Bank of India</t>
+  </si>
+  <si>
+    <t>INE062A01020</t>
+  </si>
+  <si>
+    <t>Bajaj Finserv Limited</t>
+  </si>
+  <si>
+    <t>INE918I01026</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>Coforge Limited</t>
+  </si>
+  <si>
+    <t>INE591G01025</t>
+  </si>
+  <si>
+    <t>Mutual Funds</t>
+  </si>
+  <si>
+    <t>GAIL (India) Limited</t>
+  </si>
+  <si>
+    <t>INE129A01019</t>
+  </si>
+  <si>
+    <t>Healthcare Services</t>
+  </si>
+  <si>
+    <t>Power Finance Corporation Limited</t>
+  </si>
+  <si>
+    <t>INE134E01011</t>
+  </si>
+  <si>
+    <t>ICRA AAA</t>
+  </si>
+  <si>
+    <t>Bajaj Finance Limited</t>
+  </si>
+  <si>
+    <t>INE296A01032</t>
+  </si>
+  <si>
+    <t>Telecom - Services</t>
+  </si>
+  <si>
+    <t>Indus Towers Limited</t>
+  </si>
+  <si>
+    <t>INE121J01017</t>
+  </si>
+  <si>
+    <t>Personal Products</t>
+  </si>
+  <si>
+    <t>Cohance Lifesciences Limited</t>
+  </si>
+  <si>
+    <t>INE03QK01018</t>
+  </si>
+  <si>
+    <t>Beverages</t>
+  </si>
+  <si>
+    <t>Rainbow Childrens Medicare Limited</t>
+  </si>
+  <si>
+    <t>INE961O01016</t>
+  </si>
+  <si>
+    <t>CRISIL AA+</t>
+  </si>
+  <si>
+    <t>Emami Limited</t>
+  </si>
+  <si>
+    <t>INE548C01032</t>
+  </si>
+  <si>
+    <t>Textiles &amp; Apparels</t>
+  </si>
+  <si>
+    <t>Radico Khaitan Limited</t>
+  </si>
+  <si>
+    <t>INE944F01028</t>
+  </si>
+  <si>
+    <t>Consumer Durables</t>
+  </si>
+  <si>
+    <t>Petronet LNG Limited</t>
+  </si>
+  <si>
+    <t>INE347G01014</t>
+  </si>
+  <si>
+    <t>IT - Services</t>
+  </si>
+  <si>
+    <t>IPCA Laboratories Limited</t>
+  </si>
+  <si>
+    <t>INE571A01038</t>
+  </si>
+  <si>
+    <t>Chemicals &amp; Petrochemicals</t>
+  </si>
+  <si>
+    <t>Syngene International Limited</t>
+  </si>
+  <si>
+    <t>INE398R01022</t>
+  </si>
+  <si>
+    <t>ICRA AA+</t>
+  </si>
+  <si>
+    <t>Ganesha Ecosphere Limited</t>
+  </si>
+  <si>
+    <t>INE845D01014</t>
+  </si>
+  <si>
+    <t>Industrial Products</t>
+  </si>
+  <si>
+    <t>Century Plyboards (India) Limited</t>
+  </si>
+  <si>
+    <t>INE348B01021</t>
+  </si>
+  <si>
+    <t>Fertilizers &amp; Agrochemicals</t>
+  </si>
+  <si>
+    <t>Alkem Laboratories Limited</t>
+  </si>
+  <si>
+    <t>INE540L01014</t>
+  </si>
+  <si>
+    <t>IND AA+</t>
+  </si>
+  <si>
+    <t>ICICI Lombard General Insurance Company Limited</t>
+  </si>
+  <si>
+    <t>INE765G01017</t>
+  </si>
+  <si>
+    <t>CRISIL A1+</t>
+  </si>
+  <si>
+    <t>Cyient Limited</t>
+  </si>
+  <si>
+    <t>INE136B01020</t>
+  </si>
+  <si>
+    <t>Capital Markets</t>
+  </si>
+  <si>
+    <t>Tata Motors Limited</t>
+  </si>
+  <si>
+    <t>INE155A01022</t>
+  </si>
+  <si>
+    <t>Transport Infrastructure</t>
+  </si>
+  <si>
+    <t>Gujarat Fluorochemicals Limited</t>
+  </si>
+  <si>
+    <t>INE09N301011</t>
+  </si>
+  <si>
+    <t>Cash &amp; Equivalent</t>
+  </si>
+  <si>
+    <t>APL Apollo Tubes Limited</t>
+  </si>
+  <si>
+    <t>INE702C01027</t>
+  </si>
+  <si>
+    <t>Alembic Pharmaceuticals Limited</t>
+  </si>
+  <si>
+    <t>INE901L01018</t>
+  </si>
+  <si>
+    <t>UNO Minda Limited</t>
+  </si>
+  <si>
+    <t>INE405E01023</t>
+  </si>
+  <si>
+    <t>PI Industries Limited</t>
+  </si>
+  <si>
+    <t>INE603J01030</t>
+  </si>
+  <si>
+    <t>HCL Technologies Limited</t>
+  </si>
+  <si>
+    <t>INE860A01027</t>
+  </si>
+  <si>
+    <t>Emcure Pharmaceuticals Limited</t>
+  </si>
+  <si>
+    <t>INE168P01015</t>
+  </si>
+  <si>
+    <t>PRUDENT CORPORATE ADVISORY SERVICES Limited</t>
+  </si>
+  <si>
+    <t>INE00F201020</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Unlisted</t>
+  </si>
+  <si>
+    <t>SIP Technologies &amp; Export Limited**</t>
+  </si>
+  <si>
+    <t>INE468B01019</t>
+  </si>
+  <si>
+    <t>*</t>
+  </si>
+  <si>
+    <t>Units issued by REITs &amp; InvITs</t>
+  </si>
+  <si>
+    <t>Roadstar Infra Investment Trust</t>
+  </si>
+  <si>
+    <t>INE0JEI23010</t>
+  </si>
+  <si>
+    <t>DEBT INSTRUMENTS</t>
+  </si>
+  <si>
+    <t>BOND &amp; NCD's</t>
+  </si>
+  <si>
+    <t>National Bank for Agriculture and Rural Development**</t>
+  </si>
+  <si>
+    <t>INE261F08EJ7</t>
+  </si>
+  <si>
+    <t>National Bank for Financing Infrastructure and Development**</t>
+  </si>
+  <si>
+    <t>INE0KUG08043</t>
+  </si>
+  <si>
+    <t>CA - 13-Aug-2025</t>
+  </si>
+  <si>
+    <t>INE261F08EG3</t>
+  </si>
+  <si>
+    <t>HDFC Bank Limited**</t>
+  </si>
+  <si>
+    <t>INE040A08567</t>
+  </si>
+  <si>
+    <t>Small Industries Development Bank of India**</t>
+  </si>
+  <si>
+    <t>INE556F08KK5</t>
+  </si>
+  <si>
+    <t>Power Finance Corporation Limited**</t>
+  </si>
+  <si>
+    <t>INE134E08LM8</t>
+  </si>
+  <si>
+    <t>Bank of India**</t>
+  </si>
+  <si>
+    <t>INE084A08201</t>
+  </si>
+  <si>
+    <t>Canara Bank**</t>
+  </si>
+  <si>
+    <t>INE476A08241</t>
+  </si>
+  <si>
+    <t>CA - 29-Aug-2029</t>
+  </si>
+  <si>
+    <t>Indian Railway Finance Corporation Limited**</t>
+  </si>
+  <si>
+    <t>INE053F07AY7</t>
+  </si>
+  <si>
+    <t>Power Grid Corporation of India Limited**</t>
+  </si>
+  <si>
+    <t>INE752E08767</t>
+  </si>
+  <si>
+    <t>REC Limited**</t>
+  </si>
+  <si>
+    <t>INE020B08FK1</t>
+  </si>
+  <si>
+    <t>Muthoot Finance Limited**</t>
+  </si>
+  <si>
+    <t>INE414G07IF1</t>
+  </si>
+  <si>
+    <t>PU - 25-May-2026</t>
+  </si>
+  <si>
+    <t>Kotak Mahindra Prime Limited**</t>
+  </si>
+  <si>
+    <t>INE916DA7SU4</t>
+  </si>
+  <si>
+    <t>Cholamandalam Investment and Finance Company Limited**</t>
+  </si>
+  <si>
+    <t>INE121A07RC3</t>
+  </si>
+  <si>
+    <t>State Bank of India**</t>
+  </si>
+  <si>
+    <t>INE062A08439</t>
+  </si>
+  <si>
+    <t>INE414G07IH7</t>
+  </si>
+  <si>
+    <t>PU - 27-Oct-2026</t>
+  </si>
+  <si>
+    <t>INE053F08437</t>
+  </si>
+  <si>
+    <t>INE752E08783</t>
+  </si>
+  <si>
+    <t>INE414G07IG9</t>
+  </si>
+  <si>
+    <t>INE134E08ND3</t>
+  </si>
+  <si>
+    <t>INE062A08462</t>
+  </si>
+  <si>
+    <t>CA - 24-Oct-2034</t>
+  </si>
+  <si>
+    <t>IDFC First Bank Limited**</t>
+  </si>
+  <si>
+    <t>INE092T08626</t>
+  </si>
+  <si>
+    <t>Government Securities (Central/State)</t>
+  </si>
+  <si>
+    <t>6.90% GOI 2065</t>
+  </si>
+  <si>
+    <t>IN0020250018</t>
+  </si>
+  <si>
+    <t>8.17% GOI 2044</t>
+  </si>
+  <si>
+    <t>IN0020140078</t>
+  </si>
+  <si>
+    <t>8.51% GOI FRB 2033</t>
+  </si>
+  <si>
+    <t>IN0020200120</t>
+  </si>
+  <si>
+    <t>6.33% GOI 2035</t>
+  </si>
+  <si>
+    <t>IN0020250026</t>
+  </si>
+  <si>
+    <t>7.88% GOI FRB 2028</t>
+  </si>
+  <si>
+    <t>IN0020210160</t>
+  </si>
+  <si>
+    <t>7.09% GOI 2054</t>
+  </si>
+  <si>
+    <t>IN0020240118</t>
+  </si>
+  <si>
+    <t>6.99% Madhya Pradesh SDL 2041</t>
+  </si>
+  <si>
+    <t>IN2120210041</t>
+  </si>
+  <si>
+    <t>7.14% Karnataka SDL 2032</t>
+  </si>
+  <si>
+    <t>IN1920210243</t>
+  </si>
+  <si>
+    <t>7.18% GOI 2033</t>
+  </si>
+  <si>
+    <t>IN0020230085</t>
+  </si>
+  <si>
+    <t>6.68% GOI 2040</t>
+  </si>
+  <si>
+    <t>IN0020250042</t>
+  </si>
+  <si>
+    <t>7.69% Maharashtra SDL 2031</t>
+  </si>
+  <si>
+    <t>IN2220220213</t>
+  </si>
+  <si>
+    <t>7.01% Gujarat SDL 2031</t>
+  </si>
+  <si>
+    <t>IN1520240111</t>
+  </si>
+  <si>
+    <t>7.65% Telangana SDL 2032</t>
+  </si>
+  <si>
+    <t>IN4520160149</t>
+  </si>
+  <si>
+    <t>7.50% Madhya Pradesh SDL 2044</t>
+  </si>
+  <si>
+    <t>IN2120250153</t>
+  </si>
+  <si>
+    <t>7.14% Maharashtra SDL 2045</t>
+  </si>
+  <si>
+    <t>IN2220250160</t>
+  </si>
+  <si>
+    <t>MONEY MARKET INSTRUMENTS</t>
+  </si>
+  <si>
+    <t>Commercial Papers</t>
+  </si>
+  <si>
+    <t>Bharti Telecom Limited**</t>
+  </si>
+  <si>
+    <t>INE403D14585</t>
+  </si>
+  <si>
+    <t>TREPS / Reverse Repo Investments</t>
+  </si>
+  <si>
+    <t>DSP Short Term Fund- Direct - Growth</t>
+  </si>
+  <si>
+    <t>INF740K01NJ5</t>
+  </si>
+  <si>
+    <t>Cash &amp; Cash Equivalent</t>
+  </si>
+  <si>
+    <t>Net Receivables/Payables</t>
+  </si>
+  <si>
+    <t>GRAND TOTAL</t>
+  </si>
+  <si>
+    <t>Notes:</t>
+  </si>
+  <si>
+    <t>** Non Traded / Thinly Traded and illiquid securities in case of Equity instruments and Non Traded in case of Debt Instruments in accordance with SEBI Regulations.</t>
+  </si>
+  <si>
+    <t>* Less than 0.01%</t>
+  </si>
+  <si>
+    <t>Market value includes accrued interest</t>
+  </si>
+  <si>
+    <t>Net Assets does not include unit activity for the last day of the month</t>
+  </si>
+  <si>
+    <t xml:space="preserve">As per SEBI (MUTUAL FUNDS) REGULATIONS, 1996 and  MASTER CIRCULAR SEBI/HO/IMD/IMD-PoD-1/P/CIR/2024/90 Dtd June 27th 2024,  Below are the details of the securities in case of which issuer has defaulted beyond its maturity date. 
+Pursuant to the application filed by the Board of IL&amp;FS with the Hon’ble NCLAT to effect the interim distribution process, DSP Aggresive Hybrid Fund has received Interim distribution from IL&amp;FS Transportation Networks Limited as stated below in the form of cash and InVITs. The cash distribution has been recognized as realized income passed on to the investors through NAV. The impact of InVITs has been factored in the NAV of the respective scheme on the March 07,2025 on which the INVITs were allotted. The provision of 10% is created on all the distributions of ITNL including prior distribution to safeguard the interest of unit holders as ITNL may claw back the amount in case the distribution results in excess distribution than what the debenture holders ought to have received.  </t>
+  </si>
+  <si>
+    <t>Security Name</t>
+  </si>
+  <si>
+    <t>value of the security considered under net receivables (i.e. value recognized in NAV in absolute terms and as % to NAV)
+(Rs.in lakhs)</t>
+  </si>
+  <si>
+    <t>total amount (including principal and interest) that is due to the scheme on that investment
+(Rs.in lakhs)</t>
+  </si>
+  <si>
+    <t>Interim Distribution received (Rs.in lakhs)</t>
+  </si>
+  <si>
+    <t>Date of passing Interim Distribution recognized in NAV</t>
+  </si>
+  <si>
+    <t>0% IL&amp;FS Transportation Networks Limited Ncd Series A 23032019</t>
+  </si>
+  <si>
+    <t>INE975G08140</t>
+  </si>
+  <si>
+    <t>Yield to call as per AMFI Best Practices Guidelines Circular No. 88 / 2020 -21</t>
+  </si>
+  <si>
+    <t>Issuer</t>
+  </si>
+  <si>
+    <t>YTC</t>
+  </si>
+  <si>
+    <t>CANARA BANK BASEL III TIER 1**</t>
+  </si>
+  <si>
+    <t>SBI Basel III TIER-I 24 NCD**</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
+  </si>
+  <si>
+    <t>Scheme Riskometer</t>
+  </si>
+  <si>
+    <t>Benchmark Riskometer: CRISIL Hybrid 35+65 - Aggressive Index</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>YD14Regular</t>
+  </si>
+  <si>
+    <t>YD14Direct</t>
+  </si>
+  <si>
+    <t>YD14</t>
+  </si>
+  <si>
+    <t>DSP Aggressive Hybrid Fund (Erstwhile known as DSP Equity &amp; Bond Fund)</t>
+  </si>
+  <si>
+    <t>Sr No.</t>
+  </si>
+  <si>
+    <t>Particular</t>
+  </si>
+  <si>
+    <t>Regular</t>
+  </si>
+  <si>
+    <t>Direct</t>
+  </si>
+  <si>
+    <t>Portfolio Turn Over Ratio ^^</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> - For Purchase</t>
+  </si>
+  <si>
+    <t>N.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> - For Sale</t>
+  </si>
+  <si>
+    <t>Average Maturity (in years)@@</t>
+  </si>
+  <si>
+    <t>Modified Duration (in years)@@</t>
+  </si>
+  <si>
+    <t>Portfolio YTM (Annualised)@@</t>
+  </si>
+  <si>
+    <t>Total outstanding exposure to derivatives at the end of  September 30, 2025</t>
+  </si>
+  <si>
+    <t>- Value (In Rs. Lakh)</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>- in percentage term (%)</t>
+  </si>
+  <si>
+    <t>Total of securities below investment grade and default provided for the Half Year of September 30, 2025 (Rs. lakh)</t>
+  </si>
+  <si>
+    <t>Refer scheme portfolio</t>
+  </si>
+  <si>
+    <t>Total investment in foreign securities/ADR/GDR (Rs. lakh)</t>
+  </si>
+  <si>
+    <t>Total investment in illiquid shares/securities</t>
+  </si>
+  <si>
+    <t>- in percentage terms (%)</t>
+  </si>
+  <si>
+    <t>Net Asset Vaue (NAV) (Rs. per Unit)</t>
+  </si>
+  <si>
+    <t>- As on March 31, 2025</t>
+  </si>
+  <si>
+    <t>G</t>
+  </si>
+  <si>
+    <t>Growth</t>
+  </si>
+  <si>
+    <t>340.776</t>
+  </si>
+  <si>
+    <t>381.953</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>Payout/Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>29.372</t>
+  </si>
+  <si>
+    <t>71.064</t>
+  </si>
+  <si>
+    <t>QD</t>
+  </si>
+  <si>
+    <t>Quarterly Payout/Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>DD</t>
+  </si>
+  <si>
+    <t>Daily Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>WD</t>
+  </si>
+  <si>
+    <t>Weekly Payout/Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>MD</t>
+  </si>
+  <si>
+    <t>Monthly Payout/Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>UD</t>
+  </si>
+  <si>
+    <t>UD3</t>
+  </si>
+  <si>
+    <t>UR</t>
+  </si>
+  <si>
+    <t>UR3</t>
+  </si>
+  <si>
+    <t>- As on September 30, 2025</t>
+  </si>
+  <si>
+    <t>353.312</t>
+  </si>
+  <si>
+    <t>398.115</t>
+  </si>
+  <si>
+    <t>29.050</t>
+  </si>
+  <si>
+    <t>72.665</t>
+  </si>
+  <si>
+    <t>Aggregate distributions during the half year (Rs. per Unit)</t>
+  </si>
+  <si>
+    <t>Computed NAV</t>
+  </si>
+  <si>
+    <t>**</t>
+  </si>
+  <si>
+    <t>NAV as on Maturity date</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Not Applicable.</t>
+  </si>
+  <si>
+    <t>^^</t>
+  </si>
+  <si>
+    <t>Portfolio Turn Over Ratio is for Equity Schemes.</t>
+  </si>
+  <si>
+    <t>@@</t>
+  </si>
+  <si>
+    <t>Pursuant to payment of IDCW, the NAV of the IDCW Option(s) of aforesaid Scheme of the Fund would fall to the extent of payout and statutory levy, if any. For complete distribution history of the Schemes, please visit www.dspim.com</t>
+  </si>
+  <si>
+    <t>Average Maturity, Modified Duration and Portfolio YTM (Annualised) is for Debt Schemes and for Debt portion of DSP Aggressive Hybrid Fund.</t>
+  </si>
+  <si>
+    <t>Amount in Rupees</t>
+  </si>
+  <si>
+    <t>Scheme</t>
+  </si>
+  <si>
+    <t>Underlying</t>
+  </si>
+  <si>
+    <t>Call/Put</t>
+  </si>
+  <si>
+    <t>NIFTY</t>
+  </si>
+  <si>
+    <t>For the period 01st April, 2025 to 30th September 2025, non-hedging transactions through options have been squared off/expired :</t>
+  </si>
+  <si>
+    <t>Total Number of contracts entered into</t>
+  </si>
+  <si>
+    <t>Gross Notional Value of contracts entered into</t>
+  </si>
+  <si>
+    <t>Net Profit/Loss value on all contracts (treat premium paid as loss)</t>
+  </si>
+  <si>
+    <t>PUT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Note : In case of derivative transactions, end of the day position on the date of such transaction is considered as the basis to assess the nature of transaction as hedge / non-hedge </t>
+  </si>
+</sst>
+</file>
+
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...2 lines deleted...]
-    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="7">
+    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="166" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="167" formatCode="_(* #,##0.000_);_(* \(#,##0.000\);_(* &quot;-&quot;_);_(* @_)"/>
+    <numFmt numFmtId="168" formatCode="0.0000"/>
+    <numFmt numFmtId="169" formatCode="#,##0.000000"/>
+    <numFmt numFmtId="170" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="14">
+  <fonts count="17" x14ac:knownFonts="1">
     <font>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <color theme="1"/>
-      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <color theme="1"/>
-      <sz val="10"/>
     </font>
     <font>
+      <b/>
+      <sz val="14"/>
+      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...1 lines deleted...]
-      <sz val="14"/>
     </font>
     <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...1 lines deleted...]
-      <sz val="10"/>
     </font>
     <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...1 lines deleted...]
-      <sz val="10"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <color rgb="FF000000"/>
-      <sz val="10"/>
     </font>
     <font>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <color theme="1"/>
-      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <color indexed="8"/>
-      <sz val="10"/>
     </font>
     <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...1 lines deleted...]
-      <sz val="10"/>
     </font>
     <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <sz val="10"/>
     </font>
     <font>
-      <name val="Calibri"/>
+      <sz val="9"/>
+      <color rgb="FFFF0000"/>
+      <name val="Trebuchet MS"/>
       <family val="2"/>
-      <color theme="10"/>
-[...2 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
+      <sz val="9"/>
+      <color theme="0"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...17 lines deleted...]
-      <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
-      <patternFill/>
+      <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFDBDBDB"/>
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="11">
+  <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="thin">
-[...11 lines deleted...]
-      </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
-      <diagonal/>
-[...18 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
-      <top/>
-[...16 lines deleted...]
-      <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="8">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="62">
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+  <cellXfs count="109">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="166" fontId="3" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="166" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="4" fontId="12" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="12" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="10" fontId="12" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="12" fillId="0" borderId="1" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="10" fontId="12" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="15" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="169" fontId="12" fillId="4" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="168" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="12" fillId="4" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="4" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="4" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="4" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="170" fontId="8" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="170" fontId="8" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="170" fontId="8" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="6" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="6" applyFont="1"/>
+    <xf numFmtId="170" fontId="8" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="0" xfId="7" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="170" fontId="8" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="170" fontId="8" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
+    <xf numFmtId="2" fontId="12" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="2" fontId="12" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="12" fillId="4" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="12" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="12" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="12" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="12" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="12" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="12" fillId="4" borderId="5" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="12" fillId="4" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="12" fillId="4" borderId="5" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="12" fillId="4" borderId="4" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="12" fillId="4" borderId="4" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...50 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
-  <cellStyles count="3">
+  <cellStyles count="8">
+    <cellStyle name="Comma" xfId="2" builtinId="3"/>
+    <cellStyle name="Comma 4 2" xfId="5" xr:uid="{49BB0681-0F19-4766-9388-C10A93A6D680}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 2" xfId="3" xr:uid="{4B8F1BCA-38F9-460F-B029-9EDFA638D004}"/>
+    <cellStyle name="Normal 3 2" xfId="4" xr:uid="{4F8399EC-22F2-421B-B450-3F80585E966C}"/>
+    <cellStyle name="Normal_Scheme data_" xfId="6" xr:uid="{53D356F7-B1EC-4EBE-A8FF-1BFC357A0E3E}"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
-    <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
+    <cellStyle name="Percent 2 3" xfId="7" xr:uid="{87BFABBC-254A-4024-BA1F-7D58DF079760}"/>
   </cellStyles>
+  <dxfs count="4">
+    <dxf>
+      <numFmt numFmtId="171" formatCode="#,##0.000"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="172" formatCode="#,##0.0000"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="4" formatCode="#,##0.00"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="173" formatCode="&quot;-&quot;"/>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <colors>
-[...66 lines deleted...]
-  </colors>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
-[...16 lines deleted...]
-        <cNvPicPr>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>138</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2378075</xdr:colOff>
+      <xdr:row>147</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
           <a:picLocks/>
-        </cNvPicPr>
-[...2 lines deleted...]
-        <a:blip r:embed="rId1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </blipFill>
-      <spPr>
+      </xdr:blipFill>
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="457200" y="20485100"/>
+          <a:off x="457200" y="22542500"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <avLst/>
+          <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </spPr>
-[...19 lines deleted...]
-        <cNvPicPr>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>152</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2378075</xdr:colOff>
+      <xdr:row>161</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
           <a:picLocks/>
-        </cNvPicPr>
-[...2 lines deleted...]
-        <a:blip r:embed="rId2"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </blipFill>
-      <spPr>
+      </xdr:blipFill>
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="457200" y="22898100"/>
+          <a:off x="457200" y="24955500"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <avLst/>
+          <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </spPr>
-[...3 lines deleted...]
-</wsDr>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>138</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2378075</xdr:colOff>
+      <xdr:row>147</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7EBC0673-E69D-464E-93D3-174D9DA0AE8A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="457200" y="28295600"/>
+          <a:ext cx="2378075" cy="1577975"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>152</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2378075</xdr:colOff>
+      <xdr:row>161</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31A153CF-463C-4DE6-A4B1-1B2CEBCE3B1B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="457200" y="30734000"/>
+          <a:ext cx="2378075" cy="1577975"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -830,3291 +1950,6678 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...4 lines deleted...]
-  <dimension ref="A1:L138"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:L151"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col min="1" max="1" width="6.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="52.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="13.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="28.7265625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="12.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="24.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="14.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="12.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="7.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="28.7265625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="7.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="8.7265625" style="1" customWidth="1"/>
+    <col min="14" max="16384" width="8.7265625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="40">
-[...81 lines deleted...]
-      <c r="A8" s="1" t="n">
+    <row r="1" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A1" s="32"/>
+      <c r="B1" s="89" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="90"/>
+      <c r="D1" s="90"/>
+      <c r="E1" s="90"/>
+      <c r="F1" s="90"/>
+    </row>
+    <row r="2" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E8" s="5" t="n">
+    </row>
+    <row r="4" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A4" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B6" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B7" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A8" s="1">
+        <v>1</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="4">
         <v>8541164</v>
       </c>
-      <c r="F8" s="6" t="n">
-[...18 lines deleted...]
-      <c r="A9" s="1" t="n">
+      <c r="F8" s="5">
+        <v>81226.47</v>
+      </c>
+      <c r="G8" s="6">
+        <v>7.0199999999999999E-2</v>
+      </c>
+      <c r="J8" s="5"/>
+      <c r="K8" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="L8" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A9" s="1">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E9" s="5" t="n">
+      <c r="B9" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E9" s="4">
         <v>3882861</v>
       </c>
-      <c r="F9" s="6" t="n">
-[...16 lines deleted...]
-      <c r="A10" s="1" t="n">
+      <c r="F9" s="5">
+        <v>52340.97</v>
+      </c>
+      <c r="G9" s="6">
+        <v>4.53E-2</v>
+      </c>
+      <c r="J9" s="5"/>
+      <c r="K9" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="L9" s="6">
+        <v>0.21010000000000001</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A10" s="1">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E10" s="5" t="n">
+      <c r="B10" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E10" s="4">
         <v>1317286</v>
       </c>
-      <c r="F10" s="6" t="n">
-[...16 lines deleted...]
-      <c r="A11" s="1" t="n">
+      <c r="F10" s="5">
+        <v>45143.39</v>
+      </c>
+      <c r="G10" s="6">
+        <v>3.9E-2</v>
+      </c>
+      <c r="J10" s="5"/>
+      <c r="K10" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" s="6">
+        <v>0.15909999999999999</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A11" s="1">
         <v>4</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="n">
+      <c r="B11" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E11" s="4">
+        <v>3838487</v>
+      </c>
+      <c r="F11" s="5">
+        <v>43436.32</v>
+      </c>
+      <c r="G11" s="6">
+        <v>3.7600000000000001E-2</v>
+      </c>
+      <c r="J11" s="5"/>
+      <c r="K11" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="L11" s="6">
+        <v>7.0599999999999996E-2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A12" s="1">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E12" s="4">
+        <v>2148818</v>
+      </c>
+      <c r="F12" s="5">
+        <v>42819.5</v>
+      </c>
+      <c r="G12" s="6">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="J12" s="5"/>
+      <c r="K12" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="L12" s="6">
+        <v>5.5399999999999998E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A13" s="1">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" s="4">
         <v>2312135</v>
       </c>
-      <c r="F11" s="6" t="n">
-[...16 lines deleted...]
-      <c r="A12" s="1" t="n">
+      <c r="F13" s="5">
+        <v>41401.089999999997</v>
+      </c>
+      <c r="G13" s="6">
+        <v>3.5799999999999998E-2</v>
+      </c>
+      <c r="J13" s="5"/>
+      <c r="K13" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" s="6">
+        <v>5.21E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A14" s="1">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E14" s="4">
+        <v>8602900</v>
+      </c>
+      <c r="F14" s="5">
+        <v>34544.94</v>
+      </c>
+      <c r="G14" s="6">
+        <v>2.9899999999999999E-2</v>
+      </c>
+      <c r="J14" s="5"/>
+      <c r="K14" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="L14" s="6">
+        <v>4.6899999999999997E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A15" s="1">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E15" s="4">
+        <v>31801866</v>
+      </c>
+      <c r="F15" s="5">
+        <v>33598.67</v>
+      </c>
+      <c r="G15" s="6">
+        <v>2.9100000000000001E-2</v>
+      </c>
+      <c r="J15" s="5"/>
+      <c r="K15" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="L15" s="6">
+        <v>4.6199999999999998E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A16" s="1">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E16" s="4">
+        <v>2316228</v>
+      </c>
+      <c r="F16" s="5">
+        <v>33395.379999999997</v>
+      </c>
+      <c r="G16" s="6">
+        <v>2.8899999999999999E-2</v>
+      </c>
+      <c r="J16" s="5"/>
+      <c r="K16" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L16" s="6">
+        <v>4.3799999999999999E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A17" s="1">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E17" s="4">
+        <v>9536122</v>
+      </c>
+      <c r="F17" s="5">
+        <v>32465.73</v>
+      </c>
+      <c r="G17" s="6">
+        <v>2.81E-2</v>
+      </c>
+      <c r="J17" s="5"/>
+      <c r="K17" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="L17" s="6">
+        <v>3.5200000000000002E-2</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A18" s="1">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E18" s="4">
+        <v>2156479</v>
+      </c>
+      <c r="F18" s="5">
+        <v>32418.35</v>
+      </c>
+      <c r="G18" s="6">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="J18" s="5"/>
+      <c r="K18" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18" s="6">
+        <v>2.9899999999999999E-2</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A19" s="1">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E19" s="4">
+        <v>2654601</v>
+      </c>
+      <c r="F19" s="5">
+        <v>23160.07</v>
+      </c>
+      <c r="G19" s="6">
+        <v>0.02</v>
+      </c>
+      <c r="J19" s="5"/>
+      <c r="K19" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="L19" s="6">
+        <v>2.81E-2</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A20" s="1">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E20" s="4">
+        <v>1061559</v>
+      </c>
+      <c r="F20" s="5">
+        <v>21299.119999999999</v>
+      </c>
+      <c r="G20" s="6">
+        <v>1.84E-2</v>
+      </c>
+      <c r="J20" s="5"/>
+      <c r="K20" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="L20" s="6">
+        <v>2.58E-2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A21" s="1">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E21" s="4">
+        <v>1284095</v>
+      </c>
+      <c r="F21" s="5">
+        <v>20429.95</v>
+      </c>
+      <c r="G21" s="6">
+        <v>1.77E-2</v>
+      </c>
+      <c r="J21" s="5"/>
+      <c r="K21" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="L21" s="6">
+        <v>2.2499999999999999E-2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A22" s="1">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E22" s="4">
+        <v>9779232</v>
+      </c>
+      <c r="F22" s="5">
+        <v>17239.810000000001</v>
+      </c>
+      <c r="G22" s="6">
+        <v>1.49E-2</v>
+      </c>
+      <c r="J22" s="5"/>
+      <c r="K22" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="L22" s="6">
+        <v>2.24E-2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A23" s="1">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E23" s="4">
+        <v>4110243</v>
+      </c>
+      <c r="F23" s="5">
+        <v>16862.27</v>
+      </c>
+      <c r="G23" s="6">
+        <v>1.46E-2</v>
+      </c>
+      <c r="J23" s="5"/>
+      <c r="K23" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="L23" s="6">
+        <v>1.41E-2</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A24" s="1">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E24" s="4">
+        <v>1525950</v>
+      </c>
+      <c r="F24" s="5">
+        <v>15242.71</v>
+      </c>
+      <c r="G24" s="6">
+        <v>1.32E-2</v>
+      </c>
+      <c r="J24" s="5"/>
+      <c r="K24" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="L24" s="6">
+        <v>1.2200000000000001E-2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A25" s="1">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E25" s="4">
+        <v>4126188</v>
+      </c>
+      <c r="F25" s="5">
+        <v>14148.7</v>
+      </c>
+      <c r="G25" s="6">
+        <v>1.2200000000000001E-2</v>
+      </c>
+      <c r="J25" s="5"/>
+      <c r="K25" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="L25" s="6">
+        <v>1.15E-2</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A26" s="1">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E26" s="4">
+        <v>1584179</v>
+      </c>
+      <c r="F26" s="5">
+        <v>13926.52</v>
+      </c>
+      <c r="G26" s="6">
+        <v>1.2E-2</v>
+      </c>
+      <c r="J26" s="5"/>
+      <c r="K26" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="L26" s="6">
+        <v>1.11E-2</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A27" s="1">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="E27" s="4">
+        <v>1007153</v>
+      </c>
+      <c r="F27" s="5">
+        <v>13656.99</v>
+      </c>
+      <c r="G27" s="6">
+        <v>1.18E-2</v>
+      </c>
+      <c r="J27" s="5"/>
+      <c r="K27" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="L27" s="6">
+        <v>8.6E-3</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A28" s="1">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E28" s="4">
+        <v>2476845</v>
+      </c>
+      <c r="F28" s="5">
+        <v>13331.62</v>
+      </c>
+      <c r="G28" s="6">
+        <v>1.15E-2</v>
+      </c>
+      <c r="J28" s="5"/>
+      <c r="K28" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="L28" s="6">
+        <v>8.5000000000000006E-3</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A29" s="1">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="E29" s="4">
+        <v>443999</v>
+      </c>
+      <c r="F29" s="5">
+        <v>12822.25</v>
+      </c>
+      <c r="G29" s="6">
+        <v>1.11E-2</v>
+      </c>
+      <c r="J29" s="5"/>
+      <c r="K29" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="L29" s="6">
+        <v>8.5000000000000006E-3</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A30" s="1">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E30" s="4">
+        <v>4535989</v>
+      </c>
+      <c r="F30" s="5">
+        <v>12646.34</v>
+      </c>
+      <c r="G30" s="6">
+        <v>1.09E-2</v>
+      </c>
+      <c r="J30" s="5"/>
+      <c r="K30" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="L30" s="6">
+        <v>7.9000000000000008E-3</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A31" s="1">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E31" s="4">
+        <v>926481</v>
+      </c>
+      <c r="F31" s="5">
+        <v>12405.58</v>
+      </c>
+      <c r="G31" s="6">
+        <v>1.0699999999999999E-2</v>
+      </c>
+      <c r="J31" s="5"/>
+      <c r="K31" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="L31" s="6">
+        <v>7.9000000000000008E-3</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A32" s="1">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="E32" s="4">
+        <v>1974299</v>
+      </c>
+      <c r="F32" s="5">
+        <v>12296.92</v>
+      </c>
+      <c r="G32" s="6">
+        <v>1.06E-2</v>
+      </c>
+      <c r="J32" s="5"/>
+      <c r="K32" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="L32" s="6">
+        <v>7.4000000000000003E-3</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A33" s="1">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="E33" s="4">
+        <v>838186</v>
+      </c>
+      <c r="F33" s="5">
+        <v>9875.51</v>
+      </c>
+      <c r="G33" s="6">
+        <v>8.5000000000000006E-3</v>
+      </c>
+      <c r="J33" s="5"/>
+      <c r="K33" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="L33" s="6">
+        <v>6.6E-3</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A34" s="1">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="E34" s="4">
+        <v>1213466</v>
+      </c>
+      <c r="F34" s="5">
+        <v>9866.69</v>
+      </c>
+      <c r="G34" s="6">
+        <v>8.5000000000000006E-3</v>
+      </c>
+      <c r="J34" s="5"/>
+      <c r="K34" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="L34" s="6">
+        <v>5.5999999999999999E-3</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A35" s="1">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E35" s="4">
+        <v>174436</v>
+      </c>
+      <c r="F35" s="5">
+        <v>9463.15</v>
+      </c>
+      <c r="G35" s="6">
+        <v>8.2000000000000007E-3</v>
+      </c>
+      <c r="J35" s="5"/>
+      <c r="K35" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="L35" s="6">
+        <v>4.4999999999999997E-3</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A36" s="1">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E36" s="4">
+        <v>486620</v>
+      </c>
+      <c r="F36" s="5">
+        <v>9196.14</v>
+      </c>
+      <c r="G36" s="6">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="J36" s="5"/>
+      <c r="K36" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="L36" s="6">
+        <v>4.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A37" s="1">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E37" s="4">
+        <v>798294</v>
+      </c>
+      <c r="F37" s="5">
+        <v>9150.0499999999993</v>
+      </c>
+      <c r="G37" s="6">
+        <v>7.9000000000000008E-3</v>
+      </c>
+      <c r="J37" s="5"/>
+      <c r="K37" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="L37" s="6">
+        <v>2.8E-3</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A38" s="1">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E38" s="4">
+        <v>1344354</v>
+      </c>
+      <c r="F38" s="5">
+        <v>9144.2999999999993</v>
+      </c>
+      <c r="G38" s="6">
+        <v>7.9000000000000008E-3</v>
+      </c>
+      <c r="J38" s="5"/>
+      <c r="K38" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="L38" s="6">
+        <v>4.0000000000000002E-4</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A39" s="1">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="E39" s="4">
+        <v>245398</v>
+      </c>
+      <c r="F39" s="5">
+        <v>9098.8700000000008</v>
+      </c>
+      <c r="G39" s="6">
+        <v>7.9000000000000008E-3</v>
+      </c>
+      <c r="J39" s="5"/>
+      <c r="K39" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="L39" s="6">
+        <v>3.0300000000000001E-2</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A40" s="1">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="E40" s="4">
+        <v>455777</v>
+      </c>
+      <c r="F40" s="5">
+        <v>7684.86</v>
+      </c>
+      <c r="G40" s="6">
+        <v>6.6E-3</v>
+      </c>
+      <c r="J40" s="5"/>
+    </row>
+    <row r="41" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A41" s="1">
+        <v>34</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E41" s="4">
+        <v>810789</v>
+      </c>
+      <c r="F41" s="5">
+        <v>7308.05</v>
+      </c>
+      <c r="G41" s="6">
+        <v>6.3E-3</v>
+      </c>
+      <c r="J41" s="5"/>
+    </row>
+    <row r="42" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A42" s="1">
+        <v>35</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E42" s="4">
+        <v>545980</v>
+      </c>
+      <c r="F42" s="5">
+        <v>7091.19</v>
+      </c>
+      <c r="G42" s="6">
+        <v>6.1000000000000004E-3</v>
+      </c>
+      <c r="J42" s="5"/>
+    </row>
+    <row r="43" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A43" s="1">
+        <v>36</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="E43" s="4">
+        <v>185420</v>
+      </c>
+      <c r="F43" s="5">
+        <v>6514.73</v>
+      </c>
+      <c r="G43" s="6">
+        <v>5.5999999999999999E-3</v>
+      </c>
+      <c r="J43" s="5"/>
+    </row>
+    <row r="44" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A44" s="1">
+        <v>37</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E44" s="4">
+        <v>457470</v>
+      </c>
+      <c r="F44" s="5">
+        <v>6336.42</v>
+      </c>
+      <c r="G44" s="6">
+        <v>5.4999999999999997E-3</v>
+      </c>
+      <c r="J44" s="5"/>
+    </row>
+    <row r="45" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A45" s="1">
+        <v>38</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E45" s="4">
+        <v>483926</v>
+      </c>
+      <c r="F45" s="5">
+        <v>6193.77</v>
+      </c>
+      <c r="G45" s="6">
+        <v>5.4000000000000003E-3</v>
+      </c>
+      <c r="J45" s="5"/>
+    </row>
+    <row r="46" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A46" s="1">
+        <v>39</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E46" s="4">
+        <v>124610</v>
+      </c>
+      <c r="F46" s="5">
+        <v>3213.19</v>
+      </c>
+      <c r="G46" s="6">
+        <v>2.8E-3</v>
+      </c>
+      <c r="J46" s="5"/>
+    </row>
+    <row r="47" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A47" s="7"/>
+      <c r="B47" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="C47" s="7"/>
+      <c r="D47" s="7"/>
+      <c r="E47" s="7"/>
+      <c r="F47" s="8">
+        <v>802396.58</v>
+      </c>
+      <c r="G47" s="9">
+        <v>0.69369999999999998</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B49" s="2" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A50" s="1">
+        <v>40</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E50" s="4">
+        <v>52521</v>
+      </c>
+      <c r="F50" s="5">
+        <v>0</v>
+      </c>
+      <c r="G50" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="J50" s="5"/>
+    </row>
+    <row r="51" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A51" s="7"/>
+      <c r="B51" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="C51" s="7"/>
+      <c r="D51" s="7"/>
+      <c r="E51" s="7"/>
+      <c r="F51" s="8">
+        <v>0</v>
+      </c>
+      <c r="G51" s="9" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B53" s="2" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B54" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A55" s="1">
+        <v>41</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="E55" s="4">
+        <v>660000</v>
+      </c>
+      <c r="F55" s="5">
+        <v>479.09</v>
+      </c>
+      <c r="G55" s="6">
+        <v>4.0000000000000002E-4</v>
+      </c>
+      <c r="H55" s="10"/>
+      <c r="J55" s="5"/>
+    </row>
+    <row r="56" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A56" s="7"/>
+      <c r="B56" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="C56" s="7"/>
+      <c r="D56" s="7"/>
+      <c r="E56" s="7"/>
+      <c r="F56" s="8">
+        <v>479.09</v>
+      </c>
+      <c r="G56" s="9">
+        <v>4.0000000000000002E-4</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B58" s="2" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B59" s="2" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B60" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A61" s="1">
+        <v>42</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E61" s="4">
+        <v>15000</v>
+      </c>
+      <c r="F61" s="5">
+        <v>16313.91</v>
+      </c>
+      <c r="G61" s="6">
+        <v>1.41E-2</v>
+      </c>
+      <c r="H61" s="10">
+        <v>47458</v>
+      </c>
+      <c r="J61" s="5">
+        <v>6.92</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A62" s="1">
+        <v>43</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E62" s="4">
+        <v>15000</v>
+      </c>
+      <c r="F62" s="5">
+        <v>15188.98</v>
+      </c>
+      <c r="G62" s="6">
+        <v>1.3100000000000001E-2</v>
+      </c>
+      <c r="H62" s="10">
+        <v>52821</v>
+      </c>
+      <c r="I62" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="J62" s="5">
+        <v>7.33</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A63" s="1">
+        <v>44</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E63" s="4">
+        <v>10000</v>
+      </c>
+      <c r="F63" s="5">
+        <v>10556.31</v>
+      </c>
+      <c r="G63" s="6">
+        <v>9.1000000000000004E-3</v>
+      </c>
+      <c r="H63" s="10">
+        <v>47238</v>
+      </c>
+      <c r="J63" s="5">
+        <v>6.9050000000000002</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A64" s="1">
+        <v>45</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E64" s="4">
+        <v>65</v>
+      </c>
+      <c r="F64" s="5">
+        <v>6840.78</v>
+      </c>
+      <c r="G64" s="6">
+        <v>5.8999999999999999E-3</v>
+      </c>
+      <c r="H64" s="10">
+        <v>46473</v>
+      </c>
+      <c r="J64" s="5">
+        <v>6.83</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A65" s="1">
+        <v>46</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E65" s="4">
+        <v>5000</v>
+      </c>
+      <c r="F65" s="5">
+        <v>5449.52</v>
+      </c>
+      <c r="G65" s="6">
+        <v>4.7000000000000002E-3</v>
+      </c>
+      <c r="H65" s="10">
+        <v>46496</v>
+      </c>
+      <c r="J65" s="5">
+        <v>6.71</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A66" s="1">
+        <v>47</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E66" s="4">
+        <v>500</v>
+      </c>
+      <c r="F66" s="5">
+        <v>5330.83</v>
+      </c>
+      <c r="G66" s="6">
+        <v>4.5999999999999999E-3</v>
+      </c>
+      <c r="H66" s="10">
+        <v>48122</v>
+      </c>
+      <c r="J66" s="5">
+        <v>7.02</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A67" s="1">
+        <v>48</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E67" s="4">
+        <v>5000</v>
+      </c>
+      <c r="F67" s="5">
+        <v>5200.26</v>
+      </c>
+      <c r="G67" s="6">
+        <v>4.4999999999999997E-3</v>
+      </c>
+      <c r="H67" s="10">
+        <v>49277</v>
+      </c>
+      <c r="J67" s="5">
+        <v>7.36</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A68" s="1">
+        <v>49</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E68" s="4">
+        <v>50</v>
+      </c>
+      <c r="F68" s="5">
+        <v>5155.24</v>
+      </c>
+      <c r="G68" s="6">
+        <v>4.4999999999999997E-3</v>
+      </c>
+      <c r="H68" s="10">
+        <v>82057</v>
+      </c>
+      <c r="I68" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="J68" s="5">
+        <v>7.5439999999999996</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A69" s="1">
+        <v>50</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E69" s="4">
+        <v>250</v>
+      </c>
+      <c r="F69" s="5">
+        <v>2825.23</v>
+      </c>
+      <c r="G69" s="6">
+        <v>2.3999999999999998E-3</v>
+      </c>
+      <c r="H69" s="10">
+        <v>47091</v>
+      </c>
+      <c r="J69" s="5">
+        <v>6.6977000000000002</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A70" s="1">
+        <v>51</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E70" s="4">
+        <v>2500</v>
+      </c>
+      <c r="F70" s="5">
+        <v>2670.71</v>
+      </c>
+      <c r="G70" s="6">
+        <v>2.3E-3</v>
+      </c>
+      <c r="H70" s="10">
+        <v>49242</v>
+      </c>
+      <c r="J70" s="5">
+        <v>7.0449999999999999</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A71" s="1">
+        <v>52</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E71" s="4">
+        <v>2500</v>
+      </c>
+      <c r="F71" s="5">
+        <v>2627.42</v>
+      </c>
+      <c r="G71" s="6">
+        <v>2.3E-3</v>
+      </c>
+      <c r="H71" s="10">
+        <v>51104</v>
+      </c>
+      <c r="J71" s="5">
+        <v>7.23</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A72" s="1">
+        <v>53</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="E72" s="4">
+        <v>2500</v>
+      </c>
+      <c r="F72" s="5">
+        <v>2605.69</v>
+      </c>
+      <c r="G72" s="6">
+        <v>2.3E-3</v>
+      </c>
+      <c r="H72" s="10">
+        <v>46867</v>
+      </c>
+      <c r="I72" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="J72" s="5">
+        <v>7.93</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A73" s="1">
+        <v>54</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E73" s="4">
+        <v>2500</v>
+      </c>
+      <c r="F73" s="5">
+        <v>2597.91</v>
+      </c>
+      <c r="G73" s="6">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="H73" s="10">
+        <v>46559</v>
+      </c>
+      <c r="J73" s="5">
+        <v>7.0350000000000001</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A74" s="1">
+        <v>55</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E74" s="4">
+        <v>2500</v>
+      </c>
+      <c r="F74" s="5">
+        <v>2593.6</v>
+      </c>
+      <c r="G74" s="6">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="H74" s="10">
+        <v>46157</v>
+      </c>
+      <c r="J74" s="5">
+        <v>7.0149999999999997</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A75" s="1">
+        <v>56</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E75" s="4">
+        <v>2500</v>
+      </c>
+      <c r="F75" s="5">
+        <v>2572.84</v>
+      </c>
+      <c r="G75" s="6">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="H75" s="10">
+        <v>50962</v>
+      </c>
+      <c r="J75" s="5">
+        <v>7.2074999999999996</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A76" s="1">
+        <v>57</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="E76" s="4">
+        <v>2500</v>
+      </c>
+      <c r="F76" s="5">
+        <v>2565.35</v>
+      </c>
+      <c r="G76" s="6">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="H76" s="10">
+        <v>46961</v>
+      </c>
+      <c r="I76" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="J76" s="5">
+        <v>7.9321000000000002</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A77" s="1">
+        <v>58</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E77" s="4">
+        <v>2500</v>
+      </c>
+      <c r="F77" s="5">
+        <v>2560.14</v>
+      </c>
+      <c r="G77" s="6">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="H77" s="10">
+        <v>51088</v>
+      </c>
+      <c r="J77" s="5">
+        <v>7.2499000000000002</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A78" s="1">
+        <v>59</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E78" s="4">
+        <v>2500</v>
+      </c>
+      <c r="F78" s="5">
+        <v>2557.39</v>
+      </c>
+      <c r="G78" s="6">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="H78" s="10">
+        <v>49414</v>
+      </c>
+      <c r="J78" s="5">
+        <v>7.0670000000000002</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A79" s="1">
+        <v>60</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="E79" s="4">
+        <v>2500</v>
+      </c>
+      <c r="F79" s="5">
+        <v>2552.8000000000002</v>
+      </c>
+      <c r="G79" s="6">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="H79" s="10">
+        <v>46234</v>
+      </c>
+      <c r="J79" s="5">
+        <v>7.4532999999999996</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A80" s="1">
+        <v>61</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E80" s="4">
+        <v>2500</v>
+      </c>
+      <c r="F80" s="5">
+        <v>2534.0100000000002</v>
+      </c>
+      <c r="G80" s="6">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="H80" s="10">
+        <v>48136</v>
+      </c>
+      <c r="J80" s="5">
+        <v>7.02</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A81" s="1">
+        <v>62</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="E81" s="4">
+        <v>20</v>
+      </c>
+      <c r="F81" s="5">
+        <v>2223.89</v>
+      </c>
+      <c r="G81" s="6">
+        <v>1.9E-3</v>
+      </c>
+      <c r="H81" s="10">
+        <v>82113</v>
+      </c>
+      <c r="I81" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="J81" s="5">
+        <v>7.3998999999999997</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A82" s="1">
+        <v>63</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E82" s="4">
+        <v>78</v>
+      </c>
+      <c r="F82" s="5">
+        <v>835.91</v>
+      </c>
+      <c r="G82" s="6">
+        <v>6.9999999999999999E-4</v>
+      </c>
+      <c r="H82" s="10">
+        <v>46028</v>
+      </c>
+      <c r="J82" s="5">
+        <v>6.9576000000000002</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A83" s="7"/>
+      <c r="B83" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="C83" s="7"/>
+      <c r="D83" s="7"/>
+      <c r="E83" s="7"/>
+      <c r="F83" s="8">
+        <v>104358.72</v>
+      </c>
+      <c r="G83" s="9">
+        <v>0.09</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B85" s="2" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A86" s="1">
+        <v>64</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E86" s="4">
+        <v>43500000</v>
+      </c>
+      <c r="F86" s="5">
+        <v>42902.34</v>
+      </c>
+      <c r="G86" s="6">
+        <v>3.7100000000000001E-2</v>
+      </c>
+      <c r="H86" s="10">
+        <v>60372</v>
+      </c>
+      <c r="J86" s="5">
+        <v>7.2510000000000003</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A87" s="1">
+        <v>65</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E87" s="4">
+        <v>27500000</v>
+      </c>
+      <c r="F87" s="5">
+        <v>31468.400000000001</v>
+      </c>
+      <c r="G87" s="6">
+        <v>2.7199999999999998E-2</v>
+      </c>
+      <c r="H87" s="10">
+        <v>52932</v>
+      </c>
+      <c r="J87" s="5">
+        <v>7.0458999999999996</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A88" s="1">
+        <v>66</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E88" s="4">
+        <v>27500000</v>
+      </c>
+      <c r="F88" s="5">
+        <v>28464.15</v>
+      </c>
+      <c r="G88" s="6">
+        <v>2.46E-2</v>
+      </c>
+      <c r="H88" s="10">
+        <v>48844</v>
+      </c>
+      <c r="J88" s="5">
+        <v>6.2595999999999998</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A89" s="1">
+        <v>67</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E89" s="4">
+        <v>22500000</v>
+      </c>
+      <c r="F89" s="5">
+        <v>22693.02</v>
+      </c>
+      <c r="G89" s="6">
+        <v>1.9599999999999999E-2</v>
+      </c>
+      <c r="H89" s="10">
+        <v>49434</v>
+      </c>
+      <c r="J89" s="5">
+        <v>6.5719000000000003</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A90" s="1">
+        <v>68</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E90" s="4">
+        <v>15000000</v>
+      </c>
+      <c r="F90" s="5">
+        <v>15673.67</v>
+      </c>
+      <c r="G90" s="6">
+        <v>1.3599999999999999E-2</v>
+      </c>
+      <c r="H90" s="10">
+        <v>47030</v>
+      </c>
+      <c r="J90" s="5">
+        <v>5.8714000000000004</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A91" s="1">
+        <v>69</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E91" s="4">
+        <v>12500000</v>
+      </c>
+      <c r="F91" s="5">
+        <v>12457.17</v>
+      </c>
+      <c r="G91" s="6">
+        <v>1.0800000000000001E-2</v>
+      </c>
+      <c r="H91" s="10">
+        <v>56466</v>
+      </c>
+      <c r="J91" s="5">
+        <v>7.2085999999999997</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A92" s="1">
+        <v>70</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E92" s="4">
+        <v>7000000</v>
+      </c>
+      <c r="F92" s="5">
+        <v>6958.32</v>
+      </c>
+      <c r="G92" s="6">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="H92" s="10">
+        <v>51822</v>
+      </c>
+      <c r="J92" s="5">
+        <v>7.33</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A93" s="1">
+        <v>71</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E93" s="4">
+        <v>6500000</v>
+      </c>
+      <c r="F93" s="5">
+        <v>6638.97</v>
+      </c>
+      <c r="G93" s="6">
+        <v>5.7000000000000002E-3</v>
+      </c>
+      <c r="H93" s="10">
+        <v>48225</v>
+      </c>
+      <c r="J93" s="5">
+        <v>7.0228999999999999</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A94" s="1">
+        <v>72</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E94" s="4">
+        <v>5000000</v>
+      </c>
+      <c r="F94" s="5">
+        <v>5211.63</v>
+      </c>
+      <c r="G94" s="6">
+        <v>4.4999999999999997E-3</v>
+      </c>
+      <c r="H94" s="10">
+        <v>48805</v>
+      </c>
+      <c r="J94" s="5">
+        <v>6.6338999999999997</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A95" s="1">
+        <v>73</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E95" s="4">
+        <v>4500000</v>
+      </c>
+      <c r="F95" s="5">
+        <v>4490.67</v>
+      </c>
+      <c r="G95" s="6">
+        <v>3.8999999999999998E-3</v>
+      </c>
+      <c r="H95" s="10">
+        <v>51324</v>
+      </c>
+      <c r="J95" s="5">
+        <v>6.8707000000000003</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A96" s="1">
+        <v>74</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E96" s="4">
+        <v>2500000</v>
+      </c>
+      <c r="F96" s="5">
+        <v>2586.1</v>
+      </c>
+      <c r="G96" s="6">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="H96" s="10">
+        <v>47922</v>
+      </c>
+      <c r="J96" s="5">
+        <v>6.9950000000000001</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A97" s="1">
+        <v>75</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E97" s="4">
+        <v>2500000</v>
+      </c>
+      <c r="F97" s="5">
+        <v>2543.14</v>
+      </c>
+      <c r="G97" s="6">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="H97" s="10">
+        <v>47856</v>
+      </c>
+      <c r="J97" s="5">
+        <v>6.9813999999999998</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A98" s="1">
+        <v>76</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E98" s="4">
+        <v>1500000</v>
+      </c>
+      <c r="F98" s="5">
+        <v>1558.07</v>
+      </c>
+      <c r="G98" s="6">
+        <v>1.2999999999999999E-3</v>
+      </c>
+      <c r="H98" s="10">
+        <v>48259</v>
+      </c>
+      <c r="J98" s="5">
+        <v>7.0754999999999999</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A99" s="1">
+        <v>77</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E99" s="4">
+        <v>500000</v>
+      </c>
+      <c r="F99" s="5">
+        <v>509.25</v>
+      </c>
+      <c r="G99" s="6">
+        <v>4.0000000000000002E-4</v>
+      </c>
+      <c r="H99" s="10">
+        <v>52850</v>
+      </c>
+      <c r="J99" s="5">
+        <v>7.36</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A100" s="1">
+        <v>78</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E100" s="4">
+        <v>40000</v>
+      </c>
+      <c r="F100" s="5">
+        <v>39.630000000000003</v>
+      </c>
+      <c r="G100" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="H100" s="10">
+        <v>53152</v>
+      </c>
+      <c r="J100" s="5">
+        <v>7.3849</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A101" s="7"/>
+      <c r="B101" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="C101" s="7"/>
+      <c r="D101" s="7"/>
+      <c r="E101" s="7"/>
+      <c r="F101" s="8">
+        <v>184194.53</v>
+      </c>
+      <c r="G101" s="9">
+        <v>0.15909999999999999</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B103" s="2" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B104" s="2" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B105" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A106" s="1">
+        <v>79</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E106" s="4">
+        <v>1000</v>
+      </c>
+      <c r="F106" s="5">
+        <v>4673.04</v>
+      </c>
+      <c r="G106" s="6">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="H106" s="10">
+        <v>46283</v>
+      </c>
+      <c r="J106" s="5">
+        <v>7.2549999999999999</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A107" s="7"/>
+      <c r="B107" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="C107" s="7"/>
+      <c r="D107" s="7"/>
+      <c r="E107" s="7"/>
+      <c r="F107" s="8">
+        <v>4673.04</v>
+      </c>
+      <c r="G107" s="9">
+        <v>4.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A109" s="1">
+        <v>80</v>
+      </c>
+      <c r="B109" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="F109" s="5">
+        <v>40798.36</v>
+      </c>
+      <c r="G109" s="6">
+        <v>3.5299999999999998E-2</v>
+      </c>
+      <c r="H109" s="10">
+        <v>45931</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A110" s="7"/>
+      <c r="B110" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="C110" s="7"/>
+      <c r="D110" s="7"/>
+      <c r="E110" s="7"/>
+      <c r="F110" s="8">
+        <v>40798.36</v>
+      </c>
+      <c r="G110" s="9">
+        <v>3.5299999999999998E-2</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B112" s="2" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A113" s="1">
+        <v>81</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E113" s="4">
+        <v>50704568.197999999</v>
+      </c>
+      <c r="F113" s="5">
+        <v>26060.12</v>
+      </c>
+      <c r="G113" s="6">
+        <v>2.2499999999999999E-2</v>
+      </c>
+      <c r="J113" s="5">
+        <v>6.8536429999999999</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A114" s="7"/>
+      <c r="B114" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="C114" s="7"/>
+      <c r="D114" s="7"/>
+      <c r="E114" s="7"/>
+      <c r="F114" s="8">
+        <v>26060.12</v>
+      </c>
+      <c r="G114" s="9">
+        <v>2.2499999999999999E-2</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B116" s="2" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B117" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="E117" s="4"/>
+      <c r="F117" s="5">
+        <v>-6492.84</v>
+      </c>
+      <c r="G117" s="6">
+        <v>-5.0000000000000001E-3</v>
+      </c>
+      <c r="J117" s="5"/>
+    </row>
+    <row r="118" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A118" s="7"/>
+      <c r="B118" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="C118" s="7"/>
+      <c r="D118" s="7"/>
+      <c r="E118" s="7"/>
+      <c r="F118" s="8">
+        <v>-6492.84</v>
+      </c>
+      <c r="G118" s="9">
+        <v>-5.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="120" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A120" s="3"/>
+      <c r="B120" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="C120" s="3"/>
+      <c r="D120" s="3"/>
+      <c r="E120" s="3"/>
+      <c r="F120" s="11">
+        <v>1156467.6000000001</v>
+      </c>
+      <c r="G120" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A121" s="1" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A122" s="1">
+        <v>1</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="123" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A123" s="13">
+        <v>2</v>
+      </c>
+      <c r="B123" s="13" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="124" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A124" s="14">
+        <v>3</v>
+      </c>
+      <c r="B124" s="14" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A125" s="14">
+        <v>4</v>
+      </c>
+      <c r="B125" s="14" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10" ht="109.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A126" s="17">
         <v>5</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A13" s="1" t="n">
+      <c r="B126" s="86" t="s">
+        <v>223</v>
+      </c>
+      <c r="C126" s="86"/>
+      <c r="D126" s="86"/>
+      <c r="E126" s="86"/>
+      <c r="F126" s="86"/>
+      <c r="G126" s="86"/>
+      <c r="H126" s="17"/>
+    </row>
+    <row r="127" spans="1:10" ht="90" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A127" s="17"/>
+      <c r="B127" s="33" t="s">
+        <v>224</v>
+      </c>
+      <c r="C127" s="33" t="s">
+        <v>4</v>
+      </c>
+      <c r="D127" s="91" t="s">
+        <v>225</v>
+      </c>
+      <c r="E127" s="92"/>
+      <c r="F127" s="33" t="s">
+        <v>226</v>
+      </c>
+      <c r="G127" s="33" t="s">
+        <v>227</v>
+      </c>
+      <c r="H127" s="33" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="128" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A128" s="17"/>
+      <c r="B128" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="C128" s="15" t="s">
+        <v>230</v>
+      </c>
+      <c r="D128" s="16">
+        <v>0</v>
+      </c>
+      <c r="E128" s="18">
+        <v>0</v>
+      </c>
+      <c r="F128" s="87">
+        <v>5965.03089</v>
+      </c>
+      <c r="G128" s="19">
+        <v>372.15</v>
+      </c>
+      <c r="H128" s="20">
+        <v>45218</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A129" s="17"/>
+      <c r="B129" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="C129" s="15" t="s">
+        <v>230</v>
+      </c>
+      <c r="D129" s="16">
+        <v>0</v>
+      </c>
+      <c r="E129" s="18">
+        <v>0</v>
+      </c>
+      <c r="F129" s="88"/>
+      <c r="G129" s="19">
+        <v>188.35844</v>
+      </c>
+      <c r="H129" s="20">
+        <v>45715</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A130" s="17"/>
+      <c r="B130" s="15"/>
+      <c r="C130" s="15"/>
+      <c r="D130" s="16"/>
+      <c r="E130" s="27"/>
+      <c r="F130" s="28"/>
+      <c r="G130" s="29"/>
+      <c r="H130" s="30"/>
+    </row>
+    <row r="131" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A131" s="13">
         <v>6</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A14" s="1" t="n">
+      <c r="B131" s="21" t="s">
+        <v>231</v>
+      </c>
+      <c r="C131" s="21"/>
+      <c r="D131" s="21"/>
+      <c r="E131" s="13"/>
+      <c r="F131" s="13"/>
+      <c r="G131" s="13"/>
+      <c r="H131" s="13"/>
+    </row>
+    <row r="132" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A132" s="13"/>
+      <c r="B132" s="22" t="s">
+        <v>232</v>
+      </c>
+      <c r="C132" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="D132" s="23" t="s">
+        <v>233</v>
+      </c>
+      <c r="E132" s="13"/>
+      <c r="F132" s="13"/>
+      <c r="G132" s="13"/>
+      <c r="H132" s="13"/>
+    </row>
+    <row r="133" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A133" s="13"/>
+      <c r="B133" s="24" t="s">
+        <v>234</v>
+      </c>
+      <c r="C133" s="25" t="s">
+        <v>150</v>
+      </c>
+      <c r="D133" s="26">
+        <v>7.5439999999999993E-2</v>
+      </c>
+      <c r="E133" s="13"/>
+      <c r="F133" s="13"/>
+      <c r="G133" s="13"/>
+      <c r="H133" s="13"/>
+    </row>
+    <row r="134" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A134" s="13"/>
+      <c r="B134" s="24" t="s">
+        <v>235</v>
+      </c>
+      <c r="C134" s="25" t="s">
+        <v>173</v>
+      </c>
+      <c r="D134" s="26">
+        <v>7.3998999999999995E-2</v>
+      </c>
+      <c r="E134" s="13"/>
+      <c r="F134" s="13"/>
+      <c r="G134" s="13"/>
+      <c r="H134" s="13"/>
+    </row>
+    <row r="135" spans="1:8" ht="66.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A135" s="13">
         <v>7</v>
       </c>
-      <c r="B14" s="1" t="inlineStr">
-[...2868 lines deleted...]
-        </is>
+      <c r="B135" s="108" t="s">
+        <v>236</v>
+      </c>
+      <c r="C135" s="108"/>
+      <c r="D135" s="108"/>
+      <c r="E135" s="108"/>
+      <c r="F135" s="108"/>
+      <c r="G135" s="108"/>
+      <c r="H135" s="108"/>
+    </row>
+    <row r="137" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B137" s="31" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="151" spans="2:2" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B151" s="31" t="s">
+        <v>238</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
-    <mergeCell ref="D115:E115"/>
-    <mergeCell ref="F116:F117"/>
+    <mergeCell ref="F128:F129"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="B114:H114"/>
-    <mergeCell ref="B122:H122"/>
+    <mergeCell ref="D127:E127"/>
+    <mergeCell ref="B126:G126"/>
+    <mergeCell ref="B135:H135"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait"/>
+  <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...4 lines deleted...]
-  <dimension ref="A1:A1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4D080239-464F-4F11-920E-442ACC76851B}">
+  <dimension ref="A1:L151"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A1" sqref="A1"/>
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="6.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="52.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="13.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="28.7265625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="12.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="24.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="14.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="12.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="7.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="28.7265625" style="1" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="7.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="8.7265625" style="1" customWidth="1"/>
+    <col min="14" max="16384" width="8.7265625" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A1" s="32"/>
+      <c r="B1" s="89" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="90"/>
+      <c r="D1" s="90"/>
+      <c r="E1" s="90"/>
+      <c r="F1" s="90"/>
+    </row>
+    <row r="2" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B2" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A4" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B6" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B7" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A8" s="1">
+        <v>1</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="4">
+        <v>8541164</v>
+      </c>
+      <c r="F8" s="5">
+        <v>81226.47</v>
+      </c>
+      <c r="G8" s="6">
+        <v>7.0199999999999999E-2</v>
+      </c>
+      <c r="J8" s="5"/>
+      <c r="K8" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="L8" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A9" s="1">
+        <v>2</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E9" s="4">
+        <v>3882861</v>
+      </c>
+      <c r="F9" s="5">
+        <v>52340.97</v>
+      </c>
+      <c r="G9" s="6">
+        <v>4.53E-2</v>
+      </c>
+      <c r="J9" s="5"/>
+      <c r="K9" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="L9" s="6">
+        <v>0.21010000000000001</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A10" s="1">
+        <v>3</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E10" s="4">
+        <v>1317286</v>
+      </c>
+      <c r="F10" s="5">
+        <v>45143.39</v>
+      </c>
+      <c r="G10" s="6">
+        <v>3.9E-2</v>
+      </c>
+      <c r="J10" s="5"/>
+      <c r="K10" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" s="6">
+        <v>0.15909999999999999</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A11" s="1">
+        <v>4</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E11" s="4">
+        <v>3838487</v>
+      </c>
+      <c r="F11" s="5">
+        <v>43436.32</v>
+      </c>
+      <c r="G11" s="6">
+        <v>3.7600000000000001E-2</v>
+      </c>
+      <c r="J11" s="5"/>
+      <c r="K11" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="L11" s="6">
+        <v>7.0599999999999996E-2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A12" s="1">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E12" s="4">
+        <v>2148818</v>
+      </c>
+      <c r="F12" s="5">
+        <v>42819.5</v>
+      </c>
+      <c r="G12" s="6">
+        <v>3.6999999999999998E-2</v>
+      </c>
+      <c r="J12" s="5"/>
+      <c r="K12" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="L12" s="6">
+        <v>5.5399999999999998E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A13" s="1">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" s="4">
+        <v>2312135</v>
+      </c>
+      <c r="F13" s="5">
+        <v>41401.089999999997</v>
+      </c>
+      <c r="G13" s="6">
+        <v>3.5799999999999998E-2</v>
+      </c>
+      <c r="J13" s="5"/>
+      <c r="K13" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" s="6">
+        <v>5.21E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A14" s="1">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E14" s="4">
+        <v>8602900</v>
+      </c>
+      <c r="F14" s="5">
+        <v>34544.94</v>
+      </c>
+      <c r="G14" s="6">
+        <v>2.9899999999999999E-2</v>
+      </c>
+      <c r="J14" s="5"/>
+      <c r="K14" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="L14" s="6">
+        <v>4.6899999999999997E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A15" s="1">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E15" s="4">
+        <v>31801866</v>
+      </c>
+      <c r="F15" s="5">
+        <v>33598.67</v>
+      </c>
+      <c r="G15" s="6">
+        <v>2.9100000000000001E-2</v>
+      </c>
+      <c r="J15" s="5"/>
+      <c r="K15" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="L15" s="6">
+        <v>4.6199999999999998E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A16" s="1">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E16" s="4">
+        <v>2316228</v>
+      </c>
+      <c r="F16" s="5">
+        <v>33395.379999999997</v>
+      </c>
+      <c r="G16" s="6">
+        <v>2.8899999999999999E-2</v>
+      </c>
+      <c r="J16" s="5"/>
+      <c r="K16" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="L16" s="6">
+        <v>4.3799999999999999E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A17" s="1">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E17" s="4">
+        <v>9536122</v>
+      </c>
+      <c r="F17" s="5">
+        <v>32465.73</v>
+      </c>
+      <c r="G17" s="6">
+        <v>2.81E-2</v>
+      </c>
+      <c r="J17" s="5"/>
+      <c r="K17" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="L17" s="6">
+        <v>3.5200000000000002E-2</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A18" s="1">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E18" s="4">
+        <v>2156479</v>
+      </c>
+      <c r="F18" s="5">
+        <v>32418.35</v>
+      </c>
+      <c r="G18" s="6">
+        <v>2.8000000000000001E-2</v>
+      </c>
+      <c r="J18" s="5"/>
+      <c r="K18" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18" s="6">
+        <v>2.9899999999999999E-2</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A19" s="1">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E19" s="4">
+        <v>2654601</v>
+      </c>
+      <c r="F19" s="5">
+        <v>23160.07</v>
+      </c>
+      <c r="G19" s="6">
+        <v>0.02</v>
+      </c>
+      <c r="J19" s="5"/>
+      <c r="K19" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="L19" s="6">
+        <v>2.81E-2</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A20" s="1">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E20" s="4">
+        <v>1061559</v>
+      </c>
+      <c r="F20" s="5">
+        <v>21299.119999999999</v>
+      </c>
+      <c r="G20" s="6">
+        <v>1.84E-2</v>
+      </c>
+      <c r="J20" s="5"/>
+      <c r="K20" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="L20" s="6">
+        <v>2.58E-2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A21" s="1">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E21" s="4">
+        <v>1284095</v>
+      </c>
+      <c r="F21" s="5">
+        <v>20429.95</v>
+      </c>
+      <c r="G21" s="6">
+        <v>1.77E-2</v>
+      </c>
+      <c r="J21" s="5"/>
+      <c r="K21" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="L21" s="6">
+        <v>2.2499999999999999E-2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A22" s="1">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E22" s="4">
+        <v>9779232</v>
+      </c>
+      <c r="F22" s="5">
+        <v>17239.810000000001</v>
+      </c>
+      <c r="G22" s="6">
+        <v>1.49E-2</v>
+      </c>
+      <c r="J22" s="5"/>
+      <c r="K22" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="L22" s="6">
+        <v>2.24E-2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A23" s="1">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E23" s="4">
+        <v>4110243</v>
+      </c>
+      <c r="F23" s="5">
+        <v>16862.27</v>
+      </c>
+      <c r="G23" s="6">
+        <v>1.46E-2</v>
+      </c>
+      <c r="J23" s="5"/>
+      <c r="K23" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="L23" s="6">
+        <v>1.41E-2</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A24" s="1">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E24" s="4">
+        <v>1525950</v>
+      </c>
+      <c r="F24" s="5">
+        <v>15242.71</v>
+      </c>
+      <c r="G24" s="6">
+        <v>1.32E-2</v>
+      </c>
+      <c r="J24" s="5"/>
+      <c r="K24" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="L24" s="6">
+        <v>1.2200000000000001E-2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A25" s="1">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E25" s="4">
+        <v>4126188</v>
+      </c>
+      <c r="F25" s="5">
+        <v>14148.7</v>
+      </c>
+      <c r="G25" s="6">
+        <v>1.2200000000000001E-2</v>
+      </c>
+      <c r="J25" s="5"/>
+      <c r="K25" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="L25" s="6">
+        <v>1.15E-2</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A26" s="1">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E26" s="4">
+        <v>1584179</v>
+      </c>
+      <c r="F26" s="5">
+        <v>13926.52</v>
+      </c>
+      <c r="G26" s="6">
+        <v>1.2E-2</v>
+      </c>
+      <c r="J26" s="5"/>
+      <c r="K26" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="L26" s="6">
+        <v>1.11E-2</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A27" s="1">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="E27" s="4">
+        <v>1007153</v>
+      </c>
+      <c r="F27" s="5">
+        <v>13656.99</v>
+      </c>
+      <c r="G27" s="6">
+        <v>1.18E-2</v>
+      </c>
+      <c r="J27" s="5"/>
+      <c r="K27" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="L27" s="6">
+        <v>8.6E-3</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A28" s="1">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E28" s="4">
+        <v>2476845</v>
+      </c>
+      <c r="F28" s="5">
+        <v>13331.62</v>
+      </c>
+      <c r="G28" s="6">
+        <v>1.15E-2</v>
+      </c>
+      <c r="J28" s="5"/>
+      <c r="K28" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="L28" s="6">
+        <v>8.5000000000000006E-3</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A29" s="1">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="E29" s="4">
+        <v>443999</v>
+      </c>
+      <c r="F29" s="5">
+        <v>12822.25</v>
+      </c>
+      <c r="G29" s="6">
+        <v>1.11E-2</v>
+      </c>
+      <c r="J29" s="5"/>
+      <c r="K29" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="L29" s="6">
+        <v>8.5000000000000006E-3</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A30" s="1">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E30" s="4">
+        <v>4535989</v>
+      </c>
+      <c r="F30" s="5">
+        <v>12646.34</v>
+      </c>
+      <c r="G30" s="6">
+        <v>1.09E-2</v>
+      </c>
+      <c r="J30" s="5"/>
+      <c r="K30" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="L30" s="6">
+        <v>7.9000000000000008E-3</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A31" s="1">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E31" s="4">
+        <v>926481</v>
+      </c>
+      <c r="F31" s="5">
+        <v>12405.58</v>
+      </c>
+      <c r="G31" s="6">
+        <v>1.0699999999999999E-2</v>
+      </c>
+      <c r="J31" s="5"/>
+      <c r="K31" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="L31" s="6">
+        <v>7.9000000000000008E-3</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A32" s="1">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="E32" s="4">
+        <v>1974299</v>
+      </c>
+      <c r="F32" s="5">
+        <v>12296.92</v>
+      </c>
+      <c r="G32" s="6">
+        <v>1.06E-2</v>
+      </c>
+      <c r="J32" s="5"/>
+      <c r="K32" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="L32" s="6">
+        <v>7.4000000000000003E-3</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A33" s="1">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="E33" s="4">
+        <v>838186</v>
+      </c>
+      <c r="F33" s="5">
+        <v>9875.51</v>
+      </c>
+      <c r="G33" s="6">
+        <v>8.5000000000000006E-3</v>
+      </c>
+      <c r="J33" s="5"/>
+      <c r="K33" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="L33" s="6">
+        <v>6.6E-3</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A34" s="1">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="E34" s="4">
+        <v>1213466</v>
+      </c>
+      <c r="F34" s="5">
+        <v>9866.69</v>
+      </c>
+      <c r="G34" s="6">
+        <v>8.5000000000000006E-3</v>
+      </c>
+      <c r="J34" s="5"/>
+      <c r="K34" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="L34" s="6">
+        <v>5.5999999999999999E-3</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A35" s="1">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E35" s="4">
+        <v>174436</v>
+      </c>
+      <c r="F35" s="5">
+        <v>9463.15</v>
+      </c>
+      <c r="G35" s="6">
+        <v>8.2000000000000007E-3</v>
+      </c>
+      <c r="J35" s="5"/>
+      <c r="K35" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="L35" s="6">
+        <v>4.4999999999999997E-3</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A36" s="1">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E36" s="4">
+        <v>486620</v>
+      </c>
+      <c r="F36" s="5">
+        <v>9196.14</v>
+      </c>
+      <c r="G36" s="6">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="J36" s="5"/>
+      <c r="K36" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="L36" s="6">
+        <v>4.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A37" s="1">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E37" s="4">
+        <v>798294</v>
+      </c>
+      <c r="F37" s="5">
+        <v>9150.0499999999993</v>
+      </c>
+      <c r="G37" s="6">
+        <v>7.9000000000000008E-3</v>
+      </c>
+      <c r="J37" s="5"/>
+      <c r="K37" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="L37" s="6">
+        <v>2.8E-3</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A38" s="1">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E38" s="4">
+        <v>1344354</v>
+      </c>
+      <c r="F38" s="5">
+        <v>9144.2999999999993</v>
+      </c>
+      <c r="G38" s="6">
+        <v>7.9000000000000008E-3</v>
+      </c>
+      <c r="J38" s="5"/>
+      <c r="K38" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="L38" s="6">
+        <v>4.0000000000000002E-4</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A39" s="1">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="E39" s="4">
+        <v>245398</v>
+      </c>
+      <c r="F39" s="5">
+        <v>9098.8700000000008</v>
+      </c>
+      <c r="G39" s="6">
+        <v>7.9000000000000008E-3</v>
+      </c>
+      <c r="J39" s="5"/>
+      <c r="K39" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="L39" s="6">
+        <v>3.0300000000000001E-2</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A40" s="1">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="E40" s="4">
+        <v>455777</v>
+      </c>
+      <c r="F40" s="5">
+        <v>7684.86</v>
+      </c>
+      <c r="G40" s="6">
+        <v>6.6E-3</v>
+      </c>
+      <c r="J40" s="5"/>
+    </row>
+    <row r="41" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A41" s="1">
+        <v>34</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E41" s="4">
+        <v>810789</v>
+      </c>
+      <c r="F41" s="5">
+        <v>7308.05</v>
+      </c>
+      <c r="G41" s="6">
+        <v>6.3E-3</v>
+      </c>
+      <c r="J41" s="5"/>
+    </row>
+    <row r="42" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A42" s="1">
+        <v>35</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E42" s="4">
+        <v>545980</v>
+      </c>
+      <c r="F42" s="5">
+        <v>7091.19</v>
+      </c>
+      <c r="G42" s="6">
+        <v>6.1000000000000004E-3</v>
+      </c>
+      <c r="J42" s="5"/>
+    </row>
+    <row r="43" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A43" s="1">
+        <v>36</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="E43" s="4">
+        <v>185420</v>
+      </c>
+      <c r="F43" s="5">
+        <v>6514.73</v>
+      </c>
+      <c r="G43" s="6">
+        <v>5.5999999999999999E-3</v>
+      </c>
+      <c r="J43" s="5"/>
+    </row>
+    <row r="44" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A44" s="1">
+        <v>37</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E44" s="4">
+        <v>457470</v>
+      </c>
+      <c r="F44" s="5">
+        <v>6336.42</v>
+      </c>
+      <c r="G44" s="6">
+        <v>5.4999999999999997E-3</v>
+      </c>
+      <c r="J44" s="5"/>
+    </row>
+    <row r="45" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A45" s="1">
+        <v>38</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E45" s="4">
+        <v>483926</v>
+      </c>
+      <c r="F45" s="5">
+        <v>6193.77</v>
+      </c>
+      <c r="G45" s="6">
+        <v>5.4000000000000003E-3</v>
+      </c>
+      <c r="J45" s="5"/>
+    </row>
+    <row r="46" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A46" s="1">
+        <v>39</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E46" s="4">
+        <v>124610</v>
+      </c>
+      <c r="F46" s="5">
+        <v>3213.19</v>
+      </c>
+      <c r="G46" s="6">
+        <v>2.8E-3</v>
+      </c>
+      <c r="J46" s="5"/>
+    </row>
+    <row r="47" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A47" s="7"/>
+      <c r="B47" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="C47" s="7"/>
+      <c r="D47" s="7"/>
+      <c r="E47" s="7"/>
+      <c r="F47" s="8">
+        <v>802396.58</v>
+      </c>
+      <c r="G47" s="9">
+        <v>0.69369999999999998</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B49" s="2" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A50" s="1">
+        <v>40</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E50" s="4">
+        <v>52521</v>
+      </c>
+      <c r="F50" s="5">
+        <v>0</v>
+      </c>
+      <c r="G50" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="J50" s="5"/>
+    </row>
+    <row r="51" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A51" s="7"/>
+      <c r="B51" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="C51" s="7"/>
+      <c r="D51" s="7"/>
+      <c r="E51" s="7"/>
+      <c r="F51" s="8">
+        <v>0</v>
+      </c>
+      <c r="G51" s="9" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B53" s="2" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B54" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A55" s="1">
+        <v>41</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="E55" s="4">
+        <v>660000</v>
+      </c>
+      <c r="F55" s="5">
+        <v>479.09</v>
+      </c>
+      <c r="G55" s="6">
+        <v>4.0000000000000002E-4</v>
+      </c>
+      <c r="H55" s="10"/>
+      <c r="J55" s="5"/>
+    </row>
+    <row r="56" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A56" s="7"/>
+      <c r="B56" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="C56" s="7"/>
+      <c r="D56" s="7"/>
+      <c r="E56" s="7"/>
+      <c r="F56" s="8">
+        <v>479.09</v>
+      </c>
+      <c r="G56" s="9">
+        <v>4.0000000000000002E-4</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B58" s="2" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B59" s="2" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B60" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A61" s="1">
+        <v>42</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E61" s="4">
+        <v>15000</v>
+      </c>
+      <c r="F61" s="5">
+        <v>16313.91</v>
+      </c>
+      <c r="G61" s="6">
+        <v>1.41E-2</v>
+      </c>
+      <c r="H61" s="10">
+        <v>47458</v>
+      </c>
+      <c r="J61" s="5">
+        <v>6.92</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A62" s="1">
+        <v>43</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E62" s="4">
+        <v>15000</v>
+      </c>
+      <c r="F62" s="5">
+        <v>15188.98</v>
+      </c>
+      <c r="G62" s="6">
+        <v>1.3100000000000001E-2</v>
+      </c>
+      <c r="H62" s="10">
+        <v>52821</v>
+      </c>
+      <c r="I62" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="J62" s="5">
+        <v>7.33</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A63" s="1">
+        <v>44</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E63" s="4">
+        <v>10000</v>
+      </c>
+      <c r="F63" s="5">
+        <v>10556.31</v>
+      </c>
+      <c r="G63" s="6">
+        <v>9.1000000000000004E-3</v>
+      </c>
+      <c r="H63" s="10">
+        <v>47238</v>
+      </c>
+      <c r="J63" s="5">
+        <v>6.9050000000000002</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A64" s="1">
+        <v>45</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E64" s="4">
+        <v>65</v>
+      </c>
+      <c r="F64" s="5">
+        <v>6840.78</v>
+      </c>
+      <c r="G64" s="6">
+        <v>5.8999999999999999E-3</v>
+      </c>
+      <c r="H64" s="10">
+        <v>46473</v>
+      </c>
+      <c r="J64" s="5">
+        <v>6.83</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A65" s="1">
+        <v>46</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E65" s="4">
+        <v>5000</v>
+      </c>
+      <c r="F65" s="5">
+        <v>5449.52</v>
+      </c>
+      <c r="G65" s="6">
+        <v>4.7000000000000002E-3</v>
+      </c>
+      <c r="H65" s="10">
+        <v>46496</v>
+      </c>
+      <c r="J65" s="5">
+        <v>6.71</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A66" s="1">
+        <v>47</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E66" s="4">
+        <v>500</v>
+      </c>
+      <c r="F66" s="5">
+        <v>5330.83</v>
+      </c>
+      <c r="G66" s="6">
+        <v>4.5999999999999999E-3</v>
+      </c>
+      <c r="H66" s="10">
+        <v>48122</v>
+      </c>
+      <c r="J66" s="5">
+        <v>7.02</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A67" s="1">
+        <v>48</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E67" s="4">
+        <v>5000</v>
+      </c>
+      <c r="F67" s="5">
+        <v>5200.26</v>
+      </c>
+      <c r="G67" s="6">
+        <v>4.4999999999999997E-3</v>
+      </c>
+      <c r="H67" s="10">
+        <v>49277</v>
+      </c>
+      <c r="J67" s="5">
+        <v>7.36</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A68" s="1">
+        <v>49</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E68" s="4">
+        <v>50</v>
+      </c>
+      <c r="F68" s="5">
+        <v>5155.24</v>
+      </c>
+      <c r="G68" s="6">
+        <v>4.4999999999999997E-3</v>
+      </c>
+      <c r="H68" s="10">
+        <v>82057</v>
+      </c>
+      <c r="I68" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="J68" s="5">
+        <v>7.5439999999999996</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A69" s="1">
+        <v>50</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E69" s="4">
+        <v>250</v>
+      </c>
+      <c r="F69" s="5">
+        <v>2825.23</v>
+      </c>
+      <c r="G69" s="6">
+        <v>2.3999999999999998E-3</v>
+      </c>
+      <c r="H69" s="10">
+        <v>47091</v>
+      </c>
+      <c r="J69" s="5">
+        <v>6.6977000000000002</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A70" s="1">
+        <v>51</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E70" s="4">
+        <v>2500</v>
+      </c>
+      <c r="F70" s="5">
+        <v>2670.71</v>
+      </c>
+      <c r="G70" s="6">
+        <v>2.3E-3</v>
+      </c>
+      <c r="H70" s="10">
+        <v>49242</v>
+      </c>
+      <c r="J70" s="5">
+        <v>7.0449999999999999</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A71" s="1">
+        <v>52</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E71" s="4">
+        <v>2500</v>
+      </c>
+      <c r="F71" s="5">
+        <v>2627.42</v>
+      </c>
+      <c r="G71" s="6">
+        <v>2.3E-3</v>
+      </c>
+      <c r="H71" s="10">
+        <v>51104</v>
+      </c>
+      <c r="J71" s="5">
+        <v>7.23</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A72" s="1">
+        <v>53</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="E72" s="4">
+        <v>2500</v>
+      </c>
+      <c r="F72" s="5">
+        <v>2605.69</v>
+      </c>
+      <c r="G72" s="6">
+        <v>2.3E-3</v>
+      </c>
+      <c r="H72" s="10">
+        <v>46867</v>
+      </c>
+      <c r="I72" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="J72" s="5">
+        <v>7.93</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A73" s="1">
+        <v>54</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E73" s="4">
+        <v>2500</v>
+      </c>
+      <c r="F73" s="5">
+        <v>2597.91</v>
+      </c>
+      <c r="G73" s="6">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="H73" s="10">
+        <v>46559</v>
+      </c>
+      <c r="J73" s="5">
+        <v>7.0350000000000001</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A74" s="1">
+        <v>55</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E74" s="4">
+        <v>2500</v>
+      </c>
+      <c r="F74" s="5">
+        <v>2593.6</v>
+      </c>
+      <c r="G74" s="6">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="H74" s="10">
+        <v>46157</v>
+      </c>
+      <c r="J74" s="5">
+        <v>7.0149999999999997</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A75" s="1">
+        <v>56</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E75" s="4">
+        <v>2500</v>
+      </c>
+      <c r="F75" s="5">
+        <v>2572.84</v>
+      </c>
+      <c r="G75" s="6">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="H75" s="10">
+        <v>50962</v>
+      </c>
+      <c r="J75" s="5">
+        <v>7.2074999999999996</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A76" s="1">
+        <v>57</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="E76" s="4">
+        <v>2500</v>
+      </c>
+      <c r="F76" s="5">
+        <v>2565.35</v>
+      </c>
+      <c r="G76" s="6">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="H76" s="10">
+        <v>46961</v>
+      </c>
+      <c r="I76" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="J76" s="5">
+        <v>7.9321000000000002</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A77" s="1">
+        <v>58</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E77" s="4">
+        <v>2500</v>
+      </c>
+      <c r="F77" s="5">
+        <v>2560.14</v>
+      </c>
+      <c r="G77" s="6">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="H77" s="10">
+        <v>51088</v>
+      </c>
+      <c r="J77" s="5">
+        <v>7.2499000000000002</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A78" s="1">
+        <v>59</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E78" s="4">
+        <v>2500</v>
+      </c>
+      <c r="F78" s="5">
+        <v>2557.39</v>
+      </c>
+      <c r="G78" s="6">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="H78" s="10">
+        <v>49414</v>
+      </c>
+      <c r="J78" s="5">
+        <v>7.0670000000000002</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A79" s="1">
+        <v>60</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="E79" s="4">
+        <v>2500</v>
+      </c>
+      <c r="F79" s="5">
+        <v>2552.8000000000002</v>
+      </c>
+      <c r="G79" s="6">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="H79" s="10">
+        <v>46234</v>
+      </c>
+      <c r="J79" s="5">
+        <v>7.4532999999999996</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A80" s="1">
+        <v>61</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E80" s="4">
+        <v>2500</v>
+      </c>
+      <c r="F80" s="5">
+        <v>2534.0100000000002</v>
+      </c>
+      <c r="G80" s="6">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="H80" s="10">
+        <v>48136</v>
+      </c>
+      <c r="J80" s="5">
+        <v>7.02</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A81" s="1">
+        <v>62</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="E81" s="4">
+        <v>20</v>
+      </c>
+      <c r="F81" s="5">
+        <v>2223.89</v>
+      </c>
+      <c r="G81" s="6">
+        <v>1.9E-3</v>
+      </c>
+      <c r="H81" s="10">
+        <v>82113</v>
+      </c>
+      <c r="I81" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="J81" s="5">
+        <v>7.3998999999999997</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A82" s="1">
+        <v>63</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E82" s="4">
+        <v>78</v>
+      </c>
+      <c r="F82" s="5">
+        <v>835.91</v>
+      </c>
+      <c r="G82" s="6">
+        <v>6.9999999999999999E-4</v>
+      </c>
+      <c r="H82" s="10">
+        <v>46028</v>
+      </c>
+      <c r="J82" s="5">
+        <v>6.9576000000000002</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A83" s="7"/>
+      <c r="B83" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="C83" s="7"/>
+      <c r="D83" s="7"/>
+      <c r="E83" s="7"/>
+      <c r="F83" s="8">
+        <v>104358.72</v>
+      </c>
+      <c r="G83" s="9">
+        <v>0.09</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B85" s="2" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A86" s="1">
+        <v>64</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E86" s="4">
+        <v>43500000</v>
+      </c>
+      <c r="F86" s="5">
+        <v>42902.34</v>
+      </c>
+      <c r="G86" s="6">
+        <v>3.7100000000000001E-2</v>
+      </c>
+      <c r="H86" s="10">
+        <v>60372</v>
+      </c>
+      <c r="J86" s="5">
+        <v>7.2510000000000003</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A87" s="1">
+        <v>65</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E87" s="4">
+        <v>27500000</v>
+      </c>
+      <c r="F87" s="5">
+        <v>31468.400000000001</v>
+      </c>
+      <c r="G87" s="6">
+        <v>2.7199999999999998E-2</v>
+      </c>
+      <c r="H87" s="10">
+        <v>52932</v>
+      </c>
+      <c r="J87" s="5">
+        <v>7.0458999999999996</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A88" s="1">
+        <v>66</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E88" s="4">
+        <v>27500000</v>
+      </c>
+      <c r="F88" s="5">
+        <v>28464.15</v>
+      </c>
+      <c r="G88" s="6">
+        <v>2.46E-2</v>
+      </c>
+      <c r="H88" s="10">
+        <v>48844</v>
+      </c>
+      <c r="J88" s="5">
+        <v>6.2595999999999998</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A89" s="1">
+        <v>67</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E89" s="4">
+        <v>22500000</v>
+      </c>
+      <c r="F89" s="5">
+        <v>22693.02</v>
+      </c>
+      <c r="G89" s="6">
+        <v>1.9599999999999999E-2</v>
+      </c>
+      <c r="H89" s="10">
+        <v>49434</v>
+      </c>
+      <c r="J89" s="5">
+        <v>6.5719000000000003</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A90" s="1">
+        <v>68</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E90" s="4">
+        <v>15000000</v>
+      </c>
+      <c r="F90" s="5">
+        <v>15673.67</v>
+      </c>
+      <c r="G90" s="6">
+        <v>1.3599999999999999E-2</v>
+      </c>
+      <c r="H90" s="10">
+        <v>47030</v>
+      </c>
+      <c r="J90" s="5">
+        <v>5.8714000000000004</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A91" s="1">
+        <v>69</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E91" s="4">
+        <v>12500000</v>
+      </c>
+      <c r="F91" s="5">
+        <v>12457.17</v>
+      </c>
+      <c r="G91" s="6">
+        <v>1.0800000000000001E-2</v>
+      </c>
+      <c r="H91" s="10">
+        <v>56466</v>
+      </c>
+      <c r="J91" s="5">
+        <v>7.2085999999999997</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A92" s="1">
+        <v>70</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E92" s="4">
+        <v>7000000</v>
+      </c>
+      <c r="F92" s="5">
+        <v>6958.32</v>
+      </c>
+      <c r="G92" s="6">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="H92" s="10">
+        <v>51822</v>
+      </c>
+      <c r="J92" s="5">
+        <v>7.33</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A93" s="1">
+        <v>71</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E93" s="4">
+        <v>6500000</v>
+      </c>
+      <c r="F93" s="5">
+        <v>6638.97</v>
+      </c>
+      <c r="G93" s="6">
+        <v>5.7000000000000002E-3</v>
+      </c>
+      <c r="H93" s="10">
+        <v>48225</v>
+      </c>
+      <c r="J93" s="5">
+        <v>7.0228999999999999</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A94" s="1">
+        <v>72</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E94" s="4">
+        <v>5000000</v>
+      </c>
+      <c r="F94" s="5">
+        <v>5211.63</v>
+      </c>
+      <c r="G94" s="6">
+        <v>4.4999999999999997E-3</v>
+      </c>
+      <c r="H94" s="10">
+        <v>48805</v>
+      </c>
+      <c r="J94" s="5">
+        <v>6.6338999999999997</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A95" s="1">
+        <v>73</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E95" s="4">
+        <v>4500000</v>
+      </c>
+      <c r="F95" s="5">
+        <v>4490.67</v>
+      </c>
+      <c r="G95" s="6">
+        <v>3.8999999999999998E-3</v>
+      </c>
+      <c r="H95" s="10">
+        <v>51324</v>
+      </c>
+      <c r="J95" s="5">
+        <v>6.8707000000000003</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A96" s="1">
+        <v>74</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E96" s="4">
+        <v>2500000</v>
+      </c>
+      <c r="F96" s="5">
+        <v>2586.1</v>
+      </c>
+      <c r="G96" s="6">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="H96" s="10">
+        <v>47922</v>
+      </c>
+      <c r="J96" s="5">
+        <v>6.9950000000000001</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A97" s="1">
+        <v>75</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E97" s="4">
+        <v>2500000</v>
+      </c>
+      <c r="F97" s="5">
+        <v>2543.14</v>
+      </c>
+      <c r="G97" s="6">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="H97" s="10">
+        <v>47856</v>
+      </c>
+      <c r="J97" s="5">
+        <v>6.9813999999999998</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A98" s="1">
+        <v>76</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E98" s="4">
+        <v>1500000</v>
+      </c>
+      <c r="F98" s="5">
+        <v>1558.07</v>
+      </c>
+      <c r="G98" s="6">
+        <v>1.2999999999999999E-3</v>
+      </c>
+      <c r="H98" s="10">
+        <v>48259</v>
+      </c>
+      <c r="J98" s="5">
+        <v>7.0754999999999999</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A99" s="1">
+        <v>77</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E99" s="4">
+        <v>500000</v>
+      </c>
+      <c r="F99" s="5">
+        <v>509.25</v>
+      </c>
+      <c r="G99" s="6">
+        <v>4.0000000000000002E-4</v>
+      </c>
+      <c r="H99" s="10">
+        <v>52850</v>
+      </c>
+      <c r="J99" s="5">
+        <v>7.36</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A100" s="1">
+        <v>78</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E100" s="4">
+        <v>40000</v>
+      </c>
+      <c r="F100" s="5">
+        <v>39.630000000000003</v>
+      </c>
+      <c r="G100" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="H100" s="10">
+        <v>53152</v>
+      </c>
+      <c r="J100" s="5">
+        <v>7.3849</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A101" s="7"/>
+      <c r="B101" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="C101" s="7"/>
+      <c r="D101" s="7"/>
+      <c r="E101" s="7"/>
+      <c r="F101" s="8">
+        <v>184194.53</v>
+      </c>
+      <c r="G101" s="9">
+        <v>0.15909999999999999</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B103" s="2" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B104" s="2" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B105" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A106" s="1">
+        <v>79</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E106" s="4">
+        <v>1000</v>
+      </c>
+      <c r="F106" s="5">
+        <v>4673.04</v>
+      </c>
+      <c r="G106" s="6">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="H106" s="10">
+        <v>46283</v>
+      </c>
+      <c r="J106" s="5">
+        <v>7.2549999999999999</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A107" s="7"/>
+      <c r="B107" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="C107" s="7"/>
+      <c r="D107" s="7"/>
+      <c r="E107" s="7"/>
+      <c r="F107" s="8">
+        <v>4673.04</v>
+      </c>
+      <c r="G107" s="9">
+        <v>4.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A109" s="1">
+        <v>80</v>
+      </c>
+      <c r="B109" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="F109" s="5">
+        <v>40798.36</v>
+      </c>
+      <c r="G109" s="6">
+        <v>3.5299999999999998E-2</v>
+      </c>
+      <c r="H109" s="10">
+        <v>45931</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A110" s="7"/>
+      <c r="B110" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="C110" s="7"/>
+      <c r="D110" s="7"/>
+      <c r="E110" s="7"/>
+      <c r="F110" s="8">
+        <v>40798.36</v>
+      </c>
+      <c r="G110" s="9">
+        <v>3.5299999999999998E-2</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B112" s="2" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A113" s="1">
+        <v>81</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E113" s="4">
+        <v>50704568.197999999</v>
+      </c>
+      <c r="F113" s="5">
+        <v>26060.12</v>
+      </c>
+      <c r="G113" s="6">
+        <v>2.2499999999999999E-2</v>
+      </c>
+      <c r="J113" s="5">
+        <v>6.8536429999999999</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A114" s="7"/>
+      <c r="B114" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="C114" s="7"/>
+      <c r="D114" s="7"/>
+      <c r="E114" s="7"/>
+      <c r="F114" s="8">
+        <v>26060.12</v>
+      </c>
+      <c r="G114" s="9">
+        <v>2.2499999999999999E-2</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B116" s="2" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B117" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="E117" s="4"/>
+      <c r="F117" s="5">
+        <v>-6492.84</v>
+      </c>
+      <c r="G117" s="6">
+        <v>-5.0000000000000001E-3</v>
+      </c>
+      <c r="J117" s="5"/>
+    </row>
+    <row r="118" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A118" s="7"/>
+      <c r="B118" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="C118" s="7"/>
+      <c r="D118" s="7"/>
+      <c r="E118" s="7"/>
+      <c r="F118" s="8">
+        <v>-6492.84</v>
+      </c>
+      <c r="G118" s="9">
+        <v>-5.0000000000000001E-3</v>
+      </c>
+    </row>
+    <row r="120" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A120" s="3"/>
+      <c r="B120" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="C120" s="3"/>
+      <c r="D120" s="3"/>
+      <c r="E120" s="3"/>
+      <c r="F120" s="11">
+        <v>1156467.6000000001</v>
+      </c>
+      <c r="G120" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A121" s="1" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A122" s="1">
+        <v>1</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="123" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A123" s="13">
+        <v>2</v>
+      </c>
+      <c r="B123" s="13" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="124" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A124" s="14">
+        <v>3</v>
+      </c>
+      <c r="B124" s="14" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A125" s="14">
+        <v>4</v>
+      </c>
+      <c r="B125" s="14" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10" ht="123" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A126" s="17">
+        <v>5</v>
+      </c>
+      <c r="B126" s="86" t="s">
+        <v>223</v>
+      </c>
+      <c r="C126" s="86"/>
+      <c r="D126" s="86"/>
+      <c r="E126" s="86"/>
+      <c r="F126" s="86"/>
+      <c r="G126" s="86"/>
+      <c r="H126" s="86"/>
+    </row>
+    <row r="127" spans="1:10" ht="90" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A127" s="17"/>
+      <c r="B127" s="33" t="s">
+        <v>224</v>
+      </c>
+      <c r="C127" s="33" t="s">
+        <v>4</v>
+      </c>
+      <c r="D127" s="91" t="s">
+        <v>225</v>
+      </c>
+      <c r="E127" s="92"/>
+      <c r="F127" s="33" t="s">
+        <v>226</v>
+      </c>
+      <c r="G127" s="33" t="s">
+        <v>227</v>
+      </c>
+      <c r="H127" s="33" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="128" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A128" s="17"/>
+      <c r="B128" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="C128" s="15" t="s">
+        <v>230</v>
+      </c>
+      <c r="D128" s="16">
+        <v>0</v>
+      </c>
+      <c r="E128" s="18">
+        <v>0</v>
+      </c>
+      <c r="F128" s="87">
+        <v>5965.03089</v>
+      </c>
+      <c r="G128" s="19">
+        <v>372.15</v>
+      </c>
+      <c r="H128" s="20">
+        <v>45218</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A129" s="17"/>
+      <c r="B129" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="C129" s="15" t="s">
+        <v>230</v>
+      </c>
+      <c r="D129" s="16">
+        <v>0</v>
+      </c>
+      <c r="E129" s="18">
+        <v>0</v>
+      </c>
+      <c r="F129" s="88"/>
+      <c r="G129" s="19">
+        <v>188.35844</v>
+      </c>
+      <c r="H129" s="20">
+        <v>45715</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A130" s="17"/>
+      <c r="B130" s="15"/>
+      <c r="C130" s="15"/>
+      <c r="D130" s="16"/>
+      <c r="E130" s="27"/>
+      <c r="F130" s="28"/>
+      <c r="G130" s="29"/>
+      <c r="H130" s="30"/>
+    </row>
+    <row r="131" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A131" s="13">
+        <v>6</v>
+      </c>
+      <c r="B131" s="21" t="s">
+        <v>231</v>
+      </c>
+      <c r="C131" s="21"/>
+      <c r="D131" s="21"/>
+      <c r="E131" s="13"/>
+      <c r="F131" s="13"/>
+      <c r="G131" s="13"/>
+      <c r="H131" s="13"/>
+    </row>
+    <row r="132" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A132" s="13"/>
+      <c r="B132" s="22" t="s">
+        <v>232</v>
+      </c>
+      <c r="C132" s="23" t="s">
+        <v>4</v>
+      </c>
+      <c r="D132" s="23" t="s">
+        <v>233</v>
+      </c>
+      <c r="E132" s="13"/>
+      <c r="F132" s="13"/>
+      <c r="G132" s="13"/>
+      <c r="H132" s="13"/>
+    </row>
+    <row r="133" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A133" s="13"/>
+      <c r="B133" s="24" t="s">
+        <v>234</v>
+      </c>
+      <c r="C133" s="25" t="s">
+        <v>150</v>
+      </c>
+      <c r="D133" s="26">
+        <v>7.5439999999999993E-2</v>
+      </c>
+      <c r="E133" s="13"/>
+      <c r="F133" s="13"/>
+      <c r="G133" s="13"/>
+      <c r="H133" s="13"/>
+    </row>
+    <row r="134" spans="1:8" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A134" s="13"/>
+      <c r="B134" s="24" t="s">
+        <v>235</v>
+      </c>
+      <c r="C134" s="25" t="s">
+        <v>173</v>
+      </c>
+      <c r="D134" s="26">
+        <v>7.3998999999999995E-2</v>
+      </c>
+      <c r="E134" s="13"/>
+      <c r="F134" s="13"/>
+      <c r="G134" s="13"/>
+      <c r="H134" s="13"/>
+    </row>
+    <row r="135" spans="1:8" ht="76.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A135" s="13">
+        <v>7</v>
+      </c>
+      <c r="B135" s="108" t="s">
+        <v>236</v>
+      </c>
+      <c r="C135" s="108"/>
+      <c r="D135" s="108"/>
+      <c r="E135" s="108"/>
+      <c r="F135" s="108"/>
+      <c r="G135" s="108"/>
+      <c r="H135" s="108"/>
+    </row>
+    <row r="137" spans="1:8" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B137" s="31" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="151" spans="2:2" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B151" s="31" t="s">
+        <v>238</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="5">
+    <mergeCell ref="B1:F1"/>
+    <mergeCell ref="D127:E127"/>
+    <mergeCell ref="F128:F129"/>
+    <mergeCell ref="B126:H126"/>
+    <mergeCell ref="B135:H135"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B18FE8C4-DAAF-4E0C-9166-1AB5EEB336A1}">
+  <dimension ref="A1:I65"/>
+  <sheetViews>
+    <sheetView topLeftCell="A4" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="6.6328125" style="34" customWidth="1"/>
+    <col min="2" max="2" width="86.7265625" style="34" customWidth="1"/>
+    <col min="3" max="4" width="15.81640625" style="34" customWidth="1"/>
+    <col min="5" max="5" width="9.08984375" style="34"/>
+    <col min="6" max="6" width="11.26953125" style="34" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="15.7265625" style="34" bestFit="1" customWidth="1"/>
+    <col min="8" max="16384" width="9.08984375" style="34"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="34" t="s">
+        <v>239</v>
+      </c>
+      <c r="B1" s="34" t="s">
+        <v>239</v>
+      </c>
+      <c r="C1" s="34">
+        <v>3</v>
+      </c>
+      <c r="D1" s="34">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="C2" s="34" t="s">
+        <v>240</v>
+      </c>
+      <c r="D2" s="34" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="C3" s="34" t="s">
+        <v>242</v>
+      </c>
+      <c r="D3" s="34" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" s="36" customFormat="1" ht="41.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="40"/>
+      <c r="B4" s="40"/>
+      <c r="C4" s="106" t="s">
+        <v>243</v>
+      </c>
+      <c r="D4" s="107"/>
+    </row>
+    <row r="5" spans="1:4" s="36" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="40" t="s">
+        <v>244</v>
+      </c>
+      <c r="B5" s="40" t="s">
+        <v>245</v>
+      </c>
+      <c r="C5" s="40" t="s">
+        <v>246</v>
+      </c>
+      <c r="D5" s="40" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A6" s="38"/>
+      <c r="B6" s="38"/>
+      <c r="C6" s="35"/>
+      <c r="D6" s="35"/>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A7" s="35">
+        <v>1</v>
+      </c>
+      <c r="B7" s="39" t="s">
+        <v>248</v>
+      </c>
+      <c r="C7" s="38"/>
+      <c r="D7" s="38"/>
+    </row>
+    <row r="8" spans="1:4" s="41" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="40"/>
+      <c r="B8" s="39" t="s">
+        <v>249</v>
+      </c>
+      <c r="C8" s="93">
+        <v>0.65</v>
+      </c>
+      <c r="D8" s="94"/>
+    </row>
+    <row r="9" spans="1:4" s="41" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="40"/>
+      <c r="B9" s="39" t="s">
+        <v>251</v>
+      </c>
+      <c r="C9" s="93">
+        <v>0.59</v>
+      </c>
+      <c r="D9" s="94"/>
+    </row>
+    <row r="10" spans="1:4" s="44" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="42">
+        <v>2</v>
+      </c>
+      <c r="B10" s="43" t="s">
+        <v>252</v>
+      </c>
+      <c r="C10" s="99">
+        <v>14.111940196164401</v>
+      </c>
+      <c r="D10" s="100"/>
+    </row>
+    <row r="11" spans="1:4" s="44" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="42">
+        <v>3</v>
+      </c>
+      <c r="B11" s="43" t="s">
+        <v>253</v>
+      </c>
+      <c r="C11" s="99">
+        <v>5.6207565380878304</v>
+      </c>
+      <c r="D11" s="100"/>
+    </row>
+    <row r="12" spans="1:4" s="44" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="42">
+        <v>4</v>
+      </c>
+      <c r="B12" s="43" t="s">
+        <v>254</v>
+      </c>
+      <c r="C12" s="97">
+        <v>6.8768660338441895E-2</v>
+      </c>
+      <c r="D12" s="98"/>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A13" s="35">
+        <v>5</v>
+      </c>
+      <c r="B13" s="39" t="s">
+        <v>255</v>
+      </c>
+      <c r="C13" s="38"/>
+      <c r="D13" s="38"/>
+    </row>
+    <row r="14" spans="1:4" s="47" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="45"/>
+      <c r="B14" s="46" t="s">
+        <v>256</v>
+      </c>
+      <c r="C14" s="95" t="s">
+        <v>257</v>
+      </c>
+      <c r="D14" s="96"/>
+    </row>
+    <row r="15" spans="1:4" s="50" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="48"/>
+      <c r="B15" s="49" t="s">
+        <v>258</v>
+      </c>
+      <c r="C15" s="101" t="s">
+        <v>257</v>
+      </c>
+      <c r="D15" s="105"/>
+    </row>
+    <row r="16" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="35">
+        <v>6</v>
+      </c>
+      <c r="B16" s="49" t="s">
+        <v>259</v>
+      </c>
+      <c r="C16" s="103" t="s">
+        <v>260</v>
+      </c>
+      <c r="D16" s="94"/>
+    </row>
+    <row r="17" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="35">
+        <v>7</v>
+      </c>
+      <c r="B17" s="39" t="s">
+        <v>261</v>
+      </c>
+      <c r="C17" s="95" t="s">
+        <v>257</v>
+      </c>
+      <c r="D17" s="104"/>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A18" s="35">
+        <v>8</v>
+      </c>
+      <c r="B18" s="39" t="s">
+        <v>262</v>
+      </c>
+      <c r="C18" s="38"/>
+      <c r="D18" s="38"/>
+    </row>
+    <row r="19" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="35"/>
+      <c r="B19" s="51" t="s">
+        <v>256</v>
+      </c>
+      <c r="C19" s="103">
+        <v>0</v>
+      </c>
+      <c r="D19" s="94"/>
+    </row>
+    <row r="20" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="35"/>
+      <c r="B20" s="51" t="s">
+        <v>263</v>
+      </c>
+      <c r="C20" s="101">
+        <v>0</v>
+      </c>
+      <c r="D20" s="102"/>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A21" s="35">
+        <v>9</v>
+      </c>
+      <c r="B21" s="39" t="s">
+        <v>264</v>
+      </c>
+      <c r="C21" s="38"/>
+      <c r="D21" s="38"/>
+    </row>
+    <row r="22" spans="1:4" s="55" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="52"/>
+      <c r="B22" s="53" t="s">
+        <v>265</v>
+      </c>
+      <c r="C22" s="54"/>
+      <c r="D22" s="54"/>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A23" s="56" t="s">
+        <v>266</v>
+      </c>
+      <c r="B23" s="57" t="s">
+        <v>267</v>
+      </c>
+      <c r="C23" s="65" t="s">
+        <v>268</v>
+      </c>
+      <c r="D23" s="65" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A24" s="56" t="s">
+        <v>270</v>
+      </c>
+      <c r="B24" s="57" t="s">
+        <v>271</v>
+      </c>
+      <c r="C24" s="65" t="s">
+        <v>272</v>
+      </c>
+      <c r="D24" s="65" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A25" s="56" t="s">
+        <v>274</v>
+      </c>
+      <c r="B25" s="57" t="s">
+        <v>275</v>
+      </c>
+      <c r="C25" s="65">
+        <v>0</v>
+      </c>
+      <c r="D25" s="65">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A26" s="56" t="s">
+        <v>276</v>
+      </c>
+      <c r="B26" s="57" t="s">
+        <v>277</v>
+      </c>
+      <c r="C26" s="65">
+        <v>0</v>
+      </c>
+      <c r="D26" s="65">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A27" s="56" t="s">
+        <v>278</v>
+      </c>
+      <c r="B27" s="57" t="s">
+        <v>279</v>
+      </c>
+      <c r="C27" s="65">
+        <v>0</v>
+      </c>
+      <c r="D27" s="65">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A28" s="56" t="s">
+        <v>280</v>
+      </c>
+      <c r="B28" s="57" t="s">
+        <v>281</v>
+      </c>
+      <c r="C28" s="65">
+        <v>0</v>
+      </c>
+      <c r="D28" s="65">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A29" s="56" t="s">
+        <v>282</v>
+      </c>
+      <c r="B29" s="37" t="s">
+        <v>282</v>
+      </c>
+      <c r="C29" s="65">
+        <v>0</v>
+      </c>
+      <c r="D29" s="65">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A30" s="56" t="s">
+        <v>283</v>
+      </c>
+      <c r="B30" s="37" t="s">
+        <v>283</v>
+      </c>
+      <c r="C30" s="65">
+        <v>0</v>
+      </c>
+      <c r="D30" s="65">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A31" s="56" t="s">
+        <v>284</v>
+      </c>
+      <c r="B31" s="37" t="s">
+        <v>284</v>
+      </c>
+      <c r="C31" s="65">
+        <v>0</v>
+      </c>
+      <c r="D31" s="65">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A32" s="56" t="s">
+        <v>285</v>
+      </c>
+      <c r="B32" s="37" t="s">
+        <v>285</v>
+      </c>
+      <c r="C32" s="65">
+        <v>0</v>
+      </c>
+      <c r="D32" s="65">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" s="55" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="56"/>
+      <c r="B33" s="53" t="s">
+        <v>286</v>
+      </c>
+      <c r="C33" s="66"/>
+      <c r="D33" s="66"/>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A34" s="56" t="s">
+        <v>266</v>
+      </c>
+      <c r="B34" s="57" t="s">
+        <v>267</v>
+      </c>
+      <c r="C34" s="65" t="s">
+        <v>287</v>
+      </c>
+      <c r="D34" s="65" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A35" s="56" t="s">
+        <v>270</v>
+      </c>
+      <c r="B35" s="57" t="s">
+        <v>271</v>
+      </c>
+      <c r="C35" s="65" t="s">
+        <v>289</v>
+      </c>
+      <c r="D35" s="65" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A36" s="56" t="s">
+        <v>274</v>
+      </c>
+      <c r="B36" s="57" t="s">
+        <v>275</v>
+      </c>
+      <c r="C36" s="65">
+        <v>0</v>
+      </c>
+      <c r="D36" s="65">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A37" s="56" t="s">
+        <v>276</v>
+      </c>
+      <c r="B37" s="57" t="s">
+        <v>277</v>
+      </c>
+      <c r="C37" s="65">
+        <v>0</v>
+      </c>
+      <c r="D37" s="65">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A38" s="56" t="s">
+        <v>278</v>
+      </c>
+      <c r="B38" s="57" t="s">
+        <v>279</v>
+      </c>
+      <c r="C38" s="65">
+        <v>0</v>
+      </c>
+      <c r="D38" s="65">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A39" s="56" t="s">
+        <v>280</v>
+      </c>
+      <c r="B39" s="57" t="s">
+        <v>281</v>
+      </c>
+      <c r="C39" s="65">
+        <v>0</v>
+      </c>
+      <c r="D39" s="65">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A40" s="56" t="s">
+        <v>282</v>
+      </c>
+      <c r="B40" s="37" t="s">
+        <v>282</v>
+      </c>
+      <c r="C40" s="65">
+        <v>0</v>
+      </c>
+      <c r="D40" s="65">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A41" s="56" t="s">
+        <v>283</v>
+      </c>
+      <c r="B41" s="37" t="s">
+        <v>283</v>
+      </c>
+      <c r="C41" s="65">
+        <v>0</v>
+      </c>
+      <c r="D41" s="65">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A42" s="56" t="s">
+        <v>284</v>
+      </c>
+      <c r="B42" s="37" t="s">
+        <v>284</v>
+      </c>
+      <c r="C42" s="65">
+        <v>0</v>
+      </c>
+      <c r="D42" s="65">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A43" s="56" t="s">
+        <v>285</v>
+      </c>
+      <c r="B43" s="37" t="s">
+        <v>285</v>
+      </c>
+      <c r="C43" s="65">
+        <v>0</v>
+      </c>
+      <c r="D43" s="65">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A44" s="56"/>
+      <c r="B44" s="58" t="s">
+        <v>291</v>
+      </c>
+      <c r="C44" s="65"/>
+      <c r="D44" s="65"/>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A45" s="56" t="s">
+        <v>266</v>
+      </c>
+      <c r="B45" s="57" t="s">
+        <v>267</v>
+      </c>
+      <c r="C45" s="65" t="s">
+        <v>257</v>
+      </c>
+      <c r="D45" s="65" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A46" s="56" t="s">
+        <v>270</v>
+      </c>
+      <c r="B46" s="57" t="s">
+        <v>271</v>
+      </c>
+      <c r="C46" s="65">
+        <v>1.4</v>
+      </c>
+      <c r="D46" s="65">
+        <v>1.4</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A47" s="56" t="s">
+        <v>274</v>
+      </c>
+      <c r="B47" s="57" t="s">
+        <v>275</v>
+      </c>
+      <c r="C47" s="65">
+        <v>0</v>
+      </c>
+      <c r="D47" s="65">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A48" s="56" t="s">
+        <v>276</v>
+      </c>
+      <c r="B48" s="57" t="s">
+        <v>277</v>
+      </c>
+      <c r="C48" s="65">
+        <v>0</v>
+      </c>
+      <c r="D48" s="65">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A49" s="56" t="s">
+        <v>278</v>
+      </c>
+      <c r="B49" s="57" t="s">
+        <v>279</v>
+      </c>
+      <c r="C49" s="65">
+        <v>0</v>
+      </c>
+      <c r="D49" s="65">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A50" s="56" t="s">
+        <v>280</v>
+      </c>
+      <c r="B50" s="57" t="s">
+        <v>281</v>
+      </c>
+      <c r="C50" s="65">
+        <v>0</v>
+      </c>
+      <c r="D50" s="65">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A51" s="59"/>
+      <c r="B51" s="60"/>
+      <c r="C51" s="61"/>
+      <c r="D51" s="61"/>
+    </row>
+    <row r="52" spans="1:9" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="62" t="s">
+        <v>129</v>
+      </c>
+      <c r="B52" s="62" t="s">
+        <v>292</v>
+      </c>
+      <c r="C52" s="61"/>
+      <c r="D52" s="61"/>
+    </row>
+    <row r="53" spans="1:9" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="62" t="s">
+        <v>293</v>
+      </c>
+      <c r="B53" s="62" t="s">
+        <v>294</v>
+      </c>
+      <c r="C53" s="62"/>
+      <c r="D53" s="62"/>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A54" s="62" t="s">
+        <v>250</v>
+      </c>
+      <c r="B54" s="62" t="s">
+        <v>295</v>
+      </c>
+      <c r="C54" s="62"/>
+      <c r="D54" s="62"/>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A55" s="62" t="s">
+        <v>296</v>
+      </c>
+      <c r="B55" s="62" t="s">
+        <v>297</v>
+      </c>
+      <c r="C55" s="62"/>
+      <c r="D55" s="62"/>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A56" s="63" t="s">
+        <v>298</v>
+      </c>
+      <c r="B56" s="62" t="s">
+        <v>300</v>
+      </c>
+      <c r="C56" s="62"/>
+      <c r="D56" s="62"/>
+    </row>
+    <row r="57" spans="1:9" ht="36" x14ac:dyDescent="0.3">
+      <c r="A57" s="62"/>
+      <c r="B57" s="67" t="s">
+        <v>299</v>
+      </c>
+      <c r="C57" s="62"/>
+      <c r="D57" s="62"/>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="C58" s="64"/>
+      <c r="D58" s="64"/>
+    </row>
+    <row r="59" spans="1:9" s="68" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B59" s="73"/>
+      <c r="C59" s="73"/>
+      <c r="D59" s="73"/>
+      <c r="E59" s="77"/>
+      <c r="F59" s="78"/>
+      <c r="G59" s="78"/>
+      <c r="H59" s="79"/>
+      <c r="I59" s="80"/>
+    </row>
+    <row r="60" spans="1:9" s="68" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B60" s="69" t="s">
+        <v>306</v>
+      </c>
+      <c r="C60" s="69"/>
+      <c r="D60" s="83"/>
+      <c r="E60" s="69"/>
+      <c r="F60" s="69"/>
+      <c r="G60" s="70" t="s">
+        <v>301</v>
+      </c>
+      <c r="H60" s="69"/>
+      <c r="I60" s="69"/>
+    </row>
+    <row r="61" spans="1:9" s="68" customFormat="1" ht="94.5" x14ac:dyDescent="0.35">
+      <c r="B61" s="71" t="s">
+        <v>302</v>
+      </c>
+      <c r="C61" s="71" t="s">
+        <v>303</v>
+      </c>
+      <c r="D61" s="71" t="s">
+        <v>304</v>
+      </c>
+      <c r="E61" s="71" t="s">
+        <v>307</v>
+      </c>
+      <c r="F61" s="71" t="s">
+        <v>308</v>
+      </c>
+      <c r="G61" s="71" t="s">
+        <v>309</v>
+      </c>
+      <c r="H61" s="69"/>
+      <c r="I61" s="69"/>
+    </row>
+    <row r="62" spans="1:9" s="68" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B62" s="76" t="s">
+        <v>0</v>
+      </c>
+      <c r="C62" s="84" t="s">
+        <v>305</v>
+      </c>
+      <c r="D62" s="72" t="s">
+        <v>310</v>
+      </c>
+      <c r="E62" s="85">
+        <v>3000</v>
+      </c>
+      <c r="F62" s="84">
+        <v>19629922.5</v>
+      </c>
+      <c r="G62" s="84">
+        <v>-19629922.5</v>
+      </c>
+      <c r="H62" s="69"/>
+      <c r="I62" s="69"/>
+    </row>
+    <row r="63" spans="1:9" s="68" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B63" s="81"/>
+      <c r="C63" s="82"/>
+      <c r="D63" s="74"/>
+      <c r="E63" s="75"/>
+      <c r="F63" s="82"/>
+      <c r="G63" s="82"/>
+      <c r="H63" s="69"/>
+      <c r="I63" s="69"/>
+    </row>
+    <row r="64" spans="1:9" s="68" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B64" s="69"/>
+      <c r="C64" s="69"/>
+      <c r="D64" s="69"/>
+      <c r="E64" s="69"/>
+      <c r="F64" s="69"/>
+      <c r="G64" s="69"/>
+      <c r="H64" s="69"/>
+      <c r="I64" s="69"/>
+    </row>
+    <row r="65" spans="2:9" s="68" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B65" s="69" t="s">
+        <v>311</v>
+      </c>
+      <c r="C65" s="69"/>
+      <c r="D65" s="69"/>
+      <c r="E65" s="69"/>
+      <c r="F65" s="69"/>
+      <c r="G65" s="69"/>
+      <c r="H65" s="69"/>
+      <c r="I65" s="69"/>
+    </row>
+  </sheetData>
+  <mergeCells count="12">
+    <mergeCell ref="C20:D20"/>
+    <mergeCell ref="C19:D19"/>
+    <mergeCell ref="C17:D17"/>
+    <mergeCell ref="C16:D16"/>
+    <mergeCell ref="C15:D15"/>
+    <mergeCell ref="C8:D8"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="C14:D14"/>
+    <mergeCell ref="C12:D12"/>
+    <mergeCell ref="C11:D11"/>
+    <mergeCell ref="C10:D10"/>
+    <mergeCell ref="C9:D9"/>
+  </mergeCells>
+  <conditionalFormatting sqref="C23:D32 C34:D43 C45:D50">
+    <cfRule type="cellIs" dxfId="3" priority="17" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="2" priority="18">
+      <formula>C$1=2</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="1" priority="19">
+      <formula>C$1=4</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="0" priority="20">
+      <formula>C$1=3</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="4" baseType="lpstr">
+      <vt:lpstr>Monthly Portfolio</vt:lpstr>
+      <vt:lpstr>Half Yearly Portfolio</vt:lpstr>
+      <vt:lpstr>Notes to Half Yearly Portfolio</vt:lpstr>
+      <vt:lpstr>Sheet1</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ICRON Research</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_SetDate">
+    <vt:lpwstr>2025-10-07T14:28:47Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_Name">
+    <vt:lpwstr>Public</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_SiteId">
+    <vt:lpwstr>1771ae17-e764-4e0f-a476-d4184d79a5d9</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_ActionId">
+    <vt:lpwstr>2888e72b-9fcb-424b-9ed6-786ea7da87b1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>