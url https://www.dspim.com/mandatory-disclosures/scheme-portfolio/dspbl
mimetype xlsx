--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -1,1736 +1,790 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...4 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4BF93087-455E-4AA3-9BD3-6C64DB5A668D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="Monthly Portfolio" sheetId="1" r:id="rId1"/>
-[...2 lines deleted...]
-    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId4"/>
+    <sheet name="Aggressive Hybrid" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="191029"/>
-[...12 lines deleted...]
-  </extLst>
+  <definedNames/>
+  <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...942 lines deleted...]
-
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-[...7 lines deleted...]
-    <numFmt numFmtId="170" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="17" x14ac:knownFonts="1">
+  <fonts count="24">
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFFFFFF"/>
+      <sz val="14"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color rgb="FF000000"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFFFFFF"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="11"/>
+      <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
       <sz val="10"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <color theme="10"/>
+      <sz val="11"/>
+      <u val="single"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+      <u val="single"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
       <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
-    </font>
-[...9 lines deleted...]
-      <sz val="11"/>
+      <b val="1"/>
       <color theme="1"/>
-      <name val="trebuchet MS"/>
-[...7 lines deleted...]
-    <font>
       <sz val="10"/>
-      <name val="Arial"/>
-[...18 lines deleted...]
-      <family val="2"/>
+      <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
-      <patternFill patternType="none"/>
+      <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="6">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-      <right/>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="thin">
+      <right/>
+      <top style="thin">
         <color indexed="64"/>
-      </right>
-      <top/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
-      <top style="thin">
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
         <color indexed="64"/>
-      </top>
-      <bottom style="thin">
+      </left>
+      <right style="thin">
         <color indexed="64"/>
-      </bottom>
+      </right>
+      <top/>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="8">
-[...7 lines deleted...]
-    <xf numFmtId="9" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+  <cellStyleXfs count="3">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="109">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+  <cellXfs count="100">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="10" fontId="8" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="2" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="1" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="4" fontId="12" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="12" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...48 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="170" fontId="8" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...87 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
-  <cellStyles count="8">
-[...1 lines deleted...]
-    <cellStyle name="Comma 4 2" xfId="5" xr:uid="{49BB0681-0F19-4766-9388-C10A93A6D680}"/>
+  <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="3" xr:uid="{4B8F1BCA-38F9-460F-B029-9EDFA638D004}"/>
-[...1 lines deleted...]
-    <cellStyle name="Normal_Scheme data_" xfId="6" xr:uid="{53D356F7-B1EC-4EBE-A8FF-1BFC357A0E3E}"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
-    <cellStyle name="Percent 2 3" xfId="7" xr:uid="{87BFABBC-254A-4024-BA1F-7D58DF079760}"/>
+    <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
-  <dxfs count="4">
-[...12 lines deleted...]
-  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <extLst>
-[...6 lines deleted...]
-  </extLst>
+  <colors>
+    <indexedColors>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008000"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00808000"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="00C0C0C0"/>
+      <rgbColor rgb="00808080"/>
+      <rgbColor rgb="009999FF"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00FFFFCC"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00660066"/>
+      <rgbColor rgb="00FF8080"/>
+      <rgbColor rgb="000066CC"/>
+      <rgbColor rgb="00CCCCFF"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="0000CCFF"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00CCFFCC"/>
+      <rgbColor rgb="00FFFF99"/>
+      <rgbColor rgb="0099CCFF"/>
+      <rgbColor rgb="00FF99CC"/>
+      <rgbColor rgb="00CC99FF"/>
+      <rgbColor rgb="00FFCC99"/>
+      <rgbColor rgb="003366FF"/>
+      <rgbColor rgb="0033CCCC"/>
+      <rgbColor rgb="0099CC00"/>
+      <rgbColor rgb="00FFCC00"/>
+      <rgbColor rgb="00FF9900"/>
+      <rgbColor rgb="00FF6600"/>
+      <rgbColor rgb="00666699"/>
+      <rgbColor rgb="00969696"/>
+      <rgbColor rgb="00003366"/>
+      <rgbColor rgb="00339966"/>
+      <rgbColor rgb="00003300"/>
+      <rgbColor rgb="00333300"/>
+      <rgbColor rgb="00993300"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00333399"/>
+      <rgbColor rgb="00333333"/>
+    </indexedColors>
+  </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...22 lines deleted...]
-        <xdr:cNvPicPr>
+<wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>0</colOff>
+      <row>138</row>
+      <rowOff>0</rowOff>
+    </from>
+    <to>
+      <col>1</col>
+      <colOff>2374900</colOff>
+      <row>147</row>
+      <rowOff>31750</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="2" name="Picture 1"/>
+        <cNvPicPr>
           <a:picLocks/>
-        </xdr:cNvPicPr>
-[...2 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-      <xdr:spPr>
+      </blipFill>
+      <spPr>
         <a:xfrm>
           <a:off x="457200" y="22542500"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <a:avLst/>
+          <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...25 lines deleted...]
-        <xdr:cNvPicPr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>0</colOff>
+      <row>152</row>
+      <rowOff>0</rowOff>
+    </from>
+    <to>
+      <col>1</col>
+      <colOff>2374900</colOff>
+      <row>161</row>
+      <rowOff>31750</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="3" name="Picture 2"/>
+        <cNvPicPr>
           <a:picLocks/>
-        </xdr:cNvPicPr>
-[...2 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-      <xdr:spPr>
+      </blipFill>
+      <spPr>
         <a:xfrm>
           <a:off x="457200" y="24955500"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <a:avLst/>
+          <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...102 lines deleted...]
-</xdr:wsDr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+</wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1950,6678 +1004,3537 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
   <dimension ref="A1:L151"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
+    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col min="1" max="1" width="6.54296875" style="1" bestFit="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14" max="16384" width="8.7265625" style="1"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="52.81640625" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="42.54296875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="12.26953125" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14.81640625" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="42.54296875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-[...1 lines deleted...]
-      <c r="B1" s="89" t="s">
+    <row r="1" ht="19" customHeight="1" s="77">
+      <c r="A1" s="76" t="n"/>
+      <c r="B1" s="76" t="inlineStr">
+        <is>
+          <t>DSP Aggressive Hybrid Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on October 31, 2025</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="5" t="inlineStr">
+        <is>
+          <t>Sr. No.</t>
+        </is>
+      </c>
+      <c r="B4" s="5" t="inlineStr">
+        <is>
+          <t>Name of Instrument</t>
+        </is>
+      </c>
+      <c r="C4" s="5" t="inlineStr">
+        <is>
+          <t>ISIN</t>
+        </is>
+      </c>
+      <c r="D4" s="5" t="inlineStr">
+        <is>
+          <t>Rating/Industry</t>
+        </is>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t>Quantity</t>
+        </is>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t>Market value (Rs. In lakhs)</t>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t>% to Net Assets</t>
+        </is>
+      </c>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t>Maturity Date</t>
+        </is>
+      </c>
+      <c r="I4" s="5" t="inlineStr">
+        <is>
+          <t>Put/Call Option</t>
+        </is>
+      </c>
+      <c r="J4" s="5" t="inlineStr">
+        <is>
+          <t>YTM (%)</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="B6" s="4" t="inlineStr">
+        <is>
+          <t>EQUITY &amp; EQUITY RELATED</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="B7" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="B8" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C8" s="2" t="inlineStr">
+        <is>
+          <t>INE040A01034</t>
+        </is>
+      </c>
+      <c r="D8" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>8541164</v>
+      </c>
+      <c r="F8" s="7" t="n">
+        <v>84326.91</v>
+      </c>
+      <c r="G8" s="8" t="n">
+        <v>0.0708</v>
+      </c>
+      <c r="J8" s="7" t="n"/>
+      <c r="K8" s="4" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="4" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="2" t="n">
+        <v>2</v>
+      </c>
+      <c r="B9" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Bank Limited</t>
+        </is>
+      </c>
+      <c r="C9" s="2" t="inlineStr">
+        <is>
+          <t>INE090A01021</t>
+        </is>
+      </c>
+      <c r="D9" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E9" s="6" t="n">
+        <v>3882861</v>
+      </c>
+      <c r="F9" s="7" t="n">
+        <v>52236.13</v>
+      </c>
+      <c r="G9" s="8" t="n">
+        <v>0.0439</v>
+      </c>
+      <c r="J9" s="7" t="n"/>
+      <c r="K9" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="L9" s="8" t="n">
+        <v>0.2132</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="B10" s="2" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="2" t="inlineStr">
+        <is>
+          <t>INE238A01034</t>
+        </is>
+      </c>
+      <c r="D10" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>3838487</v>
+      </c>
+      <c r="F10" s="7" t="n">
+        <v>47320.87</v>
+      </c>
+      <c r="G10" s="8" t="n">
+        <v>0.0397</v>
+      </c>
+      <c r="J10" s="7" t="n"/>
+      <c r="K10" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L10" s="8" t="n">
+        <v>0.1507</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="2" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="2" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="2" t="inlineStr">
+        <is>
+          <t>INE101A01026</t>
+        </is>
+      </c>
+      <c r="D11" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>1317286</v>
+      </c>
+      <c r="F11" s="7" t="n">
+        <v>45936.4</v>
+      </c>
+      <c r="G11" s="8" t="n">
+        <v>0.0386</v>
+      </c>
+      <c r="J11" s="7" t="n"/>
+      <c r="K11" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L11" s="8" t="n">
+        <v>0.06510000000000001</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="2" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="2" t="inlineStr">
+        <is>
+          <t>INE237A01028</t>
+        </is>
+      </c>
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>2148818</v>
+      </c>
+      <c r="F12" s="7" t="n">
+        <v>45172.45</v>
+      </c>
+      <c r="G12" s="8" t="n">
+        <v>0.0379</v>
+      </c>
+      <c r="J12" s="7" t="n"/>
+      <c r="K12" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L12" s="8" t="n">
+        <v>0.0582</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="2" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="2" t="inlineStr">
+        <is>
+          <t>SBI Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="2" t="inlineStr">
+        <is>
+          <t>INE123W01016</t>
+        </is>
+      </c>
+      <c r="D13" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>2162374</v>
+      </c>
+      <c r="F13" s="7" t="n">
+        <v>42289.55</v>
+      </c>
+      <c r="G13" s="8" t="n">
+        <v>0.0355</v>
+      </c>
+      <c r="J13" s="7" t="n"/>
+      <c r="K13" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L13" s="8" t="n">
+        <v>0.0513</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>ITC Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>INE154A01025</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>8602900</v>
+      </c>
+      <c r="F14" s="7" t="n">
+        <v>36162.29</v>
+      </c>
+      <c r="G14" s="8" t="n">
+        <v>0.0304</v>
+      </c>
+      <c r="J14" s="7" t="n"/>
+      <c r="K14" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L14" s="8" t="n">
+        <v>0.0436</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="2" t="inlineStr">
+        <is>
+          <t>Infosys Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="2" t="inlineStr">
+        <is>
+          <t>INE009A01021</t>
+        </is>
+      </c>
+      <c r="D15" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>2316228</v>
+      </c>
+      <c r="F15" s="7" t="n">
+        <v>34333.45</v>
+      </c>
+      <c r="G15" s="8" t="n">
+        <v>0.0288</v>
+      </c>
+      <c r="J15" s="7" t="n"/>
+      <c r="K15" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L15" s="8" t="n">
+        <v>0.0423</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E16" s="6" t="n">
+        <v>31801866</v>
+      </c>
+      <c r="F16" s="7" t="n">
+        <v>33515.99</v>
+      </c>
+      <c r="G16" s="8" t="n">
+        <v>0.0281</v>
+      </c>
+      <c r="J16" s="7" t="n"/>
+      <c r="K16" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L16" s="8" t="n">
+        <v>0.0379</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="2" t="inlineStr">
+        <is>
+          <t>NTPC Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="2" t="inlineStr">
+        <is>
+          <t>INE733E01010</t>
+        </is>
+      </c>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E17" s="6" t="n">
+        <v>9536122</v>
+      </c>
+      <c r="F17" s="7" t="n">
+        <v>32131.96</v>
+      </c>
+      <c r="G17" s="8" t="n">
+        <v>0.027</v>
+      </c>
+      <c r="J17" s="7" t="n"/>
+      <c r="K17" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L17" s="8" t="n">
+        <v>0.0338</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="2" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="2" t="inlineStr">
+        <is>
+          <t>Cipla Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="2" t="inlineStr">
+        <is>
+          <t>INE059A01026</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E18" s="6" t="n">
+        <v>1991257</v>
+      </c>
+      <c r="F18" s="7" t="n">
+        <v>29894.74</v>
+      </c>
+      <c r="G18" s="8" t="n">
+        <v>0.0251</v>
+      </c>
+      <c r="J18" s="7" t="n"/>
+      <c r="K18" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="L18" s="8" t="n">
+        <v>0.0304</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="2" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>State Bank of India</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>INE062A01020</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E19" s="6" t="n">
+        <v>2654601</v>
+      </c>
+      <c r="F19" s="7" t="n">
+        <v>24873.61</v>
+      </c>
+      <c r="G19" s="8" t="n">
+        <v>0.0209</v>
+      </c>
+      <c r="J19" s="7" t="n"/>
+      <c r="K19" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L19" s="8" t="n">
+        <v>0.0278</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>Coforge Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>INE591G01025</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E20" s="6" t="n">
+        <v>1284095</v>
+      </c>
+      <c r="F20" s="7" t="n">
+        <v>22832.49</v>
+      </c>
+      <c r="G20" s="8" t="n">
+        <v>0.0192</v>
+      </c>
+      <c r="J20" s="7" t="n"/>
+      <c r="K20" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L20" s="8" t="n">
+        <v>0.027</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="2" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <t>INE129A01019</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E21" s="6" t="n">
+        <v>9779232</v>
+      </c>
+      <c r="F21" s="7" t="n">
+        <v>17872.52</v>
+      </c>
+      <c r="G21" s="8" t="n">
+        <v>0.015</v>
+      </c>
+      <c r="J21" s="7" t="n"/>
+      <c r="K21" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L21" s="8" t="n">
+        <v>0.0224</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <t>INE134E01011</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E22" s="6" t="n">
+        <v>4110243</v>
+      </c>
+      <c r="F22" s="7" t="n">
+        <v>16574.55</v>
+      </c>
+      <c r="G22" s="8" t="n">
+        <v>0.0139</v>
+      </c>
+      <c r="J22" s="7" t="n"/>
+      <c r="K22" s="2" t="inlineStr">
+        <is>
+          <t>Mutual Funds</t>
+        </is>
+      </c>
+      <c r="L22" s="8" t="n">
+        <v>0.0221</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="2" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <t>Emami Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="2" t="inlineStr">
+        <is>
+          <t>INE548C01032</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E23" s="6" t="n">
+        <v>3023561</v>
+      </c>
+      <c r="F23" s="7" t="n">
+        <v>16157.91</v>
+      </c>
+      <c r="G23" s="8" t="n">
+        <v>0.0136</v>
+      </c>
+      <c r="J23" s="7" t="n"/>
+      <c r="K23" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="L23" s="8" t="n">
+        <v>0.0138</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="2" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="2" t="inlineStr">
+        <is>
+          <t>INE296A01032</t>
+        </is>
+      </c>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E24" s="6" t="n">
+        <v>1525950</v>
+      </c>
+      <c r="F24" s="7" t="n">
+        <v>15912.61</v>
+      </c>
+      <c r="G24" s="8" t="n">
+        <v>0.0134</v>
+      </c>
+      <c r="J24" s="7" t="n"/>
+      <c r="K24" s="2" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L24" s="8" t="n">
+        <v>0.0136</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <t>Petronet LNG Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="2" t="inlineStr">
+        <is>
+          <t>INE347G01014</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E25" s="6" t="n">
+        <v>5423338</v>
+      </c>
+      <c r="F25" s="7" t="n">
+        <v>15253.14</v>
+      </c>
+      <c r="G25" s="8" t="n">
+        <v>0.0128</v>
+      </c>
+      <c r="J25" s="7" t="n"/>
+      <c r="K25" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L25" s="8" t="n">
+        <v>0.0126</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="2" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>Indus Towers Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <t>INE121J01017</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E26" s="6" t="n">
+        <v>4126188</v>
+      </c>
+      <c r="F26" s="7" t="n">
+        <v>15002.82</v>
+      </c>
+      <c r="G26" s="8" t="n">
+        <v>0.0126</v>
+      </c>
+      <c r="J26" s="7" t="n"/>
+      <c r="K26" s="2" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="L26" s="8" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>Rainbow Childrens Medicare Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="2" t="inlineStr">
+        <is>
+          <t>INE961O01016</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E27" s="6" t="n">
+        <v>1007153</v>
+      </c>
+      <c r="F27" s="7" t="n">
+        <v>13791.95</v>
+      </c>
+      <c r="G27" s="8" t="n">
+        <v>0.0116</v>
+      </c>
+      <c r="J27" s="7" t="n"/>
+      <c r="K27" s="2" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="L27" s="8" t="n">
+        <v>0.0086</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="2" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="2" t="inlineStr">
+        <is>
+          <t>Syngene International Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="2" t="inlineStr">
+        <is>
+          <t>INE398R01022</t>
+        </is>
+      </c>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E28" s="6" t="n">
+        <v>1974299</v>
+      </c>
+      <c r="F28" s="7" t="n">
+        <v>12834.92</v>
+      </c>
+      <c r="G28" s="8" t="n">
+        <v>0.0108</v>
+      </c>
+      <c r="J28" s="7" t="n"/>
+      <c r="K28" s="2" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L28" s="8" t="n">
+        <v>0.0078</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="2" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finserv Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="2" t="inlineStr">
+        <is>
+          <t>INE918I01026</t>
+        </is>
+      </c>
+      <c r="D29" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E29" s="6" t="n">
+        <v>603662</v>
+      </c>
+      <c r="F29" s="7" t="n">
+        <v>12606.27</v>
+      </c>
+      <c r="G29" s="8" t="n">
+        <v>0.0106</v>
+      </c>
+      <c r="J29" s="7" t="n"/>
+      <c r="K29" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L29" s="8" t="n">
+        <v>0.0077</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="2" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <t>Cohance Lifesciences Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="2" t="inlineStr">
+        <is>
+          <t>INE03QK01018</t>
+        </is>
+      </c>
+      <c r="D30" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E30" s="6" t="n">
+        <v>1641445</v>
+      </c>
+      <c r="F30" s="7" t="n">
+        <v>12366.65</v>
+      </c>
+      <c r="G30" s="8" t="n">
+        <v>0.0104</v>
+      </c>
+      <c r="J30" s="7" t="n"/>
+      <c r="K30" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L30" s="8" t="n">
+        <v>0.0077</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="2" t="inlineStr">
+        <is>
+          <t>HCL Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="2" t="inlineStr">
+        <is>
+          <t>INE860A01027</t>
+        </is>
+      </c>
+      <c r="D31" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E31" s="6" t="n">
+        <v>787524</v>
+      </c>
+      <c r="F31" s="7" t="n">
+        <v>12139.68</v>
+      </c>
+      <c r="G31" s="8" t="n">
+        <v>0.0102</v>
+      </c>
+      <c r="J31" s="7" t="n"/>
+      <c r="K31" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="L31" s="8" t="n">
+        <v>0.0073</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="2" t="inlineStr">
+        <is>
+          <t>IPCA Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="2" t="inlineStr">
+        <is>
+          <t>INE571A01038</t>
+        </is>
+      </c>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E32" s="6" t="n">
+        <v>926481</v>
+      </c>
+      <c r="F32" s="7" t="n">
+        <v>11777.43</v>
+      </c>
+      <c r="G32" s="8" t="n">
+        <v>0.009900000000000001</v>
+      </c>
+      <c r="J32" s="7" t="n"/>
+      <c r="K32" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L32" s="8" t="n">
+        <v>0.0069</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>Radico Khaitan Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <t>INE944F01028</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="E33" s="6" t="n">
+        <v>352382</v>
+      </c>
+      <c r="F33" s="7" t="n">
+        <v>11034.84</v>
+      </c>
+      <c r="G33" s="8" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+      <c r="J33" s="7" t="n"/>
+      <c r="K33" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="L33" s="8" t="n">
+        <v>0.0066</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="2" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <t>Ganesha Ecosphere Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="2" t="inlineStr">
+        <is>
+          <t>INE845D01014</t>
+        </is>
+      </c>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="E34" s="6" t="n">
+        <v>838186</v>
+      </c>
+      <c r="F34" s="7" t="n">
+        <v>10227.55</v>
+      </c>
+      <c r="G34" s="8" t="n">
+        <v>0.0086</v>
+      </c>
+      <c r="J34" s="7" t="n"/>
+      <c r="K34" s="2" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="L34" s="8" t="n">
+        <v>0.0056</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Lombard General Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="2" t="inlineStr">
+        <is>
+          <t>INE765G01017</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E35" s="6" t="n">
+        <v>486620</v>
+      </c>
+      <c r="F35" s="7" t="n">
+        <v>9701.74</v>
+      </c>
+      <c r="G35" s="8" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="J35" s="7" t="n"/>
+      <c r="K35" s="2" t="inlineStr">
+        <is>
+          <t>IND AA+</t>
+        </is>
+      </c>
+      <c r="L35" s="8" t="n">
+        <v>0.0044</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="2" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <t>Alkem Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="2" t="inlineStr">
+        <is>
+          <t>INE540L01014</t>
+        </is>
+      </c>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E36" s="6" t="n">
+        <v>174436</v>
+      </c>
+      <c r="F36" s="7" t="n">
+        <v>9605.32</v>
+      </c>
+      <c r="G36" s="8" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="J36" s="7" t="n"/>
+      <c r="K36" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L36" s="8" t="n">
+        <v>0.0039</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>Cyient Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <t>INE136B01020</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E37" s="6" t="n">
+        <v>798294</v>
+      </c>
+      <c r="F37" s="7" t="n">
+        <v>9280.17</v>
+      </c>
+      <c r="G37" s="8" t="n">
+        <v>0.0078</v>
+      </c>
+      <c r="J37" s="7" t="n"/>
+      <c r="K37" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="L37" s="8" t="n">
+        <v>0.0029</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="2" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>Gujarat Fluorochemicals Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <t>INE09N301011</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E38" s="6" t="n">
+        <v>245398</v>
+      </c>
+      <c r="F38" s="7" t="n">
+        <v>9186.719999999999</v>
+      </c>
+      <c r="G38" s="8" t="n">
+        <v>0.0077</v>
+      </c>
+      <c r="J38" s="7" t="n"/>
+      <c r="K38" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L38" s="8" t="n">
+        <v>0.0027</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>Century Plyboards (India) Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <t>INE348B01021</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E39" s="6" t="n">
+        <v>1213466</v>
+      </c>
+      <c r="F39" s="7" t="n">
+        <v>9154.99</v>
+      </c>
+      <c r="G39" s="8" t="n">
+        <v>0.0077</v>
+      </c>
+      <c r="J39" s="7" t="n"/>
+      <c r="K39" s="2" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L39" s="8" t="n">
+        <v>0.0004</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="2" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="2" t="inlineStr">
+        <is>
+          <t>APL Apollo Tubes Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="2" t="inlineStr">
+        <is>
+          <t>INE702C01027</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E40" s="6" t="n">
+        <v>455777</v>
+      </c>
+      <c r="F40" s="7" t="n">
+        <v>8165.24</v>
+      </c>
+      <c r="G40" s="8" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="J40" s="7" t="n"/>
+      <c r="K40" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L40" s="8" t="n">
+        <v>0.0524</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="2" t="inlineStr">
+        <is>
+          <t>Alembic Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="2" t="inlineStr">
+        <is>
+          <t>INE901L01018</t>
+        </is>
+      </c>
+      <c r="D41" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E41" s="6" t="n">
+        <v>810789</v>
+      </c>
+      <c r="F41" s="7" t="n">
+        <v>7276.02</v>
+      </c>
+      <c r="G41" s="8" t="n">
+        <v>0.0061</v>
+      </c>
+      <c r="J41" s="7" t="n"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="2" t="inlineStr">
+        <is>
+          <t>UNO Minda Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="2" t="inlineStr">
+        <is>
+          <t>INE405E01023</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E42" s="6" t="n">
+        <v>545980</v>
+      </c>
+      <c r="F42" s="7" t="n">
+        <v>6743.94</v>
+      </c>
+      <c r="G42" s="8" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="J42" s="7" t="n"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="2" t="inlineStr">
+        <is>
+          <t>PI Industries Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="2" t="inlineStr">
+        <is>
+          <t>INE603J01030</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E43" s="6" t="n">
+        <v>185420</v>
+      </c>
+      <c r="F43" s="7" t="n">
+        <v>6633.22</v>
+      </c>
+      <c r="G43" s="8" t="n">
+        <v>0.0056</v>
+      </c>
+      <c r="J43" s="7" t="n"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="2" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="2" t="inlineStr">
+        <is>
+          <t>Emcure Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="2" t="inlineStr">
+        <is>
+          <t>INE168P01015</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E44" s="6" t="n">
+        <v>497019</v>
+      </c>
+      <c r="F44" s="7" t="n">
+        <v>6555.18</v>
+      </c>
+      <c r="G44" s="8" t="n">
+        <v>0.0055</v>
+      </c>
+      <c r="J44" s="7" t="n"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="2" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="2" t="inlineStr">
+        <is>
+          <t>Tata Motors Passenger Vehicles Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="2" t="inlineStr">
+        <is>
+          <t>INE155A01022</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E45" s="6" t="n">
+        <v>1075483</v>
+      </c>
+      <c r="F45" s="7" t="n">
+        <v>4409.48</v>
+      </c>
+      <c r="G45" s="8" t="n">
+        <v>0.0037</v>
+      </c>
+      <c r="J45" s="7" t="n"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="2" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="2" t="inlineStr">
+        <is>
+          <t>Tata Motors Limited^</t>
+        </is>
+      </c>
+      <c r="C46" s="2" t="inlineStr">
+        <is>
+          <t>INE1TAE01010</t>
+        </is>
+      </c>
+      <c r="D46" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="E46" s="6" t="n">
+        <v>1344354</v>
+      </c>
+      <c r="F46" s="7" t="n">
+        <v>3505.4</v>
+      </c>
+      <c r="G46" s="8" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J46" s="7" t="n"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="2" t="inlineStr">
+        <is>
+          <t>PRUDENT CORPORATE ADVISORY SERVICES Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="2" t="inlineStr">
+        <is>
+          <t>INE00F201020</t>
+        </is>
+      </c>
+      <c r="D47" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E47" s="6" t="n">
+        <v>124610</v>
+      </c>
+      <c r="F47" s="7" t="n">
+        <v>3184.41</v>
+      </c>
+      <c r="G47" s="8" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J47" s="7" t="n"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="9" t="n"/>
+      <c r="B48" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C48" s="9" t="n"/>
+      <c r="D48" s="9" t="n"/>
+      <c r="E48" s="9" t="n"/>
+      <c r="F48" s="10" t="n">
+        <v>817981.51</v>
+      </c>
+      <c r="G48" s="11" t="n">
+        <v>0.6871</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="B50" s="4" t="inlineStr">
+        <is>
+          <t>Unlisted</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="2" t="n">
+        <v>41</v>
+      </c>
+      <c r="B51" s="2" t="inlineStr">
+        <is>
+          <t>SIP Technologies &amp; Export Limited**</t>
+        </is>
+      </c>
+      <c r="C51" s="2" t="inlineStr">
+        <is>
+          <t>INE468B01019</t>
+        </is>
+      </c>
+      <c r="D51" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E51" s="6" t="n">
+        <v>52521</v>
+      </c>
+      <c r="F51" s="7" t="n">
         <v>0</v>
       </c>
-      <c r="C1" s="90"/>
-[...5 lines deleted...]
-      <c r="B2" s="2" t="s">
+      <c r="G51" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="J51" s="7" t="n"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="9" t="n"/>
+      <c r="B52" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C52" s="9" t="n"/>
+      <c r="D52" s="9" t="n"/>
+      <c r="E52" s="9" t="n"/>
+      <c r="F52" s="10" t="n">
+        <v>0</v>
+      </c>
+      <c r="G52" s="11" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+    </row>
+    <row r="54">
+      <c r="B54" s="4" t="inlineStr">
+        <is>
+          <t>Units issued by REITs &amp; InvITs</t>
+        </is>
+      </c>
+    </row>
+    <row r="55">
+      <c r="B55" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="B56" s="2" t="inlineStr">
+        <is>
+          <t>Roadstar Infra Investment Trust</t>
+        </is>
+      </c>
+      <c r="C56" s="2" t="inlineStr">
+        <is>
+          <t>INE0JEI23010</t>
+        </is>
+      </c>
+      <c r="D56" s="2" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E56" s="6" t="n">
+        <v>660000</v>
+      </c>
+      <c r="F56" s="7" t="n">
+        <v>479.09</v>
+      </c>
+      <c r="G56" s="8" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="H56" s="12" t="n">
+        <v>2</v>
+      </c>
+      <c r="J56" s="7" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="9" t="n"/>
+      <c r="B57" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C57" s="9" t="n"/>
+      <c r="D57" s="9" t="n"/>
+      <c r="E57" s="9" t="n"/>
+      <c r="F57" s="10" t="n">
+        <v>479.09</v>
+      </c>
+      <c r="G57" s="11" t="n">
+        <v>0.0004</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="B59" s="4" t="inlineStr">
+        <is>
+          <t>DEBT INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="60">
+      <c r="B60" s="4" t="inlineStr">
+        <is>
+          <t>BOND &amp; NCD's</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="B61" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="2" t="n">
+        <v>43</v>
+      </c>
+      <c r="B62" s="2" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C62" s="2" t="inlineStr">
+        <is>
+          <t>INE261F08EJ7</t>
+        </is>
+      </c>
+      <c r="D62" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E62" s="6" t="n">
+        <v>15000</v>
+      </c>
+      <c r="F62" s="7" t="n">
+        <v>16470.49</v>
+      </c>
+      <c r="G62" s="8" t="n">
+        <v>0.0138</v>
+      </c>
+      <c r="H62" s="12" t="n">
+        <v>47458</v>
+      </c>
+      <c r="J62" s="7" t="n">
+        <v>6.8</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="2" t="n">
+        <v>44</v>
+      </c>
+      <c r="B63" s="2" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C63" s="2" t="inlineStr">
+        <is>
+          <t>INE261F08EG3</t>
+        </is>
+      </c>
+      <c r="D63" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E63" s="6" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F63" s="7" t="n">
+        <v>10653.55</v>
+      </c>
+      <c r="G63" s="8" t="n">
+        <v>0.0089</v>
+      </c>
+      <c r="H63" s="12" t="n">
+        <v>47238</v>
+      </c>
+      <c r="J63" s="7" t="n">
+        <v>6.7841</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="B64" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited</t>
+        </is>
+      </c>
+      <c r="C64" s="2" t="inlineStr">
+        <is>
+          <t>INE403D08280</t>
+        </is>
+      </c>
+      <c r="D64" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E64" s="6" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F64" s="7" t="n">
+        <v>10059.44</v>
+      </c>
+      <c r="G64" s="8" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="H64" s="12" t="n">
+        <v>47102</v>
+      </c>
+      <c r="J64" s="7" t="n">
+        <v>7.3675</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="2" t="n">
+        <v>46</v>
+      </c>
+      <c r="B65" s="2" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development**</t>
+        </is>
+      </c>
+      <c r="C65" s="2" t="inlineStr">
+        <is>
+          <t>INE0KUG08043</t>
+        </is>
+      </c>
+      <c r="D65" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E65" s="6" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F65" s="7" t="n">
+        <v>7702.85</v>
+      </c>
+      <c r="G65" s="8" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H65" s="12" t="n">
+        <v>52821</v>
+      </c>
+      <c r="J65" s="7" t="n">
+        <v>7.2475</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="2" t="n">
+        <v>47</v>
+      </c>
+      <c r="B66" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C66" s="2" t="inlineStr">
+        <is>
+          <t>INE040A08567</t>
+        </is>
+      </c>
+      <c r="D66" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E66" s="6" t="n">
+        <v>65</v>
+      </c>
+      <c r="F66" s="7" t="n">
+        <v>6888.12</v>
+      </c>
+      <c r="G66" s="8" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="H66" s="12" t="n">
+        <v>46473</v>
+      </c>
+      <c r="J66" s="7" t="n">
+        <v>6.7267</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="2" t="n">
+        <v>48</v>
+      </c>
+      <c r="B67" s="2" t="inlineStr">
+        <is>
+          <t>Bank of India**</t>
+        </is>
+      </c>
+      <c r="C67" s="2" t="inlineStr">
+        <is>
+          <t>INE084A08201</t>
+        </is>
+      </c>
+      <c r="D67" s="2" t="inlineStr">
+        <is>
+          <t>IND AA+</t>
+        </is>
+      </c>
+      <c r="E67" s="6" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F67" s="7" t="n">
+        <v>5269.55</v>
+      </c>
+      <c r="G67" s="8" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="H67" s="12" t="n">
+        <v>49277</v>
+      </c>
+      <c r="J67" s="7" t="n">
+        <v>7.2437</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="2" t="n">
+        <v>49</v>
+      </c>
+      <c r="B68" s="2" t="inlineStr">
+        <is>
+          <t>CANARA BANK BASEL III TIER 1**</t>
+        </is>
+      </c>
+      <c r="C68" s="2" t="inlineStr">
+        <is>
+          <t>INE476A08241</t>
+        </is>
+      </c>
+      <c r="D68" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E68" s="6" t="n">
+        <v>50</v>
+      </c>
+      <c r="F68" s="7" t="n">
+        <v>5202.88</v>
+      </c>
+      <c r="G68" s="8" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="H68" s="12" t="n">
+        <v>82057</v>
+      </c>
+      <c r="I68" s="2" t="inlineStr">
+        <is>
+          <t>CA - 29-Aug-2029</t>
+        </is>
+      </c>
+      <c r="J68" s="7" t="n">
+        <v>7.4484</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="B69" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C69" s="2" t="inlineStr">
+        <is>
+          <t>INE556F08KK5</t>
+        </is>
+      </c>
+      <c r="D69" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E69" s="6" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F69" s="7" t="n">
+        <v>5093.69</v>
+      </c>
+      <c r="G69" s="8" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="H69" s="12" t="n">
+        <v>46496</v>
+      </c>
+      <c r="J69" s="7" t="n">
+        <v>6.645</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="2" t="n">
+        <v>51</v>
+      </c>
+      <c r="B70" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C70" s="2" t="inlineStr">
+        <is>
+          <t>INE134E08LM8</t>
+        </is>
+      </c>
+      <c r="D70" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E70" s="6" t="n">
+        <v>500</v>
+      </c>
+      <c r="F70" s="7" t="n">
+        <v>5042.81</v>
+      </c>
+      <c r="G70" s="8" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H70" s="12" t="n">
+        <v>48122</v>
+      </c>
+      <c r="J70" s="7" t="n">
+        <v>6.89</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="2" t="n">
+        <v>52</v>
+      </c>
+      <c r="B71" s="2" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C71" s="2" t="inlineStr">
+        <is>
+          <t>INE020B08FK1</t>
+        </is>
+      </c>
+      <c r="D71" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E71" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F71" s="7" t="n">
+        <v>2659.22</v>
+      </c>
+      <c r="G71" s="8" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="H71" s="12" t="n">
+        <v>51104</v>
+      </c>
+      <c r="J71" s="7" t="n">
+        <v>7.155</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="2" t="n">
+        <v>53</v>
+      </c>
+      <c r="B72" s="2" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C72" s="2" t="inlineStr">
+        <is>
+          <t>INE053F07AY7</t>
+        </is>
+      </c>
+      <c r="D72" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E72" s="6" t="n">
+        <v>250</v>
+      </c>
+      <c r="F72" s="7" t="n">
+        <v>2632.64</v>
+      </c>
+      <c r="G72" s="8" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="H72" s="12" t="n">
+        <v>47091</v>
+      </c>
+      <c r="J72" s="7" t="n">
+        <v>6.645</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="2" t="n">
+        <v>54</v>
+      </c>
+      <c r="B73" s="2" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C73" s="2" t="inlineStr">
+        <is>
+          <t>INE414G07IF1</t>
+        </is>
+      </c>
+      <c r="D73" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E73" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F73" s="7" t="n">
+        <v>2627.04</v>
+      </c>
+      <c r="G73" s="8" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="H73" s="12" t="n">
+        <v>46867</v>
+      </c>
+      <c r="I73" s="2" t="inlineStr">
+        <is>
+          <t>PU - 25-May-2026</t>
+        </is>
+      </c>
+      <c r="J73" s="7" t="n">
+        <v>7.85</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="B74" s="2" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C74" s="2" t="inlineStr">
+        <is>
+          <t>INE916DA7SU4</t>
+        </is>
+      </c>
+      <c r="D74" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E74" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F74" s="7" t="n">
+        <v>2616.58</v>
+      </c>
+      <c r="G74" s="8" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="H74" s="12" t="n">
+        <v>46559</v>
+      </c>
+      <c r="J74" s="7" t="n">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="2" t="n">
+        <v>56</v>
+      </c>
+      <c r="B75" s="2" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C75" s="2" t="inlineStr">
+        <is>
+          <t>INE121A07RC3</t>
+        </is>
+      </c>
+      <c r="D75" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E75" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F75" s="7" t="n">
+        <v>2608.42</v>
+      </c>
+      <c r="G75" s="8" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="H75" s="12" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J75" s="7" t="n">
+        <v>7.0199</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="2" t="n">
+        <v>57</v>
+      </c>
+      <c r="B76" s="2" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C76" s="2" t="inlineStr">
+        <is>
+          <t>INE053F08437</t>
+        </is>
+      </c>
+      <c r="D76" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E76" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F76" s="7" t="n">
+        <v>2594.55</v>
+      </c>
+      <c r="G76" s="8" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="H76" s="12" t="n">
+        <v>51088</v>
+      </c>
+      <c r="J76" s="7" t="n">
+        <v>7.1612</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="2" t="n">
+        <v>58</v>
+      </c>
+      <c r="B77" s="2" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C77" s="2" t="inlineStr">
+        <is>
+          <t>INE414G07IH7</t>
+        </is>
+      </c>
+      <c r="D77" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E77" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F77" s="7" t="n">
+        <v>2588.48</v>
+      </c>
+      <c r="G77" s="8" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="H77" s="12" t="n">
+        <v>46961</v>
+      </c>
+      <c r="I77" s="2" t="inlineStr">
+        <is>
+          <t>PU - 27-Oct-2026</t>
+        </is>
+      </c>
+      <c r="J77" s="7" t="n">
+        <v>7.825</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="2" t="n">
+        <v>59</v>
+      </c>
+      <c r="B78" s="2" t="inlineStr">
+        <is>
+          <t>State Bank of India**</t>
+        </is>
+      </c>
+      <c r="C78" s="2" t="inlineStr">
+        <is>
+          <t>INE062A08439</t>
+        </is>
+      </c>
+      <c r="D78" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E78" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F78" s="7" t="n">
+        <v>2587.56</v>
+      </c>
+      <c r="G78" s="8" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="H78" s="12" t="n">
+        <v>50962</v>
+      </c>
+      <c r="J78" s="7" t="n">
+        <v>7.21</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="B79" s="2" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C79" s="2" t="inlineStr">
+        <is>
+          <t>INE414G07IG9</t>
+        </is>
+      </c>
+      <c r="D79" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E79" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F79" s="7" t="n">
+        <v>2568.63</v>
+      </c>
+      <c r="G79" s="8" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="H79" s="12" t="n">
+        <v>46234</v>
+      </c>
+      <c r="J79" s="7" t="n">
+        <v>7.425</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="2" t="n">
+        <v>61</v>
+      </c>
+      <c r="B80" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C80" s="2" t="inlineStr">
+        <is>
+          <t>INE134E08ND3</t>
+        </is>
+      </c>
+      <c r="D80" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E80" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F80" s="7" t="n">
+        <v>2564.23</v>
+      </c>
+      <c r="G80" s="8" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="H80" s="12" t="n">
+        <v>48136</v>
+      </c>
+      <c r="J80" s="7" t="n">
+        <v>6.89</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="2" t="n">
+        <v>62</v>
+      </c>
+      <c r="B81" s="2" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C81" s="2" t="inlineStr">
+        <is>
+          <t>INE092T08626</t>
+        </is>
+      </c>
+      <c r="D81" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E81" s="6" t="n">
+        <v>78</v>
+      </c>
+      <c r="F81" s="7" t="n">
+        <v>840.85</v>
+      </c>
+      <c r="G81" s="8" t="n">
+        <v>0.0007</v>
+      </c>
+      <c r="H81" s="12" t="n">
+        <v>46028</v>
+      </c>
+      <c r="J81" s="7" t="n">
+        <v>6.9175</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="9" t="n"/>
+      <c r="B82" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C82" s="9" t="n"/>
+      <c r="D82" s="9" t="n"/>
+      <c r="E82" s="9" t="n"/>
+      <c r="F82" s="10" t="n">
+        <v>99271.58</v>
+      </c>
+      <c r="G82" s="11" t="n">
+        <v>0.0834</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="B84" s="4" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="B85" s="2" t="inlineStr">
+        <is>
+          <t>6.90% GOI 2065</t>
+        </is>
+      </c>
+      <c r="C85" s="2" t="inlineStr">
+        <is>
+          <t>IN0020250018</t>
+        </is>
+      </c>
+      <c r="D85" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E85" s="6" t="n">
+        <v>64000000</v>
+      </c>
+      <c r="F85" s="7" t="n">
+        <v>60958.89</v>
+      </c>
+      <c r="G85" s="8" t="n">
+        <v>0.0512</v>
+      </c>
+      <c r="H85" s="12" t="n">
+        <v>60372</v>
+      </c>
+      <c r="J85" s="7" t="n">
+        <v>7.2917</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="2" t="n">
+        <v>64</v>
+      </c>
+      <c r="B86" s="2" t="inlineStr">
+        <is>
+          <t>8.51% GOI FRB 2033</t>
+        </is>
+      </c>
+      <c r="C86" s="2" t="inlineStr">
+        <is>
+          <t>IN0020200120</t>
+        </is>
+      </c>
+      <c r="D86" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E86" s="6" t="n">
+        <v>27500000</v>
+      </c>
+      <c r="F86" s="7" t="n">
+        <v>28677.12</v>
+      </c>
+      <c r="G86" s="8" t="n">
+        <v>0.0241</v>
+      </c>
+      <c r="H86" s="12" t="n">
+        <v>48844</v>
+      </c>
+      <c r="J86" s="7" t="n">
+        <v>6.2048</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="B87" s="2" t="inlineStr">
+        <is>
+          <t>6.33% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C87" s="2" t="inlineStr">
+        <is>
+          <t>IN0020250026</t>
+        </is>
+      </c>
+      <c r="D87" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E87" s="6" t="n">
+        <v>24500000</v>
+      </c>
+      <c r="F87" s="7" t="n">
+        <v>24911.48</v>
+      </c>
+      <c r="G87" s="8" t="n">
+        <v>0.0209</v>
+      </c>
+      <c r="H87" s="12" t="n">
+        <v>49434</v>
+      </c>
+      <c r="J87" s="7" t="n">
+        <v>6.5329</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="2" t="n">
+        <v>66</v>
+      </c>
+      <c r="B88" s="2" t="inlineStr">
+        <is>
+          <t>7.09% GOI 2054</t>
+        </is>
+      </c>
+      <c r="C88" s="2" t="inlineStr">
+        <is>
+          <t>IN0020240118</t>
+        </is>
+      </c>
+      <c r="D88" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E88" s="6" t="n">
+        <v>12000000</v>
+      </c>
+      <c r="F88" s="7" t="n">
+        <v>11986.75</v>
+      </c>
+      <c r="G88" s="8" t="n">
+        <v>0.0101</v>
+      </c>
+      <c r="H88" s="12" t="n">
+        <v>56466</v>
+      </c>
+      <c r="J88" s="7" t="n">
+        <v>7.2387</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="2" t="n">
+        <v>67</v>
+      </c>
+      <c r="B89" s="2" t="inlineStr">
+        <is>
+          <t>6.48% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C89" s="2" t="inlineStr">
+        <is>
+          <t>IN0020250091</t>
+        </is>
+      </c>
+      <c r="D89" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E89" s="6" t="n">
+        <v>10000000</v>
+      </c>
+      <c r="F89" s="7" t="n">
+        <v>10050.54</v>
+      </c>
+      <c r="G89" s="8" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="H89" s="12" t="n">
+        <v>49588</v>
+      </c>
+      <c r="J89" s="7" t="n">
+        <v>6.4683</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="B90" s="2" t="inlineStr">
+        <is>
+          <t>7.14% Madhya Pradesh SDL 2041</t>
+        </is>
+      </c>
+      <c r="C90" s="2" t="inlineStr">
+        <is>
+          <t>IN2120250054</t>
+        </is>
+      </c>
+      <c r="D90" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E90" s="6" t="n">
+        <v>9000000</v>
+      </c>
+      <c r="F90" s="7" t="n">
+        <v>9095.360000000001</v>
+      </c>
+      <c r="G90" s="8" t="n">
+        <v>0.0076</v>
+      </c>
+      <c r="H90" s="12" t="n">
+        <v>51691</v>
+      </c>
+      <c r="J90" s="7" t="n">
+        <v>7.2637</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="2" t="n">
+        <v>69</v>
+      </c>
+      <c r="B91" s="2" t="inlineStr">
+        <is>
+          <t>7.22% Madhya Pradesh SDL 2043</t>
+        </is>
+      </c>
+      <c r="C91" s="2" t="inlineStr">
+        <is>
+          <t>IN2120250096</t>
+        </is>
+      </c>
+      <c r="D91" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E91" s="6" t="n">
+        <v>7000000</v>
+      </c>
+      <c r="F91" s="7" t="n">
+        <v>7062.95</v>
+      </c>
+      <c r="G91" s="8" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="H91" s="12" t="n">
+        <v>52449</v>
+      </c>
+      <c r="J91" s="7" t="n">
+        <v>7.3</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="B92" s="2" t="inlineStr">
+        <is>
+          <t>6.99% Madhya Pradesh SDL 2041</t>
+        </is>
+      </c>
+      <c r="C92" s="2" t="inlineStr">
+        <is>
+          <t>IN2120210041</t>
+        </is>
+      </c>
+      <c r="D92" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E92" s="6" t="n">
+        <v>6000000</v>
+      </c>
+      <c r="F92" s="7" t="n">
+        <v>6039.42</v>
+      </c>
+      <c r="G92" s="8" t="n">
+        <v>0.0051</v>
+      </c>
+      <c r="H92" s="12" t="n">
+        <v>51822</v>
+      </c>
+      <c r="J92" s="7" t="n">
+        <v>7.2587</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="2" t="n">
+        <v>71</v>
+      </c>
+      <c r="B93" s="2" t="inlineStr">
+        <is>
+          <t>7.24% GOI 2055</t>
+        </is>
+      </c>
+      <c r="C93" s="2" t="inlineStr">
+        <is>
+          <t>IN0020250075</t>
+        </is>
+      </c>
+      <c r="D93" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E93" s="6" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F93" s="7" t="n">
+        <v>5083.77</v>
+      </c>
+      <c r="G93" s="8" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="H93" s="12" t="n">
+        <v>56844</v>
+      </c>
+      <c r="J93" s="7" t="n">
+        <v>7.2216</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="2" t="n">
+        <v>72</v>
+      </c>
+      <c r="B94" s="2" t="inlineStr">
+        <is>
+          <t>7.40% Madhya Pradesh SDL 2046</t>
+        </is>
+      </c>
+      <c r="C94" s="2" t="inlineStr">
+        <is>
+          <t>IN2120250203</t>
+        </is>
+      </c>
+      <c r="D94" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E94" s="6" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F94" s="7" t="n">
+        <v>5019.89</v>
+      </c>
+      <c r="G94" s="8" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H94" s="12" t="n">
+        <v>53629</v>
+      </c>
+      <c r="J94" s="7" t="n">
+        <v>7.3663</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="2" t="n">
+        <v>73</v>
+      </c>
+      <c r="B95" s="2" t="inlineStr">
+        <is>
+          <t>6.68% GOI 2040</t>
+        </is>
+      </c>
+      <c r="C95" s="2" t="inlineStr">
+        <is>
+          <t>IN0020250042</t>
+        </is>
+      </c>
+      <c r="D95" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E95" s="6" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F95" s="7" t="n">
+        <v>5007.87</v>
+      </c>
+      <c r="G95" s="8" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H95" s="12" t="n">
+        <v>51324</v>
+      </c>
+      <c r="J95" s="7" t="n">
+        <v>6.8927</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="2" t="n">
+        <v>74</v>
+      </c>
+      <c r="B96" s="2" t="inlineStr">
+        <is>
+          <t>7.01% Gujarat SDL 2031</t>
+        </is>
+      </c>
+      <c r="C96" s="2" t="inlineStr">
+        <is>
+          <t>IN1520240111</t>
+        </is>
+      </c>
+      <c r="D96" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E96" s="6" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F96" s="7" t="n">
+        <v>2564.59</v>
+      </c>
+      <c r="G96" s="8" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="H96" s="12" t="n">
+        <v>47856</v>
+      </c>
+      <c r="J96" s="7" t="n">
+        <v>6.9175</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="B97" s="2" t="inlineStr">
+        <is>
+          <t>7.65% Telangana SDL 2032</t>
+        </is>
+      </c>
+      <c r="C97" s="2" t="inlineStr">
+        <is>
+          <t>IN4520160149</t>
+        </is>
+      </c>
+      <c r="D97" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E97" s="6" t="n">
+        <v>1500000</v>
+      </c>
+      <c r="F97" s="7" t="n">
+        <v>1569.03</v>
+      </c>
+      <c r="G97" s="8" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="H97" s="12" t="n">
+        <v>48259</v>
+      </c>
+      <c r="J97" s="7" t="n">
+        <v>7.0506</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="2" t="n">
+        <v>76</v>
+      </c>
+      <c r="B98" s="2" t="inlineStr">
+        <is>
+          <t>8.30% GOI 2042</t>
+        </is>
+      </c>
+      <c r="C98" s="2" t="inlineStr">
+        <is>
+          <t>IN0020120062</t>
+        </is>
+      </c>
+      <c r="D98" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E98" s="6" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F98" s="7" t="n">
+        <v>1156.22</v>
+      </c>
+      <c r="G98" s="8" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="H98" s="12" t="n">
+        <v>52231</v>
+      </c>
+      <c r="J98" s="7" t="n">
+        <v>7.0021</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="B99" s="2" t="inlineStr">
+        <is>
+          <t>7.38% Madhya Pradesh SDL 2026</t>
+        </is>
+      </c>
+      <c r="C99" s="2" t="inlineStr">
+        <is>
+          <t>IN2120160030</t>
+        </is>
+      </c>
+      <c r="D99" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E99" s="6" t="n">
+        <v>250000</v>
+      </c>
+      <c r="F99" s="7" t="n">
+        <v>255.73</v>
+      </c>
+      <c r="G99" s="8" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="H99" s="12" t="n">
+        <v>46279</v>
+      </c>
+      <c r="J99" s="7" t="n">
+        <v>5.7799</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="9" t="n"/>
+      <c r="B100" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C100" s="9" t="n"/>
+      <c r="D100" s="9" t="n"/>
+      <c r="E100" s="9" t="n"/>
+      <c r="F100" s="10" t="n">
+        <v>179439.61</v>
+      </c>
+      <c r="G100" s="11" t="n">
+        <v>0.1507</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="B102" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="103">
+      <c r="B103" s="4" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="104">
+      <c r="B104" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="2" t="n">
+        <v>78</v>
+      </c>
+      <c r="B105" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C105" s="2" t="inlineStr">
+        <is>
+          <t>INE403D14585</t>
+        </is>
+      </c>
+      <c r="D105" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E105" s="6" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F105" s="7" t="n">
+        <v>4702.54</v>
+      </c>
+      <c r="G105" s="8" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="H105" s="12" t="n">
+        <v>46283</v>
+      </c>
+      <c r="J105" s="7" t="n">
+        <v>7.1925</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="9" t="n"/>
+      <c r="B106" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C106" s="9" t="n"/>
+      <c r="D106" s="9" t="n"/>
+      <c r="E106" s="9" t="n"/>
+      <c r="F106" s="10" t="n">
+        <v>4702.54</v>
+      </c>
+      <c r="G106" s="11" t="n">
+        <v>0.0039</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="2" t="n">
+        <v>79</v>
+      </c>
+      <c r="B108" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F108" s="7" t="n">
+        <v>62198.42</v>
+      </c>
+      <c r="G108" s="8" t="n">
+        <v>0.0523</v>
+      </c>
+      <c r="H108" s="12" t="n">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="9" t="n"/>
+      <c r="B109" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C109" s="9" t="n"/>
+      <c r="D109" s="9" t="n"/>
+      <c r="E109" s="9" t="n"/>
+      <c r="F109" s="10" t="n">
+        <v>62198.42</v>
+      </c>
+      <c r="G109" s="11" t="n">
+        <v>0.0523</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="B111" s="4" t="inlineStr">
+        <is>
+          <t>Mutual Funds</t>
+        </is>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="B112" s="2" t="inlineStr">
+        <is>
+          <t>DSP Short Term Fund- Direct - Growth</t>
+        </is>
+      </c>
+      <c r="C112" s="2" t="inlineStr">
+        <is>
+          <t>INF740K01NJ5</t>
+        </is>
+      </c>
+      <c r="D112" s="2" t="inlineStr">
+        <is>
+          <t>Mutual Funds</t>
+        </is>
+      </c>
+      <c r="E112" s="6" t="n">
+        <v>50704568.198</v>
+      </c>
+      <c r="F112" s="7" t="n">
+        <v>26263.85</v>
+      </c>
+      <c r="G112" s="8" t="n">
+        <v>0.0221</v>
+      </c>
+      <c r="J112" s="7" t="n">
+        <v>6.892869</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="9" t="n"/>
+      <c r="B113" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C113" s="9" t="n"/>
+      <c r="D113" s="9" t="n"/>
+      <c r="E113" s="9" t="n"/>
+      <c r="F113" s="10" t="n">
+        <v>26263.85</v>
+      </c>
+      <c r="G113" s="11" t="n">
+        <v>0.0221</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="B115" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="116">
+      <c r="B116" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E116" s="6" t="n"/>
+      <c r="F116" s="7" t="n">
+        <v>635.78</v>
+      </c>
+      <c r="G116" s="8" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J116" s="7" t="n"/>
+    </row>
+    <row r="117">
+      <c r="A117" s="9" t="n"/>
+      <c r="B117" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C117" s="9" t="n"/>
+      <c r="D117" s="9" t="n"/>
+      <c r="E117" s="9" t="n"/>
+      <c r="F117" s="10" t="n">
+        <v>635.78</v>
+      </c>
+      <c r="G117" s="11" t="n">
+        <v>0.0001</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="5" t="n"/>
+      <c r="B119" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C119" s="5" t="n"/>
+      <c r="D119" s="5" t="n"/>
+      <c r="E119" s="5" t="n"/>
+      <c r="F119" s="13" t="n">
+        <v>1190972.38</v>
+      </c>
+      <c r="G119" s="14" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.35">
-      <c r="A4" s="3" t="s">
+    <row r="120">
+      <c r="A120" s="91" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="B121" s="2" t="inlineStr">
+        <is>
+          <t>^ Pending Listing</t>
+        </is>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="B122" s="2" t="inlineStr">
+        <is>
+          <t>** Non Traded / Thinly Traded and illiquid securities in case of Equity instruments and Non Traded in case of Debt Instruments in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="93" t="n">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="B123" s="93" t="inlineStr">
+        <is>
+          <t>* Less than 0.01%</t>
+        </is>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="16" t="n">
         <v>4</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="B124" s="16" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="125" ht="27" customHeight="1" s="77">
+      <c r="A125" s="16" t="n">
         <v>5</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="B125" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="126" ht="125.15" customHeight="1" s="77">
+      <c r="A126" t="n">
         <v>6</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="B126" s="78" t="inlineStr">
+        <is>
+          <t xml:space="preserve">As per SEBI (MUTUAL FUNDS) REGULATIONS, 1996 and  MASTER CIRCULAR SEBI/HO/IMD/IMD-PoD-1/P/CIR/2024/90 Dtd June 27th 2024,  Below are the details of the securities in case of which issuer has defaulted beyond its maturity date. 
+Pursuant to the application filed by the Board of IL&amp;FS with the Hon’ble NCLAT to effect the interim distribution process, DSP Aggresive Hybrid Fund has received Interim distribution from IL&amp;FS Transportation Networks Limited as stated below in the form of cash and InVITs. The cash distribution has been recognized as realized income passed on to the investors through NAV. The impact of InVITs has been factored in the NAV of the respective scheme on the March 07,2025 on which the INVITs were allotted. The provision of 10% is created on all the distributions of ITNL including prior distribution to safeguard the interest of unit holders as ITNL may claw back the amount in case the distribution results in excess distribution than what the debenture holders ought to have received.  </t>
+        </is>
+      </c>
+      <c r="C126" s="96" t="n"/>
+      <c r="D126" s="96" t="n"/>
+      <c r="E126" s="96" t="n"/>
+      <c r="F126" s="96" t="n"/>
+    </row>
+    <row r="127" ht="81" customHeight="1" s="77">
+      <c r="B127" s="79" t="inlineStr">
+        <is>
+          <t>Security Name</t>
+        </is>
+      </c>
+      <c r="C127" s="79" t="inlineStr">
+        <is>
+          <t>ISIN</t>
+        </is>
+      </c>
+      <c r="D127" s="79" t="inlineStr">
+        <is>
+          <t>value of the security considered under net receivables (i.e. value recognized in NAV in absolute terms and as % to NAV)
+(Rs.in lakhs)</t>
+        </is>
+      </c>
+      <c r="E127" s="97" t="n"/>
+      <c r="F127" s="79" t="inlineStr">
+        <is>
+          <t>total amount (including principal and interest) that is due to the scheme on that investment
+(Rs.in lakhs)</t>
+        </is>
+      </c>
+      <c r="G127" s="19" t="inlineStr">
+        <is>
+          <t>Interim Distribution received (Rs.in lakhs)</t>
+        </is>
+      </c>
+      <c r="H127" s="79" t="inlineStr">
+        <is>
+          <t>Date of passing Interim Distribution recognized in NAV</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" ht="27" customHeight="1" s="77">
+      <c r="B128" s="20" t="inlineStr">
+        <is>
+          <t>0% IL&amp;FS Transportation Networks Limited Ncd Series A 23032019</t>
+        </is>
+      </c>
+      <c r="C128" s="20" t="inlineStr">
+        <is>
+          <t>INE975G08140</t>
+        </is>
+      </c>
+      <c r="D128" s="21" t="n">
+        <v>0</v>
+      </c>
+      <c r="E128" s="22" t="n">
+        <v>0</v>
+      </c>
+      <c r="F128" s="98" t="n">
+        <v>5965.03089</v>
+      </c>
+      <c r="G128" s="23" t="n">
+        <v>372.15</v>
+      </c>
+      <c r="H128" s="24" t="n">
+        <v>45218</v>
+      </c>
+    </row>
+    <row r="129" ht="27" customHeight="1" s="77">
+      <c r="B129" s="20" t="inlineStr">
+        <is>
+          <t>0% IL&amp;FS Transportation Networks Limited Ncd Series A 23032019</t>
+        </is>
+      </c>
+      <c r="C129" s="20" t="inlineStr">
+        <is>
+          <t>INE975G08140</t>
+        </is>
+      </c>
+      <c r="D129" s="21" t="n">
+        <v>0</v>
+      </c>
+      <c r="E129" s="22" t="n">
+        <v>0</v>
+      </c>
+      <c r="F129" s="99" t="n"/>
+      <c r="G129" s="23" t="n">
+        <v>188.35844</v>
+      </c>
+      <c r="H129" s="24" t="n">
+        <v>45715</v>
+      </c>
+    </row>
+    <row r="130" ht="35" customHeight="1" s="77">
+      <c r="A130" s="2" t="n">
         <v>7</v>
       </c>
-      <c r="G4" s="3" t="s">
+      <c r="B130" s="2" t="inlineStr">
+        <is>
+          <t>Yield to call as per AMFI Best Practices Guidelines Circular No. 88 / 2020 -21</t>
+        </is>
+      </c>
+    </row>
+    <row r="131" ht="14.5" customHeight="1" s="77">
+      <c r="B131" s="25" t="inlineStr">
+        <is>
+          <t>Issuer</t>
+        </is>
+      </c>
+      <c r="C131" s="26" t="inlineStr">
+        <is>
+          <t>ISIN</t>
+        </is>
+      </c>
+      <c r="D131" s="26" t="inlineStr">
+        <is>
+          <t>YTC</t>
+        </is>
+      </c>
+    </row>
+    <row r="132" ht="14.5" customHeight="1" s="77">
+      <c r="B132" s="27" t="inlineStr">
+        <is>
+          <t>CANARA BANK BASEL III TIER 1**</t>
+        </is>
+      </c>
+      <c r="C132" s="28" t="inlineStr">
+        <is>
+          <t>INE476A08241</t>
+        </is>
+      </c>
+      <c r="D132" s="29" t="n">
+        <v>0.07448399999999999</v>
+      </c>
+    </row>
+    <row r="134" ht="62" customHeight="1" s="77">
+      <c r="A134" s="2" t="n">
         <v>8</v>
       </c>
-      <c r="H4" s="3" t="s">
-[...2791 lines deleted...]
-        <v>238</v>
+      <c r="B134" s="90" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
+        </is>
+      </c>
+    </row>
+    <row r="137" ht="14.5" customHeight="1" s="77">
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Scheme Riskometer</t>
+        </is>
+      </c>
+    </row>
+    <row r="151" ht="14.5" customHeight="1" s="77">
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Benchmark Riskometer: CRISIL Hybrid 35+65 - Aggressive Index</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
+    <mergeCell ref="B126:F126"/>
+    <mergeCell ref="D127:E127"/>
     <mergeCell ref="F128:F129"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="D127:E127"/>
-[...1 lines deleted...]
-    <mergeCell ref="B135:H135"/>
+    <mergeCell ref="B134:H134"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4D080239-464F-4F11-920E-442ACC76851B}">
-  <dimension ref="A1:L151"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:A1"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
-[...2870 lines deleted...]
-      <selection activeCell="A4" sqref="A4"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
-[...823 lines deleted...]
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
-  <DocSecurity>0</DocSecurity>
-[...21 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...1 lines deleted...]
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>
-
-[...27 lines deleted...]
-</file>