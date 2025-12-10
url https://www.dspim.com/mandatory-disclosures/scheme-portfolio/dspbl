--- v2 (2025-11-19)
+++ v3 (2025-12-10)
@@ -1,80 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Aggressive Hybrid" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
-    <numFmt numFmtId="166" formatCode="0.0%"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="24">
+  <fonts count="15">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -109,510 +103,381 @@
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="Arial"/>
-[...42 lines deleted...]
-    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Arial"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color indexed="8"/>
-[...4 lines deleted...]
-      <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="12">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...7 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...35 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="100">
+  <cellXfs count="74">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...18 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...60 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
@@ -661,117 +526,117 @@
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
-      <colOff>0</colOff>
-      <row>138</row>
+      <colOff>22412</colOff>
+      <row>139</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2374900</colOff>
-[...1 lines deleted...]
-      <rowOff>31750</rowOff>
+      <colOff>2400487</colOff>
+      <row>148</row>
+      <rowOff>34926</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="22542500"/>
-          <a:ext cx="2374900" cy="1574800"/>
+          <a:off x="463177" y="31242000"/>
+          <a:ext cx="2378075" cy="1783043"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
       <row>152</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2374900</colOff>
+      <colOff>2378075</colOff>
       <row>161</row>
-      <rowOff>31750</rowOff>
+      <rowOff>34925</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="24955500"/>
+          <a:off x="457200" y="25469850"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1008,3533 +873,3583 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:L151"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="52.81640625" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="13.54296875" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="42.54296875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14.81640625" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="42.54296875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="77">
-[...1 lines deleted...]
-      <c r="B1" s="76" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="49">
+      <c r="A1" s="48" t="n"/>
+      <c r="B1" s="48" t="inlineStr">
         <is>
           <t>DSP Aggressive Hybrid Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on November 30, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE040A01034</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E8" s="6" t="n">
+      <c r="E8" s="5" t="n">
         <v>8541164</v>
       </c>
-      <c r="F8" s="7" t="n">
-[...6 lines deleted...]
-      <c r="K8" s="4" t="inlineStr">
+      <c r="F8" s="6" t="n">
+        <v>86060.77</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.0711</v>
+      </c>
+      <c r="J8" s="6" t="n"/>
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>ICICI Bank Limited</t>
         </is>
       </c>
-      <c r="C9" s="2" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE090A01021</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E9" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K9" s="2" t="inlineStr">
+      <c r="E9" s="5" t="n">
+        <v>4555949</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>63273.02</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.0523</v>
+      </c>
+      <c r="J9" s="6" t="n"/>
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="L9" s="8" t="n">
-        <v>0.2132</v>
+      <c r="L9" s="7" t="n">
+        <v>0.2232</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="n">
+      <c r="A10" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="2" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>INE101A01026</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E10" s="5" t="n">
+        <v>1317286</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>49494.39</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0409</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L10" s="7" t="n">
+        <v>0.1431</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Axis Bank Limited</t>
         </is>
       </c>
-      <c r="C10" s="2" t="inlineStr">
+      <c r="C11" s="1" t="inlineStr">
         <is>
           <t>INE238A01034</t>
         </is>
       </c>
-      <c r="D10" s="2" t="inlineStr">
+      <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E10" s="6" t="n">
+      <c r="E11" s="5" t="n">
         <v>3838487</v>
       </c>
-      <c r="F10" s="7" t="n">
-[...6 lines deleted...]
-      <c r="K10" s="2" t="inlineStr">
+      <c r="F11" s="6" t="n">
+        <v>49121.12</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0406</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.0644</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>INE237A01028</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="n">
+        <v>2148818</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>45649.49</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0377</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.0595</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Infosys Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE009A01021</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="n">
+        <v>2719040</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>42419.74</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.035</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0557</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="n">
+        <v>31801866</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>36988.75</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0306</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.0409</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>ITC Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE154A01025</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="n">
+        <v>8602900</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>34777.22</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0287</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0365</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>NTPC Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE733E01010</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="n">
+        <v>10222039</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>33369.85</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0276</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.0358</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>SBI Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE123W01016</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="n">
+        <v>1604873</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>31551.8</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0261</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
+        <v>0.034</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Cipla Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE059A01026</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="n">
+        <v>1991257</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>30492.12</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0252</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="L18" s="7" t="n">
+        <v>0.0287</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>State Bank of India</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE062A01020</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="n">
+        <v>2654601</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>25988.54</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0215</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L19" s="7" t="n">
+        <v>0.0277</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Emami Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE548C01032</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="n">
+        <v>4679374</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>24824.08</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0205</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L20" s="7" t="n">
+        <v>0.0276</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE129A01019</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="n">
+        <v>9779232</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>17220.25</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L21" s="7" t="n">
+        <v>0.0236</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Indus Towers Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE121J01017</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="n">
+        <v>4126188</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>16548.08</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0137</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Mutual Funds</t>
+        </is>
+      </c>
+      <c r="L22" s="7" t="n">
+        <v>0.0218</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Petronet LNG Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE347G01014</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="n">
+        <v>6025782</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>16381.09</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0135</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L23" s="7" t="n">
+        <v>0.0205</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE296A01032</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="n">
+        <v>1525950</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>15831.73</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0131</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L24" s="7" t="n">
+        <v>0.0183</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Syngene International Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE398R01022</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="n">
+        <v>2321220</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>15048.47</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0124</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L25" s="7" t="n">
+        <v>0.0137</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE134E01011</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="n">
+        <v>4110243</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>14907.85</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0123</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="L26" s="7" t="n">
+        <v>0.0137</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Rainbow Childrens Medicare Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE961O01016</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="n">
+        <v>1007153</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>13609.66</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0112</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="L27" s="7" t="n">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>IPCA Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE571A01038</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="n">
+        <v>926481</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>13462.7</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0111</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="L28" s="7" t="n">
+        <v>0.0091</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>HCL Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE860A01027</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="n">
+        <v>787524</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>12790.96</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0106</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L29" s="7" t="n">
+        <v>0.008</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finserv Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE918I01026</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="n">
+        <v>603662</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>12640.68</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0104</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L30" s="7" t="n">
+        <v>0.0074</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Coforge Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE591G01025</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="n">
+        <v>640742</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>12229.84</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0101</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="L31" s="7" t="n">
+        <v>0.0073</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Radico Khaitan Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE944F01028</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="n">
+        <v>342554</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>10989.47</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0091</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L32" s="7" t="n">
+        <v>0.0069</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Alkem Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE540L01014</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="n">
+        <v>174436</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>9916.690000000001</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L33" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Cohance Lifesciences Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE03QK01018</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="n">
+        <v>1730282</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>9765.709999999999</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="L34" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Century Plyboards (India) Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE348B01021</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="n">
+        <v>1213466</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>9717.440000000001</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="L35" s="7" t="n">
+        <v>0.0052</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Lombard General Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE765G01017</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="n">
+        <v>486620</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>9588.85</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.007900000000000001</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="L36" s="7" t="n">
+        <v>0.0039</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Cyient Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE136B01020</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="n">
+        <v>798960</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>8977.110000000001</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L37" s="7" t="n">
+        <v>0.0025</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Gujarat Fluorochemicals Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE09N301011</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="n">
+        <v>245398</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>8401.200000000001</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L38" s="7" t="n">
+        <v>0.0004</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>APL Apollo Tubes Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE702C01027</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="n">
+        <v>455777</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>7834.35</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="J39" s="6" t="n"/>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L39" s="7" t="n">
+        <v>0.0377</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Ganesha Ecosphere Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE845D01014</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="n">
+        <v>838186</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>7687.84</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Alembic Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE901L01018</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="n">
+        <v>810789</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>7355.48</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0061</v>
+      </c>
+      <c r="J41" s="6" t="n"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>UNO Minda Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE405E01023</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="n">
+        <v>545980</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>7134.87</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="J42" s="6" t="n"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Emcure Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE168P01015</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="n">
+        <v>487649</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>6896.82</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="J43" s="6" t="n"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>PI Industries Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>INE603J01030</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="n">
+        <v>185420</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>6296.12</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="J44" s="6" t="n"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Tata Motors Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INE1TAE01010</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="n">
+        <v>1344354</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>4732.13</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="J45" s="6" t="n"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>PRUDENT CORPORATE ADVISORY SERVICES Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>INE00F201020</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="n">
+        <v>124610</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>3081.85</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0025</v>
+      </c>
+      <c r="J46" s="6" t="n"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="8" t="n"/>
+      <c r="B47" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C47" s="8" t="n"/>
+      <c r="D47" s="8" t="n"/>
+      <c r="E47" s="8" t="n"/>
+      <c r="F47" s="9" t="n">
+        <v>833058.13</v>
+      </c>
+      <c r="G47" s="10" t="n">
+        <v>0.6882</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="B49" s="3" t="inlineStr">
+        <is>
+          <t>Unlisted</t>
+        </is>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>SIP Technologies &amp; Export Limited**</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>INE468B01019</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="n">
+        <v>52521</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G50" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="J50" s="6" t="n"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="8" t="n"/>
+      <c r="B51" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C51" s="8" t="n"/>
+      <c r="D51" s="8" t="n"/>
+      <c r="E51" s="8" t="n"/>
+      <c r="F51" s="9" t="n">
+        <v>0</v>
+      </c>
+      <c r="G51" s="10" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="B53" s="3" t="inlineStr">
+        <is>
+          <t>Units issued by REITs &amp; InvITs</t>
+        </is>
+      </c>
+    </row>
+    <row r="54">
+      <c r="B54" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Roadstar Infra Investment Trust</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>INE0JEI23010</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="n">
+        <v>660000</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>479.09</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="H55" s="11" t="n"/>
+      <c r="J55" s="6" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="8" t="n"/>
+      <c r="B56" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C56" s="8" t="n"/>
+      <c r="D56" s="8" t="n"/>
+      <c r="E56" s="8" t="n"/>
+      <c r="F56" s="9" t="n">
+        <v>479.09</v>
+      </c>
+      <c r="G56" s="10" t="n">
+        <v>0.0004</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="B58" s="3" t="inlineStr">
+        <is>
+          <t>DEBT INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="59">
+      <c r="B59" s="3" t="inlineStr">
+        <is>
+          <t>BOND &amp; NCD's</t>
+        </is>
+      </c>
+    </row>
+    <row r="60">
+      <c r="B60" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EJ7</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="n">
+        <v>15000</v>
+      </c>
+      <c r="F61" s="6" t="n">
+        <v>16572.85</v>
+      </c>
+      <c r="G61" s="7" t="n">
+        <v>0.0137</v>
+      </c>
+      <c r="H61" s="11" t="n">
+        <v>47458</v>
+      </c>
+      <c r="J61" s="6" t="n">
+        <v>6.775</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EG3</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>10726.02</v>
+      </c>
+      <c r="G62" s="7" t="n">
+        <v>0.0089</v>
+      </c>
+      <c r="H62" s="11" t="n">
+        <v>47238</v>
+      </c>
+      <c r="J62" s="6" t="n">
+        <v>6.735</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>INE403D08280</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>10121.69</v>
+      </c>
+      <c r="G63" s="7" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="H63" s="11" t="n">
+        <v>47102</v>
+      </c>
+      <c r="J63" s="6" t="n">
+        <v>7.355</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="1" t="n">
+        <v>45</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development**</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>INE0KUG08043</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>7737.81</v>
+      </c>
+      <c r="G64" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H64" s="11" t="n">
+        <v>52821</v>
+      </c>
+      <c r="I64" s="1" t="inlineStr">
+        <is>
+          <t>CA - 13-Feb-2026</t>
+        </is>
+      </c>
+      <c r="J64" s="6" t="n">
+        <v>7.2599</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="1" t="n">
+        <v>46</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>INE040A08567</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="n">
+        <v>65</v>
+      </c>
+      <c r="F65" s="6" t="n">
+        <v>6923.68</v>
+      </c>
+      <c r="G65" s="7" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="H65" s="11" t="n">
+        <v>46473</v>
+      </c>
+      <c r="J65" s="6" t="n">
+        <v>6.744</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="1" t="n">
+        <v>47</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>CANARA BANK BASEL III TIER 1**</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>INE476A08241</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="n">
+        <v>50</v>
+      </c>
+      <c r="F66" s="6" t="n">
+        <v>5266.69</v>
+      </c>
+      <c r="G66" s="7" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="H66" s="11" t="n">
+        <v>82057</v>
+      </c>
+      <c r="I66" s="1" t="inlineStr">
+        <is>
+          <t>CA - 29-Aug-2029</t>
+        </is>
+      </c>
+      <c r="J66" s="6" t="n">
+        <v>7.2449</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>INE377Y07482</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F67" s="6" t="n">
+        <v>5250.56</v>
+      </c>
+      <c r="G67" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="H67" s="11" t="n">
+        <v>46576</v>
+      </c>
+      <c r="J67" s="6" t="n">
+        <v>6.85</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="1" t="n">
+        <v>49</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08EI8</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F68" s="6" t="n">
+        <v>5153.74</v>
+      </c>
+      <c r="G68" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="H68" s="11" t="n">
+        <v>46234</v>
+      </c>
+      <c r="J68" s="6" t="n">
+        <v>6.49</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KK5</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F69" s="6" t="n">
+        <v>5122.96</v>
+      </c>
+      <c r="G69" s="7" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H69" s="11" t="n">
+        <v>46496</v>
+      </c>
+      <c r="J69" s="6" t="n">
+        <v>6.61</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="1" t="n">
+        <v>51</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08LM8</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="n">
+        <v>500</v>
+      </c>
+      <c r="F70" s="6" t="n">
+        <v>5066.99</v>
+      </c>
+      <c r="G70" s="7" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H70" s="11" t="n">
+        <v>48122</v>
+      </c>
+      <c r="J70" s="6" t="n">
+        <v>6.905</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="1" t="n">
+        <v>52</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>INE414G07JU8</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="n">
+        <v>4250</v>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>4253.69</v>
+      </c>
+      <c r="G71" s="7" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="H71" s="11" t="n">
+        <v>47171</v>
+      </c>
+      <c r="J71" s="6" t="n">
+        <v>7.86</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="1" t="n">
+        <v>53</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FK1</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F72" s="6" t="n">
+        <v>2672.22</v>
+      </c>
+      <c r="G72" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="H72" s="11" t="n">
+        <v>51104</v>
+      </c>
+      <c r="J72" s="6" t="n">
+        <v>7.1648</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="1" t="n">
+        <v>54</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>INE414G07IF1</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F73" s="6" t="n">
+        <v>2648.22</v>
+      </c>
+      <c r="G73" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="H73" s="11" t="n">
+        <v>46867</v>
+      </c>
+      <c r="I73" s="1" t="inlineStr">
+        <is>
+          <t>PU - 25-May-2026</t>
+        </is>
+      </c>
+      <c r="J73" s="6" t="n">
+        <v>7.76</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="1" t="n">
+        <v>55</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>INE053F07AY7</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="n">
+        <v>250</v>
+      </c>
+      <c r="F74" s="6" t="n">
+        <v>2644.2</v>
+      </c>
+      <c r="G74" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="H74" s="11" t="n">
+        <v>47091</v>
+      </c>
+      <c r="J74" s="6" t="n">
+        <v>6.68</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="1" t="n">
+        <v>56</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>INE916DA7SU4</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F75" s="6" t="n">
+        <v>2630.78</v>
+      </c>
+      <c r="G75" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="H75" s="11" t="n">
+        <v>46559</v>
+      </c>
+      <c r="J75" s="6" t="n">
+        <v>6.9475</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="1" t="n">
+        <v>57</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>INE121A07RC3</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F76" s="6" t="n">
+        <v>2621.78</v>
+      </c>
+      <c r="G76" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="H76" s="11" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J76" s="6" t="n">
+        <v>7.1275</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="1" t="n">
+        <v>58</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>State Bank of India**</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>INE062A08439</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F77" s="6" t="n">
+        <v>2611.01</v>
+      </c>
+      <c r="G77" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="H77" s="11" t="n">
+        <v>50962</v>
+      </c>
+      <c r="J77" s="6" t="n">
+        <v>7.17</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="1" t="n">
+        <v>59</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>INE053F08437</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F78" s="6" t="n">
+        <v>2610.69</v>
+      </c>
+      <c r="G78" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="H78" s="11" t="n">
+        <v>51088</v>
+      </c>
+      <c r="J78" s="6" t="n">
+        <v>7.155</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="1" t="n">
+        <v>60</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>INE414G07IH7</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F79" s="6" t="n">
+        <v>2607.19</v>
+      </c>
+      <c r="G79" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="H79" s="11" t="n">
+        <v>46961</v>
+      </c>
+      <c r="I79" s="1" t="inlineStr">
+        <is>
+          <t>PU - 27-Oct-2026</t>
+        </is>
+      </c>
+      <c r="J79" s="6" t="n">
+        <v>7.78</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="1" t="n">
+        <v>61</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>INE414G07IG9</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F80" s="6" t="n">
+        <v>2584.22</v>
+      </c>
+      <c r="G80" s="7" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="H80" s="11" t="n">
+        <v>46234</v>
+      </c>
+      <c r="J80" s="6" t="n">
+        <v>7.385</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="1" t="n">
+        <v>62</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08ND3</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F81" s="6" t="n">
+        <v>2576.53</v>
+      </c>
+      <c r="G81" s="7" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="H81" s="11" t="n">
+        <v>48136</v>
+      </c>
+      <c r="J81" s="6" t="n">
+        <v>6.905</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="1" t="n">
+        <v>63</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>INE092T08626</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="n">
+        <v>78</v>
+      </c>
+      <c r="F82" s="6" t="n">
+        <v>845.59</v>
+      </c>
+      <c r="G82" s="7" t="n">
+        <v>0.0007</v>
+      </c>
+      <c r="H82" s="11" t="n">
+        <v>46028</v>
+      </c>
+      <c r="J82" s="6" t="n">
+        <v>6.9327</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="8" t="n"/>
+      <c r="B83" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C83" s="8" t="n"/>
+      <c r="D83" s="8" t="n"/>
+      <c r="E83" s="8" t="n"/>
+      <c r="F83" s="9" t="n">
+        <v>109249.11</v>
+      </c>
+      <c r="G83" s="10" t="n">
+        <v>0.0905</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="B85" s="3" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="1" t="n">
+        <v>64</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>6.90% GOI 2065</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250018</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L10" s="8" t="n">
-[...4 lines deleted...]
-      <c r="A11" s="2" t="n">
+      <c r="E86" s="5" t="n">
+        <v>72500000</v>
+      </c>
+      <c r="F86" s="6" t="n">
+        <v>68615.92999999999</v>
+      </c>
+      <c r="G86" s="7" t="n">
+        <v>0.0567</v>
+      </c>
+      <c r="H86" s="11" t="n">
+        <v>60372</v>
+      </c>
+      <c r="J86" s="6" t="n">
+        <v>7.3881</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="1" t="n">
+        <v>65</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>8.51% GOI FRB 2033</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>IN0020200120</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="n">
+        <v>27500000</v>
+      </c>
+      <c r="F87" s="6" t="n">
+        <v>28781.08</v>
+      </c>
+      <c r="G87" s="7" t="n">
+        <v>0.0238</v>
+      </c>
+      <c r="H87" s="11" t="n">
+        <v>48844</v>
+      </c>
+      <c r="J87" s="6" t="n">
+        <v>6.2439</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="1" t="n">
+        <v>66</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>7.24% GOI 2055</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250075</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="n">
+        <v>21000000</v>
+      </c>
+      <c r="F88" s="6" t="n">
+        <v>21255.35</v>
+      </c>
+      <c r="G88" s="7" t="n">
+        <v>0.0176</v>
+      </c>
+      <c r="H88" s="11" t="n">
+        <v>56844</v>
+      </c>
+      <c r="J88" s="6" t="n">
+        <v>7.3095</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="1" t="n">
+        <v>67</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>7.09% GOI 2054</t>
+        </is>
+      </c>
+      <c r="C89" s="1" t="inlineStr">
+        <is>
+          <t>IN0020240118</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="n">
+        <v>12000000</v>
+      </c>
+      <c r="F89" s="6" t="n">
+        <v>11959.6</v>
+      </c>
+      <c r="G89" s="7" t="n">
+        <v>0.009900000000000001</v>
+      </c>
+      <c r="H89" s="11" t="n">
+        <v>56466</v>
+      </c>
+      <c r="J89" s="6" t="n">
+        <v>7.3084</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="1" t="n">
+        <v>68</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>7.14% Madhya Pradesh SDL 2041</t>
+        </is>
+      </c>
+      <c r="C90" s="1" t="inlineStr">
+        <is>
+          <t>IN2120250054</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="n">
+        <v>9000000</v>
+      </c>
+      <c r="F90" s="6" t="n">
+        <v>9058.360000000001</v>
+      </c>
+      <c r="G90" s="7" t="n">
+        <v>0.0075</v>
+      </c>
+      <c r="H90" s="11" t="n">
+        <v>51691</v>
+      </c>
+      <c r="J90" s="6" t="n">
+        <v>7.375</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="1" t="n">
+        <v>69</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>7.19% Telangana SDL 2044</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>IN4520250262</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="n">
+        <v>7500000</v>
+      </c>
+      <c r="F91" s="6" t="n">
+        <v>7485.38</v>
+      </c>
+      <c r="G91" s="7" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="H91" s="11" t="n">
+        <v>52815</v>
+      </c>
+      <c r="J91" s="6" t="n">
+        <v>7.4374</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="1" t="n">
+        <v>70</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>7.06% GOI 2046</t>
+        </is>
+      </c>
+      <c r="C92" s="1" t="inlineStr">
+        <is>
+          <t>IN0020160068</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="n">
+        <v>6500000</v>
+      </c>
+      <c r="F92" s="6" t="n">
+        <v>6546.59</v>
+      </c>
+      <c r="G92" s="7" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="H92" s="11" t="n">
+        <v>53610</v>
+      </c>
+      <c r="J92" s="6" t="n">
+        <v>7.0851</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="1" t="n">
+        <v>71</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>6.99% Madhya Pradesh SDL 2041</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>IN2120210041</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="n">
+        <v>6000000</v>
+      </c>
+      <c r="F93" s="6" t="n">
+        <v>5804.14</v>
+      </c>
+      <c r="G93" s="7" t="n">
+        <v>0.0048</v>
+      </c>
+      <c r="H93" s="11" t="n">
+        <v>51822</v>
+      </c>
+      <c r="J93" s="6" t="n">
+        <v>7.37</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="1" t="n">
+        <v>72</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>7.01% Gujarat SDL 2031</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>IN1520240111</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F94" s="6" t="n">
+        <v>5162.98</v>
+      </c>
+      <c r="G94" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="H94" s="11" t="n">
+        <v>47856</v>
+      </c>
+      <c r="J94" s="6" t="n">
+        <v>6.8957</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="1" t="n">
+        <v>73</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>7.34% GOI 2064</t>
+        </is>
+      </c>
+      <c r="C95" s="1" t="inlineStr">
+        <is>
+          <t>IN0020240035</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="n">
+        <v>4000000</v>
+      </c>
+      <c r="F95" s="6" t="n">
+        <v>3996.03</v>
+      </c>
+      <c r="G95" s="7" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="H95" s="11" t="n">
+        <v>60014</v>
+      </c>
+      <c r="J95" s="6" t="n">
+        <v>7.4097</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="1" t="n">
+        <v>74</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>7.22% Madhya Pradesh SDL 2043</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>IN2120250096</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F96" s="6" t="n">
+        <v>2511.52</v>
+      </c>
+      <c r="G96" s="7" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="H96" s="11" t="n">
+        <v>52449</v>
+      </c>
+      <c r="J96" s="6" t="n">
+        <v>7.4074</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="1" t="n">
+        <v>75</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>7.65% Telangana SDL 2032</t>
+        </is>
+      </c>
+      <c r="C97" s="1" t="inlineStr">
+        <is>
+          <t>IN4520160149</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="n">
+        <v>1500000</v>
+      </c>
+      <c r="F97" s="6" t="n">
+        <v>1578.08</v>
+      </c>
+      <c r="G97" s="7" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="H97" s="11" t="n">
+        <v>48259</v>
+      </c>
+      <c r="J97" s="6" t="n">
+        <v>7.051</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="1" t="n">
+        <v>76</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>7.38% Madhya Pradesh SDL 2026</t>
+        </is>
+      </c>
+      <c r="C98" s="1" t="inlineStr">
+        <is>
+          <t>IN2120160030</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="n">
+        <v>250000</v>
+      </c>
+      <c r="F98" s="6" t="n">
+        <v>257.05</v>
+      </c>
+      <c r="G98" s="7" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="H98" s="11" t="n">
+        <v>46279</v>
+      </c>
+      <c r="J98" s="6" t="n">
+        <v>5.7258</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="8" t="n"/>
+      <c r="B99" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C99" s="8" t="n"/>
+      <c r="D99" s="8" t="n"/>
+      <c r="E99" s="8" t="n"/>
+      <c r="F99" s="9" t="n">
+        <v>173012.09</v>
+      </c>
+      <c r="G99" s="10" t="n">
+        <v>0.1431</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="B101" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="102">
+      <c r="B102" s="3" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="1" t="n">
+        <v>77</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6AE9</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F103" s="6" t="n">
+        <v>9937</v>
+      </c>
+      <c r="G103" s="7" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="H103" s="11" t="n">
+        <v>46030</v>
+      </c>
+      <c r="J103" s="6" t="n">
+        <v>6.0902</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="8" t="n"/>
+      <c r="B104" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C104" s="8" t="n"/>
+      <c r="D104" s="8" t="n"/>
+      <c r="E104" s="8" t="n"/>
+      <c r="F104" s="9" t="n">
+        <v>9937</v>
+      </c>
+      <c r="G104" s="10" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="B106" s="3" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="107">
+      <c r="B107" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="1" t="n">
+        <v>78</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Prime Limited</t>
+        </is>
+      </c>
+      <c r="C108" s="1" t="inlineStr">
+        <is>
+          <t>INE916D144S0</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F108" s="6" t="n">
+        <v>7453.54</v>
+      </c>
+      <c r="G108" s="7" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="H108" s="11" t="n">
+        <v>46027</v>
+      </c>
+      <c r="J108" s="6" t="n">
+        <v>6.5008</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="1" t="n">
+        <v>79</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C109" s="1" t="inlineStr">
+        <is>
+          <t>INE403D14585</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F109" s="6" t="n">
+        <v>4729.73</v>
+      </c>
+      <c r="G109" s="7" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="H109" s="11" t="n">
+        <v>46283</v>
+      </c>
+      <c r="J109" s="6" t="n">
+        <v>7.1675</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="8" t="n"/>
+      <c r="B110" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C110" s="8" t="n"/>
+      <c r="D110" s="8" t="n"/>
+      <c r="E110" s="8" t="n"/>
+      <c r="F110" s="9" t="n">
+        <v>12183.27</v>
+      </c>
+      <c r="G110" s="10" t="n">
+        <v>0.0101</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="1" t="n">
+        <v>80</v>
+      </c>
+      <c r="B112" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F112" s="6" t="n">
+        <v>43694.12</v>
+      </c>
+      <c r="G112" s="7" t="n">
+        <v>0.0361</v>
+      </c>
+      <c r="H112" s="11" t="n">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="8" t="n"/>
+      <c r="B113" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C113" s="8" t="n"/>
+      <c r="D113" s="8" t="n"/>
+      <c r="E113" s="8" t="n"/>
+      <c r="F113" s="9" t="n">
+        <v>43694.12</v>
+      </c>
+      <c r="G113" s="10" t="n">
+        <v>0.0361</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="B115" s="3" t="inlineStr">
+        <is>
+          <t>Mutual Funds</t>
+        </is>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="1" t="n">
+        <v>81</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>DSP Short Term Fund- Direct - Growth</t>
+        </is>
+      </c>
+      <c r="C116" s="1" t="inlineStr">
+        <is>
+          <t>INF740K01NJ5</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Mutual Funds</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="n">
+        <v>50704568.198</v>
+      </c>
+      <c r="F116" s="6" t="n">
+        <v>26399.43</v>
+      </c>
+      <c r="G116" s="7" t="n">
+        <v>0.0218</v>
+      </c>
+      <c r="J116" s="6" t="n">
+        <v>6.514199</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="8" t="n"/>
+      <c r="B117" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C117" s="8" t="n"/>
+      <c r="D117" s="8" t="n"/>
+      <c r="E117" s="8" t="n"/>
+      <c r="F117" s="9" t="n">
+        <v>26399.43</v>
+      </c>
+      <c r="G117" s="10" t="n">
+        <v>0.0218</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="B119" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="120">
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="n"/>
+      <c r="F120" s="6" t="n">
+        <v>2523.65</v>
+      </c>
+      <c r="G120" s="7" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J120" s="6" t="n"/>
+    </row>
+    <row r="121">
+      <c r="A121" s="8" t="n"/>
+      <c r="B121" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C121" s="8" t="n"/>
+      <c r="D121" s="8" t="n"/>
+      <c r="E121" s="8" t="n"/>
+      <c r="F121" s="9" t="n">
+        <v>2523.65</v>
+      </c>
+      <c r="G121" s="10" t="n">
+        <v>0.0016</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="4" t="n"/>
+      <c r="B123" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C123" s="4" t="n"/>
+      <c r="D123" s="4" t="n"/>
+      <c r="E123" s="4" t="n"/>
+      <c r="F123" s="12" t="n">
+        <v>1210535.89</v>
+      </c>
+      <c r="G123" s="13" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>** Non Traded / Thinly Traded and illiquid securities in case of Equity instruments and Non Traded in case of Debt Instruments in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="14" t="n">
+        <v>2</v>
+      </c>
+      <c r="B126" s="14" t="inlineStr">
+        <is>
+          <t>* Less than 0.01%</t>
+        </is>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="15" t="n">
+        <v>3</v>
+      </c>
+      <c r="B127" s="15" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="128" ht="136.5" customHeight="1" s="49">
+      <c r="A128" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="2" t="inlineStr">
-[...3068 lines deleted...]
-      <c r="B126" s="78" t="inlineStr">
+      <c r="B128" s="50" t="inlineStr">
         <is>
           <t xml:space="preserve">As per SEBI (MUTUAL FUNDS) REGULATIONS, 1996 and  MASTER CIRCULAR SEBI/HO/IMD/IMD-PoD-1/P/CIR/2024/90 Dtd June 27th 2024,  Below are the details of the securities in case of which issuer has defaulted beyond its maturity date. 
 Pursuant to the application filed by the Board of IL&amp;FS with the Hon’ble NCLAT to effect the interim distribution process, DSP Aggresive Hybrid Fund has received Interim distribution from IL&amp;FS Transportation Networks Limited as stated below in the form of cash and InVITs. The cash distribution has been recognized as realized income passed on to the investors through NAV. The impact of InVITs has been factored in the NAV of the respective scheme on the March 07,2025 on which the INVITs were allotted. The provision of 10% is created on all the distributions of ITNL including prior distribution to safeguard the interest of unit holders as ITNL may claw back the amount in case the distribution results in excess distribution than what the debenture holders ought to have received.  </t>
         </is>
       </c>
-      <c r="C126" s="96" t="n"/>
-[...5 lines deleted...]
-      <c r="B127" s="79" t="inlineStr">
+      <c r="C128" s="70" t="n"/>
+      <c r="D128" s="70" t="n"/>
+      <c r="E128" s="70" t="n"/>
+      <c r="F128" s="70" t="n"/>
+    </row>
+    <row r="129" ht="81" customHeight="1" s="49">
+      <c r="B129" s="51" t="inlineStr">
         <is>
           <t>Security Name</t>
         </is>
       </c>
-      <c r="C127" s="79" t="inlineStr">
+      <c r="C129" s="51" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D127" s="79" t="inlineStr">
+      <c r="D129" s="51" t="inlineStr">
         <is>
           <t>value of the security considered under net receivables (i.e. value recognized in NAV in absolute terms and as % to NAV)
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="E127" s="97" t="n"/>
-      <c r="F127" s="79" t="inlineStr">
+      <c r="E129" s="71" t="n"/>
+      <c r="F129" s="51" t="inlineStr">
         <is>
           <t>total amount (including principal and interest) that is due to the scheme on that investment
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="G127" s="19" t="inlineStr">
+      <c r="G129" s="23" t="inlineStr">
         <is>
           <t>Interim Distribution received (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="H127" s="79" t="inlineStr">
+      <c r="H129" s="51" t="inlineStr">
         <is>
           <t>Date of passing Interim Distribution recognized in NAV</t>
         </is>
       </c>
     </row>
-    <row r="128" ht="27" customHeight="1" s="77">
-      <c r="B128" s="20" t="inlineStr">
+    <row r="130" ht="27" customHeight="1" s="49">
+      <c r="B130" s="24" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Transportation Networks Limited Ncd Series A 23032019</t>
         </is>
       </c>
-      <c r="C128" s="20" t="inlineStr">
+      <c r="C130" s="24" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D128" s="21" t="n">
+      <c r="D130" s="25" t="n">
         <v>0</v>
       </c>
-      <c r="E128" s="22" t="n">
+      <c r="E130" s="26" t="n">
         <v>0</v>
       </c>
-      <c r="F128" s="98" t="n">
+      <c r="F130" s="72" t="n">
         <v>5965.03089</v>
       </c>
-      <c r="G128" s="23" t="n">
+      <c r="G130" s="27" t="n">
         <v>372.15</v>
       </c>
-      <c r="H128" s="24" t="n">
+      <c r="H130" s="28" t="n">
         <v>45218</v>
       </c>
     </row>
-    <row r="129" ht="27" customHeight="1" s="77">
-      <c r="B129" s="20" t="inlineStr">
+    <row r="131" ht="27" customHeight="1" s="49">
+      <c r="B131" s="24" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Transportation Networks Limited Ncd Series A 23032019</t>
         </is>
       </c>
-      <c r="C129" s="20" t="inlineStr">
+      <c r="C131" s="24" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D129" s="21" t="n">
+      <c r="D131" s="25" t="n">
         <v>0</v>
       </c>
-      <c r="E129" s="22" t="n">
+      <c r="E131" s="26" t="n">
         <v>0</v>
       </c>
-      <c r="F129" s="99" t="n"/>
-      <c r="G129" s="23" t="n">
+      <c r="F131" s="73" t="n"/>
+      <c r="G131" s="27" t="n">
         <v>188.35844</v>
       </c>
-      <c r="H129" s="24" t="n">
+      <c r="H131" s="28" t="n">
         <v>45715</v>
       </c>
     </row>
-    <row r="130" ht="35" customHeight="1" s="77">
-[...3 lines deleted...]
-      <c r="B130" s="2" t="inlineStr">
+    <row r="132" ht="14.5" customHeight="1" s="49">
+      <c r="B132" s="41" t="n"/>
+      <c r="C132" s="41" t="n"/>
+      <c r="D132" s="41" t="n"/>
+      <c r="E132" s="40" t="n"/>
+      <c r="F132" s="41" t="n"/>
+      <c r="G132" s="42" t="n"/>
+      <c r="H132" s="43" t="n"/>
+    </row>
+    <row r="133" ht="14.5" customHeight="1" s="49">
+      <c r="A133" t="n">
+        <v>5</v>
+      </c>
+      <c r="B133" s="17" t="inlineStr">
         <is>
           <t>Yield to call as per AMFI Best Practices Guidelines Circular No. 88 / 2020 -21</t>
         </is>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B131" s="25" t="inlineStr">
+      <c r="C133" s="17" t="n"/>
+      <c r="D133" s="17" t="n"/>
+    </row>
+    <row r="134" ht="14.5" customHeight="1" s="49">
+      <c r="B134" s="29" t="inlineStr">
         <is>
           <t>Issuer</t>
         </is>
       </c>
-      <c r="C131" s="26" t="inlineStr">
+      <c r="C134" s="30" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D131" s="26" t="inlineStr">
+      <c r="D134" s="30" t="inlineStr">
         <is>
           <t>YTC</t>
         </is>
       </c>
     </row>
-    <row r="132" ht="14.5" customHeight="1" s="77">
-      <c r="B132" s="27" t="inlineStr">
+    <row r="135" ht="14.5" customHeight="1" s="49">
+      <c r="B135" s="31" t="inlineStr">
         <is>
           <t>CANARA BANK BASEL III TIER 1**</t>
         </is>
       </c>
-      <c r="C132" s="28" t="inlineStr">
+      <c r="C135" s="32" t="inlineStr">
         <is>
           <t>INE476A08241</t>
         </is>
       </c>
-      <c r="D132" s="29" t="n">
-[...7 lines deleted...]
-      <c r="B134" s="90" t="inlineStr">
+      <c r="D135" s="33" t="n">
+        <v>0.072449</v>
+      </c>
+    </row>
+    <row r="136" ht="62" customHeight="1" s="49">
+      <c r="A136" s="44" t="n">
+        <v>6</v>
+      </c>
+      <c r="B136" s="54" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
     </row>
-    <row r="137" ht="14.5" customHeight="1" s="77">
-      <c r="B137" s="1" t="inlineStr">
+    <row r="138" ht="14.5" customHeight="1" s="49">
+      <c r="B138" s="38" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="151" ht="14.5" customHeight="1" s="77">
-      <c r="B151" s="1" t="inlineStr">
+    <row r="151" ht="14.5" customHeight="1" s="49">
+      <c r="B151" s="38" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Hybrid 35+65 - Aggressive Index</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
-    <mergeCell ref="B126:F126"/>
-[...1 lines deleted...]
-    <mergeCell ref="F128:F129"/>
+    <mergeCell ref="B128:F128"/>
+    <mergeCell ref="D129:E129"/>
+    <mergeCell ref="F130:F131"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="B134:H134"/>
+    <mergeCell ref="B136:H136"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>