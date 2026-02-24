--- v3 (2025-12-10)
+++ v4 (2026-02-24)
@@ -1,68 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="950" firstSheet="26" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Aggressive Hybrid" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="15">
+  <fonts count="16">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
@@ -87,85 +87,90 @@
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="9"/>
+    </font>
+    <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
-    </font>
-[...6 lines deleted...]
-      <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
@@ -276,211 +281,193 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="74">
+  <cellXfs count="70">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...18 lines deleted...]
-    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" wrapText="1"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...15 lines deleted...]
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -526,117 +513,117 @@
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
-      <colOff>22412</colOff>
-      <row>139</row>
+      <colOff>0</colOff>
+      <row>154</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2400487</colOff>
-[...1 lines deleted...]
-      <rowOff>34926</rowOff>
+      <colOff>2374900</colOff>
+      <row>163</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="463177" y="31242000"/>
-          <a:ext cx="2378075" cy="1783043"/>
+          <a:off x="457200" y="24599900"/>
+          <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>152</row>
+      <row>168</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2378075</colOff>
-[...1 lines deleted...]
-      <rowOff>34925</rowOff>
+      <colOff>2374900</colOff>
+      <row>177</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="25469850"/>
+          <a:off x="457200" y="27012900"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -878,85 +865,85 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L151"/>
+  <dimension ref="A1:L167"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
     <col width="52.81640625" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
-    <col width="13.54296875" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
-[...3 lines deleted...]
-    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="14.81640625" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="46.54296875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="17.26953125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="26.7265625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="15.7265625" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
     <col width="14.81640625" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
     <col width="42.54296875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="49">
-[...1 lines deleted...]
-      <c r="B1" s="48" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="45">
+      <c r="A1" s="44" t="n"/>
+      <c r="B1" s="44" t="inlineStr">
         <is>
           <t>DSP Aggressive Hybrid Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="3" t="inlineStr">
         <is>
-          <t>Portfolio as on November 30, 2025</t>
+          <t>Portfolio as on January 31, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
@@ -1002,3440 +989,3869 @@
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE040A01034</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
       <c r="E8" s="5" t="n">
-        <v>8541164</v>
+        <v>10157436</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>86060.77</v>
+        <v>94387.97</v>
       </c>
       <c r="G8" s="7" t="n">
-        <v>0.0711</v>
+        <v>0.0796</v>
       </c>
       <c r="J8" s="6" t="n"/>
       <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>ICICI Bank Limited</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE090A01021</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
       <c r="E9" s="5" t="n">
         <v>4555949</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>63273.02</v>
+        <v>61733.11</v>
       </c>
       <c r="G9" s="7" t="n">
-        <v>0.0523</v>
+        <v>0.052</v>
       </c>
       <c r="J9" s="6" t="n"/>
       <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
       <c r="L9" s="7" t="n">
-        <v>0.2232</v>
+        <v>0.2275</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="n">
         <v>3</v>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mahindra &amp; Mahindra Limited</t>
+          <t>Axis Bank Limited</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>INE101A01026</t>
+          <t>INE238A01034</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>Automobiles</t>
+          <t>Banks</t>
         </is>
       </c>
       <c r="E10" s="5" t="n">
-        <v>1317286</v>
+        <v>3838487</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>49494.39</v>
+        <v>52602.63</v>
       </c>
       <c r="G10" s="7" t="n">
-        <v>0.0409</v>
+        <v>0.0443</v>
       </c>
       <c r="J10" s="6" t="n"/>
       <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L10" s="7" t="n">
-        <v>0.1431</v>
+        <v>0.1291</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="n">
         <v>4</v>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited</t>
+          <t>Mahindra &amp; Mahindra Limited</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>INE238A01034</t>
+          <t>INE101A01026</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>Banks</t>
+          <t>Automobiles</t>
         </is>
       </c>
       <c r="E11" s="5" t="n">
-        <v>3838487</v>
+        <v>1317286</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>49121.12</v>
+        <v>45206.62</v>
       </c>
       <c r="G11" s="7" t="n">
-        <v>0.0406</v>
+        <v>0.0381</v>
       </c>
       <c r="J11" s="6" t="n"/>
       <c r="K11" s="1" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="L11" s="7" t="n">
-        <v>0.0644</v>
+        <v>0.06370000000000001</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="n">
         <v>5</v>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank Limited</t>
+          <t>Infosys Limited</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>INE237A01028</t>
+          <t>INE009A01021</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>Banks</t>
+          <t>IT - Software</t>
         </is>
       </c>
       <c r="E12" s="5" t="n">
-        <v>2148818</v>
+        <v>2642116</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>45649.49</v>
+        <v>43357.12</v>
       </c>
       <c r="G12" s="7" t="n">
-        <v>0.0377</v>
+        <v>0.0366</v>
       </c>
       <c r="J12" s="6" t="n"/>
       <c r="K12" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="L12" s="7" t="n">
-        <v>0.0595</v>
+        <v>0.0624</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="n">
         <v>6</v>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Infosys Limited</t>
+          <t>ITC Limited</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>INE009A01021</t>
+          <t>INE154A01025</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>IT - Software</t>
+          <t>Diversified FMCG</t>
         </is>
       </c>
       <c r="E13" s="5" t="n">
-        <v>2719040</v>
+        <v>11930885</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>42419.74</v>
+        <v>38435.35</v>
       </c>
       <c r="G13" s="7" t="n">
-        <v>0.035</v>
+        <v>0.0324</v>
       </c>
       <c r="J13" s="6" t="n"/>
       <c r="K13" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
       <c r="L13" s="7" t="n">
-        <v>0.0557</v>
+        <v>0.0447</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="n">
         <v>7</v>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Samvardhana Motherson International Limited</t>
+          <t>NTPC Limited</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>INE775A01035</t>
+          <t>INE733E01010</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>Auto Components</t>
+          <t>Power</t>
         </is>
       </c>
       <c r="E14" s="5" t="n">
-        <v>31801866</v>
+        <v>10222039</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>36988.75</v>
+        <v>36390.46</v>
       </c>
       <c r="G14" s="7" t="n">
-        <v>0.0306</v>
+        <v>0.0307</v>
       </c>
       <c r="J14" s="6" t="n"/>
       <c r="K14" s="1" t="inlineStr">
         <is>
-          <t>Automobiles</t>
+          <t>Insurance</t>
         </is>
       </c>
       <c r="L14" s="7" t="n">
-        <v>0.0409</v>
+        <v>0.0419</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="n">
         <v>8</v>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>ITC Limited</t>
+          <t>Samvardhana Motherson International Limited</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>INE154A01025</t>
+          <t>INE775A01035</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>Diversified FMCG</t>
+          <t>Auto Components</t>
         </is>
       </c>
       <c r="E15" s="5" t="n">
-        <v>8602900</v>
+        <v>31801866</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>34777.22</v>
+        <v>35904.31</v>
       </c>
       <c r="G15" s="7" t="n">
-        <v>0.0287</v>
+        <v>0.0303</v>
       </c>
       <c r="J15" s="6" t="n"/>
       <c r="K15" s="1" t="inlineStr">
         <is>
-          <t>Auto Components</t>
+          <t>Automobiles</t>
         </is>
       </c>
       <c r="L15" s="7" t="n">
-        <v>0.0365</v>
+        <v>0.0381</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="n">
         <v>9</v>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>NTPC Limited</t>
+          <t>Kotak Mahindra Bank Limited</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>INE733E01010</t>
+          <t>INE237A01036</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
-          <t>Power</t>
+          <t>Banks</t>
         </is>
       </c>
       <c r="E16" s="5" t="n">
-        <v>10222039</v>
+        <v>7990030</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>33369.85</v>
+        <v>32599.32</v>
       </c>
       <c r="G16" s="7" t="n">
-        <v>0.0276</v>
+        <v>0.0275</v>
       </c>
       <c r="J16" s="6" t="n"/>
       <c r="K16" s="1" t="inlineStr">
         <is>
-          <t>Finance</t>
+          <t>Auto Components</t>
         </is>
       </c>
       <c r="L16" s="7" t="n">
-        <v>0.0358</v>
+        <v>0.0357</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="n">
         <v>10</v>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>SBI Life Insurance Company Limited</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>INE123W01016</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Insurance</t>
         </is>
       </c>
       <c r="E17" s="5" t="n">
         <v>1604873</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>31551.8</v>
+        <v>32073.39</v>
       </c>
       <c r="G17" s="7" t="n">
-        <v>0.0261</v>
+        <v>0.027</v>
       </c>
       <c r="J17" s="6" t="n"/>
       <c r="K17" s="1" t="inlineStr">
         <is>
-          <t>Insurance</t>
+          <t>Diversified FMCG</t>
         </is>
       </c>
       <c r="L17" s="7" t="n">
-        <v>0.034</v>
+        <v>0.0324</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="n">
         <v>11</v>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Cipla Limited</t>
+          <t>State Bank of India</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>INE059A01026</t>
+          <t>INE062A01020</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Banks</t>
         </is>
       </c>
       <c r="E18" s="5" t="n">
-        <v>1991257</v>
+        <v>2654601</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>30492.12</v>
+        <v>28594.03</v>
       </c>
       <c r="G18" s="7" t="n">
-        <v>0.0252</v>
+        <v>0.0241</v>
       </c>
       <c r="J18" s="6" t="n"/>
       <c r="K18" s="1" t="inlineStr">
         <is>
-          <t>Diversified FMCG</t>
+          <t>Power</t>
         </is>
       </c>
       <c r="L18" s="7" t="n">
-        <v>0.0287</v>
+        <v>0.0307</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="n">
         <v>12</v>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>State Bank of India</t>
+          <t>Cipla Limited</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>INE062A01020</t>
+          <t>INE059A01026</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>Banks</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E19" s="5" t="n">
-        <v>2654601</v>
+        <v>1991257</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>25988.54</v>
+        <v>26364.24</v>
       </c>
       <c r="G19" s="7" t="n">
-        <v>0.0215</v>
+        <v>0.0222</v>
       </c>
       <c r="J19" s="6" t="n"/>
       <c r="K19" s="1" t="inlineStr">
         <is>
-          <t>Gas</t>
+          <t>Finance</t>
         </is>
       </c>
       <c r="L19" s="7" t="n">
-        <v>0.0277</v>
+        <v>0.0301</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="n">
         <v>13</v>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Emami Limited</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>INE548C01032</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Personal Products</t>
         </is>
       </c>
       <c r="E20" s="5" t="n">
         <v>4679374</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>24824.08</v>
+        <v>22638.81</v>
       </c>
       <c r="G20" s="7" t="n">
-        <v>0.0205</v>
+        <v>0.0191</v>
       </c>
       <c r="J20" s="6" t="n"/>
       <c r="K20" s="1" t="inlineStr">
         <is>
-          <t>Power</t>
+          <t>ICRA AA+</t>
         </is>
       </c>
       <c r="L20" s="7" t="n">
-        <v>0.0276</v>
+        <v>0.0292</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="n">
         <v>14</v>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>GAIL (India) Limited</t>
+          <t>Petronet LNG Limited</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>INE129A01019</t>
+          <t>INE347G01014</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Gas</t>
         </is>
       </c>
       <c r="E21" s="5" t="n">
-        <v>9779232</v>
+        <v>6231364</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>17220.25</v>
+        <v>18055.38</v>
       </c>
       <c r="G21" s="7" t="n">
-        <v>0.0142</v>
+        <v>0.0152</v>
       </c>
       <c r="J21" s="6" t="n"/>
       <c r="K21" s="1" t="inlineStr">
         <is>
-          <t>Healthcare Services</t>
+          <t>Gas</t>
         </is>
       </c>
       <c r="L21" s="7" t="n">
-        <v>0.0236</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="n">
         <v>15</v>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Indus Towers Limited</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>INE121J01017</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
       <c r="E22" s="5" t="n">
-        <v>4126188</v>
+        <v>3703553</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>16548.08</v>
+        <v>16454.89</v>
       </c>
       <c r="G22" s="7" t="n">
-        <v>0.0137</v>
+        <v>0.0139</v>
       </c>
       <c r="J22" s="6" t="n"/>
       <c r="K22" s="1" t="inlineStr">
         <is>
-          <t>Mutual Funds</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="L22" s="7" t="n">
-        <v>0.0218</v>
+        <v>0.0226</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="n">
         <v>16</v>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Petronet LNG Limited</t>
+          <t>GAIL (India) Limited</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>INE347G01014</t>
+          <t>INE129A01019</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Gas</t>
         </is>
       </c>
       <c r="E23" s="5" t="n">
-        <v>6025782</v>
+        <v>9779232</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>16381.09</v>
+        <v>16359.68</v>
       </c>
       <c r="G23" s="7" t="n">
-        <v>0.0135</v>
+        <v>0.0138</v>
       </c>
       <c r="J23" s="6" t="n"/>
       <c r="K23" s="1" t="inlineStr">
         <is>
-          <t>Personal Products</t>
+          <t>Mutual Funds</t>
         </is>
       </c>
       <c r="L23" s="7" t="n">
-        <v>0.0205</v>
+        <v>0.0223</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="n">
         <v>17</v>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited</t>
+          <t>Power Finance Corporation Limited</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>INE296A01032</t>
+          <t>INE134E01011</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
       <c r="E24" s="5" t="n">
-        <v>1525950</v>
+        <v>4110243</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>15831.73</v>
+        <v>15592.21</v>
       </c>
       <c r="G24" s="7" t="n">
         <v>0.0131</v>
       </c>
       <c r="J24" s="6" t="n"/>
       <c r="K24" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>Healthcare Services</t>
         </is>
       </c>
       <c r="L24" s="7" t="n">
-        <v>0.0183</v>
+        <v>0.0197</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="n">
         <v>18</v>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Syngene International Limited</t>
+          <t>Bajaj Finance Limited</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>INE398R01022</t>
+          <t>INE296A01032</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>Healthcare Services</t>
+          <t>Finance</t>
         </is>
       </c>
       <c r="E25" s="5" t="n">
-        <v>2321220</v>
+        <v>1525950</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>15048.47</v>
+        <v>14189.05</v>
       </c>
       <c r="G25" s="7" t="n">
-        <v>0.0124</v>
+        <v>0.012</v>
       </c>
       <c r="J25" s="6" t="n"/>
       <c r="K25" s="1" t="inlineStr">
         <is>
-          <t>Telecom - Services</t>
+          <t>Personal Products</t>
         </is>
       </c>
       <c r="L25" s="7" t="n">
-        <v>0.0137</v>
+        <v>0.0191</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="n">
         <v>19</v>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited</t>
+          <t>IPCA Laboratories Limited</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>INE134E01011</t>
+          <t>INE571A01038</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>Finance</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E26" s="5" t="n">
-        <v>4110243</v>
+        <v>926481</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>14907.85</v>
+        <v>13626.68</v>
       </c>
       <c r="G26" s="7" t="n">
-        <v>0.0123</v>
+        <v>0.0115</v>
       </c>
       <c r="J26" s="6" t="n"/>
       <c r="K26" s="1" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
       <c r="L26" s="7" t="n">
-        <v>0.0137</v>
+        <v>0.0171</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="n">
         <v>20</v>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Rainbow Childrens Medicare Limited</t>
+          <t>Syngene International Limited</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>INE961O01016</t>
+          <t>INE398R01022</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
           <t>Healthcare Services</t>
         </is>
       </c>
       <c r="E27" s="5" t="n">
-        <v>1007153</v>
+        <v>2512595</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>13609.66</v>
+        <v>11895.88</v>
       </c>
       <c r="G27" s="7" t="n">
-        <v>0.0112</v>
+        <v>0.01</v>
       </c>
       <c r="J27" s="6" t="n"/>
       <c r="K27" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AA+</t>
+          <t>Telecom - Services</t>
         </is>
       </c>
       <c r="L27" s="7" t="n">
-        <v>0.01</v>
+        <v>0.0139</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="n">
         <v>21</v>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>IPCA Laboratories Limited</t>
+          <t>ICICI Lombard General Insurance Company Limited</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>INE571A01038</t>
+          <t>INE765G01017</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Insurance</t>
         </is>
       </c>
       <c r="E28" s="5" t="n">
-        <v>926481</v>
+        <v>649790</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>13462.7</v>
+        <v>11787.84</v>
       </c>
       <c r="G28" s="7" t="n">
-        <v>0.0111</v>
+        <v>0.009900000000000001</v>
       </c>
       <c r="J28" s="6" t="n"/>
       <c r="K28" s="1" t="inlineStr">
         <is>
-          <t>Beverages</t>
+          <t>CRISIL AA+</t>
         </is>
       </c>
       <c r="L28" s="7" t="n">
-        <v>0.0091</v>
+        <v>0.0103</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="n">
         <v>22</v>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>HCL Technologies Limited</t>
+          <t>Rainbow Childrens Medicare Limited</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>INE860A01027</t>
+          <t>INE961O01016</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>IT - Software</t>
+          <t>Healthcare Services</t>
         </is>
       </c>
       <c r="E29" s="5" t="n">
-        <v>787524</v>
+        <v>1007153</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>12790.96</v>
+        <v>11462.41</v>
       </c>
       <c r="G29" s="7" t="n">
-        <v>0.0106</v>
+        <v>0.0097</v>
       </c>
       <c r="J29" s="6" t="n"/>
       <c r="K29" s="1" t="inlineStr">
         <is>
           <t>Consumer Durables</t>
         </is>
       </c>
       <c r="L29" s="7" t="n">
-        <v>0.008</v>
+        <v>0.008200000000000001</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="n">
         <v>23</v>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Finserv Limited</t>
+          <t>Cohance Lifesciences Limited</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>INE918I01026</t>
+          <t>INE03QK01018</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>Finance</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E30" s="5" t="n">
-        <v>603662</v>
+        <v>2808197</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>12640.68</v>
+        <v>10707.66</v>
       </c>
       <c r="G30" s="7" t="n">
-        <v>0.0104</v>
+        <v>0.008999999999999999</v>
       </c>
       <c r="J30" s="6" t="n"/>
       <c r="K30" s="1" t="inlineStr">
         <is>
-          <t>IT - Services</t>
+          <t>Beverages</t>
         </is>
       </c>
       <c r="L30" s="7" t="n">
-        <v>0.0074</v>
+        <v>0.008200000000000001</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="n">
         <v>24</v>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Coforge Limited</t>
+          <t>Alkem Laboratories Limited</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>INE591G01025</t>
+          <t>INE540L01014</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>IT - Software</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E31" s="5" t="n">
-        <v>640742</v>
+        <v>174436</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>12229.84</v>
+        <v>9903.6</v>
       </c>
       <c r="G31" s="7" t="n">
-        <v>0.0101</v>
+        <v>0.0083</v>
       </c>
       <c r="J31" s="6" t="n"/>
       <c r="K31" s="1" t="inlineStr">
         <is>
-          <t>ICRA AA+</t>
+          <t>IT - Services</t>
         </is>
       </c>
       <c r="L31" s="7" t="n">
-        <v>0.0073</v>
+        <v>0.007900000000000001</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="n">
         <v>25</v>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Radico Khaitan Limited</t>
+          <t>Century Plyboards (India) Limited</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>INE944F01028</t>
+          <t>INE348B01021</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
-          <t>Beverages</t>
+          <t>Consumer Durables</t>
         </is>
       </c>
       <c r="E32" s="5" t="n">
-        <v>342554</v>
+        <v>1213466</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>10989.47</v>
+        <v>9753.84</v>
       </c>
       <c r="G32" s="7" t="n">
-        <v>0.0091</v>
+        <v>0.008200000000000001</v>
       </c>
       <c r="J32" s="6" t="n"/>
       <c r="K32" s="1" t="inlineStr">
         <is>
-          <t>Chemicals &amp; Petrochemicals</t>
+          <t>Industrial Products</t>
         </is>
       </c>
       <c r="L32" s="7" t="n">
-        <v>0.0069</v>
+        <v>0.007900000000000001</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="n">
         <v>26</v>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Alkem Laboratories Limited</t>
+          <t>Radico Khaitan Limited</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>INE540L01014</t>
+          <t>INE944F01028</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Beverages</t>
         </is>
       </c>
       <c r="E33" s="5" t="n">
-        <v>174436</v>
+        <v>342554</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>9916.690000000001</v>
+        <v>9687.77</v>
       </c>
       <c r="G33" s="7" t="n">
         <v>0.008200000000000001</v>
       </c>
       <c r="J33" s="6" t="n"/>
       <c r="K33" s="1" t="inlineStr">
         <is>
-          <t>Industrial Products</t>
+          <t>Capital Markets</t>
         </is>
       </c>
       <c r="L33" s="7" t="n">
-        <v>0.0065</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="n">
         <v>27</v>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Cohance Lifesciences Limited</t>
+          <t>Cyient Limited</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>INE03QK01018</t>
+          <t>INE136B01020</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>IT - Services</t>
         </is>
       </c>
       <c r="E34" s="5" t="n">
-        <v>1730282</v>
+        <v>821122</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>9765.709999999999</v>
+        <v>9345.190000000001</v>
       </c>
       <c r="G34" s="7" t="n">
-        <v>0.0081</v>
+        <v>0.007900000000000001</v>
       </c>
       <c r="J34" s="6" t="n"/>
       <c r="K34" s="1" t="inlineStr">
         <is>
-          <t>Textiles &amp; Apparels</t>
+          <t>Chemicals &amp; Petrochemicals</t>
         </is>
       </c>
       <c r="L34" s="7" t="n">
-        <v>0.0064</v>
+        <v>0.0063</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="n">
         <v>28</v>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Century Plyboards (India) Limited</t>
+          <t>APL Apollo Tubes Limited</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>INE348B01021</t>
+          <t>INE702C01027</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
-          <t>Consumer Durables</t>
+          <t>Industrial Products</t>
         </is>
       </c>
       <c r="E35" s="5" t="n">
-        <v>1213466</v>
+        <v>455777</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>9717.440000000001</v>
+        <v>9323.83</v>
       </c>
       <c r="G35" s="7" t="n">
-        <v>0.008</v>
+        <v>0.007900000000000001</v>
       </c>
       <c r="J35" s="6" t="n"/>
       <c r="K35" s="1" t="inlineStr">
         <is>
-          <t>Fertilizers &amp; Agrochemicals</t>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
         </is>
       </c>
       <c r="L35" s="7" t="n">
         <v>0.0052</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="n">
         <v>29</v>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>ICICI Lombard General Insurance Company Limited</t>
+          <t>HCL Technologies Limited</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>INE765G01017</t>
+          <t>INE860A01027</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
-          <t>Insurance</t>
+          <t>IT - Software</t>
         </is>
       </c>
       <c r="E36" s="5" t="n">
-        <v>486620</v>
+        <v>491441</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>9588.85</v>
+        <v>8332.870000000001</v>
       </c>
       <c r="G36" s="7" t="n">
-        <v>0.007900000000000001</v>
+        <v>0.007</v>
       </c>
       <c r="J36" s="6" t="n"/>
       <c r="K36" s="1" t="inlineStr">
         <is>
-          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+          <t>Fertilizers &amp; Agrochemicals</t>
         </is>
       </c>
       <c r="L36" s="7" t="n">
-        <v>0.0039</v>
+        <v>0.005</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="n">
         <v>30</v>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Cyient Limited</t>
+          <t>PRUDENT CORPORATE ADVISORY SERVICES Limited</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>INE136B01020</t>
+          <t>INE00F201020</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
-          <t>IT - Services</t>
+          <t>Capital Markets</t>
         </is>
       </c>
       <c r="E37" s="5" t="n">
-        <v>798960</v>
+        <v>347562</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>8977.110000000001</v>
+        <v>8330.709999999999</v>
       </c>
       <c r="G37" s="7" t="n">
-        <v>0.0074</v>
+        <v>0.007</v>
       </c>
       <c r="J37" s="6" t="n"/>
       <c r="K37" s="1" t="inlineStr">
         <is>
-          <t>Capital Markets</t>
+          <t>Textiles &amp; Apparels</t>
         </is>
       </c>
       <c r="L37" s="7" t="n">
-        <v>0.0025</v>
+        <v>0.0048</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="n">
         <v>31</v>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Gujarat Fluorochemicals Limited</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
           <t>INE09N301011</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
           <t>Chemicals &amp; Petrochemicals</t>
         </is>
       </c>
       <c r="E38" s="5" t="n">
         <v>245398</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>8401.200000000001</v>
+        <v>7493.23</v>
       </c>
       <c r="G38" s="7" t="n">
-        <v>0.0069</v>
+        <v>0.0063</v>
       </c>
       <c r="J38" s="6" t="n"/>
       <c r="K38" s="1" t="inlineStr">
         <is>
-          <t>Transport Infrastructure</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="L38" s="7" t="n">
-        <v>0.0004</v>
+        <v>0.0042</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="n">
         <v>32</v>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>APL Apollo Tubes Limited</t>
+          <t>Emcure Pharmaceuticals Limited</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>INE702C01027</t>
+          <t>INE168P01015</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
-          <t>Industrial Products</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E39" s="5" t="n">
-        <v>455777</v>
+        <v>487649</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>7834.35</v>
+        <v>7138.21</v>
       </c>
       <c r="G39" s="7" t="n">
-        <v>0.0065</v>
+        <v>0.006</v>
       </c>
       <c r="J39" s="6" t="n"/>
       <c r="K39" s="1" t="inlineStr">
         <is>
-          <t>Cash &amp; Equivalent</t>
+          <t>Transport Infrastructure</t>
         </is>
       </c>
       <c r="L39" s="7" t="n">
-        <v>0.0377</v>
+        <v>0.0004</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="n">
         <v>33</v>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ganesha Ecosphere Limited</t>
+          <t>UNO Minda Limited</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>INE845D01014</t>
+          <t>INE405E01023</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
-          <t>Textiles &amp; Apparels</t>
+          <t>Auto Components</t>
         </is>
       </c>
       <c r="E40" s="5" t="n">
-        <v>838186</v>
+        <v>545980</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>7687.84</v>
+        <v>6455.12</v>
       </c>
       <c r="G40" s="7" t="n">
-        <v>0.0064</v>
+        <v>0.0054</v>
       </c>
       <c r="J40" s="6" t="n"/>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L40" s="7" t="n">
+        <v>0.0154</v>
+      </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="n">
         <v>34</v>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Alembic Pharmaceuticals Limited</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
           <t>INE901L01018</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E41" s="5" t="n">
         <v>810789</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>7355.48</v>
+        <v>6350.1</v>
       </c>
       <c r="G41" s="7" t="n">
-        <v>0.0061</v>
+        <v>0.0054</v>
       </c>
       <c r="J41" s="6" t="n"/>
     </row>
     <row r="42">
       <c r="A42" s="1" t="n">
         <v>35</v>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>UNO Minda Limited</t>
+          <t>Tata Motors Limited</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>INE405E01023</t>
+          <t>INE1TAE01010</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
-          <t>Auto Components</t>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
         </is>
       </c>
       <c r="E42" s="5" t="n">
-        <v>545980</v>
+        <v>1344354</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>7134.87</v>
+        <v>6163.86</v>
       </c>
       <c r="G42" s="7" t="n">
-        <v>0.0059</v>
+        <v>0.0052</v>
       </c>
       <c r="J42" s="6" t="n"/>
     </row>
     <row r="43">
       <c r="A43" s="1" t="n">
         <v>36</v>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Emcure Pharmaceuticals Limited</t>
+          <t>PI Industries Limited</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>INE168P01015</t>
+          <t>INE603J01030</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Fertilizers &amp; Agrochemicals</t>
         </is>
       </c>
       <c r="E43" s="5" t="n">
-        <v>487649</v>
+        <v>185420</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>6896.82</v>
+        <v>5924.91</v>
       </c>
       <c r="G43" s="7" t="n">
-        <v>0.0057</v>
+        <v>0.005</v>
       </c>
       <c r="J43" s="6" t="n"/>
     </row>
     <row r="44">
       <c r="A44" s="1" t="n">
         <v>37</v>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>PI Industries Limited</t>
+          <t>Canara HSBC Life Insurance Company Limited</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>INE603J01030</t>
+          <t>INE01TY01017</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
-          <t>Fertilizers &amp; Agrochemicals</t>
+          <t>Insurance</t>
         </is>
       </c>
       <c r="E44" s="5" t="n">
-        <v>185420</v>
+        <v>4001495</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>6296.12</v>
+        <v>5895.4</v>
       </c>
       <c r="G44" s="7" t="n">
-        <v>0.0052</v>
+        <v>0.005</v>
       </c>
       <c r="J44" s="6" t="n"/>
     </row>
     <row r="45">
       <c r="A45" s="1" t="n">
         <v>38</v>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Tata Motors Limited</t>
+          <t>Bajaj Finserv Limited</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>INE1TAE01010</t>
+          <t>INE918I01026</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
-          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+          <t>Finance</t>
         </is>
       </c>
       <c r="E45" s="5" t="n">
-        <v>1344354</v>
+        <v>301420</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>4732.13</v>
+        <v>5885.53</v>
       </c>
       <c r="G45" s="7" t="n">
-        <v>0.0039</v>
+        <v>0.005</v>
       </c>
       <c r="J45" s="6" t="n"/>
     </row>
     <row r="46">
       <c r="A46" s="1" t="n">
         <v>39</v>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>PRUDENT CORPORATE ADVISORY SERVICES Limited</t>
+          <t>Ganesha Ecosphere Limited</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>INE00F201020</t>
+          <t>INE845D01014</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
-          <t>Capital Markets</t>
+          <t>Textiles &amp; Apparels</t>
         </is>
       </c>
       <c r="E46" s="5" t="n">
-        <v>124610</v>
+        <v>838186</v>
       </c>
       <c r="F46" s="6" t="n">
-        <v>3081.85</v>
+        <v>5743.25</v>
       </c>
       <c r="G46" s="7" t="n">
-        <v>0.0025</v>
+        <v>0.0048</v>
       </c>
       <c r="J46" s="6" t="n"/>
     </row>
     <row r="47">
-      <c r="A47" s="8" t="n"/>
-      <c r="B47" s="8" t="inlineStr">
+      <c r="A47" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Coforge Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>INE591G01025</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="n">
+        <v>81921</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>1354.81</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="J47" s="6" t="n"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="8" t="n"/>
+      <c r="B48" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C47" s="8" t="n"/>
-[...10 lines deleted...]
-      <c r="B49" s="3" t="inlineStr">
+      <c r="C48" s="8" t="n"/>
+      <c r="D48" s="8" t="n"/>
+      <c r="E48" s="8" t="n"/>
+      <c r="F48" s="9" t="n">
+        <v>813501.27</v>
+      </c>
+      <c r="G48" s="10" t="n">
+        <v>0.6857</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="B50" s="3" t="inlineStr">
         <is>
           <t>Unlisted</t>
         </is>
       </c>
     </row>
-    <row r="50">
-[...3 lines deleted...]
-      <c r="B50" s="1" t="inlineStr">
+    <row r="51">
+      <c r="A51" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
         <is>
           <t>SIP Technologies &amp; Export Limited**</t>
         </is>
       </c>
-      <c r="C50" s="1" t="inlineStr">
+      <c r="C51" s="1" t="inlineStr">
         <is>
           <t>INE468B01019</t>
         </is>
       </c>
-      <c r="D50" s="1" t="inlineStr">
+      <c r="D51" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E50" s="5" t="n">
+      <c r="E51" s="5" t="n">
         <v>52521</v>
       </c>
-      <c r="F50" s="6" t="n">
+      <c r="F51" s="6" t="n">
         <v>0</v>
       </c>
-      <c r="G50" s="7" t="inlineStr">
+      <c r="G51" s="7" t="inlineStr">
         <is>
           <t>*</t>
         </is>
       </c>
-      <c r="J50" s="6" t="n"/>
-[...3 lines deleted...]
-      <c r="B51" s="8" t="inlineStr">
+      <c r="J51" s="6" t="n"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="8" t="n"/>
+      <c r="B52" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C51" s="8" t="n"/>
-[...2 lines deleted...]
-      <c r="F51" s="9" t="n">
+      <c r="C52" s="8" t="n"/>
+      <c r="D52" s="8" t="n"/>
+      <c r="E52" s="8" t="n"/>
+      <c r="F52" s="9" t="n">
         <v>0</v>
       </c>
-      <c r="G51" s="10" t="inlineStr">
+      <c r="G52" s="10" t="inlineStr">
         <is>
           <t>*</t>
-        </is>
-[...5 lines deleted...]
-          <t>Units issued by REITs &amp; InvITs</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="B54" s="3" t="inlineStr">
         <is>
+          <t>Units issued by REITs &amp; InvITs</t>
+        </is>
+      </c>
+    </row>
+    <row r="55">
+      <c r="B55" s="3" t="inlineStr">
+        <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
-    <row r="55">
-[...3 lines deleted...]
-      <c r="B55" s="1" t="inlineStr">
+    <row r="56">
+      <c r="A56" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Roadstar Infra Investment Trust</t>
         </is>
       </c>
-      <c r="C55" s="1" t="inlineStr">
+      <c r="C56" s="1" t="inlineStr">
         <is>
           <t>INE0JEI23010</t>
         </is>
       </c>
-      <c r="D55" s="1" t="inlineStr">
+      <c r="D56" s="1" t="inlineStr">
         <is>
           <t>Transport Infrastructure</t>
         </is>
       </c>
-      <c r="E55" s="5" t="n">
+      <c r="E56" s="5" t="n">
         <v>660000</v>
       </c>
-      <c r="F55" s="6" t="n">
+      <c r="F56" s="6" t="n">
         <v>479.09</v>
       </c>
-      <c r="G55" s="7" t="n">
+      <c r="G56" s="7" t="n">
         <v>0.0004</v>
       </c>
-      <c r="H55" s="11" t="n"/>
-[...4 lines deleted...]
-      <c r="B56" s="8" t="inlineStr">
+      <c r="H56" s="11" t="n"/>
+      <c r="J56" s="6" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="8" t="n"/>
+      <c r="B57" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C56" s="8" t="n"/>
-[...2 lines deleted...]
-      <c r="F56" s="9" t="n">
+      <c r="C57" s="8" t="n"/>
+      <c r="D57" s="8" t="n"/>
+      <c r="E57" s="8" t="n"/>
+      <c r="F57" s="9" t="n">
         <v>479.09</v>
       </c>
-      <c r="G56" s="10" t="n">
+      <c r="G57" s="10" t="n">
         <v>0.0004</v>
-      </c>
-[...5 lines deleted...]
-        </is>
       </c>
     </row>
     <row r="59">
       <c r="B59" s="3" t="inlineStr">
         <is>
-          <t>BOND &amp; NCD's</t>
+          <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="B60" s="3" t="inlineStr">
         <is>
+          <t>BOND &amp; NCD's</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="B61" s="3" t="inlineStr">
+        <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
-      </c>
-[...33 lines deleted...]
-        <v>6.775</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="n">
         <v>43</v>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development**</t>
+          <t>Torrent Pharmaceuticals Limited**</t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
-          <t>INE261F08EG3</t>
+          <t>INE685A07173</t>
         </is>
       </c>
       <c r="D62" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AA+</t>
         </is>
       </c>
       <c r="E62" s="5" t="n">
-        <v>10000</v>
+        <v>17500</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>10726.02</v>
+        <v>17645.62</v>
       </c>
       <c r="G62" s="7" t="n">
-        <v>0.0089</v>
+        <v>0.0149</v>
       </c>
       <c r="H62" s="11" t="n">
-        <v>47238</v>
+        <v>47865</v>
       </c>
       <c r="J62" s="6" t="n">
-        <v>6.735</v>
+        <v>7.6593</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="n">
         <v>44</v>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bharti Telecom Limited</t>
+          <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
-          <t>INE403D08280</t>
+          <t>INE261F08EJ7</t>
         </is>
       </c>
       <c r="D63" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E63" s="5" t="n">
-        <v>10000</v>
+        <v>15000</v>
       </c>
       <c r="F63" s="6" t="n">
-        <v>10121.69</v>
+        <v>15327.78</v>
       </c>
       <c r="G63" s="7" t="n">
-        <v>0.008399999999999999</v>
+        <v>0.0129</v>
       </c>
       <c r="H63" s="11" t="n">
-        <v>47102</v>
+        <v>47458</v>
       </c>
       <c r="J63" s="6" t="n">
-        <v>7.355</v>
+        <v>7.3237</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="n">
         <v>45</v>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>National Bank for Financing Infrastructure and Development**</t>
+          <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
-          <t>INE0KUG08043</t>
+          <t>INE261F08EG3</t>
         </is>
       </c>
       <c r="D64" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E64" s="5" t="n">
-        <v>7500</v>
+        <v>10000</v>
       </c>
       <c r="F64" s="6" t="n">
-        <v>7737.81</v>
+        <v>10689.79</v>
       </c>
       <c r="G64" s="7" t="n">
-        <v>0.0064</v>
+        <v>0.008999999999999999</v>
       </c>
       <c r="H64" s="11" t="n">
-        <v>52821</v>
-[...4 lines deleted...]
-        </is>
+        <v>47238</v>
       </c>
       <c r="J64" s="6" t="n">
-        <v>7.2599</v>
+        <v>7.28</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="n">
         <v>46</v>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Bharti Telecom Limited**</t>
         </is>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
-          <t>INE040A08567</t>
+          <t>INE403D08280</t>
         </is>
       </c>
       <c r="D65" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E65" s="5" t="n">
-        <v>65</v>
+        <v>10000</v>
       </c>
       <c r="F65" s="6" t="n">
-        <v>6923.68</v>
+        <v>10034.48</v>
       </c>
       <c r="G65" s="7" t="n">
-        <v>0.0057</v>
+        <v>0.008500000000000001</v>
       </c>
       <c r="H65" s="11" t="n">
-        <v>46473</v>
+        <v>47102</v>
       </c>
       <c r="J65" s="6" t="n">
-        <v>6.744</v>
+        <v>7.6925</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1" t="n">
         <v>47</v>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>CANARA BANK BASEL III TIER 1**</t>
+          <t>National Bank for Financing Infrastructure and Development**</t>
         </is>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
-          <t>INE476A08241</t>
+          <t>INE0KUG08043</t>
         </is>
       </c>
       <c r="D66" s="1" t="inlineStr">
         <is>
-          <t>ICRA AA+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E66" s="5" t="n">
-        <v>50</v>
+        <v>7500</v>
       </c>
       <c r="F66" s="6" t="n">
-        <v>5266.69</v>
+        <v>7631.77</v>
       </c>
       <c r="G66" s="7" t="n">
-        <v>0.0044</v>
+        <v>0.0064</v>
       </c>
       <c r="H66" s="11" t="n">
-        <v>82057</v>
+        <v>52821</v>
       </c>
       <c r="I66" s="1" t="inlineStr">
         <is>
-          <t>CA - 29-Aug-2029</t>
+          <t>CA - 13-Feb-2026</t>
         </is>
       </c>
       <c r="J66" s="6" t="n">
-        <v>7.2449</v>
+        <v>7.5275</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="n">
         <v>48</v>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Housing Finance Limited</t>
+          <t>Torrent Pharmaceuticals Limited**</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
-          <t>INE377Y07482</t>
+          <t>INE685A07132</t>
         </is>
       </c>
       <c r="D67" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AA+</t>
         </is>
       </c>
       <c r="E67" s="5" t="n">
-        <v>5000</v>
+        <v>7500</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>5250.56</v>
+        <v>7509.43</v>
       </c>
       <c r="G67" s="7" t="n">
-        <v>0.0043</v>
+        <v>0.0063</v>
       </c>
       <c r="H67" s="11" t="n">
-        <v>46576</v>
+        <v>46771</v>
       </c>
       <c r="J67" s="6" t="n">
-        <v>6.85</v>
+        <v>7.5239</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="n">
         <v>49</v>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
-          <t>INE020B08EI8</t>
+          <t>INE040A08567</t>
         </is>
       </c>
       <c r="D68" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="E68" s="5" t="n">
-        <v>5000</v>
+      <c r="E68" s="43" t="n">
+        <v>65</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>5153.74</v>
+        <v>6970.57</v>
       </c>
       <c r="G68" s="7" t="n">
-        <v>0.0043</v>
+        <v>0.0059</v>
       </c>
       <c r="H68" s="11" t="n">
-        <v>46234</v>
+        <v>46473</v>
       </c>
       <c r="J68" s="6" t="n">
-        <v>6.49</v>
+        <v>7.175</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="n">
         <v>50</v>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India**</t>
+          <t>CANARA BANK BASEL III TIER 1**</t>
         </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
-          <t>INE556F08KK5</t>
+          <t>INE476A08241</t>
         </is>
       </c>
       <c r="D69" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
-[...3 lines deleted...]
-        <v>5000</v>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E69" s="43" t="n">
+        <v>50</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>5122.96</v>
+        <v>5278.38</v>
       </c>
       <c r="G69" s="7" t="n">
-        <v>0.0042</v>
+        <v>0.0045</v>
       </c>
       <c r="H69" s="11" t="n">
-        <v>46496</v>
+        <v>82057</v>
+      </c>
+      <c r="I69" s="1" t="inlineStr">
+        <is>
+          <t>CA - 29-Aug-2029</t>
+        </is>
       </c>
       <c r="J69" s="6" t="n">
-        <v>6.61</v>
+        <v>7.575</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="n">
         <v>51</v>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Bajaj Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
-          <t>INE134E08LM8</t>
+          <t>INE377Y07482</t>
         </is>
       </c>
       <c r="D70" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E70" s="5" t="n">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>5066.99</v>
+        <v>5278.31</v>
       </c>
       <c r="G70" s="7" t="n">
-        <v>0.0042</v>
+        <v>0.0045</v>
       </c>
       <c r="H70" s="11" t="n">
-        <v>48122</v>
+        <v>46576</v>
       </c>
       <c r="J70" s="6" t="n">
-        <v>6.905</v>
+        <v>7.3225</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="n">
         <v>52</v>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Muthoot Finance Limited**</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
-          <t>INE414G07JU8</t>
+          <t>INE020B08EI8</t>
         </is>
       </c>
       <c r="D71" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AA+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E71" s="5" t="n">
-        <v>4250</v>
+        <v>5000</v>
       </c>
       <c r="F71" s="6" t="n">
-        <v>4253.69</v>
+        <v>5187.35</v>
       </c>
       <c r="G71" s="7" t="n">
-        <v>0.0035</v>
+        <v>0.0044</v>
       </c>
       <c r="H71" s="11" t="n">
-        <v>47171</v>
+        <v>46234</v>
       </c>
       <c r="J71" s="6" t="n">
-        <v>7.86</v>
+        <v>7.355</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="n">
         <v>53</v>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
-          <t>INE020B08FK1</t>
+          <t>INE556F08KK5</t>
         </is>
       </c>
       <c r="D72" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E72" s="5" t="n">
-        <v>2500</v>
+        <v>5000</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>2672.22</v>
+        <v>5143.23</v>
       </c>
       <c r="G72" s="7" t="n">
-        <v>0.0022</v>
+        <v>0.0043</v>
       </c>
       <c r="H72" s="11" t="n">
-        <v>51104</v>
+        <v>46496</v>
       </c>
       <c r="J72" s="6" t="n">
-        <v>7.1648</v>
+        <v>7.24</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="n">
         <v>54</v>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Muthoot Finance Limited**</t>
+          <t>Power Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
-          <t>INE414G07IF1</t>
+          <t>INE134E08LM8</t>
         </is>
       </c>
       <c r="D73" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AA+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E73" s="5" t="n">
-        <v>2500</v>
+        <v>500</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>2648.22</v>
+        <v>5009.9</v>
       </c>
       <c r="G73" s="7" t="n">
-        <v>0.0022</v>
+        <v>0.0042</v>
       </c>
       <c r="H73" s="11" t="n">
-        <v>46867</v>
-[...4 lines deleted...]
-        </is>
+        <v>48122</v>
       </c>
       <c r="J73" s="6" t="n">
-        <v>7.76</v>
+        <v>7.415</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="n">
         <v>55</v>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Indian Railway Finance Corporation Limited**</t>
+          <t>Mindspace Business Parks Reit**</t>
         </is>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
-          <t>INE053F07AY7</t>
+          <t>INE0CCU07181</t>
         </is>
       </c>
       <c r="D74" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E74" s="5" t="n">
-        <v>250</v>
+        <v>5000</v>
       </c>
       <c r="F74" s="6" t="n">
-        <v>2644.2</v>
+        <v>4977.76</v>
       </c>
       <c r="G74" s="7" t="n">
-        <v>0.0022</v>
+        <v>0.0042</v>
       </c>
       <c r="H74" s="11" t="n">
-        <v>47091</v>
+        <v>47095</v>
       </c>
       <c r="J74" s="6" t="n">
-        <v>6.68</v>
+        <v>7.5797</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="n">
         <v>56</v>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Prime Limited**</t>
+          <t>Muthoot Finance Limited**</t>
         </is>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
-          <t>INE916DA7SU4</t>
+          <t>INE414G07JU8</t>
         </is>
       </c>
       <c r="D75" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>CRISIL AA+</t>
         </is>
       </c>
       <c r="E75" s="5" t="n">
-        <v>2500</v>
+        <v>4250</v>
       </c>
       <c r="F75" s="6" t="n">
-        <v>2630.78</v>
+        <v>4291.88</v>
       </c>
       <c r="G75" s="7" t="n">
-        <v>0.0022</v>
+        <v>0.0036</v>
       </c>
       <c r="H75" s="11" t="n">
-        <v>46559</v>
+        <v>47171</v>
       </c>
       <c r="J75" s="6" t="n">
-        <v>6.9475</v>
+        <v>8.011200000000001</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="n">
         <v>57</v>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Cholamandalam Investment and Finance Company Limited**</t>
+          <t>Muthoot Finance Limited**</t>
         </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
-          <t>INE121A07RC3</t>
+          <t>INE414G07IF1</t>
         </is>
       </c>
       <c r="D76" s="1" t="inlineStr">
         <is>
-          <t>ICRA AA+</t>
+          <t>CRISIL AA+</t>
         </is>
       </c>
       <c r="E76" s="5" t="n">
         <v>2500</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>2621.78</v>
+        <v>2670.77</v>
       </c>
       <c r="G76" s="7" t="n">
-        <v>0.0022</v>
+        <v>0.0023</v>
       </c>
       <c r="H76" s="11" t="n">
-        <v>46157</v>
+        <v>46867</v>
+      </c>
+      <c r="I76" s="1" t="inlineStr">
+        <is>
+          <t>PU - 25-May-2026</t>
+        </is>
       </c>
       <c r="J76" s="6" t="n">
-        <v>7.1275</v>
+        <v>7.9862</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="n">
         <v>58</v>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>State Bank of India**</t>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
         </is>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
-          <t>INE062A08439</t>
+          <t>INE121A07RC3</t>
         </is>
       </c>
       <c r="D77" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>ICRA AA+</t>
         </is>
       </c>
       <c r="E77" s="5" t="n">
         <v>2500</v>
       </c>
       <c r="F77" s="6" t="n">
-        <v>2611.01</v>
+        <v>2647.97</v>
       </c>
       <c r="G77" s="7" t="n">
         <v>0.0022</v>
       </c>
       <c r="H77" s="11" t="n">
-        <v>50962</v>
+        <v>46157</v>
       </c>
       <c r="J77" s="6" t="n">
-        <v>7.17</v>
+        <v>7.8</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="n">
         <v>59</v>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Indian Railway Finance Corporation Limited**</t>
         </is>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
-          <t>INE053F08437</t>
+          <t>INE053F07AY7</t>
         </is>
       </c>
       <c r="D78" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E78" s="5" t="n">
-        <v>2500</v>
+        <v>250</v>
       </c>
       <c r="F78" s="6" t="n">
-        <v>2610.69</v>
+        <v>2647.13</v>
       </c>
       <c r="G78" s="7" t="n">
         <v>0.0022</v>
       </c>
       <c r="H78" s="11" t="n">
-        <v>51088</v>
+        <v>47091</v>
       </c>
       <c r="J78" s="6" t="n">
-        <v>7.155</v>
+        <v>7.0881</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="n">
         <v>60</v>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Muthoot Finance Limited**</t>
+          <t>Kotak Mahindra Prime Limited**</t>
         </is>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
-          <t>INE414G07IH7</t>
+          <t>INE916DA7SU4</t>
         </is>
       </c>
       <c r="D79" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AA+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E79" s="5" t="n">
         <v>2500</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>2607.19</v>
+        <v>2642.11</v>
       </c>
       <c r="G79" s="7" t="n">
         <v>0.0022</v>
       </c>
       <c r="H79" s="11" t="n">
-        <v>46961</v>
-[...4 lines deleted...]
-        </is>
+        <v>46559</v>
       </c>
       <c r="J79" s="6" t="n">
-        <v>7.78</v>
+        <v>7.53</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="n">
         <v>61</v>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Muthoot Finance Limited**</t>
         </is>
       </c>
       <c r="C80" s="1" t="inlineStr">
         <is>
-          <t>INE414G07IG9</t>
+          <t>INE414G07IH7</t>
         </is>
       </c>
       <c r="D80" s="1" t="inlineStr">
         <is>
           <t>CRISIL AA+</t>
         </is>
       </c>
       <c r="E80" s="5" t="n">
         <v>2500</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>2584.22</v>
+        <v>2629.22</v>
       </c>
       <c r="G80" s="7" t="n">
-        <v>0.0021</v>
+        <v>0.0022</v>
       </c>
       <c r="H80" s="11" t="n">
-        <v>46234</v>
+        <v>46961</v>
+      </c>
+      <c r="I80" s="1" t="inlineStr">
+        <is>
+          <t>PU - 27-Oct-2026</t>
+        </is>
       </c>
       <c r="J80" s="6" t="n">
-        <v>7.385</v>
+        <v>7.9862</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="n">
         <v>62</v>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited**</t>
+          <t>Muthoot Finance Limited**</t>
         </is>
       </c>
       <c r="C81" s="1" t="inlineStr">
         <is>
-          <t>INE134E08ND3</t>
+          <t>INE414G07IG9</t>
         </is>
       </c>
       <c r="D81" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>CRISIL AA+</t>
         </is>
       </c>
       <c r="E81" s="5" t="n">
         <v>2500</v>
       </c>
       <c r="F81" s="6" t="n">
-        <v>2576.53</v>
+        <v>2607.15</v>
       </c>
       <c r="G81" s="7" t="n">
-        <v>0.0021</v>
+        <v>0.0022</v>
       </c>
       <c r="H81" s="11" t="n">
-        <v>48136</v>
+        <v>46234</v>
       </c>
       <c r="J81" s="6" t="n">
-        <v>6.905</v>
+        <v>8.057499999999999</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="n">
         <v>63</v>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>IDFC First Bank Limited**</t>
+          <t>Bharti Telecom Limited**</t>
         </is>
       </c>
       <c r="C82" s="1" t="inlineStr">
         <is>
-          <t>INE092T08626</t>
+          <t>INE403D08231</t>
         </is>
       </c>
       <c r="D82" s="1" t="inlineStr">
         <is>
-          <t>ICRA AA+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E82" s="5" t="n">
-        <v>78</v>
+        <v>2500</v>
       </c>
       <c r="F82" s="6" t="n">
-        <v>845.59</v>
+        <v>2587.2</v>
       </c>
       <c r="G82" s="7" t="n">
-        <v>0.0007</v>
+        <v>0.0022</v>
       </c>
       <c r="H82" s="11" t="n">
-        <v>46028</v>
+        <v>46696</v>
       </c>
       <c r="J82" s="6" t="n">
-        <v>6.9327</v>
+        <v>7.73</v>
       </c>
     </row>
     <row r="83">
-      <c r="A83" s="8" t="n"/>
-[...12 lines deleted...]
-        <v>0.0905</v>
+      <c r="A83" s="1" t="n">
+        <v>64</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>State Bank of India**</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>INE062A08439</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F83" s="6" t="n">
+        <v>2586.13</v>
+      </c>
+      <c r="G83" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="H83" s="11" t="n">
+        <v>50962</v>
+      </c>
+      <c r="J83" s="6" t="n">
+        <v>7.4349</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="1" t="n">
+        <v>65</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>INE053F08437</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F84" s="6" t="n">
+        <v>2577.2</v>
+      </c>
+      <c r="G84" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="H84" s="11" t="n">
+        <v>51088</v>
+      </c>
+      <c r="J84" s="6" t="n">
+        <v>7.46</v>
       </c>
     </row>
     <row r="85">
-      <c r="B85" s="3" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A85" s="1" t="n">
+        <v>66</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08ND3</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F85" s="6" t="n">
+        <v>2547.05</v>
+      </c>
+      <c r="G85" s="7" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="H85" s="11" t="n">
+        <v>48136</v>
+      </c>
+      <c r="J85" s="6" t="n">
+        <v>7.42</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="n">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>6.90% GOI 2065</t>
+          <t>REC Limited**</t>
         </is>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
-          <t>IN0020250018</t>
+          <t>INE020B08FK1</t>
         </is>
       </c>
       <c r="D86" s="1" t="inlineStr">
         <is>
-          <t>Sovereign</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E86" s="5" t="n">
-        <v>72500000</v>
+        <v>2500</v>
       </c>
       <c r="F86" s="6" t="n">
-        <v>68615.92999999999</v>
+        <v>2453.61</v>
       </c>
       <c r="G86" s="7" t="n">
-        <v>0.0567</v>
+        <v>0.0021</v>
       </c>
       <c r="H86" s="11" t="n">
-        <v>60372</v>
+        <v>51104</v>
       </c>
       <c r="J86" s="6" t="n">
-        <v>7.3881</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="n">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>8.51% GOI FRB 2033</t>
+          <t>Torrent Pharmaceuticals Limited**</t>
         </is>
       </c>
       <c r="C87" s="1" t="inlineStr">
         <is>
-          <t>IN0020200120</t>
+          <t>INE685A07165</t>
         </is>
       </c>
       <c r="D87" s="1" t="inlineStr">
         <is>
-          <t>Sovereign</t>
+          <t>ICRA AA+</t>
         </is>
       </c>
       <c r="E87" s="5" t="n">
-        <v>27500000</v>
+        <v>1500</v>
       </c>
       <c r="F87" s="6" t="n">
-        <v>28781.08</v>
+        <v>1507.49</v>
       </c>
       <c r="G87" s="7" t="n">
-        <v>0.0238</v>
+        <v>0.0013</v>
       </c>
       <c r="H87" s="11" t="n">
-        <v>48844</v>
+        <v>47501</v>
       </c>
       <c r="J87" s="6" t="n">
-        <v>6.2439</v>
+        <v>7.6294</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="n">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>7.24% GOI 2055</t>
+          <t>Bharti Telecom Limited</t>
         </is>
       </c>
       <c r="C88" s="1" t="inlineStr">
         <is>
-          <t>IN0020250075</t>
+          <t>INE403D08298</t>
         </is>
       </c>
       <c r="D88" s="1" t="inlineStr">
         <is>
-          <t>Sovereign</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E88" s="5" t="n">
-        <v>21000000</v>
+        <v>1500</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>21255.35</v>
+        <v>1507</v>
       </c>
       <c r="G88" s="7" t="n">
-        <v>0.0176</v>
+        <v>0.0013</v>
       </c>
       <c r="H88" s="11" t="n">
-        <v>56844</v>
+        <v>47150</v>
       </c>
       <c r="J88" s="6" t="n">
-        <v>7.3095</v>
+        <v>7.705</v>
       </c>
     </row>
     <row r="89">
-      <c r="A89" s="1" t="n">
-[...65 lines deleted...]
-        <v>7.375</v>
+      <c r="A89" s="8" t="n"/>
+      <c r="B89" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C89" s="8" t="n"/>
+      <c r="D89" s="8" t="n"/>
+      <c r="E89" s="8" t="n"/>
+      <c r="F89" s="9" t="n">
+        <v>142586.28</v>
+      </c>
+      <c r="G89" s="10" t="n">
+        <v>0.1203</v>
       </c>
     </row>
     <row r="91">
-      <c r="A91" s="1" t="n">
-[...30 lines deleted...]
-        <v>7.4374</v>
+      <c r="B91" s="3" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="n">
         <v>70</v>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>7.06% GOI 2046</t>
+          <t>6.90% GOI 2065</t>
         </is>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
-          <t>IN0020160068</t>
+          <t>IN0020250018</t>
         </is>
       </c>
       <c r="D92" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E92" s="5" t="n">
-        <v>6500000</v>
+        <v>67500000</v>
       </c>
       <c r="F92" s="6" t="n">
-        <v>6546.59</v>
+        <v>64503.04</v>
       </c>
       <c r="G92" s="7" t="n">
-        <v>0.0054</v>
+        <v>0.0544</v>
       </c>
       <c r="H92" s="11" t="n">
-        <v>53610</v>
+        <v>60372</v>
       </c>
       <c r="J92" s="6" t="n">
-        <v>7.0851</v>
+        <v>7.4076</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="n">
         <v>71</v>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>6.99% Madhya Pradesh SDL 2041</t>
+          <t>8.51% GOI FRB 2033</t>
         </is>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
-          <t>IN2120210041</t>
+          <t>IN0020200120</t>
         </is>
       </c>
       <c r="D93" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E93" s="5" t="n">
-        <v>6000000</v>
+        <v>17500000</v>
       </c>
       <c r="F93" s="6" t="n">
-        <v>5804.14</v>
+        <v>18496.63</v>
       </c>
       <c r="G93" s="7" t="n">
-        <v>0.0048</v>
+        <v>0.0156</v>
       </c>
       <c r="H93" s="11" t="n">
-        <v>51822</v>
+        <v>48844</v>
       </c>
       <c r="J93" s="6" t="n">
-        <v>7.37</v>
+        <v>6.2577</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="n">
         <v>72</v>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>7.01% Gujarat SDL 2031</t>
+          <t>6.48% GOI 2035</t>
         </is>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
-          <t>IN1520240111</t>
+          <t>IN0020250091</t>
         </is>
       </c>
       <c r="D94" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E94" s="5" t="n">
-        <v>5000000</v>
+        <v>15000000</v>
       </c>
       <c r="F94" s="6" t="n">
-        <v>5162.98</v>
+        <v>15082.29</v>
       </c>
       <c r="G94" s="7" t="n">
-        <v>0.0043</v>
+        <v>0.0127</v>
       </c>
       <c r="H94" s="11" t="n">
-        <v>47856</v>
+        <v>49588</v>
       </c>
       <c r="J94" s="6" t="n">
-        <v>6.8957</v>
+        <v>6.6952</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="n">
         <v>73</v>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>7.34% GOI 2064</t>
+          <t>7.24% GOI 2055</t>
         </is>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
-          <t>IN0020240035</t>
+          <t>IN0020250075</t>
         </is>
       </c>
       <c r="D95" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E95" s="5" t="n">
-        <v>4000000</v>
+        <v>10500000</v>
       </c>
       <c r="F95" s="6" t="n">
-        <v>3996.03</v>
+        <v>10700.99</v>
       </c>
       <c r="G95" s="7" t="n">
-        <v>0.0033</v>
+        <v>0.008999999999999999</v>
       </c>
       <c r="H95" s="11" t="n">
-        <v>60014</v>
+        <v>56844</v>
       </c>
       <c r="J95" s="6" t="n">
-        <v>7.4097</v>
+        <v>7.3533</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="n">
         <v>74</v>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>7.22% Madhya Pradesh SDL 2043</t>
+          <t>7.09% GOI 2054</t>
         </is>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
-          <t>IN2120250096</t>
+          <t>IN0020240118</t>
         </is>
       </c>
       <c r="D96" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E96" s="5" t="n">
-        <v>2500000</v>
+        <v>8500000</v>
       </c>
       <c r="F96" s="6" t="n">
-        <v>2511.52</v>
+        <v>8505.57</v>
       </c>
       <c r="G96" s="7" t="n">
-        <v>0.0021</v>
+        <v>0.0072</v>
       </c>
       <c r="H96" s="11" t="n">
-        <v>52449</v>
+        <v>56466</v>
       </c>
       <c r="J96" s="6" t="n">
-        <v>7.4074</v>
+        <v>7.3772</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="n">
         <v>75</v>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>7.65% Telangana SDL 2032</t>
+          <t>7.64% Gujarat SDL 2031</t>
         </is>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
-          <t>IN4520160149</t>
+          <t>IN1520230187</t>
         </is>
       </c>
       <c r="D97" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E97" s="5" t="n">
-        <v>1500000</v>
+        <v>7694800</v>
       </c>
       <c r="F97" s="6" t="n">
-        <v>1578.08</v>
+        <v>7903.67</v>
       </c>
       <c r="G97" s="7" t="n">
-        <v>0.0013</v>
+        <v>0.0067</v>
       </c>
       <c r="H97" s="11" t="n">
-        <v>48259</v>
+        <v>47858</v>
       </c>
       <c r="J97" s="6" t="n">
-        <v>7.051</v>
+        <v>7.0862</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="n">
         <v>76</v>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>7.38% Madhya Pradesh SDL 2026</t>
+          <t>7.19% Telangana SDL 2044</t>
         </is>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
-          <t>IN2120160030</t>
+          <t>IN4520250262</t>
         </is>
       </c>
       <c r="D98" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E98" s="5" t="n">
-        <v>250000</v>
+        <v>6000000</v>
       </c>
       <c r="F98" s="6" t="n">
-        <v>257.05</v>
+        <v>5979.8</v>
       </c>
       <c r="G98" s="7" t="n">
-        <v>0.0002</v>
+        <v>0.005</v>
       </c>
       <c r="H98" s="11" t="n">
-        <v>46279</v>
+        <v>52815</v>
       </c>
       <c r="J98" s="6" t="n">
-        <v>5.7258</v>
+        <v>7.5782</v>
       </c>
     </row>
     <row r="99">
-      <c r="A99" s="8" t="n"/>
-[...12 lines deleted...]
-        <v>0.1431</v>
+      <c r="A99" s="1" t="n">
+        <v>77</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>6.99% Madhya Pradesh SDL 2041</t>
+        </is>
+      </c>
+      <c r="C99" s="1" t="inlineStr">
+        <is>
+          <t>IN2120210041</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="n">
+        <v>6000000</v>
+      </c>
+      <c r="F99" s="6" t="n">
+        <v>5799.42</v>
+      </c>
+      <c r="G99" s="7" t="n">
+        <v>0.0049</v>
+      </c>
+      <c r="H99" s="11" t="n">
+        <v>51822</v>
+      </c>
+      <c r="J99" s="6" t="n">
+        <v>7.5102</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="1" t="n">
+        <v>78</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>7.30% GOI 2053</t>
+        </is>
+      </c>
+      <c r="C100" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230051</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="n">
+        <v>5500000</v>
+      </c>
+      <c r="F100" s="6" t="n">
+        <v>5508.78</v>
+      </c>
+      <c r="G100" s="7" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="H100" s="11" t="n">
+        <v>56054</v>
+      </c>
+      <c r="J100" s="6" t="n">
+        <v>7.3581</v>
       </c>
     </row>
     <row r="101">
-      <c r="B101" s="3" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A101" s="1" t="n">
+        <v>79</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>7.01% Gujarat SDL 2031</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>IN1520240111</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F101" s="6" t="n">
+        <v>5006.43</v>
+      </c>
+      <c r="G101" s="7" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H101" s="11" t="n">
+        <v>47856</v>
+      </c>
+      <c r="J101" s="6" t="n">
+        <v>7.0861</v>
       </c>
     </row>
     <row r="102">
-      <c r="B102" s="3" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="A102" s="1" t="n">
+        <v>80</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>7.03% Maharashtra SDL 2038</t>
+        </is>
+      </c>
+      <c r="C102" s="1" t="inlineStr">
+        <is>
+          <t>IN2220250103</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="n">
+        <v>3500000</v>
+      </c>
+      <c r="F102" s="6" t="n">
+        <v>3403.87</v>
+      </c>
+      <c r="G102" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="H102" s="11" t="n">
+        <v>50581</v>
+      </c>
+      <c r="J102" s="6" t="n">
+        <v>7.46</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="n">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited**</t>
+          <t>7.65% Telangana SDL 2032</t>
         </is>
       </c>
       <c r="C103" s="1" t="inlineStr">
         <is>
-          <t>INE238AD6AE9</t>
+          <t>IN4520160149</t>
         </is>
       </c>
       <c r="D103" s="1" t="inlineStr">
         <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="n">
+        <v>1500000</v>
+      </c>
+      <c r="F103" s="6" t="n">
+        <v>1579.39</v>
+      </c>
+      <c r="G103" s="7" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="H103" s="11" t="n">
+        <v>48259</v>
+      </c>
+      <c r="J103" s="6" t="n">
+        <v>7.2826</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="1" t="n">
+        <v>82</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>7.59% Madhya Pradesh SDL 2044</t>
+        </is>
+      </c>
+      <c r="C104" s="1" t="inlineStr">
+        <is>
+          <t>IN2120250336</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F104" s="6" t="n">
+        <v>502.45</v>
+      </c>
+      <c r="G104" s="7" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="H104" s="11" t="n">
+        <v>52603</v>
+      </c>
+      <c r="J104" s="6" t="n">
+        <v>7.5908</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="1" t="n">
+        <v>83</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>7.38% Madhya Pradesh SDL 2026</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>IN2120160030</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="n">
+        <v>250000</v>
+      </c>
+      <c r="F105" s="6" t="n">
+        <v>259.41</v>
+      </c>
+      <c r="G105" s="7" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="H105" s="11" t="n">
+        <v>46279</v>
+      </c>
+      <c r="J105" s="6" t="n">
+        <v>5.7745</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="8" t="n"/>
+      <c r="B106" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C106" s="8" t="n"/>
+      <c r="D106" s="8" t="n"/>
+      <c r="E106" s="8" t="n"/>
+      <c r="F106" s="9" t="n">
+        <v>153231.74</v>
+      </c>
+      <c r="G106" s="10" t="n">
+        <v>0.1291</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="B108" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="109">
+      <c r="B109" s="3" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="1" t="n">
+        <v>84</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C110" s="1" t="inlineStr">
+        <is>
+          <t>INE692A16KM8</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F110" s="6" t="n">
+        <v>4964.66</v>
+      </c>
+      <c r="G110" s="7" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H110" s="11" t="n">
+        <v>46093</v>
+      </c>
+      <c r="J110" s="6" t="n">
+        <v>6.6615</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="1" t="n">
+        <v>85</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C111" s="1" t="inlineStr">
+        <is>
+          <t>INE476A16F60</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
-      <c r="E103" s="5" t="n">
-[...100 lines deleted...]
-      <c r="E109" s="5" t="n">
+      <c r="E111" s="5" t="n">
         <v>1000</v>
       </c>
-      <c r="F109" s="6" t="n">
-[...26 lines deleted...]
-        <v>0.0101</v>
+      <c r="F111" s="6" t="n">
+        <v>4882.3</v>
+      </c>
+      <c r="G111" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="H111" s="11" t="n">
+        <v>46176</v>
+      </c>
+      <c r="J111" s="6" t="n">
+        <v>7.2126</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="n">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="B112" s="3" t="inlineStr">
+        <v>86</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C112" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16II2</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F112" s="6" t="n">
+        <v>4700.5</v>
+      </c>
+      <c r="G112" s="7" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H112" s="11" t="n">
+        <v>46377</v>
+      </c>
+      <c r="J112" s="6" t="n">
+        <v>7.2</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="1" t="n">
+        <v>87</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C113" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BI1</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="n">
+        <v>500</v>
+      </c>
+      <c r="F113" s="6" t="n">
+        <v>2447.25</v>
+      </c>
+      <c r="G113" s="7" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="H113" s="11" t="n">
+        <v>46162</v>
+      </c>
+      <c r="J113" s="6" t="n">
+        <v>7.2849</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="8" t="n"/>
+      <c r="B114" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C114" s="8" t="n"/>
+      <c r="D114" s="8" t="n"/>
+      <c r="E114" s="8" t="n"/>
+      <c r="F114" s="9" t="n">
+        <v>16994.71</v>
+      </c>
+      <c r="G114" s="10" t="n">
+        <v>0.0144</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="B116" s="3" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="117">
+      <c r="B117" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="1" t="n">
+        <v>88</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Securities Limited**</t>
+        </is>
+      </c>
+      <c r="C118" s="1" t="inlineStr">
+        <is>
+          <t>INE028E14SR4</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F118" s="6" t="n">
+        <v>9949.26</v>
+      </c>
+      <c r="G118" s="7" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="H118" s="11" t="n">
+        <v>46080</v>
+      </c>
+      <c r="J118" s="6" t="n">
+        <v>7.1594</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="1" t="n">
+        <v>89</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C119" s="1" t="inlineStr">
+        <is>
+          <t>INE403D14585</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F119" s="6" t="n">
+        <v>4763.88</v>
+      </c>
+      <c r="G119" s="7" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H119" s="11" t="n">
+        <v>46283</v>
+      </c>
+      <c r="J119" s="6" t="n">
+        <v>7.9</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="8" t="n"/>
+      <c r="B120" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C120" s="8" t="n"/>
+      <c r="D120" s="8" t="n"/>
+      <c r="E120" s="8" t="n"/>
+      <c r="F120" s="9" t="n">
+        <v>14713.14</v>
+      </c>
+      <c r="G120" s="10" t="n">
+        <v>0.0124</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="1" t="n">
+        <v>90</v>
+      </c>
+      <c r="B122" s="3" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F112" s="6" t="n">
-[...11 lines deleted...]
-      <c r="B113" s="8" t="inlineStr">
+      <c r="F122" s="6" t="n">
+        <v>24808.19</v>
+      </c>
+      <c r="G122" s="7" t="n">
+        <v>0.0209</v>
+      </c>
+      <c r="H122" s="11" t="n">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="8" t="n"/>
+      <c r="B123" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C113" s="8" t="n"/>
-[...10 lines deleted...]
-      <c r="B115" s="3" t="inlineStr">
+      <c r="C123" s="8" t="n"/>
+      <c r="D123" s="8" t="n"/>
+      <c r="E123" s="8" t="n"/>
+      <c r="F123" s="9" t="n">
+        <v>24808.19</v>
+      </c>
+      <c r="G123" s="10" t="n">
+        <v>0.0209</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="B125" s="3" t="inlineStr">
         <is>
           <t>Mutual Funds</t>
         </is>
       </c>
     </row>
-    <row r="116">
-[...3 lines deleted...]
-      <c r="B116" s="1" t="inlineStr">
+    <row r="126">
+      <c r="A126" s="1" t="n">
+        <v>91</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
         <is>
           <t>DSP Short Term Fund- Direct - Growth</t>
         </is>
       </c>
-      <c r="C116" s="1" t="inlineStr">
+      <c r="C126" s="1" t="inlineStr">
         <is>
           <t>INF740K01NJ5</t>
         </is>
       </c>
-      <c r="D116" s="1" t="inlineStr">
+      <c r="D126" s="1" t="inlineStr">
         <is>
           <t>Mutual Funds</t>
         </is>
       </c>
-      <c r="E116" s="5" t="n">
+      <c r="E126" s="5" t="n">
         <v>50704568.198</v>
       </c>
-      <c r="F116" s="6" t="n">
-[...11 lines deleted...]
-      <c r="B117" s="8" t="inlineStr">
+      <c r="F126" s="6" t="n">
+        <v>26445.98</v>
+      </c>
+      <c r="G126" s="7" t="n">
+        <v>0.0223</v>
+      </c>
+      <c r="J126" s="6" t="n">
+        <v>7.20778</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="8" t="n"/>
+      <c r="B127" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C117" s="8" t="n"/>
-[...10 lines deleted...]
-      <c r="B119" s="3" t="inlineStr">
+      <c r="C127" s="8" t="n"/>
+      <c r="D127" s="8" t="n"/>
+      <c r="E127" s="8" t="n"/>
+      <c r="F127" s="9" t="n">
+        <v>26445.98</v>
+      </c>
+      <c r="G127" s="10" t="n">
+        <v>0.0223</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="B129" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
-    <row r="120">
-      <c r="B120" s="1" t="inlineStr">
+    <row r="130">
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Cash Margin</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="n"/>
+      <c r="F130" s="6" t="n">
+        <v>1000</v>
+      </c>
+      <c r="G130" s="7" t="n">
+        <v>0.0008</v>
+      </c>
+      <c r="J130" s="6" t="n"/>
+    </row>
+    <row r="131">
+      <c r="B131" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E120" s="5" t="n"/>
-[...10 lines deleted...]
-      <c r="B121" s="8" t="inlineStr">
+      <c r="E131" s="5" t="n"/>
+      <c r="F131" s="6" t="n">
+        <v>-7644.91</v>
+      </c>
+      <c r="G131" s="7" t="n">
+        <v>-0.0063</v>
+      </c>
+      <c r="J131" s="6" t="n"/>
+    </row>
+    <row r="132">
+      <c r="A132" s="8" t="n"/>
+      <c r="B132" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C121" s="8" t="n"/>
-[...11 lines deleted...]
-      <c r="B123" s="4" t="inlineStr">
+      <c r="C132" s="8" t="n"/>
+      <c r="D132" s="8" t="n"/>
+      <c r="E132" s="8" t="n"/>
+      <c r="F132" s="9" t="n">
+        <v>-6644.91</v>
+      </c>
+      <c r="G132" s="10" t="n">
+        <v>-0.0055</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="4" t="n"/>
+      <c r="B134" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C123" s="4" t="n"/>
-[...5 lines deleted...]
-      <c r="G123" s="13" t="n">
+      <c r="C134" s="4" t="n"/>
+      <c r="D134" s="4" t="n"/>
+      <c r="E134" s="4" t="n"/>
+      <c r="F134" s="12" t="n">
+        <v>1186115.49</v>
+      </c>
+      <c r="G134" s="13" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="124">
-      <c r="A124" s="1" t="inlineStr">
+    <row r="135">
+      <c r="A135" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="125">
-      <c r="A125" s="1" t="n">
+    <row r="136">
+      <c r="A136" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B125" s="1" t="inlineStr">
+      <c r="B136" s="1" t="inlineStr">
         <is>
           <t>** Non Traded / Thinly Traded and illiquid securities in case of Equity instruments and Non Traded in case of Debt Instruments in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
-    <row r="126">
-      <c r="A126" s="14" t="n">
+    <row r="137">
+      <c r="A137" s="61" t="n">
         <v>2</v>
       </c>
-      <c r="B126" s="14" t="inlineStr">
+      <c r="B137" s="61" t="inlineStr">
         <is>
           <t>* Less than 0.01%</t>
         </is>
       </c>
     </row>
-    <row r="127">
-      <c r="A127" s="15" t="n">
+    <row r="138">
+      <c r="A138" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B127" s="15" t="inlineStr">
+      <c r="B138" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="128" ht="136.5" customHeight="1" s="49">
-      <c r="A128" t="n">
+    <row r="139" ht="126.65" customHeight="1" s="45">
+      <c r="A139" s="15" t="n">
         <v>4</v>
       </c>
-      <c r="B128" s="50" t="inlineStr">
+      <c r="B139" s="46" t="inlineStr">
         <is>
           <t xml:space="preserve">As per SEBI (MUTUAL FUNDS) REGULATIONS, 1996 and  MASTER CIRCULAR SEBI/HO/IMD/IMD-PoD-1/P/CIR/2024/90 Dtd June 27th 2024,  Below are the details of the securities in case of which issuer has defaulted beyond its maturity date. 
 Pursuant to the application filed by the Board of IL&amp;FS with the Hon’ble NCLAT to effect the interim distribution process, DSP Aggresive Hybrid Fund has received Interim distribution from IL&amp;FS Transportation Networks Limited as stated below in the form of cash and InVITs. The cash distribution has been recognized as realized income passed on to the investors through NAV. The impact of InVITs has been factored in the NAV of the respective scheme on the March 07,2025 on which the INVITs were allotted. The provision of 10% is created on all the distributions of ITNL including prior distribution to safeguard the interest of unit holders as ITNL may claw back the amount in case the distribution results in excess distribution than what the debenture holders ought to have received.  </t>
         </is>
       </c>
-      <c r="C128" s="70" t="n"/>
-[...5 lines deleted...]
-      <c r="B129" s="51" t="inlineStr">
+      <c r="C139" s="65" t="n"/>
+      <c r="D139" s="65" t="n"/>
+      <c r="E139" s="65" t="n"/>
+      <c r="F139" s="65" t="n"/>
+    </row>
+    <row r="140" ht="81" customHeight="1" s="45">
+      <c r="A140" s="15" t="n"/>
+      <c r="B140" s="47" t="inlineStr">
         <is>
           <t>Security Name</t>
         </is>
       </c>
-      <c r="C129" s="51" t="inlineStr">
+      <c r="C140" s="47" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D129" s="51" t="inlineStr">
+      <c r="D140" s="47" t="inlineStr">
         <is>
           <t>value of the security considered under net receivables (i.e. value recognized in NAV in absolute terms and as % to NAV)
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="E129" s="71" t="n"/>
-      <c r="F129" s="51" t="inlineStr">
+      <c r="E140" s="66" t="n"/>
+      <c r="F140" s="47" t="inlineStr">
         <is>
           <t>total amount (including principal and interest) that is due to the scheme on that investment
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="G129" s="23" t="inlineStr">
+      <c r="G140" s="23" t="inlineStr">
         <is>
           <t>Interim Distribution received (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="H129" s="51" t="inlineStr">
+      <c r="H140" s="47" t="inlineStr">
         <is>
           <t>Date of passing Interim Distribution recognized in NAV</t>
         </is>
       </c>
     </row>
-    <row r="130" ht="27" customHeight="1" s="49">
-      <c r="B130" s="24" t="inlineStr">
+    <row r="141" ht="27" customHeight="1" s="45">
+      <c r="A141" s="15" t="n"/>
+      <c r="B141" s="24" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Transportation Networks Limited Ncd Series A 23032019</t>
         </is>
       </c>
-      <c r="C130" s="24" t="inlineStr">
+      <c r="C141" s="24" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D130" s="25" t="n">
+      <c r="D141" s="25" t="n">
         <v>0</v>
       </c>
-      <c r="E130" s="26" t="n">
+      <c r="E141" s="26" t="n">
         <v>0</v>
       </c>
-      <c r="F130" s="72" t="n">
+      <c r="F141" s="67" t="n">
         <v>5965.03089</v>
       </c>
-      <c r="G130" s="27" t="n">
+      <c r="G141" s="27" t="n">
         <v>372.15</v>
       </c>
-      <c r="H130" s="28" t="n">
+      <c r="H141" s="28" t="n">
         <v>45218</v>
       </c>
     </row>
-    <row r="131" ht="27" customHeight="1" s="49">
-      <c r="B131" s="24" t="inlineStr">
+    <row r="142" ht="27" customHeight="1" s="45">
+      <c r="A142" s="15" t="n"/>
+      <c r="B142" s="24" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Transportation Networks Limited Ncd Series A 23032019</t>
         </is>
       </c>
-      <c r="C131" s="24" t="inlineStr">
+      <c r="C142" s="24" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D131" s="25" t="n">
+      <c r="D142" s="25" t="n">
         <v>0</v>
       </c>
-      <c r="E131" s="26" t="n">
+      <c r="E142" s="26" t="n">
         <v>0</v>
       </c>
-      <c r="F131" s="73" t="n"/>
-      <c r="G131" s="27" t="n">
+      <c r="F142" s="68" t="n"/>
+      <c r="G142" s="27" t="n">
         <v>188.35844</v>
       </c>
-      <c r="H131" s="28" t="n">
+      <c r="H142" s="28" t="n">
         <v>45715</v>
       </c>
     </row>
-    <row r="132" ht="14.5" customHeight="1" s="49">
-[...9 lines deleted...]
-      <c r="A133" t="n">
+    <row r="143" ht="63.5" customHeight="1" s="45">
+      <c r="A143" s="15" t="n">
         <v>5</v>
       </c>
-      <c r="B133" s="17" t="inlineStr">
+      <c r="B143" s="50" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
+        </is>
+      </c>
+      <c r="C143" s="69" t="n"/>
+      <c r="D143" s="69" t="n"/>
+      <c r="E143" s="69" t="n"/>
+      <c r="F143" s="69" t="n"/>
+      <c r="G143" s="69" t="n"/>
+    </row>
+    <row r="144">
+      <c r="A144" s="15" t="n"/>
+      <c r="B144" s="29" t="inlineStr">
+        <is>
+          <t>Disclosure in Derivatives</t>
+        </is>
+      </c>
+      <c r="C144" s="29" t="inlineStr">
+        <is>
+          <t>Industry</t>
+        </is>
+      </c>
+      <c r="D144" s="29" t="inlineStr">
+        <is>
+          <t>Notional Value</t>
+        </is>
+      </c>
+      <c r="E144" s="29" t="inlineStr">
+        <is>
+          <t>% To net assets</t>
+        </is>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" s="15" t="n"/>
+      <c r="B145" s="16" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Floating and Receive Fixed</t>
+        </is>
+      </c>
+      <c r="C145" s="16" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D145" s="16" t="n">
+        <v>750000000</v>
+      </c>
+      <c r="E145" s="41" t="n">
+        <v>-1e-05</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" s="15" t="n"/>
+      <c r="B146" s="16" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Floating and Receive Fixed</t>
+        </is>
+      </c>
+      <c r="C146" s="16" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D146" s="16" t="n">
+        <v>750000000</v>
+      </c>
+      <c r="E146" s="41" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" s="15" t="n">
+        <v>6</v>
+      </c>
+      <c r="B148" s="3" t="inlineStr">
         <is>
           <t>Yield to call as per AMFI Best Practices Guidelines Circular No. 88 / 2020 -21</t>
         </is>
       </c>
-      <c r="C133" s="17" t="n"/>
-[...3 lines deleted...]
-      <c r="B134" s="29" t="inlineStr">
+      <c r="C148" s="3" t="n"/>
+      <c r="D148" s="3" t="n"/>
+    </row>
+    <row r="149" ht="14.5" customHeight="1" s="45">
+      <c r="A149" s="15" t="n"/>
+      <c r="B149" s="30" t="inlineStr">
         <is>
           <t>Issuer</t>
         </is>
       </c>
-      <c r="C134" s="30" t="inlineStr">
+      <c r="C149" s="31" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D134" s="30" t="inlineStr">
+      <c r="D149" s="31" t="inlineStr">
         <is>
           <t>YTC</t>
         </is>
       </c>
     </row>
-    <row r="135" ht="14.5" customHeight="1" s="49">
-      <c r="B135" s="31" t="inlineStr">
+    <row r="150" ht="14.5" customHeight="1" s="45">
+      <c r="B150" s="32" t="inlineStr">
         <is>
           <t>CANARA BANK BASEL III TIER 1**</t>
         </is>
       </c>
-      <c r="C135" s="32" t="inlineStr">
+      <c r="C150" s="33" t="inlineStr">
         <is>
           <t>INE476A08241</t>
         </is>
       </c>
-      <c r="D135" s="33" t="n">
-[...14 lines deleted...]
-      <c r="B138" s="38" t="inlineStr">
+      <c r="D150" s="34" t="n">
+        <v>0.07575</v>
+      </c>
+    </row>
+    <row r="153" ht="14.5" customHeight="1" s="45">
+      <c r="B153" s="39" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="151" ht="14.5" customHeight="1" s="49">
-      <c r="B151" s="38" t="inlineStr">
+    <row r="167" ht="14.5" customHeight="1" s="45">
+      <c r="B167" s="39" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Hybrid 35+65 - Aggressive Index</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
-    <mergeCell ref="B128:F128"/>
-[...1 lines deleted...]
-    <mergeCell ref="F130:F131"/>
+    <mergeCell ref="B139:F139"/>
+    <mergeCell ref="F141:F142"/>
+    <mergeCell ref="B143:G143"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="B136:H136"/>
+    <mergeCell ref="D140:E140"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>