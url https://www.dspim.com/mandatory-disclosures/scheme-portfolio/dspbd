--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1,73 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="965" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="997" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="BOND" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="19">
+  <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -82,111 +88,118 @@
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
-      <color rgb="FF000000"/>
-[...11 lines deleted...]
-      <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -316,334 +329,338 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="107">
+  <cellXfs count="111">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...45 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
-    </xf>
-[...72 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
@@ -694,116 +711,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>58</row>
+      <row>60</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2378075</colOff>
-[...1 lines deleted...]
-      <rowOff>34925</rowOff>
+      <colOff>2374900</colOff>
+      <row>69</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="9683750"/>
+          <a:off x="457200" y="9855200"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>71</row>
+      <row>74</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2378075</colOff>
-[...1 lines deleted...]
-      <rowOff>34925</rowOff>
+      <colOff>2374900</colOff>
+      <row>83</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="12096750"/>
+          <a:off x="457200" y="12268200"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1045,1160 +1062,1194 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L91"/>
+  <dimension ref="A1:L95"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="46.81640625" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="18.81640625" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="21.1796875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="14.54296875" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="75">
-[...1 lines deleted...]
-      <c r="B1" s="74" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="74">
+      <c r="A1" s="73" t="n"/>
+      <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Bond Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on September 30, 2025</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on October 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>Units issued by REITs &amp; InvITs</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="1" t="n">
+      <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Roadstar Infra Investment Trust</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C8" s="2" t="inlineStr">
         <is>
           <t>INE0JEI23010</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Transport Infrastructure</t>
         </is>
       </c>
-      <c r="E8" s="11" t="n">
+      <c r="E8" s="12" t="n">
         <v>121667</v>
       </c>
-      <c r="F8" s="5" t="n">
+      <c r="F8" s="6" t="n">
         <v>88.31999999999999</v>
       </c>
-      <c r="G8" s="6" t="n">
+      <c r="G8" s="7" t="n">
         <v>0.0028</v>
       </c>
-      <c r="H8" s="7" t="n"/>
-[...1 lines deleted...]
-      <c r="K8" s="3" t="inlineStr">
+      <c r="H8" s="8" t="n">
+        <v>2</v>
+      </c>
+      <c r="J8" s="6" t="n"/>
+      <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="8" t="n"/>
-      <c r="B9" s="8" t="inlineStr">
+      <c r="A9" s="9" t="n"/>
+      <c r="B9" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C9" s="8" t="n"/>
-[...2 lines deleted...]
-      <c r="F9" s="9" t="n">
+      <c r="C9" s="9" t="n"/>
+      <c r="D9" s="9" t="n"/>
+      <c r="E9" s="9" t="n"/>
+      <c r="F9" s="10" t="n">
         <v>88.31999999999999</v>
       </c>
-      <c r="G9" s="10" t="n">
+      <c r="G9" s="11" t="n">
         <v>0.0028</v>
       </c>
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K9" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="L9" s="6" t="n">
-        <v>0.5747</v>
+      <c r="L9" s="7" t="n">
+        <v>0.5784</v>
       </c>
     </row>
     <row r="10">
-      <c r="K10" s="1" t="inlineStr">
+      <c r="K10" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L10" s="6" t="n">
-        <v>0.2471</v>
+      <c r="L10" s="7" t="n">
+        <v>0.2461</v>
       </c>
     </row>
     <row r="11">
-      <c r="B11" s="3" t="inlineStr">
+      <c r="B11" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
-      <c r="K11" s="1" t="inlineStr">
+      <c r="K11" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
-      <c r="L11" s="6" t="n">
-        <v>0.1504</v>
+      <c r="L11" s="7" t="n">
+        <v>0.1507</v>
       </c>
     </row>
     <row r="12">
-      <c r="B12" s="3" t="inlineStr">
+      <c r="B12" s="4" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
-      <c r="K12" s="1" t="inlineStr">
+      <c r="K12" s="2" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
-      <c r="L12" s="6" t="n">
+      <c r="L12" s="7" t="n">
         <v>0.0034</v>
       </c>
     </row>
     <row r="13">
-      <c r="B13" s="3" t="inlineStr">
+      <c r="B13" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K13" s="1" t="inlineStr">
+      <c r="K13" s="2" t="inlineStr">
         <is>
           <t>Transport Infrastructure</t>
         </is>
       </c>
-      <c r="L13" s="6" t="n">
+      <c r="L13" s="7" t="n">
         <v>0.0028</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="1" t="n">
+      <c r="A14" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B14" s="1" t="inlineStr">
+      <c r="B14" s="2" t="inlineStr">
         <is>
           <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
-      <c r="C14" s="1" t="inlineStr">
+      <c r="C14" s="2" t="inlineStr">
         <is>
           <t>INE115A07RD3</t>
         </is>
       </c>
-      <c r="D14" s="1" t="inlineStr">
+      <c r="D14" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="E14" s="11" t="n">
+      <c r="E14" s="12" t="n">
         <v>2500</v>
       </c>
-      <c r="F14" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H14" s="7" t="n">
+      <c r="F14" s="6" t="n">
+        <v>2679.06</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0843</v>
+      </c>
+      <c r="H14" s="8" t="n">
         <v>47535</v>
       </c>
-      <c r="J14" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K14" s="1" t="inlineStr">
+      <c r="J14" s="6" t="n">
+        <v>7.0249</v>
+      </c>
+      <c r="K14" s="2" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L14" s="6" t="n">
-        <v>0.0216</v>
+      <c r="L14" s="7" t="n">
+        <v>0.0186</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="1" t="n">
+      <c r="A15" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="B15" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C15" s="1" t="inlineStr">
+      <c r="B15" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C15" s="2" t="inlineStr">
+        <is>
+          <t>INE296A07RD1</t>
+        </is>
+      </c>
+      <c r="D15" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E15" s="12" t="n">
+        <v>250</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>2650.82</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0834</v>
+      </c>
+      <c r="H15" s="8" t="n">
+        <v>47525</v>
+      </c>
+      <c r="J15" s="6" t="n">
+        <v>7.24</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="n">
+        <v>4</v>
+      </c>
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
         <is>
           <t>INE556F08KY6</t>
         </is>
       </c>
-      <c r="D15" s="1" t="inlineStr">
+      <c r="D16" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="E15" s="11" t="n">
+      <c r="E16" s="12" t="n">
         <v>2500</v>
       </c>
-      <c r="F15" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H15" s="7" t="n">
+      <c r="F16" s="6" t="n">
+        <v>2647.81</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0833</v>
+      </c>
+      <c r="H16" s="8" t="n">
         <v>47563</v>
       </c>
-      <c r="J15" s="5" t="n">
-[...4 lines deleted...]
-      <c r="A16" s="1" t="n">
+      <c r="J16" s="6" t="n">
+        <v>6.92</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="B17" s="2" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C17" s="2" t="inlineStr">
+        <is>
+          <t>INE261F08EL3</t>
+        </is>
+      </c>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E17" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>2632.88</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0829</v>
+      </c>
+      <c r="H17" s="8" t="n">
+        <v>47602</v>
+      </c>
+      <c r="J17" s="6" t="n">
+        <v>6.89</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="2" t="n">
+        <v>6</v>
+      </c>
+      <c r="B18" s="2" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C18" s="2" t="inlineStr">
+        <is>
+          <t>INE020B08FL9</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E18" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>2631.33</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0828</v>
+      </c>
+      <c r="H18" s="8" t="n">
+        <v>47603</v>
+      </c>
+      <c r="J18" s="6" t="n">
+        <v>6.835</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>INE053F08494</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E19" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>2578.37</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.08119999999999999</v>
+      </c>
+      <c r="H19" s="8" t="n">
+        <v>47603</v>
+      </c>
+      <c r="J19" s="6" t="n">
+        <v>6.78</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>INE377Y07573</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E20" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>2556.36</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0805</v>
+      </c>
+      <c r="H20" s="8" t="n">
+        <v>47646</v>
+      </c>
+      <c r="J20" s="6" t="n">
+        <v>7.115</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="9" t="n"/>
+      <c r="B21" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C21" s="9" t="n"/>
+      <c r="D21" s="9" t="n"/>
+      <c r="E21" s="9" t="n"/>
+      <c r="F21" s="10" t="n">
+        <v>18376.63</v>
+      </c>
+      <c r="G21" s="11" t="n">
+        <v>0.5784</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="B23" s="4" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="2" t="n">
+        <v>9</v>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <t>7.72% Maharashtra SDL 2031</t>
+        </is>
+      </c>
+      <c r="C24" s="2" t="inlineStr">
+        <is>
+          <t>IN2220220171</t>
+        </is>
+      </c>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E24" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>2624.81</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.08260000000000001</v>
+      </c>
+      <c r="H24" s="8" t="n">
+        <v>47908</v>
+      </c>
+      <c r="J24" s="6" t="n">
+        <v>6.81</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <t>7.03% Chattisgarh SDL 2030</t>
+        </is>
+      </c>
+      <c r="C25" s="2" t="inlineStr">
+        <is>
+          <t>IN3520240026</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E25" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>2537.02</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0799</v>
+      </c>
+      <c r="H25" s="8" t="n">
+        <v>47751</v>
+      </c>
+      <c r="J25" s="6" t="n">
+        <v>6.77</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="2" t="n">
+        <v>11</v>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>7.32% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <t>IN0020230135</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E26" s="12" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>2158.57</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0679</v>
+      </c>
+      <c r="H26" s="8" t="n">
+        <v>47800</v>
+      </c>
+      <c r="J26" s="6" t="n">
+        <v>6.1975</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="2" t="n">
+        <v>12</v>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>5.77% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C27" s="2" t="inlineStr">
+        <is>
+          <t>IN0020200153</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E27" s="12" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>497.47</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0157</v>
+      </c>
+      <c r="H27" s="8" t="n">
+        <v>47698</v>
+      </c>
+      <c r="J27" s="6" t="n">
+        <v>6.1766</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="9" t="n"/>
+      <c r="B28" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C28" s="9" t="n"/>
+      <c r="D28" s="9" t="n"/>
+      <c r="E28" s="9" t="n"/>
+      <c r="F28" s="10" t="n">
+        <v>7817.87</v>
+      </c>
+      <c r="G28" s="11" t="n">
+        <v>0.2461</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="B30" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="31">
+      <c r="B31" s="4" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="2" t="n">
+        <v>13</v>
+      </c>
+      <c r="B32" s="2" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C32" s="2" t="inlineStr">
+        <is>
+          <t>INE562A16OS2</t>
+        </is>
+      </c>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E32" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>2417.13</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0761</v>
+      </c>
+      <c r="H32" s="8" t="n">
+        <v>46148</v>
+      </c>
+      <c r="J32" s="6" t="n">
+        <v>6.1951</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="2" t="n">
+        <v>14</v>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <t>INE040A16HO2</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E33" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>2370.32</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0746</v>
+      </c>
+      <c r="H33" s="8" t="n">
+        <v>46259</v>
+      </c>
+      <c r="J33" s="6" t="n">
+        <v>6.38</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="9" t="n"/>
+      <c r="B34" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C34" s="9" t="n"/>
+      <c r="D34" s="9" t="n"/>
+      <c r="E34" s="9" t="n"/>
+      <c r="F34" s="10" t="n">
+        <v>4787.45</v>
+      </c>
+      <c r="G34" s="11" t="n">
+        <v>0.1507</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B36" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>517.72</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0163</v>
+      </c>
+      <c r="H36" s="8" t="n">
+        <v>45946</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="9" t="n"/>
+      <c r="B37" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C37" s="9" t="n"/>
+      <c r="D37" s="9" t="n"/>
+      <c r="E37" s="9" t="n"/>
+      <c r="F37" s="10" t="n">
+        <v>517.72</v>
+      </c>
+      <c r="G37" s="11" t="n">
+        <v>0.0163</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="B39" s="4" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="2" t="n">
+        <v>16</v>
+      </c>
+      <c r="B40" s="2" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C40" s="2" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E40" s="12" t="n">
+        <v>948.296</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>108.27</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="9" t="n"/>
+      <c r="B41" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C41" s="9" t="n"/>
+      <c r="D41" s="9" t="n"/>
+      <c r="E41" s="9" t="n"/>
+      <c r="F41" s="10" t="n">
+        <v>108.27</v>
+      </c>
+      <c r="G41" s="11" t="n">
+        <v>0.0034</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="B43" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="B44" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E44" s="12" t="n"/>
+      <c r="F44" s="6" t="n">
+        <v>72.01000000000001</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.0023</v>
+      </c>
+      <c r="J44" s="6" t="n"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="9" t="n"/>
+      <c r="B45" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C45" s="9" t="n"/>
+      <c r="D45" s="9" t="n"/>
+      <c r="E45" s="9" t="n"/>
+      <c r="F45" s="10" t="n">
+        <v>72.01000000000001</v>
+      </c>
+      <c r="G45" s="11" t="n">
+        <v>0.0023</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="5" t="n"/>
+      <c r="B47" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C47" s="5" t="n"/>
+      <c r="D47" s="5" t="n"/>
+      <c r="E47" s="5" t="n"/>
+      <c r="F47" s="13" t="n">
+        <v>31768.27</v>
+      </c>
+      <c r="G47" s="14" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="B49" s="2" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="15" t="n">
+        <v>2</v>
+      </c>
+      <c r="B50" s="15" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" ht="27" customHeight="1" s="74">
+      <c r="A51" s="15" t="n">
+        <v>3</v>
+      </c>
+      <c r="B51" s="15" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the day of the Portfolio</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" ht="133" customHeight="1" s="74">
+      <c r="A52" s="22" t="n">
         <v>4</v>
       </c>
-      <c r="B16" s="1" t="inlineStr">
-[...599 lines deleted...]
-      <c r="B51" s="95" t="inlineStr">
+      <c r="B52" s="106" t="inlineStr">
         <is>
           <t xml:space="preserve">As per SEBI (MUTUAL FUNDS) REGULATIONS, 1996 and  MASTER CIRCULAR SEBI/HO/IMD/IMD-PoD-1/P/CIR/2024/90 Dtd June 27th 2024,  Below are the details of the securities in case of which issuer has defaulted beyond its maturity date. 
 Pursuant to the application filed by the Board of IL&amp;FS with the Hon’ble NCLAT to effect the interim distribution process, DSP Bond Fund has received Interim distribution from IL&amp;FS Transportation Networks Limited as stated below in the form of cash and InVITs. The cash distribution has been recognized as realized income passed on to the investors through NAV. The impact of InVITs has been factored in the NAV of the respective scheme on the March 7,2025 on which the INVITs were allotted. The provision of 10% is created on all the distributions of ITNL including prior distribution to safeguard the interest of unit holders as ITNL may claw back the amount in case the distribution results in excess distribution than what the debenture holders ought to have received.  </t>
         </is>
       </c>
     </row>
-    <row r="52" ht="81" customHeight="1" s="75">
-      <c r="B52" s="84" t="inlineStr">
+    <row r="53" ht="81" customHeight="1" s="74">
+      <c r="B53" s="83" t="inlineStr">
         <is>
           <t>Security Name</t>
         </is>
       </c>
-      <c r="C52" s="84" t="inlineStr">
+      <c r="C53" s="83" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D52" s="84" t="inlineStr">
+      <c r="D53" s="83" t="inlineStr">
         <is>
           <t>value of the security considered under net receivables (i.e. value recognized in NAV in absolute terms and as % to NAV)
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="E52" s="103" t="n"/>
-      <c r="F52" s="84" t="inlineStr">
+      <c r="E53" s="107" t="n"/>
+      <c r="F53" s="83" t="inlineStr">
         <is>
           <t>total amount (including principal and interest) that is due to the scheme on that investment
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="G52" s="23" t="inlineStr">
+      <c r="G53" s="43" t="inlineStr">
         <is>
           <t>Interim Distribution received (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="H52" s="84" t="inlineStr">
+      <c r="H53" s="83" t="inlineStr">
         <is>
           <t>Date of passing Interim Distribution recognized in NAV</t>
         </is>
       </c>
-      <c r="I52" s="24" t="inlineStr">
+      <c r="I53" s="35" t="inlineStr">
         <is>
           <t>Interim Distribution (Units) INR at Unit Face Value Rs. 100 (Rs. In Lakhs)</t>
         </is>
       </c>
     </row>
-    <row r="53" ht="27" customHeight="1" s="75">
-      <c r="B53" s="25" t="inlineStr">
+    <row r="54" ht="27" customHeight="1" s="74">
+      <c r="B54" s="26" t="inlineStr">
         <is>
           <t>0% Il&amp;Fs Transportation Networks Limited NCD Series A 23032019</t>
         </is>
       </c>
-      <c r="C53" s="25" t="inlineStr">
+      <c r="C54" s="26" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D53" s="62" t="n">
+      <c r="D54" s="44" t="n">
         <v>0</v>
       </c>
-      <c r="E53" s="63" t="n">
+      <c r="E54" s="45" t="n">
         <v>0</v>
       </c>
-      <c r="F53" s="104" t="n">
+      <c r="F54" s="108" t="n">
         <v>1325.56242</v>
       </c>
-      <c r="G53" s="64" t="n">
+      <c r="G54" s="46" t="n">
         <v>82.70049</v>
       </c>
-      <c r="H53" s="65" t="n">
+      <c r="H54" s="47" t="n">
         <v>45218</v>
       </c>
-      <c r="I53" s="105" t="n">
+      <c r="I54" s="109" t="n">
         <v>146.67</v>
       </c>
     </row>
-    <row r="54" ht="27" customHeight="1" s="75">
-      <c r="B54" s="25" t="inlineStr">
+    <row r="55" ht="27" customHeight="1" s="74">
+      <c r="B55" s="26" t="inlineStr">
         <is>
           <t>0% Il&amp;Fs Transportation Networks Limited NCD Series A 23032019</t>
         </is>
       </c>
-      <c r="C54" s="25" t="inlineStr">
+      <c r="C55" s="26" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D54" s="62" t="n">
+      <c r="D55" s="44" t="n">
         <v>0</v>
       </c>
-      <c r="E54" s="63" t="n">
+      <c r="E55" s="45" t="n">
         <v>0</v>
       </c>
-      <c r="F54" s="106" t="n"/>
-      <c r="G54" s="64" t="n">
+      <c r="F55" s="110" t="n"/>
+      <c r="G55" s="46" t="n">
         <v>41.85743</v>
       </c>
-      <c r="H54" s="65" t="n">
+      <c r="H55" s="47" t="n">
         <v>45715</v>
       </c>
-      <c r="I54" s="106" t="n"/>
-[...2 lines deleted...]
-      <c r="B57" s="66" t="inlineStr">
+      <c r="I55" s="110" t="n"/>
+    </row>
+    <row r="59" ht="14.5" customHeight="1" s="74">
+      <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="70" ht="14.5" customHeight="1" s="75">
-      <c r="B70" s="66" t="inlineStr">
+    <row r="73" ht="14.5" customHeight="1" s="74">
+      <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Medium Duration Debt A-III Index</t>
         </is>
       </c>
     </row>
-    <row r="82">
-[...1 lines deleted...]
-      <c r="C82" s="17" t="inlineStr">
+    <row r="88">
+      <c r="B88" s="16" t="n"/>
+      <c r="C88" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
-      </c>
-[...58 lines deleted...]
-        <v>45930</v>
       </c>
     </row>
     <row r="89">
       <c r="B89" s="16" t="inlineStr">
         <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C89" s="18" t="inlineStr">
+        <is>
+          <t>DSP Bond Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="90">
+      <c r="B90" s="16" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C90" s="19" t="n"/>
+    </row>
+    <row r="91">
+      <c r="B91" s="16" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C91" s="20" t="n">
+        <v>0.0677</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="B92" s="16" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C92" s="19" t="n">
+        <v>3.41</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="B93" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C93" s="19" t="n">
+        <v>3.97</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="B94" s="16" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C94" s="21" t="n">
+        <v>45945</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="B95" s="17" t="inlineStr">
+        <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C89" s="17" t="n"/>
-[...2 lines deleted...]
-      <c r="B91" s="71" t="n"/>
+      <c r="C95" s="18" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="5">
-    <mergeCell ref="F53:F54"/>
-[...1 lines deleted...]
-    <mergeCell ref="I53:I54"/>
+    <mergeCell ref="I54:I55"/>
+    <mergeCell ref="B52:H52"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="B51:H51"/>
+    <mergeCell ref="F54:F55"/>
+    <mergeCell ref="D53:E53"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>