--- v1 (2025-10-27)
+++ v2 (2025-11-18)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="997" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="945" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="BOND" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="22">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
@@ -159,50 +159,57 @@
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -334,66 +341,67 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="111">
+  <cellXfs count="105">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -449,212 +457,195 @@
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="10" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...40 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -711,116 +702,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>60</row>
+      <row>61</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>69</row>
+      <row>70</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="9855200"/>
+          <a:off x="457200" y="10026650"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>74</row>
+      <row>75</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>83</row>
+      <row>84</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="12268200"/>
+          <a:off x="457200" y="12439650"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1057,90 +1048,90 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L95"/>
+  <dimension ref="A1:L99"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-    <col width="46.81640625" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="45.54296875" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
     <col width="18.81640625" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
     <col width="21.1796875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
-    <col width="14.54296875" customWidth="1" style="2" min="5" max="5"/>
+    <col width="16.54296875" customWidth="1" style="2" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
     <col width="30.1796875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
     <row r="1" ht="19" customHeight="1" s="74">
       <c r="A1" s="73" t="n"/>
       <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Bond Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="4" t="inlineStr">
         <is>
-          <t>Portfolio as on October 15, 2025</t>
+          <t>Portfolio as on October 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
@@ -1231,76 +1222,76 @@
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="9" t="n"/>
       <c r="B9" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C9" s="9" t="n"/>
       <c r="D9" s="9" t="n"/>
       <c r="E9" s="9" t="n"/>
       <c r="F9" s="10" t="n">
         <v>88.31999999999999</v>
       </c>
       <c r="G9" s="11" t="n">
         <v>0.0028</v>
       </c>
       <c r="K9" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="L9" s="7" t="n">
-        <v>0.5784</v>
+        <v>0.5752</v>
       </c>
     </row>
     <row r="10">
       <c r="K10" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L10" s="7" t="n">
-        <v>0.2461</v>
+        <v>0.2459</v>
       </c>
     </row>
     <row r="11">
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
       <c r="K11" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="L11" s="7" t="n">
-        <v>0.1507</v>
+        <v>0.1508</v>
       </c>
     </row>
     <row r="12">
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
       <c r="K12" s="2" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
       <c r="L12" s="7" t="n">
         <v>0.0034</v>
       </c>
     </row>
     <row r="13">
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
       <c r="K13" s="2" t="inlineStr">
         <is>
@@ -1312,958 +1303,975 @@
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
         <v>2</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>LIC Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>INE115A07RD3</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E14" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>2679.06</v>
+        <v>2688.41</v>
       </c>
       <c r="G14" s="7" t="n">
-        <v>0.0843</v>
+        <v>0.08450000000000001</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>47535</v>
       </c>
       <c r="J14" s="6" t="n">
-        <v>7.0249</v>
+        <v>7.01</v>
       </c>
       <c r="K14" s="2" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L14" s="7" t="n">
-        <v>0.0186</v>
+        <v>0.0219</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
         <v>3</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited**</t>
+          <t>Small Industries Development Bank of India**</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>INE296A07RD1</t>
+          <t>INE556F08KY6</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E15" s="12" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>2650.82</v>
+        <v>2661.95</v>
       </c>
       <c r="G15" s="7" t="n">
-        <v>0.0834</v>
+        <v>0.08359999999999999</v>
       </c>
       <c r="H15" s="8" t="n">
-        <v>47525</v>
+        <v>47563</v>
       </c>
       <c r="J15" s="6" t="n">
-        <v>7.24</v>
+        <v>6.8518</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
         <v>4</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Small Industries Development Bank of India</t>
+          <t>REC Limited</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>INE556F08KY6</t>
+          <t>INE020B08FL9</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E16" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>2647.81</v>
+        <v>2644.81</v>
       </c>
       <c r="G16" s="7" t="n">
-        <v>0.0833</v>
+        <v>0.08309999999999999</v>
       </c>
       <c r="H16" s="8" t="n">
-        <v>47563</v>
+        <v>47603</v>
       </c>
       <c r="J16" s="6" t="n">
-        <v>6.92</v>
+        <v>6.7738</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
         <v>5</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development**</t>
+          <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>INE261F08EL3</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E17" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>2632.88</v>
+        <v>2642.49</v>
       </c>
       <c r="G17" s="7" t="n">
-        <v>0.0829</v>
+        <v>0.083</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>47602</v>
       </c>
       <c r="J17" s="6" t="n">
-        <v>6.89</v>
+        <v>6.87</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
         <v>6</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Indian Railway Finance Corporation Limited</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>INE020B08FL9</t>
+          <t>INE053F08494</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E18" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>2631.33</v>
+        <v>2583.91</v>
       </c>
       <c r="G18" s="7" t="n">
-        <v>0.0828</v>
+        <v>0.08119999999999999</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>47603</v>
       </c>
       <c r="J18" s="6" t="n">
-        <v>6.835</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
         <v>7</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Indian Railway Finance Corporation Limited</t>
+          <t>Bajaj Housing Finance Limited**</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>INE053F08494</t>
+          <t>INE377Y07573</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E19" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>2578.37</v>
+        <v>2558.34</v>
       </c>
       <c r="G19" s="7" t="n">
-        <v>0.08119999999999999</v>
+        <v>0.0804</v>
       </c>
       <c r="H19" s="8" t="n">
-        <v>47603</v>
+        <v>47646</v>
       </c>
       <c r="J19" s="6" t="n">
-        <v>6.78</v>
+        <v>7.1751</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
         <v>8</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Bajaj Housing Finance Limited**</t>
+          <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>INE377Y07573</t>
+          <t>INE296A07TQ9</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E20" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>2556.36</v>
+        <v>2526.68</v>
       </c>
       <c r="G20" s="7" t="n">
-        <v>0.0805</v>
+        <v>0.0794</v>
       </c>
       <c r="H20" s="8" t="n">
-        <v>47646</v>
+        <v>47753</v>
       </c>
       <c r="J20" s="6" t="n">
-        <v>7.115</v>
+        <v>7.265</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="9" t="n"/>
       <c r="B21" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C21" s="9" t="n"/>
       <c r="D21" s="9" t="n"/>
       <c r="E21" s="9" t="n"/>
       <c r="F21" s="10" t="n">
-        <v>18376.63</v>
+        <v>18306.59</v>
       </c>
       <c r="G21" s="11" t="n">
-        <v>0.5784</v>
+        <v>0.5752</v>
       </c>
     </row>
     <row r="23">
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
         <v>9</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
           <t>7.72% Maharashtra SDL 2031</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>IN2220220171</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E24" s="12" t="n">
         <v>2500000</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>2624.81</v>
+        <v>2618.34</v>
       </c>
       <c r="G24" s="7" t="n">
-        <v>0.08260000000000001</v>
+        <v>0.0823</v>
       </c>
       <c r="H24" s="8" t="n">
         <v>47908</v>
       </c>
       <c r="J24" s="6" t="n">
-        <v>6.81</v>
+        <v>6.9326</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
         <v>10</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>7.03% Chattisgarh SDL 2030</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>IN3520240026</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E25" s="12" t="n">
         <v>2500000</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>2537.02</v>
+        <v>2547.18</v>
       </c>
       <c r="G25" s="7" t="n">
-        <v>0.0799</v>
+        <v>0.08</v>
       </c>
       <c r="H25" s="8" t="n">
         <v>47751</v>
       </c>
       <c r="J25" s="6" t="n">
-        <v>6.77</v>
+        <v>6.74</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
         <v>11</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
           <t>7.32% GOI 2030</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>IN0020230135</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E26" s="12" t="n">
         <v>2000000</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>2158.57</v>
+        <v>2162.6</v>
       </c>
       <c r="G26" s="7" t="n">
-        <v>0.0679</v>
+        <v>0.068</v>
       </c>
       <c r="H26" s="8" t="n">
         <v>47800</v>
       </c>
       <c r="J26" s="6" t="n">
-        <v>6.1975</v>
+        <v>6.2142</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
         <v>12</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
           <t>5.77% GOI 2030</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>IN0020200153</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E27" s="12" t="n">
         <v>500000</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>497.47</v>
+        <v>497.35</v>
       </c>
       <c r="G27" s="7" t="n">
-        <v>0.0157</v>
+        <v>0.0156</v>
       </c>
       <c r="H27" s="8" t="n">
         <v>47698</v>
       </c>
       <c r="J27" s="6" t="n">
-        <v>6.1766</v>
+        <v>6.2454</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="9" t="n"/>
       <c r="B28" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C28" s="9" t="n"/>
       <c r="D28" s="9" t="n"/>
       <c r="E28" s="9" t="n"/>
       <c r="F28" s="10" t="n">
-        <v>7817.87</v>
+        <v>7825.47</v>
       </c>
       <c r="G28" s="11" t="n">
-        <v>0.2461</v>
+        <v>0.2459</v>
       </c>
     </row>
     <row r="30">
       <c r="B30" s="4" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="B31" s="4" t="inlineStr">
         <is>
           <t>Certificate of Deposit</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
         <v>13</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
           <t>Indian Bank**</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>INE562A16OS2</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E32" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>2417.13</v>
+        <v>2422.96</v>
       </c>
       <c r="G32" s="7" t="n">
         <v>0.0761</v>
       </c>
       <c r="H32" s="8" t="n">
         <v>46148</v>
       </c>
       <c r="J32" s="6" t="n">
-        <v>6.1951</v>
+        <v>6.24</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
         <v>14</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
           <t>HDFC Bank Limited**</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>INE040A16HO2</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E33" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>2370.32</v>
+        <v>2376.07</v>
       </c>
       <c r="G33" s="7" t="n">
-        <v>0.0746</v>
+        <v>0.0747</v>
       </c>
       <c r="H33" s="8" t="n">
         <v>46259</v>
       </c>
       <c r="J33" s="6" t="n">
-        <v>6.38</v>
+        <v>6.41</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="9" t="n"/>
       <c r="B34" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C34" s="9" t="n"/>
       <c r="D34" s="9" t="n"/>
       <c r="E34" s="9" t="n"/>
       <c r="F34" s="10" t="n">
-        <v>4787.45</v>
+        <v>4799.03</v>
       </c>
       <c r="G34" s="11" t="n">
-        <v>0.1507</v>
+        <v>0.1508</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
         <v>15</v>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
       <c r="F36" s="6" t="n">
-        <v>517.72</v>
+        <v>698.1799999999999</v>
       </c>
       <c r="G36" s="7" t="n">
-        <v>0.0163</v>
+        <v>0.0219</v>
       </c>
       <c r="H36" s="8" t="n">
-        <v>45946</v>
+        <v>45964</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="9" t="n"/>
       <c r="B37" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C37" s="9" t="n"/>
       <c r="D37" s="9" t="n"/>
       <c r="E37" s="9" t="n"/>
       <c r="F37" s="10" t="n">
-        <v>517.72</v>
+        <v>698.1799999999999</v>
       </c>
       <c r="G37" s="11" t="n">
-        <v>0.0163</v>
+        <v>0.0219</v>
       </c>
     </row>
     <row r="39">
       <c r="B39" s="4" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2" t="n">
         <v>16</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
           <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>INF0RQ622028</t>
         </is>
       </c>
       <c r="E40" s="12" t="n">
         <v>948.296</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>108.27</v>
+        <v>108.49</v>
       </c>
       <c r="G40" s="7" t="n">
         <v>0.0034</v>
       </c>
       <c r="J40" s="6" t="n"/>
     </row>
     <row r="41">
       <c r="A41" s="9" t="n"/>
       <c r="B41" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C41" s="9" t="n"/>
       <c r="D41" s="9" t="n"/>
       <c r="E41" s="9" t="n"/>
       <c r="F41" s="10" t="n">
-        <v>108.27</v>
+        <v>108.49</v>
       </c>
       <c r="G41" s="11" t="n">
         <v>0.0034</v>
       </c>
     </row>
     <row r="43">
       <c r="B43" s="4" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="B44" s="2" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
       <c r="E44" s="12" t="n"/>
       <c r="F44" s="6" t="n">
-        <v>72.01000000000001</v>
-[...2 lines deleted...]
-        <v>0.0023</v>
+        <v>-2.72</v>
+      </c>
+      <c r="G44" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
       </c>
       <c r="J44" s="6" t="n"/>
     </row>
     <row r="45">
       <c r="A45" s="9" t="n"/>
       <c r="B45" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C45" s="9" t="n"/>
       <c r="D45" s="9" t="n"/>
       <c r="E45" s="9" t="n"/>
       <c r="F45" s="10" t="n">
-        <v>72.01000000000001</v>
-[...2 lines deleted...]
-        <v>0.0023</v>
+        <v>-2.72</v>
+      </c>
+      <c r="G45" s="11" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="n"/>
       <c r="B47" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
       <c r="C47" s="5" t="n"/>
       <c r="D47" s="5" t="n"/>
       <c r="E47" s="5" t="n"/>
       <c r="F47" s="13" t="n">
-        <v>31768.27</v>
+        <v>31823.36</v>
       </c>
       <c r="G47" s="14" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2" t="n">
         <v>1</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="15" t="n">
         <v>2</v>
       </c>
       <c r="B50" s="15" t="inlineStr">
         <is>
+          <t>* Less than 0.01%</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="16" t="n">
+        <v>3</v>
+      </c>
+      <c r="B51" s="16" t="inlineStr">
+        <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="51" ht="27" customHeight="1" s="74">
-[...10 lines deleted...]
-      <c r="A52" s="22" t="n">
+    <row r="52" ht="27" customHeight="1" s="74">
+      <c r="A52" s="16" t="n">
         <v>4</v>
       </c>
-      <c r="B52" s="106" t="inlineStr">
+      <c r="B52" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" ht="119.5" customHeight="1" s="74">
+      <c r="A53" s="23" t="n">
+        <v>5</v>
+      </c>
+      <c r="B53" s="93" t="inlineStr">
         <is>
           <t xml:space="preserve">As per SEBI (MUTUAL FUNDS) REGULATIONS, 1996 and  MASTER CIRCULAR SEBI/HO/IMD/IMD-PoD-1/P/CIR/2024/90 Dtd June 27th 2024,  Below are the details of the securities in case of which issuer has defaulted beyond its maturity date. 
 Pursuant to the application filed by the Board of IL&amp;FS with the Hon’ble NCLAT to effect the interim distribution process, DSP Bond Fund has received Interim distribution from IL&amp;FS Transportation Networks Limited as stated below in the form of cash and InVITs. The cash distribution has been recognized as realized income passed on to the investors through NAV. The impact of InVITs has been factored in the NAV of the respective scheme on the March 7,2025 on which the INVITs were allotted. The provision of 10% is created on all the distributions of ITNL including prior distribution to safeguard the interest of unit holders as ITNL may claw back the amount in case the distribution results in excess distribution than what the debenture holders ought to have received.  </t>
         </is>
       </c>
     </row>
-    <row r="53" ht="81" customHeight="1" s="74">
-      <c r="B53" s="83" t="inlineStr">
+    <row r="54" ht="81" customHeight="1" s="74">
+      <c r="B54" s="84" t="inlineStr">
         <is>
           <t>Security Name</t>
         </is>
       </c>
-      <c r="C53" s="83" t="inlineStr">
+      <c r="C54" s="84" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D53" s="83" t="inlineStr">
+      <c r="D54" s="84" t="inlineStr">
         <is>
           <t>value of the security considered under net receivables (i.e. value recognized in NAV in absolute terms and as % to NAV)
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="E53" s="107" t="n"/>
-      <c r="F53" s="83" t="inlineStr">
+      <c r="E54" s="101" t="n"/>
+      <c r="F54" s="84" t="inlineStr">
         <is>
           <t>total amount (including principal and interest) that is due to the scheme on that investment
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="G53" s="43" t="inlineStr">
+      <c r="G54" s="44" t="inlineStr">
         <is>
           <t>Interim Distribution received (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="H53" s="83" t="inlineStr">
+      <c r="H54" s="84" t="inlineStr">
         <is>
           <t>Date of passing Interim Distribution recognized in NAV</t>
         </is>
       </c>
-      <c r="I53" s="35" t="inlineStr">
+      <c r="I54" s="36" t="inlineStr">
         <is>
           <t>Interim Distribution (Units) INR at Unit Face Value Rs. 100 (Rs. In Lakhs)</t>
         </is>
       </c>
     </row>
-    <row r="54" ht="27" customHeight="1" s="74">
-      <c r="B54" s="26" t="inlineStr">
+    <row r="55" ht="27" customHeight="1" s="74">
+      <c r="B55" s="27" t="inlineStr">
         <is>
           <t>0% Il&amp;Fs Transportation Networks Limited NCD Series A 23032019</t>
         </is>
       </c>
-      <c r="C54" s="26" t="inlineStr">
+      <c r="C55" s="27" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D54" s="44" t="n">
+      <c r="D55" s="45" t="n">
         <v>0</v>
       </c>
-      <c r="E54" s="45" t="n">
+      <c r="E55" s="46" t="n">
         <v>0</v>
       </c>
-      <c r="F54" s="108" t="n">
+      <c r="F55" s="102" t="n">
         <v>1325.56242</v>
       </c>
-      <c r="G54" s="46" t="n">
+      <c r="G55" s="47" t="n">
         <v>82.70049</v>
       </c>
-      <c r="H54" s="47" t="n">
+      <c r="H55" s="48" t="n">
         <v>45218</v>
       </c>
-      <c r="I54" s="109" t="n">
+      <c r="I55" s="103" t="n">
         <v>146.67</v>
       </c>
     </row>
-    <row r="55" ht="27" customHeight="1" s="74">
-      <c r="B55" s="26" t="inlineStr">
+    <row r="56" ht="27" customHeight="1" s="74">
+      <c r="B56" s="27" t="inlineStr">
         <is>
           <t>0% Il&amp;Fs Transportation Networks Limited NCD Series A 23032019</t>
         </is>
       </c>
-      <c r="C55" s="26" t="inlineStr">
+      <c r="C56" s="27" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D55" s="44" t="n">
+      <c r="D56" s="45" t="n">
         <v>0</v>
       </c>
-      <c r="E55" s="45" t="n">
+      <c r="E56" s="46" t="n">
         <v>0</v>
       </c>
-      <c r="F55" s="110" t="n"/>
-      <c r="G55" s="46" t="n">
+      <c r="F56" s="104" t="n"/>
+      <c r="G56" s="47" t="n">
         <v>41.85743</v>
       </c>
-      <c r="H55" s="47" t="n">
+      <c r="H56" s="48" t="n">
         <v>45715</v>
       </c>
-      <c r="I55" s="110" t="n"/>
-[...2 lines deleted...]
-      <c r="B59" s="1" t="inlineStr">
+      <c r="I56" s="104" t="n"/>
+    </row>
+    <row r="60" ht="14.5" customHeight="1" s="74">
+      <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="73" ht="14.5" customHeight="1" s="74">
-      <c r="B73" s="1" t="inlineStr">
+    <row r="74" ht="14.5" customHeight="1" s="74">
+      <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Medium Duration Debt A-III Index</t>
         </is>
       </c>
     </row>
-    <row r="88">
-[...1 lines deleted...]
-      <c r="C88" s="18" t="inlineStr">
+    <row r="89">
+      <c r="B89" s="17" t="n"/>
+      <c r="C89" s="19" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="89">
-      <c r="B89" s="16" t="inlineStr">
+    <row r="90">
+      <c r="B90" s="17" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C89" s="18" t="inlineStr">
+      <c r="C90" s="19" t="inlineStr">
         <is>
           <t>DSP Bond Fund</t>
         </is>
       </c>
     </row>
-    <row r="90">
-      <c r="B90" s="16" t="inlineStr">
+    <row r="91">
+      <c r="B91" s="17" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C90" s="19" t="n"/>
-[...2 lines deleted...]
-      <c r="B91" s="16" t="inlineStr">
+      <c r="C91" s="20" t="n"/>
+    </row>
+    <row r="92">
+      <c r="B92" s="17" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C91" s="20" t="n">
-[...4 lines deleted...]
-      <c r="B92" s="16" t="inlineStr">
+      <c r="C92" s="21" t="n">
+        <v>0.0678</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="B93" s="17" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C92" s="19" t="n">
-[...4 lines deleted...]
-      <c r="B93" s="16" t="inlineStr">
+      <c r="C93" s="100" t="n">
+        <v>3.4</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="B94" s="17" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C93" s="19" t="n">
-[...10 lines deleted...]
-        <v>45945</v>
+      <c r="C94" s="20" t="n">
+        <v>3.96</v>
       </c>
     </row>
     <row r="95">
       <c r="B95" s="17" t="inlineStr">
         <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C95" s="22" t="n">
+        <v>45961</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="B96" s="18" t="inlineStr">
+        <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C95" s="18" t="n"/>
+      <c r="C96" s="19" t="n"/>
+    </row>
+    <row r="99">
+      <c r="B99" s="4" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="5">
-    <mergeCell ref="I54:I55"/>
-    <mergeCell ref="B52:H52"/>
+    <mergeCell ref="B53:H53"/>
+    <mergeCell ref="I55:I56"/>
+    <mergeCell ref="F55:F56"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="F54:F55"/>
-    <mergeCell ref="D53:E53"/>
+    <mergeCell ref="D54:E54"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ICRON Research</dc:creator>
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>