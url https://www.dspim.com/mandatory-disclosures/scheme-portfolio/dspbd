--- v2 (2025-11-18)
+++ v3 (2026-01-01)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="945" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="993" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="BOND" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="22">
+  <fonts count="23">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
@@ -82,57 +82,57 @@
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
@@ -155,50 +155,56 @@
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
@@ -341,127 +347,123 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="105">
+  <cellXfs count="106">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...31 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -469,183 +471,190 @@
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...79 lines deleted...]
-    </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -702,98 +711,98 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>61</row>
+      <row>59</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>70</row>
+      <row>68</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="10026650"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>75</row>
+      <row>71</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>84</row>
+      <row>80</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="12439650"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
@@ -1053,85 +1062,85 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L99"/>
+  <dimension ref="A1:L92"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="92" min="1" max="1"/>
+    <col width="65" bestFit="1" customWidth="1" style="92" min="2" max="2"/>
+    <col width="20.1796875" bestFit="1" customWidth="1" style="92" min="3" max="3"/>
+    <col width="21.1796875" bestFit="1" customWidth="1" style="92" min="4" max="4"/>
+    <col width="10.26953125" bestFit="1" customWidth="1" style="92" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="92" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="92" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="92" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="92" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="92" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="92" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="92" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="92" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="68">
+      <c r="A1" s="67" t="n"/>
+      <c r="B1" s="67" t="inlineStr">
         <is>
           <t>DSP Bond Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="4" t="inlineStr">
         <is>
-          <t>Portfolio as on October 31, 2025</t>
+          <t>Portfolio as on December 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
@@ -1158,1120 +1167,1149 @@
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
       <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="B6" s="4" t="inlineStr">
         <is>
           <t>Units issued by REITs &amp; InvITs</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="92" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="92" t="inlineStr">
         <is>
           <t>Roadstar Infra Investment Trust</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C8" s="92" t="inlineStr">
         <is>
           <t>INE0JEI23010</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D8" s="92" t="inlineStr">
         <is>
           <t>Transport Infrastructure</t>
         </is>
       </c>
       <c r="E8" s="12" t="n">
         <v>121667</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>88.31999999999999</v>
       </c>
       <c r="G8" s="7" t="n">
         <v>0.0028</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>2</v>
       </c>
       <c r="J8" s="6" t="n"/>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="9" t="n"/>
       <c r="B9" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C9" s="9" t="n"/>
       <c r="D9" s="9" t="n"/>
       <c r="E9" s="9" t="n"/>
       <c r="F9" s="10" t="n">
         <v>88.31999999999999</v>
       </c>
       <c r="G9" s="11" t="n">
         <v>0.0028</v>
       </c>
-      <c r="K9" s="2" t="inlineStr">
+      <c r="K9" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="L9" s="7" t="n">
-        <v>0.5752</v>
+        <v>0.4883</v>
       </c>
     </row>
     <row r="10">
-      <c r="K10" s="2" t="inlineStr">
+      <c r="K10" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L10" s="7" t="n">
-        <v>0.2459</v>
+        <v>0.2466</v>
       </c>
     </row>
     <row r="11">
       <c r="B11" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
-      <c r="K11" s="2" t="inlineStr">
+      <c r="K11" s="92" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="L11" s="7" t="n">
-        <v>0.1508</v>
+        <v>0.1533</v>
       </c>
     </row>
     <row r="12">
       <c r="B12" s="4" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
-      <c r="K12" s="2" t="inlineStr">
-[...1 lines deleted...]
-          <t>Alternative Investment Funds (AIF)</t>
+      <c r="K12" s="92" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
         </is>
       </c>
       <c r="L12" s="7" t="n">
-        <v>0.0034</v>
+        <v>0.0851</v>
       </c>
     </row>
     <row r="13">
       <c r="B13" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K13" s="2" t="inlineStr">
-[...1 lines deleted...]
-          <t>Transport Infrastructure</t>
+      <c r="K13" s="92" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
       <c r="L13" s="7" t="n">
-        <v>0.0028</v>
+        <v>0.0035</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="2" t="n">
+      <c r="A14" s="92" t="n">
         <v>2</v>
       </c>
-      <c r="B14" s="2" t="inlineStr">
-[...11 lines deleted...]
-          <t>CRISIL AAA</t>
+      <c r="B14" s="92" t="inlineStr">
+        <is>
+          <t>National Housing Bank**</t>
+        </is>
+      </c>
+      <c r="C14" s="92" t="inlineStr">
+        <is>
+          <t>INE557F08GC8</t>
+        </is>
+      </c>
+      <c r="D14" s="92" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
         </is>
       </c>
       <c r="E14" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>2688.41</v>
+        <v>2682.86</v>
       </c>
       <c r="G14" s="7" t="n">
-        <v>0.08450000000000001</v>
+        <v>0.0851</v>
       </c>
       <c r="H14" s="8" t="n">
-        <v>47535</v>
+        <v>48033</v>
       </c>
       <c r="J14" s="6" t="n">
-        <v>7.01</v>
-[...3 lines deleted...]
-          <t>Cash &amp; Equivalent</t>
+        <v>7.1</v>
+      </c>
+      <c r="K14" s="92" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
         </is>
       </c>
       <c r="L14" s="7" t="n">
-        <v>0.0219</v>
+        <v>0.0028</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="2" t="n">
+      <c r="A15" s="92" t="n">
         <v>3</v>
       </c>
-      <c r="B15" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D15" s="2" t="inlineStr">
+      <c r="B15" s="92" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C15" s="92" t="inlineStr">
+        <is>
+          <t>INE020B08FL9</t>
+        </is>
+      </c>
+      <c r="D15" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E15" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>2661.95</v>
+        <v>2647.61</v>
       </c>
       <c r="G15" s="7" t="n">
-        <v>0.08359999999999999</v>
+        <v>0.08400000000000001</v>
       </c>
       <c r="H15" s="8" t="n">
-        <v>47563</v>
+        <v>47603</v>
       </c>
       <c r="J15" s="6" t="n">
-        <v>6.8518</v>
+        <v>6.9746</v>
+      </c>
+      <c r="K15" s="92" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0204</v>
       </c>
     </row>
     <row r="16">
-      <c r="A16" s="2" t="n">
+      <c r="A16" s="92" t="n">
         <v>4</v>
       </c>
-      <c r="B16" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D16" s="2" t="inlineStr">
+      <c r="B16" s="92" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C16" s="92" t="inlineStr">
+        <is>
+          <t>INE053F08494</t>
+        </is>
+      </c>
+      <c r="D16" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E16" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>2644.81</v>
+        <v>2584.83</v>
       </c>
       <c r="G16" s="7" t="n">
-        <v>0.08309999999999999</v>
+        <v>0.082</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>47603</v>
       </c>
       <c r="J16" s="6" t="n">
-        <v>6.7738</v>
+        <v>7.02</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17" s="2" t="n">
+      <c r="A17" s="92" t="n">
         <v>5</v>
       </c>
-      <c r="B17" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D17" s="2" t="inlineStr">
+      <c r="B17" s="92" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C17" s="92" t="inlineStr">
+        <is>
+          <t>INE377Y07573</t>
+        </is>
+      </c>
+      <c r="D17" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E17" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>2642.49</v>
+        <v>2580.39</v>
       </c>
       <c r="G17" s="7" t="n">
-        <v>0.083</v>
+        <v>0.0819</v>
       </c>
       <c r="H17" s="8" t="n">
-        <v>47602</v>
+        <v>47646</v>
       </c>
       <c r="J17" s="6" t="n">
-        <v>6.87</v>
+        <v>7.1741</v>
       </c>
     </row>
     <row r="18">
-      <c r="A18" s="2" t="n">
+      <c r="A18" s="92" t="n">
         <v>6</v>
       </c>
-      <c r="B18" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D18" s="2" t="inlineStr">
+      <c r="B18" s="92" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C18" s="92" t="inlineStr">
+        <is>
+          <t>INE134E08NU7</t>
+        </is>
+      </c>
+      <c r="D18" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E18" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>2583.91</v>
+        <v>2536.17</v>
       </c>
       <c r="G18" s="7" t="n">
-        <v>0.08119999999999999</v>
+        <v>0.0805</v>
       </c>
       <c r="H18" s="8" t="n">
-        <v>47603</v>
+        <v>47771</v>
       </c>
       <c r="J18" s="6" t="n">
-        <v>6.8</v>
+        <v>7.075</v>
       </c>
     </row>
     <row r="19">
-      <c r="A19" s="2" t="n">
+      <c r="A19" s="92" t="n">
         <v>7</v>
       </c>
-      <c r="B19" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D19" s="2" t="inlineStr">
+      <c r="B19" s="92" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C19" s="92" t="inlineStr">
+        <is>
+          <t>INE296A07TQ9</t>
+        </is>
+      </c>
+      <c r="D19" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E19" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>2558.34</v>
+        <v>2535.38</v>
       </c>
       <c r="G19" s="7" t="n">
-        <v>0.0804</v>
+        <v>0.0805</v>
       </c>
       <c r="H19" s="8" t="n">
-        <v>47646</v>
+        <v>47753</v>
       </c>
       <c r="J19" s="6" t="n">
-        <v>7.1751</v>
+        <v>7.4</v>
       </c>
     </row>
     <row r="20">
-      <c r="A20" s="2" t="n">
+      <c r="A20" s="92" t="n">
         <v>8</v>
       </c>
-      <c r="B20" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D20" s="2" t="inlineStr">
+      <c r="B20" s="92" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development**</t>
+        </is>
+      </c>
+      <c r="C20" s="92" t="inlineStr">
+        <is>
+          <t>INE0KUG08100</t>
+        </is>
+      </c>
+      <c r="D20" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E20" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>2526.68</v>
+        <v>2502.1</v>
       </c>
       <c r="G20" s="7" t="n">
         <v>0.0794</v>
       </c>
       <c r="H20" s="8" t="n">
-        <v>47753</v>
+        <v>47800</v>
       </c>
       <c r="J20" s="6" t="n">
-        <v>7.265</v>
+        <v>6.9881</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="9" t="n"/>
       <c r="B21" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C21" s="9" t="n"/>
       <c r="D21" s="9" t="n"/>
       <c r="E21" s="9" t="n"/>
       <c r="F21" s="10" t="n">
-        <v>18306.59</v>
+        <v>18069.34</v>
       </c>
       <c r="G21" s="11" t="n">
-        <v>0.5752</v>
+        <v>0.5734</v>
       </c>
     </row>
     <row r="23">
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
     </row>
     <row r="24">
-      <c r="A24" s="2" t="n">
+      <c r="A24" s="92" t="n">
         <v>9</v>
       </c>
-      <c r="B24" s="2" t="inlineStr">
+      <c r="B24" s="92" t="inlineStr">
         <is>
           <t>7.72% Maharashtra SDL 2031</t>
         </is>
       </c>
-      <c r="C24" s="2" t="inlineStr">
+      <c r="C24" s="92" t="inlineStr">
         <is>
           <t>IN2220220171</t>
         </is>
       </c>
-      <c r="D24" s="2" t="inlineStr">
+      <c r="D24" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E24" s="12" t="n">
         <v>2500000</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>2618.34</v>
+        <v>2633.54</v>
       </c>
       <c r="G24" s="7" t="n">
-        <v>0.0823</v>
+        <v>0.08359999999999999</v>
       </c>
       <c r="H24" s="8" t="n">
         <v>47908</v>
       </c>
       <c r="J24" s="6" t="n">
-        <v>6.9326</v>
+        <v>6.9981</v>
       </c>
     </row>
     <row r="25">
-      <c r="A25" s="2" t="n">
+      <c r="A25" s="92" t="n">
         <v>10</v>
       </c>
-      <c r="B25" s="2" t="inlineStr">
+      <c r="B25" s="92" t="inlineStr">
         <is>
           <t>7.03% Chattisgarh SDL 2030</t>
         </is>
       </c>
-      <c r="C25" s="2" t="inlineStr">
+      <c r="C25" s="92" t="inlineStr">
         <is>
           <t>IN3520240026</t>
         </is>
       </c>
-      <c r="D25" s="2" t="inlineStr">
+      <c r="D25" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E25" s="12" t="n">
         <v>2500000</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>2547.18</v>
+        <v>2562.69</v>
       </c>
       <c r="G25" s="7" t="n">
-        <v>0.08</v>
+        <v>0.0813</v>
       </c>
       <c r="H25" s="8" t="n">
         <v>47751</v>
       </c>
       <c r="J25" s="6" t="n">
-        <v>6.74</v>
+        <v>6.7961</v>
       </c>
     </row>
     <row r="26">
-      <c r="A26" s="2" t="n">
+      <c r="A26" s="92" t="n">
         <v>11</v>
       </c>
-      <c r="B26" s="2" t="inlineStr">
+      <c r="B26" s="92" t="inlineStr">
         <is>
           <t>7.32% GOI 2030</t>
         </is>
       </c>
-      <c r="C26" s="2" t="inlineStr">
+      <c r="C26" s="92" t="inlineStr">
         <is>
           <t>IN0020230135</t>
         </is>
       </c>
-      <c r="D26" s="2" t="inlineStr">
+      <c r="D26" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E26" s="12" t="n">
-        <v>2000000</v>
+        <v>1500000</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>2162.6</v>
+        <v>1568.12</v>
       </c>
       <c r="G26" s="7" t="n">
-        <v>0.068</v>
+        <v>0.0498</v>
       </c>
       <c r="H26" s="8" t="n">
         <v>47800</v>
       </c>
       <c r="J26" s="6" t="n">
-        <v>6.2142</v>
+        <v>6.387</v>
       </c>
     </row>
     <row r="27">
-      <c r="A27" s="2" t="n">
+      <c r="A27" s="92" t="n">
         <v>12</v>
       </c>
-      <c r="B27" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D27" s="2" t="inlineStr">
+      <c r="B27" s="92" t="inlineStr">
+        <is>
+          <t>6.01% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C27" s="92" t="inlineStr">
+        <is>
+          <t>IN0020250067</t>
+        </is>
+      </c>
+      <c r="D27" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E27" s="12" t="n">
         <v>500000</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>497.35</v>
+        <v>506</v>
       </c>
       <c r="G27" s="7" t="n">
-        <v>0.0156</v>
+        <v>0.0161</v>
       </c>
       <c r="H27" s="8" t="n">
+        <v>47685</v>
+      </c>
+      <c r="J27" s="6" t="n">
+        <v>6.3179</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="92" t="n">
+        <v>13</v>
+      </c>
+      <c r="B28" s="92" t="inlineStr">
+        <is>
+          <t>5.77% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C28" s="92" t="inlineStr">
+        <is>
+          <t>IN0020200153</t>
+        </is>
+      </c>
+      <c r="D28" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E28" s="12" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>498.91</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0158</v>
+      </c>
+      <c r="H28" s="8" t="n">
         <v>47698</v>
       </c>
-      <c r="J27" s="6" t="n">
-[...5 lines deleted...]
-      <c r="B28" s="9" t="inlineStr">
+      <c r="J28" s="6" t="n">
+        <v>6.3617</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="9" t="n"/>
+      <c r="B29" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C28" s="9" t="n"/>
-[...13 lines deleted...]
-        </is>
+      <c r="C29" s="9" t="n"/>
+      <c r="D29" s="9" t="n"/>
+      <c r="E29" s="9" t="n"/>
+      <c r="F29" s="10" t="n">
+        <v>7769.26</v>
+      </c>
+      <c r="G29" s="11" t="n">
+        <v>0.2466</v>
       </c>
     </row>
     <row r="31">
       <c r="B31" s="4" t="inlineStr">
         <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="B32" s="4" t="inlineStr">
+        <is>
           <t>Certificate of Deposit</t>
         </is>
       </c>
     </row>
-    <row r="32">
-[...3 lines deleted...]
-      <c r="B32" s="2" t="inlineStr">
+    <row r="33">
+      <c r="A33" s="92" t="n">
+        <v>14</v>
+      </c>
+      <c r="B33" s="92" t="inlineStr">
         <is>
           <t>Indian Bank**</t>
         </is>
       </c>
-      <c r="C32" s="2" t="inlineStr">
+      <c r="C33" s="92" t="inlineStr">
         <is>
           <t>INE562A16OS2</t>
         </is>
       </c>
-      <c r="D32" s="2" t="inlineStr">
-[...34 lines deleted...]
-      <c r="D33" s="2" t="inlineStr">
+      <c r="D33" s="92" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E33" s="12" t="n">
         <v>500</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>2376.07</v>
+        <v>2439.87</v>
       </c>
       <c r="G33" s="7" t="n">
-        <v>0.0747</v>
+        <v>0.0774</v>
       </c>
       <c r="H33" s="8" t="n">
+        <v>46148</v>
+      </c>
+      <c r="J33" s="6" t="n">
+        <v>6.3799</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="92" t="n">
+        <v>15</v>
+      </c>
+      <c r="B34" s="92" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C34" s="92" t="inlineStr">
+        <is>
+          <t>INE040A16HO2</t>
+        </is>
+      </c>
+      <c r="D34" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E34" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>2390.57</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0759</v>
+      </c>
+      <c r="H34" s="8" t="n">
         <v>46259</v>
       </c>
-      <c r="J33" s="6" t="n">
-[...5 lines deleted...]
-      <c r="B34" s="9" t="inlineStr">
+      <c r="J34" s="6" t="n">
+        <v>6.6301</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="9" t="n"/>
+      <c r="B35" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C34" s="9" t="n"/>
-[...13 lines deleted...]
-      <c r="B36" s="4" t="inlineStr">
+      <c r="C35" s="9" t="n"/>
+      <c r="D35" s="9" t="n"/>
+      <c r="E35" s="9" t="n"/>
+      <c r="F35" s="10" t="n">
+        <v>4830.44</v>
+      </c>
+      <c r="G35" s="11" t="n">
+        <v>0.1533</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="92" t="n">
+        <v>16</v>
+      </c>
+      <c r="B37" s="4" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F36" s="6" t="n">
-[...11 lines deleted...]
-      <c r="B37" s="9" t="inlineStr">
+      <c r="F37" s="6" t="n">
+        <v>655.1900000000001</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0208</v>
+      </c>
+      <c r="H37" s="8" t="n">
+        <v>46007</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="9" t="n"/>
+      <c r="B38" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C37" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B39" s="4" t="inlineStr">
+      <c r="C38" s="9" t="n"/>
+      <c r="D38" s="9" t="n"/>
+      <c r="E38" s="9" t="n"/>
+      <c r="F38" s="10" t="n">
+        <v>655.1900000000001</v>
+      </c>
+      <c r="G38" s="11" t="n">
+        <v>0.0208</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="B40" s="4" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
     </row>
-    <row r="40">
-[...3 lines deleted...]
-      <c r="B40" s="2" t="inlineStr">
+    <row r="41">
+      <c r="A41" s="92" t="n">
+        <v>17</v>
+      </c>
+      <c r="B41" s="92" t="inlineStr">
         <is>
           <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
         </is>
       </c>
-      <c r="C40" s="2" t="inlineStr">
+      <c r="C41" s="92" t="inlineStr">
         <is>
           <t>INF0RQ622028</t>
         </is>
       </c>
-      <c r="E40" s="12" t="n">
+      <c r="E41" s="12" t="n">
         <v>948.296</v>
       </c>
-      <c r="F40" s="6" t="n">
-[...9 lines deleted...]
-      <c r="B41" s="9" t="inlineStr">
+      <c r="F41" s="6" t="n">
+        <v>109.23</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="J41" s="6" t="n"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="9" t="n"/>
+      <c r="B42" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C41" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B43" s="4" t="inlineStr">
+      <c r="C42" s="9" t="n"/>
+      <c r="D42" s="9" t="n"/>
+      <c r="E42" s="9" t="n"/>
+      <c r="F42" s="10" t="n">
+        <v>109.23</v>
+      </c>
+      <c r="G42" s="11" t="n">
+        <v>0.0035</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="B44" s="4" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
-    <row r="44">
-      <c r="B44" s="2" t="inlineStr">
+    <row r="45">
+      <c r="B45" s="92" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E44" s="12" t="n"/>
-[...12 lines deleted...]
-      <c r="B45" s="9" t="inlineStr">
+      <c r="E45" s="12" t="n"/>
+      <c r="F45" s="6" t="n">
+        <v>-11.36</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>-0.0004</v>
+      </c>
+      <c r="J45" s="6" t="n"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="9" t="n"/>
+      <c r="B46" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C45" s="9" t="n"/>
-[...13 lines deleted...]
-      <c r="B47" s="5" t="inlineStr">
+      <c r="C46" s="9" t="n"/>
+      <c r="D46" s="9" t="n"/>
+      <c r="E46" s="9" t="n"/>
+      <c r="F46" s="10" t="n">
+        <v>-11.36</v>
+      </c>
+      <c r="G46" s="11" t="n">
+        <v>-0.0004</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="5" t="n"/>
+      <c r="B48" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C47" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G47" s="14" t="n">
+      <c r="C48" s="5" t="n"/>
+      <c r="D48" s="5" t="n"/>
+      <c r="E48" s="5" t="n"/>
+      <c r="F48" s="13" t="n">
+        <v>31510.42</v>
+      </c>
+      <c r="G48" s="14" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="48">
-      <c r="A48" s="2" t="inlineStr">
+    <row r="49">
+      <c r="A49" s="92" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="49">
-      <c r="A49" s="2" t="n">
+    <row r="50">
+      <c r="A50" s="92" t="n">
         <v>1</v>
       </c>
-      <c r="B49" s="2" t="inlineStr">
+      <c r="B50" s="92" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
-    <row r="50">
-      <c r="A50" s="15" t="n">
+    <row r="51">
+      <c r="A51" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B50" s="15" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A51" s="16" t="n">
+      <c r="B51" s="15" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" ht="126.65" customHeight="1" s="68">
+      <c r="A52" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B51" s="16" t="inlineStr">
-[...19 lines deleted...]
-      <c r="B53" s="93" t="inlineStr">
+      <c r="B52" s="84" t="inlineStr">
         <is>
           <t xml:space="preserve">As per SEBI (MUTUAL FUNDS) REGULATIONS, 1996 and  MASTER CIRCULAR SEBI/HO/IMD/IMD-PoD-1/P/CIR/2024/90 Dtd June 27th 2024,  Below are the details of the securities in case of which issuer has defaulted beyond its maturity date. 
 Pursuant to the application filed by the Board of IL&amp;FS with the Hon’ble NCLAT to effect the interim distribution process, DSP Bond Fund has received Interim distribution from IL&amp;FS Transportation Networks Limited as stated below in the form of cash and InVITs. The cash distribution has been recognized as realized income passed on to the investors through NAV. The impact of InVITs has been factored in the NAV of the respective scheme on the March 7,2025 on which the INVITs were allotted. The provision of 10% is created on all the distributions of ITNL including prior distribution to safeguard the interest of unit holders as ITNL may claw back the amount in case the distribution results in excess distribution than what the debenture holders ought to have received.  </t>
         </is>
       </c>
     </row>
-    <row r="54" ht="81" customHeight="1" s="74">
-      <c r="B54" s="84" t="inlineStr">
+    <row r="53" ht="81" customHeight="1" s="68">
+      <c r="A53" s="15" t="n"/>
+      <c r="B53" s="77" t="inlineStr">
         <is>
           <t>Security Name</t>
         </is>
       </c>
-      <c r="C54" s="84" t="inlineStr">
+      <c r="C53" s="77" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D54" s="84" t="inlineStr">
+      <c r="D53" s="77" t="inlineStr">
         <is>
           <t>value of the security considered under net receivables (i.e. value recognized in NAV in absolute terms and as % to NAV)
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="E54" s="101" t="n"/>
-      <c r="F54" s="84" t="inlineStr">
+      <c r="E53" s="102" t="n"/>
+      <c r="F53" s="77" t="inlineStr">
         <is>
           <t>total amount (including principal and interest) that is due to the scheme on that investment
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="G54" s="44" t="inlineStr">
+      <c r="G53" s="42" t="inlineStr">
         <is>
           <t>Interim Distribution received (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="H54" s="84" t="inlineStr">
+      <c r="H53" s="77" t="inlineStr">
         <is>
           <t>Date of passing Interim Distribution recognized in NAV</t>
         </is>
       </c>
-      <c r="I54" s="36" t="inlineStr">
+      <c r="I53" s="34" t="inlineStr">
         <is>
           <t>Interim Distribution (Units) INR at Unit Face Value Rs. 100 (Rs. In Lakhs)</t>
         </is>
       </c>
     </row>
-    <row r="55" ht="27" customHeight="1" s="74">
-      <c r="B55" s="27" t="inlineStr">
+    <row r="54">
+      <c r="A54" s="15" t="n"/>
+      <c r="B54" s="25" t="inlineStr">
         <is>
           <t>0% Il&amp;Fs Transportation Networks Limited NCD Series A 23032019</t>
         </is>
       </c>
-      <c r="C55" s="27" t="inlineStr">
+      <c r="C54" s="25" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D55" s="45" t="n">
+      <c r="D54" s="43" t="n">
         <v>0</v>
       </c>
-      <c r="E55" s="46" t="n">
+      <c r="E54" s="44" t="n">
         <v>0</v>
       </c>
-      <c r="F55" s="102" t="n">
+      <c r="F54" s="103" t="n">
         <v>1325.56242</v>
       </c>
-      <c r="G55" s="47" t="n">
+      <c r="G54" s="45" t="n">
         <v>82.70049</v>
       </c>
-      <c r="H55" s="48" t="n">
+      <c r="H54" s="46" t="n">
         <v>45218</v>
       </c>
-      <c r="I55" s="103" t="n">
+      <c r="I54" s="104" t="n">
         <v>146.67</v>
       </c>
     </row>
-    <row r="56" ht="27" customHeight="1" s="74">
-      <c r="B56" s="27" t="inlineStr">
+    <row r="55">
+      <c r="A55" s="15" t="n"/>
+      <c r="B55" s="25" t="inlineStr">
         <is>
           <t>0% Il&amp;Fs Transportation Networks Limited NCD Series A 23032019</t>
         </is>
       </c>
-      <c r="C56" s="27" t="inlineStr">
+      <c r="C55" s="25" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D56" s="45" t="n">
+      <c r="D55" s="43" t="n">
         <v>0</v>
       </c>
-      <c r="E56" s="46" t="n">
+      <c r="E55" s="44" t="n">
         <v>0</v>
       </c>
-      <c r="F56" s="104" t="n"/>
-      <c r="G56" s="47" t="n">
+      <c r="F55" s="105" t="n"/>
+      <c r="G55" s="45" t="n">
         <v>41.85743</v>
       </c>
-      <c r="H56" s="48" t="n">
+      <c r="H55" s="46" t="n">
         <v>45715</v>
       </c>
-      <c r="I56" s="104" t="n"/>
-[...2 lines deleted...]
-      <c r="B60" s="1" t="inlineStr">
+      <c r="I55" s="105" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="15" t="n">
+        <v>4</v>
+      </c>
+      <c r="B56" s="15" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" ht="14.5" customHeight="1" s="68">
+      <c r="B58" s="91" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="74" ht="14.5" customHeight="1" s="74">
-      <c r="B74" s="1" t="inlineStr">
+    <row r="70" ht="14.5" customHeight="1" s="68">
+      <c r="B70" s="91" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Medium Duration Debt A-III Index</t>
         </is>
       </c>
     </row>
+    <row r="85">
+      <c r="B85" s="16" t="n"/>
+      <c r="C85" s="18" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
+    <row r="86">
+      <c r="B86" s="16" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C86" s="18" t="inlineStr">
+        <is>
+          <t>DSP Bond Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="87">
+      <c r="B87" s="16" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C87" s="19" t="n"/>
+    </row>
+    <row r="88">
+      <c r="B88" s="16" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C88" s="20" t="n">
+        <v>0.06900000000000001</v>
+      </c>
+    </row>
     <row r="89">
-      <c r="B89" s="17" t="n"/>
-[...3 lines deleted...]
-        </is>
+      <c r="B89" s="16" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C89" s="99" t="n">
+        <v>3.45194146444032</v>
       </c>
     </row>
     <row r="90">
-      <c r="B90" s="17" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="B90" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C90" s="19" t="n">
+        <v>4.04</v>
       </c>
     </row>
     <row r="91">
-      <c r="B91" s="17" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C91" s="20" t="n"/>
+      <c r="B91" s="16" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C91" s="21" t="n">
+        <v>46006</v>
+      </c>
     </row>
     <row r="92">
       <c r="B92" s="17" t="inlineStr">
         <is>
-          <t>Annualised Portfolio YTM*:</t>
-[...38 lines deleted...]
-        <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C96" s="19" t="n"/>
-[...2 lines deleted...]
-      <c r="B99" s="4" t="n"/>
+      <c r="C92" s="18" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="5">
-    <mergeCell ref="B53:H53"/>
-[...1 lines deleted...]
-    <mergeCell ref="F55:F56"/>
+    <mergeCell ref="I54:I55"/>
+    <mergeCell ref="B52:H52"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="D54:E54"/>
+    <mergeCell ref="F54:F55"/>
+    <mergeCell ref="D53:E53"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>