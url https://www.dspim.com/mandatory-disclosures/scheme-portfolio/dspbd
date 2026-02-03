--- v3 (2026-01-01)
+++ v4 (2026-02-03)
@@ -1,148 +1,142 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="993" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="960" firstSheet="10" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="BOND" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="23">
+  <fonts count="22">
     <font>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
@@ -342,325 +336,331 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="106">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...35 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...5 lines deleted...]
-    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
@@ -711,242 +711,276 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>59</row>
+      <row>58</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>68</row>
+      <row>67</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="2" name="Picture 1"/>
+        <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="10026650"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>71</row>
+      <row>72</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>80</row>
+      <row>81</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="3" name="Picture 2"/>
+        <cNvPr id="5" name="Picture 4"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="12439650"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -964,65 +998,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1043,1273 +1077,1285 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L92"/>
+  <dimension ref="A1:L90"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="A1" sqref="A1"/>
+    <sheetView topLeftCell="A61" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="C91" sqref="C91"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="92" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="92" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="52.81640625" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="21.453125" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="21.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="11.54296875" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="68">
-[...1 lines deleted...]
-      <c r="B1" s="67" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="70">
+      <c r="A1" s="69" t="n"/>
+      <c r="B1" s="69" t="inlineStr">
         <is>
           <t>DSP Bond Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 15, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on January 15, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>Units issued by REITs &amp; InvITs</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="92" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="92" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Roadstar Infra Investment Trust</t>
         </is>
       </c>
-      <c r="C8" s="92" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE0JEI23010</t>
         </is>
       </c>
-      <c r="D8" s="92" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Transport Infrastructure</t>
         </is>
       </c>
-      <c r="E8" s="12" t="n">
+      <c r="E8" s="11" t="n">
         <v>121667</v>
       </c>
-      <c r="F8" s="6" t="n">
+      <c r="F8" s="5" t="n">
         <v>88.31999999999999</v>
       </c>
-      <c r="G8" s="7" t="n">
-[...2 lines deleted...]
-      <c r="H8" s="8" t="n">
+      <c r="G8" s="6" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="H8" s="7" t="n"/>
+      <c r="J8" s="5" t="n"/>
+      <c r="K8" s="3" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="3" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="8" t="n"/>
+      <c r="B9" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C9" s="8" t="n"/>
+      <c r="D9" s="8" t="n"/>
+      <c r="E9" s="8" t="n"/>
+      <c r="F9" s="9" t="n">
+        <v>88.31999999999999</v>
+      </c>
+      <c r="G9" s="10" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L9" s="6" t="n">
+        <v>0.4974</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L10" s="6" t="n">
+        <v>0.2508</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="B11" s="3" t="inlineStr">
+        <is>
+          <t>DEBT INSTRUMENTS</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L11" s="6" t="n">
+        <v>0.1568</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="B12" s="3" t="inlineStr">
+        <is>
+          <t>BOND &amp; NCD's</t>
+        </is>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="L12" s="6" t="n">
+        <v>0.08699999999999999</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="B13" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L13" s="6" t="n">
+        <v>0.0035</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="J8" s="6" t="n"/>
-[...13 lines deleted...]
-      <c r="B9" s="9" t="inlineStr">
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>National Housing Bank**</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE557F08GC8</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="E14" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F14" s="5" t="n">
+        <v>2690.31</v>
+      </c>
+      <c r="G14" s="6" t="n">
+        <v>0.08699999999999999</v>
+      </c>
+      <c r="H14" s="7" t="n">
+        <v>48033</v>
+      </c>
+      <c r="J14" s="5" t="n">
+        <v>7.1745</v>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L14" s="6" t="n">
+        <v>0.0029</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FL9</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E15" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F15" s="5" t="n">
+        <v>2645.13</v>
+      </c>
+      <c r="G15" s="6" t="n">
+        <v>0.08550000000000001</v>
+      </c>
+      <c r="H15" s="7" t="n">
+        <v>47603</v>
+      </c>
+      <c r="J15" s="5" t="n">
+        <v>7.17</v>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L15" s="6" t="n">
+        <v>0.0016</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE053F08494</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E16" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F16" s="5" t="n">
+        <v>2588.63</v>
+      </c>
+      <c r="G16" s="6" t="n">
+        <v>0.0837</v>
+      </c>
+      <c r="H16" s="7" t="n">
+        <v>47603</v>
+      </c>
+      <c r="J16" s="5" t="n">
+        <v>7.145</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE377Y07573</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E17" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F17" s="5" t="n">
+        <v>2579.12</v>
+      </c>
+      <c r="G17" s="6" t="n">
+        <v>0.0834</v>
+      </c>
+      <c r="H17" s="7" t="n">
+        <v>47646</v>
+      </c>
+      <c r="J17" s="5" t="n">
+        <v>7.355</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07TQ9</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E18" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F18" s="5" t="n">
+        <v>2539.76</v>
+      </c>
+      <c r="G18" s="6" t="n">
+        <v>0.08210000000000001</v>
+      </c>
+      <c r="H18" s="7" t="n">
+        <v>47753</v>
+      </c>
+      <c r="J18" s="5" t="n">
+        <v>7.515</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08NU7</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E19" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F19" s="5" t="n">
+        <v>2537.68</v>
+      </c>
+      <c r="G19" s="6" t="n">
+        <v>0.08210000000000001</v>
+      </c>
+      <c r="H19" s="7" t="n">
+        <v>47771</v>
+      </c>
+      <c r="J19" s="5" t="n">
+        <v>7.2125</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development**</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE0KUG08100</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E20" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F20" s="5" t="n">
+        <v>2492.87</v>
+      </c>
+      <c r="G20" s="6" t="n">
+        <v>0.0806</v>
+      </c>
+      <c r="H20" s="7" t="n">
+        <v>47800</v>
+      </c>
+      <c r="J20" s="5" t="n">
+        <v>7.2275</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="8" t="n"/>
+      <c r="B21" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C9" s="9" t="n"/>
-[...18 lines deleted...]
-      <c r="K10" s="92" t="inlineStr">
+      <c r="C21" s="8" t="n"/>
+      <c r="D21" s="8" t="n"/>
+      <c r="E21" s="8" t="n"/>
+      <c r="F21" s="9" t="n">
+        <v>18073.5</v>
+      </c>
+      <c r="G21" s="10" t="n">
+        <v>0.5844</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="B23" s="3" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>7.72% Maharashtra SDL 2031</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>IN2220220171</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L10" s="7" t="n">
-[...9 lines deleted...]
-      <c r="K11" s="92" t="inlineStr">
+      <c r="E24" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F24" s="5" t="n">
+        <v>2635</v>
+      </c>
+      <c r="G24" s="6" t="n">
+        <v>0.0852</v>
+      </c>
+      <c r="H24" s="7" t="n">
+        <v>47908</v>
+      </c>
+      <c r="J24" s="5" t="n">
+        <v>7.125</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>7.03% Chattisgarh SDL 2030</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>IN3520240026</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E25" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F25" s="5" t="n">
+        <v>2537.48</v>
+      </c>
+      <c r="G25" s="6" t="n">
+        <v>0.08210000000000001</v>
+      </c>
+      <c r="H25" s="7" t="n">
+        <v>47751</v>
+      </c>
+      <c r="J25" s="5" t="n">
+        <v>7.1967</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>7.32% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230135</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E26" s="11" t="n">
+        <v>1500000</v>
+      </c>
+      <c r="F26" s="5" t="n">
+        <v>1573.9</v>
+      </c>
+      <c r="G26" s="6" t="n">
+        <v>0.0509</v>
+      </c>
+      <c r="H26" s="7" t="n">
+        <v>47800</v>
+      </c>
+      <c r="J26" s="5" t="n">
+        <v>6.426</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>6.01% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250067</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E27" s="11" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F27" s="5" t="n">
+        <v>506.54</v>
+      </c>
+      <c r="G27" s="6" t="n">
+        <v>0.0164</v>
+      </c>
+      <c r="H27" s="7" t="n">
+        <v>47685</v>
+      </c>
+      <c r="J27" s="5" t="n">
+        <v>6.4273</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>5.77% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>IN0020200153</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E28" s="11" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F28" s="5" t="n">
+        <v>500.23</v>
+      </c>
+      <c r="G28" s="6" t="n">
+        <v>0.0162</v>
+      </c>
+      <c r="H28" s="7" t="n">
+        <v>47698</v>
+      </c>
+      <c r="J28" s="5" t="n">
+        <v>6.4289</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="8" t="n"/>
+      <c r="B29" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C29" s="8" t="n"/>
+      <c r="D29" s="8" t="n"/>
+      <c r="E29" s="8" t="n"/>
+      <c r="F29" s="9" t="n">
+        <v>7753.15</v>
+      </c>
+      <c r="G29" s="10" t="n">
+        <v>0.2508</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="B31" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="B32" s="3" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE562A16OS2</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
-      <c r="L11" s="7" t="n">
-[...24 lines deleted...]
-      <c r="K13" s="92" t="inlineStr">
+      <c r="E33" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F33" s="5" t="n">
+        <v>2449.33</v>
+      </c>
+      <c r="G33" s="6" t="n">
+        <v>0.07920000000000001</v>
+      </c>
+      <c r="H33" s="7" t="n">
+        <v>46148</v>
+      </c>
+      <c r="J33" s="5" t="n">
+        <v>6.8649</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HO2</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E34" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F34" s="5" t="n">
+        <v>2398.35</v>
+      </c>
+      <c r="G34" s="6" t="n">
+        <v>0.0776</v>
+      </c>
+      <c r="H34" s="7" t="n">
+        <v>46259</v>
+      </c>
+      <c r="J34" s="5" t="n">
+        <v>7.0001</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="8" t="n"/>
+      <c r="B35" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C35" s="8" t="n"/>
+      <c r="D35" s="8" t="n"/>
+      <c r="E35" s="8" t="n"/>
+      <c r="F35" s="9" t="n">
+        <v>4847.68</v>
+      </c>
+      <c r="G35" s="10" t="n">
+        <v>0.1568</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B37" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F37" s="5" t="n">
+        <v>602.6799999999999</v>
+      </c>
+      <c r="G37" s="6" t="n">
+        <v>0.0195</v>
+      </c>
+      <c r="H37" s="7" t="n">
+        <v>46038</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="8" t="n"/>
+      <c r="B38" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C38" s="8" t="n"/>
+      <c r="D38" s="8" t="n"/>
+      <c r="E38" s="8" t="n"/>
+      <c r="F38" s="9" t="n">
+        <v>602.6799999999999</v>
+      </c>
+      <c r="G38" s="10" t="n">
+        <v>0.0195</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="B40" s="3" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
-      <c r="L13" s="7" t="n">
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E41" s="11" t="n">
+        <v>948.296</v>
+      </c>
+      <c r="F41" s="5" t="n">
+        <v>109.77</v>
+      </c>
+      <c r="G41" s="6" t="n">
         <v>0.0035</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A14" s="92" t="n">
+      <c r="J41" s="5" t="n"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="8" t="n"/>
+      <c r="B42" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C42" s="8" t="n"/>
+      <c r="D42" s="8" t="n"/>
+      <c r="E42" s="8" t="n"/>
+      <c r="F42" s="9" t="n">
+        <v>109.77</v>
+      </c>
+      <c r="G42" s="10" t="n">
+        <v>0.0035</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="B44" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="45">
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E45" s="11" t="n"/>
+      <c r="F45" s="5" t="n">
+        <v>-550.14</v>
+      </c>
+      <c r="G45" s="6" t="n">
+        <v>-0.0179</v>
+      </c>
+      <c r="J45" s="5" t="n"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="8" t="n"/>
+      <c r="B46" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C46" s="8" t="n"/>
+      <c r="D46" s="8" t="n"/>
+      <c r="E46" s="8" t="n"/>
+      <c r="F46" s="9" t="n">
+        <v>-550.14</v>
+      </c>
+      <c r="G46" s="10" t="n">
+        <v>-0.0179</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="4" t="n"/>
+      <c r="B48" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C48" s="4" t="n"/>
+      <c r="D48" s="4" t="n"/>
+      <c r="E48" s="4" t="n"/>
+      <c r="F48" s="12" t="n">
+        <v>30924.96</v>
+      </c>
+      <c r="G48" s="13" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="14" t="n">
         <v>2</v>
       </c>
-      <c r="B14" s="92" t="inlineStr">
-[...39 lines deleted...]
-      <c r="A15" s="92" t="n">
+      <c r="B51" s="14" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="52" ht="132" customHeight="1" s="70">
+      <c r="A52" s="14" t="n">
         <v>3</v>
       </c>
-      <c r="B15" s="92" t="inlineStr">
-[...702 lines deleted...]
-      <c r="B52" s="84" t="inlineStr">
+      <c r="B52" s="90" t="inlineStr">
         <is>
           <t xml:space="preserve">As per SEBI (MUTUAL FUNDS) REGULATIONS, 1996 and  MASTER CIRCULAR SEBI/HO/IMD/IMD-PoD-1/P/CIR/2024/90 Dtd June 27th 2024,  Below are the details of the securities in case of which issuer has defaulted beyond its maturity date. 
 Pursuant to the application filed by the Board of IL&amp;FS with the Hon’ble NCLAT to effect the interim distribution process, DSP Bond Fund has received Interim distribution from IL&amp;FS Transportation Networks Limited as stated below in the form of cash and InVITs. The cash distribution has been recognized as realized income passed on to the investors through NAV. The impact of InVITs has been factored in the NAV of the respective scheme on the March 7,2025 on which the INVITs were allotted. The provision of 10% is created on all the distributions of ITNL including prior distribution to safeguard the interest of unit holders as ITNL may claw back the amount in case the distribution results in excess distribution than what the debenture holders ought to have received.  </t>
         </is>
       </c>
     </row>
-    <row r="53" ht="81" customHeight="1" s="68">
-[...1 lines deleted...]
-      <c r="B53" s="77" t="inlineStr">
+    <row r="53" ht="81" customHeight="1" s="70">
+      <c r="A53" s="14" t="n"/>
+      <c r="B53" s="80" t="inlineStr">
         <is>
           <t>Security Name</t>
         </is>
       </c>
-      <c r="C53" s="77" t="inlineStr">
+      <c r="C53" s="80" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D53" s="77" t="inlineStr">
+      <c r="D53" s="80" t="inlineStr">
         <is>
           <t>value of the security considered under net receivables (i.e. value recognized in NAV in absolute terms and as % to NAV)
 (Rs.in lakhs)</t>
         </is>
       </c>
       <c r="E53" s="102" t="n"/>
-      <c r="F53" s="77" t="inlineStr">
+      <c r="F53" s="80" t="inlineStr">
         <is>
           <t>total amount (including principal and interest) that is due to the scheme on that investment
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="G53" s="42" t="inlineStr">
+      <c r="G53" s="41" t="inlineStr">
         <is>
           <t>Interim Distribution received (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="H53" s="77" t="inlineStr">
+      <c r="H53" s="80" t="inlineStr">
         <is>
           <t>Date of passing Interim Distribution recognized in NAV</t>
         </is>
       </c>
-      <c r="I53" s="34" t="inlineStr">
+      <c r="I53" s="33" t="inlineStr">
         <is>
           <t>Interim Distribution (Units) INR at Unit Face Value Rs. 100 (Rs. In Lakhs)</t>
         </is>
       </c>
     </row>
-    <row r="54">
-[...1 lines deleted...]
-      <c r="B54" s="25" t="inlineStr">
+    <row r="54" ht="27" customHeight="1" s="70">
+      <c r="A54" s="14" t="n"/>
+      <c r="B54" s="24" t="inlineStr">
         <is>
           <t>0% Il&amp;Fs Transportation Networks Limited NCD Series A 23032019</t>
         </is>
       </c>
-      <c r="C54" s="25" t="inlineStr">
+      <c r="C54" s="24" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D54" s="43" t="n">
+      <c r="D54" s="42" t="n">
         <v>0</v>
       </c>
-      <c r="E54" s="44" t="n">
+      <c r="E54" s="43" t="n">
         <v>0</v>
       </c>
       <c r="F54" s="103" t="n">
         <v>1325.56242</v>
       </c>
-      <c r="G54" s="45" t="n">
+      <c r="G54" s="44" t="n">
         <v>82.70049</v>
       </c>
-      <c r="H54" s="46" t="n">
+      <c r="H54" s="45" t="n">
         <v>45218</v>
       </c>
       <c r="I54" s="104" t="n">
         <v>146.67</v>
       </c>
     </row>
-    <row r="55">
-[...1 lines deleted...]
-      <c r="B55" s="25" t="inlineStr">
+    <row r="55" ht="27" customHeight="1" s="70">
+      <c r="A55" s="14" t="n"/>
+      <c r="B55" s="24" t="inlineStr">
         <is>
           <t>0% Il&amp;Fs Transportation Networks Limited NCD Series A 23032019</t>
         </is>
       </c>
-      <c r="C55" s="25" t="inlineStr">
+      <c r="C55" s="24" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D55" s="43" t="n">
+      <c r="D55" s="42" t="n">
         <v>0</v>
       </c>
-      <c r="E55" s="44" t="n">
+      <c r="E55" s="43" t="n">
         <v>0</v>
       </c>
       <c r="F55" s="105" t="n"/>
-      <c r="G55" s="45" t="n">
+      <c r="G55" s="44" t="n">
         <v>41.85743</v>
       </c>
-      <c r="H55" s="46" t="n">
+      <c r="H55" s="45" t="n">
         <v>45715</v>
       </c>
       <c r="I55" s="105" t="n"/>
     </row>
     <row r="56">
-      <c r="A56" s="15" t="n">
-[...9 lines deleted...]
-      <c r="B58" s="91" t="inlineStr">
+      <c r="A56" s="14" t="n"/>
+      <c r="B56" s="14" t="n"/>
+    </row>
+    <row r="57" ht="14.5" customHeight="1" s="70">
+      <c r="B57" s="68" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="70" ht="14.5" customHeight="1" s="68">
-      <c r="B70" s="91" t="inlineStr">
+    <row r="71" ht="14.5" customHeight="1" s="70">
+      <c r="B71" s="68" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Medium Duration Debt A-III Index</t>
         </is>
       </c>
     </row>
+    <row r="83">
+      <c r="B83" s="15" t="n"/>
+      <c r="C83" s="17" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
+    <row r="84">
+      <c r="B84" s="15" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C84" s="17" t="inlineStr">
+        <is>
+          <t>DSP Bond Fund</t>
+        </is>
+      </c>
+    </row>
     <row r="85">
-      <c r="B85" s="16" t="n"/>
-[...4 lines deleted...]
-      </c>
+      <c r="B85" s="15" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C85" s="18" t="n"/>
     </row>
     <row r="86">
-      <c r="B86" s="16" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="B86" s="15" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C86" s="19" t="n">
+        <v>0.07140000000000001</v>
       </c>
     </row>
     <row r="87">
-      <c r="B87" s="16" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C87" s="19" t="n"/>
+      <c r="B87" s="15" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C87" s="18" t="n">
+        <v>3.43</v>
+      </c>
     </row>
     <row r="88">
-      <c r="B88" s="16" t="inlineStr">
-[...5 lines deleted...]
-        <v>0.06900000000000001</v>
+      <c r="B88" s="15" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C88" s="18" t="n">
+        <v>4.03</v>
       </c>
     </row>
     <row r="89">
-      <c r="B89" s="16" t="inlineStr">
-[...5 lines deleted...]
-        <v>3.45194146444032</v>
+      <c r="B89" s="15" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C89" s="20" t="n">
+        <v>46037</v>
       </c>
     </row>
     <row r="90">
       <c r="B90" s="16" t="inlineStr">
         <is>
-          <t>Residual Maturity</t>
-[...18 lines deleted...]
-        <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C92" s="18" t="n"/>
+      <c r="C90" s="17" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="I54:I55"/>
     <mergeCell ref="B52:H52"/>
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="F54:F55"/>
     <mergeCell ref="D53:E53"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Rohit Pandey</dc:creator>
+  <dc:creator>Rahul Jain</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>