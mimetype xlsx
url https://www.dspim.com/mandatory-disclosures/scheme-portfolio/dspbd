--- v4 (2026-02-03)
+++ v5 (2026-02-24)
@@ -1,142 +1,149 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="960" firstSheet="10" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="990" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="BOND" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="166" formatCode="0.000%"/>
   </numFmts>
-  <fonts count="22">
-[...1 lines deleted...]
-      <name val="Aptos Narrow"/>
+  <fonts count="24">
+    <font>
+      <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
@@ -158,50 +165,58 @@
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+      <u val="single"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
@@ -336,331 +351,290 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="106">
+  <cellXfs count="95">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...18 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
-[...76 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...81 lines deleted...]
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
@@ -711,276 +685,242 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>58</row>
+      <row>61</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>67</row>
+      <row>70</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="3" name="Picture 2"/>
+        <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="10026650"/>
+          <a:off x="457200" y="9512300"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>72</row>
+      <row>75</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>81</row>
+      <row>84</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="5" name="Picture 4"/>
+        <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="12439650"/>
+          <a:off x="457200" y="11925300"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -998,65 +938,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...5 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1077,1285 +1017,1234 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L90"/>
+  <dimension ref="A1:L96"/>
   <sheetViews>
-    <sheetView topLeftCell="A61" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="C91" sqref="C91"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="84" min="1" max="1"/>
+    <col width="52.81640625" bestFit="1" customWidth="1" style="84" min="2" max="2"/>
+    <col width="18.81640625" bestFit="1" customWidth="1" style="84" min="3" max="3"/>
+    <col width="21.1796875" bestFit="1" customWidth="1" style="84" min="4" max="4"/>
+    <col width="13.453125" customWidth="1" style="84" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="84" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="84" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="84" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="84" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="84" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="84" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="84" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="84" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="70">
-[...1 lines deleted...]
-      <c r="B1" s="69" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="62">
+      <c r="A1" s="61" t="n"/>
+      <c r="B1" s="61" t="inlineStr">
         <is>
           <t>DSP Bond Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on January 15, 2026</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on February 15, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>Units issued by REITs &amp; InvITs</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="1" t="n">
+      <c r="A8" s="84" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B8" s="84" t="inlineStr">
         <is>
           <t>Roadstar Infra Investment Trust</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C8" s="84" t="inlineStr">
         <is>
           <t>INE0JEI23010</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D8" s="84" t="inlineStr">
         <is>
           <t>Transport Infrastructure</t>
         </is>
       </c>
-      <c r="E8" s="11" t="n">
+      <c r="E8" s="12" t="n">
         <v>121667</v>
       </c>
-      <c r="F8" s="5" t="n">
-[...7 lines deleted...]
-      <c r="K8" s="3" t="inlineStr">
+      <c r="F8" s="6" t="n">
+        <v>72.39</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.0023</v>
+      </c>
+      <c r="H8" s="8" t="n"/>
+      <c r="J8" s="6" t="n"/>
+      <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="8" t="n"/>
-      <c r="B9" s="8" t="inlineStr">
+      <c r="A9" s="9" t="n"/>
+      <c r="B9" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C9" s="8" t="n"/>
-[...8 lines deleted...]
-      <c r="K9" s="1" t="inlineStr">
+      <c r="C9" s="9" t="n"/>
+      <c r="D9" s="9" t="n"/>
+      <c r="E9" s="9" t="n"/>
+      <c r="F9" s="10" t="n">
+        <v>72.39</v>
+      </c>
+      <c r="G9" s="11" t="n">
+        <v>0.0023</v>
+      </c>
+      <c r="K9" s="84" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="L9" s="6" t="n">
-        <v>0.4974</v>
+      <c r="L9" s="7" t="n">
+        <v>0.499</v>
       </c>
     </row>
     <row r="10">
-      <c r="K10" s="1" t="inlineStr">
+      <c r="K10" s="84" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L10" s="6" t="n">
-        <v>0.2508</v>
+      <c r="L10" s="7" t="n">
+        <v>0.2492</v>
       </c>
     </row>
     <row r="11">
-      <c r="B11" s="3" t="inlineStr">
+      <c r="B11" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
-      <c r="K11" s="1" t="inlineStr">
+      <c r="K11" s="84" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
-      <c r="L11" s="6" t="n">
-        <v>0.1568</v>
+      <c r="L11" s="7" t="n">
+        <v>0.1532</v>
       </c>
     </row>
     <row r="12">
-      <c r="B12" s="3" t="inlineStr">
+      <c r="B12" s="4" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
-      <c r="K12" s="1" t="inlineStr">
+      <c r="K12" s="84" t="inlineStr">
         <is>
           <t>IND AAA</t>
         </is>
       </c>
-      <c r="L12" s="6" t="n">
-        <v>0.08699999999999999</v>
+      <c r="L12" s="7" t="n">
+        <v>0.08110000000000001</v>
       </c>
     </row>
     <row r="13">
-      <c r="B13" s="3" t="inlineStr">
+      <c r="B13" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K13" s="1" t="inlineStr">
+      <c r="K13" s="84" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
-      <c r="L13" s="6" t="n">
-        <v>0.0035</v>
+      <c r="L13" s="7" t="n">
+        <v>0.0036</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="1" t="n">
+      <c r="A14" s="84" t="n">
         <v>2</v>
       </c>
-      <c r="B14" s="1" t="inlineStr">
+      <c r="B14" s="84" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C14" s="84" t="inlineStr">
+        <is>
+          <t>INE020B08FL9</t>
+        </is>
+      </c>
+      <c r="D14" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E14" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>2663.17</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0858</v>
+      </c>
+      <c r="H14" s="8" t="n">
+        <v>47603</v>
+      </c>
+      <c r="J14" s="6" t="n">
+        <v>7.1425</v>
+      </c>
+      <c r="K14" s="84" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.0023</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="84" t="n">
+        <v>3</v>
+      </c>
+      <c r="B15" s="84" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C15" s="84" t="inlineStr">
+        <is>
+          <t>INE053F08494</t>
+        </is>
+      </c>
+      <c r="D15" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E15" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>2609.53</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.08409999999999999</v>
+      </c>
+      <c r="H15" s="8" t="n">
+        <v>47603</v>
+      </c>
+      <c r="J15" s="6" t="n">
+        <v>7.08</v>
+      </c>
+      <c r="K15" s="84" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0116</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="84" t="n">
+        <v>4</v>
+      </c>
+      <c r="B16" s="84" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C16" s="84" t="inlineStr">
+        <is>
+          <t>INE377Y07573</t>
+        </is>
+      </c>
+      <c r="D16" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E16" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>2591.01</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0835</v>
+      </c>
+      <c r="H16" s="8" t="n">
+        <v>47646</v>
+      </c>
+      <c r="J16" s="6" t="n">
+        <v>7.3965</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="84" t="n">
+        <v>5</v>
+      </c>
+      <c r="B17" s="84" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C17" s="84" t="inlineStr">
+        <is>
+          <t>INE296A07TQ9</t>
+        </is>
+      </c>
+      <c r="D17" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E17" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>2557.79</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0824</v>
+      </c>
+      <c r="H17" s="8" t="n">
+        <v>47753</v>
+      </c>
+      <c r="J17" s="6" t="n">
+        <v>7.49</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="84" t="n">
+        <v>6</v>
+      </c>
+      <c r="B18" s="84" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C18" s="84" t="inlineStr">
+        <is>
+          <t>INE134E08NU7</t>
+        </is>
+      </c>
+      <c r="D18" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E18" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>2557.71</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0824</v>
+      </c>
+      <c r="H18" s="8" t="n">
+        <v>47771</v>
+      </c>
+      <c r="J18" s="6" t="n">
+        <v>7.16</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="84" t="n">
+        <v>7</v>
+      </c>
+      <c r="B19" s="84" t="inlineStr">
         <is>
           <t>National Housing Bank**</t>
         </is>
       </c>
-      <c r="C14" s="1" t="inlineStr">
+      <c r="C19" s="84" t="inlineStr">
         <is>
           <t>INE557F08GC8</t>
         </is>
       </c>
-      <c r="D14" s="1" t="inlineStr">
+      <c r="D19" s="84" t="inlineStr">
         <is>
           <t>IND AAA</t>
         </is>
       </c>
-      <c r="E14" s="11" t="n">
+      <c r="E19" s="12" t="n">
         <v>2500</v>
       </c>
-      <c r="F14" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H14" s="7" t="n">
+      <c r="F19" s="6" t="n">
+        <v>2518.86</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.08110000000000001</v>
+      </c>
+      <c r="H19" s="8" t="n">
         <v>48033</v>
       </c>
-      <c r="J14" s="5" t="n">
-[...12 lines deleted...]
-      <c r="A15" s="1" t="n">
+      <c r="J19" s="6" t="n">
+        <v>7.2149</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="84" t="n">
+        <v>8</v>
+      </c>
+      <c r="B20" s="84" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development**</t>
+        </is>
+      </c>
+      <c r="C20" s="84" t="inlineStr">
+        <is>
+          <t>INE0KUG08100</t>
+        </is>
+      </c>
+      <c r="D20" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E20" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>2509.87</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0808</v>
+      </c>
+      <c r="H20" s="8" t="n">
+        <v>47800</v>
+      </c>
+      <c r="J20" s="6" t="n">
+        <v>7.205</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="9" t="n"/>
+      <c r="B21" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C21" s="9" t="n"/>
+      <c r="D21" s="9" t="n"/>
+      <c r="E21" s="9" t="n"/>
+      <c r="F21" s="10" t="n">
+        <v>18007.94</v>
+      </c>
+      <c r="G21" s="11" t="n">
+        <v>0.5800999999999999</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="B23" s="4" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="84" t="n">
+        <v>9</v>
+      </c>
+      <c r="B24" s="84" t="inlineStr">
+        <is>
+          <t>7.72% Maharashtra SDL 2031</t>
+        </is>
+      </c>
+      <c r="C24" s="84" t="inlineStr">
+        <is>
+          <t>IN2220220171</t>
+        </is>
+      </c>
+      <c r="D24" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E24" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>2663.7</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0858</v>
+      </c>
+      <c r="H24" s="8" t="n">
+        <v>47908</v>
+      </c>
+      <c r="J24" s="6" t="n">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="84" t="n">
+        <v>10</v>
+      </c>
+      <c r="B25" s="84" t="inlineStr">
+        <is>
+          <t>7.03% Chattisgarh SDL 2030</t>
+        </is>
+      </c>
+      <c r="C25" s="84" t="inlineStr">
+        <is>
+          <t>IN3520240026</t>
+        </is>
+      </c>
+      <c r="D25" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E25" s="12" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>2562.11</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0825</v>
+      </c>
+      <c r="H25" s="8" t="n">
+        <v>47751</v>
+      </c>
+      <c r="J25" s="6" t="n">
+        <v>7.0968</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="84" t="n">
+        <v>11</v>
+      </c>
+      <c r="B26" s="84" t="inlineStr">
+        <is>
+          <t>6.01% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C26" s="84" t="inlineStr">
+        <is>
+          <t>IN0020250067</t>
+        </is>
+      </c>
+      <c r="D26" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E26" s="12" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>1984.92</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0639</v>
+      </c>
+      <c r="H26" s="8" t="n">
+        <v>47685</v>
+      </c>
+      <c r="J26" s="6" t="n">
+        <v>6.3158</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="84" t="n">
+        <v>12</v>
+      </c>
+      <c r="B27" s="84" t="inlineStr">
+        <is>
+          <t>7.32% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C27" s="84" t="inlineStr">
+        <is>
+          <t>IN0020230135</t>
+        </is>
+      </c>
+      <c r="D27" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E27" s="12" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>528.71</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.017</v>
+      </c>
+      <c r="H27" s="8" t="n">
+        <v>47800</v>
+      </c>
+      <c r="J27" s="6" t="n">
+        <v>6.3631</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="9" t="n"/>
+      <c r="B28" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C28" s="9" t="n"/>
+      <c r="D28" s="9" t="n"/>
+      <c r="E28" s="9" t="n"/>
+      <c r="F28" s="10" t="n">
+        <v>7739.44</v>
+      </c>
+      <c r="G28" s="11" t="n">
+        <v>0.2492</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="B30" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="31">
+      <c r="B31" s="4" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="84" t="n">
+        <v>13</v>
+      </c>
+      <c r="B32" s="84" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="84" t="inlineStr">
+        <is>
+          <t>INE040A16HO2</t>
+        </is>
+      </c>
+      <c r="D32" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E32" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>2412.71</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.07770000000000001</v>
+      </c>
+      <c r="H32" s="8" t="n">
+        <v>46259</v>
+      </c>
+      <c r="J32" s="6" t="n">
+        <v>6.95</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="84" t="n">
+        <v>14</v>
+      </c>
+      <c r="B33" s="84" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C33" s="84" t="inlineStr">
+        <is>
+          <t>INE562A16QJ6</t>
+        </is>
+      </c>
+      <c r="D33" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E33" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>2343.36</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0755</v>
+      </c>
+      <c r="H33" s="8" t="n">
+        <v>46427</v>
+      </c>
+      <c r="J33" s="6" t="n">
+        <v>6.8151</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="9" t="n"/>
+      <c r="B34" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C34" s="9" t="n"/>
+      <c r="D34" s="9" t="n"/>
+      <c r="E34" s="9" t="n"/>
+      <c r="F34" s="10" t="n">
+        <v>4756.07</v>
+      </c>
+      <c r="G34" s="11" t="n">
+        <v>0.1532</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="84" t="n">
+        <v>15</v>
+      </c>
+      <c r="B36" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>368.72</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0119</v>
+      </c>
+      <c r="H36" s="8" t="n">
+        <v>46069</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="9" t="n"/>
+      <c r="B37" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C37" s="9" t="n"/>
+      <c r="D37" s="9" t="n"/>
+      <c r="E37" s="9" t="n"/>
+      <c r="F37" s="10" t="n">
+        <v>368.72</v>
+      </c>
+      <c r="G37" s="11" t="n">
+        <v>0.0119</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="B39" s="4" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="84" t="n">
+        <v>16</v>
+      </c>
+      <c r="B40" s="84" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C40" s="84" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E40" s="12" t="n">
+        <v>948.296</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>110.37</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="9" t="n"/>
+      <c r="B41" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C41" s="9" t="n"/>
+      <c r="D41" s="9" t="n"/>
+      <c r="E41" s="9" t="n"/>
+      <c r="F41" s="10" t="n">
+        <v>110.37</v>
+      </c>
+      <c r="G41" s="11" t="n">
+        <v>0.0036</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="B43" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="B44" s="84" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E44" s="12" t="n"/>
+      <c r="F44" s="6" t="n">
+        <v>-10.42</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>-0.0003</v>
+      </c>
+      <c r="J44" s="6" t="n"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="9" t="n"/>
+      <c r="B45" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C45" s="9" t="n"/>
+      <c r="D45" s="9" t="n"/>
+      <c r="E45" s="9" t="n"/>
+      <c r="F45" s="10" t="n">
+        <v>-10.42</v>
+      </c>
+      <c r="G45" s="11" t="n">
+        <v>-0.0003</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="5" t="n"/>
+      <c r="B47" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C47" s="5" t="n"/>
+      <c r="D47" s="5" t="n"/>
+      <c r="E47" s="5" t="n"/>
+      <c r="F47" s="13" t="n">
+        <v>31044.51</v>
+      </c>
+      <c r="G47" s="14" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="81" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="84" t="n">
+        <v>1</v>
+      </c>
+      <c r="B49" s="84" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="15" t="n">
+        <v>2</v>
+      </c>
+      <c r="B50" s="15" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" ht="122.25" customHeight="1" s="62">
+      <c r="A51" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B15" s="1" t="inlineStr">
-[...702 lines deleted...]
-      <c r="B52" s="90" t="inlineStr">
+      <c r="B51" s="77" t="inlineStr">
         <is>
           <t xml:space="preserve">As per SEBI (MUTUAL FUNDS) REGULATIONS, 1996 and  MASTER CIRCULAR SEBI/HO/IMD/IMD-PoD-1/P/CIR/2024/90 Dtd June 27th 2024,  Below are the details of the securities in case of which issuer has defaulted beyond its maturity date. 
 Pursuant to the application filed by the Board of IL&amp;FS with the Hon’ble NCLAT to effect the interim distribution process, DSP Bond Fund has received Interim distribution from IL&amp;FS Transportation Networks Limited as stated below in the form of cash and InVITs. The cash distribution has been recognized as realized income passed on to the investors through NAV. The impact of InVITs has been factored in the NAV of the respective scheme on the March 7,2025 on which the INVITs were allotted. The provision of 10% is created on all the distributions of ITNL including prior distribution to safeguard the interest of unit holders as ITNL may claw back the amount in case the distribution results in excess distribution than what the debenture holders ought to have received.  </t>
         </is>
       </c>
     </row>
-    <row r="53" ht="81" customHeight="1" s="70">
-[...1 lines deleted...]
-      <c r="B53" s="80" t="inlineStr">
+    <row r="52" ht="81" customHeight="1" s="62">
+      <c r="A52" s="15" t="n"/>
+      <c r="B52" s="69" t="inlineStr">
         <is>
           <t>Security Name</t>
         </is>
       </c>
-      <c r="C53" s="80" t="inlineStr">
+      <c r="C52" s="69" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D53" s="80" t="inlineStr">
+      <c r="D52" s="69" t="inlineStr">
         <is>
           <t>value of the security considered under net receivables (i.e. value recognized in NAV in absolute terms and as % to NAV)
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="E53" s="102" t="n"/>
-      <c r="F53" s="80" t="inlineStr">
+      <c r="E52" s="91" t="n"/>
+      <c r="F52" s="69" t="inlineStr">
         <is>
           <t>total amount (including principal and interest) that is due to the scheme on that investment
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="G53" s="41" t="inlineStr">
+      <c r="G52" s="39" t="inlineStr">
         <is>
           <t>Interim Distribution received (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="H53" s="80" t="inlineStr">
+      <c r="H52" s="69" t="inlineStr">
         <is>
           <t>Date of passing Interim Distribution recognized in NAV</t>
         </is>
       </c>
-      <c r="I53" s="33" t="inlineStr">
+      <c r="I52" s="32" t="inlineStr">
         <is>
           <t>Interim Distribution (Units) INR at Unit Face Value Rs. 100 (Rs. In Lakhs)</t>
         </is>
       </c>
     </row>
-    <row r="54" ht="27" customHeight="1" s="70">
-[...1 lines deleted...]
-      <c r="B54" s="24" t="inlineStr">
+    <row r="53" ht="27" customHeight="1" s="62">
+      <c r="A53" s="15" t="n"/>
+      <c r="B53" s="22" t="inlineStr">
         <is>
           <t>0% Il&amp;Fs Transportation Networks Limited NCD Series A 23032019</t>
         </is>
       </c>
-      <c r="C54" s="24" t="inlineStr">
+      <c r="C53" s="22" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D54" s="42" t="n">
+      <c r="D53" s="40" t="n">
         <v>0</v>
       </c>
-      <c r="E54" s="43" t="n">
+      <c r="E53" s="41" t="n">
         <v>0</v>
       </c>
-      <c r="F54" s="103" t="n">
+      <c r="F53" s="92" t="n">
         <v>1325.56242</v>
       </c>
-      <c r="G54" s="44" t="n">
+      <c r="G53" s="42" t="n">
         <v>82.70049</v>
       </c>
-      <c r="H54" s="45" t="n">
+      <c r="H53" s="43" t="n">
         <v>45218</v>
       </c>
-      <c r="I54" s="104" t="n">
+      <c r="I53" s="93" t="n">
         <v>146.67</v>
       </c>
     </row>
-    <row r="55" ht="27" customHeight="1" s="70">
-[...1 lines deleted...]
-      <c r="B55" s="24" t="inlineStr">
+    <row r="54" ht="27" customHeight="1" s="62">
+      <c r="A54" s="15" t="n"/>
+      <c r="B54" s="22" t="inlineStr">
         <is>
           <t>0% Il&amp;Fs Transportation Networks Limited NCD Series A 23032019</t>
         </is>
       </c>
-      <c r="C55" s="24" t="inlineStr">
+      <c r="C54" s="22" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D55" s="42" t="n">
+      <c r="D54" s="40" t="n">
         <v>0</v>
       </c>
-      <c r="E55" s="43" t="n">
+      <c r="E54" s="41" t="n">
         <v>0</v>
       </c>
-      <c r="F55" s="105" t="n"/>
-      <c r="G55" s="44" t="n">
+      <c r="F54" s="94" t="n"/>
+      <c r="G54" s="42" t="n">
         <v>41.85743</v>
       </c>
-      <c r="H55" s="45" t="n">
+      <c r="H54" s="43" t="n">
         <v>45715</v>
       </c>
-      <c r="I55" s="105" t="n"/>
+      <c r="I54" s="94" t="n"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="15" t="n"/>
+      <c r="B55" s="15" t="n"/>
     </row>
     <row r="56">
-      <c r="A56" s="14" t="n"/>
-[...3 lines deleted...]
-      <c r="B57" s="68" t="inlineStr">
+      <c r="A56" s="15" t="n"/>
+      <c r="B56" s="15" t="n"/>
+    </row>
+    <row r="60" ht="14.5" customHeight="1" s="62">
+      <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="71" ht="14.5" customHeight="1" s="70">
-      <c r="B71" s="68" t="inlineStr">
+    <row r="74" ht="14.5" customHeight="1" s="62">
+      <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Medium Duration Debt A-III Index</t>
         </is>
       </c>
     </row>
-    <row r="83">
-[...1 lines deleted...]
-      <c r="C83" s="17" t="inlineStr">
+    <row r="89">
+      <c r="B89" s="16" t="n"/>
+      <c r="C89" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
-      </c>
-[...58 lines deleted...]
-        <v>46037</v>
       </c>
     </row>
     <row r="90">
       <c r="B90" s="16" t="inlineStr">
         <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C90" s="18" t="inlineStr">
+        <is>
+          <t>DSP Bond Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="91">
+      <c r="B91" s="16" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C91" s="19" t="n"/>
+    </row>
+    <row r="92">
+      <c r="B92" s="16" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C92" s="20" t="n">
+        <v>0.0708</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="B93" s="16" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C93" s="19" t="n">
+        <v>3.4</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="B94" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C94" s="19" t="n">
+        <v>3.96</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="B95" s="16" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C95" s="21" t="n">
+        <v>46068</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="B96" s="17" t="inlineStr">
+        <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C90" s="17" t="n"/>
+      <c r="C96" s="18" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="5">
-    <mergeCell ref="I54:I55"/>
-    <mergeCell ref="B52:H52"/>
+    <mergeCell ref="F53:F54"/>
+    <mergeCell ref="D52:E52"/>
+    <mergeCell ref="I53:I54"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="F54:F55"/>
-    <mergeCell ref="D53:E53"/>
+    <mergeCell ref="B51:H51"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Rahul Jain</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>